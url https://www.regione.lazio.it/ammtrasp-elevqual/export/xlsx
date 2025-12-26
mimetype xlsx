--- v0 (2025-12-03)
+++ v1 (2025-12-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2059">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2076">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Cognome</t>
   </si>
   <si>
     <t>Direzione</t>
   </si>
   <si>
     <t>Area</t>
   </si>
   <si>
     <t>Ufficio</t>
   </si>
   <si>
     <t>CV (File URL)</t>
   </si>
   <si>
     <t>Oggetto Incarico</t>
   </si>
   <si>
@@ -2025,59 +2025,62 @@
   <si>
     <t>AREA COORDINAMENTO CONTENZIOSO, AFFARI LEGALI E GENERALI</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/CARUSO_ANTONELLA_CV_092024.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di I^ fascia: Assetto organizzativo e gestione del personale della Direzione. Pagamento dei debiti fuori bilancio rivenienti da titoli giurisdizionali esecutivi in ambito sanitario</t>
   </si>
   <si>
     <t>MARIA LUISA</t>
   </si>
   <si>
     <t>AREA SUPPORTO AL RPCT</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/CARUSO_MARIA_LUISA_CV_10092024.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II fascia: Attività di verifica e coordinamento a supporto del RPCT</t>
   </si>
   <si>
     <t>CASELLA</t>
   </si>
   <si>
-    <t>AREA DECENTRATA AGRICOLTURA DI VITERBO</t>
+    <t>AREA DECENTRATA AGRICOLTURA LAZIO NORD</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/CASELLA_MARCO_CV_25052025.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di I^ fascia: Gestione misure a superficie/capo, OCM, zootecnia, CAA</t>
   </si>
   <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
     <t>CASSIA</t>
   </si>
   <si>
     <t>AREA FAMIGLIA E PARI OPPORTUNITA'</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/CASSIA_PATRIZIA_CV_05092024.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II^ fascia: Politiche per le Pari Opportunità</t>
   </si>
   <si>
     <t>LUISA</t>
   </si>
   <si>
     <t>CASSITTO</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/CASSITTO_LUISA_CV_11072024.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II^ fascia: Interventi diretti per l'internazionalizzazione delle imprese, promozione del sistema fieristico e interventi a sostegno dell'editoria</t>
   </si>
   <si>
     <t>VITTORIO</t>
@@ -2530,2947 +2533,2960 @@
   <si>
     <t>D'ACHILLE</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/D_ACHILLE_FRANCESCA_CV_07112024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Coordinamento per le procedure di valorizzazione del patrimonio fondiario regionale e gestione del contenzioso riguardante gli immobili di proprietà regionale in rapporto con l'Avvocatura </t>
   </si>
   <si>
     <t>D'ALO'</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II fascia: Attuazione delle disposizioni in materia di trasparenza ed accesso civico</t>
   </si>
   <si>
     <t>D'AMATA</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/D_AMATA_CARLO_CV_29092025.pdf</t>
   </si>
   <si>
     <t>D'AMBROSIO</t>
   </si>
   <si>
+    <t>DIREZIONE REGIONALE TRASPORTI, MOBILITA’, TUTELA DEL TERRITORIO E AUTORITA’ IDRAULICA, DEMANIO E PATRIMONIO</t>
+  </si>
+  <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/D-AMBROSIO-MARIA-ROSARIA-CV-07112025.pdf</t>
   </si>
   <si>
-    <t>Elevata Qualificazione di II^ fascia: Supporto alla digitalizzazione</t>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Beni immobili: gestione ordinaria, censimento e libro inventario. Procedure di concessione a canone ricognitorio. Gestione beni sequestrati e confiscati alla criminalità
+</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>PAOLO</t>
+  </si>
+  <si>
+    <t>DAMIANI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIREZIONE REGIONALE TRASPORTI, MOBILITA', TUTELA DEL TERRITORIO E AUTORITA' IDRAULICA, DEMANIO E PATRIMONIO	</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DAMIANI_PAOLO_CV_22102024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Controllo delle attività contabili e amministrative dell'area</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DAMIANI_VALERIA_CV_102024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Attività connesse all'esercizio dei diritti del socio nelle società controllate e partecipate</t>
+  </si>
+  <si>
+    <t>D'AMICO</t>
+  </si>
+  <si>
+    <t>AREA GESTIONE TECNICO MANUTENTIVA DEI BENI PATRIMONIALI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/D_AMICO_MARIA_LUISA_CV_05112024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Affidamento, gestione, monitoraggio e coordinamento dei servizi e lavori di manutenzione ordinaria e straordinaria dei beni di proprietà o in uso della Regione Lazio</t>
+  </si>
+  <si>
+    <t>ANGELO</t>
+  </si>
+  <si>
+    <t>D'ANGELO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AREA GENIO CIVILE LAZIO SUD	</t>
+  </si>
+  <si>
+    <t>SERVIZIO SERVIZIO GENIO CIVILE DI LATINA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/D_ANGELO_ANGELO_CV_12092025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Verifiche e adempimenti in materia di autorizzazioni sismiche, emergenze sismiche e di pronto intervento</t>
+  </si>
+  <si>
+    <t>AREA ATTUAZIONE DELLE POLITICHE PER IL RAFFORZAMENTO AMMINISTRATIVO - RELAZIONI SINDACALI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/D_Angelo_Anna_CV_08082024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Supporto tecnico-amministrativo - relazioni sindacali</t>
+  </si>
+  <si>
+    <t>ALMA</t>
+  </si>
+  <si>
+    <t>D'ASTOLFO</t>
+  </si>
+  <si>
+    <t>UFFICIO DATORE DI LAVORO, PREVENZIONE E PROTEZIONE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/D_ASTOLFO_ALMA_CV_27112024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Responsabile del servizio di prevenzione e protezione</t>
+  </si>
+  <si>
+    <t>PATRIZOA</t>
+  </si>
+  <si>
+    <t>D'ATRIA</t>
+  </si>
+  <si>
+    <t>UFFICIO DI STAFF SUPPORTO ALLA CONFERENZA, RAPPORTI CON LA CORTE DEI CONTI E CON I REVISORI DEI CONTI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/D_ATRIA_PATRIZIA_CV_2024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Supporto ai lavori della Conferenza delle regioni e alle interlocuzioni con la Corte dei Conti e con il Collegio dei Revisori dei Conti</t>
+  </si>
+  <si>
+    <t>DAVI'</t>
+  </si>
+  <si>
+    <t>AREA SISTEMA INTEGRATO DEI SERVIZI SOCIALI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DAVI_MASSIMILIANO_CV_11092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Programmazione finanziaria degli interventi e dei servizi del sistema integrato sociale</t>
+  </si>
+  <si>
+    <t>CINZIA</t>
+  </si>
+  <si>
+    <t>DE ANGELIS</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DE_ANGELIS_CINZIA_CV_09082024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Politiche per l'Inserimento Lavorativo dei Disabili nell'ambito territoriale della Provincia di Latina e Provincia di Frosinone</t>
+  </si>
+  <si>
+    <t>FEDERICO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DE_ANGELIS_FEDERICO_CV_04112024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Gestione procedure amministrative di valorizzazione del patrimonio regionale e gestione logistica sedi istituzionali</t>
+  </si>
+  <si>
+    <t>GENEROSO</t>
+  </si>
+  <si>
+    <t>AREA AMMODERNAMENTO DELLE IMPRESE AGRICOLE ED AGRO-INDUSTRIALI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DE_ANGELIS_GENEROSO_CV_01072024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Interventi Settoriali Piano strategico della PAC (PSP) Settori apicoltura, patate, olio d'oliva e olive da tavola</t>
+  </si>
+  <si>
+    <t>12/06/0204</t>
+  </si>
+  <si>
+    <t>FABRIZIO</t>
+  </si>
+  <si>
+    <t>DE BENEDETTI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DE_BENEDETTI_FABRIZIO_CV_04102024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Gestione dei servizi di trasloco e facchinaggio degli uffici regionali. Gestione magazzini e distribuzione cancelleria. Funzione di Consegnatario dei beni mobili e inventario dei beni mobili di cui al Reg. reg. 1/2002 e s.m.i. Commissione Fuori Uso e dismissione beni mobili</t>
+  </si>
+  <si>
+    <t>DE BONIS</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/De_Bonis_Cinzia_CV_2024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Gestione del Contenzioso Tassa Automobilistica/Tributi regionali e Recupero Crediti Regionali. Coordinamento attività e coordinamento del personale dell'Area</t>
+  </si>
+  <si>
+    <t>DE CICCO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DE_CICCO_ANTONELLA_CV_092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Nuovi insediamenti, innovazione, valorizzazione dei prodotti agricoli, regime delle autorizzazioni</t>
+  </si>
+  <si>
+    <t>GIULIA</t>
+  </si>
+  <si>
+    <t>DE CINTI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DE_CINTI_GIULIA_CV_2024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Gestione del Contenzioso Tassa Automobilistica/tributi regionali, Coordinamento attività di istruttoria sentenze sfavorevoli alla Regione Lazio, Istruttoria dei Giudizi di Ottemperanza. Pagamento Spese di lite nell'ambito della Direzione regionale Ragioneria Generale, Area ""Contenzioso Tassa Automobilistica, Tributi e recupero crediti</t>
+  </si>
+  <si>
+    <t>DE FILIPPIS</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DE_FILIPPIS_ALESSANDRO_CV_05062025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: "Gestione del Contenzioso, rapporti con l'Avvocatura regionale e adempimenti relativi alla difesa in giudizio"</t>
+  </si>
+  <si>
+    <t>RAFFAELLA</t>
+  </si>
+  <si>
+    <t>AREA AFFARI GENERALI E TUTELA DEI CONSUMATORI </t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DE_FILIPPIS_RAFFAELLA_CV_17092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Coordinamento delle attività finalizzate alla gestione del contenzioso e degli adempimenti in materia di trattamento di dati personali</t>
+  </si>
+  <si>
+    <t>GENNARO</t>
+  </si>
+  <si>
+    <t>DE LUCA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DE_LUCA_GENNARO_CV_17042024_0.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Reti di imprese ed interventi per il sostegno alle imprese del Commercio</t>
+  </si>
+  <si>
+    <t>DEIANA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DEIANA_SILVIA_CV_10092025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Agenzie di Viaggio e Professioni Turistiche</t>
+  </si>
+  <si>
+    <t>DARIO</t>
+  </si>
+  <si>
+    <t>DEL RIO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DEL_RIO_DARIO_CV_25092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Funzioni di supporto giuridico, contenzioso, trasparenza, anticorruzione e privacy</t>
+  </si>
+  <si>
+    <t>DERLI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AREA TRATTAMENTO GIURIDICO	</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DERLI_LAURA_CV_31102024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata qualificazione di II fascia: Mobilità esterna, comandi e distacchi</t>
+  </si>
+  <si>
+    <t>DESIDERIO</t>
+  </si>
+  <si>
+    <t>AREA FARMACI E DISPOSITIVI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DESIDERIO_VALERIA_CV_23092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Farmacovigilanza, Dispositivo-vigilanza e Comitati Etici</t>
+  </si>
+  <si>
+    <t>NATASCIA</t>
+  </si>
+  <si>
+    <t>DI BELLA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DI_BELLA_NATASCIA_CV_092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Supporto alle strutture della Direzione ai fini della difesa della Regione in giudizio nei contenziosi più rilevanti di risorse umane, farmaceutica, prevenzione, risorse tecnologiche e programmazione e assistenza territoriale azione e monitoraggio delle scadenze</t>
+  </si>
+  <si>
+    <t>DI BERNARDINO</t>
+  </si>
+  <si>
+    <t>AREA CONCESSIONI DEMANIALI: FLUVIALI E LACUALI. VIGILANZA DEMANIO REGIONALE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DI_BERNARDINO_DONATELLA_CV_2024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Coordinamento Tecnico, Amministrativo e Contabile delle concessioni del demanio idrico e del demanio regionale</t>
+  </si>
+  <si>
+    <t>MARIANNA</t>
+  </si>
+  <si>
+    <t>NAPOLITANO</t>
+  </si>
+  <si>
+    <t>AREA MONITORAGGIO DELLA SPESA DEL SISTEMA SANITARIO REGIONALE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/NAPOLITANO_MARIANNA_CV_02082024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia
+</t>
+  </si>
+  <si>
+    <t>MANUEL</t>
+  </si>
+  <si>
+    <t>NARDONE</t>
+  </si>
+  <si>
+    <t>AREA GENIO CIVILE LAZIO SUD</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/NARDONE_MANUEL_CV_30062025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Verifiche e adempimenti in materia di autorizzazioni sismiche, emergenze sismiche e di pronto intervento
+</t>
+  </si>
+  <si>
+    <t>NATALI</t>
+  </si>
+  <si>
+    <t>AREA INNOVAZIONE E ICT</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/NATALI_ALESSANDRO_CV_092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Governo e Coordinamento dello sviluppo del Sistema Informativo Regionale
+</t>
+  </si>
+  <si>
+    <t>07/06/2024</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>MATILDE</t>
+  </si>
+  <si>
+    <t>NEVI</t>
+  </si>
+  <si>
+    <t>AREA AFFARI GENERALI, ORATORI, COORDINAMENTO DI DIREZIONE E PNRR</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/NEVI_MATILDE_CV_25092025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Coordinamento, supporto e monitoraggio in materia di trasparenza, semplificazione amministrativa, privacy e personale e supporto alle attività di prevenzione della corruzione per la Direzione
+</t>
+  </si>
+  <si>
+    <t>BARBARA</t>
+  </si>
+  <si>
+    <t>NICCOLI</t>
+  </si>
+  <si>
+    <t>AREA APPROVVIGIONAMENTI ELETTRONICI E CONTROLLO ANALOGO LAZIOCREA S.P.A.</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/NICCOLI_BARBARA_CV_09092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Approvvigionamenti elettronici. Gestione, monitoraggio e controllo del contratto quadro LAZIOCrea Spa
+</t>
+  </si>
+  <si>
+    <t>STEFANIA</t>
+  </si>
+  <si>
+    <t>NOBILI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/NOBILI_STEFANIA_CV_10072024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Affari generali. Misure agroambientali, innovazione in agricoltura, consulenza e formazione. Promozione e qualità dei prodotti agricoli
+</t>
+  </si>
+  <si>
+    <t>NOLASCO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AREA PIANIFICAZIONE E ATTUAZIONE INTERVENTI A DIFESA DELLA COSTA </t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/NOLASCO_DANIELA_CV_02062024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Coordinamento di programmi e interventi di difesa costa
+</t>
+  </si>
+  <si>
+    <t>MARIA CARMELA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOTARMUZI </t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Notarmuzi_Maria_Carmela_CV_17092025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Piani per la riduzione del rischio sismico
+</t>
+  </si>
+  <si>
+    <t>EMANUELE</t>
+  </si>
+  <si>
+    <t>NOVIELLO</t>
+  </si>
+  <si>
+    <t>AREA COORDINAMENTO E GESTIONE DEI SISTEMI INFORMATIVI, MONITORAGGIO FISICO E FINANZIARIO E FUNZIONI CORRELATE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/NOVIELLO_EMANUELE_CV_21062024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Coordinamento e gestione dei Sistemi informativi e Monitoraggio fisico
+</t>
+  </si>
+  <si>
+    <t>OCCHINO</t>
+  </si>
+  <si>
+    <t>AREA PIANIFICAZIONE E GARE PER STRUTTURE REGIONALI ED ENTI LOCALI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/OCCHINO_GIOVANNI_CV_30082024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Gestione e coordinamento delle procedure di acquisizione di beni e servizi di importo superiore alla soglia comunitaria anche in funzione di soggetto aggregatore e di centrale di committenza
+</t>
+  </si>
+  <si>
+    <t>ODDI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ODDI_MASSIMO_CV_18112024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Coordinamento e monitoraggio della programmazione degli interventi e dei servizi sociali erogati dai distretti socio-sanitari
+</t>
+  </si>
+  <si>
+    <t>16/07/2024</t>
+  </si>
+  <si>
+    <t>15/07/2027</t>
+  </si>
+  <si>
+    <t>ODORISIO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ODORISIO_FEDERICO_CV_05122024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Procedure di acquisto di farmaci/vaccini per il Servizio Sanitario Regionale
+</t>
+  </si>
+  <si>
+    <t>MARIA GIOIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OLIMPIERI </t>
+  </si>
+  <si>
+    <t>AREA EDILIZIA RESIENZIALE SOVVENZIONATA. INTERVENTI PNRR, PNC E DI RIQUALIFICAZIONE URBANA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/OLIMPIERI_MARIA_GIOIA_CV_092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Interventi di Edilizia Sovvenzionata
+</t>
+  </si>
+  <si>
+    <t>FERNANDO</t>
+  </si>
+  <si>
+    <t>OLIVIERI</t>
+  </si>
+  <si>
+    <t>AREA VALUTAZIONE DI IMPATTO AMBIENTALE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/OLIVIERI_FERNANDO_CV_2025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Attivazione procedure e pareri V.I.A
+</t>
+  </si>
+  <si>
+    <t>ONGARETTO</t>
+  </si>
+  <si>
+    <t>AREA PROTEZIONE E GESTIONE DELLA BIODIVERSITA'</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Ongaretto_Rossella_CV_07082025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Valutazione Ambientale Strategica e monitoraggio dei Piani/Programmi
+</t>
+  </si>
+  <si>
+    <t>ORAZI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AREA GESTIONI COMMISSARIALI, DICHIARAZIONI DI CALAMITA' E STATI DI EMERGENZA </t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ORAZI_ALBERTO_CV_09072024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Responsabile dei procedimenti connessi alla gestione amministrativa e contabile degli interventi post-emergenziali
+</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ORESTE_ANGELA_CV_05092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Coordinamento ed attuazione attività di controllo e rendicontazione dei progetti, con e senza cofinanziamento comunitario FSE, rivolti e finalizzati in particolare a bonus assunzionali a favore delle imprese ed all'apprendistato
+</t>
+  </si>
+  <si>
+    <t>MAURO</t>
+  </si>
+  <si>
+    <t>ORLANDI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ORLANDI_MAURO_CV_08012025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Supporto tecnico-amministrativo alle attività dell’Autorità di Audit
+</t>
+  </si>
+  <si>
+    <t>02/01/2025</t>
+  </si>
+  <si>
+    <t>ORZELLA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ORZELLA_LETIZIA_CV_11072024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Piani di prevenzione, preparedness e risposta alle emergenze sanitarie e non (patogeni infettivi e agenti biologici, chimici, nucleari e da radiazioni)
+</t>
+  </si>
+  <si>
+    <t>ORZILLI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ORZILLI_ANNA_CV_10092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Concorso sedi farmaceutiche e pianta organica farmacie
+</t>
+  </si>
+  <si>
+    <t>CARLA</t>
+  </si>
+  <si>
+    <t>OTTONELLO</t>
+  </si>
+  <si>
+    <t>AREA PROGRAMMAZIONE E ATTUAZIONE DEL PROGRAMMA OPERATIVO FESR LAZIO,ASSISTENZA ALL'AUTORITA' DI GESTIONE DEL POR FESR</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/OTTONELLO_CARLA_CV_21122020_0.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Programmazione e Coordinamento delle Attività, Assistenza all’Autorità di Gestione del POR-FESR
+</t>
+  </si>
+  <si>
+    <t>GLORIA</t>
+  </si>
+  <si>
+    <t>PACCHIONI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PACCHIONI_GLORIA_CV_07102024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Interventi per le famiglie
+</t>
+  </si>
+  <si>
+    <t>PACIONI</t>
+  </si>
+  <si>
+    <t>AREA URBANISTICA, COPIANIFICAZIONE E PROGRAMMAZIONE NEGOZIATA: PROVINCE LAZIALI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PACIONI_ROBERTO_CV_27052025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Urbanistica e Territorio delle Province laziali
+</t>
+  </si>
+  <si>
+    <t>PAGLIAROLI</t>
+  </si>
+  <si>
+    <t>AREAGENIO CIVILE LAZIO SUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SERVIZIO GENIO CIVILE DI LATINA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Pagliaroli_Cristina_CV_01072025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Verifiche e adempimenti connessi alle Violazioni e alle Opere e Interventi
+</t>
+  </si>
+  <si>
+    <t>PAGNANI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PAGNANI_GIUSEPPE_CV_2024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Coordinamento delle politiche attive del lavoro dei Centri per l'Impiego di Latina, Cisterna di Latina, Sezze, Fondi, Formia, Pomezia, Anzio, Frosinone, Cassino, Anagni, Sora, Palestrina, Colleferro, Zagarolo e dei relativi Uffici Local
+</t>
+  </si>
+  <si>
+    <t>PALMERI</t>
+  </si>
+  <si>
+    <t>ENTE REGIONALE ROMA NATURA (PER LA GESTIONE DEL SISTEMA DELLE AREE NATURALI PROTETTE DEL COMUNE DI ROMA) - AREE NATURALI PROTETTE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Responsabile servizio vigilanza
+</t>
+  </si>
+  <si>
+    <t>06/05/2025</t>
+  </si>
+  <si>
+    <t>PALMIERI</t>
+  </si>
+  <si>
+    <t>AREA GENIO CIVILE LAZIO NORD</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PALMIERI_PAOLO_CV_08092025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Coordinamento tecnico-amministrativo dell’Area. Gestione dei procedimenti in materia di prevenzione del rischio sismico, Emergenze e Pronto intervento.
+</t>
+  </si>
+  <si>
+    <t>SANDRO</t>
+  </si>
+  <si>
+    <t>PANCI</t>
+  </si>
+  <si>
+    <t>AREA AUTORIZZAZIONI PAESAGGISTICHE E VALUTAZIONE AMBIENTALE STRATEGICA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PANCI_SANDRO_CV_20092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Titoli autorizzativi in materia paesaggistica ex D.lgs 42/2004 - COMUNE DI ROMA E AREA METROPOLITANA DI ROMA
+</t>
+  </si>
+  <si>
+    <t>PANICO</t>
+  </si>
+  <si>
+    <t>AREA BILANCIO E CONTROLLO CONTABILE DELLE DELIBERAZIONI DI GIUNTA REGIONALE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PANICO_MARIA_CV_18042025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Controllo della regolarità contabile delle deliberazioni di Giunta della Regione
+</t>
+  </si>
+  <si>
+    <t>PANITTI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PANITTI_FILIPPO_CV_12072024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Calamità naturali. Caccia e pesca, diversificazione e multifunzionalità, forestazione, disciplina raccolta funghi e tartufi
+</t>
+  </si>
+  <si>
+    <t>AREA INFRASTRUTTURE SOCIALI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PANITTI_LUCIA_CV_07112024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Programmazione e attuazione interventi di opere sociali
+</t>
+  </si>
+  <si>
+    <t>DI BIASE</t>
+  </si>
+  <si>
+    <t>ENTE REGIONALE PARCO RIVIERA DI ULISSE</t>
+  </si>
+  <si>
+    <t>DIREZIONE REGIONALE PROGRAMMAZIONE ECONOMICA, FONDI EUROPEI E PATRIMONIO NATURALE - AREE NATURALI</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Coordinamento delle attività di pianificazione, controllo del territorio e attuazione degli interventi di recupero e valorizzazione degli immobili in uso al Parco</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PANITTI-MASSIMO-CV-23102025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Miglioramento della competitività nel settore agricolo e ricambio generazionale.OCM Unica e zootecnia
+</t>
+  </si>
+  <si>
+    <t>DI COLA</t>
+  </si>
+  <si>
+    <t>ENTE REGIONALE PARCO NATURALE DELL'APPIA ANTICA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Di_Cola_Simona_CV_22072025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Coordinamento delle attività di pianificazione territoriale-urbanistica-lavori pubblici del Parco dell'Appia Antica</t>
+  </si>
+  <si>
+    <t>28/04/0202</t>
+  </si>
+  <si>
+    <t>PALMISANO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PALMISANO_DONATELLA_CV_06062024_0.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Attività degli Enti partecipati, sostegno alla Promozione Culturale
+</t>
+  </si>
+  <si>
+    <t>ROSARIA</t>
+  </si>
+  <si>
+    <t>DI FATTA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DI-FATTA-ROSARIA-CV-14112025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Gestione del Contenzioso Tassa Automobilistica/Tributi regionali, Gestione degli archivi e sviluppo Biltco/CGTA</t>
+  </si>
+  <si>
+    <t>20/11/2025</t>
+  </si>
+  <si>
+    <t>EDWARD</t>
+  </si>
+  <si>
+    <t>PANNONE</t>
+  </si>
+  <si>
+    <t>AREA AUTORIZZAZIONE, ACCREDITAMENTO E CONTROLLI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PANNONE_EDWARD_CV_18122024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Autorizzazione e accreditamento - Strutture ambulatoriali e di laboratorio, Procreazione Medicalmente Assistita (PMA), Stabilimenti Termali e Trasporto Infermi
+</t>
+  </si>
+  <si>
+    <t>FLAVIA</t>
+  </si>
+  <si>
+    <t>PANUNZI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PANUNZI_FLAVIA_CV_21062024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Coordinamento, monitoraggio e supporto in materia di trasparenza, prevenzione della corruzione e privacy
+</t>
+  </si>
+  <si>
+    <t>PANZERA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Panzera_Manuela_CV_16092025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Pianificazione e monitoraggio dell’attività dell’organizzazione
+</t>
+  </si>
+  <si>
+    <t>DI FRANCO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIREZIONE REGIONALE RAGIONERIA GENERALE	</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DI_FRANCO_FRANCESCO_CV_24102024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Bilancio di previsione</t>
+  </si>
+  <si>
+    <t>MARIA TERESA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DI_FRANCO_MARIA_TERESA_CV_03092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Gestione del contenzioso e gestione contabile dei pignoramenti presso la Tesoreria regionale</t>
+  </si>
+  <si>
+    <t>MAURIZIO</t>
+  </si>
+  <si>
+    <t>DI GIAMBATTISTA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AREA GENIO CIVILE LAZIO NORD	</t>
+  </si>
+  <si>
+    <t>SERVIZIO SERVIZIO GENIO CIVILE DI VITERBO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Di_Giambattista_Maurizio_CV_08092025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Gestione  dei procedimenti in materia di prevenzione del rischio sismico, emergenze e Pronto intervento</t>
+  </si>
+  <si>
+    <t>GIADA</t>
+  </si>
+  <si>
+    <t>DI GIAMMARCO</t>
+  </si>
+  <si>
+    <t>AREA DISABILITA' E INVECCHIAMENTO ATTIVO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DI_GIAMMARCO_GIADA_CV_04092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Invecchiamento attivo, integrazione sociosanitaria e non autosufficienza</t>
+  </si>
+  <si>
+    <t>MARIA TIZIANA</t>
+  </si>
+  <si>
+    <t>DI GIOVANNI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DI_GIOVANNI_MARIA_TIZIANA_CV_20082024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Gestione delle procedure di acquisizione del personale dirigenziale, relativa attività contrattuale</t>
+  </si>
+  <si>
+    <t>ROSITA</t>
+  </si>
+  <si>
+    <t>DI GREGORIO</t>
+  </si>
+  <si>
+    <t>AREA CENTRALE UNICA DI RISPOSTA N.U.E. 112 LAZIO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DI_GREGORIO_ROSITA_CV_02092025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Gestione e Coordinamento CUR NUE 112 Lazio- Progettazione e Innovazione</t>
+  </si>
+  <si>
+    <t>06/06/2025</t>
+  </si>
+  <si>
+    <t>05/06/2028</t>
+  </si>
+  <si>
+    <t>PAOLUZI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PAOLUZI_MASSIMO_CV_07112024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Supporto alle attività tecniche della Direzione
+</t>
+  </si>
+  <si>
+    <t>CELINA</t>
+  </si>
+  <si>
+    <t>DI MARCO</t>
+  </si>
+  <si>
+    <t>AREA VALORIZZAZIONE DEL PATRIMONIO CULTURALE E PROGRAMMAZIONE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DI_MARCO_CELINA_CV_2025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Valorizzazione dei luoghi della cultura e dei piccoli Comuni</t>
+  </si>
+  <si>
+    <t>PARAMUCCHI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PARAMUCCHI_FABRIZIO_CV_03092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Politiche per l'Inserimento Lavorativo dei Disabili nell'ambito territoriale della Città Metropolitana di Roma Capitale
+</t>
+  </si>
+  <si>
+    <t>MARIA DONATA</t>
+  </si>
+  <si>
+    <t>DI PIERRO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DI_PIERRO_MARIA_DONATA_CV_28092025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Programmazione e attuazione delle misure per il Commercio, Tutela e valorizzazione delle Botteghe Storiche</t>
+  </si>
+  <si>
+    <t>EMANUELA</t>
+  </si>
+  <si>
+    <t>PARIBONI</t>
+  </si>
+  <si>
+    <t>AREA PREDISPOSIZIONE DEGLI INTERVENTI E COMUNICAZIONE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PARIBONI_EMANUELA_CV_20082024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Gestione delle attività afferenti alla pianificazione e alla programmazione degli interventi in materia di politiche finanziate con il contributo del Fondo Sociale Europeo (Priorità 1 - Occupazione, Priorità 4 - Giovani e Priorità 5 - Assistenza tecnica), con fondi statali e/o regionali
+</t>
+  </si>
+  <si>
+    <t>DANILA</t>
+  </si>
+  <si>
+    <t>DI ROMA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DI_ROMA_DANILA_CV_09042024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Attività del Centro per l'Impiego di Roma Torre Angela</t>
+  </si>
+  <si>
+    <t>PASTORELLI</t>
+  </si>
+  <si>
+    <t>AREA PROCESSI E STRUMENTI DI REGOLAZIONE DEGLI INTERVENTI E PER IL RACCORDO DEI SERVIZI AL LAVORO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PASTORELLI_ROSSELLA_CV_15072024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Coordinamento e Gestione delle attività concernenti l'Accreditamento dei soggetti che erogano attività di formazione e orientamento
+</t>
+  </si>
+  <si>
+    <t>MODESTINA</t>
+  </si>
+  <si>
+    <t>DI SABATO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DI_SABATO_MODESTINA_CV_16092025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Misure per le imprese artigiane e Sostegno al Sistema Moda Lazio</t>
+  </si>
+  <si>
+    <t>MARIA CRISTINA</t>
+  </si>
+  <si>
+    <t>PAUSELLI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PAUSELLI_MARIA_CRISTINA_CV_2024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Coordinamento tecnico specialistico per il monitoraggio e le relazioni con le Autorità nazionali, la CE e le Autorità di controllo
+</t>
+  </si>
+  <si>
+    <t>GIANNI</t>
+  </si>
+  <si>
+    <t>DI STASIO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DI_STASIO_GIANNI_CV_05092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Sviluppo e diversificazione delle aziende agricole e delle imprese agroalimentari</t>
+  </si>
+  <si>
+    <t>PECCOLO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PECCOLO_MAURIZIO_CV_30062025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Coordinamento attuazione interventi PNRR/PNC
+</t>
+  </si>
+  <si>
+    <t>DI TULLIO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DI_TULLIO_PATRIZIA_CV_30092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Sostegno al caregiver familiare, inclusione e percorsi assistenziali a favore delle persone con disabilità grave e gravissima</t>
+  </si>
+  <si>
+    <t>PEDACE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PEDACE_ALESSANDRA_CV_27092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Mobilità sanitaria
+</t>
+  </si>
+  <si>
+    <t>PELONE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PELONE_PAOLA_CV_2025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Normativa V.I.A. e coordinamento interistituzionale
+</t>
+  </si>
+  <si>
+    <t>VALENTINA</t>
+  </si>
+  <si>
+    <t>DI VINCENZO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DI_VINCENZO_VALENTINA_CV_08092025.pdf</t>
+  </si>
+  <si>
+    <t>ASSUNTA</t>
+  </si>
+  <si>
+    <t>PENNACCHIA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PENNACCHIA_ASSUNTA_CV.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Attività del Centro per l'Impiego di Fondi
+</t>
+  </si>
+  <si>
+    <t>D'ISIDORO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/D_ISIDORO_ANGELO_CV_20012025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata qualificazione di II^: Coordinamento canoni di concessione di derivazione acque pubbliche e sistemi di captazione, adduzione e reti del S.I.I.</t>
+  </si>
+  <si>
+    <t>MARIA GIUSEPPA</t>
+  </si>
+  <si>
+    <t>DIVONA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DIVONA_MARIA_GIUSEPPA_CV_21122022.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Contrasto al fenomeno della violenza di genere</t>
+  </si>
+  <si>
+    <t>PENTA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PENTA_GIANNI_CV_08112022.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Gestione tecnico-amministrativa dei procedimenti autorizzativi in materia paesaggistica ex D.Lgs. 42/2004
+</t>
+  </si>
+  <si>
+    <t>MARZIA</t>
+  </si>
+  <si>
+    <t>DRAMIS</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DRAMIS_MARZIA_CV_2025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Gestione e coordinamento delle procedure soprasoglia comunitaria per l'approvvigionamento di beni per strutture regionali ed EE.LL.</t>
+  </si>
+  <si>
+    <t>PEPE</t>
+  </si>
+  <si>
+    <t>AREA INTERVENTI SETTORIALI E AMMODERNAMENTO DELLE IMPRESE AGRICOLE ED AGRO-INDUSTRIALI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PEPE_PAOLO_CV_26062024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Interventi Settoriali del Piano Strategico della PAC (PSP) - Settore Ortofrutta
+</t>
+  </si>
+  <si>
+    <t>GUENDALINA</t>
+  </si>
+  <si>
+    <t>DURANTE</t>
+  </si>
+  <si>
+    <t>AREA CONTROLLO DI GESTIONE E INTERNAL AUDIT</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DURANTE_GUENDALINA_CV_09072024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Internal Audit, Certificabilità dei Bilanci e controlli di primo Livello</t>
+  </si>
+  <si>
+    <t>06/06/2026</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PEPE_RAFFAELLA_CV_02072025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Attività amministrativa e contabile inerente le gestioni commissariali
+</t>
+  </si>
+  <si>
+    <t>EGIDI</t>
+  </si>
+  <si>
+    <t>AREA ECONOMICO FINANZIARIA E RAPPORTI CON GLI OPERATORI ECONOMICI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/EGIDI_PAOLO_CV_092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Livelli massimi di finanziamento per l'acquisto delle prestazioni di assistenza ospedaliera, specialistica e territoriale. Tariffe, Contratti e procedure di fatturazione e pagamento</t>
+  </si>
+  <si>
+    <t>PEPPONI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PEPPONI_FRANCESCO_CV_05092025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Vigilanza, controlli e sistema sanzionatorio in agricoltura
+</t>
+  </si>
+  <si>
+    <t>PERIA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PERIA_EMANUELA_CV_04062025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione: Coordinamento delle attività relative alla Rete Natura 2000 dei monitoraggi naturalistici e delle attività per la tutela e a conservazione della biodiversità
+</t>
+  </si>
+  <si>
+    <t>PERLA</t>
+  </si>
+  <si>
+    <t>UFFICIO STAFF COORDINAMENTO DI DIREZIONE, COMUNICAZIONE, ORATORI, PNRR</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PERLA_GIANLUCA_CV_08092025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Comunicazione e PNRR
+</t>
+  </si>
+  <si>
+    <t>MARCELLO</t>
+  </si>
+  <si>
+    <t>ERCOLANI</t>
+  </si>
+  <si>
+    <t>ENTE REGIONALE RISERVA NATURALE MONTE NAVEGNA E MONTE CERVIA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ERCOLANI_MARCELLO_CV_22072025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Coordinamento servizio tecnico della Riserva</t>
+  </si>
+  <si>
+    <t>ESPOSITO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ESPOSITO_GLORIA_CV_092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Coordinamento e gestione dei progetti di ricerca, gestione del percorso di consultazione di cittadini e pazienti e coordinamento delle iniziative di comunicazione correlate.</t>
+  </si>
+  <si>
+    <t>PERRI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PERRI_DANIELA_CV_08102025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Coordinamento di direzione per le attività connesse al bilancio, alla programmazione economica, alla prevenzione della corruzione, al trattamento dei dati personali e agli incarichi delle EQ
+</t>
+  </si>
+  <si>
+    <t>NUNZIO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ESPOSITO_NUNZIO_CV_05092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Adempimenti in materia fitosanitaria</t>
+  </si>
+  <si>
+    <t>FABIANI</t>
+  </si>
+  <si>
+    <t>AREA VIGILANZA URBANISTICO-EDILIZIA, POTERI SOSTITUTIVI, ACCERTAMENTI DI COMPATIBILITA'</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FABIANI_MASSIMO_CV_092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Accertamento straordinario di compatibilità paesaggistica</t>
+  </si>
+  <si>
+    <t>FABIO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FABIO_VALERIA_CV_05092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Servizi museali e Istituti culturali</t>
+  </si>
+  <si>
+    <t>FABRIZI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FABRIZI_EMANUELE_CV_16042024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Salute riproduttiva, percorso post-acuzie Ospedaliera e transizione ospedale-territorio</t>
+  </si>
+  <si>
+    <t>ANNALISA</t>
+  </si>
+  <si>
+    <t>FAELLA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FAELLA_PIRRO_ANNALISA_CV.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: "Sistema passweb INPS"</t>
+  </si>
+  <si>
+    <t>01/09/2024</t>
+  </si>
+  <si>
+    <t>PERROZZI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PERROZZI_GIULIA_CV_04092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Produzioni Zootecniche
+</t>
+  </si>
+  <si>
+    <t>TOMMASO</t>
+  </si>
+  <si>
+    <t>PESCOSOLIDO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PESCOSOLIDO_TOMMASO_CV_26092025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Gestione fabbisogni beni e servizi per l'operatività delle CUR Roma e CUR Lazio del NUE 112
+</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
+    <t>NADIA</t>
+  </si>
+  <si>
+    <t>PESTONESI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PESTONESI_NADIA_CV_24072024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione  di I^ fascia: Spesa di personale - bilancio - rapporti con gli organi di controllo - lavoro flessibile - Gestione economica INPS – Assicurazione obbligatoria INAIL
+</t>
+  </si>
+  <si>
+    <t>PETRICCA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PETRICCA_PAOLO_CV_15102024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Rendicontazione contributi e rimborsi erogati alle Organizzazioni di Volontariato di Protezione Civile
+</t>
+  </si>
+  <si>
+    <t>FLORINDO</t>
+  </si>
+  <si>
+    <t>FALCIONI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AREA RETE INTEGRATA DEL TERRITORIO	</t>
+  </si>
+  <si>
+    <t>UFFICIO UFFICIO ASSISTENZA DISTRETTUALE E STRUTTURE INTERMEDIE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FALCIONI_FLORIDO_CV_07082024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Servizi Materno Infantili e Consultori Familiari - Tutela Della Salute in età evolutiva</t>
+  </si>
+  <si>
+    <t>FARINA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FARINA_DOMENICO_CV_30102024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Controllo di I livello e rendicontazione degli interventi in favore dell'occupazione giovanile</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FARINA_GIOVANNI_CV_2025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Coordinamento delle attività di Polizia Giudiziaria</t>
+  </si>
+  <si>
+    <t>MARIA PAOLA</t>
+  </si>
+  <si>
+    <t>DIREZIONE REGIONALE ABITATIVE, PIANIFICAZIONE TERRITORIALE, POLITICHE DEL MARE</t>
+  </si>
+  <si>
+    <t>AREA AFFARI GENERALI, CONTENZIOSO E LEGISLATIVO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FARINA_MARIA_PAOLA_CV_092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Coordinamento delle attività della Direzione in materia di trasparenza, di prevenzione della corruzione e di trattamento dei dati personali. Supporto giuridico ed amministrativo e per la gestione del contenzioso</t>
+  </si>
+  <si>
+    <t>CRISTIANO</t>
+  </si>
+  <si>
+    <t>FATTORI</t>
+  </si>
+  <si>
+    <t>AREA PARCHI REGIONALI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FATTORI_CRISTIANO_CV_05092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Coordinamento del Servizio Sistemi Informativi, Agenda Digitale e Open Government e Statistica</t>
+  </si>
+  <si>
+    <t>FAUCI</t>
+  </si>
+  <si>
+    <t>AREA SOSTENIBILITA' ENERGETICA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FAUCI_ANTONIO_CV_2025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Programmazione e controllo</t>
+  </si>
+  <si>
+    <t>UMBERTO</t>
+  </si>
+  <si>
+    <t>DEFERICI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FEDERICI_UMBERTO_CV_2025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: trasparenza, anticorruzione, privacy e bilancio</t>
+  </si>
+  <si>
+    <t>ETTORE</t>
+  </si>
+  <si>
+    <t>FELICI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FELICI_ETTORE_CV_03072025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Espropri</t>
+  </si>
+  <si>
+    <t>FERMANTE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIREZIONE REGIONALE TRASFORMAZIONE DIGITALE E PROCUREMENT	</t>
+  </si>
+  <si>
+    <t>AREA GESTIONE ED EVOLUZIONE DEI SISTEMI E DELLE INFRASTRUTTURE DIGITALI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FERMANTE_MAURO_CV_02092025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione II^ Fascia: Infrastrutture digitali e sicurezza</t>
+  </si>
+  <si>
+    <t>FERRAGUTO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FERRAGUTO_ANDREA_CV_05062014.pdf</t>
+  </si>
+  <si>
+    <t>STEFANO</t>
+  </si>
+  <si>
+    <t>FERRAINA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Ferraina_Stefano_CV_28082024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Supporto nella gestione delle risorse umane e strumentali dell'Area Servizi per l'Impiego</t>
+  </si>
+  <si>
+    <t>FERRARA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FERRARA_FILOMENA_CV_06102024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Funzioni di supporto in materia di bilancio, programmazione economica e contabilità</t>
+  </si>
+  <si>
+    <t>FERRETTI</t>
+  </si>
+  <si>
+    <t>AREA INTERVENTI SETTORIALI E AMMODERNAMENTO DELLE AZIENDE AGRICOLE E AGRO-INDUSTRIALI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FERRETTI_FABIO_CV_29112024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Misure ad investimento per la competitività delle aziende agricole, a sostegno del sistema delle imprese agricole ed agro-industriali ed interventi del Piano strategico della PAC (PSP) per il settore vitivinicolo.</t>
+  </si>
+  <si>
+    <t>PETRUCCI</t>
+  </si>
+  <si>
+    <t>UFFICIO CACCIA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PETRUCCI_BRUNO_CV_25092025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Pianificazione faunistico-venatoria
+</t>
+  </si>
+  <si>
+    <t>FERRONI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FERRONI_SABRINA_CV_10112020.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Gestione tecnico amministrativa</t>
+  </si>
+  <si>
+    <t>FESTA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Festa-Cinzia-CV-2025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Coordinatore delle Politiche Attive del Lavoro e dei Servizi al Lavoro del Centro per l’Impiego di Roma Testaccio</t>
+  </si>
+  <si>
+    <t>04/11/2025</t>
+  </si>
+  <si>
+    <t>MARIA ANTONIETTA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Petrucci_Maria_Antonietta_CV_12092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Assistenza riabilitativa territoriale, assistenza domiciliare, cure palliative in Hospice, centri dialisi
+</t>
+  </si>
+  <si>
+    <t>PERUZZI BATTAGLINI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PETRUZZI_BATTAGLINI_FABIO_CV_28102024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Attività tecnica di supporto e coordinamento dei processi di gestione relativi alle lavorazioni di manutenzione ordinaria e straordinaria sugli immobili regionali
+</t>
+  </si>
+  <si>
+    <t>FILIPPETTI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FILIPPETTI_MONICA_CV_2025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Autorizzazione e accreditamento -Assistenza a persone non auotosufficienti anche anziane (RSA), psichiatria, dipendenze, studi medici e di altre professioni sanitarie, strutture del disturbo del comportamento alimentare.</t>
+  </si>
+  <si>
+    <t>LUISA MARIA</t>
+  </si>
+  <si>
+    <t>FILOMENO</t>
+  </si>
+  <si>
+    <t>AREA FINANZA PUBBLICA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Filomeno_Luisa_Maria_CV_2024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata qualificazione di II^ fascia: Unità decentrata di bilancio</t>
+  </si>
+  <si>
+    <t>FIORDA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FIORDA_MAURIZIO_CV_26092025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata qualificazione di II^ fascia: Gestione e Coordinamento CUR NUE 112 Roma - Progettazione e Innovazione</t>
+  </si>
+  <si>
+    <t>GIANLUIGI DAVIDE</t>
+  </si>
+  <si>
+    <t>FIORE</t>
+  </si>
+  <si>
+    <t>AREA GOVERNO DEL TERRITORIO E MULTIFUNZIONALITÀ, FORESTAZIONE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FIORE-GIANLUIGI-DAVIDE-CV-13112025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Forestazione</t>
+  </si>
+  <si>
+    <t>FISCHETTI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FISCHETTI_DANIELA_CV_07082024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Attività del Centro per l'Impiego di Ostia</t>
+  </si>
+  <si>
+    <t>JESSICA CARMEN</t>
+  </si>
+  <si>
+    <t>AREA GESTIONI COMMISSARIALI, DICHIARAZIONI DI CALAMITA' E STATI DI EMERGENZA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FISCHETTI_JESSICA_C_12092025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Responsabile della pianificazione e del monitoraggio finanziario degli interventi post emergenziali</t>
+  </si>
+  <si>
+    <t>FLAMINI</t>
+  </si>
+  <si>
+    <t>AREA GESTIONE TRASPORTO MARITTIMO E AEREO. IMPIANTI FISSI. LOGISTICA. INTERPORTI. PARCHEGGI E NODI DI SCAMBIO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FLAMINI_FRANCO_CV_18092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Parcheggi, logistica e impianti per la pratica dello sci</t>
+  </si>
+  <si>
+    <t>AMBRA</t>
+  </si>
+  <si>
+    <t>FORCONI</t>
+  </si>
+  <si>
+    <t>AREA COORDINAMENTO AUTORIZZAZIONI, PNRR E SUPPORTO INVESTIMENTI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Forconi_Ambra_CV_17092025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione I fascia: Conferenze per la ricostruzione post sisma e raccordo con le procedure ambientali e urbanistiche</t>
+  </si>
+  <si>
+    <t>SANDRA</t>
+  </si>
+  <si>
+    <t>FORTINI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FORTINI_SANDRA_CV_2025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Siti contaminati	</t>
+  </si>
+  <si>
+    <t>27/01/2025</t>
+  </si>
+  <si>
+    <t>26/01/2028</t>
+  </si>
+  <si>
+    <t>FOSCHI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FOSCHI_CLAUDIA_CV_01082024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Misure di politiche attive di contrasto alla povertà</t>
+  </si>
+  <si>
+    <t>FOSSATARO</t>
+  </si>
+  <si>
+    <t>SERVIZIO SERVIZIO GENIO CIVILE DI FROSINONE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Fossataro_Mario_CV_17092025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Pianificazione e coordinamento</t>
+  </si>
+  <si>
+    <t>05/12/2024</t>
+  </si>
+  <si>
+    <t>FRANCIA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FRANCIA_CARLO_CV_14112024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Gestione della Cabina di Regia per il reclutamento del personale SSR</t>
+  </si>
+  <si>
+    <t>UFFICIO UFFICIO SALUTE MENTALE, DIPENDENZE E MINORI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FRANCO_FRANCESCO_CV_11092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Analisi statistica dell'attività territoriale e dei Sistemi Informativi dell'Assistenza Territoriale</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FRANCO_TERESA_CV_28062024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Supporto tecnico-amministrativo</t>
+  </si>
+  <si>
+    <t>FRATONI</t>
+  </si>
+  <si>
+    <t>AREA CONTABILITA' GENERALE, CERTIFICAZIONE, PNRR E PNC</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FRATONI_ALESSANDRO_CV_31102024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Supporto all'attività di certificazione FSE 2014-2020, FSE+ 2021-2027, POC Lazio 2014-2020 (ex FSE) e FEAMPA 2021-2027</t>
+  </si>
+  <si>
+    <t>GABRIELE</t>
+  </si>
+  <si>
+    <t>FRONZI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FRONZI_GABRIELE_CV_2025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Inquinamento acustico ed elettromagnetico</t>
+  </si>
+  <si>
+    <t>VITO</t>
+  </si>
+  <si>
+    <t>FRUCI</t>
+  </si>
+  <si>
+    <t>AREA RAGIONERIA </t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FRUCI_VITO_CV_28102024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Pignoramenti</t>
+  </si>
+  <si>
+    <t>FUSARO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FUSARO_PAOLO_CV_06112024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Piano della Formazione e promozione della salute organizzativa</t>
+  </si>
+  <si>
+    <t>FIAMMETTA</t>
+  </si>
+  <si>
+    <t>FUSCO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FUSCO_FIAMMETTA_CV_15092025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia : Attività professionale legale	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PETRUZZI BATTAGLINI </t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PETRUZZI_BATTAGLINI_FABIO_CV_28102024_0.pdf</t>
+  </si>
+  <si>
+    <t>PICCOLO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PICCOLO_BRUNO_CV_2102024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Coordinamento dei procedimenti autorizzativi e supporto alla realizzazione degli investimenti pubblici e privati
+</t>
+  </si>
+  <si>
+    <t>GADDINI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AREA TERZO SETTORE E INNOVAZIONE SOCIALE	</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Altri Enti del Terzo Settore e Imprese sociali</t>
+  </si>
+  <si>
+    <t>MARIANO</t>
+  </si>
+  <si>
+    <t>PICCONE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PICCONE_MARIANO_CV_07112024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Gestione delle attività di pianificazione delle gare per enti del SSR dell’Area
+</t>
+  </si>
+  <si>
+    <t>DAVIDE</t>
+  </si>
+  <si>
+    <t>GAGLIARDI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/GAGLIARDI_DAVIDE_CV_09092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Coordinamento delle attività connesse ai rapporti tra la Regione Lazio e gli enti partecipati</t>
+  </si>
+  <si>
+    <t>GALIMBERTI</t>
+  </si>
+  <si>
+    <t>DIREZIONE REGIONALE</t>
+  </si>
+  <si>
+    <t>AREA AFFARI ISTITUZIONALI E CONTENZIOSO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/GALIMBERTI_ROBERTA_CV_23092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Gestione attività tecnico- amministrative a supporto del Segretario della Giunta</t>
+  </si>
+  <si>
+    <t>PIEMONTESE</t>
+  </si>
+  <si>
+    <t>AREA RICERCA E INNOVAZIONE PER LE IMPRESE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PIEMONTESE_DANIELA_CV_11072024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Programmazione e attuazione degli interventi in materia di Ricerca e Innovazione
+</t>
+  </si>
+  <si>
+    <t>IRENE</t>
+  </si>
+  <si>
+    <t>GAMBARDELLA</t>
+  </si>
+  <si>
+    <t>AREA DECENTRATA AGRICOLTURA DI FROSINONE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/GAMBARDELLA_IRENE_CV_19122024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata qualificazione di II^ fascia: Promozione, Comunicazione e Servizi di Sviluppo Agricolo, Innovazione</t>
+  </si>
+  <si>
+    <t>ENZO</t>
+  </si>
+  <si>
+    <t>GAMMACORTA</t>
+  </si>
+  <si>
+    <t>AREA FORMAZIONE, COMUNICAZIONE E DIVULGAZIONE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/GAMMACORTA_ENZO_CV_10092025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata qualificazione di II^ fascia: Formazione degli attori del sistema regionale di protezione civile</t>
+  </si>
+  <si>
+    <t>CESARE</t>
+  </si>
+  <si>
+    <t>PIERDOMINICI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PIERDOMINICI_CESARE_CV_12092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Servizi educativi per l'infanzia
+</t>
+  </si>
+  <si>
+    <t>MARIA RITA</t>
+  </si>
+  <si>
+    <t>GATTA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Gatta_Maria_Rita_CV_2024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Coordinamento delle politiche attive del lavoro dei Centri per l'Impiego di Viterbo, Tarquinia, Civita Castellana, Rieti, Poggio Mirteto, Monterotondo, Morlupo, Civitavecchia, Cerveteri, Bracciano e dei relativi Uffici Locali</t>
+  </si>
+  <si>
+    <t>PIERUCCI</t>
+  </si>
+  <si>
+    <t>AREA RETI E PROGETTI PER LA SOSTENIBILITA’ AMBIENTALE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PIERUCCI_PAOLA_CV_2025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Coordinamento progetti per il coinvolgimento sociale
+</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>PIRAS</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PIRAS_LUCA_CV_23072024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Inclusione delle vittime e degli autori di reato e contrasto alle dipendenze
+</t>
+  </si>
+  <si>
+    <t>PISCINI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Piscini_Alessandro_CV_04082024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata qualificazione di II^ fascia: Riconciliazioni contabili, rapporti con gli enti locali, controlli ed attività ispettiva
+</t>
+  </si>
+  <si>
+    <t>PIZZICANNELLA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PIZZICANNELLA_DANIELA_CV_23092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Gestione del FSR e perimetro sanitario, controllo flussi finanziari di Lazio.0 e GSA
+</t>
+  </si>
+  <si>
+    <t>GENTILI</t>
+  </si>
+  <si>
+    <t>AREA EVENTI STRAORDINARI E GIUBILEO 2025-PNRR M2-C4-I2-1B - INTERVENTI IN ESSERE - MISURE PER LA GESTIONE DEL RISCHIO ALLUVIONE E PER LA RIDUZIONE DEL RISCHIO IDROGEOLOGICO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/GENTILI_STEFANO_CV_21062024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: PNRR - interventi in essere di protezione civile - Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico</t>
+  </si>
+  <si>
+    <t>POCHESCI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/POCHESCI_FEDERICA_CV_09092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Inclusione delle persone con disabilità sensoriale e motoria
+</t>
+  </si>
+  <si>
+    <t>POLITI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/POLITI_PAOLA_CV_04112024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Segreteria della commissione per la tutela legale - costituzione in giudizio
+</t>
+  </si>
+  <si>
+    <t>POLIZZI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AREA RAGIONERIA </t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/POLIZZI_ELENA_CV_31102024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Controllo sulle fasi contabili della liquidazione del Pagamento. Rapporti con il Tesoriere
+</t>
+  </si>
+  <si>
+    <t>ARIANNA</t>
+  </si>
+  <si>
+    <t>POLO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Polo_Arianna_CV_22092025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Monitoraggio dell'attività ospedaliera
+</t>
+  </si>
+  <si>
+    <t>ROSSANA</t>
+  </si>
+  <si>
+    <t>POMPILI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/POMPILI_ROSANNA_04072025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Coordinamento delle attività relative al sistema delle Conferenze, gestione del personale e controllo di gestione
+</t>
+  </si>
+  <si>
+    <t>PRESUTTI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PRESUTTI_ANNALISA_CV_22092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Adempimenti di competenza regionale ai fini della programmazione, indirizzo, coordinamento e controllo delle attività svolte dai servizi PreSal delle ASL
+</t>
+  </si>
+  <si>
+    <t>19/05/2025</t>
+  </si>
+  <si>
+    <t>16/05/2027</t>
+  </si>
+  <si>
+    <t>MICHELINO</t>
+  </si>
+  <si>
+    <t>PRILI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PRILI_MICHELINO_CV_02102024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Credito Agrario e Calamità Naturali
+</t>
+  </si>
+  <si>
+    <t>GEROSA</t>
+  </si>
+  <si>
+    <t>UFFICIO ASSISTENZA DISTRETTUALE E STRUTTURE INTERMEDIE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/GEROSA_LAURA_CV_30092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I fascia: Cure Primarie e Case di Comunità</t>
+  </si>
+  <si>
+    <t>PRIMERANO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PRIMERANO_BARBARA_CV_092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Programmi di recupero e di riqualificazione urbana
+</t>
+  </si>
+  <si>
+    <t>GIANFALLA</t>
+  </si>
+  <si>
+    <t>AREA GESTIONE TRASPORTO MARITTIMO E AEREO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/GIANFALLA_MASSIMO_CV_31102024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Trasporto marittimo, Aereo e Mobilità sostenibile</t>
+  </si>
+  <si>
+    <t>GIANFERMO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UFFICIO COMUNICAZIONE	</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/GIANFERMO_ROBERTA_CV_18082024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Interventi Promozionali e di Informazione Istituzionale</t>
+  </si>
+  <si>
+    <t>PRINCIPE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PRINCIPE_ALESSANDRA_CV_11102024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Procedure di acquisto di beni e servizi per il Servizio Sanitario Regionale
+</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Gianni_Roberta_CV_30072024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Gestione Matricola</t>
+  </si>
+  <si>
+    <t>GIGLIO</t>
+  </si>
+  <si>
+    <t>DIREZIONE REGIONALE AMBIENTE, TRANSIZIONE ENERGETICA E CICLO DEI RIFIU</t>
+  </si>
+  <si>
+    <t>AREA RIFIUTI ED ECONOMIA CIRCOLARE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/GIGLIO_FEDERICA_CV_2025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Pianificazione della gestione dei rifiuti urbani e della raccolta differenziata e finanziamenti per impiantistica pubblica</t>
+  </si>
+  <si>
+    <t>PROIA</t>
+  </si>
+  <si>
+    <t>AREA POLITICHE DEL PERSONALE DEGLI ENTI E AZIENDE SUB-REGIONALI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PROIA_ELISA_CV_01102024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Vigilanza e monitoraggio in materia di politiche del personale degli enti regionali, delle aziende e società Regionali
+</t>
+  </si>
+  <si>
+    <t>CATIA</t>
+  </si>
+  <si>
+    <t>PROIETTI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Proietti_Catia_CV_27082024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Tassa automobilistica – pagamenti omessi, tardivi e insufficienti; recupero coattivo; pagamenti spontanei; attività di gestione delle convenzioni di competenza dell’Area
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANTONELLA </t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Proietti_Antonella_CV_11042025pdf.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Gestione e attuazione di piani e interventi per la valorizzazione del territorio e lo sviluppo dell'offerta turistica e ricettiva del Lazio
+</t>
+  </si>
+  <si>
+    <t>MORENO</t>
+  </si>
+  <si>
+    <t>GIORNI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/GIORNI_MORENO_CV_26052025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Miglioramento della competitività nel settore agricolo e agroalimentare. Multifunzionalità, Caccia e Pesca.</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Proietti_Massimiliano_CV_30062025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Pianificazione e monitoraggio infrastrutture viarie e contratto di servizio ASTRAL
+</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PROIETTI_SIMONE_CV_092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Gestione tecnico-amministrativa delle procedure di Valutazione Ambientale Strategica
+</t>
+  </si>
+  <si>
+    <t>MICHELA</t>
+  </si>
+  <si>
+    <t>PUCCI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PUCCI_MICHELA_CV_18072024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Gestione delle procedure tecnicoamministrative e contabili relative alla programmazione, monitoraggio e controllo dei contributi per investimenti locali
+</t>
+  </si>
+  <si>
+    <t>GEORGIA</t>
+  </si>
+  <si>
+    <t>PUCINISCHI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PUCINISCHI_GEORGIA_CV_2025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Qualità dell'aria
+</t>
+  </si>
+  <si>
+    <t>GIOVANNETTI</t>
+  </si>
+  <si>
+    <t>AREA GESTIONE DEL TRASPORTO SU STRADA. ACCESSIBILITA.' MOBILITA' SOSTENIBILE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/GIOVANNETTI_CINZIA_CV_28102024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Gestione del trasporto su strada. accessibilità. mobilità sostenibile</t>
+  </si>
+  <si>
+    <t>PUDDU</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ENTE REGIONALE MONTI CIMINI - RISERVA NATURALE REGIONALE LAGO DI VICO - AREE NATURALI PROTETTE </t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Puddu_Giuseppe_CV_24092025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Coordinamento delle attività tecnico agro-forestali dell'Ente Monti Cimini
+</t>
+  </si>
+  <si>
+    <t>GIRALDI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/GIRALDI_ROBERTO_CV_05112024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Funzioni di supporto trasversale alle attività amministrative</t>
+  </si>
+  <si>
+    <t>ERASMO</t>
+  </si>
+  <si>
+    <t>PURIFICATO</t>
+  </si>
+  <si>
+    <t>ENTE REGIONALE PARCO NATURALE DEI MONTE AUSONI E LAGO DI FONDI - AREE NATURALI PROTETTE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PURIFICATO_ERASMO_CV_luglio_2025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Gestione, Pianificazione Conservazione e Tutela del Territorio dell'Area Naturale Protetta
+</t>
+  </si>
+  <si>
+    <t>QUAGLIA</t>
+  </si>
+  <si>
+    <t>AREA PROGRAMMAZIONE E COORDINAMENTO DELLA POLITICA REGIONALE UNITARIA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/QUAGLIA_ANNALISA_CV_17072024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Programmazione della politica regionale unitaria 2021-2027
+</t>
+  </si>
+  <si>
+    <t>GIROLAMI</t>
+  </si>
+  <si>
+    <t>DIREZIONE REGIONALE AGRICOLTURA E SOVRANITA' ALIMENTARE, CACCIA E PESCA, FOREST</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/GIROLAMI-MARCO-CV-10112025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Giovani agricoltori, diversificazione, regime delle autorizzazioni, calamità naturali, zootecnia. OCM unica</t>
+  </si>
+  <si>
+    <t>MARISA</t>
+  </si>
+  <si>
+    <t>GIUFFRE'</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/GIUFFRE_MARISA_CV_22072024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Trattamento economico fondamentale ed accessorio –Contrattazione decentrata - Budgeting</t>
+  </si>
+  <si>
+    <t>RAGONE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/RAGONE_PAOLA_CV_2025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Educazione ambientale e alla sostenibilità
+</t>
+  </si>
+  <si>
+    <t>01/06/2025</t>
+  </si>
+  <si>
+    <t>GIULIANI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/GIULIANI_MARCELLO_CV_07102025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata qualificazione di I^ fascia: Bilanci degli Enti del Terzo Settore</t>
+  </si>
+  <si>
+    <t>RAGOZZO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/RAGOZZO_GABRIELE_CV_05092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Sistemazione delle terre di uso civico
+</t>
+  </si>
+  <si>
+    <t>ANNA LIDIA</t>
+  </si>
+  <si>
+    <t>GIZZI</t>
+  </si>
+  <si>
+    <t>AREA AFFARI GENERALI E AMMINISTRATIVI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/GIZZI_ANNA_LIDIA_CV_16092025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Entrate, pagamenti e adempimenti contabili</t>
+  </si>
+  <si>
+    <t>GRANATO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/GRANATO_ANDREA_CV_18122024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Gestione dei procedimenti connessi alle Violazioni in zona sismica e ai Pareri Legge Regionale n. 5/2002</t>
+  </si>
+  <si>
+    <t>RAMPIONI</t>
+  </si>
+  <si>
+    <t>AREA SPORT, INFRASTRUTTURE E SERVIZI SPORTIVI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/RAMPIONI_ALESSANDRA_CV_25092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Referente della Direzione Affari della Presidenza, Turismo, Cinema, Audiovisivo e Sport per la ragioneria e supporto alle attività inerenti all'impiantistica sportiva
+</t>
+  </si>
+  <si>
+    <t>GIUGLIOTTI</t>
+  </si>
+  <si>
+    <t>UFFICIO DI STAFF PRE-LEGISLATIVO E SERVIZIO STUDI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/GUGLIOTTI_BARBARA_CV_07082024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Ufficio di staff pre-legislativo e servizio studi</t>
+  </si>
+  <si>
+    <t>25/07/2024</t>
+  </si>
+  <si>
+    <t>PIERLUIGI</t>
+  </si>
+  <si>
+    <t>IACONO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/IACONO_PIERLUIGI_CV_2025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Gestione e attuazione dei finanziamenti di cui all'Obiettivo di Policy 2.0 Europa più verde, Azione 2.1.1 Interventi di efficienza energetica gestione della fase conclusiva dei finanziamenti di cui all'Azione 4.1.1del POR FESR Lazio 2014 -2020 e della Misura 07, Sottomisura 7.2, Tipologia di Operazione 7.2.2 del PSR FEASR Lazio 2014-2020</t>
+  </si>
+  <si>
+    <t>AMALIA</t>
+  </si>
+  <si>
+    <t>IANNONE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/IANNONE_AMALIA_CV_18092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Sicurezza ambientale, igiene e sanità pubblica</t>
+  </si>
+  <si>
+    <t>ILARI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ILARI_MARINA_CV_09082024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Attività del Centro per l'Impiego di Rieti</t>
+  </si>
+  <si>
+    <t>IUDICONE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/IUDICONE_GIANLUCA_CV_28102024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Coordinamento delle attività di programmazione e realizzazione degli interventi prioritari di prevenzione e mitigazione del rischio idraulico e di manutenzione delle opere idrauliche strategiche</t>
+  </si>
+  <si>
+    <t>IULIANO</t>
+  </si>
+  <si>
+    <t>AREA POLITICHE PER LO SVILUPPO DELLE ZONE MONTANE E DEI PICCOLI COMUNI, SICUREZZA INTEGRATA E DEI BENI COMUNI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/IULIANO_ANTONELLA_CV.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Sicurezza integrata – vittime della criminalità</t>
+  </si>
+  <si>
+    <t>IUVARA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/IUVARA_TIZIANA_CV_13122024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Studi sul Welfare Aziendale, Smart Working e Servizi al personale</t>
+  </si>
+  <si>
+    <t>JORI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/JORI_PAOLO_CV_01092025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Supporto ed assistenza giuridico legale</t>
+  </si>
+  <si>
+    <t>RANDO'</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/RANDO_MARIA_CV_01072025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Programmazione e gestione delle procedure di gara per i lavori pubblici
+</t>
+  </si>
+  <si>
+    <t>15/06/2027</t>
+  </si>
+  <si>
+    <t>RASTELLI</t>
+  </si>
+  <si>
+    <t>AREA STUDI INNOVAZIONE E STATISTICA DEL SETTORE TURISTICO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II fascia: Studi, innovazione e statistica del settore turistico
+</t>
+  </si>
+  <si>
+    <t>RAUCEA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/RAUCEA_SALVATORE_CV_06092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Sostegno a investimenti a favore della trasformazione e commercializzazione e/o dello sviluppo dei prodotti agricoli, Zootecnia e investimenti Consorzi di bonifica
+</t>
+  </si>
+  <si>
+    <t>WALTER</t>
+  </si>
+  <si>
+    <t>REALI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AREA GENIO CIVILE LAZIO SUD </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SERVIZIO GENIO CIVILE DI FROSINONE </t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/REALI_WALTER_CV_19092025.pdf</t>
+  </si>
+  <si>
+    <t>ANGELA PAOLA</t>
+  </si>
+  <si>
+    <t>RECCHIA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/RECCHIA_ANGELA_PAOLA_CV_06082024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Coordinamento e attuazione attività di programmazione dell'offerta di istruzione e diritto allo studio scolastico, dimensionamento delle istituzioni scolastiche, servizi assicurativi e di trasporto scolastico
+</t>
+  </si>
+  <si>
+    <t>RICCIARDI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/RICCIARDI_ALESSANDRO_CV_23092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Bilancio e Contabilità del SSR
+</t>
+  </si>
+  <si>
+    <t>RAMONA</t>
+  </si>
+  <si>
+    <t>RISA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/RISA-RAMONA-CV-13112025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Gestione delle attività concernenti l'Accreditamento ai servizi per il lavoro
+</t>
+  </si>
+  <si>
+    <t>01/07/2027</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/RISA_STEFANO_CV_08092025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Rapporti con i Consorzi di Bonifica ed Irrigazione
+</t>
+  </si>
+  <si>
+    <t>ESPEDITO</t>
+  </si>
+  <si>
+    <t>RIZZUTI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/RIZZUTI_ESPEDITO_CV_092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Assistenza e consulenza giuridica sulle tematiche connesse alle politiche abitative dell’Edilizia Residenziale Agevolata
+</t>
+  </si>
+  <si>
+    <t>ROCCHI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ROCCHI_LAURA_CV_01072024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Affari Generali, Strumenti finanziari, controversie agrarie
+</t>
+  </si>
+  <si>
+    <t>GIOVANNA</t>
+  </si>
+  <si>
+    <t>ROCCHINO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ROCCHINO_GIOVANNA_CV_1312020.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Cooperative sociali e SRA FSE+
+</t>
+  </si>
+  <si>
+    <t>ROCCO</t>
+  </si>
+  <si>
+    <t>ROMEO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ROMEO_ROCCO_CV_12082024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Concorsi e assistenza amministrativa
+</t>
+  </si>
+  <si>
+    <t>ANGELICA</t>
+  </si>
+  <si>
+    <t>ROSA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ROSA_ANGELICA_14022023.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Creatività contemporanea e comunicazione
+</t>
+  </si>
+  <si>
+    <t>MIRIAM</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ROSA_MIRIAM_CV_03092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Diversificazione delle attività agricole
+</t>
+  </si>
+  <si>
+    <t>RENATO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ROSA_RENATO_CV_2020.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Agroambiente e forestazione
+</t>
+  </si>
+  <si>
+    <t>ROSSI</t>
+  </si>
+  <si>
+    <t>AREA FATTURAZIONE ELETTRONICA, FISCALITA' PASSIVA E SERVIZI TELEMATICI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ROSSI_BARBARA_CV_13092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Fiscalità passiva e servizi telematici
+</t>
+  </si>
+  <si>
+    <t>LA ROCCA</t>
+  </si>
+  <si>
+    <t>UFFICIO DI STAFF DEL DIRETTORE STRUTTURA TECNICO-AMMINISTRATIVA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LA_ROCCA_DANIELA_CV_2024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Assistenza giuridica, normativa, legale</t>
+  </si>
+  <si>
+    <t>ANNARITA</t>
+  </si>
+  <si>
+    <t>LA RUFFA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LA_RUFFA__ANNARITA_CV_22072024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione  di II^ fascia: Categorie protette</t>
+  </si>
+  <si>
+    <t>LABAGNARA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LABAGNARA_ELENA_CV_2024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Progettazione e promozione di interventi inerenti allo sviluppo dell'attività motoria</t>
+  </si>
+  <si>
+    <t>SALVADOR</t>
+  </si>
+  <si>
+    <t>LAGRUTTA</t>
+  </si>
+  <si>
+    <t>AREA CONTROLLO DI I LIVELLO, VALORIZZAZIONE DEL PATRIMONIO LIBRARIO E BIBLIOTECA GIURIDICA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LAGRUTTA_SALVADOR_CV_10062024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Controlli</t>
+  </si>
+  <si>
+    <t>KATIUSCIA</t>
+  </si>
+  <si>
+    <t>LAI</t>
+  </si>
+  <si>
+    <t>SERVIZIO ORGANISMO TECNICAMENTE ACCREDITANTE (OTA)</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LAI_KATIUSCIA_CV_092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Responsabile del Servizio</t>
+  </si>
+  <si>
+    <t>LATROFA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LATROFA_NADIA_CV_01022025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Prevenzione e protezione nei luoghi di lavoro - Adempimenti D.lgs n. 81/2008</t>
+  </si>
+  <si>
+    <t>LAURI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LAURI_MASSIMO_CV_08102024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Programmazione e gestione in materia di sport</t>
+  </si>
+  <si>
+    <t>LAZZARA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LAZZARI_LAURA_CV_22112024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Autorizzazione, accreditamento delle strutture e dei servizi socio-assistenziali e Sistema informativo dei Servizi Sociali (SISS)</t>
+  </si>
+  <si>
+    <t>FRANCESCO SAVERIO</t>
+  </si>
+  <si>
+    <t>LEMMA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LEMMA_FRANCESCO_SAVERIO_CV_05092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Politiche per l'Inserimento Lavorativo dei Disabili nell'ambito territoriale della Provincia di Viterbo e Provincia di Rieti</t>
+  </si>
+  <si>
+    <t>LEONE</t>
+  </si>
+  <si>
+    <t>AVVOCATURA REGIONA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LEONE_PATRIZIA_CV_30092025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Contenzioso Tributario</t>
+  </si>
+  <si>
+    <t>ILENIA</t>
+  </si>
+  <si>
+    <t>LEONI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AREA GENIO CIVILE DI ROMA CITTA' METROPOLITANA	</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LEONI_ILENIA_CV_15092025.pdf</t>
+  </si>
+  <si>
+    <t>Posizione Elevata Qualificazione di II^ Fascia: Verifiche e adempimenti in materia di autorizzazioni sismiche e atti successivi</t>
+  </si>
+  <si>
+    <t>LIBERATI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LIBERATI_ALESSANDRO_CV_092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Valorizzazione delle Dimore e giardini storici e Siti UNESCO</t>
+  </si>
+  <si>
+    <t>ELEONORA</t>
+  </si>
+  <si>
+    <t>LO CASCIO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LO_CASCIO_ELEONORA_CV_11092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Programmazione Rete ospedaliera e boarding in PS</t>
+  </si>
+  <si>
+    <t>30 anni</t>
+  </si>
+  <si>
+    <t>LO GATTO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LO_GATTO_GIULIA_CV_16052024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Coordinamento dei processi di gestione relativi ai lavori di manutenzione ordinaria e straordinaria sugli immobili regionali</t>
+  </si>
+  <si>
+    <t>LONGO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LONGO_ANNARITA_CV_2025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ FASCIA: Pianificazione energetica regionale e attuazione della disciplina in materia di energia, e attuazione legge regionale per la costituzione di gruppi di autoconsumatori di energia rinnovabile che agiscono collettivamente e di comunità di energia rinnovabile</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LONGO_GIUSEPPE_CV_04072025.pdf</t>
+  </si>
+  <si>
+    <t>Qualificazione di I^ fascia: Pianificazione e controllo di Direzione</t>
+  </si>
+  <si>
+    <t>LORETI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LORETI_MARIA_ROSARIA_CV_04092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Servizio assistenza e supporto per la verifica delle cause di esclusione in materia di Contratti pubblici per servizi e forniture</t>
+  </si>
+  <si>
+    <t>LOSAPIO</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: DIGITALIZZAZIONE, INNOVAZIONE, RIPOSIZIONAMENTO COMPETITIVO, START U</t>
+  </si>
+  <si>
+    <t>LARA</t>
+  </si>
+  <si>
+    <t>LOTTI</t>
+  </si>
+  <si>
+    <t>UFFICIO CONTROLLI	AREA AUTORIZZAZIONE, ACCREDITAMENTO E CONTROLLI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LOTTI_LARA_CV_18102024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Coordinamento dell'attività di risoluzione delle discordanze sugli esiti dell'attività di controllo esterno</t>
+  </si>
+  <si>
+    <t>FRISO</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> AREA CONCESSIONI DEMANIALI: FLUVIALI E LACUALI. VIGILANZA DEMANIO REGIONALE</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Supporto Giuridico e Legale sui procedimenti di concessioni del Demanio Idrico</t>
+  </si>
+  <si>
+    <t>FERDINANDO</t>
+  </si>
+  <si>
+    <t>AREA AFFARI EUROPEI E RELAZIONI INTERNAZIONALI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ROSSI_FERDINANDO_CV_27082024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Servizio Europrogettazione Fondi Diretti
+</t>
+  </si>
+  <si>
+    <t>AREA GESTIONE DEL TRASPORTO FERROVIARIO E DEL TRASPORTO DELLE MERCI. PRMTL.</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ROSSI_GIOVANNA_CV_18092024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia:  Programmazione dei servizi e gestione dei servizi e delle infrastrutture di trasporto ferroviario
+</t>
+  </si>
+  <si>
+    <t>RUSCITTI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/RUSCITTI-ANTONELLA-CV-10112025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Coordinamento e supporto in materia di trasparenza e prevenzione della corruzione, formazione e privacy
+</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
-    <t>PAOLO</t>
-[...2886 lines deleted...]
-  <si>
     <t>RUSSO</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/RUSSO_CLAUDIA_CV_20082024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Attività del Centro per l'Impiego di Viterbo
 </t>
   </si>
   <si>
     <t>RAFFAELLO</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/RUSSO_RAFFAELLO_CV_25062024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Sviluppo socio economico delle zone montane/enti locali
 </t>
   </si>
   <si>
     <t>SABATINI</t>
   </si>
   <si>
     <t xml:space="preserve">Posizione Organizzativa di II^ fascia: Servizio Ufficio Europa
 </t>
@@ -6432,50 +6448,86 @@
   <si>
     <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Marketing turistico e promozione territoriale
 </t>
   </si>
   <si>
     <t>MIRABELLI</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/MIRABELLI_CRISTINA_CV_10092024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Produzioni Biologiche ed Ecocompatibili, Sostenibilità Agro-Climatico-Ambientale
 </t>
   </si>
   <si>
     <t>BADAMO</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Badamo-Paola-CV-26112025.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II^ fascia: Analisi delle competenze e rilevazione dell'efficacia della formazione</t>
   </si>
   <si>
     <t>26/11/2025</t>
+  </si>
+  <si>
+    <t>SCHIAFFINO</t>
+  </si>
+  <si>
+    <t>Elevata qualificazione di II^ fascia: Coordinamento ed attuazione attività di controllo e rendicontazione progetti, con e senza cofinanziamento comunitario FSE, con particolare riferimento al sistema di accreditamento regionale ed al sistema di Formazione Duale e del sistema degli I.T.S</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>ACCARDO</t>
+  </si>
+  <si>
+    <t>Elevata qualificazione di II^ fascia: Coordinamento ed attuazione attività di controllo e rendicontazione progetti, con e senza cofinanziamento comunitario FSE, rivolti e finalizzati in particolare all'istruzione</t>
+  </si>
+  <si>
+    <t>MARCONI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/MARCONI-FABIO-CV-10122025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata qualificazione di II^ fascia: Coordinamento dei flussi documentali - Gestione delle istanze URP e rapporti con gli Enti istituzionali per quanto attiene la partecipazione dei rappresentanti regionali al sistema delle Conferenze</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>CHINI</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Coordinamento e organizzazione dei processi di acquisizione e trattamento dei flussi informativi nazionali e regionali ai fini degli adempimenti nazionali</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -6779,51 +6831,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L501"/>
+  <dimension ref="A1:L505"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -10760,11216 +10812,11365 @@
       <c r="B131" t="s">
         <v>222</v>
       </c>
       <c r="C131" t="s">
         <v>652</v>
       </c>
       <c r="D131" t="s">
         <v>59</v>
       </c>
       <c r="E131" t="s">
         <v>653</v>
       </c>
       <c r="G131" t="s">
         <v>654</v>
       </c>
       <c r="H131" t="s">
         <v>655</v>
       </c>
       <c r="I131" t="s">
         <v>18</v>
       </c>
       <c r="J131" t="s">
         <v>19</v>
       </c>
       <c r="L131" t="s">
-        <v>127</v>
+        <v>656</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132">
         <v>10643</v>
       </c>
       <c r="B132" t="s">
         <v>511</v>
       </c>
       <c r="C132" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="D132" t="s">
         <v>96</v>
       </c>
       <c r="E132" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="G132" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="H132" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="K132" t="s">
         <v>44</v>
       </c>
       <c r="L132" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133">
         <v>10644</v>
       </c>
       <c r="B133" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C133" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D133" t="s">
         <v>210</v>
       </c>
       <c r="E133" t="s">
         <v>267</v>
       </c>
       <c r="G133" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="H133" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="K133" t="s">
         <v>44</v>
       </c>
       <c r="L133" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="134" spans="1:12">
       <c r="A134">
         <v>10645</v>
       </c>
       <c r="B134" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C134" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D134" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="E134" t="s">
         <v>90</v>
       </c>
       <c r="G134" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="H134" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="I134" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="J134" t="s">
         <v>19</v>
       </c>
       <c r="L134" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="135" spans="1:12">
       <c r="A135">
         <v>10646</v>
       </c>
       <c r="B135" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C135" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="D135" t="s">
         <v>210</v>
       </c>
       <c r="E135" t="s">
         <v>302</v>
       </c>
       <c r="G135" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="H135" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="K135" t="s">
         <v>44</v>
       </c>
       <c r="L135" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="136" spans="1:12">
       <c r="A136">
         <v>10647</v>
       </c>
       <c r="B136" t="s">
         <v>165</v>
       </c>
       <c r="C136" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="D136" t="s">
         <v>342</v>
       </c>
       <c r="F136" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="G136" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="H136" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="K136" t="s">
         <v>44</v>
       </c>
       <c r="L136" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="137" spans="1:12">
       <c r="A137">
         <v>10648</v>
       </c>
       <c r="B137" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="C137" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D137" t="s">
         <v>193</v>
       </c>
       <c r="E137" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="F137" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="G137" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="H137" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="K137" t="s">
         <v>44</v>
       </c>
       <c r="L137" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="138" spans="1:12">
       <c r="A138">
         <v>10649</v>
       </c>
       <c r="B138" t="s">
         <v>285</v>
       </c>
       <c r="C138" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D138" t="s">
         <v>96</v>
       </c>
       <c r="E138" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G138" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="H138" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="K138" t="s">
         <v>44</v>
       </c>
       <c r="L138" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="139" spans="1:12">
       <c r="A139">
         <v>10650</v>
       </c>
       <c r="B139" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C139" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="D139" t="s">
         <v>130</v>
       </c>
       <c r="E139" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="G139" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="H139" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="K139" t="s">
         <v>44</v>
       </c>
       <c r="L139" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="140" spans="1:12">
       <c r="A140">
         <v>10651</v>
       </c>
       <c r="B140" t="s">
         <v>305</v>
       </c>
       <c r="C140" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D140" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="E140" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="G140" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="H140" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="K140" t="s">
         <v>44</v>
       </c>
       <c r="L140" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141">
         <v>10652</v>
       </c>
       <c r="B141" t="s">
         <v>305</v>
       </c>
       <c r="C141" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="D141" t="s">
         <v>287</v>
       </c>
       <c r="E141" t="s">
         <v>632</v>
       </c>
       <c r="G141" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="H141" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="I141" t="s">
         <v>18</v>
       </c>
       <c r="J141" t="s">
         <v>19</v>
       </c>
       <c r="L141" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="142" spans="1:12">
       <c r="A142">
         <v>10653</v>
       </c>
       <c r="B142" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C142" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D142" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="E142" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="G142" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="H142" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="I142" t="s">
         <v>18</v>
       </c>
       <c r="J142" t="s">
         <v>19</v>
       </c>
       <c r="L142" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="143" spans="1:12">
       <c r="A143">
         <v>10654</v>
       </c>
       <c r="B143" t="s">
         <v>329</v>
       </c>
       <c r="C143" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="D143" t="s">
         <v>35</v>
       </c>
       <c r="E143" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="G143" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="H143" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="I143" t="s">
         <v>18</v>
       </c>
       <c r="J143" t="s">
         <v>19</v>
       </c>
       <c r="L143" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="144" spans="1:12">
       <c r="A144">
         <v>10655</v>
       </c>
       <c r="B144" t="s">
         <v>305</v>
       </c>
       <c r="C144" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D144" t="s">
         <v>187</v>
       </c>
       <c r="E144" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="G144" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="H144" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="I144" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="J144" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="L144" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="145" spans="1:12">
       <c r="A145">
         <v>10656</v>
       </c>
       <c r="B145" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="C145" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D145" t="s">
         <v>30</v>
       </c>
       <c r="G145" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="H145" t="s">
         <v>49</v>
       </c>
       <c r="K145" t="s">
         <v>44</v>
       </c>
       <c r="L145" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="146" spans="1:12">
       <c r="A146">
         <v>10657</v>
       </c>
       <c r="B146" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="C146" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="D146" t="s">
         <v>342</v>
       </c>
       <c r="E146" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="G146" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="H146" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="I146" t="s">
         <v>220</v>
       </c>
       <c r="J146" t="s">
         <v>221</v>
       </c>
       <c r="L146" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="147" spans="1:12">
       <c r="A147">
         <v>10658</v>
       </c>
       <c r="B147" t="s">
         <v>222</v>
       </c>
       <c r="C147" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="D147" t="s">
         <v>315</v>
       </c>
       <c r="E147" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="G147" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="H147" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="I147" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="J147" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="L147" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="148" spans="1:12">
       <c r="A148">
         <v>10659</v>
       </c>
       <c r="B148" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="C148" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D148" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="E148" t="s">
         <v>233</v>
       </c>
       <c r="G148" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="H148" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="K148" t="s">
         <v>44</v>
       </c>
       <c r="L148" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="149" spans="1:12">
       <c r="A149">
         <v>10660</v>
       </c>
       <c r="B149" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C149" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="D149" t="s">
         <v>315</v>
       </c>
       <c r="E149" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="G149" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="H149" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="I149" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="J149" t="s">
         <v>19</v>
       </c>
       <c r="L149" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="150" spans="1:12">
       <c r="A150">
         <v>10661</v>
       </c>
       <c r="B150" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C150" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="D150" t="s">
         <v>66</v>
       </c>
       <c r="E150" t="s">
         <v>513</v>
       </c>
       <c r="G150" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="H150" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="K150" t="s">
         <v>44</v>
       </c>
       <c r="L150" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="151" spans="1:12">
       <c r="A151">
         <v>10662</v>
       </c>
       <c r="B151" t="s">
         <v>324</v>
       </c>
       <c r="C151" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="D151" t="s">
         <v>14</v>
       </c>
       <c r="E151" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="G151" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="H151" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="I151" t="s">
         <v>18</v>
       </c>
       <c r="J151" t="s">
         <v>19</v>
       </c>
       <c r="L151" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="152" spans="1:12">
       <c r="A152">
         <v>10663</v>
       </c>
       <c r="B152" t="s">
         <v>313</v>
       </c>
       <c r="C152" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D152" t="s">
         <v>59</v>
       </c>
       <c r="E152" t="s">
         <v>297</v>
       </c>
       <c r="G152" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="H152" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="I152" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="J152" t="s">
         <v>19</v>
       </c>
       <c r="L152" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
     </row>
     <row r="153" spans="1:12">
       <c r="A153">
         <v>10664</v>
       </c>
       <c r="B153" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C153" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="D153" t="s">
         <v>461</v>
       </c>
       <c r="E153" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="G153" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="H153" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="I153" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="J153" t="s">
         <v>19</v>
       </c>
       <c r="L153" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="154" spans="1:12">
       <c r="A154">
         <v>10665</v>
       </c>
       <c r="B154" t="s">
         <v>329</v>
       </c>
       <c r="C154" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D154" t="s">
         <v>30</v>
       </c>
       <c r="G154" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="H154" t="s">
         <v>49</v>
       </c>
       <c r="K154" t="s">
         <v>44</v>
       </c>
       <c r="L154" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="155" spans="1:12">
       <c r="A155">
         <v>10666</v>
       </c>
       <c r="B155" t="s">
         <v>197</v>
       </c>
       <c r="C155" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D155" t="s">
         <v>78</v>
       </c>
       <c r="E155" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="G155" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="H155" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="K155" t="s">
         <v>44</v>
       </c>
       <c r="L155" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="156" spans="1:12">
       <c r="A156">
         <v>10667</v>
       </c>
       <c r="B156" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C156" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="D156" t="s">
         <v>193</v>
       </c>
       <c r="E156" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="F156" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="G156" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="H156" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="K156" t="s">
         <v>44</v>
       </c>
       <c r="L156" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="157" spans="1:12">
       <c r="A157">
         <v>10668</v>
       </c>
       <c r="B157" t="s">
         <v>557</v>
       </c>
       <c r="C157" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D157" t="s">
         <v>66</v>
       </c>
       <c r="E157" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="G157" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="H157" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="K157" t="s">
         <v>44</v>
       </c>
       <c r="L157" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="158" spans="1:12">
       <c r="A158">
         <v>10669</v>
       </c>
       <c r="B158" t="s">
         <v>285</v>
       </c>
       <c r="C158" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="D158" t="s">
         <v>59</v>
       </c>
       <c r="E158" t="s">
         <v>272</v>
       </c>
       <c r="G158" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="H158" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="K158" t="s">
         <v>44</v>
       </c>
       <c r="L158" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="159" spans="1:12">
       <c r="A159">
         <v>10670</v>
       </c>
       <c r="B159" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C159" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="D159" t="s">
         <v>78</v>
       </c>
       <c r="E159" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="G159" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="H159" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="K159" t="s">
         <v>44</v>
       </c>
       <c r="L159" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="160" spans="1:12">
       <c r="A160">
         <v>10671</v>
       </c>
       <c r="B160" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C160" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="D160" t="s">
         <v>161</v>
       </c>
       <c r="E160" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="G160" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="H160" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="K160" t="s">
         <v>44</v>
       </c>
       <c r="L160" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="161" spans="1:12">
       <c r="A161">
         <v>10672</v>
       </c>
       <c r="B161" t="s">
         <v>50</v>
       </c>
       <c r="C161" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="D161" t="s">
         <v>287</v>
       </c>
       <c r="E161" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="G161" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="H161" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="K161" t="s">
         <v>44</v>
       </c>
       <c r="L161" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="162" spans="1:12">
       <c r="A162">
         <v>10673</v>
       </c>
       <c r="B162" t="s">
         <v>557</v>
       </c>
       <c r="C162" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="D162" t="s">
         <v>161</v>
       </c>
       <c r="E162" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="G162" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="H162" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="K162" t="s">
         <v>44</v>
       </c>
       <c r="L162" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="163" spans="1:12">
       <c r="A163">
         <v>10674</v>
       </c>
       <c r="B163" t="s">
         <v>165</v>
       </c>
       <c r="C163" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="D163" t="s">
         <v>66</v>
       </c>
       <c r="E163" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="G163" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="H163" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="K163" t="s">
         <v>44</v>
       </c>
       <c r="L163" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="164" spans="1:12">
       <c r="A164">
         <v>10675</v>
       </c>
       <c r="B164" t="s">
         <v>185</v>
       </c>
       <c r="C164" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D164" t="s">
         <v>66</v>
       </c>
       <c r="F164" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="G164" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="H164" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="K164" t="s">
         <v>44</v>
       </c>
       <c r="L164" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="165" spans="1:12">
       <c r="A165">
         <v>10676</v>
       </c>
       <c r="B165" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C165" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D165" t="s">
         <v>210</v>
       </c>
       <c r="E165" t="s">
         <v>233</v>
       </c>
       <c r="G165" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="H165" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="K165" t="s">
         <v>44</v>
       </c>
       <c r="L165" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
     </row>
     <row r="166" spans="1:12">
       <c r="A166">
         <v>10677</v>
       </c>
       <c r="B166" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="C166" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="D166" t="s">
         <v>35</v>
       </c>
       <c r="E166" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="G166" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="H166" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="K166" t="s">
         <v>44</v>
       </c>
       <c r="L166" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="167" spans="1:12">
       <c r="A167">
         <v>10678</v>
       </c>
       <c r="B167" t="s">
         <v>324</v>
       </c>
       <c r="C167" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="D167" t="s">
         <v>608</v>
       </c>
       <c r="E167" t="s">
         <v>150</v>
       </c>
       <c r="G167" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="H167" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="K167" t="s">
         <v>44</v>
       </c>
       <c r="L167" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="168" spans="1:12">
       <c r="A168">
         <v>10679</v>
       </c>
       <c r="B168" t="s">
         <v>532</v>
       </c>
       <c r="C168" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D168" t="s">
         <v>111</v>
       </c>
       <c r="E168" t="s">
         <v>124</v>
       </c>
       <c r="H168" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="K168" t="s">
         <v>44</v>
       </c>
       <c r="L168" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="169" spans="1:12">
       <c r="A169">
         <v>10680</v>
       </c>
       <c r="B169" t="s">
         <v>532</v>
       </c>
       <c r="C169" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="D169" t="s">
         <v>30</v>
       </c>
       <c r="G169" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="H169" t="s">
         <v>49</v>
       </c>
       <c r="K169" t="s">
         <v>44</v>
       </c>
       <c r="L169" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="170" spans="1:12">
       <c r="A170">
         <v>10681</v>
       </c>
       <c r="B170" t="s">
         <v>149</v>
       </c>
       <c r="C170" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="D170" t="s">
-        <v>14</v>
+        <v>822</v>
       </c>
       <c r="E170" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="G170" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="H170" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="I170" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="J170" t="s">
         <v>19</v>
       </c>
       <c r="L170" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
     </row>
     <row r="171" spans="1:12">
       <c r="A171">
         <v>10682</v>
       </c>
       <c r="B171" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="C171" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="D171" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="E171" t="s">
         <v>609</v>
       </c>
       <c r="G171" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="H171" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="I171" t="s">
         <v>18</v>
       </c>
       <c r="J171" t="s">
         <v>19</v>
       </c>
       <c r="L171" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="172" spans="1:12">
       <c r="A172">
         <v>10683</v>
       </c>
       <c r="B172" t="s">
         <v>436</v>
       </c>
       <c r="C172" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="D172" t="s">
         <v>287</v>
       </c>
       <c r="E172" t="s">
         <v>365</v>
       </c>
       <c r="G172" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="H172" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="K172" t="s">
         <v>44</v>
       </c>
       <c r="L172" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="173" spans="1:12">
       <c r="A173">
         <v>10684</v>
       </c>
       <c r="B173" t="s">
         <v>648</v>
       </c>
       <c r="C173" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="D173" t="s">
         <v>608</v>
       </c>
       <c r="E173" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="G173" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="H173" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="K173" t="s">
         <v>44</v>
       </c>
       <c r="L173" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="174" spans="1:12">
       <c r="A174">
         <v>10685</v>
       </c>
       <c r="B174" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="C174" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="D174" t="s">
         <v>193</v>
       </c>
       <c r="E174" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="F174" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="G174" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="H174" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="K174" t="s">
         <v>44</v>
       </c>
       <c r="L174" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="175" spans="1:12">
       <c r="A175">
         <v>10686</v>
       </c>
       <c r="B175" t="s">
         <v>431</v>
       </c>
       <c r="C175" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="D175" t="s">
         <v>130</v>
       </c>
       <c r="E175" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="G175" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="H175" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="I175" t="s">
         <v>18</v>
       </c>
       <c r="J175" t="s">
         <v>19</v>
       </c>
       <c r="L175" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="176" spans="1:12">
       <c r="A176">
         <v>10687</v>
       </c>
       <c r="B176" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="C176" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="D176" t="s">
         <v>130</v>
       </c>
       <c r="E176" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="G176" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="H176" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="K176" t="s">
         <v>44</v>
       </c>
       <c r="L176" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="177" spans="1:12">
       <c r="A177">
         <v>10688</v>
       </c>
       <c r="B177" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="C177" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="D177" t="s">
         <v>287</v>
       </c>
       <c r="F177" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="G177" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="H177" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="K177" t="s">
         <v>44</v>
       </c>
       <c r="L177" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="178" spans="1:12">
       <c r="A178">
         <v>10689</v>
       </c>
       <c r="B178" t="s">
         <v>265</v>
       </c>
       <c r="C178" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="D178" t="s">
         <v>23</v>
       </c>
       <c r="E178" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="G178" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="H178" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="I178" t="s">
         <v>18</v>
       </c>
       <c r="J178" t="s">
         <v>19</v>
       </c>
       <c r="L178" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="179" spans="1:12">
       <c r="A179">
         <v>10690</v>
       </c>
       <c r="B179" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="C179" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="D179" t="s">
         <v>78</v>
       </c>
       <c r="E179" t="s">
         <v>102</v>
       </c>
       <c r="G179" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="H179" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="K179" t="s">
         <v>44</v>
       </c>
       <c r="L179" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="180" spans="1:12">
       <c r="A180">
         <v>10691</v>
       </c>
       <c r="B180" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="C180" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="D180" t="s">
         <v>608</v>
       </c>
       <c r="E180" t="s">
         <v>150</v>
       </c>
       <c r="G180" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="H180" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="K180" t="s">
         <v>44</v>
       </c>
       <c r="L180" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="181" spans="1:12">
       <c r="A181">
         <v>10692</v>
       </c>
       <c r="B181" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="C181" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="D181" t="s">
         <v>59</v>
       </c>
       <c r="E181" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="G181" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="H181" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="I181" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="J181" t="s">
         <v>19</v>
       </c>
       <c r="L181" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
     </row>
     <row r="182" spans="1:12">
       <c r="A182">
         <v>10693</v>
       </c>
       <c r="B182" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="C182" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="D182" t="s">
         <v>14</v>
       </c>
       <c r="E182" t="s">
         <v>176</v>
       </c>
       <c r="G182" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="H182" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="K182" t="s">
         <v>44</v>
       </c>
       <c r="L182" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="183" spans="1:12">
       <c r="A183">
         <v>10694</v>
       </c>
       <c r="B183" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="C183" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="D183" t="s">
         <v>287</v>
       </c>
       <c r="E183" t="s">
         <v>288</v>
       </c>
       <c r="G183" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="H183" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="K183" t="s">
         <v>44</v>
       </c>
       <c r="L183" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="184" spans="1:12">
       <c r="A184">
         <v>10695</v>
       </c>
       <c r="B184" t="s">
         <v>643</v>
       </c>
       <c r="C184" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="D184" t="s">
         <v>59</v>
       </c>
       <c r="E184" t="s">
         <v>653</v>
       </c>
       <c r="G184" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="H184" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="I184" t="s">
         <v>18</v>
       </c>
       <c r="J184" t="s">
         <v>19</v>
       </c>
       <c r="L184" t="s">
-        <v>127</v>
+        <v>656</v>
       </c>
     </row>
     <row r="185" spans="1:12">
       <c r="A185">
         <v>10696</v>
       </c>
       <c r="B185" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="C185" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="D185" t="s">
         <v>287</v>
       </c>
       <c r="E185" t="s">
         <v>288</v>
       </c>
       <c r="G185" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="H185" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="K185" t="s">
         <v>44</v>
       </c>
       <c r="L185" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="186" spans="1:12">
       <c r="A186">
         <v>10697</v>
       </c>
       <c r="B186" t="s">
         <v>580</v>
       </c>
       <c r="C186" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="D186" t="s">
         <v>78</v>
       </c>
       <c r="E186" t="s">
         <v>112</v>
       </c>
       <c r="G186" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="H186" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="K186" t="s">
         <v>44</v>
       </c>
       <c r="L186" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="187" spans="1:12">
       <c r="A187">
         <v>10698</v>
       </c>
       <c r="B187" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="C187" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="D187" t="s">
         <v>210</v>
       </c>
       <c r="E187" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="G187" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="H187" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="K187" t="s">
         <v>44</v>
       </c>
       <c r="L187" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="188" spans="1:12">
       <c r="A188">
         <v>10699</v>
       </c>
       <c r="B188" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="C188" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="D188" t="s">
         <v>210</v>
       </c>
       <c r="E188" t="s">
         <v>224</v>
       </c>
       <c r="G188" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="H188" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="K188" t="s">
         <v>44</v>
       </c>
       <c r="L188" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="189" spans="1:12">
       <c r="A189">
         <v>10708</v>
       </c>
       <c r="B189" t="s">
         <v>593</v>
       </c>
       <c r="C189" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="D189" t="s">
         <v>187</v>
       </c>
       <c r="E189" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="G189" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="H189" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="I189" t="s">
         <v>18</v>
       </c>
       <c r="J189" t="s">
         <v>19</v>
       </c>
       <c r="L189" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="190" spans="1:12">
       <c r="A190">
         <v>10709</v>
       </c>
       <c r="B190" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="C190" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="D190" t="s">
         <v>96</v>
       </c>
       <c r="E190" t="s">
         <v>112</v>
       </c>
       <c r="G190" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="H190" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="I190" t="s">
         <v>18</v>
       </c>
       <c r="J190" t="s">
         <v>19</v>
       </c>
       <c r="L190" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="191" spans="1:12">
       <c r="A191">
         <v>10710</v>
       </c>
       <c r="B191" t="s">
         <v>165</v>
       </c>
       <c r="C191" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="D191" t="s">
         <v>130</v>
       </c>
       <c r="E191" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="G191" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="H191" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="K191" t="s">
         <v>44</v>
       </c>
       <c r="L191" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="192" spans="1:12">
       <c r="A192">
         <v>10711</v>
       </c>
       <c r="B192" t="s">
         <v>436</v>
       </c>
       <c r="C192" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="D192" t="s">
         <v>136</v>
       </c>
       <c r="E192" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="G192" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="H192" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="K192" t="s">
         <v>44</v>
       </c>
       <c r="L192" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="193" spans="1:12">
       <c r="A193">
         <v>10712</v>
       </c>
       <c r="B193" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="C193" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="D193" t="s">
         <v>161</v>
       </c>
       <c r="E193" t="s">
         <v>645</v>
       </c>
       <c r="G193" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="H193" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="I193" t="s">
         <v>18</v>
       </c>
       <c r="J193" t="s">
         <v>19</v>
       </c>
       <c r="L193" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="194" spans="1:12">
       <c r="A194">
         <v>10713</v>
       </c>
       <c r="B194" t="s">
         <v>134</v>
       </c>
       <c r="C194" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="D194" t="s">
         <v>608</v>
       </c>
       <c r="E194" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="G194" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="H194" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="I194" t="s">
         <v>545</v>
       </c>
       <c r="J194" t="s">
         <v>19</v>
       </c>
       <c r="L194" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="195" spans="1:12">
       <c r="A195">
         <v>10714</v>
       </c>
       <c r="B195" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="C195" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="D195" t="s">
         <v>287</v>
       </c>
       <c r="E195" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="G195" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="H195" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="K195" t="s">
         <v>44</v>
       </c>
       <c r="L195" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="196" spans="1:12">
       <c r="A196">
         <v>10715</v>
       </c>
       <c r="B196" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="C196" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="D196" t="s">
         <v>193</v>
       </c>
       <c r="E196" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="G196" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="H196" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="K196" t="s">
         <v>44</v>
       </c>
       <c r="L196" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="197" spans="1:12">
       <c r="A197">
         <v>10716</v>
       </c>
       <c r="B197" t="s">
         <v>580</v>
       </c>
       <c r="C197" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="D197" t="s">
         <v>161</v>
       </c>
       <c r="E197" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="G197" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="H197" t="s">
-        <v>931</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>933</v>
+      </c>
+      <c r="I197" t="s">
+        <v>934</v>
+      </c>
+      <c r="J197" t="s">
+        <v>731</v>
       </c>
       <c r="L197" t="s">
-        <v>545</v>
+        <v>935</v>
       </c>
     </row>
     <row r="198" spans="1:12">
       <c r="A198">
         <v>10717</v>
       </c>
       <c r="B198" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="C198" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="D198" t="s">
         <v>187</v>
       </c>
       <c r="E198" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="G198" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="H198" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="I198" t="s">
         <v>18</v>
       </c>
       <c r="J198" t="s">
         <v>19</v>
       </c>
       <c r="L198" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="199" spans="1:12">
       <c r="A199">
         <v>10718</v>
       </c>
       <c r="B199" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="C199" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="D199" t="s">
         <v>14</v>
       </c>
       <c r="E199" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="G199" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="H199" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="I199" t="s">
         <v>18</v>
       </c>
       <c r="J199" t="s">
         <v>19</v>
       </c>
       <c r="L199" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="200" spans="1:12">
       <c r="A200">
         <v>10719</v>
       </c>
       <c r="B200" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="C200" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="D200" t="s">
         <v>199</v>
       </c>
       <c r="E200" t="s">
-        <v>944</v>
+        <v>653</v>
       </c>
       <c r="G200" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="H200" t="s">
-        <v>946</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>949</v>
+      </c>
+      <c r="I200" t="s">
+        <v>18</v>
+      </c>
+      <c r="J200" t="s">
+        <v>19</v>
       </c>
       <c r="L200" t="s">
-        <v>545</v>
+        <v>656</v>
       </c>
     </row>
     <row r="201" spans="1:12">
       <c r="A201">
         <v>10720</v>
       </c>
       <c r="B201" t="s">
         <v>300</v>
       </c>
       <c r="C201" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="D201" t="s">
-        <v>948</v>
+        <v>822</v>
       </c>
       <c r="E201" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="G201" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="H201" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="K201" t="s">
         <v>44</v>
       </c>
       <c r="L201" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="202" spans="1:12">
       <c r="A202">
         <v>10721</v>
       </c>
       <c r="B202" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="C202" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="D202" t="s">
         <v>193</v>
       </c>
       <c r="E202" t="s">
         <v>478</v>
       </c>
       <c r="F202" t="s">
         <v>479</v>
       </c>
       <c r="G202" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="H202" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="K202" t="s">
         <v>44</v>
       </c>
       <c r="L202" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="203" spans="1:12">
       <c r="A203">
         <v>10722</v>
       </c>
       <c r="B203" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="C203" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="D203" t="s">
         <v>417</v>
       </c>
       <c r="E203" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="G203" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="H203" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="K203" t="s">
         <v>44</v>
       </c>
       <c r="L203" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="204" spans="1:12">
       <c r="A204">
         <v>10723</v>
       </c>
       <c r="B204" t="s">
         <v>410</v>
       </c>
       <c r="C204" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="D204" t="s">
         <v>14</v>
       </c>
       <c r="E204" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="G204" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="H204" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="I204" t="s">
         <v>18</v>
       </c>
       <c r="J204" t="s">
         <v>19</v>
       </c>
       <c r="L204" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="205" spans="1:12">
       <c r="A205">
         <v>10724</v>
       </c>
       <c r="B205" t="s">
         <v>70</v>
       </c>
       <c r="C205" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="D205" t="s">
         <v>23</v>
       </c>
       <c r="E205" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="G205" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="H205" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="I205" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="J205" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="L205" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="206" spans="1:12">
       <c r="A206">
         <v>10725</v>
       </c>
       <c r="B206" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="C206" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="D206" t="s">
         <v>14</v>
       </c>
       <c r="E206" t="s">
         <v>473</v>
       </c>
       <c r="G206" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="H206" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="K206" t="s">
         <v>44</v>
       </c>
       <c r="L206" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="207" spans="1:12">
       <c r="A207">
         <v>10726</v>
       </c>
       <c r="B207" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="C207" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="D207" t="s">
         <v>66</v>
       </c>
       <c r="E207" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="G207" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="H207" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="K207" t="s">
         <v>44</v>
       </c>
       <c r="L207" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="208" spans="1:12">
       <c r="A208">
         <v>10727</v>
       </c>
       <c r="B208" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="C208" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="D208" t="s">
         <v>315</v>
       </c>
       <c r="E208" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="G208" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="H208" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="I208" t="s">
         <v>18</v>
       </c>
       <c r="J208" t="s">
         <v>19</v>
       </c>
       <c r="L208" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="209" spans="1:12">
       <c r="A209">
         <v>10728</v>
       </c>
       <c r="B209" t="s">
         <v>621</v>
       </c>
       <c r="C209" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="D209" t="s">
         <v>72</v>
       </c>
       <c r="E209" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="G209" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="H209" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="I209" t="s">
         <v>18</v>
       </c>
       <c r="J209" t="s">
         <v>19</v>
       </c>
       <c r="L209" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="210" spans="1:12">
       <c r="A210">
         <v>10729</v>
       </c>
       <c r="B210" t="s">
         <v>566</v>
       </c>
       <c r="C210" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="D210" t="s">
         <v>342</v>
       </c>
       <c r="E210" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="G210" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="H210" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="K210" t="s">
         <v>44</v>
       </c>
       <c r="L210" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="211" spans="1:12">
       <c r="A211">
         <v>10730</v>
       </c>
       <c r="B211" t="s">
         <v>285</v>
       </c>
       <c r="C211" t="s">
         <v>612</v>
       </c>
       <c r="D211" t="s">
         <v>417</v>
       </c>
       <c r="E211" t="s">
         <v>79</v>
       </c>
       <c r="G211" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="H211" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="K211" t="s">
         <v>44</v>
       </c>
       <c r="L211" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="212" spans="1:12">
       <c r="A212">
         <v>10731</v>
       </c>
       <c r="B212" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="C212" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="D212" t="s">
         <v>111</v>
       </c>
       <c r="E212" t="s">
         <v>354</v>
       </c>
       <c r="G212" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="H212" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="I212" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="J212" t="s">
         <v>358</v>
       </c>
       <c r="L212" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="213" spans="1:12">
       <c r="A213">
         <v>10732</v>
       </c>
       <c r="B213" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="C213" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="D213" t="s">
         <v>161</v>
       </c>
       <c r="E213" t="s">
         <v>162</v>
       </c>
       <c r="G213" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="H213" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="K213" t="s">
         <v>44</v>
       </c>
       <c r="L213" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="214" spans="1:12">
       <c r="A214">
         <v>10733</v>
       </c>
       <c r="B214" t="s">
         <v>431</v>
       </c>
       <c r="C214" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="D214" t="s">
         <v>161</v>
       </c>
       <c r="E214" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="G214" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="H214" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="K214" t="s">
         <v>44</v>
       </c>
       <c r="L214" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="215" spans="1:12">
       <c r="A215">
         <v>10734</v>
       </c>
       <c r="B215" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="C215" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="D215" t="s">
         <v>210</v>
       </c>
       <c r="E215" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="G215" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="H215" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="K215" t="s">
         <v>44</v>
       </c>
       <c r="L215" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="216" spans="1:12">
       <c r="A216">
         <v>10735</v>
       </c>
       <c r="B216" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="C216" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="D216" t="s">
         <v>442</v>
       </c>
       <c r="E216" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="G216" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="H216" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="K216" t="s">
         <v>44</v>
       </c>
       <c r="L216" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="217" spans="1:12">
       <c r="A217">
         <v>10736</v>
       </c>
       <c r="B217" t="s">
         <v>64</v>
       </c>
       <c r="C217" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="D217" t="s">
         <v>66</v>
       </c>
       <c r="E217" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="G217" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="H217" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="K217" t="s">
         <v>44</v>
       </c>
       <c r="L217" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="218" spans="1:12">
       <c r="A218">
         <v>10737</v>
       </c>
       <c r="B218" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C218" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="D218" t="s">
         <v>193</v>
       </c>
       <c r="E218" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="F218" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="G218" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="H218" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="K218" t="s">
         <v>44</v>
       </c>
       <c r="L218" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="219" spans="1:12">
       <c r="A219">
         <v>10738</v>
       </c>
       <c r="B219" t="s">
         <v>46</v>
       </c>
       <c r="C219" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="D219" t="s">
         <v>417</v>
       </c>
       <c r="E219" t="s">
         <v>107</v>
       </c>
       <c r="G219" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="H219" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="K219" t="s">
         <v>44</v>
       </c>
       <c r="L219" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="220" spans="1:12">
       <c r="A220">
         <v>10739</v>
       </c>
       <c r="B220" t="s">
         <v>94</v>
       </c>
       <c r="C220" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="D220" t="s">
         <v>72</v>
       </c>
       <c r="E220" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="H220" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="I220" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="J220" t="s">
         <v>19</v>
       </c>
       <c r="L220" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="221" spans="1:12">
       <c r="A221">
         <v>10740</v>
       </c>
       <c r="B221" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="C221" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="D221" t="s">
         <v>193</v>
       </c>
       <c r="E221" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="G221" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="H221" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="I221" t="s">
         <v>18</v>
       </c>
       <c r="J221" t="s">
         <v>19</v>
       </c>
       <c r="L221" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="222" spans="1:12">
       <c r="A222">
         <v>10741</v>
       </c>
       <c r="B222" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="C222" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="D222" t="s">
         <v>66</v>
       </c>
       <c r="E222" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="G222" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="H222" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="K222" t="s">
         <v>44</v>
       </c>
       <c r="L222" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="223" spans="1:12">
       <c r="A223">
         <v>10742</v>
       </c>
       <c r="B223" t="s">
         <v>197</v>
       </c>
       <c r="C223" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="D223" t="s">
         <v>287</v>
       </c>
       <c r="E223" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="G223" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="H223" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="K223" t="s">
         <v>44</v>
       </c>
       <c r="L223" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="224" spans="1:12">
       <c r="A224">
         <v>10743</v>
       </c>
       <c r="B224" t="s">
         <v>309</v>
       </c>
       <c r="C224" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="D224" t="s">
         <v>199</v>
       </c>
       <c r="E224" t="s">
-        <v>944</v>
+        <v>653</v>
       </c>
       <c r="G224" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="H224" t="s">
-        <v>1044</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>1046</v>
+      </c>
+      <c r="I224" t="s">
+        <v>18</v>
+      </c>
+      <c r="J224" t="s">
+        <v>19</v>
       </c>
       <c r="L224" t="s">
-        <v>545</v>
+        <v>656</v>
       </c>
     </row>
     <row r="225" spans="1:12">
       <c r="A225">
         <v>10744</v>
       </c>
       <c r="B225" t="s">
         <v>334</v>
       </c>
       <c r="C225" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="D225" t="s">
         <v>193</v>
       </c>
       <c r="E225" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="G225" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="H225" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="I225" t="s">
         <v>18</v>
       </c>
       <c r="J225" t="s">
         <v>19</v>
       </c>
       <c r="L225" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="226" spans="1:12">
       <c r="A226">
         <v>10745</v>
       </c>
       <c r="B226" t="s">
         <v>94</v>
       </c>
       <c r="C226" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="D226" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="E226" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="H226" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="I226" t="s">
         <v>18</v>
       </c>
       <c r="J226" t="s">
         <v>19</v>
       </c>
       <c r="L226" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="227" spans="1:12">
       <c r="A227">
         <v>10746</v>
       </c>
       <c r="B227" t="s">
         <v>70</v>
       </c>
       <c r="C227" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="D227" t="s">
         <v>199</v>
       </c>
       <c r="E227" t="s">
-        <v>944</v>
+        <v>653</v>
       </c>
       <c r="G227" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="H227" t="s">
-        <v>1053</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>1055</v>
+      </c>
+      <c r="I227" t="s">
+        <v>18</v>
+      </c>
+      <c r="J227" t="s">
+        <v>19</v>
       </c>
       <c r="L227" t="s">
-        <v>545</v>
+        <v>656</v>
       </c>
     </row>
     <row r="228" spans="1:12">
       <c r="A228">
         <v>10747</v>
       </c>
       <c r="B228" t="s">
         <v>100</v>
       </c>
       <c r="C228" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="D228" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="E228" t="s">
         <v>90</v>
       </c>
       <c r="G228" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="H228" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="I228" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="J228" t="s">
         <v>19</v>
       </c>
       <c r="L228" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="229" spans="1:12">
       <c r="A229">
         <v>10748</v>
       </c>
       <c r="B229" t="s">
         <v>134</v>
       </c>
       <c r="C229" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="D229" t="s">
         <v>442</v>
       </c>
       <c r="E229" t="s">
         <v>331</v>
       </c>
       <c r="G229" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="H229" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="K229" t="s">
         <v>44</v>
       </c>
       <c r="L229" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="230" spans="1:12">
       <c r="A230">
         <v>10749</v>
       </c>
       <c r="B230" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="C230" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="D230" t="s">
         <v>287</v>
       </c>
       <c r="E230" t="s">
         <v>288</v>
       </c>
       <c r="G230" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="H230" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="I230" t="s">
         <v>18</v>
       </c>
       <c r="J230" t="s">
         <v>19</v>
       </c>
       <c r="L230" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="231" spans="1:12">
       <c r="A231">
         <v>10750</v>
       </c>
       <c r="B231" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="C231" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="D231" t="s">
         <v>161</v>
       </c>
       <c r="E231" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="G231" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="H231" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="K231" t="s">
         <v>44</v>
       </c>
       <c r="L231" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="232" spans="1:12">
       <c r="A232">
         <v>10751</v>
       </c>
       <c r="B232" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="C232" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="D232" t="s">
         <v>130</v>
       </c>
       <c r="E232" t="s">
         <v>112</v>
       </c>
       <c r="G232" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="H232" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="K232" t="s">
         <v>44</v>
       </c>
       <c r="L232" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="233" spans="1:12">
       <c r="A233">
         <v>10752</v>
       </c>
       <c r="B233" t="s">
         <v>575</v>
       </c>
       <c r="C233" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="D233" t="s">
         <v>144</v>
       </c>
       <c r="E233" t="s">
         <v>145</v>
       </c>
       <c r="G233" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="H233" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="K233" t="s">
         <v>44</v>
       </c>
       <c r="L233" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="234" spans="1:12">
       <c r="A234">
         <v>10753</v>
       </c>
       <c r="B234" t="s">
         <v>324</v>
       </c>
       <c r="C234" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="D234" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="E234" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="G234" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="H234" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="K234" t="s">
         <v>44</v>
       </c>
       <c r="L234" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="235" spans="1:12">
       <c r="A235">
         <v>10754</v>
       </c>
       <c r="B235" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="C235" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="D235" t="s">
         <v>287</v>
       </c>
       <c r="E235" t="s">
         <v>326</v>
       </c>
       <c r="G235" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="H235" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="K235" t="s">
         <v>44</v>
       </c>
       <c r="L235" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="236" spans="1:12">
       <c r="A236">
         <v>10755</v>
       </c>
       <c r="B236" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="C236" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="D236" t="s">
         <v>193</v>
       </c>
       <c r="E236" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="F236" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="G236" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="H236" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="I236" t="s">
         <v>18</v>
       </c>
       <c r="J236" t="s">
         <v>19</v>
       </c>
       <c r="L236" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="237" spans="1:12">
       <c r="A237">
         <v>10756</v>
       </c>
       <c r="B237" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="C237" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="D237" t="s">
         <v>534</v>
       </c>
       <c r="E237" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="G237" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="H237" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="I237" t="s">
         <v>39</v>
       </c>
       <c r="J237" t="s">
         <v>40</v>
       </c>
       <c r="L237" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="238" spans="1:12">
       <c r="A238">
         <v>10757</v>
       </c>
       <c r="B238" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="C238" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="D238" t="s">
         <v>130</v>
       </c>
       <c r="E238" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="G238" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="H238" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="K238" t="s">
         <v>44</v>
       </c>
       <c r="L238" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="239" spans="1:12">
       <c r="A239">
         <v>10758</v>
       </c>
       <c r="B239" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="C239" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="D239" t="s">
         <v>342</v>
       </c>
       <c r="E239" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="G239" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="H239" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="I239" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="J239" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="L239" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="240" spans="1:12">
       <c r="A240">
         <v>10759</v>
       </c>
       <c r="B240" t="s">
         <v>70</v>
       </c>
       <c r="C240" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="D240" t="s">
         <v>193</v>
       </c>
       <c r="F240" t="s">
         <v>36</v>
       </c>
       <c r="G240" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="H240" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="K240" t="s">
         <v>44</v>
       </c>
       <c r="L240" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="241" spans="1:12">
       <c r="A241">
         <v>10760</v>
       </c>
       <c r="B241" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="C241" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="D241" t="s">
         <v>96</v>
       </c>
       <c r="E241" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="G241" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="H241" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="K241" t="s">
         <v>44</v>
       </c>
       <c r="L241" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="242" spans="1:12">
       <c r="A242">
         <v>10761</v>
       </c>
       <c r="B242" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="C242" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="D242" t="s">
         <v>417</v>
       </c>
       <c r="E242" t="s">
         <v>102</v>
       </c>
       <c r="G242" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="H242" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="K242" t="s">
         <v>44</v>
       </c>
       <c r="L242" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="243" spans="1:12">
       <c r="A243">
         <v>10762</v>
       </c>
       <c r="B243" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="C243" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="D243" t="s">
         <v>210</v>
       </c>
       <c r="E243" t="s">
         <v>224</v>
       </c>
       <c r="G243" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="H243" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="K243" t="s">
         <v>44</v>
       </c>
       <c r="L243" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="244" spans="1:12">
       <c r="A244">
         <v>10763</v>
       </c>
       <c r="B244" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="C244" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="D244" t="s">
         <v>417</v>
       </c>
       <c r="E244" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="G244" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="H244" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="K244" t="s">
         <v>44</v>
       </c>
       <c r="L244" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="245" spans="1:12">
       <c r="A245">
         <v>10764</v>
       </c>
       <c r="B245" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="C245" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="D245" t="s">
         <v>78</v>
       </c>
       <c r="E245" t="s">
         <v>107</v>
       </c>
       <c r="G245" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="H245" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="I245" t="s">
         <v>18</v>
       </c>
       <c r="J245" t="s">
         <v>19</v>
       </c>
       <c r="L245" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="246" spans="1:12">
       <c r="A246">
         <v>10765</v>
       </c>
       <c r="B246" t="s">
         <v>621</v>
       </c>
       <c r="C246" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="D246" t="s">
         <v>417</v>
       </c>
       <c r="E246" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="G246" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="H246" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="K246" t="s">
         <v>44</v>
       </c>
       <c r="L246" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="247" spans="1:12">
       <c r="A247">
         <v>10766</v>
       </c>
       <c r="B247" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="C247" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="D247" t="s">
         <v>210</v>
       </c>
       <c r="E247" t="s">
         <v>224</v>
       </c>
       <c r="G247" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="H247" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="K247" t="s">
         <v>44</v>
       </c>
       <c r="L247" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="248" spans="1:12">
       <c r="A248">
         <v>10767</v>
       </c>
       <c r="B248" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="C248" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="D248" t="s">
         <v>417</v>
       </c>
       <c r="E248" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="G248" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="H248" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="K248" t="s">
         <v>44</v>
       </c>
       <c r="L248" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="249" spans="1:12">
       <c r="A249">
         <v>10768</v>
       </c>
       <c r="B249" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="C249" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="D249" t="s">
         <v>59</v>
       </c>
       <c r="E249" t="s">
         <v>60</v>
       </c>
       <c r="G249" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="H249" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="I249" t="s">
         <v>39</v>
       </c>
       <c r="J249" t="s">
         <v>40</v>
       </c>
       <c r="L249" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="250" spans="1:12">
       <c r="A250">
         <v>10769</v>
       </c>
       <c r="B250" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="C250" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="D250" t="s">
         <v>193</v>
       </c>
       <c r="E250" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="G250" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="H250" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="I250" t="s">
         <v>18</v>
       </c>
       <c r="J250" t="s">
         <v>19</v>
       </c>
       <c r="L250" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="251" spans="1:12">
       <c r="A251">
         <v>10770</v>
       </c>
       <c r="B251" t="s">
         <v>511</v>
       </c>
       <c r="C251" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="D251" t="s">
         <v>23</v>
       </c>
       <c r="E251" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="G251" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="H251" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="I251" t="s">
         <v>39</v>
       </c>
       <c r="J251" t="s">
         <v>40</v>
       </c>
       <c r="L251" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="252" spans="1:12">
       <c r="A252">
         <v>10771</v>
       </c>
       <c r="B252" t="s">
         <v>185</v>
       </c>
       <c r="C252" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="D252" t="s">
         <v>161</v>
       </c>
       <c r="E252" t="s">
         <v>563</v>
       </c>
       <c r="G252" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="H252" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="K252" t="s">
         <v>44</v>
       </c>
       <c r="L252" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="253" spans="1:12">
       <c r="A253">
         <v>10772</v>
       </c>
       <c r="B253" t="s">
         <v>305</v>
       </c>
       <c r="C253" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="D253" t="s">
         <v>315</v>
       </c>
       <c r="E253" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="G253" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="H253" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="I253" t="s">
         <v>18</v>
       </c>
       <c r="J253" t="s">
         <v>19</v>
       </c>
       <c r="L253" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="254" spans="1:12">
       <c r="A254">
         <v>10773</v>
       </c>
       <c r="B254" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="C254" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="D254" t="s">
         <v>30</v>
       </c>
       <c r="G254" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="H254" t="s">
         <v>49</v>
       </c>
       <c r="K254" t="s">
         <v>44</v>
       </c>
       <c r="L254" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="255" spans="1:12">
       <c r="A255">
         <v>10774</v>
       </c>
       <c r="B255" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="C255" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="D255" t="s">
         <v>417</v>
       </c>
       <c r="E255" t="s">
         <v>107</v>
       </c>
       <c r="G255" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="H255" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="K255" t="s">
         <v>44</v>
       </c>
       <c r="L255" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="256" spans="1:12">
       <c r="A256">
         <v>10775</v>
       </c>
       <c r="B256" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="C256" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="D256" t="s">
         <v>35</v>
       </c>
       <c r="E256" t="s">
         <v>403</v>
       </c>
       <c r="G256" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="H256" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="K256" t="s">
         <v>44</v>
       </c>
       <c r="L256" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="257" spans="1:12">
       <c r="A257">
         <v>10776</v>
       </c>
       <c r="B257" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="C257" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="D257" t="s">
         <v>96</v>
       </c>
       <c r="E257" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="G257" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="H257" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="K257" t="s">
         <v>44</v>
       </c>
       <c r="L257" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="258" spans="1:12">
       <c r="A258">
         <v>10777</v>
       </c>
       <c r="B258" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="C258" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="D258" t="s">
         <v>66</v>
       </c>
       <c r="E258" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="G258" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="H258" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="K258" t="s">
         <v>44</v>
       </c>
       <c r="L258" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="259" spans="1:12">
       <c r="A259">
         <v>10778</v>
       </c>
       <c r="B259" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="C259" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="D259" t="s">
         <v>14</v>
       </c>
       <c r="E259" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="G259" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="H259" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="I259" t="s">
         <v>18</v>
       </c>
       <c r="J259" t="s">
         <v>19</v>
       </c>
       <c r="L259" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="260" spans="1:12">
       <c r="A260">
         <v>10779</v>
       </c>
       <c r="B260" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="C260" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="D260" t="s">
         <v>199</v>
       </c>
       <c r="E260" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="G260" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="H260" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="I260" t="s">
         <v>18</v>
       </c>
       <c r="J260" t="s">
         <v>19</v>
       </c>
       <c r="L260" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
     </row>
     <row r="261" spans="1:12">
       <c r="A261">
         <v>10780</v>
       </c>
       <c r="B261" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="C261" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="D261" t="s">
         <v>161</v>
       </c>
       <c r="E261" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="G261" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="H261" t="s">
-        <v>1189</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>1191</v>
+      </c>
+      <c r="I261" t="s">
+        <v>934</v>
+      </c>
+      <c r="J261" t="s">
+        <v>1192</v>
       </c>
       <c r="L261" t="s">
-        <v>545</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="262" spans="1:12">
       <c r="A262">
         <v>10781</v>
       </c>
       <c r="B262" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="C262" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="D262" t="s">
         <v>193</v>
       </c>
       <c r="E262" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="G262" t="s">
-        <v>1190</v>
+        <v>1194</v>
       </c>
       <c r="H262" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
       <c r="K262" t="s">
         <v>44</v>
       </c>
       <c r="L262" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="263" spans="1:12">
       <c r="A263">
         <v>10782</v>
       </c>
       <c r="B263" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="C263" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="D263" t="s">
         <v>161</v>
       </c>
       <c r="E263" t="s">
+        <v>1197</v>
+      </c>
+      <c r="G263" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H263" t="s">
+        <v>1199</v>
+      </c>
+      <c r="I263" t="s">
+        <v>934</v>
+      </c>
+      <c r="J263" t="s">
+        <v>1192</v>
+      </c>
+      <c r="L263" t="s">
         <v>1193</v>
-      </c>
-[...10 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="264" spans="1:12">
       <c r="A264">
         <v>10783</v>
       </c>
       <c r="B264" t="s">
         <v>76</v>
       </c>
       <c r="C264" t="s">
-        <v>1196</v>
+        <v>1200</v>
       </c>
       <c r="D264" t="s">
         <v>199</v>
       </c>
       <c r="E264" t="s">
         <v>297</v>
       </c>
       <c r="G264" t="s">
-        <v>1197</v>
+        <v>1201</v>
       </c>
       <c r="H264" t="s">
-        <v>1198</v>
+        <v>1202</v>
       </c>
       <c r="I264" t="s">
         <v>18</v>
       </c>
       <c r="J264" t="s">
         <v>19</v>
       </c>
       <c r="L264" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="265" spans="1:12">
       <c r="A265">
         <v>10784</v>
       </c>
       <c r="B265" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="C265" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
       <c r="D265" t="s">
         <v>72</v>
       </c>
       <c r="E265" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="G265" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="H265" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="K265" t="s">
         <v>44</v>
       </c>
       <c r="L265" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="266" spans="1:12">
       <c r="A266">
         <v>10785</v>
       </c>
       <c r="B266" t="s">
         <v>174</v>
       </c>
       <c r="C266" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
       <c r="D266" t="s">
         <v>187</v>
       </c>
       <c r="E266" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="F266" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="G266" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="H266" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
       <c r="K266" t="s">
         <v>44</v>
       </c>
       <c r="L266" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="267" spans="1:12">
       <c r="A267">
         <v>10786</v>
       </c>
       <c r="B267" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="C267" t="s">
-        <v>1207</v>
+        <v>1211</v>
       </c>
       <c r="D267" t="s">
-        <v>1208</v>
+        <v>1212</v>
       </c>
       <c r="E267" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="G267" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="H267" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
       <c r="I267" t="s">
         <v>18</v>
       </c>
       <c r="J267" t="s">
         <v>19</v>
       </c>
       <c r="L267" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="268" spans="1:12">
       <c r="A268">
         <v>10787</v>
       </c>
       <c r="B268" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="C268" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
       <c r="D268" t="s">
         <v>136</v>
       </c>
       <c r="E268" t="s">
         <v>563</v>
       </c>
       <c r="G268" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="H268" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="I268" t="s">
         <v>18</v>
       </c>
       <c r="J268" t="s">
         <v>141</v>
       </c>
       <c r="L268" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="269" spans="1:12">
       <c r="A269">
         <v>10788</v>
       </c>
       <c r="B269" t="s">
         <v>300</v>
       </c>
       <c r="C269" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="D269" t="s">
         <v>187</v>
       </c>
       <c r="E269" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="G269" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
       <c r="H269" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="I269" t="s">
         <v>18</v>
       </c>
       <c r="J269" t="s">
         <v>19</v>
       </c>
       <c r="L269" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="270" spans="1:12">
       <c r="A270">
         <v>10789</v>
       </c>
       <c r="B270" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="C270" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
       <c r="D270" t="s">
         <v>59</v>
       </c>
       <c r="E270" t="s">
         <v>200</v>
       </c>
       <c r="G270" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="H270" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="I270" t="s">
         <v>18</v>
       </c>
       <c r="J270" t="s">
         <v>19</v>
       </c>
       <c r="L270" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="271" spans="1:12">
       <c r="A271">
         <v>10790</v>
       </c>
       <c r="B271" t="s">
         <v>70</v>
       </c>
       <c r="C271" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
       <c r="D271" t="s">
         <v>66</v>
       </c>
       <c r="E271" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="G271" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="H271" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="K271" t="s">
         <v>44</v>
       </c>
       <c r="L271" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="272" spans="1:12">
       <c r="A272">
         <v>10791</v>
       </c>
       <c r="B272" t="s">
         <v>436</v>
       </c>
       <c r="C272" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="D272" t="s">
         <v>96</v>
       </c>
       <c r="E272" t="s">
         <v>156</v>
       </c>
       <c r="G272" t="s">
-        <v>1225</v>
+        <v>1229</v>
       </c>
       <c r="H272" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="K272" t="s">
         <v>44</v>
       </c>
       <c r="L272" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="273" spans="1:12">
       <c r="A273">
         <v>10792</v>
       </c>
       <c r="B273" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="C273" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
       <c r="D273" t="s">
         <v>161</v>
       </c>
       <c r="E273" t="s">
         <v>563</v>
       </c>
       <c r="G273" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="H273" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="K273" t="s">
         <v>44</v>
       </c>
       <c r="L273" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="274" spans="1:12">
       <c r="A274">
         <v>10793</v>
       </c>
       <c r="B274" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="C274" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="D274" t="s">
         <v>130</v>
       </c>
       <c r="E274" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="G274" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="H274" t="s">
-        <v>1233</v>
+        <v>1237</v>
       </c>
       <c r="I274" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="J274" t="s">
         <v>19</v>
       </c>
       <c r="L274" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="275" spans="1:12">
       <c r="A275">
         <v>10794</v>
       </c>
       <c r="B275" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="C275" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
       <c r="D275" t="s">
         <v>199</v>
       </c>
       <c r="E275" t="s">
         <v>282</v>
       </c>
       <c r="G275" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
       <c r="H275" t="s">
-        <v>1237</v>
+        <v>1241</v>
       </c>
       <c r="I275" t="s">
         <v>18</v>
       </c>
       <c r="J275" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="L275" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="276" spans="1:12">
       <c r="A276">
         <v>10795</v>
       </c>
       <c r="B276" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
       <c r="C276" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
       <c r="D276" t="s">
         <v>342</v>
       </c>
       <c r="E276" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="G276" t="s">
-        <v>1240</v>
+        <v>1244</v>
       </c>
       <c r="H276" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
       <c r="I276" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="J276" t="s">
         <v>221</v>
       </c>
       <c r="L276" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="277" spans="1:12">
       <c r="A277">
         <v>10796</v>
       </c>
       <c r="B277" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="C277" t="s">
-        <v>1244</v>
+        <v>1248</v>
       </c>
       <c r="D277" t="s">
         <v>130</v>
       </c>
       <c r="E277" t="s">
         <v>131</v>
       </c>
       <c r="G277" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
       <c r="H277" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
       <c r="K277" t="s">
         <v>44</v>
       </c>
       <c r="L277" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="278" spans="1:12">
       <c r="A278">
         <v>10797</v>
       </c>
       <c r="B278" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="C278" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
       <c r="D278" t="s">
         <v>342</v>
       </c>
       <c r="E278" t="s">
         <v>568</v>
       </c>
       <c r="G278" t="s">
-        <v>1248</v>
+        <v>1252</v>
       </c>
       <c r="H278" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="K278" t="s">
         <v>44</v>
       </c>
       <c r="L278" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="279" spans="1:12">
       <c r="A279">
         <v>10798</v>
       </c>
       <c r="B279" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="C279" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
       <c r="D279" t="s">
         <v>161</v>
       </c>
       <c r="E279" t="s">
-        <v>1252</v>
+        <v>1256</v>
       </c>
       <c r="F279" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="G279" t="s">
-        <v>1254</v>
+        <v>1258</v>
       </c>
       <c r="H279" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="K279" t="s">
         <v>44</v>
       </c>
       <c r="L279" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="280" spans="1:12">
       <c r="A280">
         <v>10799</v>
       </c>
       <c r="B280" t="s">
         <v>495</v>
       </c>
       <c r="C280" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="D280" t="s">
         <v>484</v>
       </c>
       <c r="E280" t="s">
         <v>79</v>
       </c>
       <c r="G280" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
       <c r="H280" t="s">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="K280" t="s">
         <v>44</v>
       </c>
       <c r="L280" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="281" spans="1:12">
       <c r="A281">
         <v>10800</v>
       </c>
       <c r="B281" t="s">
         <v>410</v>
       </c>
       <c r="C281" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="D281" t="s">
         <v>608</v>
       </c>
       <c r="E281" t="s">
         <v>609</v>
       </c>
       <c r="G281" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
       <c r="H281" t="s">
-        <v>1260</v>
+        <v>1264</v>
       </c>
       <c r="I281" t="s">
         <v>18</v>
       </c>
       <c r="J281" t="s">
         <v>19</v>
       </c>
       <c r="L281" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="282" spans="1:12">
       <c r="A282">
         <v>10801</v>
       </c>
       <c r="B282" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="C282" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="D282" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="E282" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="G282" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="H282" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="K282" t="s">
         <v>44</v>
       </c>
       <c r="L282" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="283" spans="1:12">
       <c r="A283">
         <v>10802</v>
       </c>
       <c r="B283" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="C283" t="s">
-        <v>1267</v>
+        <v>1271</v>
       </c>
       <c r="D283" t="s">
         <v>72</v>
       </c>
       <c r="E283" t="s">
-        <v>1268</v>
+        <v>1272</v>
       </c>
       <c r="G283" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="H283" t="s">
-        <v>1270</v>
+        <v>1274</v>
       </c>
       <c r="I283" t="s">
         <v>18</v>
       </c>
       <c r="J283" t="s">
         <v>19</v>
       </c>
       <c r="L283" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="284" spans="1:12">
       <c r="A284">
         <v>10803</v>
       </c>
       <c r="B284" t="s">
         <v>415</v>
       </c>
       <c r="C284" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
       <c r="D284" t="s">
         <v>315</v>
       </c>
       <c r="E284" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="G284" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="H284" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="I284" t="s">
         <v>18</v>
       </c>
       <c r="J284" t="s">
         <v>19</v>
       </c>
       <c r="L284" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="285" spans="1:12">
       <c r="A285">
         <v>10804</v>
       </c>
       <c r="B285" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
       <c r="C285" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="D285" t="s">
         <v>315</v>
       </c>
       <c r="E285" t="s">
         <v>112</v>
       </c>
       <c r="G285" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="H285" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="I285" t="s">
         <v>18</v>
       </c>
       <c r="J285" t="s">
         <v>19</v>
       </c>
       <c r="L285" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="286" spans="1:12">
       <c r="A286">
         <v>10805</v>
       </c>
       <c r="B286" t="s">
-        <v>1279</v>
+        <v>1283</v>
       </c>
       <c r="C286" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="D286" t="s">
         <v>35</v>
       </c>
       <c r="E286" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="G286" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="H286" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
       <c r="K286" t="s">
         <v>44</v>
       </c>
       <c r="L286" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="287" spans="1:12">
       <c r="A287">
         <v>10806</v>
       </c>
       <c r="B287" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="C287" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="D287" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
       <c r="E287" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
       <c r="G287" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
       <c r="H287" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="I287" t="s">
         <v>18</v>
       </c>
       <c r="J287" t="s">
         <v>19</v>
       </c>
       <c r="L287" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="288" spans="1:12">
       <c r="A288">
         <v>10807</v>
       </c>
       <c r="B288" t="s">
         <v>94</v>
       </c>
       <c r="C288" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
       <c r="D288" t="s">
         <v>30</v>
       </c>
       <c r="G288" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="H288" t="s">
         <v>49</v>
       </c>
       <c r="K288" t="s">
         <v>44</v>
       </c>
       <c r="L288" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="289" spans="1:12">
       <c r="A289">
         <v>10808</v>
       </c>
       <c r="B289" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
       <c r="C289" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
       <c r="D289" t="s">
         <v>78</v>
       </c>
       <c r="E289" t="s">
         <v>107</v>
       </c>
       <c r="G289" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="H289" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="I289" t="s">
         <v>18</v>
       </c>
       <c r="J289" t="s">
         <v>19</v>
       </c>
       <c r="L289" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="290" spans="1:12">
       <c r="A290">
         <v>10809</v>
       </c>
       <c r="B290" t="s">
         <v>154</v>
       </c>
       <c r="C290" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="D290" t="s">
         <v>96</v>
       </c>
       <c r="E290" t="s">
         <v>112</v>
       </c>
       <c r="G290" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="H290" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="I290" t="s">
         <v>18</v>
       </c>
       <c r="J290" t="s">
         <v>19</v>
       </c>
       <c r="L290" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="291" spans="1:12">
       <c r="A291">
         <v>10810</v>
       </c>
       <c r="B291" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="C291" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="D291" t="s">
         <v>59</v>
       </c>
       <c r="E291" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="G291" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="H291" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
       <c r="I291" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="J291" t="s">
         <v>19</v>
       </c>
       <c r="L291" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
     </row>
     <row r="292" spans="1:12">
       <c r="A292">
         <v>10811</v>
       </c>
       <c r="B292" t="s">
         <v>58</v>
       </c>
       <c r="C292" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="D292" t="s">
         <v>199</v>
       </c>
       <c r="E292" t="s">
-        <v>1302</v>
+        <v>1306</v>
       </c>
       <c r="G292" t="s">
-        <v>1303</v>
+        <v>1307</v>
       </c>
       <c r="H292" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
       <c r="I292" t="s">
         <v>39</v>
       </c>
       <c r="J292" t="s">
         <v>40</v>
       </c>
       <c r="L292" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="293" spans="1:12">
       <c r="A293">
         <v>10812</v>
       </c>
       <c r="B293" t="s">
         <v>231</v>
       </c>
       <c r="C293" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="D293" t="s">
         <v>96</v>
       </c>
       <c r="E293" t="s">
         <v>97</v>
       </c>
       <c r="G293" t="s">
-        <v>1306</v>
+        <v>1310</v>
       </c>
       <c r="H293" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
       <c r="K293" t="s">
         <v>44</v>
       </c>
       <c r="L293" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="294" spans="1:12">
       <c r="A294">
         <v>10813</v>
       </c>
       <c r="B294" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="C294" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="D294" t="s">
         <v>78</v>
       </c>
       <c r="E294" t="s">
         <v>107</v>
       </c>
       <c r="G294" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="H294" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
       <c r="I294" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="J294" t="s">
         <v>19</v>
       </c>
       <c r="L294" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="295" spans="1:12">
       <c r="A295">
         <v>10814</v>
       </c>
       <c r="B295" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
       <c r="C295" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="D295" t="s">
         <v>161</v>
       </c>
       <c r="E295" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="G295" t="s">
-        <v>1313</v>
+        <v>1317</v>
       </c>
       <c r="H295" t="s">
-        <v>1314</v>
+        <v>1318</v>
       </c>
       <c r="K295" t="s">
         <v>44</v>
       </c>
       <c r="L295" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="296" spans="1:12">
       <c r="A296">
         <v>10815</v>
       </c>
       <c r="B296" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="C296" t="s">
-        <v>1315</v>
+        <v>1319</v>
       </c>
       <c r="D296" t="s">
-        <v>948</v>
+        <v>822</v>
       </c>
       <c r="E296" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="G296" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
       <c r="H296" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="K296" t="s">
         <v>44</v>
       </c>
       <c r="L296" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="297" spans="1:12">
       <c r="A297">
         <v>10816</v>
       </c>
       <c r="B297" t="s">
         <v>21</v>
       </c>
       <c r="C297" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
       <c r="D297" t="s">
         <v>161</v>
       </c>
       <c r="E297" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="G297" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="H297" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
       <c r="K297" t="s">
         <v>44</v>
       </c>
       <c r="L297" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="298" spans="1:12">
       <c r="A298">
         <v>10817</v>
       </c>
       <c r="B298" t="s">
-        <v>1321</v>
+        <v>1325</v>
       </c>
       <c r="C298" t="s">
-        <v>1322</v>
+        <v>1326</v>
       </c>
       <c r="D298" t="s">
         <v>287</v>
       </c>
       <c r="E298" t="s">
-        <v>1323</v>
+        <v>1327</v>
       </c>
       <c r="G298" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
       <c r="H298" t="s">
-        <v>1325</v>
+        <v>1329</v>
       </c>
       <c r="I298" t="s">
         <v>18</v>
       </c>
       <c r="J298" t="s">
         <v>19</v>
       </c>
       <c r="L298" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="299" spans="1:12">
       <c r="A299">
         <v>10818</v>
       </c>
       <c r="B299" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="C299" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
       <c r="D299" t="s">
         <v>342</v>
       </c>
       <c r="E299" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="G299" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="H299" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
       <c r="I299" t="s">
         <v>220</v>
       </c>
       <c r="J299" t="s">
         <v>221</v>
       </c>
       <c r="L299" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="300" spans="1:12">
       <c r="A300">
         <v>10819</v>
       </c>
       <c r="B300" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="C300" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="D300" t="s">
         <v>59</v>
       </c>
       <c r="E300" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
       <c r="G300" t="s">
-        <v>1332</v>
+        <v>1336</v>
       </c>
       <c r="H300" t="s">
-        <v>1333</v>
+        <v>1337</v>
       </c>
       <c r="I300" t="s">
         <v>18</v>
       </c>
       <c r="J300" t="s">
         <v>19</v>
       </c>
       <c r="L300" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="301" spans="1:12">
       <c r="A301">
         <v>10820</v>
       </c>
       <c r="B301" t="s">
         <v>300</v>
       </c>
       <c r="C301" t="s">
-        <v>1334</v>
+        <v>1338</v>
       </c>
       <c r="D301" t="s">
         <v>484</v>
       </c>
       <c r="E301" t="s">
         <v>107</v>
       </c>
       <c r="G301" t="s">
-        <v>1335</v>
+        <v>1339</v>
       </c>
       <c r="H301" t="s">
-        <v>1336</v>
+        <v>1340</v>
       </c>
       <c r="I301" t="s">
         <v>18</v>
       </c>
       <c r="J301" t="s">
         <v>19</v>
       </c>
       <c r="L301" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="302" spans="1:12">
       <c r="A302">
         <v>10821</v>
       </c>
       <c r="B302" t="s">
-        <v>1337</v>
+        <v>1341</v>
       </c>
       <c r="C302" t="s">
-        <v>1334</v>
+        <v>1338</v>
       </c>
       <c r="D302" t="s">
         <v>342</v>
       </c>
       <c r="E302" t="s">
-        <v>1338</v>
+        <v>1342</v>
       </c>
       <c r="G302" t="s">
-        <v>1339</v>
+        <v>1343</v>
       </c>
       <c r="H302" t="s">
-        <v>1340</v>
+        <v>1344</v>
       </c>
       <c r="I302" t="s">
         <v>18</v>
       </c>
       <c r="J302" t="s">
         <v>19</v>
       </c>
       <c r="L302" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="303" spans="1:12">
       <c r="A303">
         <v>10822</v>
       </c>
       <c r="B303" t="s">
         <v>255</v>
       </c>
       <c r="C303" t="s">
-        <v>1341</v>
+        <v>1345</v>
       </c>
       <c r="D303" t="s">
         <v>608</v>
       </c>
       <c r="E303" t="s">
-        <v>1342</v>
+        <v>1346</v>
       </c>
       <c r="G303" t="s">
-        <v>1343</v>
+        <v>1347</v>
       </c>
       <c r="H303" t="s">
-        <v>1344</v>
+        <v>1348</v>
       </c>
       <c r="K303" t="s">
         <v>44</v>
       </c>
       <c r="L303" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="304" spans="1:12">
       <c r="A304">
         <v>10823</v>
       </c>
       <c r="B304" t="s">
-        <v>1345</v>
+        <v>1349</v>
       </c>
       <c r="C304" t="s">
-        <v>1346</v>
+        <v>1350</v>
       </c>
       <c r="D304" t="s">
         <v>144</v>
       </c>
       <c r="E304" t="s">
-        <v>1347</v>
+        <v>1351</v>
       </c>
       <c r="G304" t="s">
-        <v>1348</v>
+        <v>1352</v>
       </c>
       <c r="H304" t="s">
-        <v>1349</v>
+        <v>1353</v>
       </c>
       <c r="K304" t="s">
         <v>44</v>
       </c>
       <c r="L304" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="305" spans="1:12">
       <c r="A305">
         <v>10824</v>
       </c>
       <c r="B305" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="C305" t="s">
-        <v>1351</v>
+        <v>1355</v>
       </c>
       <c r="D305" t="s">
         <v>315</v>
       </c>
       <c r="E305" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="G305" t="s">
-        <v>1352</v>
+        <v>1356</v>
       </c>
       <c r="H305" t="s">
-        <v>1353</v>
+        <v>1357</v>
       </c>
       <c r="I305" t="s">
-        <v>1354</v>
+        <v>1358</v>
       </c>
       <c r="J305" t="s">
-        <v>1355</v>
+        <v>1359</v>
       </c>
       <c r="L305" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="306" spans="1:12">
       <c r="A306">
         <v>10825</v>
       </c>
       <c r="B306" t="s">
         <v>142</v>
       </c>
       <c r="C306" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="D306" t="s">
         <v>78</v>
       </c>
       <c r="E306" t="s">
         <v>102</v>
       </c>
       <c r="G306" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="H306" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="I306" t="s">
         <v>18</v>
       </c>
       <c r="J306" t="s">
         <v>19</v>
       </c>
       <c r="L306" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="307" spans="1:12">
       <c r="A307">
         <v>10826</v>
       </c>
       <c r="B307" t="s">
         <v>82</v>
       </c>
       <c r="C307" t="s">
-        <v>1359</v>
+        <v>1363</v>
       </c>
       <c r="D307" t="s">
         <v>193</v>
       </c>
       <c r="E307" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="F307" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
       <c r="G307" t="s">
-        <v>1361</v>
+        <v>1365</v>
       </c>
       <c r="H307" t="s">
-        <v>1362</v>
+        <v>1366</v>
       </c>
       <c r="I307" t="s">
-        <v>1363</v>
+        <v>1367</v>
       </c>
       <c r="J307" t="s">
         <v>19</v>
       </c>
       <c r="L307" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="308" spans="1:12">
       <c r="A308">
         <v>10827</v>
       </c>
       <c r="B308" t="s">
         <v>532</v>
       </c>
       <c r="C308" t="s">
-        <v>1364</v>
+        <v>1368</v>
       </c>
       <c r="D308" t="s">
         <v>161</v>
       </c>
       <c r="E308" t="s">
         <v>137</v>
       </c>
       <c r="G308" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="H308" t="s">
-        <v>1366</v>
+        <v>1370</v>
       </c>
       <c r="I308" t="s">
         <v>18</v>
       </c>
       <c r="J308" t="s">
         <v>19</v>
       </c>
       <c r="L308" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="309" spans="1:12">
       <c r="A309">
         <v>10828</v>
       </c>
       <c r="B309" t="s">
         <v>76</v>
       </c>
       <c r="C309" t="s">
         <v>255</v>
       </c>
       <c r="D309" t="s">
         <v>161</v>
       </c>
       <c r="E309" t="s">
-        <v>1252</v>
+        <v>1256</v>
       </c>
       <c r="F309" t="s">
-        <v>1367</v>
+        <v>1371</v>
       </c>
       <c r="G309" t="s">
-        <v>1368</v>
+        <v>1372</v>
       </c>
       <c r="H309" t="s">
-        <v>1369</v>
+        <v>1373</v>
       </c>
       <c r="K309" t="s">
         <v>44</v>
       </c>
       <c r="L309" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="310" spans="1:12">
       <c r="A310">
         <v>10829</v>
       </c>
       <c r="B310" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="C310" t="s">
         <v>255</v>
       </c>
       <c r="D310" t="s">
         <v>130</v>
       </c>
       <c r="E310" t="s">
         <v>112</v>
       </c>
       <c r="G310" t="s">
-        <v>1370</v>
+        <v>1374</v>
       </c>
       <c r="H310" t="s">
-        <v>1371</v>
+        <v>1375</v>
       </c>
       <c r="K310" t="s">
         <v>44</v>
       </c>
       <c r="L310" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="311" spans="1:12">
       <c r="A311">
         <v>10830</v>
       </c>
       <c r="B311" t="s">
         <v>580</v>
       </c>
       <c r="C311" t="s">
-        <v>1372</v>
+        <v>1376</v>
       </c>
       <c r="D311" t="s">
         <v>72</v>
       </c>
       <c r="E311" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
       <c r="G311" t="s">
-        <v>1374</v>
+        <v>1378</v>
       </c>
       <c r="H311" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="K311" t="s">
         <v>44</v>
       </c>
       <c r="L311" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="312" spans="1:12">
       <c r="A312">
         <v>10831</v>
       </c>
       <c r="B312" t="s">
-        <v>1376</v>
+        <v>1380</v>
       </c>
       <c r="C312" t="s">
-        <v>1377</v>
+        <v>1381</v>
       </c>
       <c r="D312" t="s">
         <v>315</v>
       </c>
       <c r="E312" t="s">
         <v>388</v>
       </c>
       <c r="G312" t="s">
-        <v>1378</v>
+        <v>1382</v>
       </c>
       <c r="H312" t="s">
-        <v>1379</v>
+        <v>1383</v>
       </c>
       <c r="I312" t="s">
         <v>18</v>
       </c>
       <c r="J312" t="s">
         <v>19</v>
       </c>
       <c r="L312" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="313" spans="1:12">
       <c r="A313">
         <v>10832</v>
       </c>
       <c r="B313" t="s">
-        <v>1380</v>
+        <v>1384</v>
       </c>
       <c r="C313" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="D313" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="E313" t="s">
-        <v>1382</v>
+        <v>1386</v>
       </c>
       <c r="G313" t="s">
-        <v>1383</v>
+        <v>1387</v>
       </c>
       <c r="H313" t="s">
-        <v>1384</v>
+        <v>1388</v>
       </c>
       <c r="K313" t="s">
         <v>44</v>
       </c>
       <c r="L313" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="314" spans="1:12">
       <c r="A314">
         <v>10833</v>
       </c>
       <c r="B314" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="C314" t="s">
-        <v>1385</v>
+        <v>1389</v>
       </c>
       <c r="D314" t="s">
         <v>130</v>
       </c>
       <c r="E314" t="s">
         <v>257</v>
       </c>
       <c r="G314" t="s">
-        <v>1386</v>
+        <v>1390</v>
       </c>
       <c r="H314" t="s">
-        <v>1387</v>
+        <v>1391</v>
       </c>
       <c r="K314" t="s">
         <v>44</v>
       </c>
       <c r="L314" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="315" spans="1:12">
       <c r="A315">
         <v>10834</v>
       </c>
       <c r="B315" t="s">
-        <v>1388</v>
+        <v>1392</v>
       </c>
       <c r="C315" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="D315" t="s">
         <v>30</v>
       </c>
       <c r="G315" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="H315" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="K315" t="s">
         <v>44</v>
       </c>
       <c r="L315" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="316" spans="1:12">
       <c r="A316">
         <v>10835</v>
       </c>
       <c r="B316" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="C316" t="s">
-        <v>1392</v>
+        <v>1396</v>
       </c>
       <c r="D316" t="s">
-        <v>948</v>
+        <v>822</v>
       </c>
       <c r="E316" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="G316" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="H316" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="K316" t="s">
         <v>44</v>
       </c>
       <c r="L316" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="317" spans="1:12">
       <c r="A317">
         <v>10836</v>
       </c>
       <c r="B317" t="s">
         <v>58</v>
       </c>
       <c r="C317" t="s">
-        <v>1394</v>
+        <v>1398</v>
       </c>
       <c r="D317" t="s">
         <v>144</v>
       </c>
       <c r="E317" t="s">
-        <v>1347</v>
+        <v>1351</v>
       </c>
       <c r="G317" t="s">
-        <v>1395</v>
+        <v>1399</v>
       </c>
       <c r="H317" t="s">
-        <v>1396</v>
+        <v>1400</v>
       </c>
       <c r="K317" t="s">
         <v>44</v>
       </c>
       <c r="L317" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="318" spans="1:12">
       <c r="A318">
         <v>10837</v>
       </c>
       <c r="B318" t="s">
         <v>21</v>
       </c>
       <c r="C318" t="s">
-        <v>1397</v>
+        <v>1401</v>
       </c>
       <c r="D318" t="s">
         <v>23</v>
       </c>
       <c r="E318" t="s">
-        <v>1398</v>
+        <v>1402</v>
       </c>
       <c r="F318" t="s">
         <v>182</v>
       </c>
       <c r="H318" t="s">
-        <v>1399</v>
+        <v>1403</v>
       </c>
       <c r="K318" t="s">
         <v>44</v>
       </c>
       <c r="L318" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="319" spans="1:12">
       <c r="A319">
         <v>10838</v>
       </c>
       <c r="B319" t="s">
-        <v>1400</v>
+        <v>1404</v>
       </c>
       <c r="C319" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
       <c r="D319" t="s">
         <v>14</v>
       </c>
       <c r="E319" t="s">
         <v>473</v>
       </c>
       <c r="G319" t="s">
-        <v>1402</v>
+        <v>1406</v>
       </c>
       <c r="H319" t="s">
-        <v>1403</v>
+        <v>1407</v>
       </c>
       <c r="I319" t="s">
         <v>18</v>
       </c>
       <c r="J319" t="s">
         <v>19</v>
       </c>
       <c r="L319" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="320" spans="1:12">
       <c r="A320">
         <v>10839</v>
       </c>
       <c r="B320" t="s">
-        <v>1404</v>
+        <v>1408</v>
       </c>
       <c r="C320" t="s">
-        <v>1405</v>
+        <v>1409</v>
       </c>
       <c r="D320" t="s">
         <v>287</v>
       </c>
       <c r="E320" t="s">
         <v>365</v>
       </c>
       <c r="G320" t="s">
-        <v>1406</v>
+        <v>1410</v>
       </c>
       <c r="H320" t="s">
-        <v>1407</v>
+        <v>1411</v>
       </c>
       <c r="K320" t="s">
         <v>44</v>
       </c>
       <c r="L320" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="321" spans="1:12">
       <c r="A321">
         <v>10840</v>
       </c>
       <c r="B321" t="s">
         <v>28</v>
       </c>
       <c r="C321" t="s">
-        <v>1408</v>
+        <v>1412</v>
       </c>
       <c r="D321" t="s">
-        <v>1409</v>
+        <v>1413</v>
       </c>
       <c r="E321" t="s">
-        <v>1410</v>
+        <v>1414</v>
       </c>
       <c r="G321" t="s">
-        <v>1411</v>
+        <v>1415</v>
       </c>
       <c r="H321" t="s">
-        <v>1412</v>
+        <v>1416</v>
       </c>
       <c r="K321" t="s">
         <v>44</v>
       </c>
       <c r="L321" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="322" spans="1:12">
       <c r="A322">
         <v>10841</v>
       </c>
       <c r="B322" t="s">
         <v>300</v>
       </c>
       <c r="C322" t="s">
-        <v>1413</v>
+        <v>1417</v>
       </c>
       <c r="D322" t="s">
         <v>210</v>
       </c>
       <c r="E322" t="s">
-        <v>1414</v>
+        <v>1418</v>
       </c>
       <c r="G322" t="s">
-        <v>1415</v>
+        <v>1419</v>
       </c>
       <c r="H322" t="s">
-        <v>1416</v>
+        <v>1420</v>
       </c>
       <c r="K322" t="s">
         <v>44</v>
       </c>
       <c r="L322" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="323" spans="1:12">
       <c r="A323">
         <v>10842</v>
       </c>
       <c r="B323" t="s">
-        <v>1417</v>
+        <v>1421</v>
       </c>
       <c r="C323" t="s">
-        <v>1418</v>
+        <v>1422</v>
       </c>
       <c r="D323" t="s">
         <v>59</v>
       </c>
       <c r="E323" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
       <c r="G323" t="s">
-        <v>1420</v>
+        <v>1424</v>
       </c>
       <c r="H323" t="s">
-        <v>1421</v>
+        <v>1425</v>
       </c>
       <c r="K323" t="s">
         <v>44</v>
       </c>
       <c r="L323" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="324" spans="1:12">
       <c r="A324">
         <v>10843</v>
       </c>
       <c r="B324" t="s">
-        <v>1422</v>
+        <v>1426</v>
       </c>
       <c r="C324" t="s">
-        <v>1423</v>
+        <v>1427</v>
       </c>
       <c r="D324" t="s">
         <v>342</v>
       </c>
       <c r="E324" t="s">
-        <v>1424</v>
+        <v>1428</v>
       </c>
       <c r="G324" t="s">
-        <v>1425</v>
+        <v>1429</v>
       </c>
       <c r="H324" t="s">
-        <v>1426</v>
+        <v>1430</v>
       </c>
       <c r="I324" t="s">
         <v>220</v>
       </c>
       <c r="J324" t="s">
         <v>19</v>
       </c>
       <c r="L324" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="325" spans="1:12">
       <c r="A325">
         <v>10844</v>
       </c>
       <c r="B325" t="s">
-        <v>1427</v>
+        <v>1431</v>
       </c>
       <c r="C325" t="s">
-        <v>1428</v>
+        <v>1432</v>
       </c>
       <c r="D325" t="s">
         <v>23</v>
       </c>
       <c r="E325" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="G325" t="s">
-        <v>1429</v>
+        <v>1433</v>
       </c>
       <c r="H325" t="s">
-        <v>1430</v>
+        <v>1434</v>
       </c>
       <c r="I325" t="s">
         <v>39</v>
       </c>
       <c r="J325" t="s">
         <v>40</v>
       </c>
       <c r="L325" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="326" spans="1:12">
       <c r="A326">
         <v>10845</v>
       </c>
       <c r="B326" t="s">
-        <v>1431</v>
+        <v>1435</v>
       </c>
       <c r="C326" t="s">
-        <v>1432</v>
+        <v>1436</v>
       </c>
       <c r="D326" t="s">
         <v>78</v>
       </c>
       <c r="E326" t="s">
         <v>107</v>
       </c>
       <c r="G326" t="s">
-        <v>1433</v>
+        <v>1437</v>
       </c>
       <c r="H326" t="s">
-        <v>1434</v>
+        <v>1438</v>
       </c>
       <c r="I326" t="s">
         <v>18</v>
       </c>
       <c r="J326" t="s">
         <v>19</v>
       </c>
       <c r="L326" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="327" spans="1:12">
       <c r="A327">
         <v>10846</v>
       </c>
       <c r="B327" t="s">
         <v>305</v>
       </c>
       <c r="C327" t="s">
-        <v>1435</v>
+        <v>1439</v>
       </c>
       <c r="D327" t="s">
         <v>315</v>
       </c>
       <c r="E327" t="s">
-        <v>1436</v>
+        <v>1440</v>
       </c>
       <c r="G327" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="H327" t="s">
-        <v>1438</v>
+        <v>1442</v>
       </c>
       <c r="I327" t="s">
-        <v>1439</v>
+        <v>1443</v>
       </c>
       <c r="J327" t="s">
         <v>19</v>
       </c>
       <c r="L327" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="328" spans="1:12">
       <c r="A328">
         <v>10847</v>
       </c>
       <c r="B328" t="s">
         <v>295</v>
       </c>
       <c r="C328" t="s">
-        <v>1440</v>
+        <v>1444</v>
       </c>
       <c r="D328" t="s">
         <v>23</v>
       </c>
       <c r="E328" t="s">
         <v>181</v>
       </c>
       <c r="G328" t="s">
-        <v>1441</v>
+        <v>1445</v>
       </c>
       <c r="H328" t="s">
-        <v>1442</v>
+        <v>1446</v>
       </c>
       <c r="K328" t="s">
         <v>44</v>
       </c>
       <c r="L328" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="329" spans="1:12">
       <c r="A329">
         <v>10848</v>
       </c>
       <c r="B329" t="s">
         <v>580</v>
       </c>
       <c r="C329" t="s">
-        <v>1443</v>
+        <v>1447</v>
       </c>
       <c r="D329" t="s">
         <v>287</v>
       </c>
       <c r="E329" t="s">
-        <v>1323</v>
+        <v>1327</v>
       </c>
       <c r="G329" t="s">
-        <v>1444</v>
+        <v>1448</v>
       </c>
       <c r="H329" t="s">
-        <v>1445</v>
+        <v>1449</v>
       </c>
       <c r="K329" t="s">
         <v>44</v>
       </c>
       <c r="L329" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="330" spans="1:12">
       <c r="A330">
         <v>10849</v>
       </c>
       <c r="B330" t="s">
         <v>300</v>
       </c>
       <c r="C330" t="s">
-        <v>1446</v>
+        <v>1450</v>
       </c>
       <c r="D330" t="s">
         <v>161</v>
       </c>
       <c r="E330" t="s">
+        <v>1197</v>
+      </c>
+      <c r="G330" t="s">
+        <v>1451</v>
+      </c>
+      <c r="H330" t="s">
+        <v>1452</v>
+      </c>
+      <c r="I330" t="s">
+        <v>934</v>
+      </c>
+      <c r="J330" t="s">
+        <v>1192</v>
+      </c>
+      <c r="L330" t="s">
         <v>1193</v>
-      </c>
-[...10 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="331" spans="1:12">
       <c r="A331">
         <v>10850</v>
       </c>
       <c r="B331" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
       <c r="C331" t="s">
-        <v>1449</v>
+        <v>1453</v>
       </c>
       <c r="D331" t="s">
         <v>342</v>
       </c>
       <c r="E331" t="s">
-        <v>1450</v>
+        <v>1454</v>
       </c>
       <c r="G331" t="s">
-        <v>1451</v>
+        <v>1455</v>
       </c>
       <c r="H331" t="s">
-        <v>1452</v>
+        <v>1456</v>
       </c>
       <c r="K331" t="s">
         <v>44</v>
       </c>
       <c r="L331" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="332" spans="1:12">
       <c r="A332">
         <v>10851</v>
       </c>
       <c r="B332" t="s">
         <v>340</v>
       </c>
       <c r="C332" t="s">
-        <v>1453</v>
+        <v>1457</v>
       </c>
       <c r="D332" t="s">
         <v>23</v>
       </c>
       <c r="E332" t="s">
         <v>252</v>
       </c>
       <c r="G332" t="s">
-        <v>1454</v>
+        <v>1458</v>
       </c>
       <c r="H332" t="s">
-        <v>1455</v>
+        <v>1459</v>
       </c>
       <c r="I332" t="s">
         <v>39</v>
       </c>
       <c r="J332" t="s">
         <v>40</v>
       </c>
       <c r="L332" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="333" spans="1:12">
       <c r="A333">
         <v>10852</v>
       </c>
       <c r="B333" t="s">
         <v>305</v>
       </c>
       <c r="C333" t="s">
-        <v>1456</v>
+        <v>1460</v>
       </c>
       <c r="D333" t="s">
         <v>130</v>
       </c>
       <c r="E333" t="s">
         <v>369</v>
       </c>
       <c r="G333" t="s">
-        <v>1457</v>
+        <v>1461</v>
       </c>
       <c r="H333" t="s">
-        <v>1458</v>
+        <v>1462</v>
       </c>
       <c r="K333" t="s">
         <v>44</v>
       </c>
       <c r="L333" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="334" spans="1:12">
       <c r="A334">
         <v>10853</v>
       </c>
       <c r="B334" t="s">
         <v>128</v>
       </c>
       <c r="C334" t="s">
-        <v>1459</v>
+        <v>1463</v>
       </c>
       <c r="D334" t="s">
         <v>287</v>
       </c>
       <c r="E334" t="s">
-        <v>1460</v>
+        <v>1464</v>
       </c>
       <c r="G334" t="s">
-        <v>1461</v>
+        <v>1465</v>
       </c>
       <c r="H334" t="s">
-        <v>1462</v>
+        <v>1466</v>
       </c>
       <c r="K334" t="s">
         <v>44</v>
       </c>
       <c r="L334" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="335" spans="1:12">
       <c r="A335">
         <v>10854</v>
       </c>
       <c r="B335" t="s">
-        <v>1463</v>
+        <v>1467</v>
       </c>
       <c r="C335" t="s">
-        <v>1464</v>
+        <v>1468</v>
       </c>
       <c r="D335" t="s">
         <v>161</v>
       </c>
       <c r="E335" t="s">
         <v>563</v>
       </c>
       <c r="G335" t="s">
-        <v>1465</v>
+        <v>1469</v>
       </c>
       <c r="H335" t="s">
-        <v>1466</v>
+        <v>1470</v>
       </c>
       <c r="K335" t="s">
         <v>44</v>
       </c>
       <c r="L335" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="336" spans="1:12">
       <c r="A336">
         <v>10855</v>
       </c>
       <c r="B336" t="s">
-        <v>1467</v>
+        <v>1471</v>
       </c>
       <c r="C336" t="s">
-        <v>1468</v>
+        <v>1472</v>
       </c>
       <c r="D336" t="s">
         <v>193</v>
       </c>
       <c r="E336" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="G336" t="s">
-        <v>1469</v>
+        <v>1473</v>
       </c>
       <c r="H336" t="s">
-        <v>1470</v>
+        <v>1474</v>
       </c>
       <c r="K336" t="s">
         <v>44</v>
       </c>
       <c r="L336" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="337" spans="1:12">
       <c r="A337">
         <v>10856</v>
       </c>
       <c r="B337" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="C337" t="s">
-        <v>1471</v>
+        <v>1475</v>
       </c>
       <c r="D337" t="s">
         <v>161</v>
       </c>
       <c r="E337" t="s">
         <v>162</v>
       </c>
       <c r="G337" t="s">
-        <v>1472</v>
+        <v>1476</v>
       </c>
       <c r="H337" t="s">
-        <v>1473</v>
+        <v>1477</v>
       </c>
       <c r="I337" t="s">
-        <v>1474</v>
+        <v>1478</v>
       </c>
       <c r="J337" t="s">
-        <v>1475</v>
+        <v>1479</v>
       </c>
       <c r="L337" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="338" spans="1:12">
       <c r="A338">
         <v>10857</v>
       </c>
       <c r="B338" t="s">
-        <v>1476</v>
+        <v>1480</v>
       </c>
       <c r="C338" t="s">
-        <v>1477</v>
+        <v>1481</v>
       </c>
       <c r="D338" t="s">
         <v>199</v>
       </c>
       <c r="E338" t="s">
         <v>272</v>
       </c>
       <c r="G338" t="s">
-        <v>1478</v>
+        <v>1482</v>
       </c>
       <c r="H338" t="s">
-        <v>1479</v>
+        <v>1483</v>
       </c>
       <c r="K338" t="s">
         <v>44</v>
       </c>
       <c r="L338" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="339" spans="1:12">
       <c r="A339">
         <v>10858</v>
       </c>
       <c r="B339" t="s">
         <v>165</v>
       </c>
       <c r="C339" t="s">
-        <v>1480</v>
+        <v>1484</v>
       </c>
       <c r="D339" t="s">
         <v>136</v>
       </c>
       <c r="E339" t="s">
-        <v>1252</v>
+        <v>1256</v>
       </c>
       <c r="F339" t="s">
-        <v>1481</v>
+        <v>1485</v>
       </c>
       <c r="G339" t="s">
-        <v>1482</v>
+        <v>1486</v>
       </c>
       <c r="H339" t="s">
-        <v>1483</v>
+        <v>1487</v>
       </c>
       <c r="K339" t="s">
         <v>44</v>
       </c>
       <c r="L339" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="340" spans="1:12">
       <c r="A340">
         <v>10859</v>
       </c>
       <c r="B340" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="C340" t="s">
-        <v>1484</v>
+        <v>1488</v>
       </c>
       <c r="D340" t="s">
         <v>66</v>
       </c>
       <c r="E340" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="G340" t="s">
-        <v>1485</v>
+        <v>1489</v>
       </c>
       <c r="H340" t="s">
-        <v>1486</v>
+        <v>1490</v>
       </c>
       <c r="K340" t="s">
         <v>44</v>
       </c>
       <c r="L340" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="341" spans="1:12">
       <c r="A341">
         <v>10860</v>
       </c>
       <c r="B341" t="s">
         <v>70</v>
       </c>
       <c r="C341" t="s">
-        <v>1487</v>
+        <v>1491</v>
       </c>
       <c r="D341" t="s">
         <v>608</v>
       </c>
       <c r="E341" t="s">
-        <v>1488</v>
+        <v>1492</v>
       </c>
       <c r="G341" t="s">
-        <v>1489</v>
+        <v>1493</v>
       </c>
       <c r="H341" t="s">
-        <v>1490</v>
+        <v>1494</v>
       </c>
       <c r="K341" t="s">
         <v>44</v>
       </c>
       <c r="L341" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="342" spans="1:12">
       <c r="A342">
         <v>10861</v>
       </c>
       <c r="B342" t="s">
         <v>28</v>
       </c>
       <c r="C342" t="s">
-        <v>1491</v>
+        <v>1495</v>
       </c>
       <c r="D342" t="s">
         <v>14</v>
       </c>
       <c r="F342" t="s">
-        <v>1492</v>
+        <v>1496</v>
       </c>
       <c r="G342" t="s">
-        <v>1493</v>
+        <v>1497</v>
       </c>
       <c r="H342" t="s">
-        <v>1494</v>
+        <v>1498</v>
       </c>
       <c r="I342" t="s">
         <v>18</v>
       </c>
       <c r="J342" t="s">
         <v>19</v>
       </c>
       <c r="L342" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="343" spans="1:12">
       <c r="A343">
         <v>10862</v>
       </c>
       <c r="B343" t="s">
         <v>185</v>
       </c>
       <c r="C343" t="s">
-        <v>1495</v>
+        <v>1499</v>
       </c>
       <c r="D343" t="s">
         <v>14</v>
       </c>
       <c r="E343" t="s">
         <v>473</v>
       </c>
       <c r="G343" t="s">
-        <v>1496</v>
+        <v>1500</v>
       </c>
       <c r="H343" t="s">
-        <v>1497</v>
+        <v>1501</v>
       </c>
       <c r="I343" t="s">
         <v>18</v>
       </c>
       <c r="J343" t="s">
         <v>19</v>
       </c>
       <c r="L343" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="344" spans="1:12">
       <c r="A344">
         <v>10863</v>
       </c>
       <c r="B344" t="s">
         <v>28</v>
       </c>
       <c r="C344" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="D344" t="s">
         <v>130</v>
       </c>
       <c r="E344" t="s">
         <v>374</v>
       </c>
       <c r="G344" t="s">
-        <v>1498</v>
+        <v>1502</v>
       </c>
       <c r="H344" t="s">
-        <v>1499</v>
+        <v>1503</v>
       </c>
       <c r="I344" t="s">
         <v>18</v>
       </c>
       <c r="J344" t="s">
         <v>19</v>
       </c>
       <c r="L344" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="345" spans="1:12">
       <c r="A345">
         <v>10864</v>
       </c>
       <c r="B345" t="s">
         <v>340</v>
       </c>
       <c r="C345" t="s">
-        <v>1500</v>
+        <v>1504</v>
       </c>
       <c r="D345" t="s">
-        <v>1501</v>
+        <v>1505</v>
       </c>
       <c r="E345" t="s">
-        <v>1502</v>
+        <v>1506</v>
       </c>
       <c r="G345" t="s">
-        <v>1503</v>
+        <v>1507</v>
       </c>
       <c r="H345" t="s">
-        <v>1504</v>
+        <v>1508</v>
       </c>
       <c r="I345" t="s">
         <v>18</v>
       </c>
       <c r="J345" t="s">
         <v>19</v>
       </c>
       <c r="L345" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="346" spans="1:12">
       <c r="A346">
         <v>10865</v>
       </c>
       <c r="B346" t="s">
         <v>41</v>
       </c>
       <c r="C346" t="s">
-        <v>1505</v>
+        <v>1509</v>
       </c>
       <c r="D346" t="s">
         <v>130</v>
       </c>
       <c r="E346" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
       <c r="G346" t="s">
-        <v>1507</v>
+        <v>1511</v>
       </c>
       <c r="H346" t="s">
-        <v>1508</v>
+        <v>1512</v>
       </c>
       <c r="K346" t="s">
         <v>44</v>
       </c>
       <c r="L346" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="347" spans="1:12">
       <c r="A347">
         <v>10866</v>
       </c>
       <c r="B347" t="s">
-        <v>1509</v>
+        <v>1513</v>
       </c>
       <c r="C347" t="s">
-        <v>1510</v>
+        <v>1514</v>
       </c>
       <c r="D347" t="s">
         <v>287</v>
       </c>
       <c r="E347" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="G347" t="s">
-        <v>1511</v>
+        <v>1515</v>
       </c>
       <c r="H347" t="s">
-        <v>1512</v>
+        <v>1516</v>
       </c>
       <c r="K347" t="s">
         <v>44</v>
       </c>
       <c r="L347" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="348" spans="1:12">
       <c r="A348">
         <v>10867</v>
       </c>
       <c r="B348" t="s">
-        <v>1513</v>
+        <v>1517</v>
       </c>
       <c r="C348" t="s">
-        <v>1510</v>
+        <v>1514</v>
       </c>
       <c r="D348" t="s">
         <v>187</v>
       </c>
       <c r="E348" t="s">
         <v>623</v>
       </c>
       <c r="G348" t="s">
-        <v>1514</v>
+        <v>1518</v>
       </c>
       <c r="H348" t="s">
-        <v>1515</v>
+        <v>1519</v>
       </c>
       <c r="K348" t="s">
         <v>44</v>
       </c>
       <c r="L348" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="349" spans="1:12">
       <c r="A349">
         <v>10868</v>
       </c>
       <c r="B349" t="s">
-        <v>1516</v>
+        <v>1520</v>
       </c>
       <c r="C349" t="s">
-        <v>1517</v>
+        <v>1521</v>
       </c>
       <c r="D349" t="s">
         <v>59</v>
       </c>
       <c r="E349" t="s">
         <v>653</v>
       </c>
       <c r="G349" t="s">
-        <v>1518</v>
+        <v>1522</v>
       </c>
       <c r="H349" t="s">
-        <v>1519</v>
+        <v>1523</v>
       </c>
       <c r="I349" t="s">
         <v>18</v>
       </c>
       <c r="J349" t="s">
         <v>19</v>
       </c>
       <c r="L349" t="s">
-        <v>545</v>
+        <v>656</v>
       </c>
     </row>
     <row r="350" spans="1:12">
       <c r="A350">
         <v>10869</v>
       </c>
       <c r="B350" t="s">
         <v>265</v>
       </c>
       <c r="C350" t="s">
-        <v>1510</v>
+        <v>1514</v>
       </c>
       <c r="D350" t="s">
         <v>193</v>
       </c>
       <c r="E350" t="s">
         <v>361</v>
       </c>
       <c r="G350" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
       <c r="H350" t="s">
-        <v>1521</v>
+        <v>1525</v>
       </c>
       <c r="I350" t="s">
         <v>18</v>
       </c>
       <c r="J350" t="s">
         <v>19</v>
       </c>
       <c r="L350" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="351" spans="1:12">
       <c r="A351">
         <v>10870</v>
       </c>
       <c r="B351" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="C351" t="s">
-        <v>1510</v>
+        <v>1514</v>
       </c>
       <c r="D351" t="s">
         <v>66</v>
       </c>
       <c r="E351" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="G351" t="s">
-        <v>1522</v>
+        <v>1526</v>
       </c>
       <c r="H351" t="s">
-        <v>1523</v>
+        <v>1527</v>
       </c>
       <c r="K351" t="s">
         <v>44</v>
       </c>
       <c r="L351" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="352" spans="1:12">
       <c r="A352">
         <v>10871</v>
       </c>
       <c r="B352" t="s">
-        <v>1524</v>
+        <v>1528</v>
       </c>
       <c r="C352" t="s">
-        <v>1525</v>
+        <v>1529</v>
       </c>
       <c r="D352" t="s">
         <v>72</v>
       </c>
       <c r="E352" t="s">
         <v>577</v>
       </c>
       <c r="G352" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="H352" t="s">
-        <v>1527</v>
+        <v>1531</v>
       </c>
       <c r="K352" t="s">
         <v>44</v>
       </c>
       <c r="L352" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="353" spans="1:12">
       <c r="A353">
         <v>10872</v>
       </c>
       <c r="B353" t="s">
-        <v>1528</v>
+        <v>1532</v>
       </c>
       <c r="C353" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
       <c r="D353" t="s">
         <v>315</v>
       </c>
       <c r="E353" t="s">
         <v>388</v>
       </c>
       <c r="G353" t="s">
-        <v>1530</v>
+        <v>1534</v>
       </c>
       <c r="H353" t="s">
-        <v>1531</v>
+        <v>1535</v>
       </c>
       <c r="I353" t="s">
         <v>18</v>
       </c>
       <c r="J353" t="s">
         <v>19</v>
       </c>
       <c r="L353" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="354" spans="1:12">
       <c r="A354">
         <v>10873</v>
       </c>
       <c r="B354" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="C354" t="s">
-        <v>1532</v>
+        <v>1536</v>
       </c>
       <c r="D354" t="s">
         <v>608</v>
       </c>
       <c r="E354" t="s">
-        <v>1533</v>
+        <v>1537</v>
       </c>
       <c r="G354" t="s">
-        <v>1534</v>
+        <v>1538</v>
       </c>
       <c r="H354" t="s">
-        <v>1535</v>
+        <v>1539</v>
       </c>
       <c r="K354" t="s">
         <v>44</v>
       </c>
       <c r="L354" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="355" spans="1:12">
       <c r="A355">
         <v>10874</v>
       </c>
       <c r="B355" t="s">
         <v>46</v>
       </c>
       <c r="C355" t="s">
-        <v>1536</v>
+        <v>1540</v>
       </c>
       <c r="D355" t="s">
         <v>72</v>
       </c>
       <c r="E355" t="s">
-        <v>1537</v>
+        <v>1541</v>
       </c>
       <c r="G355" t="s">
-        <v>1538</v>
+        <v>1542</v>
       </c>
       <c r="H355" t="s">
-        <v>1539</v>
+        <v>1543</v>
       </c>
       <c r="I355" t="s">
         <v>18</v>
       </c>
       <c r="J355" t="s">
         <v>19</v>
       </c>
       <c r="L355" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="356" spans="1:12">
       <c r="A356">
         <v>10875</v>
       </c>
       <c r="B356" t="s">
         <v>28</v>
       </c>
       <c r="C356" t="s">
-        <v>1540</v>
+        <v>1544</v>
       </c>
       <c r="D356" t="s">
         <v>66</v>
       </c>
       <c r="E356" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="G356" t="s">
-        <v>1541</v>
+        <v>1545</v>
       </c>
       <c r="H356" t="s">
-        <v>1542</v>
+        <v>1546</v>
       </c>
       <c r="K356" t="s">
         <v>44</v>
       </c>
       <c r="L356" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="357" spans="1:12">
       <c r="A357">
         <v>10876</v>
       </c>
       <c r="B357" t="s">
-        <v>1543</v>
+        <v>1547</v>
       </c>
       <c r="C357" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
       <c r="D357" t="s">
         <v>72</v>
       </c>
       <c r="E357" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="G357" t="s">
-        <v>1546</v>
+        <v>1550</v>
       </c>
       <c r="H357" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="I357" t="s">
         <v>18</v>
       </c>
       <c r="J357" t="s">
         <v>19</v>
       </c>
       <c r="L357" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="358" spans="1:12">
       <c r="A358">
         <v>10877</v>
       </c>
       <c r="B358" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="C358" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="D358" t="s">
         <v>72</v>
       </c>
       <c r="E358" t="s">
-        <v>1549</v>
+        <v>1553</v>
       </c>
       <c r="G358" t="s">
-        <v>1550</v>
+        <v>1554</v>
       </c>
       <c r="H358" t="s">
-        <v>1551</v>
+        <v>1555</v>
       </c>
       <c r="K358" t="s">
         <v>44</v>
       </c>
       <c r="L358" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="359" spans="1:12">
       <c r="A359">
         <v>10878</v>
       </c>
       <c r="B359" t="s">
         <v>222</v>
       </c>
       <c r="C359" t="s">
-        <v>1552</v>
+        <v>1556</v>
       </c>
       <c r="D359" t="s">
-        <v>1553</v>
+        <v>1557</v>
       </c>
       <c r="E359" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
       <c r="G359" t="s">
-        <v>1554</v>
+        <v>1558</v>
       </c>
       <c r="H359" t="s">
-        <v>1555</v>
+        <v>1559</v>
       </c>
       <c r="I359" t="s">
         <v>39</v>
       </c>
       <c r="J359" t="s">
         <v>40</v>
       </c>
       <c r="L359" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="360" spans="1:12">
       <c r="A360">
         <v>10879</v>
       </c>
       <c r="B360" t="s">
-        <v>1556</v>
+        <v>1560</v>
       </c>
       <c r="C360" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
       <c r="D360" t="s">
         <v>130</v>
       </c>
       <c r="E360" t="s">
         <v>131</v>
       </c>
       <c r="G360" t="s">
-        <v>1558</v>
+        <v>1562</v>
       </c>
       <c r="H360" t="s">
-        <v>1559</v>
+        <v>1563</v>
       </c>
       <c r="K360" t="s">
         <v>44</v>
       </c>
       <c r="L360" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="361" spans="1:12">
       <c r="A361">
         <v>10880</v>
       </c>
       <c r="B361" t="s">
         <v>305</v>
       </c>
       <c r="C361" t="s">
-        <v>1560</v>
+        <v>1564</v>
       </c>
       <c r="D361" t="s">
         <v>315</v>
       </c>
       <c r="E361" t="s">
-        <v>1436</v>
+        <v>1440</v>
       </c>
       <c r="G361" t="s">
-        <v>1561</v>
+        <v>1565</v>
       </c>
       <c r="H361" t="s">
-        <v>1562</v>
+        <v>1566</v>
       </c>
       <c r="I361" t="s">
-        <v>1563</v>
+        <v>1567</v>
       </c>
       <c r="J361" t="s">
         <v>19</v>
       </c>
       <c r="L361" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="362" spans="1:12">
       <c r="A362">
         <v>10881</v>
       </c>
       <c r="B362" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="C362" t="s">
-        <v>1564</v>
+        <v>1568</v>
       </c>
       <c r="D362" t="s">
         <v>23</v>
       </c>
       <c r="E362" t="s">
-        <v>1398</v>
+        <v>1402</v>
       </c>
       <c r="F362" t="s">
         <v>217</v>
       </c>
       <c r="G362" t="s">
-        <v>1565</v>
+        <v>1569</v>
       </c>
       <c r="H362" t="s">
-        <v>1566</v>
+        <v>1570</v>
       </c>
       <c r="K362" t="s">
         <v>44</v>
       </c>
       <c r="L362" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="363" spans="1:12">
       <c r="A363">
         <v>10882</v>
       </c>
       <c r="B363" t="s">
-        <v>1376</v>
+        <v>1380</v>
       </c>
       <c r="C363" t="s">
-        <v>1567</v>
+        <v>1571</v>
       </c>
       <c r="D363" t="s">
         <v>199</v>
       </c>
       <c r="E363" t="s">
         <v>247</v>
       </c>
       <c r="G363" t="s">
-        <v>1568</v>
+        <v>1572</v>
       </c>
       <c r="H363" t="s">
-        <v>1569</v>
+        <v>1573</v>
       </c>
       <c r="I363" t="s">
         <v>18</v>
       </c>
       <c r="J363" t="s">
         <v>19</v>
       </c>
       <c r="L363" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="364" spans="1:12">
       <c r="A364">
         <v>10883</v>
       </c>
       <c r="B364" t="s">
-        <v>1570</v>
+        <v>1574</v>
       </c>
       <c r="C364" t="s">
-        <v>1571</v>
+        <v>1575</v>
       </c>
       <c r="D364" t="s">
         <v>30</v>
       </c>
       <c r="E364" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
       <c r="G364" t="s">
-        <v>1573</v>
+        <v>1577</v>
       </c>
       <c r="H364" t="s">
-        <v>1574</v>
+        <v>1578</v>
       </c>
       <c r="K364" t="s">
         <v>44</v>
       </c>
       <c r="L364" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="365" spans="1:12">
       <c r="A365">
         <v>10884</v>
       </c>
       <c r="B365" t="s">
         <v>94</v>
       </c>
       <c r="C365" t="s">
-        <v>1575</v>
+        <v>1579</v>
       </c>
       <c r="D365" t="s">
         <v>35</v>
       </c>
       <c r="E365" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="G365" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="H365" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="I365" t="s">
         <v>18</v>
       </c>
       <c r="J365" t="s">
         <v>19</v>
       </c>
       <c r="L365" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="366" spans="1:12">
       <c r="A366">
         <v>10885</v>
       </c>
       <c r="B366" t="s">
         <v>185</v>
       </c>
       <c r="C366" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
       <c r="D366" t="s">
         <v>187</v>
       </c>
       <c r="E366" t="s">
-        <v>1579</v>
+        <v>1583</v>
       </c>
       <c r="G366" t="s">
-        <v>1580</v>
+        <v>1584</v>
       </c>
       <c r="H366" t="s">
-        <v>1581</v>
+        <v>1585</v>
       </c>
       <c r="I366" t="s">
         <v>18</v>
       </c>
       <c r="J366" t="s">
         <v>19</v>
       </c>
       <c r="L366" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="367" spans="1:12">
       <c r="A367">
         <v>10886</v>
       </c>
       <c r="B367" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="C367" t="s">
-        <v>1582</v>
+        <v>1586</v>
       </c>
       <c r="D367" t="s">
         <v>287</v>
       </c>
       <c r="E367" t="s">
-        <v>1583</v>
+        <v>1587</v>
       </c>
       <c r="G367" t="s">
-        <v>1584</v>
+        <v>1588</v>
       </c>
       <c r="H367" t="s">
-        <v>1585</v>
+        <v>1589</v>
       </c>
       <c r="I367" t="s">
-        <v>1586</v>
+        <v>1590</v>
       </c>
       <c r="J367" t="s">
         <v>19</v>
       </c>
       <c r="L367" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="368" spans="1:12">
       <c r="A368">
         <v>10887</v>
       </c>
       <c r="B368" t="s">
-        <v>1587</v>
+        <v>1591</v>
       </c>
       <c r="C368" t="s">
-        <v>1588</v>
+        <v>1592</v>
       </c>
       <c r="D368" t="s">
         <v>315</v>
       </c>
       <c r="E368" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="G368" t="s">
-        <v>1589</v>
+        <v>1593</v>
       </c>
       <c r="H368" t="s">
-        <v>1590</v>
+        <v>1594</v>
       </c>
       <c r="I368" t="s">
         <v>18</v>
       </c>
       <c r="J368" t="s">
         <v>19</v>
       </c>
       <c r="L368" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="369" spans="1:12">
       <c r="A369">
         <v>10888</v>
       </c>
       <c r="B369" t="s">
-        <v>1591</v>
+        <v>1595</v>
       </c>
       <c r="C369" t="s">
-        <v>1592</v>
+        <v>1596</v>
       </c>
       <c r="D369" t="s">
         <v>161</v>
       </c>
       <c r="E369" t="s">
         <v>162</v>
       </c>
       <c r="G369" t="s">
-        <v>1593</v>
+        <v>1597</v>
       </c>
       <c r="H369" t="s">
-        <v>1594</v>
+        <v>1598</v>
       </c>
       <c r="I369" t="s">
         <v>18</v>
       </c>
       <c r="J369" t="s">
         <v>19</v>
       </c>
       <c r="L369" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="370" spans="1:12">
       <c r="A370">
         <v>10889</v>
       </c>
       <c r="B370" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C370" t="s">
-        <v>1595</v>
+        <v>1599</v>
       </c>
       <c r="D370" t="s">
         <v>78</v>
       </c>
       <c r="E370" t="s">
         <v>107</v>
       </c>
       <c r="G370" t="s">
-        <v>1596</v>
+        <v>1600</v>
       </c>
       <c r="H370" t="s">
-        <v>1597</v>
+        <v>1601</v>
       </c>
       <c r="I370" t="s">
         <v>18</v>
       </c>
       <c r="J370" t="s">
         <v>19</v>
       </c>
       <c r="L370" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="371" spans="1:12">
       <c r="A371">
         <v>10890</v>
       </c>
       <c r="B371" t="s">
         <v>174</v>
       </c>
       <c r="C371" t="s">
-        <v>1598</v>
+        <v>1602</v>
       </c>
       <c r="D371" t="s">
         <v>608</v>
       </c>
       <c r="E371" t="s">
         <v>609</v>
       </c>
       <c r="G371" t="s">
-        <v>1599</v>
+        <v>1603</v>
       </c>
       <c r="H371" t="s">
-        <v>1600</v>
+        <v>1604</v>
       </c>
       <c r="K371" t="s">
         <v>44</v>
       </c>
       <c r="L371" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="372" spans="1:12">
       <c r="A372">
         <v>10891</v>
       </c>
       <c r="B372" t="s">
         <v>643</v>
       </c>
       <c r="C372" t="s">
-        <v>1601</v>
+        <v>1605</v>
       </c>
       <c r="D372" t="s">
         <v>130</v>
       </c>
       <c r="E372" t="s">
-        <v>1602</v>
+        <v>1606</v>
       </c>
       <c r="G372" t="s">
-        <v>1603</v>
+        <v>1607</v>
       </c>
       <c r="H372" t="s">
-        <v>1604</v>
+        <v>1608</v>
       </c>
       <c r="I372" t="s">
         <v>18</v>
       </c>
       <c r="J372" t="s">
         <v>19</v>
       </c>
       <c r="L372" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="373" spans="1:12">
       <c r="A373">
         <v>10892</v>
       </c>
       <c r="B373" t="s">
         <v>329</v>
       </c>
       <c r="C373" t="s">
-        <v>1605</v>
+        <v>1609</v>
       </c>
       <c r="D373" t="s">
         <v>130</v>
       </c>
       <c r="E373" t="s">
         <v>257</v>
       </c>
       <c r="G373" t="s">
-        <v>1606</v>
+        <v>1610</v>
       </c>
       <c r="H373" t="s">
-        <v>1607</v>
+        <v>1611</v>
       </c>
       <c r="K373" t="s">
         <v>44</v>
       </c>
       <c r="L373" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="374" spans="1:12">
       <c r="A374">
         <v>10893</v>
       </c>
       <c r="B374" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="C374" t="s">
-        <v>1608</v>
+        <v>1612</v>
       </c>
       <c r="D374" t="s">
         <v>187</v>
       </c>
       <c r="E374" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="G374" t="s">
-        <v>1609</v>
+        <v>1613</v>
       </c>
       <c r="H374" t="s">
-        <v>1610</v>
+        <v>1614</v>
       </c>
       <c r="I374" t="s">
         <v>18</v>
       </c>
       <c r="J374" t="s">
         <v>19</v>
       </c>
       <c r="L374" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="375" spans="1:12">
       <c r="A375">
         <v>10894</v>
       </c>
       <c r="B375" t="s">
         <v>197</v>
       </c>
       <c r="C375" t="s">
-        <v>1611</v>
+        <v>1615</v>
       </c>
       <c r="D375" t="s">
         <v>193</v>
       </c>
       <c r="E375" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="G375" t="s">
-        <v>1612</v>
+        <v>1616</v>
       </c>
       <c r="H375" t="s">
-        <v>1613</v>
+        <v>1617</v>
       </c>
       <c r="I375" t="s">
         <v>18</v>
       </c>
       <c r="J375" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="L375" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="376" spans="1:12">
       <c r="A376">
         <v>10895</v>
       </c>
       <c r="B376" t="s">
         <v>285</v>
       </c>
       <c r="C376" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="D376" t="s">
         <v>187</v>
       </c>
       <c r="E376" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="H376" t="s">
-        <v>1617</v>
+        <v>1621</v>
       </c>
       <c r="K376" t="s">
         <v>44</v>
       </c>
       <c r="L376" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="377" spans="1:12">
       <c r="A377">
         <v>10896</v>
       </c>
       <c r="B377" t="s">
         <v>540</v>
       </c>
       <c r="C377" t="s">
-        <v>1618</v>
+        <v>1622</v>
       </c>
       <c r="D377" t="s">
         <v>199</v>
       </c>
       <c r="E377" t="s">
         <v>412</v>
       </c>
       <c r="G377" t="s">
-        <v>1619</v>
+        <v>1623</v>
       </c>
       <c r="H377" t="s">
-        <v>1620</v>
+        <v>1624</v>
       </c>
       <c r="I377" t="s">
         <v>18</v>
       </c>
       <c r="J377" t="s">
         <v>19</v>
       </c>
       <c r="L377" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="378" spans="1:12">
       <c r="A378">
         <v>10897</v>
       </c>
       <c r="B378" t="s">
-        <v>1621</v>
+        <v>1625</v>
       </c>
       <c r="C378" t="s">
-        <v>1622</v>
+        <v>1626</v>
       </c>
       <c r="D378" t="s">
         <v>193</v>
       </c>
       <c r="E378" t="s">
-        <v>1623</v>
+        <v>1627</v>
       </c>
       <c r="F378" t="s">
-        <v>1624</v>
+        <v>1628</v>
       </c>
       <c r="G378" t="s">
-        <v>1625</v>
+        <v>1629</v>
       </c>
       <c r="H378" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="K378" t="s">
         <v>44</v>
       </c>
       <c r="L378" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="379" spans="1:12">
       <c r="A379">
         <v>10898</v>
       </c>
       <c r="B379" t="s">
-        <v>1626</v>
+        <v>1630</v>
       </c>
       <c r="C379" t="s">
-        <v>1627</v>
+        <v>1631</v>
       </c>
       <c r="D379" t="s">
         <v>417</v>
       </c>
       <c r="E379" t="s">
         <v>438</v>
       </c>
       <c r="G379" t="s">
-        <v>1628</v>
+        <v>1632</v>
       </c>
       <c r="H379" t="s">
-        <v>1629</v>
+        <v>1633</v>
       </c>
       <c r="K379" t="s">
         <v>44</v>
       </c>
       <c r="L379" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="380" spans="1:12">
       <c r="A380">
         <v>10899</v>
       </c>
       <c r="B380" t="s">
         <v>580</v>
       </c>
       <c r="C380" t="s">
-        <v>1630</v>
+        <v>1634</v>
       </c>
       <c r="D380" t="s">
         <v>161</v>
       </c>
       <c r="E380" t="s">
+        <v>1197</v>
+      </c>
+      <c r="G380" t="s">
+        <v>1635</v>
+      </c>
+      <c r="H380" t="s">
+        <v>1636</v>
+      </c>
+      <c r="I380" t="s">
+        <v>934</v>
+      </c>
+      <c r="J380" t="s">
+        <v>1192</v>
+      </c>
+      <c r="L380" t="s">
         <v>1193</v>
-      </c>
-[...10 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="381" spans="1:12">
       <c r="A381">
         <v>10900</v>
       </c>
       <c r="B381" t="s">
-        <v>1633</v>
+        <v>1637</v>
       </c>
       <c r="C381" t="s">
-        <v>1634</v>
+        <v>1638</v>
       </c>
       <c r="D381" t="s">
         <v>417</v>
       </c>
       <c r="E381" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="G381" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="H381" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="I381" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="J381" t="s">
-        <v>1637</v>
+        <v>1641</v>
       </c>
       <c r="L381" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="382" spans="1:12">
       <c r="A382">
         <v>10901</v>
       </c>
       <c r="B382" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
       <c r="C382" t="s">
-        <v>1634</v>
+        <v>1638</v>
       </c>
       <c r="D382" t="s">
         <v>199</v>
       </c>
       <c r="E382" t="s">
         <v>297</v>
       </c>
       <c r="G382" t="s">
-        <v>1638</v>
+        <v>1642</v>
       </c>
       <c r="H382" t="s">
-        <v>1639</v>
+        <v>1643</v>
       </c>
       <c r="I382" t="s">
         <v>18</v>
       </c>
       <c r="J382" t="s">
         <v>19</v>
       </c>
       <c r="L382" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="383" spans="1:12">
       <c r="A383">
         <v>10902</v>
       </c>
       <c r="B383" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="C383" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="D383" t="s">
         <v>66</v>
       </c>
       <c r="E383" t="s">
         <v>603</v>
       </c>
       <c r="G383" t="s">
-        <v>1642</v>
+        <v>1646</v>
       </c>
       <c r="H383" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
       <c r="K383" t="s">
         <v>44</v>
       </c>
       <c r="L383" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="384" spans="1:12">
       <c r="A384">
         <v>10903</v>
       </c>
       <c r="B384" t="s">
         <v>165</v>
       </c>
       <c r="C384" t="s">
-        <v>1644</v>
+        <v>1648</v>
       </c>
       <c r="D384" t="s">
         <v>199</v>
       </c>
       <c r="E384" t="s">
         <v>653</v>
       </c>
       <c r="G384" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="H384" t="s">
-        <v>1646</v>
+        <v>1650</v>
       </c>
       <c r="I384" t="s">
         <v>18</v>
       </c>
       <c r="J384" t="s">
         <v>19</v>
       </c>
       <c r="L384" t="s">
-        <v>545</v>
+        <v>656</v>
       </c>
     </row>
     <row r="385" spans="1:12">
       <c r="A385">
         <v>10904</v>
       </c>
       <c r="B385" t="s">
-        <v>1647</v>
+        <v>1651</v>
       </c>
       <c r="C385" t="s">
-        <v>1648</v>
+        <v>1652</v>
       </c>
       <c r="D385" t="s">
         <v>23</v>
       </c>
       <c r="E385" t="s">
         <v>181</v>
       </c>
       <c r="G385" t="s">
-        <v>1649</v>
+        <v>1653</v>
       </c>
       <c r="H385" t="s">
-        <v>1650</v>
+        <v>1654</v>
       </c>
       <c r="K385" t="s">
         <v>44</v>
       </c>
       <c r="L385" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="386" spans="1:12">
       <c r="A386">
         <v>10905</v>
       </c>
       <c r="B386" t="s">
-        <v>1651</v>
+        <v>1655</v>
       </c>
       <c r="C386" t="s">
-        <v>1652</v>
+        <v>1656</v>
       </c>
       <c r="D386" t="s">
         <v>130</v>
       </c>
       <c r="E386" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="G386" t="s">
-        <v>1653</v>
+        <v>1657</v>
       </c>
       <c r="H386" t="s">
-        <v>1654</v>
+        <v>1658</v>
       </c>
       <c r="K386" t="s">
         <v>44</v>
       </c>
       <c r="L386" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="387" spans="1:12">
       <c r="A387">
         <v>10906</v>
       </c>
       <c r="B387" t="s">
-        <v>1655</v>
+        <v>1659</v>
       </c>
       <c r="C387" t="s">
-        <v>1656</v>
+        <v>1660</v>
       </c>
       <c r="D387" t="s">
         <v>442</v>
       </c>
       <c r="E387" t="s">
         <v>156</v>
       </c>
       <c r="G387" t="s">
-        <v>1657</v>
+        <v>1661</v>
       </c>
       <c r="H387" t="s">
-        <v>1658</v>
+        <v>1662</v>
       </c>
       <c r="K387" t="s">
         <v>44</v>
       </c>
       <c r="L387" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="388" spans="1:12">
       <c r="A388">
         <v>10907</v>
       </c>
       <c r="B388" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="C388" t="s">
-        <v>1656</v>
+        <v>1660</v>
       </c>
       <c r="D388" t="s">
         <v>199</v>
       </c>
       <c r="E388" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
       <c r="G388" t="s">
-        <v>1660</v>
+        <v>1664</v>
       </c>
       <c r="H388" t="s">
-        <v>1661</v>
+        <v>1665</v>
       </c>
       <c r="K388" t="s">
         <v>44</v>
       </c>
       <c r="L388" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="389" spans="1:12">
       <c r="A389">
         <v>10908</v>
       </c>
       <c r="B389" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="C389" t="s">
-        <v>1656</v>
+        <v>1660</v>
       </c>
       <c r="D389" t="s">
         <v>199</v>
       </c>
       <c r="E389" t="s">
         <v>60</v>
       </c>
       <c r="G389" t="s">
-        <v>1663</v>
+        <v>1667</v>
       </c>
       <c r="H389" t="s">
-        <v>1664</v>
+        <v>1668</v>
       </c>
       <c r="I389" t="s">
         <v>39</v>
       </c>
       <c r="J389" t="s">
         <v>40</v>
       </c>
       <c r="L389" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="390" spans="1:12">
       <c r="A390">
         <v>10909</v>
       </c>
       <c r="B390" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="C390" t="s">
-        <v>1665</v>
+        <v>1669</v>
       </c>
       <c r="D390" t="s">
         <v>287</v>
       </c>
       <c r="E390" t="s">
-        <v>1666</v>
+        <v>1670</v>
       </c>
       <c r="G390" t="s">
-        <v>1667</v>
+        <v>1671</v>
       </c>
       <c r="H390" t="s">
-        <v>1668</v>
+        <v>1672</v>
       </c>
       <c r="K390" t="s">
         <v>44</v>
       </c>
       <c r="L390" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="391" spans="1:12">
       <c r="A391">
         <v>10910</v>
       </c>
       <c r="B391" t="s">
         <v>300</v>
       </c>
       <c r="C391" t="s">
-        <v>1669</v>
+        <v>1673</v>
       </c>
       <c r="D391" t="s">
         <v>608</v>
       </c>
       <c r="F391" t="s">
-        <v>1670</v>
+        <v>1674</v>
       </c>
       <c r="G391" t="s">
-        <v>1671</v>
+        <v>1675</v>
       </c>
       <c r="H391" t="s">
-        <v>1672</v>
+        <v>1676</v>
       </c>
       <c r="K391" t="s">
         <v>44</v>
       </c>
       <c r="L391" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="392" spans="1:12">
       <c r="A392">
         <v>10911</v>
       </c>
       <c r="B392" t="s">
-        <v>1673</v>
+        <v>1677</v>
       </c>
       <c r="C392" t="s">
-        <v>1674</v>
+        <v>1678</v>
       </c>
       <c r="D392" t="s">
         <v>130</v>
       </c>
       <c r="E392" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="G392" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
       <c r="H392" t="s">
-        <v>1676</v>
+        <v>1680</v>
       </c>
       <c r="K392" t="s">
         <v>44</v>
       </c>
       <c r="L392" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="393" spans="1:12">
       <c r="A393">
         <v>10912</v>
       </c>
       <c r="B393" t="s">
         <v>128</v>
       </c>
       <c r="C393" t="s">
-        <v>1677</v>
+        <v>1681</v>
       </c>
       <c r="D393" t="s">
         <v>187</v>
       </c>
       <c r="E393" t="s">
-        <v>1579</v>
+        <v>1583</v>
       </c>
       <c r="G393" t="s">
-        <v>1678</v>
+        <v>1682</v>
       </c>
       <c r="H393" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="I393" t="s">
         <v>18</v>
       </c>
       <c r="J393" t="s">
         <v>19</v>
       </c>
       <c r="L393" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="394" spans="1:12">
       <c r="A394">
         <v>10913</v>
       </c>
       <c r="B394" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="C394" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="D394" t="s">
         <v>96</v>
       </c>
       <c r="E394" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="G394" t="s">
-        <v>1683</v>
+        <v>1687</v>
       </c>
       <c r="H394" t="s">
-        <v>1684</v>
+        <v>1688</v>
       </c>
       <c r="K394" t="s">
         <v>44</v>
       </c>
       <c r="L394" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="395" spans="1:12">
       <c r="A395">
         <v>10914</v>
       </c>
       <c r="B395" t="s">
-        <v>1685</v>
+        <v>1689</v>
       </c>
       <c r="C395" t="s">
-        <v>1686</v>
+        <v>1690</v>
       </c>
       <c r="D395" t="s">
         <v>161</v>
       </c>
       <c r="F395" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
       <c r="G395" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
       <c r="H395" t="s">
-        <v>1689</v>
+        <v>1693</v>
       </c>
       <c r="K395" t="s">
         <v>44</v>
       </c>
       <c r="L395" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="396" spans="1:12">
       <c r="A396">
         <v>10915</v>
       </c>
       <c r="B396" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="C396" t="s">
-        <v>1690</v>
+        <v>1694</v>
       </c>
       <c r="D396" t="s">
         <v>130</v>
       </c>
       <c r="F396" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="G396" t="s">
-        <v>1691</v>
+        <v>1695</v>
       </c>
       <c r="H396" t="s">
-        <v>1692</v>
+        <v>1696</v>
       </c>
       <c r="K396" t="s">
         <v>44</v>
       </c>
       <c r="L396" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="397" spans="1:12">
       <c r="A397">
         <v>10916</v>
       </c>
       <c r="B397" t="s">
         <v>70</v>
       </c>
       <c r="C397" t="s">
-        <v>1693</v>
+        <v>1697</v>
       </c>
       <c r="D397" t="s">
         <v>187</v>
       </c>
       <c r="E397" t="s">
-        <v>1579</v>
+        <v>1583</v>
       </c>
       <c r="G397" t="s">
-        <v>1694</v>
+        <v>1698</v>
       </c>
       <c r="H397" t="s">
-        <v>1695</v>
+        <v>1699</v>
       </c>
       <c r="I397" t="s">
         <v>18</v>
       </c>
       <c r="J397" t="s">
         <v>19</v>
       </c>
       <c r="L397" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="398" spans="1:12">
       <c r="A398">
         <v>10917</v>
       </c>
       <c r="B398" t="s">
         <v>165</v>
       </c>
       <c r="C398" t="s">
-        <v>1696</v>
+        <v>1700</v>
       </c>
       <c r="D398" t="s">
         <v>23</v>
       </c>
       <c r="E398" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="G398" t="s">
-        <v>1697</v>
+        <v>1701</v>
       </c>
       <c r="H398" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="I398" t="s">
         <v>18</v>
       </c>
       <c r="J398" t="s">
         <v>19</v>
       </c>
       <c r="L398" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="399" spans="1:12">
       <c r="A399">
         <v>10918</v>
       </c>
       <c r="B399" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C399" t="s">
-        <v>1700</v>
+        <v>1704</v>
       </c>
       <c r="D399" t="s">
         <v>78</v>
       </c>
       <c r="E399" t="s">
         <v>102</v>
       </c>
       <c r="G399" t="s">
-        <v>1701</v>
+        <v>1705</v>
       </c>
       <c r="H399" t="s">
-        <v>1702</v>
+        <v>1706</v>
       </c>
       <c r="K399" t="s">
         <v>44</v>
       </c>
       <c r="L399" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="400" spans="1:12">
       <c r="A400">
         <v>10919</v>
       </c>
       <c r="B400" t="s">
         <v>511</v>
       </c>
       <c r="C400" t="s">
-        <v>1703</v>
+        <v>1707</v>
       </c>
       <c r="D400" t="s">
-        <v>1704</v>
+        <v>1708</v>
       </c>
       <c r="G400" t="s">
-        <v>1705</v>
+        <v>1709</v>
       </c>
       <c r="H400" t="s">
-        <v>1706</v>
+        <v>1710</v>
       </c>
       <c r="K400" t="s">
         <v>44</v>
       </c>
       <c r="L400" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="401" spans="1:12">
       <c r="A401">
         <v>10920</v>
       </c>
       <c r="B401" t="s">
-        <v>1707</v>
+        <v>1711</v>
       </c>
       <c r="C401" t="s">
-        <v>1708</v>
+        <v>1712</v>
       </c>
       <c r="D401" t="s">
         <v>35</v>
       </c>
       <c r="E401" t="s">
-        <v>1709</v>
+        <v>1713</v>
       </c>
       <c r="G401" t="s">
-        <v>1710</v>
+        <v>1714</v>
       </c>
       <c r="H401" t="s">
-        <v>1711</v>
+        <v>1715</v>
       </c>
       <c r="I401" t="s">
         <v>18</v>
       </c>
       <c r="J401" t="s">
         <v>19</v>
       </c>
       <c r="L401" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="402" spans="1:12">
       <c r="A402">
         <v>10921</v>
       </c>
       <c r="B402" t="s">
         <v>185</v>
       </c>
       <c r="C402" t="s">
-        <v>1712</v>
+        <v>1716</v>
       </c>
       <c r="D402" t="s">
         <v>96</v>
       </c>
       <c r="E402" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="G402" t="s">
-        <v>1713</v>
+        <v>1717</v>
       </c>
       <c r="H402" t="s">
-        <v>1714</v>
+        <v>1718</v>
       </c>
       <c r="K402" t="s">
         <v>44</v>
       </c>
       <c r="L402" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="403" spans="1:12">
       <c r="A403">
         <v>10922</v>
       </c>
       <c r="B403" t="s">
-        <v>1715</v>
+        <v>1719</v>
       </c>
       <c r="C403" t="s">
-        <v>1716</v>
+        <v>1720</v>
       </c>
       <c r="D403" t="s">
         <v>161</v>
       </c>
       <c r="E403" t="s">
         <v>563</v>
       </c>
       <c r="G403" t="s">
-        <v>1717</v>
+        <v>1721</v>
       </c>
       <c r="H403" t="s">
-        <v>1718</v>
+        <v>1722</v>
       </c>
       <c r="K403" t="s">
-        <v>1719</v>
+        <v>1723</v>
       </c>
       <c r="L403" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="404" spans="1:12">
       <c r="A404">
         <v>10923</v>
       </c>
       <c r="B404" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="C404" t="s">
-        <v>1720</v>
+        <v>1724</v>
       </c>
       <c r="D404" t="s">
         <v>608</v>
       </c>
       <c r="E404" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="G404" t="s">
-        <v>1721</v>
+        <v>1725</v>
       </c>
       <c r="H404" t="s">
-        <v>1722</v>
+        <v>1726</v>
       </c>
       <c r="K404" t="s">
         <v>44</v>
       </c>
       <c r="L404" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="405" spans="1:12">
       <c r="A405">
         <v>10924</v>
       </c>
       <c r="B405" t="s">
-        <v>1673</v>
+        <v>1677</v>
       </c>
       <c r="C405" t="s">
-        <v>1723</v>
+        <v>1727</v>
       </c>
       <c r="D405" t="s">
         <v>315</v>
       </c>
       <c r="E405" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="G405" t="s">
-        <v>1724</v>
+        <v>1728</v>
       </c>
       <c r="H405" t="s">
-        <v>1725</v>
+        <v>1729</v>
       </c>
       <c r="I405" t="s">
         <v>18</v>
       </c>
       <c r="J405" t="s">
         <v>19</v>
       </c>
       <c r="L405" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="406" spans="1:12">
       <c r="A406">
         <v>10925</v>
       </c>
       <c r="B406" t="s">
         <v>46</v>
       </c>
       <c r="C406" t="s">
-        <v>1723</v>
+        <v>1727</v>
       </c>
       <c r="D406" t="s">
         <v>35</v>
       </c>
       <c r="F406" t="s">
         <v>36</v>
       </c>
       <c r="G406" t="s">
-        <v>1726</v>
+        <v>1730</v>
       </c>
       <c r="H406" t="s">
-        <v>1727</v>
+        <v>1731</v>
       </c>
       <c r="I406" t="s">
         <v>18</v>
       </c>
       <c r="J406" t="s">
         <v>19</v>
       </c>
       <c r="L406" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="407" spans="1:12">
       <c r="A407">
         <v>10926</v>
       </c>
       <c r="B407" t="s">
         <v>149</v>
       </c>
       <c r="C407" t="s">
-        <v>1728</v>
+        <v>1732</v>
       </c>
       <c r="D407" t="s">
         <v>14</v>
       </c>
       <c r="E407" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="G407" t="s">
-        <v>1729</v>
+        <v>1733</v>
       </c>
       <c r="H407" t="s">
-        <v>1730</v>
+        <v>1734</v>
       </c>
       <c r="I407" t="s">
         <v>18</v>
       </c>
       <c r="J407" t="s">
         <v>19</v>
       </c>
       <c r="L407" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="408" spans="1:12">
       <c r="A408">
         <v>10927</v>
       </c>
       <c r="B408" t="s">
         <v>279</v>
       </c>
       <c r="C408" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="D408" t="s">
         <v>210</v>
       </c>
       <c r="H408" t="s">
-        <v>1732</v>
+        <v>1736</v>
       </c>
       <c r="K408" t="s">
         <v>44</v>
       </c>
       <c r="L408" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="409" spans="1:12">
       <c r="A409">
         <v>10928</v>
       </c>
       <c r="B409" t="s">
-        <v>1733</v>
+        <v>1737</v>
       </c>
       <c r="C409" t="s">
-        <v>1734</v>
+        <v>1738</v>
       </c>
       <c r="D409" t="s">
         <v>161</v>
       </c>
       <c r="F409" t="s">
-        <v>1735</v>
+        <v>1739</v>
       </c>
       <c r="G409" t="s">
-        <v>1736</v>
+        <v>1740</v>
       </c>
       <c r="H409" t="s">
-        <v>1737</v>
+        <v>1741</v>
       </c>
       <c r="K409" t="s">
         <v>44</v>
       </c>
       <c r="L409" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="410" spans="1:12">
       <c r="A410">
         <v>10929</v>
       </c>
       <c r="B410" t="s">
         <v>352</v>
       </c>
       <c r="C410" t="s">
-        <v>1738</v>
+        <v>1742</v>
       </c>
       <c r="D410" t="s">
-        <v>948</v>
+        <v>822</v>
       </c>
       <c r="E410" t="s">
-        <v>1739</v>
+        <v>1743</v>
       </c>
       <c r="H410" t="s">
-        <v>1740</v>
+        <v>1744</v>
       </c>
       <c r="I410" t="s">
         <v>545</v>
       </c>
       <c r="J410" t="s">
         <v>19</v>
       </c>
       <c r="L410" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="411" spans="1:12">
       <c r="A411">
         <v>10940</v>
       </c>
       <c r="B411" t="s">
-        <v>1741</v>
+        <v>1745</v>
       </c>
       <c r="C411" t="s">
-        <v>1665</v>
+        <v>1669</v>
       </c>
       <c r="D411" t="s">
         <v>187</v>
       </c>
       <c r="E411" t="s">
-        <v>1742</v>
+        <v>1746</v>
       </c>
       <c r="G411" t="s">
-        <v>1743</v>
+        <v>1747</v>
       </c>
       <c r="H411" t="s">
-        <v>1744</v>
+        <v>1748</v>
       </c>
       <c r="K411" t="s">
         <v>44</v>
       </c>
       <c r="L411" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="412" spans="1:12">
       <c r="A412">
         <v>10941</v>
       </c>
       <c r="B412" t="s">
-        <v>1647</v>
+        <v>1651</v>
       </c>
       <c r="C412" t="s">
-        <v>1665</v>
+        <v>1669</v>
       </c>
       <c r="D412" t="s">
-        <v>948</v>
+        <v>822</v>
       </c>
       <c r="E412" t="s">
-        <v>1745</v>
+        <v>1749</v>
       </c>
       <c r="G412" t="s">
-        <v>1746</v>
+        <v>1750</v>
       </c>
       <c r="H412" t="s">
-        <v>1747</v>
+        <v>1751</v>
       </c>
       <c r="K412" t="s">
         <v>44</v>
       </c>
       <c r="L412" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="413" spans="1:12">
       <c r="A413">
         <v>10942</v>
       </c>
       <c r="B413" t="s">
         <v>643</v>
       </c>
       <c r="C413" t="s">
-        <v>1748</v>
+        <v>1752</v>
       </c>
       <c r="D413" t="s">
         <v>199</v>
       </c>
       <c r="E413" t="s">
         <v>112</v>
       </c>
       <c r="G413" t="s">
-        <v>1749</v>
+        <v>1753</v>
       </c>
       <c r="H413" t="s">
-        <v>1750</v>
+        <v>1754</v>
       </c>
       <c r="I413" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="J413" t="s">
         <v>19</v>
       </c>
       <c r="L413" t="s">
-        <v>823</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="414" spans="1:12">
       <c r="A414">
         <v>10943</v>
       </c>
       <c r="B414" t="s">
         <v>142</v>
       </c>
       <c r="C414" t="s">
-        <v>1751</v>
+        <v>1756</v>
       </c>
       <c r="D414" t="s">
         <v>417</v>
       </c>
       <c r="E414" t="s">
         <v>107</v>
       </c>
       <c r="G414" t="s">
-        <v>1752</v>
+        <v>1757</v>
       </c>
       <c r="H414" t="s">
-        <v>1753</v>
+        <v>1758</v>
       </c>
       <c r="K414" t="s">
         <v>44</v>
       </c>
       <c r="L414" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="415" spans="1:12">
       <c r="A415">
         <v>10944</v>
       </c>
       <c r="B415" t="s">
-        <v>1754</v>
+        <v>1759</v>
       </c>
       <c r="C415" t="s">
-        <v>1751</v>
+        <v>1756</v>
       </c>
       <c r="D415" t="s">
         <v>130</v>
       </c>
       <c r="E415" t="s">
-        <v>1602</v>
+        <v>1606</v>
       </c>
       <c r="G415" t="s">
-        <v>1755</v>
+        <v>1760</v>
       </c>
       <c r="H415" t="s">
-        <v>1756</v>
+        <v>1761</v>
       </c>
       <c r="K415" t="s">
         <v>44</v>
       </c>
       <c r="L415" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="416" spans="1:12">
       <c r="A416">
         <v>10945</v>
       </c>
       <c r="B416" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="C416" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="D416" t="s">
         <v>187</v>
       </c>
       <c r="E416" t="s">
-        <v>1742</v>
+        <v>1746</v>
       </c>
       <c r="H416" t="s">
-        <v>1758</v>
+        <v>1763</v>
       </c>
       <c r="I416" t="s">
-        <v>1759</v>
+        <v>1764</v>
       </c>
       <c r="J416" t="s">
-        <v>1760</v>
+        <v>1765</v>
       </c>
       <c r="L416" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="417" spans="1:12">
       <c r="A417">
         <v>10946</v>
       </c>
       <c r="B417" t="s">
-        <v>1761</v>
+        <v>1766</v>
       </c>
       <c r="C417" t="s">
-        <v>1762</v>
+        <v>1767</v>
       </c>
       <c r="D417" t="s">
         <v>193</v>
       </c>
       <c r="E417" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="F417" t="s">
-        <v>1763</v>
+        <v>1768</v>
       </c>
       <c r="G417" t="s">
-        <v>1764</v>
+        <v>1769</v>
       </c>
       <c r="H417" t="s">
-        <v>1765</v>
+        <v>1770</v>
       </c>
       <c r="I417" t="s">
         <v>18</v>
       </c>
       <c r="J417" t="s">
         <v>19</v>
       </c>
       <c r="L417" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="418" spans="1:12">
       <c r="A418">
         <v>10947</v>
       </c>
       <c r="B418" t="s">
-        <v>1766</v>
+        <v>1771</v>
       </c>
       <c r="C418" t="s">
-        <v>1767</v>
+        <v>1772</v>
       </c>
       <c r="D418" t="s">
         <v>161</v>
       </c>
       <c r="E418" t="s">
         <v>595</v>
       </c>
       <c r="G418" t="s">
-        <v>1768</v>
+        <v>1773</v>
       </c>
       <c r="H418" t="s">
-        <v>1769</v>
+        <v>1774</v>
       </c>
       <c r="K418" t="s">
         <v>44</v>
       </c>
       <c r="L418" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="419" spans="1:12">
       <c r="A419">
         <v>10948</v>
       </c>
       <c r="B419" t="s">
         <v>305</v>
       </c>
       <c r="C419" t="s">
         <v>540</v>
       </c>
       <c r="D419" t="s">
         <v>193</v>
       </c>
       <c r="E419" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="F419" t="s">
-        <v>1770</v>
+        <v>1775</v>
       </c>
       <c r="G419" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
       <c r="H419" t="s">
-        <v>1772</v>
+        <v>1777</v>
       </c>
       <c r="K419" t="s">
         <v>44</v>
       </c>
       <c r="L419" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="420" spans="1:12">
       <c r="A420">
         <v>10949</v>
       </c>
       <c r="B420" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C420" t="s">
-        <v>1773</v>
+        <v>1778</v>
       </c>
       <c r="D420" t="s">
         <v>161</v>
       </c>
       <c r="E420" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="F420" t="s">
-        <v>1481</v>
+        <v>1485</v>
       </c>
       <c r="G420" t="s">
-        <v>1774</v>
+        <v>1779</v>
       </c>
       <c r="H420" t="s">
-        <v>1775</v>
+        <v>1780</v>
       </c>
       <c r="K420" t="s">
         <v>44</v>
       </c>
       <c r="L420" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="421" spans="1:12">
       <c r="A421">
         <v>10950</v>
       </c>
       <c r="B421" t="s">
-        <v>1776</v>
+        <v>1781</v>
       </c>
       <c r="C421" t="s">
-        <v>1777</v>
+        <v>1782</v>
       </c>
       <c r="D421" t="s">
         <v>442</v>
       </c>
       <c r="E421" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G421" t="s">
-        <v>1778</v>
+        <v>1783</v>
       </c>
       <c r="H421" t="s">
-        <v>1779</v>
+        <v>1784</v>
       </c>
       <c r="K421" t="s">
         <v>44</v>
       </c>
       <c r="L421" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="422" spans="1:12">
       <c r="A422">
         <v>10951</v>
       </c>
       <c r="B422" t="s">
-        <v>1780</v>
+        <v>1785</v>
       </c>
       <c r="C422" t="s">
-        <v>1781</v>
+        <v>1786</v>
       </c>
       <c r="D422" t="s">
         <v>30</v>
       </c>
       <c r="G422" t="s">
-        <v>1782</v>
+        <v>1787</v>
       </c>
       <c r="H422" t="s">
         <v>351</v>
       </c>
       <c r="K422" t="s">
         <v>44</v>
       </c>
       <c r="L422" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="423" spans="1:12">
       <c r="A423">
         <v>10952</v>
       </c>
       <c r="B423" t="s">
         <v>21</v>
       </c>
       <c r="C423" t="s">
-        <v>1783</v>
+        <v>1788</v>
       </c>
       <c r="D423" t="s">
         <v>14</v>
       </c>
       <c r="E423" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="G423" t="s">
-        <v>1784</v>
+        <v>1789</v>
       </c>
       <c r="H423" t="s">
-        <v>1785</v>
+        <v>1790</v>
       </c>
       <c r="I423" t="s">
         <v>18</v>
       </c>
       <c r="J423" t="s">
         <v>19</v>
       </c>
       <c r="L423" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="424" spans="1:12">
       <c r="A424">
         <v>10953</v>
       </c>
       <c r="B424" t="s">
-        <v>1786</v>
+        <v>1791</v>
       </c>
       <c r="C424" t="s">
-        <v>1787</v>
+        <v>1792</v>
       </c>
       <c r="D424" t="s">
         <v>199</v>
       </c>
       <c r="E424" t="s">
         <v>585</v>
       </c>
       <c r="G424" t="s">
-        <v>1788</v>
+        <v>1793</v>
       </c>
       <c r="H424" t="s">
-        <v>1789</v>
+        <v>1794</v>
       </c>
       <c r="I424" t="s">
         <v>39</v>
       </c>
       <c r="J424" t="s">
         <v>40</v>
       </c>
       <c r="L424" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="425" spans="1:12">
       <c r="A425">
         <v>10955</v>
       </c>
       <c r="B425" t="s">
-        <v>1790</v>
+        <v>1795</v>
       </c>
       <c r="C425" t="s">
-        <v>1791</v>
+        <v>1796</v>
       </c>
       <c r="D425" t="s">
         <v>199</v>
       </c>
       <c r="E425" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
       <c r="G425" t="s">
-        <v>1792</v>
+        <v>1797</v>
       </c>
       <c r="H425" t="s">
-        <v>1793</v>
+        <v>1798</v>
       </c>
       <c r="K425" t="s">
         <v>44</v>
       </c>
       <c r="L425" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="426" spans="1:12">
       <c r="A426">
         <v>10956</v>
       </c>
       <c r="B426" t="s">
         <v>231</v>
       </c>
       <c r="C426" t="s">
-        <v>1794</v>
+        <v>1799</v>
       </c>
       <c r="D426" t="s">
         <v>417</v>
       </c>
       <c r="E426" t="s">
         <v>79</v>
       </c>
       <c r="G426" t="s">
-        <v>1795</v>
+        <v>1800</v>
       </c>
       <c r="H426" t="s">
-        <v>1796</v>
+        <v>1801</v>
       </c>
       <c r="K426" t="s">
         <v>44</v>
       </c>
       <c r="L426" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="427" spans="1:12">
       <c r="A427">
         <v>10957</v>
       </c>
       <c r="B427" t="s">
         <v>431</v>
       </c>
       <c r="C427" t="s">
-        <v>1797</v>
+        <v>1802</v>
       </c>
       <c r="D427" t="s">
         <v>130</v>
       </c>
       <c r="E427" t="s">
         <v>529</v>
       </c>
       <c r="G427" t="s">
-        <v>1798</v>
+        <v>1803</v>
       </c>
       <c r="H427" t="s">
-        <v>1799</v>
+        <v>1804</v>
       </c>
       <c r="K427" t="s">
         <v>44</v>
       </c>
       <c r="L427" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="428" spans="1:12">
       <c r="A428">
         <v>10958</v>
       </c>
       <c r="B428" t="s">
-        <v>1800</v>
+        <v>1805</v>
       </c>
       <c r="C428" t="s">
-        <v>1801</v>
+        <v>1806</v>
       </c>
       <c r="D428" t="s">
         <v>417</v>
       </c>
       <c r="E428" t="s">
         <v>438</v>
       </c>
       <c r="G428" t="s">
-        <v>1802</v>
+        <v>1807</v>
       </c>
       <c r="H428" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="K428" t="s">
         <v>44</v>
       </c>
       <c r="L428" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="429" spans="1:12">
       <c r="A429">
         <v>10959</v>
       </c>
       <c r="B429" t="s">
         <v>222</v>
       </c>
       <c r="C429" t="s">
-        <v>1804</v>
+        <v>1809</v>
       </c>
       <c r="D429" t="s">
         <v>342</v>
       </c>
       <c r="E429" t="s">
-        <v>1805</v>
+        <v>1810</v>
       </c>
       <c r="G429" t="s">
-        <v>1806</v>
+        <v>1811</v>
       </c>
       <c r="H429" t="s">
-        <v>1807</v>
+        <v>1812</v>
       </c>
       <c r="I429" t="s">
-        <v>1808</v>
+        <v>1813</v>
       </c>
       <c r="J429" t="s">
         <v>221</v>
       </c>
       <c r="L429" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="430" spans="1:12">
       <c r="A430">
         <v>10960</v>
       </c>
       <c r="B430" t="s">
         <v>593</v>
       </c>
       <c r="C430" t="s">
-        <v>1809</v>
+        <v>1814</v>
       </c>
       <c r="D430" t="s">
         <v>161</v>
       </c>
       <c r="E430" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="F430" t="s">
-        <v>1810</v>
+        <v>1815</v>
       </c>
       <c r="G430" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="H430" t="s">
-        <v>1812</v>
+        <v>1817</v>
       </c>
       <c r="K430" t="s">
         <v>44</v>
       </c>
       <c r="L430" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="431" spans="1:12">
       <c r="A431">
         <v>10961</v>
       </c>
       <c r="B431" t="s">
         <v>76</v>
       </c>
       <c r="C431" t="s">
-        <v>1813</v>
+        <v>1818</v>
       </c>
       <c r="D431" t="s">
         <v>14</v>
       </c>
       <c r="E431" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="G431" t="s">
-        <v>1814</v>
+        <v>1819</v>
       </c>
       <c r="H431" t="s">
-        <v>1815</v>
+        <v>1820</v>
       </c>
       <c r="I431" t="s">
         <v>505</v>
       </c>
       <c r="J431" t="s">
         <v>19</v>
       </c>
       <c r="L431" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="432" spans="1:12">
       <c r="A432">
         <v>10962</v>
       </c>
       <c r="B432" t="s">
         <v>165</v>
       </c>
       <c r="C432" t="s">
-        <v>1816</v>
+        <v>1821</v>
       </c>
       <c r="D432" t="s">
         <v>161</v>
       </c>
       <c r="E432" t="s">
         <v>645</v>
       </c>
       <c r="G432" t="s">
-        <v>1817</v>
+        <v>1822</v>
       </c>
       <c r="H432" t="s">
-        <v>1818</v>
+        <v>1823</v>
       </c>
       <c r="K432" t="s">
         <v>44</v>
       </c>
       <c r="L432" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="433" spans="1:12">
       <c r="A433">
         <v>10963</v>
       </c>
       <c r="B433" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C433" t="s">
-        <v>1819</v>
+        <v>1824</v>
       </c>
       <c r="D433" t="s">
         <v>130</v>
       </c>
       <c r="E433" t="s">
         <v>112</v>
       </c>
       <c r="G433" t="s">
-        <v>1820</v>
+        <v>1825</v>
       </c>
       <c r="H433" t="s">
-        <v>1821</v>
+        <v>1826</v>
       </c>
       <c r="K433" t="s">
         <v>44</v>
       </c>
       <c r="L433" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="434" spans="1:12">
       <c r="A434">
         <v>10964</v>
       </c>
       <c r="B434" t="s">
         <v>580</v>
       </c>
       <c r="C434" t="s">
-        <v>1822</v>
+        <v>1827</v>
       </c>
       <c r="D434" t="s">
         <v>111</v>
       </c>
       <c r="E434" t="s">
         <v>502</v>
       </c>
       <c r="G434" t="s">
-        <v>1823</v>
+        <v>1828</v>
       </c>
       <c r="H434" t="s">
-        <v>1824</v>
+        <v>1829</v>
       </c>
       <c r="I434" t="s">
         <v>357</v>
       </c>
       <c r="J434" t="s">
         <v>358</v>
       </c>
       <c r="L434" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="435" spans="1:12">
       <c r="A435">
         <v>10965</v>
       </c>
       <c r="B435" t="s">
         <v>295</v>
       </c>
       <c r="C435" t="s">
-        <v>1825</v>
+        <v>1830</v>
       </c>
       <c r="D435" t="s">
         <v>161</v>
       </c>
       <c r="E435" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="G435" t="s">
-        <v>1826</v>
+        <v>1831</v>
       </c>
       <c r="H435" t="s">
-        <v>1827</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>1832</v>
+      </c>
+      <c r="I435" t="s">
+        <v>18</v>
+      </c>
+      <c r="J435" t="s">
+        <v>19</v>
       </c>
       <c r="L435" t="s">
-        <v>1311</v>
+        <v>935</v>
       </c>
     </row>
     <row r="436" spans="1:12">
       <c r="A436">
         <v>10966</v>
       </c>
       <c r="B436" t="s">
-        <v>1828</v>
+        <v>1833</v>
       </c>
       <c r="C436" t="s">
-        <v>1829</v>
+        <v>1834</v>
       </c>
       <c r="D436" t="s">
         <v>342</v>
       </c>
       <c r="E436" t="s">
-        <v>1805</v>
+        <v>1810</v>
       </c>
       <c r="G436" t="s">
-        <v>1830</v>
+        <v>1835</v>
       </c>
       <c r="H436" t="s">
-        <v>1831</v>
+        <v>1836</v>
       </c>
       <c r="K436" t="s">
         <v>44</v>
       </c>
       <c r="L436" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="437" spans="1:12">
       <c r="A437">
         <v>10967</v>
       </c>
       <c r="B437" t="s">
         <v>580</v>
       </c>
       <c r="C437" t="s">
-        <v>1832</v>
+        <v>1837</v>
       </c>
       <c r="D437" t="s">
         <v>199</v>
       </c>
       <c r="E437" t="s">
-        <v>1833</v>
+        <v>1838</v>
       </c>
       <c r="G437" t="s">
-        <v>1834</v>
+        <v>1839</v>
       </c>
       <c r="H437" t="s">
-        <v>1835</v>
+        <v>1840</v>
       </c>
       <c r="K437" t="s">
         <v>44</v>
       </c>
       <c r="L437" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="438" spans="1:12">
       <c r="A438">
         <v>10968</v>
       </c>
       <c r="B438" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="C438" t="s">
-        <v>1836</v>
+        <v>1841</v>
       </c>
       <c r="D438" t="s">
         <v>315</v>
       </c>
       <c r="E438" t="s">
         <v>112</v>
       </c>
       <c r="G438" t="s">
-        <v>1837</v>
+        <v>1842</v>
       </c>
       <c r="H438" t="s">
-        <v>1838</v>
+        <v>1843</v>
       </c>
       <c r="I438" t="s">
         <v>18</v>
       </c>
       <c r="J438" t="s">
         <v>141</v>
       </c>
       <c r="L438" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="439" spans="1:12">
       <c r="A439">
         <v>10969</v>
       </c>
       <c r="B439" t="s">
-        <v>1839</v>
+        <v>1844</v>
       </c>
       <c r="C439" t="s">
-        <v>1840</v>
+        <v>1845</v>
       </c>
       <c r="D439" t="s">
         <v>342</v>
       </c>
       <c r="E439" t="s">
         <v>433</v>
       </c>
       <c r="G439" t="s">
-        <v>1841</v>
+        <v>1846</v>
       </c>
       <c r="H439" t="s">
-        <v>1842</v>
+        <v>1847</v>
       </c>
       <c r="I439" t="s">
         <v>18</v>
       </c>
       <c r="J439" t="s">
         <v>19</v>
       </c>
       <c r="L439" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="440" spans="1:12">
       <c r="A440">
         <v>10970</v>
       </c>
       <c r="B440" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="C440" t="s">
-        <v>1843</v>
+        <v>1848</v>
       </c>
       <c r="D440" t="s">
         <v>161</v>
       </c>
       <c r="E440" t="s">
         <v>162</v>
       </c>
       <c r="F440" t="s">
-        <v>1844</v>
+        <v>1849</v>
       </c>
       <c r="G440" t="s">
-        <v>1845</v>
+        <v>1850</v>
       </c>
       <c r="H440" t="s">
-        <v>1846</v>
+        <v>1851</v>
       </c>
       <c r="K440" t="s">
         <v>44</v>
       </c>
       <c r="L440" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="441" spans="1:12">
       <c r="A441">
         <v>10971</v>
       </c>
       <c r="B441" t="s">
         <v>94</v>
       </c>
       <c r="C441" t="s">
-        <v>1847</v>
+        <v>1852</v>
       </c>
       <c r="D441" t="s">
         <v>199</v>
       </c>
       <c r="E441" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
       <c r="G441" t="s">
-        <v>1848</v>
+        <v>1853</v>
       </c>
       <c r="H441" t="s">
-        <v>1849</v>
+        <v>1854</v>
       </c>
       <c r="K441" t="s">
         <v>44</v>
       </c>
       <c r="L441" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="442" spans="1:12">
       <c r="A442">
         <v>10972</v>
       </c>
       <c r="B442" t="s">
         <v>340</v>
       </c>
       <c r="C442" t="s">
-        <v>1850</v>
+        <v>1855</v>
       </c>
       <c r="D442" t="s">
         <v>144</v>
       </c>
       <c r="E442" t="s">
         <v>422</v>
       </c>
       <c r="G442" t="s">
-        <v>1851</v>
+        <v>1856</v>
       </c>
       <c r="H442" t="s">
-        <v>1852</v>
+        <v>1857</v>
       </c>
       <c r="I442" t="s">
         <v>18</v>
       </c>
       <c r="J442" t="s">
         <v>19</v>
       </c>
       <c r="L442" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="443" spans="1:12">
       <c r="A443">
         <v>10973</v>
       </c>
       <c r="B443" t="s">
         <v>46</v>
       </c>
       <c r="C443" t="s">
-        <v>1853</v>
+        <v>1858</v>
       </c>
       <c r="D443" t="s">
         <v>72</v>
       </c>
       <c r="E443" t="s">
         <v>73</v>
       </c>
       <c r="G443" t="s">
-        <v>1854</v>
+        <v>1859</v>
       </c>
       <c r="H443" t="s">
-        <v>1855</v>
+        <v>1860</v>
       </c>
       <c r="K443" t="s">
         <v>44</v>
       </c>
       <c r="L443" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="444" spans="1:12">
       <c r="A444">
         <v>10974</v>
       </c>
       <c r="B444" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
       <c r="C444" t="s">
-        <v>1856</v>
+        <v>1861</v>
       </c>
       <c r="D444" t="s">
-        <v>948</v>
+        <v>822</v>
       </c>
       <c r="E444" t="s">
-        <v>1857</v>
+        <v>1862</v>
       </c>
       <c r="G444" t="s">
-        <v>1858</v>
+        <v>1863</v>
       </c>
       <c r="H444" t="s">
-        <v>1859</v>
+        <v>1864</v>
       </c>
       <c r="K444" t="s">
         <v>44</v>
       </c>
       <c r="L444" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="445" spans="1:12">
       <c r="A445">
         <v>10975</v>
       </c>
       <c r="B445" t="s">
-        <v>1860</v>
+        <v>1865</v>
       </c>
       <c r="C445" t="s">
-        <v>1861</v>
+        <v>1866</v>
       </c>
       <c r="D445" t="s">
         <v>193</v>
       </c>
       <c r="E445" t="s">
         <v>361</v>
       </c>
       <c r="G445" t="s">
-        <v>1862</v>
+        <v>1867</v>
       </c>
       <c r="H445" t="s">
-        <v>1863</v>
+        <v>1868</v>
       </c>
       <c r="I445" t="s">
         <v>18</v>
       </c>
       <c r="J445" t="s">
         <v>19</v>
       </c>
       <c r="L445" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="446" spans="1:12">
       <c r="A446">
         <v>10976</v>
       </c>
       <c r="B446" t="s">
         <v>566</v>
       </c>
       <c r="C446" t="s">
-        <v>1864</v>
+        <v>1869</v>
       </c>
       <c r="D446" t="s">
         <v>193</v>
       </c>
       <c r="E446" t="s">
         <v>361</v>
       </c>
       <c r="G446" t="s">
-        <v>1865</v>
+        <v>1870</v>
       </c>
       <c r="H446" t="s">
-        <v>1866</v>
+        <v>1871</v>
       </c>
       <c r="I446" t="s">
         <v>18</v>
       </c>
       <c r="J446" t="s">
-        <v>1867</v>
+        <v>1872</v>
       </c>
       <c r="L446" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="447" spans="1:12">
       <c r="A447">
         <v>10977</v>
       </c>
       <c r="B447" t="s">
         <v>305</v>
       </c>
       <c r="C447" t="s">
-        <v>1868</v>
+        <v>1873</v>
       </c>
       <c r="D447" t="s">
         <v>287</v>
       </c>
       <c r="E447" t="s">
         <v>517</v>
       </c>
       <c r="G447" t="s">
-        <v>1869</v>
+        <v>1874</v>
       </c>
       <c r="H447" t="s">
-        <v>1870</v>
+        <v>1875</v>
       </c>
       <c r="K447" t="s">
         <v>44</v>
       </c>
       <c r="L447" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="448" spans="1:12">
       <c r="A448">
         <v>10978</v>
       </c>
       <c r="B448" t="s">
         <v>185</v>
       </c>
       <c r="C448" t="s">
-        <v>1871</v>
+        <v>1876</v>
       </c>
       <c r="D448" t="s">
         <v>130</v>
       </c>
       <c r="E448" t="s">
-        <v>1602</v>
+        <v>1606</v>
       </c>
       <c r="G448" t="s">
-        <v>1872</v>
+        <v>1877</v>
       </c>
       <c r="H448" t="s">
-        <v>1873</v>
+        <v>1878</v>
       </c>
       <c r="K448" t="s">
         <v>44</v>
       </c>
       <c r="L448" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="449" spans="1:12">
       <c r="A449">
         <v>10979</v>
       </c>
       <c r="B449" t="s">
         <v>46</v>
       </c>
       <c r="C449" t="s">
-        <v>1874</v>
+        <v>1879</v>
       </c>
       <c r="D449" t="s">
         <v>161</v>
       </c>
       <c r="E449" t="s">
         <v>595</v>
       </c>
       <c r="G449" t="s">
-        <v>1875</v>
+        <v>1880</v>
       </c>
       <c r="H449" t="s">
-        <v>1876</v>
+        <v>1881</v>
       </c>
       <c r="K449" t="s">
         <v>44</v>
       </c>
       <c r="L449" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="450" spans="1:12">
       <c r="A450">
         <v>10980</v>
       </c>
       <c r="B450" t="s">
         <v>580</v>
       </c>
       <c r="C450" t="s">
-        <v>1877</v>
+        <v>1882</v>
       </c>
       <c r="D450" t="s">
         <v>30</v>
       </c>
       <c r="G450" t="s">
-        <v>1878</v>
+        <v>1883</v>
       </c>
       <c r="H450" t="s">
-        <v>1879</v>
+        <v>1884</v>
       </c>
       <c r="K450" t="s">
         <v>44</v>
       </c>
       <c r="L450" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="451" spans="1:12">
       <c r="A451">
         <v>10981</v>
       </c>
       <c r="B451" t="s">
         <v>94</v>
       </c>
       <c r="C451" t="s">
-        <v>1880</v>
+        <v>1885</v>
       </c>
       <c r="D451" t="s">
         <v>287</v>
       </c>
       <c r="E451" t="s">
-        <v>1460</v>
+        <v>1464</v>
       </c>
       <c r="G451" t="s">
-        <v>1881</v>
+        <v>1886</v>
       </c>
       <c r="H451" t="s">
-        <v>1882</v>
+        <v>1887</v>
       </c>
       <c r="K451" t="s">
         <v>44</v>
       </c>
       <c r="L451" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="452" spans="1:12">
       <c r="A452">
         <v>10982</v>
       </c>
       <c r="B452" t="s">
         <v>197</v>
       </c>
       <c r="C452" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="D452" t="s">
         <v>14</v>
       </c>
       <c r="E452" t="s">
         <v>176</v>
       </c>
       <c r="G452" t="s">
-        <v>1884</v>
+        <v>1889</v>
       </c>
       <c r="H452" t="s">
-        <v>1885</v>
+        <v>1890</v>
       </c>
       <c r="K452" t="s">
         <v>44</v>
       </c>
       <c r="L452" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="453" spans="1:12">
       <c r="A453">
         <v>10983</v>
       </c>
       <c r="B453" t="s">
-        <v>1886</v>
+        <v>1891</v>
       </c>
       <c r="C453" t="s">
-        <v>1887</v>
+        <v>1892</v>
       </c>
       <c r="D453" t="s">
         <v>315</v>
       </c>
       <c r="E453" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="G453" t="s">
-        <v>1888</v>
+        <v>1893</v>
       </c>
       <c r="H453" t="s">
-        <v>1889</v>
+        <v>1894</v>
       </c>
       <c r="I453" t="s">
         <v>18</v>
       </c>
       <c r="J453" t="s">
         <v>19</v>
       </c>
       <c r="L453" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="454" spans="1:12">
       <c r="A454">
         <v>10984</v>
       </c>
       <c r="B454" t="s">
-        <v>1890</v>
+        <v>1895</v>
       </c>
       <c r="C454" t="s">
-        <v>1891</v>
+        <v>1896</v>
       </c>
       <c r="D454" t="s">
         <v>193</v>
       </c>
       <c r="E454" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="G454" t="s">
-        <v>1892</v>
+        <v>1897</v>
       </c>
       <c r="H454" t="s">
-        <v>1893</v>
+        <v>1898</v>
       </c>
       <c r="K454" t="s">
         <v>44</v>
       </c>
       <c r="L454" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="455" spans="1:12">
       <c r="A455">
         <v>10985</v>
       </c>
       <c r="B455" t="s">
         <v>170</v>
       </c>
       <c r="C455" t="s">
-        <v>1894</v>
+        <v>1899</v>
       </c>
       <c r="D455" t="s">
         <v>287</v>
       </c>
       <c r="E455" t="s">
-        <v>1460</v>
+        <v>1464</v>
       </c>
       <c r="G455" t="s">
-        <v>1895</v>
+        <v>1900</v>
       </c>
       <c r="H455" t="s">
-        <v>1896</v>
+        <v>1901</v>
       </c>
       <c r="K455" t="s">
         <v>44</v>
       </c>
       <c r="L455" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="456" spans="1:12">
       <c r="A456">
         <v>10987</v>
       </c>
       <c r="B456" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="C456" t="s">
-        <v>1897</v>
+        <v>1902</v>
       </c>
       <c r="D456" t="s">
         <v>14</v>
       </c>
       <c r="E456" t="s">
         <v>176</v>
       </c>
       <c r="G456" t="s">
-        <v>1898</v>
+        <v>1903</v>
       </c>
       <c r="H456" t="s">
-        <v>1899</v>
+        <v>1904</v>
       </c>
       <c r="K456" t="s">
         <v>44</v>
       </c>
       <c r="L456" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="457" spans="1:12">
       <c r="A457">
         <v>10988</v>
       </c>
       <c r="B457" t="s">
-        <v>1900</v>
+        <v>1905</v>
       </c>
       <c r="C457" t="s">
-        <v>1901</v>
+        <v>1906</v>
       </c>
       <c r="D457" t="s">
         <v>161</v>
       </c>
       <c r="E457" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="F457" t="s">
-        <v>1902</v>
+        <v>1907</v>
       </c>
       <c r="G457" t="s">
-        <v>1903</v>
+        <v>1908</v>
       </c>
       <c r="H457" t="s">
-        <v>1904</v>
+        <v>1909</v>
       </c>
       <c r="K457" t="s">
         <v>44</v>
       </c>
       <c r="L457" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="458" spans="1:12">
       <c r="A458">
         <v>10989</v>
       </c>
       <c r="B458" t="s">
         <v>295</v>
       </c>
       <c r="C458" t="s">
-        <v>1905</v>
+        <v>1910</v>
       </c>
       <c r="D458" t="s">
         <v>315</v>
       </c>
       <c r="E458" t="s">
-        <v>1906</v>
+        <v>1911</v>
       </c>
       <c r="G458" t="s">
-        <v>1907</v>
+        <v>1912</v>
       </c>
       <c r="H458" t="s">
-        <v>1908</v>
+        <v>1913</v>
       </c>
       <c r="I458" t="s">
         <v>18</v>
       </c>
       <c r="J458" t="s">
         <v>19</v>
       </c>
       <c r="L458" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="459" spans="1:12">
       <c r="A459">
         <v>10990</v>
       </c>
       <c r="B459" t="s">
-        <v>1909</v>
+        <v>1914</v>
       </c>
       <c r="C459" t="s">
-        <v>1910</v>
+        <v>1915</v>
       </c>
       <c r="D459" t="s">
         <v>66</v>
       </c>
       <c r="E459" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="G459" t="s">
-        <v>1911</v>
+        <v>1916</v>
       </c>
       <c r="H459" t="s">
-        <v>1912</v>
+        <v>1917</v>
       </c>
       <c r="K459" t="s">
         <v>44</v>
       </c>
       <c r="L459" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="460" spans="1:12">
       <c r="A460">
         <v>10991</v>
       </c>
       <c r="B460" t="s">
-        <v>1913</v>
+        <v>1918</v>
       </c>
       <c r="C460" t="s">
-        <v>1914</v>
+        <v>1919</v>
       </c>
       <c r="D460" t="s">
         <v>342</v>
       </c>
       <c r="E460" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="G460" t="s">
-        <v>1915</v>
+        <v>1920</v>
       </c>
       <c r="H460" t="s">
-        <v>1916</v>
+        <v>1921</v>
       </c>
       <c r="I460" t="s">
-        <v>1439</v>
+        <v>1443</v>
       </c>
       <c r="J460" t="s">
         <v>221</v>
       </c>
       <c r="L460" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="461" spans="1:12">
       <c r="A461">
         <v>10992</v>
       </c>
       <c r="B461" t="s">
         <v>222</v>
       </c>
       <c r="C461" t="s">
-        <v>1917</v>
+        <v>1922</v>
       </c>
       <c r="D461" t="s">
         <v>187</v>
       </c>
       <c r="E461" t="s">
         <v>623</v>
       </c>
       <c r="G461" t="s">
-        <v>1918</v>
+        <v>1923</v>
       </c>
       <c r="H461" t="s">
-        <v>1919</v>
+        <v>1924</v>
       </c>
       <c r="K461" t="s">
         <v>44</v>
       </c>
       <c r="L461" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="462" spans="1:12">
       <c r="A462">
         <v>10993</v>
       </c>
       <c r="B462" t="s">
         <v>410</v>
       </c>
       <c r="C462" t="s">
-        <v>1920</v>
+        <v>1925</v>
       </c>
       <c r="D462" t="s">
         <v>342</v>
       </c>
       <c r="E462" t="s">
-        <v>1921</v>
+        <v>1926</v>
       </c>
       <c r="G462" t="s">
-        <v>1922</v>
+        <v>1927</v>
       </c>
       <c r="H462" t="s">
-        <v>1923</v>
+        <v>1928</v>
       </c>
       <c r="I462" t="s">
         <v>18</v>
       </c>
       <c r="J462" t="s">
-        <v>1924</v>
+        <v>1929</v>
       </c>
       <c r="L462" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="463" spans="1:12">
       <c r="A463">
         <v>10994</v>
       </c>
       <c r="B463" t="s">
         <v>593</v>
       </c>
       <c r="C463" t="s">
-        <v>1925</v>
+        <v>1930</v>
       </c>
       <c r="D463" t="s">
         <v>14</v>
       </c>
       <c r="E463" t="s">
         <v>176</v>
       </c>
       <c r="G463" t="s">
-        <v>1926</v>
+        <v>1931</v>
       </c>
       <c r="H463" t="s">
-        <v>1927</v>
+        <v>1932</v>
       </c>
       <c r="K463" t="s">
         <v>44</v>
       </c>
       <c r="L463" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="464" spans="1:12">
       <c r="A464">
         <v>10995</v>
       </c>
       <c r="B464" t="s">
-        <v>1928</v>
+        <v>1933</v>
       </c>
       <c r="C464" t="s">
-        <v>1929</v>
+        <v>1934</v>
       </c>
       <c r="D464" t="s">
         <v>193</v>
       </c>
       <c r="E464" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="G464" t="s">
-        <v>1930</v>
+        <v>1935</v>
       </c>
       <c r="H464" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="I464" t="s">
         <v>18</v>
       </c>
       <c r="J464" t="s">
         <v>19</v>
       </c>
       <c r="L464" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="465" spans="1:12">
       <c r="A465">
         <v>10996</v>
       </c>
       <c r="B465" t="s">
         <v>76</v>
       </c>
       <c r="C465" t="s">
-        <v>1931</v>
+        <v>1936</v>
       </c>
       <c r="D465" t="s">
         <v>161</v>
       </c>
       <c r="E465" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="G465" t="s">
-        <v>1932</v>
+        <v>1937</v>
       </c>
       <c r="H465" t="s">
-        <v>1933</v>
+        <v>1938</v>
       </c>
       <c r="I465" t="s">
-        <v>1934</v>
+        <v>1939</v>
       </c>
       <c r="J465" t="s">
         <v>19</v>
       </c>
       <c r="L465" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="466" spans="1:12">
       <c r="A466">
         <v>10997</v>
       </c>
       <c r="B466" t="s">
         <v>185</v>
       </c>
       <c r="C466" t="s">
-        <v>1935</v>
+        <v>1940</v>
       </c>
       <c r="D466" t="s">
         <v>130</v>
       </c>
       <c r="E466" t="s">
         <v>590</v>
       </c>
       <c r="G466" t="s">
-        <v>1936</v>
+        <v>1941</v>
       </c>
       <c r="H466" t="s">
-        <v>1937</v>
+        <v>1942</v>
       </c>
       <c r="K466" t="s">
         <v>44</v>
       </c>
       <c r="L466" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="467" spans="1:12">
       <c r="A467">
         <v>10998</v>
       </c>
       <c r="B467" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="C467" t="s">
-        <v>1938</v>
+        <v>1943</v>
       </c>
       <c r="D467" t="s">
         <v>187</v>
       </c>
       <c r="E467" t="s">
-        <v>1939</v>
+        <v>1944</v>
       </c>
       <c r="G467" t="s">
-        <v>1940</v>
+        <v>1945</v>
       </c>
       <c r="H467" t="s">
-        <v>1941</v>
+        <v>1946</v>
       </c>
       <c r="K467" t="s">
         <v>44</v>
       </c>
       <c r="L467" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="468" spans="1:12">
       <c r="A468">
         <v>10999</v>
       </c>
       <c r="B468" t="s">
         <v>295</v>
       </c>
       <c r="C468" t="s">
-        <v>1942</v>
+        <v>1947</v>
       </c>
       <c r="D468" t="s">
         <v>287</v>
       </c>
       <c r="E468" t="s">
         <v>632</v>
       </c>
       <c r="G468" t="s">
-        <v>1943</v>
+        <v>1948</v>
       </c>
       <c r="H468" t="s">
-        <v>1944</v>
+        <v>1949</v>
       </c>
       <c r="K468" t="s">
         <v>44</v>
       </c>
       <c r="L468" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="469" spans="1:12">
       <c r="A469">
         <v>11000</v>
       </c>
       <c r="B469" t="s">
-        <v>1945</v>
+        <v>1950</v>
       </c>
       <c r="C469" t="s">
-        <v>1946</v>
+        <v>1951</v>
       </c>
       <c r="D469" t="s">
         <v>161</v>
       </c>
       <c r="E469" t="s">
         <v>563</v>
       </c>
       <c r="G469" t="s">
-        <v>1947</v>
+        <v>1952</v>
       </c>
       <c r="H469" t="s">
-        <v>1948</v>
+        <v>1953</v>
       </c>
       <c r="K469" t="s">
         <v>44</v>
       </c>
       <c r="L469" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="470" spans="1:12">
       <c r="A470">
         <v>11001</v>
       </c>
       <c r="B470" t="s">
         <v>21</v>
       </c>
       <c r="C470" t="s">
-        <v>1949</v>
+        <v>1954</v>
       </c>
       <c r="D470" t="s">
         <v>287</v>
       </c>
       <c r="E470" t="s">
-        <v>1666</v>
+        <v>1670</v>
       </c>
       <c r="G470" t="s">
-        <v>1950</v>
+        <v>1955</v>
       </c>
       <c r="H470" t="s">
-        <v>1951</v>
+        <v>1956</v>
       </c>
       <c r="K470" t="s">
         <v>44</v>
       </c>
       <c r="L470" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="471" spans="1:12">
       <c r="A471">
         <v>11002</v>
       </c>
       <c r="B471" t="s">
-        <v>1952</v>
+        <v>1957</v>
       </c>
       <c r="C471" t="s">
-        <v>1949</v>
+        <v>1954</v>
       </c>
       <c r="D471" t="s">
         <v>130</v>
       </c>
       <c r="E471" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="G471" t="s">
-        <v>1953</v>
+        <v>1958</v>
       </c>
       <c r="H471" t="s">
-        <v>1954</v>
+        <v>1959</v>
       </c>
       <c r="K471" t="s">
         <v>44</v>
       </c>
       <c r="L471" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="472" spans="1:12">
       <c r="A472">
         <v>11003</v>
       </c>
       <c r="B472" t="s">
-        <v>1955</v>
+        <v>1960</v>
       </c>
       <c r="C472" t="s">
-        <v>1956</v>
+        <v>1961</v>
       </c>
       <c r="D472" t="s">
         <v>199</v>
       </c>
       <c r="F472" t="s">
-        <v>1957</v>
+        <v>1962</v>
       </c>
       <c r="G472" t="s">
-        <v>1958</v>
+        <v>1963</v>
       </c>
       <c r="H472" t="s">
-        <v>1959</v>
+        <v>1964</v>
       </c>
       <c r="K472" t="s">
         <v>44</v>
       </c>
       <c r="L472" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="473" spans="1:12">
       <c r="A473">
         <v>11004</v>
       </c>
       <c r="B473" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="C473" t="s">
-        <v>1960</v>
+        <v>1965</v>
       </c>
       <c r="D473" t="s">
         <v>161</v>
       </c>
       <c r="E473" t="s">
         <v>137</v>
       </c>
       <c r="G473" t="s">
-        <v>1961</v>
+        <v>1966</v>
       </c>
       <c r="H473" t="s">
-        <v>1962</v>
+        <v>1967</v>
       </c>
       <c r="I473" t="s">
         <v>140</v>
       </c>
       <c r="J473" t="s">
         <v>141</v>
       </c>
       <c r="L473" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="474" spans="1:12">
       <c r="A474">
         <v>11005</v>
       </c>
       <c r="B474" t="s">
-        <v>1524</v>
+        <v>1528</v>
       </c>
       <c r="C474" t="s">
-        <v>1963</v>
+        <v>1968</v>
       </c>
       <c r="D474" t="s">
-        <v>948</v>
+        <v>822</v>
       </c>
       <c r="E474" t="s">
-        <v>1533</v>
+        <v>1537</v>
       </c>
       <c r="G474" t="s">
-        <v>1964</v>
+        <v>1969</v>
       </c>
       <c r="H474" t="s">
-        <v>1965</v>
+        <v>1970</v>
       </c>
       <c r="K474" t="s">
         <v>44</v>
       </c>
       <c r="L474" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="475" spans="1:12">
       <c r="A475">
         <v>11006</v>
       </c>
       <c r="B475" t="s">
         <v>643</v>
       </c>
       <c r="C475" t="s">
-        <v>1966</v>
+        <v>1971</v>
       </c>
       <c r="D475" t="s">
         <v>161</v>
       </c>
       <c r="E475" t="s">
         <v>563</v>
       </c>
       <c r="G475" t="s">
-        <v>1967</v>
+        <v>1972</v>
       </c>
       <c r="H475" t="s">
-        <v>1968</v>
+        <v>1973</v>
       </c>
       <c r="K475" t="s">
         <v>44</v>
       </c>
       <c r="L475" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="476" spans="1:12">
       <c r="A476">
         <v>11007</v>
       </c>
       <c r="B476" t="s">
-        <v>1969</v>
+        <v>1974</v>
       </c>
       <c r="C476" t="s">
-        <v>1970</v>
+        <v>1975</v>
       </c>
       <c r="D476" t="s">
         <v>287</v>
       </c>
       <c r="E476" t="s">
         <v>112</v>
       </c>
       <c r="G476" t="s">
-        <v>1971</v>
+        <v>1976</v>
       </c>
       <c r="H476" t="s">
-        <v>1972</v>
+        <v>1977</v>
       </c>
       <c r="K476" t="s">
         <v>44</v>
       </c>
       <c r="L476" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="477" spans="1:12">
       <c r="A477">
         <v>11008</v>
       </c>
       <c r="B477" t="s">
         <v>231</v>
       </c>
       <c r="C477" t="s">
-        <v>1973</v>
+        <v>1978</v>
       </c>
       <c r="D477" t="s">
         <v>161</v>
       </c>
       <c r="E477" t="s">
         <v>645</v>
       </c>
       <c r="G477" t="s">
-        <v>1974</v>
+        <v>1979</v>
       </c>
       <c r="H477" t="s">
-        <v>1975</v>
+        <v>1980</v>
       </c>
       <c r="K477" t="s">
         <v>44</v>
       </c>
       <c r="L477" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="478" spans="1:12">
       <c r="A478">
         <v>11009</v>
       </c>
       <c r="B478" t="s">
         <v>436</v>
       </c>
       <c r="C478" t="s">
-        <v>1973</v>
+        <v>1978</v>
       </c>
       <c r="D478" t="s">
         <v>23</v>
       </c>
       <c r="E478" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="G478" t="s">
-        <v>1976</v>
+        <v>1981</v>
       </c>
       <c r="H478" t="s">
-        <v>1977</v>
+        <v>1982</v>
       </c>
       <c r="I478" t="s">
         <v>18</v>
       </c>
       <c r="J478" t="s">
         <v>19</v>
       </c>
       <c r="L478" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="479" spans="1:12">
       <c r="A479">
         <v>11010</v>
       </c>
       <c r="B479" t="s">
         <v>436</v>
       </c>
       <c r="C479" t="s">
-        <v>1978</v>
+        <v>1983</v>
       </c>
       <c r="D479" t="s">
         <v>287</v>
       </c>
       <c r="E479" t="s">
         <v>112</v>
       </c>
       <c r="G479" t="s">
-        <v>1979</v>
+        <v>1984</v>
       </c>
       <c r="H479" t="s">
-        <v>1980</v>
+        <v>1985</v>
       </c>
       <c r="K479" t="s">
         <v>44</v>
       </c>
       <c r="L479" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="480" spans="1:12">
       <c r="A480">
         <v>11011</v>
       </c>
       <c r="B480" t="s">
-        <v>1981</v>
+        <v>1986</v>
       </c>
       <c r="C480" t="s">
-        <v>1982</v>
+        <v>1987</v>
       </c>
       <c r="D480" t="s">
         <v>14</v>
       </c>
       <c r="E480" t="s">
         <v>167</v>
       </c>
       <c r="G480" t="s">
-        <v>1983</v>
+        <v>1988</v>
       </c>
       <c r="H480" t="s">
-        <v>1984</v>
+        <v>1989</v>
       </c>
       <c r="I480" t="s">
         <v>505</v>
       </c>
       <c r="J480" t="s">
         <v>19</v>
       </c>
       <c r="L480" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="481" spans="1:12">
       <c r="A481">
         <v>11012</v>
       </c>
       <c r="B481" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="C481" t="s">
-        <v>1985</v>
+        <v>1990</v>
       </c>
       <c r="D481" t="s">
-        <v>948</v>
+        <v>822</v>
       </c>
       <c r="E481" t="s">
-        <v>1857</v>
+        <v>1862</v>
       </c>
       <c r="G481" t="s">
-        <v>1986</v>
+        <v>1991</v>
       </c>
       <c r="H481" t="s">
-        <v>1987</v>
+        <v>1992</v>
       </c>
       <c r="K481" t="s">
         <v>44</v>
       </c>
       <c r="L481" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="482" spans="1:12">
       <c r="A482">
         <v>11013</v>
       </c>
       <c r="B482" t="s">
-        <v>1988</v>
+        <v>1993</v>
       </c>
       <c r="C482" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="D482" t="s">
         <v>72</v>
       </c>
       <c r="E482" t="s">
         <v>73</v>
       </c>
       <c r="G482" t="s">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="H482" t="s">
-        <v>1991</v>
+        <v>1996</v>
       </c>
       <c r="K482" t="s">
         <v>44</v>
       </c>
       <c r="L482" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="483" spans="1:12">
       <c r="A483">
         <v>11014</v>
       </c>
       <c r="B483" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="C483" t="s">
-        <v>1992</v>
+        <v>1997</v>
       </c>
       <c r="D483" t="s">
         <v>417</v>
       </c>
       <c r="E483" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="G483" t="s">
-        <v>1993</v>
+        <v>1998</v>
       </c>
       <c r="H483" t="s">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="K483" t="s">
         <v>44</v>
       </c>
       <c r="L483" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="484" spans="1:12">
       <c r="A484">
         <v>11015</v>
       </c>
       <c r="B484" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="C484" t="s">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="D484" t="s">
         <v>161</v>
       </c>
       <c r="E484" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="G484" t="s">
-        <v>1996</v>
+        <v>2001</v>
       </c>
       <c r="H484" t="s">
-        <v>1997</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>2002</v>
+      </c>
+      <c r="I484" t="s">
+        <v>934</v>
+      </c>
+      <c r="J484" t="s">
+        <v>1192</v>
       </c>
       <c r="L484" t="s">
-        <v>1311</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="485" spans="1:12">
       <c r="A485">
         <v>11016</v>
       </c>
       <c r="B485" t="s">
-        <v>1998</v>
+        <v>2003</v>
       </c>
       <c r="C485" t="s">
-        <v>1999</v>
+        <v>2004</v>
       </c>
       <c r="D485" t="s">
         <v>130</v>
       </c>
       <c r="E485" t="s">
         <v>590</v>
       </c>
       <c r="G485" t="s">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="H485" t="s">
-        <v>2001</v>
+        <v>2006</v>
       </c>
       <c r="K485" t="s">
         <v>44</v>
       </c>
       <c r="L485" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="486" spans="1:12">
       <c r="A486">
         <v>11017</v>
       </c>
       <c r="B486" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
       <c r="C486" t="s">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="D486" t="s">
         <v>14</v>
       </c>
       <c r="E486" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="G486" t="s">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="H486" t="s">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="I486" t="s">
         <v>18</v>
       </c>
       <c r="J486" t="s">
         <v>19</v>
       </c>
       <c r="L486" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="487" spans="1:12">
       <c r="A487">
         <v>11018</v>
       </c>
       <c r="B487" t="s">
         <v>41</v>
       </c>
       <c r="C487" t="s">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="D487" t="s">
         <v>342</v>
       </c>
       <c r="E487" t="s">
-        <v>1424</v>
+        <v>1428</v>
       </c>
       <c r="G487" t="s">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="H487" t="s">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="K487" t="s">
         <v>44</v>
       </c>
       <c r="L487" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="488" spans="1:12">
       <c r="A488">
         <v>11019</v>
       </c>
       <c r="B488" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="C488" t="s">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="D488" t="s">
         <v>161</v>
       </c>
       <c r="E488" t="s">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="F488" t="s">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="G488" t="s">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="H488" t="s">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="K488" t="s">
         <v>44</v>
       </c>
       <c r="L488" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="489" spans="1:12">
       <c r="A489">
         <v>11020</v>
       </c>
       <c r="B489" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="C489" t="s">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="D489" t="s">
         <v>23</v>
       </c>
       <c r="E489" t="s">
         <v>181</v>
       </c>
       <c r="F489" t="s">
         <v>217</v>
       </c>
       <c r="G489" t="s">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="H489" t="s">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="K489" t="s">
         <v>44</v>
       </c>
       <c r="L489" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="490" spans="1:12">
       <c r="A490">
         <v>11021</v>
       </c>
       <c r="B490" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="C490" t="s">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="D490" t="s">
         <v>442</v>
       </c>
       <c r="E490" t="s">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="G490" t="s">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="H490" t="s">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="K490" t="s">
         <v>44</v>
       </c>
       <c r="L490" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="491" spans="1:12">
       <c r="A491">
         <v>11022</v>
       </c>
       <c r="B491" t="s">
         <v>313</v>
       </c>
       <c r="C491" t="s">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="D491" t="s">
         <v>199</v>
       </c>
       <c r="E491" t="s">
         <v>412</v>
       </c>
       <c r="G491" t="s">
-        <v>2021</v>
+        <v>2026</v>
       </c>
       <c r="H491" t="s">
-        <v>2022</v>
+        <v>2027</v>
       </c>
       <c r="I491" t="s">
         <v>18</v>
       </c>
       <c r="J491" t="s">
         <v>19</v>
       </c>
       <c r="L491" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="492" spans="1:12">
       <c r="A492">
         <v>11023</v>
       </c>
       <c r="B492" t="s">
         <v>415</v>
       </c>
       <c r="C492" t="s">
-        <v>2023</v>
+        <v>2028</v>
       </c>
       <c r="D492" t="s">
         <v>199</v>
       </c>
       <c r="E492" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
       <c r="G492" t="s">
-        <v>2024</v>
+        <v>2029</v>
       </c>
       <c r="H492" t="s">
-        <v>2025</v>
+        <v>2030</v>
       </c>
       <c r="K492" t="s">
         <v>44</v>
       </c>
       <c r="L492" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="493" spans="1:12">
       <c r="A493">
         <v>11024</v>
       </c>
       <c r="B493" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
       <c r="C493" t="s">
-        <v>2026</v>
+        <v>2031</v>
       </c>
       <c r="D493" t="s">
         <v>193</v>
       </c>
       <c r="E493" t="s">
         <v>52</v>
       </c>
       <c r="G493" t="s">
-        <v>2027</v>
+        <v>2032</v>
       </c>
       <c r="H493" t="s">
-        <v>2028</v>
+        <v>2033</v>
       </c>
       <c r="K493" t="s">
         <v>44</v>
       </c>
       <c r="L493" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="494" spans="1:12">
       <c r="A494">
         <v>11025</v>
       </c>
       <c r="B494" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="C494" t="s">
-        <v>2029</v>
+        <v>2034</v>
       </c>
       <c r="D494" t="s">
         <v>130</v>
       </c>
       <c r="E494" t="s">
         <v>257</v>
       </c>
       <c r="G494" t="s">
-        <v>2030</v>
+        <v>2035</v>
       </c>
       <c r="H494" t="s">
-        <v>2031</v>
+        <v>2036</v>
       </c>
       <c r="K494" t="s">
         <v>44</v>
       </c>
       <c r="L494" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="495" spans="1:12">
       <c r="A495">
         <v>11026</v>
       </c>
       <c r="B495" t="s">
-        <v>2032</v>
+        <v>2037</v>
       </c>
       <c r="C495" t="s">
-        <v>2033</v>
+        <v>2038</v>
       </c>
       <c r="D495" t="s">
         <v>210</v>
       </c>
       <c r="E495" t="s">
-        <v>1414</v>
+        <v>1418</v>
       </c>
       <c r="G495" t="s">
-        <v>2034</v>
+        <v>2039</v>
       </c>
       <c r="H495" t="s">
-        <v>2035</v>
+        <v>2040</v>
       </c>
       <c r="K495" t="s">
         <v>44</v>
       </c>
       <c r="L495" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="496" spans="1:12">
       <c r="A496">
         <v>11028</v>
       </c>
       <c r="B496" t="s">
         <v>334</v>
       </c>
       <c r="C496" t="s">
-        <v>2036</v>
+        <v>2041</v>
       </c>
       <c r="D496" t="s">
-        <v>2037</v>
+        <v>2042</v>
       </c>
       <c r="E496" t="s">
-        <v>2038</v>
+        <v>2043</v>
       </c>
       <c r="H496" t="s">
-        <v>2039</v>
+        <v>2044</v>
       </c>
       <c r="I496" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="J496" t="s">
         <v>19</v>
       </c>
       <c r="L496" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
     </row>
     <row r="497" spans="1:12">
       <c r="A497">
         <v>11071</v>
       </c>
       <c r="B497" t="s">
-        <v>2040</v>
+        <v>2045</v>
       </c>
       <c r="C497" t="s">
-        <v>2041</v>
+        <v>2046</v>
       </c>
       <c r="D497" t="s">
-        <v>2042</v>
+        <v>2047</v>
       </c>
       <c r="G497" t="s">
-        <v>2043</v>
+        <v>2048</v>
       </c>
       <c r="H497" t="s">
-        <v>2044</v>
+        <v>2049</v>
       </c>
       <c r="I497" t="s">
         <v>220</v>
       </c>
       <c r="J497" t="s">
         <v>358</v>
       </c>
       <c r="L497" t="s">
-        <v>2045</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="498" spans="1:12">
       <c r="A498">
         <v>11072</v>
       </c>
       <c r="B498" t="s">
-        <v>1556</v>
+        <v>1560</v>
       </c>
       <c r="C498" t="s">
-        <v>2046</v>
+        <v>2051</v>
       </c>
       <c r="D498" t="s">
         <v>199</v>
       </c>
       <c r="E498" t="s">
         <v>112</v>
       </c>
       <c r="G498" t="s">
-        <v>2047</v>
+        <v>2052</v>
       </c>
       <c r="H498" t="s">
-        <v>2048</v>
+        <v>2053</v>
       </c>
       <c r="I498" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="J498" t="s">
         <v>19</v>
       </c>
       <c r="L498" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="499" spans="1:12">
       <c r="A499">
         <v>11098</v>
       </c>
       <c r="B499" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C499" t="s">
-        <v>2049</v>
+        <v>2054</v>
       </c>
       <c r="D499" t="s">
         <v>187</v>
       </c>
       <c r="E499" t="s">
         <v>188</v>
       </c>
       <c r="G499" t="s">
-        <v>2050</v>
+        <v>2055</v>
       </c>
       <c r="H499" t="s">
-        <v>2051</v>
+        <v>2056</v>
       </c>
       <c r="I499" t="s">
         <v>18</v>
       </c>
       <c r="J499" t="s">
         <v>19</v>
       </c>
       <c r="L499" t="s">
-        <v>823</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="500" spans="1:12">
       <c r="A500">
         <v>11136</v>
       </c>
       <c r="B500" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C500" t="s">
-        <v>2052</v>
+        <v>2057</v>
       </c>
       <c r="D500" t="s">
         <v>199</v>
       </c>
       <c r="E500" t="s">
         <v>282</v>
       </c>
       <c r="G500" t="s">
-        <v>2053</v>
+        <v>2058</v>
       </c>
       <c r="H500" t="s">
-        <v>2054</v>
+        <v>2059</v>
       </c>
       <c r="I500" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="J500" t="s">
         <v>19</v>
       </c>
       <c r="L500" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="501" spans="1:12">
       <c r="A501">
         <v>11158</v>
       </c>
       <c r="B501" t="s">
         <v>305</v>
       </c>
       <c r="C501" t="s">
-        <v>2055</v>
+        <v>2060</v>
       </c>
       <c r="D501" t="s">
         <v>130</v>
       </c>
       <c r="E501" t="s">
         <v>257</v>
       </c>
       <c r="G501" t="s">
-        <v>2056</v>
+        <v>2061</v>
       </c>
       <c r="H501" t="s">
-        <v>2057</v>
+        <v>2062</v>
       </c>
       <c r="I501" t="s">
         <v>115</v>
       </c>
       <c r="J501" t="s">
         <v>19</v>
       </c>
       <c r="L501" t="s">
-        <v>2058</v>
+        <v>2063</v>
+      </c>
+    </row>
+    <row r="502" spans="1:12">
+      <c r="A502">
+        <v>11521</v>
+      </c>
+      <c r="B502" t="s">
+        <v>532</v>
+      </c>
+      <c r="C502" t="s">
+        <v>2064</v>
+      </c>
+      <c r="D502" t="s">
+        <v>417</v>
+      </c>
+      <c r="E502" t="s">
+        <v>79</v>
+      </c>
+      <c r="H502" t="s">
+        <v>2065</v>
+      </c>
+      <c r="I502" t="s">
+        <v>753</v>
+      </c>
+      <c r="J502" t="s">
+        <v>19</v>
+      </c>
+      <c r="L502" t="s">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="503" spans="1:12">
+      <c r="A503">
+        <v>11522</v>
+      </c>
+      <c r="B503" t="s">
+        <v>410</v>
+      </c>
+      <c r="C503" t="s">
+        <v>2067</v>
+      </c>
+      <c r="D503" t="s">
+        <v>417</v>
+      </c>
+      <c r="E503" t="s">
+        <v>79</v>
+      </c>
+      <c r="H503" t="s">
+        <v>2068</v>
+      </c>
+      <c r="I503" t="s">
+        <v>753</v>
+      </c>
+      <c r="J503" t="s">
+        <v>19</v>
+      </c>
+      <c r="L503" t="s">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="504" spans="1:12">
+      <c r="A504">
+        <v>11523</v>
+      </c>
+      <c r="B504" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C504" t="s">
+        <v>2069</v>
+      </c>
+      <c r="D504" t="s">
+        <v>417</v>
+      </c>
+      <c r="E504" t="s">
+        <v>112</v>
+      </c>
+      <c r="G504" t="s">
+        <v>2070</v>
+      </c>
+      <c r="H504" t="s">
+        <v>2071</v>
+      </c>
+      <c r="I504" t="s">
+        <v>2072</v>
+      </c>
+      <c r="J504" t="s">
+        <v>19</v>
+      </c>
+      <c r="L504" t="s">
+        <v>2073</v>
+      </c>
+    </row>
+    <row r="505" spans="1:12">
+      <c r="A505">
+        <v>11630</v>
+      </c>
+      <c r="B505" t="s">
+        <v>76</v>
+      </c>
+      <c r="C505" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D505" t="s">
+        <v>161</v>
+      </c>
+      <c r="E505" t="s">
+        <v>931</v>
+      </c>
+      <c r="H505" t="s">
+        <v>2075</v>
+      </c>
+      <c r="I505" t="s">
+        <v>1567</v>
+      </c>
+      <c r="J505" t="s">
+        <v>19</v>
+      </c>
+      <c r="L505" t="s">
+        <v>935</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>