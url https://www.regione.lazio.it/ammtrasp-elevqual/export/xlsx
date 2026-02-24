--- v1 (2025-12-26)
+++ v2 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2076">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2215">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Cognome</t>
   </si>
   <si>
     <t>Direzione</t>
   </si>
   <si>
     <t>Area</t>
   </si>
   <si>
     <t>Ufficio</t>
   </si>
   <si>
     <t>CV (File URL)</t>
   </si>
   <si>
     <t>Oggetto Incarico</t>
   </si>
   <si>
@@ -1272,55 +1272,60 @@
 </t>
   </si>
   <si>
     <t xml:space="preserve">MASCIULLI </t>
   </si>
   <si>
     <t>AREA INTEGRAZIONE</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/MASCIULLI_TIZIANA_CV_05092024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Interventi per la cittadinanza attiva degli immigrati e degli emigrati
 </t>
   </si>
   <si>
     <t>GIOVANNI</t>
   </si>
   <si>
     <t>MASELLI</t>
   </si>
   <si>
     <t>AREA DECENTRATA AGRICOLTURA DI LATINA</t>
   </si>
   <si>
-    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/MASELLI_GIOVANNI_CV_16122024.pdf</t>
-[...3 lines deleted...]
-</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/MASELLI_GIOVANNI_CV_18022026.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Sostegno agli investimenti nelle aziende agricole. Sviluppo del settore della pesca e dell'acquacoltura. Attività venatoria. Foreste</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
   </si>
   <si>
     <t>ANTONIO</t>
   </si>
   <si>
     <t xml:space="preserve">MASSARO </t>
   </si>
   <si>
     <t>DIREZIONE REGIONALE ISTRUZIONE, FORMAZIONE E POLITICHE PER L’OCCUPAZIONE</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/MASSARO_ANTONIO_CV_05082024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Attività del Centro per l'Impiego di Cassino
 </t>
   </si>
   <si>
     <t>ANNAMARIA</t>
   </si>
   <si>
     <t xml:space="preserve">MASSI </t>
   </si>
   <si>
     <t>AREA AFFARI GENERALI, ANTIRICICLAGGIO E RAPPORTI CON UIF</t>
@@ -1429,94 +1434,106 @@
 </t>
   </si>
   <si>
     <t>CARLO MATTEO</t>
   </si>
   <si>
     <t xml:space="preserve">MAZZUCCHI </t>
   </si>
   <si>
     <t xml:space="preserve">AREA COMMERCIO E ARTIGIANATO </t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/MAZZUCCHI_CARLO_2024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Attuazione normativa SUAP, Rapporti istituzionali con il sistema camerale e con le società partecipate
 </t>
   </si>
   <si>
     <t>CAMUTO</t>
   </si>
   <si>
     <t xml:space="preserve">DIREZIONE REGIONALE PERSONALE, ENTI LOCALI E SICUREZZA	</t>
   </si>
   <si>
-    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/CAMUTO_DANIELA_CV_2024.pdf</t>
-[...2 lines deleted...]
-    <t>Elevata Qualificazione di I fascia: Procedimenti disciplinari e cautelari, responsabilità dirigenziale</t>
+    <t>AREA TRATTAMENTO GIURIDICO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/CAMUTO_DANIELA_CV_2026.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Pianificazione del fabbisogno di personale - Gestione degli incarichi di collaborazione delle strutture amministrative</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
   </si>
   <si>
     <t xml:space="preserve">MECONI </t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/MECONI_ANDREA_CV_03022025.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata qualificazione di II^ fascia: Organizzazione e bilancio
 </t>
   </si>
   <si>
     <t xml:space="preserve">MENICUCCI </t>
   </si>
   <si>
     <t xml:space="preserve">AREA AFFARI GENERALI, GIURIDICI E LEGALI. ZONA LOGISTICA SEMPLIFICATA. VALUTAZIONE STRATEGICA DEGLI INVESTIMENTI </t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/MENICUCCI_FRANCESCA_CV_30082024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Trasparenza, prevenzione della corruzione, privacy, attività amministrativa NUVV e attuazione dei programmi di investimento sub regionali
 </t>
   </si>
   <si>
     <t>MARCO ERNST PAOLO</t>
   </si>
   <si>
     <t>CAO</t>
   </si>
   <si>
-    <t>AREA PIANIFICAZIONE, GARE PER ENTI DEL SSR E ACQUISTI ICT</t>
+    <t>AREA PIANIFICAZIONE E GARE PER ENTI DEL SSR</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/CAO_MARCO_ERNST_PAOLO_CV_25102024.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II^ fascia: Procedure di acquisto in ambito ICT.</t>
   </si>
   <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
     <t>GEMMA</t>
   </si>
   <si>
     <t xml:space="preserve">MERIANO </t>
   </si>
   <si>
     <t xml:space="preserve">AREA PARERI GEOLOGICI E SISMICI, SUOLO E INVASI </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIZIO GEOLOGICO E SISMICO REGIONALE </t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Meriano_Gemma_CV_09092025.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Attuazione e verifica di piani e programmi di difesa del suolo
 </t>
   </si>
   <si>
     <t>MARIA GRAZIA</t>
   </si>
   <si>
     <t>CAPACI</t>
   </si>
   <si>
@@ -1532,50 +1549,53 @@
     <t xml:space="preserve">MERLETTI </t>
   </si>
   <si>
     <t xml:space="preserve">AREA URBANISTICA, COPIANIFICAZIONE E PROGRAMMAZIONE NEGOZIATA: ROMA CAPITALE E CITTA' METROPOLITANA DI ROMA CAPITALE </t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/MERLETTI_FEDERICA_CV_18092024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Pianificazione Territoriale e Copianificazione Comunale e da conformare al PTPR approvato e Progetti di investimento del PNRR – Attività tecnico amministrative
 </t>
   </si>
   <si>
     <t>CIRO</t>
   </si>
   <si>
     <t>CAPASSO</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/CAPASSO_CIRO_CV_03092024.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II^ fascia: Anagrafe delle prestazioni e incarichi extra-istituzionali</t>
   </si>
   <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
     <t>DOMENICO</t>
   </si>
   <si>
     <t xml:space="preserve">MESSINA </t>
   </si>
   <si>
     <t xml:space="preserve">AREA URBANISTICA, COPIANIFICAZIONE E PROGRAMMAZIONE NEGOZIATA: PROVINCE LAZIALI </t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/MESSINA_DOMENICO_CV_02042025.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di I^ fascia: "Pianificazione, urbanistica, paesaggistica e di settore delle Province laziali"
 </t>
   </si>
   <si>
     <t>MARILENA</t>
   </si>
   <si>
     <t>CAPEZZONI</t>
   </si>
   <si>
     <t>AREA SUPPORTO AUDIT FSE</t>
   </si>
   <si>
@@ -2139,59 +2159,59 @@
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Catalano_Giacomo_CV_2025.pdf</t>
   </si>
   <si>
     <t>Elevata qualificazione di I^ fascia: Coordinamento delle attività del Servizio geologico e sismico regionale</t>
   </si>
   <si>
     <t>CATINO</t>
   </si>
   <si>
     <t>AREA POLITICHE GIOVANILI</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/CATINO_ANGELA_CV_26092024.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II fascia: Attuazione degli interventi a favore dei giovani</t>
   </si>
   <si>
     <t>MARINA</t>
   </si>
   <si>
     <t>DE MAJO</t>
   </si>
   <si>
-    <t>AREA TRATTAMENTO GIURIDICO</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DE_MAJO_MARINA_CV_22072024.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione  di II^ fascia: Gestione delle assunzioni di natura fiduciaria a tempo determinato</t>
   </si>
   <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
     <t>CECCACCI</t>
   </si>
   <si>
     <t xml:space="preserve">DIREZIONE REGIONALE EMERGENZA, PROTEZIONE CIVILE E NUE 112	</t>
   </si>
   <si>
     <t xml:space="preserve">AREA AFFARI GENERALI E BILANCIO	</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/CECCACCI_PAOLA_CV_10012025.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di I^ fascia: Supporto amministrativo - contabile alle CUR Roma e CUR Lazio e gestione delle risorse del «Fondo Unico a Sostegno dell'operatività del Numero Unico Europeo 112</t>
   </si>
   <si>
     <t>CECCARELLI</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/CECCARELLI_PAOLA_CV_2024.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II^ fascia: Gestione istanze autotutela, coordinamento in materia di rimborsi dal pagamento della tassa auto, Gestione delle procedure relative alle rilevazioni coges/accesso agli atti/ticket urp, gestione contenzioso</t>
   </si>
   <si>
     <t>GRAZIA MARIA RITA</t>
@@ -2485,249 +2505,255 @@
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/CUBEDDU_LAURA_CV_092024.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di I^ fascia: Attività di programmazione e gestione finanziaria-amministrativa della Direzione</t>
   </si>
   <si>
     <t>CUDINI</t>
   </si>
   <si>
     <t>UFFICIO DI STAFF DEL DIRETTORE COORDINAMENTO URBANISTICO E CONFERENZE DI SERVIZI</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/CUDINI_ALESSANDRA_CV_092024.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di I^ fascia: "Conferenze dei Servizi paesaggistiche e coordinamento tecnico amministrativo"</t>
   </si>
   <si>
     <t>CRISTINA</t>
   </si>
   <si>
     <t>CULIANI</t>
   </si>
   <si>
+    <t>DIREZIONE REGIONALE TRASPORTI, MOBILITA’, TUTELA DEL TERRITORIO E AUTORITA’ IDRAULICA, DEMANIO E PATRIMONIO</t>
+  </si>
+  <si>
+    <t>AREA PIANIFICAZIONE E ATTUAZIONE INTERVENTI A DIFESA DELLA COSTA</t>
+  </si>
+  <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/CULIANI-CRISTINA-CV-04112025.pdf</t>
   </si>
   <si>
-    <t>Elevata Qualificazione di II fascia: Efficientamento energetico e attrazione investimenti produttivi rilevanti</t>
+    <t>Elevata Qualificazione di I^ fascia: Gestione procedure autorizzative inerenti la difesa della costa</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>SIMONE</t>
+  </si>
+  <si>
+    <t>CULLARI</t>
+  </si>
+  <si>
+    <t>AREA AFFARI GENERALI E SUPPORTO AL COMITATO LL.PP.</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/CULLARI_SIMONE_CV_18102024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I fascia: Attività amministrativa, contabile - finanziaria e di contenzioso</t>
+  </si>
+  <si>
+    <t>D'ACHILLE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/D_ACHILLE_FRANCESCA_CV_07112024.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Coordinamento per le procedure di valorizzazione del patrimonio fondiario regionale e gestione del contenzioso riguardante gli immobili di proprietà regionale in rapporto con l'Avvocatura </t>
+  </si>
+  <si>
+    <t>D'ALO'</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II fascia: Attuazione delle disposizioni in materia di trasparenza ed accesso civico</t>
+  </si>
+  <si>
+    <t>D'AMATA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/D_AMATA_CARLO_CV_29092025.pdf</t>
+  </si>
+  <si>
+    <t>D'AMBROSIO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/D-AMBROSIO-MARIA-ROSARIA-CV-07112025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Beni immobili: gestione ordinaria, censimento e libro inventario. Procedure di concessione a canone ricognitorio. Gestione beni sequestrati e confiscati alla criminalità
+</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>PAOLO</t>
+  </si>
+  <si>
+    <t>DAMIANI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIREZIONE REGIONALE TRASPORTI, MOBILITA', TUTELA DEL TERRITORIO E AUTORITA' IDRAULICA, DEMANIO E PATRIMONIO	</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DAMIANI_PAOLO_CV_22102024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Controllo delle attività contabili e amministrative dell'area</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DAMIANI_VALERIA_CV_102024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Attività connesse all'esercizio dei diritti del socio nelle società controllate e partecipate</t>
+  </si>
+  <si>
+    <t>D'AMICO</t>
+  </si>
+  <si>
+    <t>AREA GESTIONE TECNICO MANUTENTIVA DEI BENI PATRIMONIALI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/D_AMICO_MARIA_LUISA_CV_05112024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Affidamento, gestione, monitoraggio e coordinamento dei servizi e lavori di manutenzione ordinaria e straordinaria dei beni di proprietà o in uso della Regione Lazio</t>
+  </si>
+  <si>
+    <t>ANGELO</t>
+  </si>
+  <si>
+    <t>D'ANGELO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AREA GENIO CIVILE LAZIO SUD	</t>
+  </si>
+  <si>
+    <t>SERVIZIO SERVIZIO GENIO CIVILE DI LATINA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/D_ANGELO_ANGELO_CV_12092025.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Verifiche e adempimenti in materia di autorizzazioni sismiche, emergenze sismiche e di pronto intervento</t>
+  </si>
+  <si>
+    <t>AREA ATTUAZIONE DELLE POLITICHE PER IL RAFFORZAMENTO AMMINISTRATIVO - RELAZIONI SINDACALI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/D_Angelo_Anna_CV_08082024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Supporto tecnico-amministrativo - relazioni sindacali</t>
+  </si>
+  <si>
+    <t>ALMA</t>
+  </si>
+  <si>
+    <t>D'ASTOLFO</t>
+  </si>
+  <si>
+    <t>UFFICIO DATORE DI LAVORO, PREVENZIONE E PROTEZIONE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/D_ASTOLFO_ALMA_CV_27112024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Responsabile del servizio di prevenzione e protezione</t>
+  </si>
+  <si>
+    <t>PATRIZOA</t>
+  </si>
+  <si>
+    <t>D'ATRIA</t>
+  </si>
+  <si>
+    <t>UFFICIO DI STAFF SUPPORTO ALLA CONFERENZA, RAPPORTI CON LA CORTE DEI CONTI E CON I REVISORI DEI CONTI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/D_ATRIA_PATRIZIA_CV_2024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Supporto ai lavori della Conferenza delle regioni e alle interlocuzioni con la Corte dei Conti e con il Collegio dei Revisori dei Conti</t>
+  </si>
+  <si>
+    <t>DAVI'</t>
+  </si>
+  <si>
+    <t>AREA SISTEMA INTEGRATO DEI SERVIZI SOCIALI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DAVI_MASSIMILIANO_CV_11092024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Programmazione finanziaria degli interventi e dei servizi del sistema integrato sociale</t>
+  </si>
+  <si>
+    <t>CINZIA</t>
+  </si>
+  <si>
+    <t>DE ANGELIS</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DE_ANGELIS_CINZIA_CV_09082024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Politiche per l'Inserimento Lavorativo dei Disabili nell'ambito territoriale della Provincia di Latina e Provincia di Frosinone</t>
+  </si>
+  <si>
+    <t>FEDERICO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DE_ANGELIS_FEDERICO_CV_04112024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Gestione procedure amministrative di valorizzazione del patrimonio regionale e gestione logistica sedi istituzionali</t>
+  </si>
+  <si>
+    <t>GENEROSO</t>
+  </si>
+  <si>
+    <t>AREA AMMODERNAMENTO DELLE IMPRESE AGRICOLE ED AGRO-INDUSTRIALI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DE_ANGELIS_GENEROSO_CV_01072024.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Interventi Settoriali Piano strategico della PAC (PSP) Settori apicoltura, patate, olio d'oliva e olive da tavola</t>
+  </si>
+  <si>
+    <t>12/06/0204</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
-    <t>SIMONE</t>
-[...188 lines deleted...]
-  <si>
     <t>FABRIZIO</t>
   </si>
   <si>
     <t>DE BENEDETTI</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DE_BENEDETTI_FABRIZIO_CV_04102024.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II^ fascia: Gestione dei servizi di trasloco e facchinaggio degli uffici regionali. Gestione magazzini e distribuzione cancelleria. Funzione di Consegnatario dei beni mobili e inventario dei beni mobili di cui al Reg. reg. 1/2002 e s.m.i. Commissione Fuori Uso e dismissione beni mobili</t>
   </si>
   <si>
     <t>DE BONIS</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/De_Bonis_Cinzia_CV_2024.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di I^ fascia: Gestione del Contenzioso Tassa Automobilistica/Tributi regionali e Recupero Crediti Regionali. Coordinamento attività e coordinamento del personale dell'Area</t>
   </si>
   <si>
     <t>DE CICCO</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DE_CICCO_ANTONELLA_CV_092024.pdf</t>
@@ -3462,55 +3488,61 @@
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PAOLUZI_MASSIMO_CV_07112024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Supporto alle attività tecniche della Direzione
 </t>
   </si>
   <si>
     <t>CELINA</t>
   </si>
   <si>
     <t>DI MARCO</t>
   </si>
   <si>
     <t>AREA VALORIZZAZIONE DEL PATRIMONIO CULTURALE E PROGRAMMAZIONE</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DI_MARCO_CELINA_CV_2025.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II^ fascia: Valorizzazione dei luoghi della cultura e dei piccoli Comuni</t>
   </si>
   <si>
     <t>PARAMUCCHI</t>
   </si>
   <si>
-    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PARAMUCCHI_FABRIZIO_CV_03092024.pdf</t>
-[...3 lines deleted...]
-</t>
+    <t>SILD ROMA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/PARAMUCCHI_FABRIZIO_CV_06022026.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Coordinamento delle politiche per l'Inserimento Lavorativo dei Disabili nell'ambito territoriale della Città Metropolitana di Roma Capitale
+</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
   </si>
   <si>
     <t>MARIA DONATA</t>
   </si>
   <si>
     <t>DI PIERRO</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/DI_PIERRO_MARIA_DONATA_CV_28092025.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di I^ fascia: Programmazione e attuazione delle misure per il Commercio, Tutela e valorizzazione delle Botteghe Storiche</t>
   </si>
   <si>
     <t>EMANUELA</t>
   </si>
   <si>
     <t>PARIBONI</t>
   </si>
   <si>
     <t>AREA PREDISPOSIZIONE DEGLI INTERVENTI E COMUNICAZIONE</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/PARIBONI_EMANUELA_CV_20082024.pdf</t>
   </si>
@@ -4189,50 +4221,53 @@
   <si>
     <t>AREA GESTIONE TRASPORTO MARITTIMO E AEREO. IMPIANTI FISSI. LOGISTICA. INTERPORTI. PARCHEGGI E NODI DI SCAMBIO</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FLAMINI_FRANCO_CV_18092024.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II^ fascia: Parcheggi, logistica e impianti per la pratica dello sci</t>
   </si>
   <si>
     <t>AMBRA</t>
   </si>
   <si>
     <t>FORCONI</t>
   </si>
   <si>
     <t>AREA COORDINAMENTO AUTORIZZAZIONI, PNRR E SUPPORTO INVESTIMENTI</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Forconi_Ambra_CV_17092025.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione I fascia: Conferenze per la ricostruzione post sisma e raccordo con le procedure ambientali e urbanistiche</t>
   </si>
   <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
     <t>SANDRA</t>
   </si>
   <si>
     <t>FORTINI</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FORTINI_SANDRA_CV_2025.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Siti contaminati	</t>
   </si>
   <si>
     <t>27/01/2025</t>
   </si>
   <si>
     <t>26/01/2028</t>
   </si>
   <si>
     <t>FOSCHI</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FOSCHI_CLAUDIA_CV_01082024.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II^ fascia: Misure di politiche attive di contrasto alla povertà</t>
@@ -5021,50 +5056,53 @@
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/JORI_PAOLO_CV_01092025.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II^ fascia: Supporto ed assistenza giuridico legale</t>
   </si>
   <si>
     <t>RANDO'</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/RANDO_MARIA_CV_01072025.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Programmazione e gestione delle procedure di gara per i lavori pubblici
 </t>
   </si>
   <si>
     <t>15/06/2027</t>
   </si>
   <si>
     <t>RASTELLI</t>
   </si>
   <si>
     <t>AREA STUDI INNOVAZIONE E STATISTICA DEL SETTORE TURISTICO</t>
   </si>
   <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/RASTELLI-ANGELA-CV-30092025.pdf</t>
+  </si>
+  <si>
     <t xml:space="preserve">Elevata Qualificazione di II fascia: Studi, innovazione e statistica del settore turistico
 </t>
   </si>
   <si>
     <t>RAUCEA</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/RAUCEA_SALVATORE_CV_06092024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Sostegno a investimenti a favore della trasformazione e commercializzazione e/o dello sviluppo dei prodotti agricoli, Zootecnia e investimenti Consorzi di bonifica
 </t>
   </si>
   <si>
     <t>WALTER</t>
   </si>
   <si>
     <t>REALI</t>
   </si>
   <si>
     <t xml:space="preserve">AREA GENIO CIVILE LAZIO SUD </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIZIO GENIO CIVILE DI FROSINONE </t>
   </si>
@@ -5341,53 +5379,50 @@
   <si>
     <t>Posizione Elevata Qualificazione di II^ Fascia: Verifiche e adempimenti in materia di autorizzazioni sismiche e atti successivi</t>
   </si>
   <si>
     <t>LIBERATI</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LIBERATI_ALESSANDRO_CV_092024.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II^ fascia: Valorizzazione delle Dimore e giardini storici e Siti UNESCO</t>
   </si>
   <si>
     <t>ELEONORA</t>
   </si>
   <si>
     <t>LO CASCIO</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LO_CASCIO_ELEONORA_CV_11092024.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II^ fascia: Programmazione Rete ospedaliera e boarding in PS</t>
   </si>
   <si>
-    <t>30 anni</t>
-[...1 lines deleted...]
-  <si>
     <t>LO GATTO</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LO_GATTO_GIULIA_CV_16052024.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II^ fascia: Coordinamento dei processi di gestione relativi ai lavori di manutenzione ordinaria e straordinaria sugli immobili regionali</t>
   </si>
   <si>
     <t>LONGO</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LONGO_ANNARITA_CV_2025.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di I^ FASCIA: Pianificazione energetica regionale e attuazione della disciplina in materia di energia, e attuazione legge regionale per la costituzione di gruppi di autoconsumatori di energia rinnovabile che agiscono collettivamente e di comunità di energia rinnovabile</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LONGO_GIUSEPPE_CV_04072025.pdf</t>
   </si>
   <si>
     <t>Qualificazione di I^ fascia: Pianificazione e controllo di Direzione</t>
   </si>
   <si>
     <t>LORETI</t>
@@ -6179,50 +6214,53 @@
   </si>
   <si>
     <t>SOFIA</t>
   </si>
   <si>
     <t>VAGNONI</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Vagnoni_Sofia_CV_05082024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Contenzioso e affari generali
 </t>
   </si>
   <si>
     <t>VALERI</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/VALERI_SABRINA_CV_06082024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Protocolli d’intesa con le Universita’, Coordinamento Atti Aziendali delle Aziende e degli Enti del SSR, Sperimentazioni Gestionali, Consulenza e Supporto Giuridico Normativo anche per la redazione dello schema contrattuale Art. 8 quinquies D.Lgs 502/1992
 </t>
   </si>
   <si>
+    <t>13/03/2025</t>
+  </si>
+  <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/VALERI_VALERIA_CV_04092024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Interventi per la tutela dei minori
 </t>
   </si>
   <si>
     <t>VALISERRA</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/VALISERRA_VALERIA_CV_12112024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Coordinamento e gestione delle attività trasversali della Direzione nonché procedimenti in materia di Organizzazione, Performance, Prevenzione della Corruzione, Trasparenza e Privacy - A.O. n. G14692 del 6/11/2024
 </t>
   </si>
   <si>
     <t>GIAMPIERO</t>
   </si>
   <si>
     <t>VANTAGGIATO</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/VANTAGGIATO_GIAMPIERO_CV_02072024.pdf</t>
   </si>
@@ -6484,50 +6522,434 @@
     <t>ACCARDO</t>
   </si>
   <si>
     <t>Elevata qualificazione di II^ fascia: Coordinamento ed attuazione attività di controllo e rendicontazione progetti, con e senza cofinanziamento comunitario FSE, rivolti e finalizzati in particolare all'istruzione</t>
   </si>
   <si>
     <t>MARCONI</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/MARCONI-FABIO-CV-10122025.pdf</t>
   </si>
   <si>
     <t>Elevata qualificazione di II^ fascia: Coordinamento dei flussi documentali - Gestione delle istanze URP e rapporti con gli Enti istituzionali per quanto attiene la partecipazione dei rappresentanti regionali al sistema delle Conferenze</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>11/12/2025</t>
   </si>
   <si>
     <t>CHINI</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II^ fascia: Coordinamento e organizzazione dei processi di acquisizione e trattamento dei flussi informativi nazionali e regionali ai fini degli adempimenti nazionali</t>
+  </si>
+  <si>
+    <t>BIANCA</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Responsabile per la Governance e l’Innovazione dei Servizi per l’Impiego nel CPI di Roma Tiburtino</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>CRISTIANA</t>
+  </si>
+  <si>
+    <t>PERSIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Responsabile per la Governance e l’Innovazione dei Servizi per l’Impiego nel CPI di Roma Cinecittà
+</t>
+  </si>
+  <si>
+    <t>QUADRINO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Responsabile per la Governance e l’Innovazione dei Servizi per l’Impiego nel CPI Roma di Primavalle
+</t>
+  </si>
+  <si>
+    <t>STAIANO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Responsabile per la Governance e l’Innovazione dei Servizi per l’Impiego nel CPI Roma di Casalbertone
+</t>
+  </si>
+  <si>
+    <t>FALCONI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Responsabile per la Governance e l’Innovazione dei Servizi per l’Impiego nel CPI di Albano e Velletri
+</t>
+  </si>
+  <si>
+    <t>RACHELA</t>
+  </si>
+  <si>
+    <t>IEZZI</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Responsabile per la Governance e l’Innovazione dei Servizi per l’Impiego nel CPI di Marino e Frascati</t>
+  </si>
+  <si>
+    <t>CARMELO DAVIDE</t>
+  </si>
+  <si>
+    <t>RAPPAZZO</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Responsabile per la Governance e l’Innovazione dei Servizi per l’Impiego nel CPI di Anzio e Pomezia</t>
+  </si>
+  <si>
+    <t>GIORGIA</t>
+  </si>
+  <si>
+    <t>TRINTI</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia:  Procedure di Avviamento a Selezione ex art. 16 L. 56/1987</t>
+  </si>
+  <si>
+    <t>D'AURIENTE</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia:  Specialista in Servizi per il Lavoro e Supporto all'Imprenditorialità - Centro per l’Impiego di Roma Ostia</t>
+  </si>
+  <si>
+    <t>DE FRANCESCO</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Specialista in Servizi per il Lavoro e Supporto all'Imprenditorialità - Centro per l’Impiego di Roma Testaccio</t>
+  </si>
+  <si>
+    <t>LOMBARDI</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Specialista in Servizi per il Lavoro e Supporto all'Imprenditorialità dei Centri per l’Impiego di Guidonia Montecelio, Subiaco e Tivoli</t>
+  </si>
+  <si>
+    <t>DE CANDIA</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia:  Specialista in Servizi per il Lavoro e Supporto all'Imprenditorialità dei Centri per l’Impiego di Albano, Frascati, Marino e Velletri</t>
+  </si>
+  <si>
+    <t>RANDO</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Attività del Centro per l’Impiego di Bracciano</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>BRATTOLI</t>
+  </si>
+  <si>
+    <t>Elevata qualificazione di II^ fascia: Attività del Centro per l’Impiego di Morlupo</t>
+  </si>
+  <si>
+    <t>CHIARINI</t>
+  </si>
+  <si>
+    <t>Elevata qualificazione di II^ fascia: Specialista in Servizi per il Lavoro e Supporto all'Imprenditorialità - Centro per l’Impiego di Viterbo</t>
+  </si>
+  <si>
+    <t>AMEDEO</t>
+  </si>
+  <si>
+    <t>Elevata qualificazione di II^ fascia: Specialista in Servizi per il Lavoro e Supporto all'Imprenditorialità - Centro per l’Impiego di Rieti</t>
+  </si>
+  <si>
+    <t>PERUGINI</t>
+  </si>
+  <si>
+    <t>Elevata qualificazione di II^ fascia: Gestione istanze relative ad informazioni in merito allo stato occupazionale e al modello UniLav</t>
+  </si>
+  <si>
+    <t>MASCIA</t>
+  </si>
+  <si>
+    <t>APPELLI</t>
+  </si>
+  <si>
+    <t>Elevata qualificazione di II^ fascia: Specialista in Servizi per il Lavoro e Supporto all'Imprenditorialità - Centro per l’Impiego di Roma Cinecittà</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>GAIA</t>
+  </si>
+  <si>
+    <t>TAMBURINI</t>
+  </si>
+  <si>
+    <t>Elevata qualificazione di II^ fascia: Specialista in Servizi per il Lavoro e Supporto all'Imprenditorialità - Centro per l’Impiego di Roma Primavalle</t>
+  </si>
+  <si>
+    <t>MARIA ASSUNTA</t>
+  </si>
+  <si>
+    <t>LONETTI</t>
+  </si>
+  <si>
+    <t>Elevata qualificazione di II^ fascia: Specialista in Servizi per il Lavoro e Supporto all'Imprenditorialità - Centro per l’Impiego di Roma Torre Angela</t>
+  </si>
+  <si>
+    <t>ANTONIO PIO</t>
+  </si>
+  <si>
+    <t>CRISTINO</t>
+  </si>
+  <si>
+    <t>CENTRO IMPEIGO DI ZAGAROLO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/CRISTINO_ANTONIO_PIO_CV_2026.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Attività del Centro per l’Impiego di Zagarolo</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>SALVATUCCI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AREA SERVIZI PER L'IMPIEGO </t>
+  </si>
+  <si>
+    <t>CENTRO IMPEIGO DI CIVITA CASTELLANA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/SALVATUCCI-ELENA-CV-09022026.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Attività del Centro per l’Impiego di Civita Castellana</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>VERONICA</t>
+  </si>
+  <si>
+    <t>ANELLI</t>
+  </si>
+  <si>
+    <t>CENTRO IMPEIGO DI ANAGNI</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Attività del Centro per l’Impiego di Anagni</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>CORRADO</t>
+  </si>
+  <si>
+    <t>LUCANTONIO</t>
+  </si>
+  <si>
+    <t>CENTRO IMPEIGO DI LATINA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/LUCANTONIO-CORRADO-CV-09022026.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Responsabile per la Governance e l’Innovazione dei Servizi per l’Impiego nel CPI di Latina</t>
+  </si>
+  <si>
+    <t>GRAZIANI</t>
+  </si>
+  <si>
+    <t>CENTRO IMPEIGO DI COLLEFERRO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/GRAZIANI-MARIA-CV-17022026.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Responsabile per la Governance e l’Innovazione dei Servizi per l’Impiego nel CPI di Colleferro</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>IVANO</t>
+  </si>
+  <si>
+    <t>VALCARCELLI</t>
+  </si>
+  <si>
+    <t>CENTRO IMPEIGO DI PONTECORVO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/VALCARCELLI-IVAN-CV-09022026.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Specialista in Servizi per il Lavoro e Supporto all'Imprenditorialità - Centro per l’Impiego di Cassino - Ufficio Locale di Pontecorvo</t>
+  </si>
+  <si>
+    <t>CENTRO IMPEIGO DI FORMIA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/ORLANDI-GENNARO-CV-12022026.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Specialista in Servizi per il Lavoro e Supporto all'Imprenditorialità - Centro per l’Impiego di Formia – Ufficio Locale di Minturno</t>
+  </si>
+  <si>
+    <t>MADDALENA</t>
+  </si>
+  <si>
+    <t>CENTRO IMPEIGO DI FORSINONE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/MADDALENA_MARCO_CV_2026.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Specialista in Servizi per il Lavoro e Supporto all'Imprenditorialità - Centro per l’Impiego di Frosinone</t>
+  </si>
+  <si>
+    <t>GIORGIO</t>
+  </si>
+  <si>
+    <t>MACALI</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/MACALI-GIORGIO-09022026.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Specialista in Servizi per il Lavoro e Supporto all'Imprenditorialità - Centro per l’Impiego di Latina</t>
+  </si>
+  <si>
+    <t>CARMELO SERGIO</t>
+  </si>
+  <si>
+    <t>DE CARLO</t>
+  </si>
+  <si>
+    <t>CENTRO IMPIEGO DI APRILIA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/DE-CARLO-CARMELO-SERGIO-CV-17022026.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Attività del Centro per l’Impiego di Cisterna di Latina</t>
+  </si>
+  <si>
+    <t>FIORINI</t>
+  </si>
+  <si>
+    <t>CENTRO IMPEIGO DI SORA</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/FIORINI_CRISTINA_CV_2026.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Attività del Centro per l’Impiego di Sora</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Procedimenti disciplinari  e cautelari - responsabilita' dirigenziali
+</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/BERARDI_GIUSEPPE_CV_2026.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Innovazione in Agricoltura
+</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>MATTEO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/DAMIANI-MATTEO-CV-12022026.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I^ fascia: Responsabile per la Governance e l’Innovazione dei Servizi per l’Impiego nel CPI di Monterotondo</t>
+  </si>
+  <si>
+    <t>ODDO</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/ODDO_PATRIZIA_CV_2026.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione II^ fascia: Specialista in Servizi per il Lavoro e Supporto all'Imprenditorialità - Centro per l’Impiego di Monterotondo</t>
+  </si>
+  <si>
+    <t>LEONARDO MICHELE</t>
+  </si>
+  <si>
+    <t>SACCHETTI</t>
+  </si>
+  <si>
+    <t>AREA DECENTRATA AGRICOLTURA LAZIO SUD</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/SACCHETTI-MICHELE-LEONARDO-CV2026.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Trasformazione, investimenti aziendali, forestazione, Consorzi di bonifica. Affari generali</t>
+  </si>
+  <si>
+    <t>DE PAOLA</t>
+  </si>
+  <si>
+    <t>SILD Viterbo</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/de-paola-sergio-18022026.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Politiche per l’Inserimento Lavorativo dei Disabili nell’ambito territoriale della Provincia di Viterbo e Provincia di Rieti</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -6831,51 +7253,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L505"/>
+  <dimension ref="A1:L542"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -9197,12980 +9619,14164 @@
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78">
         <v>10588</v>
       </c>
       <c r="B78" t="s">
         <v>410</v>
       </c>
       <c r="C78" t="s">
         <v>411</v>
       </c>
       <c r="D78" t="s">
         <v>199</v>
       </c>
       <c r="E78" t="s">
         <v>412</v>
       </c>
       <c r="G78" t="s">
         <v>413</v>
       </c>
       <c r="H78" t="s">
         <v>414</v>
       </c>
       <c r="I78" t="s">
-        <v>18</v>
+        <v>415</v>
       </c>
       <c r="J78" t="s">
         <v>19</v>
       </c>
       <c r="L78" t="s">
-        <v>127</v>
+        <v>416</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79">
         <v>10589</v>
       </c>
       <c r="B79" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C79" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D79" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E79" t="s">
         <v>107</v>
       </c>
       <c r="G79" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="H79" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="K79" t="s">
         <v>44</v>
       </c>
       <c r="L79" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80">
         <v>10590</v>
       </c>
       <c r="B80" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="C80" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="D80" t="s">
         <v>144</v>
       </c>
       <c r="E80" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="F80" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="G80" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="H80" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="I80" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="J80" t="s">
         <v>141</v>
       </c>
       <c r="L80" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81">
         <v>10591</v>
       </c>
       <c r="B81" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="C81" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="D81" t="s">
         <v>210</v>
       </c>
       <c r="E81" t="s">
         <v>394</v>
       </c>
       <c r="G81" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="H81" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="K81" t="s">
         <v>44</v>
       </c>
       <c r="L81" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82">
         <v>10592</v>
       </c>
       <c r="B82" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C82" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="D82" t="s">
         <v>342</v>
       </c>
       <c r="E82" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="G82" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="H82" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="I82" t="s">
         <v>18</v>
       </c>
       <c r="J82" t="s">
         <v>19</v>
       </c>
       <c r="L82" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83">
         <v>10593</v>
       </c>
       <c r="B83" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C83" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="D83" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E83" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="G83" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="H83" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="K83" t="s">
         <v>44</v>
       </c>
       <c r="L83" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84">
         <v>10594</v>
       </c>
       <c r="B84" t="s">
         <v>324</v>
       </c>
       <c r="C84" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="D84" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="E84" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G84" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="H84" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="K84" t="s">
         <v>44</v>
       </c>
       <c r="L84" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85">
         <v>10595</v>
       </c>
       <c r="B85" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C85" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D85" t="s">
         <v>199</v>
       </c>
       <c r="F85" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="G85" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="H85" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="I85" t="s">
         <v>18</v>
       </c>
       <c r="J85" t="s">
         <v>19</v>
       </c>
       <c r="L85" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86">
         <v>10596</v>
       </c>
       <c r="B86" t="s">
         <v>324</v>
       </c>
       <c r="C86" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="D86" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E86" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="G86" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="H86" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="K86" t="s">
         <v>44</v>
       </c>
       <c r="L86" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87">
         <v>10597</v>
       </c>
       <c r="B87" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="C87" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="D87" t="s">
         <v>210</v>
       </c>
       <c r="E87" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="G87" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H87" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="K87" t="s">
         <v>44</v>
       </c>
       <c r="L87" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88">
         <v>10598</v>
       </c>
       <c r="B88" t="s">
         <v>300</v>
       </c>
       <c r="C88" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="D88" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="E88" t="s">
-        <v>369</v>
+        <v>464</v>
       </c>
       <c r="G88" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="H88" t="s">
-        <v>463</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>466</v>
+      </c>
+      <c r="I88" t="s">
+        <v>467</v>
+      </c>
+      <c r="J88" t="s">
+        <v>19</v>
       </c>
       <c r="L88" t="s">
-        <v>127</v>
+        <v>468</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89">
         <v>10599</v>
       </c>
       <c r="B89" t="s">
         <v>94</v>
       </c>
       <c r="C89" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="D89" t="s">
         <v>111</v>
       </c>
       <c r="E89" t="s">
         <v>112</v>
       </c>
       <c r="G89" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="H89" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="K89" t="s">
         <v>44</v>
       </c>
       <c r="L89" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90">
         <v>10600</v>
       </c>
       <c r="B90" t="s">
         <v>324</v>
       </c>
       <c r="C90" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="D90" t="s">
         <v>72</v>
       </c>
       <c r="E90" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="G90" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="H90" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="I90" t="s">
         <v>18</v>
       </c>
       <c r="J90" t="s">
         <v>19</v>
       </c>
       <c r="L90" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91">
         <v>10601</v>
       </c>
       <c r="B91" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="C91" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="D91" t="s">
         <v>14</v>
       </c>
       <c r="E91" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="G91" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="H91" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="I91" t="s">
         <v>18</v>
       </c>
       <c r="J91" t="s">
         <v>19</v>
       </c>
       <c r="L91" t="s">
-        <v>127</v>
+        <v>481</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92">
         <v>10602</v>
       </c>
       <c r="B92" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="C92" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="D92" t="s">
         <v>193</v>
       </c>
       <c r="E92" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="F92" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="G92" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="H92" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
       <c r="K92" t="s">
         <v>44</v>
       </c>
       <c r="L92" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93">
         <v>10603</v>
       </c>
       <c r="B93" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
       <c r="C93" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="D93" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="E93" t="s">
         <v>107</v>
       </c>
       <c r="G93" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="H93" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="I93" t="s">
         <v>18</v>
       </c>
       <c r="J93" t="s">
         <v>19</v>
       </c>
       <c r="L93" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94">
         <v>10604</v>
       </c>
       <c r="B94" t="s">
         <v>340</v>
       </c>
       <c r="C94" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="D94" t="s">
         <v>66</v>
       </c>
       <c r="E94" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="G94" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="H94" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="K94" t="s">
         <v>44</v>
       </c>
       <c r="L94" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="95" spans="1:12">
       <c r="A95">
         <v>10605</v>
       </c>
       <c r="B95" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="C95" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="D95" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="E95" t="s">
         <v>369</v>
       </c>
       <c r="G95" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="H95" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>500</v>
+      </c>
+      <c r="I95" t="s">
+        <v>18</v>
+      </c>
+      <c r="J95" t="s">
+        <v>141</v>
       </c>
       <c r="L95" t="s">
-        <v>127</v>
+        <v>501</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="A96">
         <v>10606</v>
       </c>
       <c r="B96" t="s">
-        <v>495</v>
+        <v>502</v>
       </c>
       <c r="C96" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
       <c r="D96" t="s">
         <v>66</v>
       </c>
       <c r="E96" t="s">
-        <v>497</v>
+        <v>504</v>
       </c>
       <c r="G96" t="s">
-        <v>498</v>
+        <v>505</v>
       </c>
       <c r="H96" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="K96" t="s">
         <v>44</v>
       </c>
       <c r="L96" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="97" spans="1:12">
       <c r="A97">
         <v>10607</v>
       </c>
       <c r="B97" t="s">
-        <v>500</v>
+        <v>507</v>
       </c>
       <c r="C97" t="s">
-        <v>501</v>
+        <v>508</v>
       </c>
       <c r="D97" t="s">
         <v>111</v>
       </c>
       <c r="E97" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="G97" t="s">
-        <v>503</v>
+        <v>510</v>
       </c>
       <c r="H97" t="s">
-        <v>504</v>
+        <v>511</v>
       </c>
       <c r="I97" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
       <c r="J97" t="s">
         <v>358</v>
       </c>
       <c r="L97" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="98" spans="1:12">
       <c r="A98">
         <v>10608</v>
       </c>
       <c r="B98" t="s">
-        <v>506</v>
+        <v>513</v>
       </c>
       <c r="C98" t="s">
-        <v>507</v>
+        <v>514</v>
       </c>
       <c r="D98" t="s">
         <v>161</v>
       </c>
       <c r="E98" t="s">
-        <v>508</v>
+        <v>515</v>
       </c>
       <c r="G98" t="s">
-        <v>509</v>
+        <v>516</v>
       </c>
       <c r="H98" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="K98" t="s">
         <v>44</v>
       </c>
       <c r="L98" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="99" spans="1:12">
       <c r="A99">
         <v>10609</v>
       </c>
       <c r="B99" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="C99" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="D99" t="s">
         <v>66</v>
       </c>
       <c r="E99" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="G99" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="H99" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="K99" t="s">
         <v>44</v>
       </c>
       <c r="L99" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100">
         <v>10610</v>
       </c>
       <c r="B100" t="s">
-        <v>500</v>
+        <v>507</v>
       </c>
       <c r="C100" t="s">
-        <v>516</v>
+        <v>523</v>
       </c>
       <c r="D100" t="s">
         <v>287</v>
       </c>
       <c r="E100" t="s">
-        <v>517</v>
+        <v>524</v>
       </c>
       <c r="G100" t="s">
-        <v>518</v>
+        <v>525</v>
       </c>
       <c r="H100" t="s">
-        <v>519</v>
+        <v>526</v>
       </c>
       <c r="K100" t="s">
         <v>44</v>
       </c>
       <c r="L100" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="101" spans="1:12">
       <c r="A101">
         <v>10611</v>
       </c>
       <c r="B101" t="s">
         <v>70</v>
       </c>
       <c r="C101" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
       <c r="D101" t="s">
         <v>66</v>
       </c>
       <c r="E101" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="H101" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
       <c r="I101" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="J101" t="s">
         <v>19</v>
       </c>
       <c r="L101" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="102" spans="1:12">
       <c r="A102">
         <v>10612</v>
       </c>
       <c r="B102" t="s">
         <v>28</v>
       </c>
       <c r="C102" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="D102" t="s">
         <v>72</v>
       </c>
       <c r="E102" t="s">
-        <v>525</v>
+        <v>532</v>
       </c>
       <c r="G102" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="H102" t="s">
-        <v>527</v>
+        <v>534</v>
       </c>
       <c r="I102" t="s">
         <v>18</v>
       </c>
       <c r="J102" t="s">
         <v>19</v>
       </c>
       <c r="L102" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="103" spans="1:12">
       <c r="A103">
         <v>10613</v>
       </c>
       <c r="B103" t="s">
         <v>100</v>
       </c>
       <c r="C103" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
       <c r="D103" t="s">
         <v>130</v>
       </c>
       <c r="E103" t="s">
-        <v>529</v>
+        <v>536</v>
       </c>
       <c r="G103" t="s">
-        <v>530</v>
+        <v>537</v>
       </c>
       <c r="H103" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
       <c r="I103" t="s">
         <v>18</v>
       </c>
       <c r="J103" t="s">
         <v>19</v>
       </c>
       <c r="L103" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="104" spans="1:12">
       <c r="A104">
         <v>10614</v>
       </c>
       <c r="B104" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="C104" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="D104" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
       <c r="E104" t="s">
         <v>181</v>
       </c>
       <c r="G104" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
       <c r="H104" t="s">
-        <v>536</v>
+        <v>543</v>
       </c>
       <c r="K104" t="s">
         <v>44</v>
       </c>
       <c r="L104" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="105" spans="1:12">
       <c r="A105">
         <v>10615</v>
       </c>
       <c r="B105" t="s">
         <v>46</v>
       </c>
       <c r="C105" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="D105" t="s">
         <v>111</v>
       </c>
       <c r="E105" t="s">
         <v>354</v>
       </c>
       <c r="G105" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="H105" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="I105" t="s">
         <v>357</v>
       </c>
       <c r="J105" t="s">
         <v>358</v>
       </c>
       <c r="L105" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="106" spans="1:12">
       <c r="A106">
         <v>10616</v>
       </c>
       <c r="B106" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="C106" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="D106" t="s">
         <v>199</v>
       </c>
       <c r="E106" t="s">
         <v>60</v>
       </c>
       <c r="G106" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="H106" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
       <c r="I106" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="J106" t="s">
         <v>19</v>
       </c>
       <c r="L106" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="107" spans="1:12">
       <c r="A107">
         <v>10617</v>
       </c>
       <c r="B107" t="s">
         <v>197</v>
       </c>
       <c r="C107" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="D107" t="s">
         <v>199</v>
       </c>
       <c r="E107" t="s">
         <v>412</v>
       </c>
       <c r="G107" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="H107" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
       <c r="I107" t="s">
         <v>18</v>
       </c>
       <c r="J107" t="s">
         <v>19</v>
       </c>
       <c r="L107" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="108" spans="1:12">
       <c r="A108">
         <v>10618</v>
       </c>
       <c r="B108" t="s">
-        <v>549</v>
+        <v>556</v>
       </c>
       <c r="C108" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="D108" t="s">
         <v>161</v>
       </c>
       <c r="E108" t="s">
         <v>137</v>
       </c>
       <c r="G108" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="H108" t="s">
-        <v>552</v>
+        <v>559</v>
       </c>
       <c r="I108" t="s">
         <v>140</v>
       </c>
       <c r="J108" t="s">
         <v>141</v>
       </c>
       <c r="L108" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="109" spans="1:12">
       <c r="A109">
         <v>10619</v>
       </c>
       <c r="B109" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
       <c r="C109" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="D109" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
       <c r="E109" t="s">
         <v>216</v>
       </c>
       <c r="F109" t="s">
         <v>217</v>
       </c>
       <c r="G109" t="s">
-        <v>555</v>
+        <v>562</v>
       </c>
       <c r="H109" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="I109" t="s">
         <v>220</v>
       </c>
       <c r="J109" t="s">
         <v>221</v>
       </c>
       <c r="L109" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="110" spans="1:12">
       <c r="A110">
         <v>10620</v>
       </c>
       <c r="B110" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="C110" t="s">
-        <v>558</v>
+        <v>565</v>
       </c>
       <c r="D110" t="s">
         <v>210</v>
       </c>
       <c r="E110" t="s">
-        <v>559</v>
+        <v>566</v>
       </c>
       <c r="G110" t="s">
-        <v>560</v>
+        <v>567</v>
       </c>
       <c r="H110" t="s">
-        <v>561</v>
+        <v>568</v>
       </c>
       <c r="K110" t="s">
         <v>44</v>
       </c>
       <c r="L110" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="111" spans="1:12">
       <c r="A111">
         <v>10621</v>
       </c>
       <c r="B111" t="s">
         <v>185</v>
       </c>
       <c r="C111" t="s">
-        <v>562</v>
+        <v>569</v>
       </c>
       <c r="D111" t="s">
         <v>161</v>
       </c>
       <c r="E111" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="G111" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="H111" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="K111" t="s">
         <v>44</v>
       </c>
       <c r="L111" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="112" spans="1:12">
       <c r="A112">
         <v>10622</v>
       </c>
       <c r="B112" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="C112" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
       <c r="D112" t="s">
         <v>342</v>
       </c>
       <c r="E112" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="G112" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
       <c r="H112" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
       <c r="K112" t="s">
         <v>44</v>
       </c>
       <c r="L112" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="113" spans="1:12">
       <c r="A113">
         <v>10623</v>
       </c>
       <c r="B113" t="s">
         <v>64</v>
       </c>
       <c r="C113" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="D113" t="s">
         <v>130</v>
       </c>
       <c r="E113" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="G113" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
       <c r="H113" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="K113" t="s">
         <v>44</v>
       </c>
       <c r="L113" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="114" spans="1:12">
       <c r="A114">
         <v>10624</v>
       </c>
       <c r="B114" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="C114" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="D114" t="s">
         <v>72</v>
       </c>
       <c r="E114" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="G114" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="H114" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="K114" t="s">
         <v>44</v>
       </c>
       <c r="L114" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="115" spans="1:12">
       <c r="A115">
         <v>10625</v>
       </c>
       <c r="B115" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="C115" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="D115" t="s">
         <v>210</v>
       </c>
       <c r="E115" t="s">
         <v>394</v>
       </c>
       <c r="G115" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
       <c r="H115" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="K115" t="s">
         <v>44</v>
       </c>
       <c r="L115" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="116" spans="1:12">
       <c r="A116">
         <v>10626</v>
       </c>
       <c r="B116" t="s">
         <v>76</v>
       </c>
       <c r="C116" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
       <c r="D116" t="s">
         <v>199</v>
       </c>
       <c r="E116" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="G116" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="H116" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="I116" t="s">
         <v>39</v>
       </c>
       <c r="J116" t="s">
         <v>40</v>
       </c>
       <c r="L116" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
     </row>
     <row r="117" spans="1:12">
       <c r="A117">
         <v>10627</v>
       </c>
       <c r="B117" t="s">
         <v>76</v>
       </c>
       <c r="C117" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="D117" t="s">
         <v>130</v>
       </c>
       <c r="E117" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="G117" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="H117" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K117" t="s">
         <v>44</v>
       </c>
       <c r="L117" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="118" spans="1:12">
       <c r="A118">
         <v>10628</v>
       </c>
       <c r="B118" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="C118" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
       <c r="D118" t="s">
         <v>161</v>
       </c>
       <c r="E118" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="G118" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="H118" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="K118" t="s">
         <v>44</v>
       </c>
       <c r="L118" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="119" spans="1:12">
       <c r="A119">
         <v>10629</v>
       </c>
       <c r="B119" t="s">
         <v>324</v>
       </c>
       <c r="C119" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="D119" t="s">
         <v>14</v>
       </c>
       <c r="E119" t="s">
-        <v>599</v>
+        <v>606</v>
       </c>
       <c r="G119" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
       <c r="H119" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
       <c r="I119" t="s">
         <v>18</v>
       </c>
       <c r="J119" t="s">
         <v>19</v>
       </c>
       <c r="L119" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="120" spans="1:12">
       <c r="A120">
         <v>10630</v>
       </c>
       <c r="B120" t="s">
         <v>128</v>
       </c>
       <c r="C120" t="s">
-        <v>602</v>
+        <v>609</v>
       </c>
       <c r="D120" t="s">
         <v>66</v>
       </c>
       <c r="E120" t="s">
-        <v>603</v>
+        <v>610</v>
       </c>
       <c r="F120" t="s">
         <v>36</v>
       </c>
       <c r="G120" t="s">
-        <v>604</v>
+        <v>611</v>
       </c>
       <c r="H120" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="K120" t="s">
         <v>44</v>
       </c>
       <c r="L120" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="121" spans="1:12">
       <c r="A121">
         <v>10631</v>
       </c>
       <c r="B121" t="s">
-        <v>606</v>
+        <v>613</v>
       </c>
       <c r="C121" t="s">
-        <v>607</v>
+        <v>614</v>
       </c>
       <c r="D121" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="E121" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="G121" t="s">
-        <v>610</v>
+        <v>617</v>
       </c>
       <c r="H121" t="s">
-        <v>611</v>
+        <v>618</v>
       </c>
       <c r="K121" t="s">
         <v>44</v>
       </c>
       <c r="L121" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="122" spans="1:12">
       <c r="A122">
         <v>10632</v>
       </c>
       <c r="B122" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="C122" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
       <c r="D122" t="s">
-        <v>614</v>
+        <v>621</v>
       </c>
       <c r="E122" t="s">
         <v>181</v>
       </c>
       <c r="F122" t="s">
         <v>182</v>
       </c>
       <c r="G122" t="s">
-        <v>615</v>
+        <v>622</v>
       </c>
       <c r="H122" t="s">
-        <v>616</v>
+        <v>623</v>
       </c>
       <c r="K122" t="s">
         <v>44</v>
       </c>
       <c r="L122" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123">
         <v>10633</v>
       </c>
       <c r="B123" t="s">
         <v>265</v>
       </c>
       <c r="C123" t="s">
-        <v>617</v>
+        <v>624</v>
       </c>
       <c r="D123" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="E123" t="s">
-        <v>618</v>
+        <v>625</v>
       </c>
       <c r="G123" t="s">
-        <v>619</v>
+        <v>626</v>
       </c>
       <c r="H123" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
       <c r="K123" t="s">
         <v>44</v>
       </c>
       <c r="L123" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124">
         <v>10634</v>
       </c>
       <c r="B124" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="C124" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="D124" t="s">
         <v>187</v>
       </c>
       <c r="E124" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="G124" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
       <c r="H124" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
       <c r="K124" t="s">
         <v>44</v>
       </c>
       <c r="L124" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="125" spans="1:12">
       <c r="A125">
         <v>10636</v>
       </c>
       <c r="B125" t="s">
-        <v>626</v>
+        <v>633</v>
       </c>
       <c r="C125" t="s">
-        <v>627</v>
+        <v>634</v>
       </c>
       <c r="D125" t="s">
         <v>287</v>
       </c>
       <c r="E125" t="s">
-        <v>517</v>
+        <v>524</v>
       </c>
       <c r="G125" t="s">
-        <v>628</v>
+        <v>635</v>
       </c>
       <c r="H125" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="K125" t="s">
         <v>44</v>
       </c>
       <c r="L125" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="126" spans="1:12">
       <c r="A126">
         <v>10637</v>
       </c>
       <c r="B126" t="s">
-        <v>630</v>
+        <v>637</v>
       </c>
       <c r="C126" t="s">
-        <v>631</v>
+        <v>638</v>
       </c>
       <c r="D126" t="s">
         <v>287</v>
       </c>
       <c r="E126" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="G126" t="s">
-        <v>633</v>
+        <v>640</v>
       </c>
       <c r="H126" t="s">
-        <v>634</v>
+        <v>641</v>
       </c>
       <c r="I126" t="s">
-        <v>635</v>
+        <v>642</v>
       </c>
       <c r="J126" t="s">
         <v>19</v>
       </c>
       <c r="L126" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127">
         <v>10638</v>
       </c>
       <c r="B127" t="s">
         <v>82</v>
       </c>
       <c r="C127" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="D127" t="s">
         <v>78</v>
       </c>
       <c r="E127" t="s">
         <v>107</v>
       </c>
       <c r="G127" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
       <c r="H127" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="K127" t="s">
         <v>44</v>
       </c>
       <c r="L127" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128">
         <v>10639</v>
       </c>
       <c r="B128" t="s">
         <v>154</v>
       </c>
       <c r="C128" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="D128" t="s">
         <v>210</v>
       </c>
       <c r="E128" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
       <c r="G128" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="H128" t="s">
-        <v>642</v>
+        <v>649</v>
       </c>
       <c r="K128" t="s">
         <v>44</v>
       </c>
       <c r="L128" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129">
         <v>10640</v>
       </c>
       <c r="B129" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="C129" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="D129" t="s">
         <v>161</v>
       </c>
       <c r="E129" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="G129" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
       <c r="H129" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
       <c r="I129" t="s">
         <v>18</v>
       </c>
       <c r="J129" t="s">
         <v>19</v>
       </c>
       <c r="L129" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130">
         <v>10641</v>
       </c>
       <c r="B130" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="C130" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="D130" t="s">
         <v>111</v>
       </c>
       <c r="E130" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
       <c r="G130" t="s">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="H130" t="s">
-        <v>651</v>
+        <v>658</v>
       </c>
       <c r="K130" t="s">
         <v>44</v>
       </c>
       <c r="L130" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="131" spans="1:12">
       <c r="A131">
         <v>10642</v>
       </c>
       <c r="B131" t="s">
         <v>222</v>
       </c>
       <c r="C131" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="D131" t="s">
         <v>59</v>
       </c>
       <c r="E131" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="G131" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="H131" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="I131" t="s">
         <v>18</v>
       </c>
       <c r="J131" t="s">
         <v>19</v>
       </c>
       <c r="L131" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132">
         <v>10643</v>
       </c>
       <c r="B132" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="C132" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="D132" t="s">
         <v>96</v>
       </c>
       <c r="E132" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="G132" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
       <c r="H132" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="K132" t="s">
         <v>44</v>
       </c>
       <c r="L132" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133">
         <v>10644</v>
       </c>
       <c r="B133" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="C133" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="D133" t="s">
         <v>210</v>
       </c>
       <c r="E133" t="s">
         <v>267</v>
       </c>
       <c r="G133" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="H133" t="s">
-        <v>664</v>
+        <v>671</v>
       </c>
       <c r="K133" t="s">
         <v>44</v>
       </c>
       <c r="L133" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="134" spans="1:12">
       <c r="A134">
         <v>10645</v>
       </c>
       <c r="B134" t="s">
-        <v>665</v>
+        <v>672</v>
       </c>
       <c r="C134" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="D134" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
       <c r="E134" t="s">
         <v>90</v>
       </c>
       <c r="G134" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="H134" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
       <c r="I134" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="J134" t="s">
         <v>19</v>
       </c>
       <c r="L134" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="135" spans="1:12">
       <c r="A135">
         <v>10646</v>
       </c>
       <c r="B135" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="C135" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="D135" t="s">
         <v>210</v>
       </c>
       <c r="E135" t="s">
         <v>302</v>
       </c>
       <c r="G135" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="H135" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="K135" t="s">
         <v>44</v>
       </c>
       <c r="L135" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="136" spans="1:12">
       <c r="A136">
         <v>10647</v>
       </c>
       <c r="B136" t="s">
         <v>165</v>
       </c>
       <c r="C136" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="D136" t="s">
         <v>342</v>
       </c>
       <c r="F136" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="G136" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="H136" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="K136" t="s">
         <v>44</v>
       </c>
       <c r="L136" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="137" spans="1:12">
       <c r="A137">
         <v>10648</v>
       </c>
       <c r="B137" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="C137" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="D137" t="s">
         <v>193</v>
       </c>
       <c r="E137" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="F137" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="G137" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="H137" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="K137" t="s">
         <v>44</v>
       </c>
       <c r="L137" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="138" spans="1:12">
       <c r="A138">
         <v>10649</v>
       </c>
       <c r="B138" t="s">
         <v>285</v>
       </c>
       <c r="C138" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="D138" t="s">
         <v>96</v>
       </c>
       <c r="E138" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="G138" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="H138" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="K138" t="s">
         <v>44</v>
       </c>
       <c r="L138" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="139" spans="1:12">
       <c r="A139">
         <v>10650</v>
       </c>
       <c r="B139" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="C139" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="D139" t="s">
         <v>130</v>
       </c>
       <c r="E139" t="s">
-        <v>691</v>
+        <v>464</v>
       </c>
       <c r="G139" t="s">
-        <v>692</v>
+        <v>698</v>
       </c>
       <c r="H139" t="s">
-        <v>693</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>699</v>
+      </c>
+      <c r="I139" t="s">
+        <v>18</v>
+      </c>
+      <c r="J139" t="s">
+        <v>141</v>
       </c>
       <c r="L139" t="s">
-        <v>127</v>
+        <v>700</v>
       </c>
     </row>
     <row r="140" spans="1:12">
       <c r="A140">
         <v>10651</v>
       </c>
       <c r="B140" t="s">
         <v>305</v>
       </c>
       <c r="C140" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
       <c r="D140" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
       <c r="E140" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
       <c r="G140" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="H140" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="K140" t="s">
         <v>44</v>
       </c>
       <c r="L140" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141">
         <v>10652</v>
       </c>
       <c r="B141" t="s">
         <v>305</v>
       </c>
       <c r="C141" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
       <c r="D141" t="s">
         <v>287</v>
       </c>
       <c r="E141" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="G141" t="s">
-        <v>700</v>
+        <v>707</v>
       </c>
       <c r="H141" t="s">
-        <v>701</v>
+        <v>708</v>
       </c>
       <c r="I141" t="s">
         <v>18</v>
       </c>
       <c r="J141" t="s">
         <v>19</v>
       </c>
       <c r="L141" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="142" spans="1:12">
       <c r="A142">
         <v>10653</v>
       </c>
       <c r="B142" t="s">
-        <v>702</v>
+        <v>709</v>
       </c>
       <c r="C142" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="D142" t="s">
-        <v>704</v>
+        <v>711</v>
       </c>
       <c r="E142" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="G142" t="s">
-        <v>706</v>
+        <v>713</v>
       </c>
       <c r="H142" t="s">
-        <v>707</v>
+        <v>714</v>
       </c>
       <c r="I142" t="s">
         <v>18</v>
       </c>
       <c r="J142" t="s">
         <v>19</v>
       </c>
       <c r="L142" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="143" spans="1:12">
       <c r="A143">
         <v>10654</v>
       </c>
       <c r="B143" t="s">
         <v>329</v>
       </c>
       <c r="C143" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="D143" t="s">
         <v>35</v>
       </c>
       <c r="E143" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="G143" t="s">
-        <v>710</v>
+        <v>717</v>
       </c>
       <c r="H143" t="s">
-        <v>711</v>
+        <v>718</v>
       </c>
       <c r="I143" t="s">
         <v>18</v>
       </c>
       <c r="J143" t="s">
         <v>19</v>
       </c>
       <c r="L143" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="144" spans="1:12">
       <c r="A144">
         <v>10655</v>
       </c>
       <c r="B144" t="s">
         <v>305</v>
       </c>
       <c r="C144" t="s">
-        <v>712</v>
+        <v>719</v>
       </c>
       <c r="D144" t="s">
         <v>187</v>
       </c>
       <c r="E144" t="s">
-        <v>713</v>
+        <v>720</v>
       </c>
       <c r="G144" t="s">
-        <v>714</v>
+        <v>721</v>
       </c>
       <c r="H144" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="I144" t="s">
-        <v>716</v>
+        <v>723</v>
       </c>
       <c r="J144" t="s">
-        <v>717</v>
+        <v>724</v>
       </c>
       <c r="L144" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="145" spans="1:12">
       <c r="A145">
         <v>10656</v>
       </c>
       <c r="B145" t="s">
-        <v>718</v>
+        <v>725</v>
       </c>
       <c r="C145" t="s">
-        <v>719</v>
+        <v>726</v>
       </c>
       <c r="D145" t="s">
         <v>30</v>
       </c>
       <c r="G145" t="s">
-        <v>720</v>
+        <v>727</v>
       </c>
       <c r="H145" t="s">
         <v>49</v>
       </c>
       <c r="K145" t="s">
         <v>44</v>
       </c>
       <c r="L145" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="146" spans="1:12">
       <c r="A146">
         <v>10657</v>
       </c>
       <c r="B146" t="s">
-        <v>721</v>
+        <v>728</v>
       </c>
       <c r="C146" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
       <c r="D146" t="s">
         <v>342</v>
       </c>
       <c r="E146" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="G146" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
       <c r="H146" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
       <c r="I146" t="s">
         <v>220</v>
       </c>
       <c r="J146" t="s">
         <v>221</v>
       </c>
       <c r="L146" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="147" spans="1:12">
       <c r="A147">
         <v>10658</v>
       </c>
       <c r="B147" t="s">
         <v>222</v>
       </c>
       <c r="C147" t="s">
-        <v>726</v>
+        <v>733</v>
       </c>
       <c r="D147" t="s">
         <v>315</v>
       </c>
       <c r="E147" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="G147" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="H147" t="s">
-        <v>729</v>
+        <v>736</v>
       </c>
       <c r="I147" t="s">
-        <v>730</v>
+        <v>737</v>
       </c>
       <c r="J147" t="s">
-        <v>731</v>
+        <v>738</v>
       </c>
       <c r="L147" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="148" spans="1:12">
       <c r="A148">
         <v>10659</v>
       </c>
       <c r="B148" t="s">
-        <v>732</v>
+        <v>739</v>
       </c>
       <c r="C148" t="s">
-        <v>733</v>
+        <v>740</v>
       </c>
       <c r="D148" t="s">
-        <v>734</v>
+        <v>741</v>
       </c>
       <c r="E148" t="s">
         <v>233</v>
       </c>
       <c r="G148" t="s">
-        <v>735</v>
+        <v>742</v>
       </c>
       <c r="H148" t="s">
-        <v>736</v>
+        <v>743</v>
       </c>
       <c r="K148" t="s">
         <v>44</v>
       </c>
       <c r="L148" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="149" spans="1:12">
       <c r="A149">
         <v>10660</v>
       </c>
       <c r="B149" t="s">
-        <v>737</v>
+        <v>744</v>
       </c>
       <c r="C149" t="s">
-        <v>738</v>
+        <v>745</v>
       </c>
       <c r="D149" t="s">
         <v>315</v>
       </c>
       <c r="E149" t="s">
-        <v>739</v>
+        <v>746</v>
       </c>
       <c r="G149" t="s">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="H149" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="I149" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="J149" t="s">
         <v>19</v>
       </c>
       <c r="L149" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="150" spans="1:12">
       <c r="A150">
         <v>10661</v>
       </c>
       <c r="B150" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="C150" t="s">
-        <v>743</v>
+        <v>750</v>
       </c>
       <c r="D150" t="s">
         <v>66</v>
       </c>
       <c r="E150" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="G150" t="s">
-        <v>744</v>
+        <v>751</v>
       </c>
       <c r="H150" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="K150" t="s">
         <v>44</v>
       </c>
       <c r="L150" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="151" spans="1:12">
       <c r="A151">
         <v>10662</v>
       </c>
       <c r="B151" t="s">
         <v>324</v>
       </c>
       <c r="C151" t="s">
-        <v>746</v>
+        <v>753</v>
       </c>
       <c r="D151" t="s">
         <v>14</v>
       </c>
       <c r="E151" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="G151" t="s">
-        <v>748</v>
+        <v>755</v>
       </c>
       <c r="H151" t="s">
-        <v>749</v>
+        <v>756</v>
       </c>
       <c r="I151" t="s">
         <v>18</v>
       </c>
       <c r="J151" t="s">
         <v>19</v>
       </c>
       <c r="L151" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="152" spans="1:12">
       <c r="A152">
         <v>10663</v>
       </c>
       <c r="B152" t="s">
         <v>313</v>
       </c>
       <c r="C152" t="s">
-        <v>750</v>
+        <v>757</v>
       </c>
       <c r="D152" t="s">
         <v>59</v>
       </c>
       <c r="E152" t="s">
         <v>297</v>
       </c>
       <c r="G152" t="s">
-        <v>751</v>
+        <v>758</v>
       </c>
       <c r="H152" t="s">
-        <v>752</v>
+        <v>759</v>
       </c>
       <c r="I152" t="s">
-        <v>753</v>
+        <v>760</v>
       </c>
       <c r="J152" t="s">
         <v>19</v>
       </c>
       <c r="L152" t="s">
-        <v>754</v>
+        <v>761</v>
       </c>
     </row>
     <row r="153" spans="1:12">
       <c r="A153">
         <v>10664</v>
       </c>
       <c r="B153" t="s">
-        <v>755</v>
+        <v>762</v>
       </c>
       <c r="C153" t="s">
-        <v>756</v>
+        <v>763</v>
       </c>
       <c r="D153" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="E153" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
       <c r="G153" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="H153" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="I153" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
       <c r="J153" t="s">
         <v>19</v>
       </c>
       <c r="L153" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="154" spans="1:12">
       <c r="A154">
         <v>10665</v>
       </c>
       <c r="B154" t="s">
         <v>329</v>
       </c>
       <c r="C154" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="D154" t="s">
         <v>30</v>
       </c>
       <c r="G154" t="s">
-        <v>762</v>
+        <v>769</v>
       </c>
       <c r="H154" t="s">
         <v>49</v>
       </c>
       <c r="K154" t="s">
         <v>44</v>
       </c>
       <c r="L154" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="155" spans="1:12">
       <c r="A155">
         <v>10666</v>
       </c>
       <c r="B155" t="s">
         <v>197</v>
       </c>
       <c r="C155" t="s">
-        <v>763</v>
+        <v>770</v>
       </c>
       <c r="D155" t="s">
         <v>78</v>
       </c>
       <c r="E155" t="s">
-        <v>764</v>
+        <v>771</v>
       </c>
       <c r="G155" t="s">
-        <v>765</v>
+        <v>772</v>
       </c>
       <c r="H155" t="s">
-        <v>766</v>
+        <v>773</v>
       </c>
       <c r="K155" t="s">
         <v>44</v>
       </c>
       <c r="L155" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="156" spans="1:12">
       <c r="A156">
         <v>10667</v>
       </c>
       <c r="B156" t="s">
-        <v>767</v>
+        <v>774</v>
       </c>
       <c r="C156" t="s">
-        <v>768</v>
+        <v>775</v>
       </c>
       <c r="D156" t="s">
         <v>193</v>
       </c>
       <c r="E156" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
       <c r="F156" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="G156" t="s">
-        <v>770</v>
+        <v>777</v>
       </c>
       <c r="H156" t="s">
-        <v>771</v>
+        <v>778</v>
       </c>
       <c r="K156" t="s">
         <v>44</v>
       </c>
       <c r="L156" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="157" spans="1:12">
       <c r="A157">
         <v>10668</v>
       </c>
       <c r="B157" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="C157" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="D157" t="s">
         <v>66</v>
       </c>
       <c r="E157" t="s">
-        <v>773</v>
+        <v>780</v>
       </c>
       <c r="G157" t="s">
-        <v>774</v>
+        <v>781</v>
       </c>
       <c r="H157" t="s">
-        <v>775</v>
+        <v>782</v>
       </c>
       <c r="K157" t="s">
         <v>44</v>
       </c>
       <c r="L157" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="158" spans="1:12">
       <c r="A158">
         <v>10669</v>
       </c>
       <c r="B158" t="s">
         <v>285</v>
       </c>
       <c r="C158" t="s">
-        <v>776</v>
+        <v>783</v>
       </c>
       <c r="D158" t="s">
         <v>59</v>
       </c>
       <c r="E158" t="s">
         <v>272</v>
       </c>
       <c r="G158" t="s">
-        <v>777</v>
+        <v>784</v>
       </c>
       <c r="H158" t="s">
-        <v>778</v>
+        <v>785</v>
       </c>
       <c r="K158" t="s">
         <v>44</v>
       </c>
       <c r="L158" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="159" spans="1:12">
       <c r="A159">
         <v>10670</v>
       </c>
       <c r="B159" t="s">
-        <v>779</v>
+        <v>786</v>
       </c>
       <c r="C159" t="s">
-        <v>780</v>
+        <v>787</v>
       </c>
       <c r="D159" t="s">
         <v>78</v>
       </c>
       <c r="E159" t="s">
-        <v>781</v>
+        <v>788</v>
       </c>
       <c r="G159" t="s">
-        <v>782</v>
+        <v>789</v>
       </c>
       <c r="H159" t="s">
-        <v>783</v>
+        <v>790</v>
       </c>
       <c r="K159" t="s">
         <v>44</v>
       </c>
       <c r="L159" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="160" spans="1:12">
       <c r="A160">
         <v>10671</v>
       </c>
       <c r="B160" t="s">
-        <v>784</v>
+        <v>791</v>
       </c>
       <c r="C160" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
       <c r="D160" t="s">
         <v>161</v>
       </c>
       <c r="E160" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="G160" t="s">
-        <v>787</v>
+        <v>794</v>
       </c>
       <c r="H160" t="s">
-        <v>788</v>
+        <v>795</v>
       </c>
       <c r="K160" t="s">
         <v>44</v>
       </c>
       <c r="L160" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="161" spans="1:12">
       <c r="A161">
         <v>10672</v>
       </c>
       <c r="B161" t="s">
         <v>50</v>
       </c>
       <c r="C161" t="s">
-        <v>789</v>
+        <v>796</v>
       </c>
       <c r="D161" t="s">
         <v>287</v>
       </c>
       <c r="E161" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="G161" t="s">
-        <v>791</v>
+        <v>798</v>
       </c>
       <c r="H161" t="s">
-        <v>792</v>
+        <v>799</v>
       </c>
       <c r="K161" t="s">
         <v>44</v>
       </c>
       <c r="L161" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="162" spans="1:12">
       <c r="A162">
         <v>10673</v>
       </c>
       <c r="B162" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="C162" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="D162" t="s">
         <v>161</v>
       </c>
       <c r="E162" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="G162" t="s">
-        <v>794</v>
+        <v>801</v>
       </c>
       <c r="H162" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
       <c r="K162" t="s">
         <v>44</v>
       </c>
       <c r="L162" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="163" spans="1:12">
       <c r="A163">
         <v>10674</v>
       </c>
       <c r="B163" t="s">
         <v>165</v>
       </c>
       <c r="C163" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="D163" t="s">
         <v>66</v>
       </c>
       <c r="E163" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
       <c r="G163" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
       <c r="H163" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="K163" t="s">
         <v>44</v>
       </c>
       <c r="L163" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="164" spans="1:12">
       <c r="A164">
         <v>10675</v>
       </c>
       <c r="B164" t="s">
         <v>185</v>
       </c>
       <c r="C164" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
       <c r="D164" t="s">
         <v>66</v>
       </c>
       <c r="F164" t="s">
-        <v>801</v>
+        <v>808</v>
       </c>
       <c r="G164" t="s">
-        <v>802</v>
+        <v>809</v>
       </c>
       <c r="H164" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="K164" t="s">
         <v>44</v>
       </c>
       <c r="L164" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="165" spans="1:12">
       <c r="A165">
         <v>10676</v>
       </c>
       <c r="B165" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="C165" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="D165" t="s">
-        <v>210</v>
+        <v>813</v>
       </c>
       <c r="E165" t="s">
-        <v>233</v>
+        <v>814</v>
       </c>
       <c r="G165" t="s">
-        <v>806</v>
+        <v>815</v>
       </c>
       <c r="H165" t="s">
-        <v>807</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>816</v>
+      </c>
+      <c r="I165" t="s">
+        <v>552</v>
+      </c>
+      <c r="J165" t="s">
+        <v>19</v>
       </c>
       <c r="L165" t="s">
-        <v>808</v>
+        <v>817</v>
       </c>
     </row>
     <row r="166" spans="1:12">
       <c r="A166">
         <v>10677</v>
       </c>
       <c r="B166" t="s">
-        <v>809</v>
+        <v>818</v>
       </c>
       <c r="C166" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="D166" t="s">
         <v>35</v>
       </c>
       <c r="E166" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="G166" t="s">
-        <v>812</v>
+        <v>821</v>
       </c>
       <c r="H166" t="s">
-        <v>813</v>
+        <v>822</v>
       </c>
       <c r="K166" t="s">
         <v>44</v>
       </c>
       <c r="L166" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="167" spans="1:12">
       <c r="A167">
         <v>10678</v>
       </c>
       <c r="B167" t="s">
         <v>324</v>
       </c>
       <c r="C167" t="s">
-        <v>814</v>
+        <v>823</v>
       </c>
       <c r="D167" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="E167" t="s">
         <v>150</v>
       </c>
       <c r="G167" t="s">
-        <v>815</v>
+        <v>824</v>
       </c>
       <c r="H167" t="s">
-        <v>816</v>
+        <v>825</v>
       </c>
       <c r="K167" t="s">
         <v>44</v>
       </c>
       <c r="L167" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="168" spans="1:12">
       <c r="A168">
         <v>10679</v>
       </c>
       <c r="B168" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="C168" t="s">
-        <v>817</v>
+        <v>826</v>
       </c>
       <c r="D168" t="s">
         <v>111</v>
       </c>
       <c r="E168" t="s">
         <v>124</v>
       </c>
       <c r="H168" t="s">
-        <v>818</v>
+        <v>827</v>
       </c>
       <c r="K168" t="s">
         <v>44</v>
       </c>
       <c r="L168" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="169" spans="1:12">
       <c r="A169">
         <v>10680</v>
       </c>
       <c r="B169" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="C169" t="s">
-        <v>819</v>
+        <v>828</v>
       </c>
       <c r="D169" t="s">
         <v>30</v>
       </c>
       <c r="G169" t="s">
-        <v>820</v>
+        <v>829</v>
       </c>
       <c r="H169" t="s">
         <v>49</v>
       </c>
       <c r="K169" t="s">
         <v>44</v>
       </c>
       <c r="L169" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="170" spans="1:12">
       <c r="A170">
         <v>10681</v>
       </c>
       <c r="B170" t="s">
         <v>149</v>
       </c>
       <c r="C170" t="s">
-        <v>821</v>
+        <v>830</v>
       </c>
       <c r="D170" t="s">
-        <v>822</v>
+        <v>813</v>
       </c>
       <c r="E170" t="s">
         <v>150</v>
       </c>
       <c r="G170" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="H170" t="s">
-        <v>824</v>
+        <v>832</v>
       </c>
       <c r="I170" t="s">
         <v>63</v>
       </c>
       <c r="J170" t="s">
         <v>19</v>
       </c>
       <c r="L170" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
     </row>
     <row r="171" spans="1:12">
       <c r="A171">
         <v>10682</v>
       </c>
       <c r="B171" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
       <c r="C171" t="s">
-        <v>827</v>
+        <v>835</v>
       </c>
       <c r="D171" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
       <c r="E171" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="G171" t="s">
-        <v>829</v>
+        <v>837</v>
       </c>
       <c r="H171" t="s">
-        <v>830</v>
+        <v>838</v>
       </c>
       <c r="I171" t="s">
         <v>18</v>
       </c>
       <c r="J171" t="s">
         <v>19</v>
       </c>
       <c r="L171" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="172" spans="1:12">
       <c r="A172">
         <v>10683</v>
       </c>
       <c r="B172" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C172" t="s">
-        <v>827</v>
+        <v>835</v>
       </c>
       <c r="D172" t="s">
         <v>287</v>
       </c>
       <c r="E172" t="s">
         <v>365</v>
       </c>
       <c r="G172" t="s">
-        <v>831</v>
+        <v>839</v>
       </c>
       <c r="H172" t="s">
-        <v>832</v>
+        <v>840</v>
       </c>
       <c r="K172" t="s">
         <v>44</v>
       </c>
       <c r="L172" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="173" spans="1:12">
       <c r="A173">
         <v>10684</v>
       </c>
       <c r="B173" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="C173" t="s">
-        <v>833</v>
+        <v>841</v>
       </c>
       <c r="D173" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="E173" t="s">
-        <v>834</v>
+        <v>842</v>
       </c>
       <c r="G173" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="H173" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="K173" t="s">
         <v>44</v>
       </c>
       <c r="L173" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="174" spans="1:12">
       <c r="A174">
         <v>10685</v>
       </c>
       <c r="B174" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
       <c r="C174" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="D174" t="s">
         <v>193</v>
       </c>
       <c r="E174" t="s">
-        <v>839</v>
+        <v>847</v>
       </c>
       <c r="F174" t="s">
-        <v>840</v>
+        <v>848</v>
       </c>
       <c r="G174" t="s">
-        <v>841</v>
+        <v>849</v>
       </c>
       <c r="H174" t="s">
-        <v>842</v>
+        <v>850</v>
       </c>
       <c r="K174" t="s">
         <v>44</v>
       </c>
       <c r="L174" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="175" spans="1:12">
       <c r="A175">
         <v>10686</v>
       </c>
       <c r="B175" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C175" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="D175" t="s">
         <v>130</v>
       </c>
       <c r="E175" t="s">
-        <v>843</v>
+        <v>851</v>
       </c>
       <c r="G175" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="H175" t="s">
-        <v>845</v>
+        <v>853</v>
       </c>
       <c r="I175" t="s">
         <v>18</v>
       </c>
       <c r="J175" t="s">
         <v>19</v>
       </c>
       <c r="L175" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="176" spans="1:12">
       <c r="A176">
         <v>10687</v>
       </c>
       <c r="B176" t="s">
-        <v>846</v>
+        <v>854</v>
       </c>
       <c r="C176" t="s">
-        <v>847</v>
+        <v>855</v>
       </c>
       <c r="D176" t="s">
         <v>130</v>
       </c>
       <c r="E176" t="s">
-        <v>848</v>
+        <v>856</v>
       </c>
       <c r="G176" t="s">
-        <v>849</v>
+        <v>857</v>
       </c>
       <c r="H176" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="K176" t="s">
         <v>44</v>
       </c>
       <c r="L176" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="177" spans="1:12">
       <c r="A177">
         <v>10688</v>
       </c>
       <c r="B177" t="s">
-        <v>851</v>
+        <v>859</v>
       </c>
       <c r="C177" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="D177" t="s">
         <v>287</v>
       </c>
       <c r="F177" t="s">
-        <v>853</v>
+        <v>861</v>
       </c>
       <c r="G177" t="s">
-        <v>854</v>
+        <v>862</v>
       </c>
       <c r="H177" t="s">
-        <v>855</v>
+        <v>863</v>
       </c>
       <c r="K177" t="s">
         <v>44</v>
       </c>
       <c r="L177" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="178" spans="1:12">
       <c r="A178">
         <v>10689</v>
       </c>
       <c r="B178" t="s">
         <v>265</v>
       </c>
       <c r="C178" t="s">
-        <v>856</v>
+        <v>864</v>
       </c>
       <c r="D178" t="s">
         <v>23</v>
       </c>
       <c r="E178" t="s">
-        <v>857</v>
+        <v>865</v>
       </c>
       <c r="G178" t="s">
-        <v>858</v>
+        <v>866</v>
       </c>
       <c r="H178" t="s">
-        <v>859</v>
+        <v>867</v>
       </c>
       <c r="I178" t="s">
         <v>18</v>
       </c>
       <c r="J178" t="s">
         <v>19</v>
       </c>
       <c r="L178" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="179" spans="1:12">
       <c r="A179">
         <v>10690</v>
       </c>
       <c r="B179" t="s">
-        <v>860</v>
+        <v>868</v>
       </c>
       <c r="C179" t="s">
-        <v>861</v>
+        <v>869</v>
       </c>
       <c r="D179" t="s">
         <v>78</v>
       </c>
       <c r="E179" t="s">
         <v>102</v>
       </c>
       <c r="G179" t="s">
-        <v>862</v>
+        <v>870</v>
       </c>
       <c r="H179" t="s">
-        <v>863</v>
+        <v>871</v>
       </c>
       <c r="K179" t="s">
         <v>44</v>
       </c>
       <c r="L179" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="180" spans="1:12">
       <c r="A180">
         <v>10691</v>
       </c>
       <c r="B180" t="s">
-        <v>864</v>
+        <v>872</v>
       </c>
       <c r="C180" t="s">
-        <v>861</v>
+        <v>869</v>
       </c>
       <c r="D180" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="E180" t="s">
         <v>150</v>
       </c>
       <c r="G180" t="s">
-        <v>865</v>
+        <v>873</v>
       </c>
       <c r="H180" t="s">
-        <v>866</v>
+        <v>874</v>
       </c>
       <c r="K180" t="s">
         <v>44</v>
       </c>
       <c r="L180" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="181" spans="1:12">
       <c r="A181">
         <v>10692</v>
       </c>
       <c r="B181" t="s">
-        <v>867</v>
+        <v>875</v>
       </c>
       <c r="C181" t="s">
-        <v>861</v>
+        <v>869</v>
       </c>
       <c r="D181" t="s">
         <v>59</v>
       </c>
       <c r="E181" t="s">
-        <v>868</v>
+        <v>876</v>
       </c>
       <c r="G181" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="H181" t="s">
-        <v>870</v>
+        <v>878</v>
       </c>
       <c r="I181" t="s">
-        <v>871</v>
+        <v>879</v>
       </c>
       <c r="J181" t="s">
         <v>19</v>
       </c>
       <c r="L181" t="s">
-        <v>808</v>
+        <v>880</v>
       </c>
     </row>
     <row r="182" spans="1:12">
       <c r="A182">
         <v>10693</v>
       </c>
       <c r="B182" t="s">
-        <v>872</v>
+        <v>881</v>
       </c>
       <c r="C182" t="s">
-        <v>873</v>
+        <v>882</v>
       </c>
       <c r="D182" t="s">
         <v>14</v>
       </c>
       <c r="E182" t="s">
         <v>176</v>
       </c>
       <c r="G182" t="s">
-        <v>874</v>
+        <v>883</v>
       </c>
       <c r="H182" t="s">
-        <v>875</v>
+        <v>884</v>
       </c>
       <c r="K182" t="s">
         <v>44</v>
       </c>
       <c r="L182" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="183" spans="1:12">
       <c r="A183">
         <v>10694</v>
       </c>
       <c r="B183" t="s">
-        <v>860</v>
+        <v>868</v>
       </c>
       <c r="C183" t="s">
-        <v>876</v>
+        <v>885</v>
       </c>
       <c r="D183" t="s">
         <v>287</v>
       </c>
       <c r="E183" t="s">
         <v>288</v>
       </c>
       <c r="G183" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
       <c r="H183" t="s">
-        <v>878</v>
+        <v>887</v>
       </c>
       <c r="K183" t="s">
         <v>44</v>
       </c>
       <c r="L183" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="184" spans="1:12">
       <c r="A184">
         <v>10695</v>
       </c>
       <c r="B184" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="C184" t="s">
-        <v>879</v>
+        <v>888</v>
       </c>
       <c r="D184" t="s">
         <v>59</v>
       </c>
       <c r="E184" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="G184" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="H184" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="I184" t="s">
         <v>18</v>
       </c>
       <c r="J184" t="s">
         <v>19</v>
       </c>
       <c r="L184" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
     </row>
     <row r="185" spans="1:12">
       <c r="A185">
         <v>10696</v>
       </c>
       <c r="B185" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
       <c r="C185" t="s">
-        <v>883</v>
+        <v>892</v>
       </c>
       <c r="D185" t="s">
         <v>287</v>
       </c>
       <c r="E185" t="s">
         <v>288</v>
       </c>
       <c r="G185" t="s">
-        <v>884</v>
+        <v>893</v>
       </c>
       <c r="H185" t="s">
-        <v>885</v>
+        <v>894</v>
       </c>
       <c r="K185" t="s">
         <v>44</v>
       </c>
       <c r="L185" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="186" spans="1:12">
       <c r="A186">
         <v>10697</v>
       </c>
       <c r="B186" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="C186" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="D186" t="s">
         <v>78</v>
       </c>
       <c r="E186" t="s">
         <v>112</v>
       </c>
       <c r="G186" t="s">
-        <v>887</v>
+        <v>896</v>
       </c>
       <c r="H186" t="s">
-        <v>888</v>
+        <v>897</v>
       </c>
       <c r="K186" t="s">
         <v>44</v>
       </c>
       <c r="L186" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="187" spans="1:12">
       <c r="A187">
         <v>10698</v>
       </c>
       <c r="B187" t="s">
-        <v>889</v>
+        <v>898</v>
       </c>
       <c r="C187" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="D187" t="s">
         <v>210</v>
       </c>
       <c r="E187" t="s">
-        <v>890</v>
+        <v>899</v>
       </c>
       <c r="G187" t="s">
-        <v>891</v>
+        <v>900</v>
       </c>
       <c r="H187" t="s">
-        <v>892</v>
+        <v>901</v>
       </c>
       <c r="K187" t="s">
         <v>44</v>
       </c>
       <c r="L187" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="188" spans="1:12">
       <c r="A188">
         <v>10699</v>
       </c>
       <c r="B188" t="s">
-        <v>893</v>
+        <v>902</v>
       </c>
       <c r="C188" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
       <c r="D188" t="s">
         <v>210</v>
       </c>
       <c r="E188" t="s">
         <v>224</v>
       </c>
       <c r="G188" t="s">
-        <v>895</v>
+        <v>904</v>
       </c>
       <c r="H188" t="s">
-        <v>896</v>
+        <v>905</v>
       </c>
       <c r="K188" t="s">
         <v>44</v>
       </c>
       <c r="L188" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="189" spans="1:12">
       <c r="A189">
         <v>10708</v>
       </c>
       <c r="B189" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="C189" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
       <c r="D189" t="s">
         <v>187</v>
       </c>
       <c r="E189" t="s">
-        <v>713</v>
+        <v>720</v>
       </c>
       <c r="G189" t="s">
-        <v>898</v>
+        <v>907</v>
       </c>
       <c r="H189" t="s">
-        <v>899</v>
+        <v>908</v>
       </c>
       <c r="I189" t="s">
         <v>18</v>
       </c>
       <c r="J189" t="s">
         <v>19</v>
       </c>
       <c r="L189" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="190" spans="1:12">
       <c r="A190">
         <v>10709</v>
       </c>
       <c r="B190" t="s">
-        <v>900</v>
+        <v>909</v>
       </c>
       <c r="C190" t="s">
-        <v>901</v>
+        <v>910</v>
       </c>
       <c r="D190" t="s">
         <v>96</v>
       </c>
       <c r="E190" t="s">
         <v>112</v>
       </c>
       <c r="G190" t="s">
-        <v>902</v>
+        <v>911</v>
       </c>
       <c r="H190" t="s">
-        <v>903</v>
+        <v>912</v>
       </c>
       <c r="I190" t="s">
         <v>18</v>
       </c>
       <c r="J190" t="s">
         <v>19</v>
       </c>
       <c r="L190" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="191" spans="1:12">
       <c r="A191">
         <v>10710</v>
       </c>
       <c r="B191" t="s">
         <v>165</v>
       </c>
       <c r="C191" t="s">
-        <v>904</v>
+        <v>913</v>
       </c>
       <c r="D191" t="s">
         <v>130</v>
       </c>
       <c r="E191" t="s">
-        <v>905</v>
+        <v>914</v>
       </c>
       <c r="G191" t="s">
-        <v>906</v>
+        <v>915</v>
       </c>
       <c r="H191" t="s">
-        <v>907</v>
+        <v>916</v>
       </c>
       <c r="K191" t="s">
         <v>44</v>
       </c>
       <c r="L191" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="192" spans="1:12">
       <c r="A192">
         <v>10711</v>
       </c>
       <c r="B192" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C192" t="s">
-        <v>908</v>
+        <v>917</v>
       </c>
       <c r="D192" t="s">
         <v>136</v>
       </c>
       <c r="E192" t="s">
-        <v>909</v>
+        <v>918</v>
       </c>
       <c r="G192" t="s">
-        <v>910</v>
+        <v>919</v>
       </c>
       <c r="H192" t="s">
-        <v>911</v>
+        <v>920</v>
       </c>
       <c r="K192" t="s">
         <v>44</v>
       </c>
       <c r="L192" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="193" spans="1:12">
       <c r="A193">
         <v>10712</v>
       </c>
       <c r="B193" t="s">
-        <v>912</v>
+        <v>921</v>
       </c>
       <c r="C193" t="s">
-        <v>913</v>
+        <v>922</v>
       </c>
       <c r="D193" t="s">
         <v>161</v>
       </c>
       <c r="E193" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="G193" t="s">
-        <v>914</v>
+        <v>923</v>
       </c>
       <c r="H193" t="s">
-        <v>915</v>
+        <v>924</v>
       </c>
       <c r="I193" t="s">
         <v>18</v>
       </c>
       <c r="J193" t="s">
         <v>19</v>
       </c>
       <c r="L193" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="194" spans="1:12">
       <c r="A194">
         <v>10713</v>
       </c>
       <c r="B194" t="s">
         <v>134</v>
       </c>
       <c r="C194" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
       <c r="D194" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="E194" t="s">
-        <v>917</v>
+        <v>926</v>
       </c>
       <c r="G194" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
       <c r="H194" t="s">
-        <v>919</v>
+        <v>928</v>
       </c>
       <c r="I194" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="J194" t="s">
         <v>19</v>
       </c>
       <c r="L194" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="195" spans="1:12">
       <c r="A195">
         <v>10714</v>
       </c>
       <c r="B195" t="s">
-        <v>920</v>
+        <v>929</v>
       </c>
       <c r="C195" t="s">
-        <v>921</v>
+        <v>930</v>
       </c>
       <c r="D195" t="s">
         <v>287</v>
       </c>
       <c r="E195" t="s">
-        <v>922</v>
+        <v>931</v>
       </c>
       <c r="G195" t="s">
-        <v>923</v>
+        <v>932</v>
       </c>
       <c r="H195" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="K195" t="s">
         <v>44</v>
       </c>
       <c r="L195" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="196" spans="1:12">
       <c r="A196">
         <v>10715</v>
       </c>
       <c r="B196" t="s">
-        <v>925</v>
+        <v>934</v>
       </c>
       <c r="C196" t="s">
-        <v>926</v>
+        <v>935</v>
       </c>
       <c r="D196" t="s">
         <v>193</v>
       </c>
       <c r="E196" t="s">
-        <v>927</v>
+        <v>936</v>
       </c>
       <c r="G196" t="s">
-        <v>928</v>
+        <v>937</v>
       </c>
       <c r="H196" t="s">
-        <v>929</v>
+        <v>938</v>
       </c>
       <c r="K196" t="s">
         <v>44</v>
       </c>
       <c r="L196" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="197" spans="1:12">
       <c r="A197">
         <v>10716</v>
       </c>
       <c r="B197" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="C197" t="s">
-        <v>930</v>
+        <v>939</v>
       </c>
       <c r="D197" t="s">
         <v>161</v>
       </c>
       <c r="E197" t="s">
-        <v>931</v>
+        <v>940</v>
       </c>
       <c r="G197" t="s">
-        <v>932</v>
+        <v>941</v>
       </c>
       <c r="H197" t="s">
-        <v>933</v>
+        <v>942</v>
       </c>
       <c r="I197" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
       <c r="J197" t="s">
-        <v>731</v>
+        <v>738</v>
       </c>
       <c r="L197" t="s">
-        <v>935</v>
+        <v>944</v>
       </c>
     </row>
     <row r="198" spans="1:12">
       <c r="A198">
         <v>10717</v>
       </c>
       <c r="B198" t="s">
-        <v>936</v>
+        <v>945</v>
       </c>
       <c r="C198" t="s">
-        <v>937</v>
+        <v>946</v>
       </c>
       <c r="D198" t="s">
         <v>187</v>
       </c>
       <c r="E198" t="s">
-        <v>938</v>
+        <v>947</v>
       </c>
       <c r="G198" t="s">
-        <v>939</v>
+        <v>948</v>
       </c>
       <c r="H198" t="s">
-        <v>940</v>
+        <v>949</v>
       </c>
       <c r="I198" t="s">
         <v>18</v>
       </c>
       <c r="J198" t="s">
         <v>19</v>
       </c>
       <c r="L198" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="199" spans="1:12">
       <c r="A199">
         <v>10718</v>
       </c>
       <c r="B199" t="s">
-        <v>941</v>
+        <v>950</v>
       </c>
       <c r="C199" t="s">
-        <v>942</v>
+        <v>951</v>
       </c>
       <c r="D199" t="s">
         <v>14</v>
       </c>
       <c r="E199" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
       <c r="G199" t="s">
-        <v>944</v>
+        <v>953</v>
       </c>
       <c r="H199" t="s">
-        <v>945</v>
+        <v>954</v>
       </c>
       <c r="I199" t="s">
         <v>18</v>
       </c>
       <c r="J199" t="s">
         <v>19</v>
       </c>
       <c r="L199" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="200" spans="1:12">
       <c r="A200">
         <v>10719</v>
       </c>
       <c r="B200" t="s">
-        <v>946</v>
+        <v>955</v>
       </c>
       <c r="C200" t="s">
-        <v>947</v>
+        <v>956</v>
       </c>
       <c r="D200" t="s">
         <v>199</v>
       </c>
       <c r="E200" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="G200" t="s">
-        <v>948</v>
+        <v>957</v>
       </c>
       <c r="H200" t="s">
-        <v>949</v>
+        <v>958</v>
       </c>
       <c r="I200" t="s">
         <v>18</v>
       </c>
       <c r="J200" t="s">
         <v>19</v>
       </c>
       <c r="L200" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
     </row>
     <row r="201" spans="1:12">
       <c r="A201">
         <v>10720</v>
       </c>
       <c r="B201" t="s">
         <v>300</v>
       </c>
       <c r="C201" t="s">
-        <v>950</v>
+        <v>959</v>
       </c>
       <c r="D201" t="s">
-        <v>822</v>
+        <v>813</v>
       </c>
       <c r="E201" t="s">
-        <v>951</v>
+        <v>960</v>
       </c>
       <c r="G201" t="s">
-        <v>952</v>
+        <v>961</v>
       </c>
       <c r="H201" t="s">
-        <v>953</v>
+        <v>962</v>
       </c>
       <c r="K201" t="s">
         <v>44</v>
       </c>
       <c r="L201" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="202" spans="1:12">
       <c r="A202">
         <v>10721</v>
       </c>
       <c r="B202" t="s">
-        <v>954</v>
+        <v>963</v>
       </c>
       <c r="C202" t="s">
-        <v>955</v>
+        <v>964</v>
       </c>
       <c r="D202" t="s">
         <v>193</v>
       </c>
       <c r="E202" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="F202" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="G202" t="s">
-        <v>956</v>
+        <v>965</v>
       </c>
       <c r="H202" t="s">
-        <v>957</v>
+        <v>966</v>
       </c>
       <c r="K202" t="s">
         <v>44</v>
       </c>
       <c r="L202" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="203" spans="1:12">
       <c r="A203">
         <v>10722</v>
       </c>
       <c r="B203" t="s">
-        <v>958</v>
+        <v>967</v>
       </c>
       <c r="C203" t="s">
-        <v>959</v>
+        <v>968</v>
       </c>
       <c r="D203" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E203" t="s">
-        <v>960</v>
+        <v>969</v>
       </c>
       <c r="G203" t="s">
-        <v>961</v>
+        <v>970</v>
       </c>
       <c r="H203" t="s">
-        <v>962</v>
+        <v>971</v>
       </c>
       <c r="K203" t="s">
         <v>44</v>
       </c>
       <c r="L203" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="204" spans="1:12">
       <c r="A204">
         <v>10723</v>
       </c>
       <c r="B204" t="s">
         <v>410</v>
       </c>
       <c r="C204" t="s">
-        <v>963</v>
+        <v>972</v>
       </c>
       <c r="D204" t="s">
         <v>14</v>
       </c>
       <c r="E204" t="s">
-        <v>964</v>
+        <v>973</v>
       </c>
       <c r="G204" t="s">
-        <v>965</v>
+        <v>974</v>
       </c>
       <c r="H204" t="s">
-        <v>966</v>
+        <v>975</v>
       </c>
       <c r="I204" t="s">
         <v>18</v>
       </c>
       <c r="J204" t="s">
         <v>19</v>
       </c>
       <c r="L204" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="205" spans="1:12">
       <c r="A205">
         <v>10724</v>
       </c>
       <c r="B205" t="s">
         <v>70</v>
       </c>
       <c r="C205" t="s">
-        <v>967</v>
+        <v>976</v>
       </c>
       <c r="D205" t="s">
         <v>23</v>
       </c>
       <c r="E205" t="s">
-        <v>857</v>
+        <v>865</v>
       </c>
       <c r="G205" t="s">
-        <v>968</v>
+        <v>977</v>
       </c>
       <c r="H205" t="s">
-        <v>969</v>
+        <v>978</v>
       </c>
       <c r="I205" t="s">
-        <v>970</v>
+        <v>979</v>
       </c>
       <c r="J205" t="s">
-        <v>971</v>
+        <v>980</v>
       </c>
       <c r="L205" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="206" spans="1:12">
       <c r="A206">
         <v>10725</v>
       </c>
       <c r="B206" t="s">
-        <v>864</v>
+        <v>872</v>
       </c>
       <c r="C206" t="s">
-        <v>972</v>
+        <v>981</v>
       </c>
       <c r="D206" t="s">
         <v>14</v>
       </c>
       <c r="E206" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="G206" t="s">
-        <v>973</v>
+        <v>982</v>
       </c>
       <c r="H206" t="s">
-        <v>974</v>
+        <v>983</v>
       </c>
       <c r="K206" t="s">
         <v>44</v>
       </c>
       <c r="L206" t="s">
-        <v>545</v>
+        <v>481</v>
       </c>
     </row>
     <row r="207" spans="1:12">
       <c r="A207">
         <v>10726</v>
       </c>
       <c r="B207" t="s">
-        <v>975</v>
+        <v>984</v>
       </c>
       <c r="C207" t="s">
-        <v>976</v>
+        <v>985</v>
       </c>
       <c r="D207" t="s">
         <v>66</v>
       </c>
       <c r="E207" t="s">
-        <v>977</v>
+        <v>986</v>
       </c>
       <c r="G207" t="s">
-        <v>978</v>
+        <v>987</v>
       </c>
       <c r="H207" t="s">
-        <v>979</v>
+        <v>988</v>
       </c>
       <c r="K207" t="s">
         <v>44</v>
       </c>
       <c r="L207" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="208" spans="1:12">
       <c r="A208">
         <v>10727</v>
       </c>
       <c r="B208" t="s">
-        <v>980</v>
+        <v>989</v>
       </c>
       <c r="C208" t="s">
-        <v>981</v>
+        <v>990</v>
       </c>
       <c r="D208" t="s">
         <v>315</v>
       </c>
       <c r="E208" t="s">
-        <v>982</v>
+        <v>991</v>
       </c>
       <c r="G208" t="s">
-        <v>983</v>
+        <v>992</v>
       </c>
       <c r="H208" t="s">
-        <v>984</v>
+        <v>993</v>
       </c>
       <c r="I208" t="s">
         <v>18</v>
       </c>
       <c r="J208" t="s">
         <v>19</v>
       </c>
       <c r="L208" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="209" spans="1:12">
       <c r="A209">
         <v>10728</v>
       </c>
       <c r="B209" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="C209" t="s">
-        <v>985</v>
+        <v>994</v>
       </c>
       <c r="D209" t="s">
         <v>72</v>
       </c>
       <c r="E209" t="s">
-        <v>986</v>
+        <v>995</v>
       </c>
       <c r="G209" t="s">
-        <v>987</v>
+        <v>996</v>
       </c>
       <c r="H209" t="s">
-        <v>988</v>
+        <v>997</v>
       </c>
       <c r="I209" t="s">
         <v>18</v>
       </c>
       <c r="J209" t="s">
         <v>19</v>
       </c>
       <c r="L209" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="210" spans="1:12">
       <c r="A210">
         <v>10729</v>
       </c>
       <c r="B210" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="C210" t="s">
-        <v>989</v>
+        <v>998</v>
       </c>
       <c r="D210" t="s">
         <v>342</v>
       </c>
       <c r="E210" t="s">
-        <v>990</v>
+        <v>999</v>
       </c>
       <c r="G210" t="s">
-        <v>991</v>
+        <v>1000</v>
       </c>
       <c r="H210" t="s">
-        <v>992</v>
+        <v>1001</v>
       </c>
       <c r="K210" t="s">
         <v>44</v>
       </c>
       <c r="L210" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="211" spans="1:12">
       <c r="A211">
         <v>10730</v>
       </c>
       <c r="B211" t="s">
         <v>285</v>
       </c>
       <c r="C211" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="D211" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E211" t="s">
         <v>79</v>
       </c>
       <c r="G211" t="s">
-        <v>993</v>
+        <v>1002</v>
       </c>
       <c r="H211" t="s">
-        <v>994</v>
+        <v>1003</v>
       </c>
       <c r="K211" t="s">
         <v>44</v>
       </c>
       <c r="L211" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="212" spans="1:12">
       <c r="A212">
         <v>10731</v>
       </c>
       <c r="B212" t="s">
-        <v>995</v>
+        <v>1004</v>
       </c>
       <c r="C212" t="s">
-        <v>996</v>
+        <v>1005</v>
       </c>
       <c r="D212" t="s">
         <v>111</v>
       </c>
       <c r="E212" t="s">
         <v>354</v>
       </c>
       <c r="G212" t="s">
-        <v>997</v>
+        <v>1006</v>
       </c>
       <c r="H212" t="s">
-        <v>998</v>
+        <v>1007</v>
       </c>
       <c r="I212" t="s">
-        <v>999</v>
+        <v>1008</v>
       </c>
       <c r="J212" t="s">
         <v>358</v>
       </c>
       <c r="L212" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="213" spans="1:12">
       <c r="A213">
         <v>10732</v>
       </c>
       <c r="B213" t="s">
-        <v>732</v>
+        <v>739</v>
       </c>
       <c r="C213" t="s">
-        <v>1000</v>
+        <v>1009</v>
       </c>
       <c r="D213" t="s">
         <v>161</v>
       </c>
       <c r="E213" t="s">
         <v>162</v>
       </c>
       <c r="G213" t="s">
-        <v>1001</v>
+        <v>1010</v>
       </c>
       <c r="H213" t="s">
-        <v>1002</v>
+        <v>1011</v>
       </c>
       <c r="K213" t="s">
         <v>44</v>
       </c>
       <c r="L213" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="214" spans="1:12">
       <c r="A214">
         <v>10733</v>
       </c>
       <c r="B214" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C214" t="s">
-        <v>1003</v>
+        <v>1012</v>
       </c>
       <c r="D214" t="s">
         <v>161</v>
       </c>
       <c r="E214" t="s">
-        <v>909</v>
+        <v>918</v>
       </c>
       <c r="G214" t="s">
-        <v>1004</v>
+        <v>1013</v>
       </c>
       <c r="H214" t="s">
-        <v>1005</v>
+        <v>1014</v>
       </c>
       <c r="K214" t="s">
         <v>44</v>
       </c>
       <c r="L214" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="215" spans="1:12">
       <c r="A215">
         <v>10734</v>
       </c>
       <c r="B215" t="s">
-        <v>1006</v>
+        <v>1015</v>
       </c>
       <c r="C215" t="s">
-        <v>1007</v>
+        <v>1016</v>
       </c>
       <c r="D215" t="s">
         <v>210</v>
       </c>
       <c r="E215" t="s">
-        <v>1008</v>
+        <v>1017</v>
       </c>
       <c r="G215" t="s">
-        <v>1009</v>
+        <v>1018</v>
       </c>
       <c r="H215" t="s">
-        <v>1010</v>
+        <v>1019</v>
       </c>
       <c r="K215" t="s">
         <v>44</v>
       </c>
       <c r="L215" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="216" spans="1:12">
       <c r="A216">
         <v>10735</v>
       </c>
       <c r="B216" t="s">
-        <v>1011</v>
+        <v>1020</v>
       </c>
       <c r="C216" t="s">
-        <v>1012</v>
+        <v>1021</v>
       </c>
       <c r="D216" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="E216" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="G216" t="s">
-        <v>1013</v>
+        <v>1022</v>
       </c>
       <c r="H216" t="s">
-        <v>1014</v>
+        <v>1023</v>
       </c>
       <c r="K216" t="s">
         <v>44</v>
       </c>
       <c r="L216" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="217" spans="1:12">
       <c r="A217">
         <v>10736</v>
       </c>
       <c r="B217" t="s">
         <v>64</v>
       </c>
       <c r="C217" t="s">
-        <v>1015</v>
+        <v>1024</v>
       </c>
       <c r="D217" t="s">
         <v>66</v>
       </c>
       <c r="E217" t="s">
-        <v>1016</v>
+        <v>1025</v>
       </c>
       <c r="G217" t="s">
-        <v>1017</v>
+        <v>1026</v>
       </c>
       <c r="H217" t="s">
-        <v>1018</v>
+        <v>1027</v>
       </c>
       <c r="K217" t="s">
         <v>44</v>
       </c>
       <c r="L217" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="218" spans="1:12">
       <c r="A218">
         <v>10737</v>
       </c>
       <c r="B218" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="C218" t="s">
-        <v>1019</v>
+        <v>1028</v>
       </c>
       <c r="D218" t="s">
         <v>193</v>
       </c>
       <c r="E218" t="s">
-        <v>1020</v>
+        <v>1029</v>
       </c>
       <c r="F218" t="s">
-        <v>1021</v>
+        <v>1030</v>
       </c>
       <c r="G218" t="s">
-        <v>1022</v>
+        <v>1031</v>
       </c>
       <c r="H218" t="s">
-        <v>1023</v>
+        <v>1032</v>
       </c>
       <c r="K218" t="s">
         <v>44</v>
       </c>
       <c r="L218" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="219" spans="1:12">
       <c r="A219">
         <v>10738</v>
       </c>
       <c r="B219" t="s">
         <v>46</v>
       </c>
       <c r="C219" t="s">
-        <v>1024</v>
+        <v>1033</v>
       </c>
       <c r="D219" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E219" t="s">
         <v>107</v>
       </c>
       <c r="G219" t="s">
-        <v>1025</v>
+        <v>1034</v>
       </c>
       <c r="H219" t="s">
-        <v>1026</v>
+        <v>1035</v>
       </c>
       <c r="K219" t="s">
         <v>44</v>
       </c>
       <c r="L219" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="220" spans="1:12">
       <c r="A220">
         <v>10739</v>
       </c>
       <c r="B220" t="s">
         <v>94</v>
       </c>
       <c r="C220" t="s">
-        <v>1027</v>
+        <v>1036</v>
       </c>
       <c r="D220" t="s">
         <v>72</v>
       </c>
       <c r="E220" t="s">
-        <v>1028</v>
+        <v>1037</v>
       </c>
       <c r="H220" t="s">
-        <v>1029</v>
+        <v>1038</v>
       </c>
       <c r="I220" t="s">
-        <v>1030</v>
+        <v>1039</v>
       </c>
       <c r="J220" t="s">
         <v>19</v>
       </c>
       <c r="L220" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="221" spans="1:12">
       <c r="A221">
         <v>10740</v>
       </c>
       <c r="B221" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
       <c r="C221" t="s">
-        <v>1031</v>
+        <v>1040</v>
       </c>
       <c r="D221" t="s">
         <v>193</v>
       </c>
       <c r="E221" t="s">
-        <v>1032</v>
+        <v>1041</v>
       </c>
       <c r="G221" t="s">
-        <v>1033</v>
+        <v>1042</v>
       </c>
       <c r="H221" t="s">
-        <v>1034</v>
+        <v>1043</v>
       </c>
       <c r="I221" t="s">
         <v>18</v>
       </c>
       <c r="J221" t="s">
         <v>19</v>
       </c>
       <c r="L221" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="222" spans="1:12">
       <c r="A222">
         <v>10741</v>
       </c>
       <c r="B222" t="s">
-        <v>1035</v>
+        <v>1044</v>
       </c>
       <c r="C222" t="s">
-        <v>1036</v>
+        <v>1045</v>
       </c>
       <c r="D222" t="s">
         <v>66</v>
       </c>
       <c r="E222" t="s">
-        <v>1037</v>
+        <v>1046</v>
       </c>
       <c r="G222" t="s">
-        <v>1038</v>
+        <v>1047</v>
       </c>
       <c r="H222" t="s">
-        <v>1039</v>
+        <v>1048</v>
       </c>
       <c r="K222" t="s">
         <v>44</v>
       </c>
       <c r="L222" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="223" spans="1:12">
       <c r="A223">
         <v>10742</v>
       </c>
       <c r="B223" t="s">
         <v>197</v>
       </c>
       <c r="C223" t="s">
-        <v>1040</v>
+        <v>1049</v>
       </c>
       <c r="D223" t="s">
         <v>287</v>
       </c>
       <c r="E223" t="s">
-        <v>1041</v>
+        <v>1050</v>
       </c>
       <c r="G223" t="s">
-        <v>1042</v>
+        <v>1051</v>
       </c>
       <c r="H223" t="s">
-        <v>1043</v>
+        <v>1052</v>
       </c>
       <c r="K223" t="s">
         <v>44</v>
       </c>
       <c r="L223" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="224" spans="1:12">
       <c r="A224">
         <v>10743</v>
       </c>
       <c r="B224" t="s">
         <v>309</v>
       </c>
       <c r="C224" t="s">
-        <v>1044</v>
+        <v>1053</v>
       </c>
       <c r="D224" t="s">
         <v>199</v>
       </c>
       <c r="E224" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="G224" t="s">
-        <v>1045</v>
+        <v>1054</v>
       </c>
       <c r="H224" t="s">
-        <v>1046</v>
+        <v>1055</v>
       </c>
       <c r="I224" t="s">
         <v>18</v>
       </c>
       <c r="J224" t="s">
         <v>19</v>
       </c>
       <c r="L224" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
     </row>
     <row r="225" spans="1:12">
       <c r="A225">
         <v>10744</v>
       </c>
       <c r="B225" t="s">
         <v>334</v>
       </c>
       <c r="C225" t="s">
-        <v>1044</v>
+        <v>1053</v>
       </c>
       <c r="D225" t="s">
         <v>193</v>
       </c>
       <c r="E225" t="s">
-        <v>1047</v>
+        <v>1056</v>
       </c>
       <c r="G225" t="s">
-        <v>1048</v>
+        <v>1057</v>
       </c>
       <c r="H225" t="s">
-        <v>1049</v>
+        <v>1058</v>
       </c>
       <c r="I225" t="s">
         <v>18</v>
       </c>
       <c r="J225" t="s">
         <v>19</v>
       </c>
       <c r="L225" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="226" spans="1:12">
       <c r="A226">
         <v>10745</v>
       </c>
       <c r="B226" t="s">
         <v>94</v>
       </c>
       <c r="C226" t="s">
-        <v>1050</v>
+        <v>1059</v>
       </c>
       <c r="D226" t="s">
-        <v>1051</v>
+        <v>1060</v>
       </c>
       <c r="E226" t="s">
-        <v>1052</v>
+        <v>1061</v>
       </c>
       <c r="H226" t="s">
-        <v>1053</v>
+        <v>1062</v>
       </c>
       <c r="I226" t="s">
         <v>18</v>
       </c>
       <c r="J226" t="s">
         <v>19</v>
       </c>
       <c r="L226" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="227" spans="1:12">
       <c r="A227">
         <v>10746</v>
       </c>
       <c r="B227" t="s">
         <v>70</v>
       </c>
       <c r="C227" t="s">
-        <v>1044</v>
+        <v>1053</v>
       </c>
       <c r="D227" t="s">
         <v>199</v>
       </c>
       <c r="E227" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="G227" t="s">
-        <v>1054</v>
+        <v>1063</v>
       </c>
       <c r="H227" t="s">
-        <v>1055</v>
+        <v>1064</v>
       </c>
       <c r="I227" t="s">
         <v>18</v>
       </c>
       <c r="J227" t="s">
         <v>19</v>
       </c>
       <c r="L227" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
     </row>
     <row r="228" spans="1:12">
       <c r="A228">
         <v>10747</v>
       </c>
       <c r="B228" t="s">
         <v>100</v>
       </c>
       <c r="C228" t="s">
-        <v>1056</v>
+        <v>1065</v>
       </c>
       <c r="D228" t="s">
-        <v>1057</v>
+        <v>1066</v>
       </c>
       <c r="E228" t="s">
         <v>90</v>
       </c>
       <c r="G228" t="s">
-        <v>1058</v>
+        <v>1067</v>
       </c>
       <c r="H228" t="s">
-        <v>1059</v>
+        <v>1068</v>
       </c>
       <c r="I228" t="s">
-        <v>1060</v>
+        <v>1069</v>
       </c>
       <c r="J228" t="s">
         <v>19</v>
       </c>
       <c r="L228" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="229" spans="1:12">
       <c r="A229">
         <v>10748</v>
       </c>
       <c r="B229" t="s">
         <v>134</v>
       </c>
       <c r="C229" t="s">
-        <v>1061</v>
+        <v>1070</v>
       </c>
       <c r="D229" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="E229" t="s">
         <v>331</v>
       </c>
       <c r="G229" t="s">
-        <v>1062</v>
+        <v>1071</v>
       </c>
       <c r="H229" t="s">
-        <v>1063</v>
+        <v>1072</v>
       </c>
       <c r="K229" t="s">
         <v>44</v>
       </c>
       <c r="L229" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="230" spans="1:12">
       <c r="A230">
         <v>10749</v>
       </c>
       <c r="B230" t="s">
-        <v>1064</v>
+        <v>1073</v>
       </c>
       <c r="C230" t="s">
-        <v>1065</v>
+        <v>1074</v>
       </c>
       <c r="D230" t="s">
         <v>287</v>
       </c>
       <c r="E230" t="s">
         <v>288</v>
       </c>
       <c r="G230" t="s">
-        <v>1066</v>
+        <v>1075</v>
       </c>
       <c r="H230" t="s">
-        <v>1067</v>
+        <v>1076</v>
       </c>
       <c r="I230" t="s">
         <v>18</v>
       </c>
       <c r="J230" t="s">
         <v>19</v>
       </c>
       <c r="L230" t="s">
-        <v>1068</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="231" spans="1:12">
       <c r="A231">
         <v>10750</v>
       </c>
       <c r="B231" t="s">
-        <v>1069</v>
+        <v>1078</v>
       </c>
       <c r="C231" t="s">
-        <v>1070</v>
+        <v>1079</v>
       </c>
       <c r="D231" t="s">
         <v>161</v>
       </c>
       <c r="E231" t="s">
-        <v>1071</v>
+        <v>1080</v>
       </c>
       <c r="G231" t="s">
-        <v>1072</v>
+        <v>1081</v>
       </c>
       <c r="H231" t="s">
-        <v>1073</v>
+        <v>1082</v>
       </c>
       <c r="K231" t="s">
         <v>44</v>
       </c>
       <c r="L231" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="232" spans="1:12">
       <c r="A232">
         <v>10751</v>
       </c>
       <c r="B232" t="s">
-        <v>1074</v>
+        <v>1083</v>
       </c>
       <c r="C232" t="s">
-        <v>1075</v>
+        <v>1084</v>
       </c>
       <c r="D232" t="s">
         <v>130</v>
       </c>
       <c r="E232" t="s">
         <v>112</v>
       </c>
       <c r="G232" t="s">
-        <v>1076</v>
+        <v>1085</v>
       </c>
       <c r="H232" t="s">
-        <v>1077</v>
+        <v>1086</v>
       </c>
       <c r="K232" t="s">
         <v>44</v>
       </c>
       <c r="L232" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="233" spans="1:12">
       <c r="A233">
         <v>10752</v>
       </c>
       <c r="B233" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="C233" t="s">
-        <v>1078</v>
+        <v>1087</v>
       </c>
       <c r="D233" t="s">
         <v>144</v>
       </c>
       <c r="E233" t="s">
         <v>145</v>
       </c>
       <c r="G233" t="s">
-        <v>1079</v>
+        <v>1088</v>
       </c>
       <c r="H233" t="s">
-        <v>1080</v>
+        <v>1089</v>
       </c>
       <c r="K233" t="s">
         <v>44</v>
       </c>
       <c r="L233" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="234" spans="1:12">
       <c r="A234">
         <v>10753</v>
       </c>
       <c r="B234" t="s">
         <v>324</v>
       </c>
       <c r="C234" t="s">
-        <v>1081</v>
+        <v>1090</v>
       </c>
       <c r="D234" t="s">
-        <v>1082</v>
+        <v>1091</v>
       </c>
       <c r="E234" t="s">
-        <v>1041</v>
+        <v>1050</v>
       </c>
       <c r="G234" t="s">
-        <v>1083</v>
+        <v>1092</v>
       </c>
       <c r="H234" t="s">
-        <v>1084</v>
+        <v>1093</v>
       </c>
       <c r="K234" t="s">
         <v>44</v>
       </c>
       <c r="L234" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="235" spans="1:12">
       <c r="A235">
         <v>10754</v>
       </c>
       <c r="B235" t="s">
-        <v>1085</v>
+        <v>1094</v>
       </c>
       <c r="C235" t="s">
-        <v>1081</v>
+        <v>1090</v>
       </c>
       <c r="D235" t="s">
         <v>287</v>
       </c>
       <c r="E235" t="s">
         <v>326</v>
       </c>
       <c r="G235" t="s">
-        <v>1086</v>
+        <v>1095</v>
       </c>
       <c r="H235" t="s">
-        <v>1087</v>
+        <v>1096</v>
       </c>
       <c r="K235" t="s">
         <v>44</v>
       </c>
       <c r="L235" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="236" spans="1:12">
       <c r="A236">
         <v>10755</v>
       </c>
       <c r="B236" t="s">
-        <v>1088</v>
+        <v>1097</v>
       </c>
       <c r="C236" t="s">
-        <v>1089</v>
+        <v>1098</v>
       </c>
       <c r="D236" t="s">
         <v>193</v>
       </c>
       <c r="E236" t="s">
-        <v>1090</v>
+        <v>1099</v>
       </c>
       <c r="F236" t="s">
-        <v>1091</v>
+        <v>1100</v>
       </c>
       <c r="G236" t="s">
-        <v>1092</v>
+        <v>1101</v>
       </c>
       <c r="H236" t="s">
-        <v>1093</v>
+        <v>1102</v>
       </c>
       <c r="I236" t="s">
         <v>18</v>
       </c>
       <c r="J236" t="s">
         <v>19</v>
       </c>
       <c r="L236" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="237" spans="1:12">
       <c r="A237">
         <v>10756</v>
       </c>
       <c r="B237" t="s">
-        <v>1094</v>
+        <v>1103</v>
       </c>
       <c r="C237" t="s">
-        <v>1095</v>
+        <v>1104</v>
       </c>
       <c r="D237" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
       <c r="E237" t="s">
-        <v>1096</v>
+        <v>1105</v>
       </c>
       <c r="G237" t="s">
-        <v>1097</v>
+        <v>1106</v>
       </c>
       <c r="H237" t="s">
-        <v>1098</v>
+        <v>1107</v>
       </c>
       <c r="I237" t="s">
         <v>39</v>
       </c>
       <c r="J237" t="s">
         <v>40</v>
       </c>
       <c r="L237" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="238" spans="1:12">
       <c r="A238">
         <v>10757</v>
       </c>
       <c r="B238" t="s">
-        <v>1099</v>
+        <v>1108</v>
       </c>
       <c r="C238" t="s">
-        <v>1100</v>
+        <v>1109</v>
       </c>
       <c r="D238" t="s">
         <v>130</v>
       </c>
       <c r="E238" t="s">
-        <v>691</v>
+        <v>464</v>
       </c>
       <c r="G238" t="s">
-        <v>1101</v>
+        <v>1110</v>
       </c>
       <c r="H238" t="s">
-        <v>1102</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>1111</v>
+      </c>
+      <c r="I238" t="s">
+        <v>18</v>
+      </c>
+      <c r="J238" t="s">
+        <v>19</v>
       </c>
       <c r="L238" t="s">
-        <v>545</v>
+        <v>700</v>
       </c>
     </row>
     <row r="239" spans="1:12">
       <c r="A239">
         <v>10758</v>
       </c>
       <c r="B239" t="s">
-        <v>1103</v>
+        <v>1112</v>
       </c>
       <c r="C239" t="s">
-        <v>1104</v>
+        <v>1113</v>
       </c>
       <c r="D239" t="s">
         <v>342</v>
       </c>
       <c r="E239" t="s">
-        <v>1105</v>
+        <v>1114</v>
       </c>
       <c r="G239" t="s">
-        <v>1106</v>
+        <v>1115</v>
       </c>
       <c r="H239" t="s">
-        <v>1107</v>
+        <v>1116</v>
       </c>
       <c r="I239" t="s">
-        <v>1108</v>
+        <v>1117</v>
       </c>
       <c r="J239" t="s">
-        <v>1109</v>
+        <v>1118</v>
       </c>
       <c r="L239" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="240" spans="1:12">
       <c r="A240">
         <v>10759</v>
       </c>
       <c r="B240" t="s">
         <v>70</v>
       </c>
       <c r="C240" t="s">
-        <v>1110</v>
+        <v>1119</v>
       </c>
       <c r="D240" t="s">
         <v>193</v>
       </c>
       <c r="F240" t="s">
         <v>36</v>
       </c>
       <c r="G240" t="s">
-        <v>1111</v>
+        <v>1120</v>
       </c>
       <c r="H240" t="s">
-        <v>1112</v>
+        <v>1121</v>
       </c>
       <c r="K240" t="s">
         <v>44</v>
       </c>
       <c r="L240" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="241" spans="1:12">
       <c r="A241">
         <v>10760</v>
       </c>
       <c r="B241" t="s">
-        <v>1113</v>
+        <v>1122</v>
       </c>
       <c r="C241" t="s">
-        <v>1114</v>
+        <v>1123</v>
       </c>
       <c r="D241" t="s">
         <v>96</v>
       </c>
       <c r="E241" t="s">
-        <v>1115</v>
+        <v>1124</v>
       </c>
       <c r="G241" t="s">
-        <v>1116</v>
+        <v>1125</v>
       </c>
       <c r="H241" t="s">
-        <v>1117</v>
+        <v>1126</v>
       </c>
       <c r="K241" t="s">
         <v>44</v>
       </c>
       <c r="L241" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="242" spans="1:12">
       <c r="A242">
         <v>10761</v>
       </c>
       <c r="B242" t="s">
-        <v>872</v>
+        <v>881</v>
       </c>
       <c r="C242" t="s">
-        <v>1118</v>
+        <v>1127</v>
       </c>
       <c r="D242" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E242" t="s">
         <v>102</v>
       </c>
+      <c r="F242" t="s">
+        <v>1128</v>
+      </c>
       <c r="G242" t="s">
-        <v>1119</v>
+        <v>1129</v>
       </c>
       <c r="H242" t="s">
-        <v>1120</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>1130</v>
+      </c>
+      <c r="I242" t="s">
+        <v>1131</v>
+      </c>
+      <c r="J242" t="s">
+        <v>19</v>
       </c>
       <c r="L242" t="s">
-        <v>545</v>
+        <v>501</v>
       </c>
     </row>
     <row r="243" spans="1:12">
       <c r="A243">
         <v>10762</v>
       </c>
       <c r="B243" t="s">
-        <v>1121</v>
+        <v>1132</v>
       </c>
       <c r="C243" t="s">
-        <v>1122</v>
+        <v>1133</v>
       </c>
       <c r="D243" t="s">
         <v>210</v>
       </c>
       <c r="E243" t="s">
         <v>224</v>
       </c>
       <c r="G243" t="s">
-        <v>1123</v>
+        <v>1134</v>
       </c>
       <c r="H243" t="s">
-        <v>1124</v>
+        <v>1135</v>
       </c>
       <c r="K243" t="s">
         <v>44</v>
       </c>
       <c r="L243" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="244" spans="1:12">
       <c r="A244">
         <v>10763</v>
       </c>
       <c r="B244" t="s">
-        <v>1125</v>
+        <v>1136</v>
       </c>
       <c r="C244" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="D244" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E244" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="G244" t="s">
-        <v>1128</v>
+        <v>1139</v>
       </c>
       <c r="H244" t="s">
-        <v>1129</v>
+        <v>1140</v>
       </c>
       <c r="K244" t="s">
         <v>44</v>
       </c>
       <c r="L244" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="245" spans="1:12">
       <c r="A245">
         <v>10764</v>
       </c>
       <c r="B245" t="s">
-        <v>1130</v>
+        <v>1141</v>
       </c>
       <c r="C245" t="s">
-        <v>1131</v>
+        <v>1142</v>
       </c>
       <c r="D245" t="s">
         <v>78</v>
       </c>
       <c r="E245" t="s">
         <v>107</v>
       </c>
       <c r="G245" t="s">
-        <v>1132</v>
+        <v>1143</v>
       </c>
       <c r="H245" t="s">
-        <v>1133</v>
+        <v>1144</v>
       </c>
       <c r="I245" t="s">
         <v>18</v>
       </c>
       <c r="J245" t="s">
         <v>19</v>
       </c>
       <c r="L245" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="246" spans="1:12">
       <c r="A246">
         <v>10765</v>
       </c>
       <c r="B246" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="C246" t="s">
-        <v>1134</v>
+        <v>1145</v>
       </c>
       <c r="D246" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E246" t="s">
-        <v>1135</v>
+        <v>1146</v>
       </c>
       <c r="G246" t="s">
-        <v>1136</v>
+        <v>1147</v>
       </c>
       <c r="H246" t="s">
-        <v>1137</v>
+        <v>1148</v>
       </c>
       <c r="K246" t="s">
         <v>44</v>
       </c>
       <c r="L246" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="247" spans="1:12">
       <c r="A247">
         <v>10766</v>
       </c>
       <c r="B247" t="s">
-        <v>1138</v>
+        <v>1149</v>
       </c>
       <c r="C247" t="s">
-        <v>1139</v>
+        <v>1150</v>
       </c>
       <c r="D247" t="s">
         <v>210</v>
       </c>
       <c r="E247" t="s">
         <v>224</v>
       </c>
       <c r="G247" t="s">
-        <v>1140</v>
+        <v>1151</v>
       </c>
       <c r="H247" t="s">
-        <v>1141</v>
+        <v>1152</v>
       </c>
       <c r="K247" t="s">
         <v>44</v>
       </c>
       <c r="L247" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="248" spans="1:12">
       <c r="A248">
         <v>10767</v>
       </c>
       <c r="B248" t="s">
-        <v>1142</v>
+        <v>1153</v>
       </c>
       <c r="C248" t="s">
-        <v>1143</v>
+        <v>1154</v>
       </c>
       <c r="D248" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E248" t="s">
-        <v>960</v>
+        <v>969</v>
       </c>
       <c r="G248" t="s">
-        <v>1144</v>
+        <v>1155</v>
       </c>
       <c r="H248" t="s">
-        <v>1145</v>
+        <v>1156</v>
       </c>
       <c r="K248" t="s">
         <v>44</v>
       </c>
       <c r="L248" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="249" spans="1:12">
       <c r="A249">
         <v>10768</v>
       </c>
       <c r="B249" t="s">
-        <v>1146</v>
+        <v>1157</v>
       </c>
       <c r="C249" t="s">
-        <v>1147</v>
+        <v>1158</v>
       </c>
       <c r="D249" t="s">
         <v>59</v>
       </c>
       <c r="E249" t="s">
         <v>60</v>
       </c>
       <c r="G249" t="s">
-        <v>1148</v>
+        <v>1159</v>
       </c>
       <c r="H249" t="s">
-        <v>1149</v>
+        <v>1160</v>
       </c>
       <c r="I249" t="s">
         <v>39</v>
       </c>
       <c r="J249" t="s">
         <v>40</v>
       </c>
       <c r="L249" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="250" spans="1:12">
       <c r="A250">
         <v>10769</v>
       </c>
       <c r="B250" t="s">
-        <v>1088</v>
+        <v>1097</v>
       </c>
       <c r="C250" t="s">
-        <v>1150</v>
+        <v>1161</v>
       </c>
       <c r="D250" t="s">
         <v>193</v>
       </c>
       <c r="E250" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="G250" t="s">
-        <v>1151</v>
+        <v>1162</v>
       </c>
       <c r="H250" t="s">
-        <v>1152</v>
+        <v>1163</v>
       </c>
       <c r="I250" t="s">
         <v>18</v>
       </c>
       <c r="J250" t="s">
         <v>19</v>
       </c>
       <c r="L250" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="251" spans="1:12">
       <c r="A251">
         <v>10770</v>
       </c>
       <c r="B251" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="C251" t="s">
-        <v>1153</v>
+        <v>1164</v>
       </c>
       <c r="D251" t="s">
         <v>23</v>
       </c>
       <c r="E251" t="s">
-        <v>1096</v>
+        <v>1105</v>
       </c>
       <c r="G251" t="s">
-        <v>1154</v>
+        <v>1165</v>
       </c>
       <c r="H251" t="s">
-        <v>1155</v>
+        <v>1166</v>
       </c>
       <c r="I251" t="s">
         <v>39</v>
       </c>
       <c r="J251" t="s">
         <v>40</v>
       </c>
       <c r="L251" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="252" spans="1:12">
       <c r="A252">
         <v>10771</v>
       </c>
       <c r="B252" t="s">
         <v>185</v>
       </c>
       <c r="C252" t="s">
-        <v>1156</v>
+        <v>1167</v>
       </c>
       <c r="D252" t="s">
         <v>161</v>
       </c>
       <c r="E252" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="G252" t="s">
-        <v>1157</v>
+        <v>1168</v>
       </c>
       <c r="H252" t="s">
-        <v>1158</v>
+        <v>1169</v>
       </c>
       <c r="K252" t="s">
         <v>44</v>
       </c>
       <c r="L252" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="253" spans="1:12">
       <c r="A253">
         <v>10772</v>
       </c>
       <c r="B253" t="s">
         <v>305</v>
       </c>
       <c r="C253" t="s">
-        <v>1159</v>
+        <v>1170</v>
       </c>
       <c r="D253" t="s">
         <v>315</v>
       </c>
       <c r="E253" t="s">
-        <v>982</v>
+        <v>991</v>
       </c>
       <c r="G253" t="s">
-        <v>1160</v>
+        <v>1171</v>
       </c>
       <c r="H253" t="s">
-        <v>1161</v>
+        <v>1172</v>
       </c>
       <c r="I253" t="s">
         <v>18</v>
       </c>
       <c r="J253" t="s">
         <v>19</v>
       </c>
       <c r="L253" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="254" spans="1:12">
       <c r="A254">
         <v>10773</v>
       </c>
       <c r="B254" t="s">
-        <v>1162</v>
+        <v>1173</v>
       </c>
       <c r="C254" t="s">
-        <v>1163</v>
+        <v>1174</v>
       </c>
       <c r="D254" t="s">
         <v>30</v>
       </c>
       <c r="G254" t="s">
-        <v>1164</v>
+        <v>1175</v>
       </c>
       <c r="H254" t="s">
         <v>49</v>
       </c>
       <c r="K254" t="s">
         <v>44</v>
       </c>
       <c r="L254" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="255" spans="1:12">
       <c r="A255">
         <v>10774</v>
       </c>
       <c r="B255" t="s">
-        <v>1165</v>
+        <v>1176</v>
       </c>
       <c r="C255" t="s">
-        <v>1166</v>
+        <v>1177</v>
       </c>
       <c r="D255" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E255" t="s">
         <v>107</v>
       </c>
       <c r="G255" t="s">
-        <v>1167</v>
+        <v>1178</v>
       </c>
       <c r="H255" t="s">
-        <v>1168</v>
+        <v>1179</v>
       </c>
       <c r="K255" t="s">
         <v>44</v>
       </c>
       <c r="L255" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="256" spans="1:12">
       <c r="A256">
         <v>10775</v>
       </c>
       <c r="B256" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
       <c r="C256" t="s">
-        <v>1169</v>
+        <v>1180</v>
       </c>
       <c r="D256" t="s">
         <v>35</v>
       </c>
       <c r="E256" t="s">
         <v>403</v>
       </c>
       <c r="G256" t="s">
-        <v>1170</v>
+        <v>1181</v>
       </c>
       <c r="H256" t="s">
-        <v>1171</v>
+        <v>1182</v>
       </c>
       <c r="K256" t="s">
         <v>44</v>
       </c>
       <c r="L256" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="257" spans="1:12">
       <c r="A257">
         <v>10776</v>
       </c>
       <c r="B257" t="s">
-        <v>1172</v>
+        <v>1183</v>
       </c>
       <c r="C257" t="s">
-        <v>1173</v>
+        <v>1184</v>
       </c>
       <c r="D257" t="s">
         <v>96</v>
       </c>
       <c r="E257" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="G257" t="s">
-        <v>1174</v>
+        <v>1185</v>
       </c>
       <c r="H257" t="s">
-        <v>1175</v>
+        <v>1186</v>
       </c>
       <c r="K257" t="s">
         <v>44</v>
       </c>
       <c r="L257" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="258" spans="1:12">
       <c r="A258">
         <v>10777</v>
       </c>
       <c r="B258" t="s">
-        <v>1146</v>
+        <v>1157</v>
       </c>
       <c r="C258" t="s">
-        <v>1176</v>
+        <v>1187</v>
       </c>
       <c r="D258" t="s">
         <v>66</v>
       </c>
       <c r="E258" t="s">
-        <v>1037</v>
+        <v>1046</v>
       </c>
       <c r="G258" t="s">
-        <v>1177</v>
+        <v>1188</v>
       </c>
       <c r="H258" t="s">
-        <v>1178</v>
+        <v>1189</v>
       </c>
       <c r="K258" t="s">
         <v>44</v>
       </c>
       <c r="L258" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="259" spans="1:12">
       <c r="A259">
         <v>10778</v>
       </c>
       <c r="B259" t="s">
-        <v>1179</v>
+        <v>1190</v>
       </c>
       <c r="C259" t="s">
-        <v>1180</v>
+        <v>1191</v>
       </c>
       <c r="D259" t="s">
         <v>14</v>
       </c>
       <c r="E259" t="s">
-        <v>964</v>
+        <v>973</v>
       </c>
       <c r="G259" t="s">
-        <v>1181</v>
+        <v>1192</v>
       </c>
       <c r="H259" t="s">
-        <v>1182</v>
+        <v>1193</v>
       </c>
       <c r="I259" t="s">
         <v>18</v>
       </c>
       <c r="J259" t="s">
         <v>19</v>
       </c>
       <c r="L259" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="260" spans="1:12">
       <c r="A260">
         <v>10779</v>
       </c>
       <c r="B260" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
       <c r="C260" t="s">
-        <v>1183</v>
+        <v>1194</v>
       </c>
       <c r="D260" t="s">
         <v>199</v>
       </c>
       <c r="E260" t="s">
-        <v>1184</v>
+        <v>1195</v>
       </c>
       <c r="G260" t="s">
-        <v>1185</v>
+        <v>1196</v>
       </c>
       <c r="H260" t="s">
-        <v>1186</v>
+        <v>1197</v>
       </c>
       <c r="I260" t="s">
         <v>18</v>
       </c>
       <c r="J260" t="s">
         <v>19</v>
       </c>
       <c r="L260" t="s">
-        <v>808</v>
+        <v>880</v>
       </c>
     </row>
     <row r="261" spans="1:12">
       <c r="A261">
         <v>10780</v>
       </c>
       <c r="B261" t="s">
-        <v>1187</v>
+        <v>1198</v>
       </c>
       <c r="C261" t="s">
-        <v>1188</v>
+        <v>1199</v>
       </c>
       <c r="D261" t="s">
         <v>161</v>
       </c>
       <c r="E261" t="s">
-        <v>1189</v>
+        <v>1200</v>
       </c>
       <c r="G261" t="s">
-        <v>1190</v>
+        <v>1201</v>
       </c>
       <c r="H261" t="s">
-        <v>1191</v>
+        <v>1202</v>
       </c>
       <c r="I261" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
       <c r="J261" t="s">
-        <v>1192</v>
+        <v>1203</v>
       </c>
       <c r="L261" t="s">
-        <v>1193</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="262" spans="1:12">
       <c r="A262">
         <v>10781</v>
       </c>
       <c r="B262" t="s">
-        <v>889</v>
+        <v>898</v>
       </c>
       <c r="C262" t="s">
-        <v>1183</v>
+        <v>1194</v>
       </c>
       <c r="D262" t="s">
         <v>193</v>
       </c>
       <c r="E262" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="G262" t="s">
-        <v>1194</v>
+        <v>1205</v>
       </c>
       <c r="H262" t="s">
-        <v>1195</v>
+        <v>1206</v>
       </c>
       <c r="K262" t="s">
         <v>44</v>
       </c>
       <c r="L262" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="263" spans="1:12">
       <c r="A263">
         <v>10782</v>
       </c>
       <c r="B263" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
       <c r="C263" t="s">
-        <v>1196</v>
+        <v>1207</v>
       </c>
       <c r="D263" t="s">
         <v>161</v>
       </c>
       <c r="E263" t="s">
-        <v>1197</v>
+        <v>1208</v>
       </c>
       <c r="G263" t="s">
-        <v>1198</v>
+        <v>1209</v>
       </c>
       <c r="H263" t="s">
-        <v>1199</v>
+        <v>1210</v>
       </c>
       <c r="I263" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
       <c r="J263" t="s">
-        <v>1192</v>
+        <v>1203</v>
       </c>
       <c r="L263" t="s">
-        <v>1193</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="264" spans="1:12">
       <c r="A264">
         <v>10783</v>
       </c>
       <c r="B264" t="s">
         <v>76</v>
       </c>
       <c r="C264" t="s">
-        <v>1200</v>
+        <v>1211</v>
       </c>
       <c r="D264" t="s">
         <v>199</v>
       </c>
       <c r="E264" t="s">
         <v>297</v>
       </c>
       <c r="G264" t="s">
-        <v>1201</v>
+        <v>1212</v>
       </c>
       <c r="H264" t="s">
-        <v>1202</v>
+        <v>1213</v>
       </c>
       <c r="I264" t="s">
         <v>18</v>
       </c>
       <c r="J264" t="s">
         <v>19</v>
       </c>
       <c r="L264" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="265" spans="1:12">
       <c r="A265">
         <v>10784</v>
       </c>
       <c r="B265" t="s">
-        <v>1125</v>
+        <v>1136</v>
       </c>
       <c r="C265" t="s">
-        <v>1203</v>
+        <v>1214</v>
       </c>
       <c r="D265" t="s">
         <v>72</v>
       </c>
       <c r="E265" t="s">
-        <v>986</v>
+        <v>995</v>
       </c>
       <c r="G265" t="s">
-        <v>1204</v>
+        <v>1215</v>
       </c>
       <c r="H265" t="s">
-        <v>1205</v>
+        <v>1216</v>
       </c>
       <c r="K265" t="s">
         <v>44</v>
       </c>
       <c r="L265" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="266" spans="1:12">
       <c r="A266">
         <v>10785</v>
       </c>
       <c r="B266" t="s">
         <v>174</v>
       </c>
       <c r="C266" t="s">
-        <v>1206</v>
+        <v>1217</v>
       </c>
       <c r="D266" t="s">
         <v>187</v>
       </c>
       <c r="E266" t="s">
-        <v>938</v>
+        <v>947</v>
       </c>
       <c r="F266" t="s">
-        <v>1207</v>
+        <v>1218</v>
       </c>
       <c r="G266" t="s">
-        <v>1208</v>
+        <v>1219</v>
       </c>
       <c r="H266" t="s">
-        <v>1209</v>
+        <v>1220</v>
       </c>
       <c r="K266" t="s">
         <v>44</v>
       </c>
       <c r="L266" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="267" spans="1:12">
       <c r="A267">
         <v>10786</v>
       </c>
       <c r="B267" t="s">
-        <v>1210</v>
+        <v>1221</v>
       </c>
       <c r="C267" t="s">
-        <v>1211</v>
+        <v>1222</v>
       </c>
       <c r="D267" t="s">
-        <v>1212</v>
+        <v>1223</v>
       </c>
       <c r="E267" t="s">
-        <v>1052</v>
+        <v>1061</v>
       </c>
       <c r="G267" t="s">
-        <v>1213</v>
+        <v>1224</v>
       </c>
       <c r="H267" t="s">
-        <v>1214</v>
+        <v>1225</v>
       </c>
       <c r="I267" t="s">
         <v>18</v>
       </c>
       <c r="J267" t="s">
         <v>19</v>
       </c>
       <c r="L267" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="268" spans="1:12">
       <c r="A268">
         <v>10787</v>
       </c>
       <c r="B268" t="s">
-        <v>1011</v>
+        <v>1020</v>
       </c>
       <c r="C268" t="s">
-        <v>1215</v>
+        <v>1226</v>
       </c>
       <c r="D268" t="s">
         <v>136</v>
       </c>
       <c r="E268" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="G268" t="s">
-        <v>1216</v>
+        <v>1227</v>
       </c>
       <c r="H268" t="s">
-        <v>1217</v>
+        <v>1228</v>
       </c>
       <c r="I268" t="s">
         <v>18</v>
       </c>
       <c r="J268" t="s">
         <v>141</v>
       </c>
       <c r="L268" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="269" spans="1:12">
       <c r="A269">
         <v>10788</v>
       </c>
       <c r="B269" t="s">
         <v>300</v>
       </c>
       <c r="C269" t="s">
-        <v>1218</v>
+        <v>1229</v>
       </c>
       <c r="D269" t="s">
         <v>187</v>
       </c>
       <c r="E269" t="s">
-        <v>938</v>
+        <v>947</v>
       </c>
       <c r="G269" t="s">
-        <v>1219</v>
+        <v>1230</v>
       </c>
       <c r="H269" t="s">
-        <v>1220</v>
+        <v>1231</v>
       </c>
       <c r="I269" t="s">
         <v>18</v>
       </c>
       <c r="J269" t="s">
         <v>19</v>
       </c>
       <c r="L269" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="270" spans="1:12">
       <c r="A270">
         <v>10789</v>
       </c>
       <c r="B270" t="s">
-        <v>1221</v>
+        <v>1232</v>
       </c>
       <c r="C270" t="s">
-        <v>1215</v>
+        <v>1226</v>
       </c>
       <c r="D270" t="s">
         <v>59</v>
       </c>
       <c r="E270" t="s">
         <v>200</v>
       </c>
       <c r="G270" t="s">
-        <v>1222</v>
+        <v>1233</v>
       </c>
       <c r="H270" t="s">
-        <v>1223</v>
+        <v>1234</v>
       </c>
       <c r="I270" t="s">
         <v>18</v>
       </c>
       <c r="J270" t="s">
         <v>19</v>
       </c>
       <c r="L270" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="271" spans="1:12">
       <c r="A271">
         <v>10790</v>
       </c>
       <c r="B271" t="s">
         <v>70</v>
       </c>
       <c r="C271" t="s">
-        <v>1224</v>
+        <v>1235</v>
       </c>
       <c r="D271" t="s">
         <v>66</v>
       </c>
       <c r="E271" t="s">
-        <v>1225</v>
+        <v>1236</v>
       </c>
       <c r="G271" t="s">
-        <v>1226</v>
+        <v>1237</v>
       </c>
       <c r="H271" t="s">
-        <v>1227</v>
+        <v>1238</v>
       </c>
       <c r="K271" t="s">
         <v>44</v>
       </c>
       <c r="L271" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="272" spans="1:12">
       <c r="A272">
         <v>10791</v>
       </c>
       <c r="B272" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C272" t="s">
-        <v>1228</v>
+        <v>1239</v>
       </c>
       <c r="D272" t="s">
         <v>96</v>
       </c>
       <c r="E272" t="s">
         <v>156</v>
       </c>
       <c r="G272" t="s">
-        <v>1229</v>
+        <v>1240</v>
       </c>
       <c r="H272" t="s">
-        <v>1230</v>
+        <v>1241</v>
       </c>
       <c r="K272" t="s">
         <v>44</v>
       </c>
       <c r="L272" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="273" spans="1:12">
       <c r="A273">
         <v>10792</v>
       </c>
       <c r="B273" t="s">
-        <v>958</v>
+        <v>967</v>
       </c>
       <c r="C273" t="s">
-        <v>1231</v>
+        <v>1242</v>
       </c>
       <c r="D273" t="s">
         <v>161</v>
       </c>
       <c r="E273" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="G273" t="s">
-        <v>1232</v>
+        <v>1243</v>
       </c>
       <c r="H273" t="s">
-        <v>1233</v>
+        <v>1244</v>
       </c>
       <c r="K273" t="s">
         <v>44</v>
       </c>
       <c r="L273" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="274" spans="1:12">
       <c r="A274">
         <v>10793</v>
       </c>
       <c r="B274" t="s">
-        <v>1234</v>
+        <v>1245</v>
       </c>
       <c r="C274" t="s">
-        <v>1235</v>
+        <v>1246</v>
       </c>
       <c r="D274" t="s">
         <v>130</v>
       </c>
       <c r="E274" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
       <c r="G274" t="s">
-        <v>1236</v>
+        <v>1247</v>
       </c>
       <c r="H274" t="s">
-        <v>1237</v>
+        <v>1248</v>
       </c>
       <c r="I274" t="s">
-        <v>1238</v>
+        <v>1249</v>
       </c>
       <c r="J274" t="s">
         <v>19</v>
       </c>
       <c r="L274" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="275" spans="1:12">
       <c r="A275">
         <v>10794</v>
       </c>
       <c r="B275" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
       <c r="C275" t="s">
-        <v>1239</v>
+        <v>1250</v>
       </c>
       <c r="D275" t="s">
         <v>199</v>
       </c>
       <c r="E275" t="s">
         <v>282</v>
       </c>
       <c r="G275" t="s">
-        <v>1240</v>
+        <v>1251</v>
       </c>
       <c r="H275" t="s">
-        <v>1241</v>
+        <v>1252</v>
       </c>
       <c r="I275" t="s">
         <v>18</v>
       </c>
       <c r="J275" t="s">
-        <v>717</v>
+        <v>724</v>
       </c>
       <c r="L275" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="276" spans="1:12">
       <c r="A276">
         <v>10795</v>
       </c>
       <c r="B276" t="s">
-        <v>1242</v>
+        <v>1253</v>
       </c>
       <c r="C276" t="s">
-        <v>1243</v>
+        <v>1254</v>
       </c>
       <c r="D276" t="s">
         <v>342</v>
       </c>
       <c r="E276" t="s">
-        <v>1105</v>
+        <v>1114</v>
       </c>
       <c r="G276" t="s">
-        <v>1244</v>
+        <v>1255</v>
       </c>
       <c r="H276" t="s">
-        <v>1245</v>
+        <v>1256</v>
       </c>
       <c r="I276" t="s">
-        <v>1246</v>
+        <v>1257</v>
       </c>
       <c r="J276" t="s">
         <v>221</v>
       </c>
       <c r="L276" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="277" spans="1:12">
       <c r="A277">
         <v>10796</v>
       </c>
       <c r="B277" t="s">
-        <v>1247</v>
+        <v>1258</v>
       </c>
       <c r="C277" t="s">
-        <v>1248</v>
+        <v>1259</v>
       </c>
       <c r="D277" t="s">
         <v>130</v>
       </c>
       <c r="E277" t="s">
         <v>131</v>
       </c>
       <c r="G277" t="s">
-        <v>1249</v>
+        <v>1260</v>
       </c>
       <c r="H277" t="s">
-        <v>1250</v>
+        <v>1261</v>
       </c>
       <c r="K277" t="s">
         <v>44</v>
       </c>
       <c r="L277" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="278" spans="1:12">
       <c r="A278">
         <v>10797</v>
       </c>
       <c r="B278" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
       <c r="C278" t="s">
-        <v>1251</v>
+        <v>1262</v>
       </c>
       <c r="D278" t="s">
         <v>342</v>
       </c>
       <c r="E278" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="G278" t="s">
-        <v>1252</v>
+        <v>1263</v>
       </c>
       <c r="H278" t="s">
-        <v>1253</v>
+        <v>1264</v>
       </c>
       <c r="K278" t="s">
         <v>44</v>
       </c>
       <c r="L278" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="279" spans="1:12">
       <c r="A279">
         <v>10798</v>
       </c>
       <c r="B279" t="s">
-        <v>1254</v>
+        <v>1265</v>
       </c>
       <c r="C279" t="s">
-        <v>1255</v>
+        <v>1266</v>
       </c>
       <c r="D279" t="s">
         <v>161</v>
       </c>
       <c r="E279" t="s">
-        <v>1256</v>
+        <v>1267</v>
       </c>
       <c r="F279" t="s">
-        <v>1257</v>
+        <v>1268</v>
       </c>
       <c r="G279" t="s">
-        <v>1258</v>
+        <v>1269</v>
       </c>
       <c r="H279" t="s">
-        <v>1259</v>
+        <v>1270</v>
       </c>
       <c r="K279" t="s">
         <v>44</v>
       </c>
       <c r="L279" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="280" spans="1:12">
       <c r="A280">
         <v>10799</v>
       </c>
       <c r="B280" t="s">
-        <v>495</v>
+        <v>502</v>
       </c>
       <c r="C280" t="s">
-        <v>1260</v>
+        <v>1271</v>
       </c>
       <c r="D280" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="E280" t="s">
         <v>79</v>
       </c>
       <c r="G280" t="s">
-        <v>1261</v>
+        <v>1272</v>
       </c>
       <c r="H280" t="s">
-        <v>1262</v>
+        <v>1273</v>
       </c>
       <c r="K280" t="s">
         <v>44</v>
       </c>
       <c r="L280" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="281" spans="1:12">
       <c r="A281">
         <v>10800</v>
       </c>
       <c r="B281" t="s">
         <v>410</v>
       </c>
       <c r="C281" t="s">
-        <v>1260</v>
+        <v>1271</v>
       </c>
       <c r="D281" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="E281" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="G281" t="s">
-        <v>1263</v>
+        <v>1274</v>
       </c>
       <c r="H281" t="s">
-        <v>1264</v>
+        <v>1275</v>
       </c>
       <c r="I281" t="s">
         <v>18</v>
       </c>
       <c r="J281" t="s">
         <v>19</v>
       </c>
       <c r="L281" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="282" spans="1:12">
       <c r="A282">
         <v>10801</v>
       </c>
       <c r="B282" t="s">
-        <v>1265</v>
+        <v>1276</v>
       </c>
       <c r="C282" t="s">
-        <v>1260</v>
+        <v>1271</v>
       </c>
       <c r="D282" t="s">
-        <v>1266</v>
+        <v>1277</v>
       </c>
       <c r="E282" t="s">
-        <v>1267</v>
+        <v>1278</v>
       </c>
       <c r="G282" t="s">
-        <v>1268</v>
+        <v>1279</v>
       </c>
       <c r="H282" t="s">
-        <v>1269</v>
+        <v>1280</v>
       </c>
       <c r="K282" t="s">
         <v>44</v>
       </c>
       <c r="L282" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="283" spans="1:12">
       <c r="A283">
         <v>10802</v>
       </c>
       <c r="B283" t="s">
-        <v>1270</v>
+        <v>1281</v>
       </c>
       <c r="C283" t="s">
-        <v>1271</v>
+        <v>1282</v>
       </c>
       <c r="D283" t="s">
         <v>72</v>
       </c>
       <c r="E283" t="s">
-        <v>1272</v>
+        <v>1283</v>
       </c>
       <c r="G283" t="s">
-        <v>1273</v>
+        <v>1284</v>
       </c>
       <c r="H283" t="s">
-        <v>1274</v>
+        <v>1285</v>
       </c>
       <c r="I283" t="s">
         <v>18</v>
       </c>
       <c r="J283" t="s">
         <v>19</v>
       </c>
       <c r="L283" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="284" spans="1:12">
       <c r="A284">
         <v>10803</v>
       </c>
       <c r="B284" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C284" t="s">
-        <v>1275</v>
+        <v>1286</v>
       </c>
       <c r="D284" t="s">
         <v>315</v>
       </c>
       <c r="E284" t="s">
-        <v>1276</v>
+        <v>1287</v>
       </c>
       <c r="G284" t="s">
-        <v>1277</v>
+        <v>1288</v>
       </c>
       <c r="H284" t="s">
-        <v>1278</v>
+        <v>1289</v>
       </c>
       <c r="I284" t="s">
         <v>18</v>
       </c>
       <c r="J284" t="s">
         <v>19</v>
       </c>
       <c r="L284" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="285" spans="1:12">
       <c r="A285">
         <v>10804</v>
       </c>
       <c r="B285" t="s">
-        <v>1279</v>
+        <v>1290</v>
       </c>
       <c r="C285" t="s">
-        <v>1280</v>
+        <v>1291</v>
       </c>
       <c r="D285" t="s">
         <v>315</v>
       </c>
       <c r="E285" t="s">
         <v>112</v>
       </c>
       <c r="G285" t="s">
-        <v>1281</v>
+        <v>1292</v>
       </c>
       <c r="H285" t="s">
-        <v>1282</v>
+        <v>1293</v>
       </c>
       <c r="I285" t="s">
         <v>18</v>
       </c>
       <c r="J285" t="s">
         <v>19</v>
       </c>
       <c r="L285" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="286" spans="1:12">
       <c r="A286">
         <v>10805</v>
       </c>
       <c r="B286" t="s">
-        <v>1283</v>
+        <v>1294</v>
       </c>
       <c r="C286" t="s">
-        <v>1284</v>
+        <v>1295</v>
       </c>
       <c r="D286" t="s">
         <v>35</v>
       </c>
       <c r="E286" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="G286" t="s">
-        <v>1285</v>
+        <v>1296</v>
       </c>
       <c r="H286" t="s">
-        <v>1286</v>
+        <v>1297</v>
       </c>
       <c r="K286" t="s">
         <v>44</v>
       </c>
       <c r="L286" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="287" spans="1:12">
       <c r="A287">
         <v>10806</v>
       </c>
       <c r="B287" t="s">
-        <v>995</v>
+        <v>1004</v>
       </c>
       <c r="C287" t="s">
-        <v>1287</v>
+        <v>1298</v>
       </c>
       <c r="D287" t="s">
-        <v>1288</v>
+        <v>1299</v>
       </c>
       <c r="E287" t="s">
-        <v>1289</v>
+        <v>1300</v>
       </c>
       <c r="G287" t="s">
-        <v>1290</v>
+        <v>1301</v>
       </c>
       <c r="H287" t="s">
-        <v>1291</v>
+        <v>1302</v>
       </c>
       <c r="I287" t="s">
         <v>18</v>
       </c>
       <c r="J287" t="s">
         <v>19</v>
       </c>
       <c r="L287" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="288" spans="1:12">
       <c r="A288">
         <v>10807</v>
       </c>
       <c r="B288" t="s">
         <v>94</v>
       </c>
       <c r="C288" t="s">
-        <v>1292</v>
+        <v>1303</v>
       </c>
       <c r="D288" t="s">
         <v>30</v>
       </c>
       <c r="G288" t="s">
-        <v>1293</v>
+        <v>1304</v>
       </c>
       <c r="H288" t="s">
         <v>49</v>
       </c>
       <c r="K288" t="s">
         <v>44</v>
       </c>
       <c r="L288" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="289" spans="1:12">
       <c r="A289">
         <v>10808</v>
       </c>
       <c r="B289" t="s">
-        <v>1294</v>
+        <v>1305</v>
       </c>
       <c r="C289" t="s">
-        <v>1295</v>
+        <v>1306</v>
       </c>
       <c r="D289" t="s">
         <v>78</v>
       </c>
       <c r="E289" t="s">
         <v>107</v>
       </c>
       <c r="G289" t="s">
-        <v>1296</v>
+        <v>1307</v>
       </c>
       <c r="H289" t="s">
-        <v>1297</v>
+        <v>1308</v>
       </c>
       <c r="I289" t="s">
         <v>18</v>
       </c>
       <c r="J289" t="s">
         <v>19</v>
       </c>
       <c r="L289" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="290" spans="1:12">
       <c r="A290">
         <v>10809</v>
       </c>
       <c r="B290" t="s">
         <v>154</v>
       </c>
       <c r="C290" t="s">
-        <v>1298</v>
+        <v>1309</v>
       </c>
       <c r="D290" t="s">
         <v>96</v>
       </c>
       <c r="E290" t="s">
         <v>112</v>
       </c>
       <c r="G290" t="s">
-        <v>1299</v>
+        <v>1310</v>
       </c>
       <c r="H290" t="s">
-        <v>1300</v>
+        <v>1311</v>
       </c>
       <c r="I290" t="s">
         <v>18</v>
       </c>
       <c r="J290" t="s">
         <v>19</v>
       </c>
       <c r="L290" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="291" spans="1:12">
       <c r="A291">
         <v>10810</v>
       </c>
       <c r="B291" t="s">
-        <v>1228</v>
+        <v>1239</v>
       </c>
       <c r="C291" t="s">
-        <v>1301</v>
+        <v>1312</v>
       </c>
       <c r="D291" t="s">
         <v>59</v>
       </c>
       <c r="E291" t="s">
-        <v>1302</v>
+        <v>1313</v>
       </c>
       <c r="G291" t="s">
-        <v>1303</v>
+        <v>1314</v>
       </c>
       <c r="H291" t="s">
-        <v>1304</v>
+        <v>1315</v>
       </c>
       <c r="I291" t="s">
-        <v>753</v>
+        <v>760</v>
       </c>
       <c r="J291" t="s">
         <v>19</v>
       </c>
       <c r="L291" t="s">
-        <v>808</v>
+        <v>880</v>
       </c>
     </row>
     <row r="292" spans="1:12">
       <c r="A292">
         <v>10811</v>
       </c>
       <c r="B292" t="s">
         <v>58</v>
       </c>
       <c r="C292" t="s">
-        <v>1305</v>
+        <v>1316</v>
       </c>
       <c r="D292" t="s">
         <v>199</v>
       </c>
       <c r="E292" t="s">
-        <v>1306</v>
+        <v>1317</v>
       </c>
       <c r="G292" t="s">
-        <v>1307</v>
+        <v>1318</v>
       </c>
       <c r="H292" t="s">
-        <v>1308</v>
+        <v>1319</v>
       </c>
       <c r="I292" t="s">
         <v>39</v>
       </c>
       <c r="J292" t="s">
         <v>40</v>
       </c>
       <c r="L292" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="293" spans="1:12">
       <c r="A293">
         <v>10812</v>
       </c>
       <c r="B293" t="s">
         <v>231</v>
       </c>
       <c r="C293" t="s">
-        <v>1309</v>
+        <v>1320</v>
       </c>
       <c r="D293" t="s">
         <v>96</v>
       </c>
       <c r="E293" t="s">
         <v>97</v>
       </c>
       <c r="G293" t="s">
-        <v>1310</v>
+        <v>1321</v>
       </c>
       <c r="H293" t="s">
-        <v>1311</v>
+        <v>1322</v>
       </c>
       <c r="K293" t="s">
         <v>44</v>
       </c>
       <c r="L293" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="294" spans="1:12">
       <c r="A294">
         <v>10813</v>
       </c>
       <c r="B294" t="s">
-        <v>860</v>
+        <v>868</v>
       </c>
       <c r="C294" t="s">
-        <v>1312</v>
+        <v>1323</v>
       </c>
       <c r="D294" t="s">
         <v>78</v>
       </c>
       <c r="E294" t="s">
         <v>107</v>
       </c>
       <c r="G294" t="s">
-        <v>1313</v>
+        <v>1324</v>
       </c>
       <c r="H294" t="s">
-        <v>1314</v>
+        <v>1325</v>
       </c>
       <c r="I294" t="s">
-        <v>753</v>
+        <v>760</v>
       </c>
       <c r="J294" t="s">
         <v>19</v>
       </c>
       <c r="L294" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="295" spans="1:12">
       <c r="A295">
         <v>10814</v>
       </c>
       <c r="B295" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C295" t="s">
         <v>1316</v>
-      </c>
-[...1 lines deleted...]
-        <v>1305</v>
       </c>
       <c r="D295" t="s">
         <v>161</v>
       </c>
       <c r="E295" t="s">
-        <v>1071</v>
+        <v>1080</v>
       </c>
       <c r="G295" t="s">
-        <v>1317</v>
+        <v>1328</v>
       </c>
       <c r="H295" t="s">
-        <v>1318</v>
+        <v>1329</v>
       </c>
       <c r="K295" t="s">
         <v>44</v>
       </c>
       <c r="L295" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="296" spans="1:12">
       <c r="A296">
         <v>10815</v>
       </c>
       <c r="B296" t="s">
-        <v>1228</v>
+        <v>1239</v>
       </c>
       <c r="C296" t="s">
-        <v>1319</v>
+        <v>1330</v>
       </c>
       <c r="D296" t="s">
-        <v>822</v>
+        <v>813</v>
       </c>
       <c r="E296" t="s">
-        <v>834</v>
+        <v>842</v>
       </c>
       <c r="G296" t="s">
-        <v>1320</v>
+        <v>1331</v>
       </c>
       <c r="H296" t="s">
-        <v>1321</v>
+        <v>1332</v>
       </c>
       <c r="K296" t="s">
         <v>44</v>
       </c>
       <c r="L296" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="297" spans="1:12">
       <c r="A297">
         <v>10816</v>
       </c>
       <c r="B297" t="s">
         <v>21</v>
       </c>
       <c r="C297" t="s">
-        <v>1322</v>
+        <v>1333</v>
       </c>
       <c r="D297" t="s">
         <v>161</v>
       </c>
       <c r="E297" t="s">
-        <v>1071</v>
+        <v>1080</v>
       </c>
       <c r="G297" t="s">
-        <v>1323</v>
+        <v>1334</v>
       </c>
       <c r="H297" t="s">
-        <v>1324</v>
+        <v>1335</v>
       </c>
       <c r="K297" t="s">
         <v>44</v>
       </c>
       <c r="L297" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="298" spans="1:12">
       <c r="A298">
         <v>10817</v>
       </c>
       <c r="B298" t="s">
-        <v>1325</v>
+        <v>1336</v>
       </c>
       <c r="C298" t="s">
-        <v>1326</v>
+        <v>1337</v>
       </c>
       <c r="D298" t="s">
         <v>287</v>
       </c>
       <c r="E298" t="s">
-        <v>1327</v>
+        <v>1338</v>
       </c>
       <c r="G298" t="s">
-        <v>1328</v>
+        <v>1339</v>
       </c>
       <c r="H298" t="s">
-        <v>1329</v>
+        <v>1340</v>
       </c>
       <c r="I298" t="s">
         <v>18</v>
       </c>
       <c r="J298" t="s">
         <v>19</v>
       </c>
       <c r="L298" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="299" spans="1:12">
       <c r="A299">
         <v>10818</v>
       </c>
       <c r="B299" t="s">
-        <v>1088</v>
+        <v>1097</v>
       </c>
       <c r="C299" t="s">
-        <v>1330</v>
+        <v>1341</v>
       </c>
       <c r="D299" t="s">
         <v>342</v>
       </c>
       <c r="E299" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="G299" t="s">
-        <v>1331</v>
+        <v>1342</v>
       </c>
       <c r="H299" t="s">
-        <v>1332</v>
+        <v>1343</v>
       </c>
       <c r="I299" t="s">
         <v>220</v>
       </c>
       <c r="J299" t="s">
         <v>221</v>
       </c>
       <c r="L299" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="300" spans="1:12">
       <c r="A300">
         <v>10819</v>
       </c>
       <c r="B300" t="s">
-        <v>1333</v>
+        <v>1344</v>
       </c>
       <c r="C300" t="s">
-        <v>1334</v>
+        <v>1345</v>
       </c>
       <c r="D300" t="s">
         <v>59</v>
       </c>
       <c r="E300" t="s">
-        <v>1335</v>
+        <v>1346</v>
       </c>
       <c r="G300" t="s">
-        <v>1336</v>
+        <v>1347</v>
       </c>
       <c r="H300" t="s">
-        <v>1337</v>
+        <v>1348</v>
       </c>
       <c r="I300" t="s">
         <v>18</v>
       </c>
       <c r="J300" t="s">
         <v>19</v>
       </c>
       <c r="L300" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="301" spans="1:12">
       <c r="A301">
         <v>10820</v>
       </c>
       <c r="B301" t="s">
         <v>300</v>
       </c>
       <c r="C301" t="s">
-        <v>1338</v>
+        <v>1349</v>
       </c>
       <c r="D301" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="E301" t="s">
         <v>107</v>
       </c>
       <c r="G301" t="s">
-        <v>1339</v>
+        <v>1350</v>
       </c>
       <c r="H301" t="s">
-        <v>1340</v>
+        <v>1351</v>
       </c>
       <c r="I301" t="s">
         <v>18</v>
       </c>
       <c r="J301" t="s">
         <v>19</v>
       </c>
       <c r="L301" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="302" spans="1:12">
       <c r="A302">
         <v>10821</v>
       </c>
       <c r="B302" t="s">
-        <v>1341</v>
+        <v>1352</v>
       </c>
       <c r="C302" t="s">
-        <v>1338</v>
+        <v>1349</v>
       </c>
       <c r="D302" t="s">
         <v>342</v>
       </c>
       <c r="E302" t="s">
-        <v>1342</v>
+        <v>1353</v>
       </c>
       <c r="G302" t="s">
-        <v>1343</v>
+        <v>1354</v>
       </c>
       <c r="H302" t="s">
-        <v>1344</v>
+        <v>1355</v>
       </c>
       <c r="I302" t="s">
         <v>18</v>
       </c>
       <c r="J302" t="s">
         <v>19</v>
       </c>
       <c r="L302" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="303" spans="1:12">
       <c r="A303">
         <v>10822</v>
       </c>
       <c r="B303" t="s">
         <v>255</v>
       </c>
       <c r="C303" t="s">
-        <v>1345</v>
+        <v>1356</v>
       </c>
       <c r="D303" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="E303" t="s">
-        <v>1346</v>
+        <v>1357</v>
       </c>
       <c r="G303" t="s">
-        <v>1347</v>
+        <v>1358</v>
       </c>
       <c r="H303" t="s">
-        <v>1348</v>
+        <v>1359</v>
       </c>
       <c r="K303" t="s">
         <v>44</v>
       </c>
       <c r="L303" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="304" spans="1:12">
       <c r="A304">
         <v>10823</v>
       </c>
       <c r="B304" t="s">
-        <v>1349</v>
+        <v>1360</v>
       </c>
       <c r="C304" t="s">
-        <v>1350</v>
+        <v>1361</v>
       </c>
       <c r="D304" t="s">
         <v>144</v>
       </c>
       <c r="E304" t="s">
-        <v>1351</v>
+        <v>1362</v>
       </c>
       <c r="G304" t="s">
-        <v>1352</v>
+        <v>1363</v>
       </c>
       <c r="H304" t="s">
-        <v>1353</v>
+        <v>1364</v>
       </c>
       <c r="K304" t="s">
         <v>44</v>
       </c>
       <c r="L304" t="s">
-        <v>545</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="305" spans="1:12">
       <c r="A305">
         <v>10824</v>
       </c>
       <c r="B305" t="s">
-        <v>1354</v>
+        <v>1366</v>
       </c>
       <c r="C305" t="s">
-        <v>1355</v>
+        <v>1367</v>
       </c>
       <c r="D305" t="s">
         <v>315</v>
       </c>
       <c r="E305" t="s">
-        <v>739</v>
+        <v>746</v>
       </c>
       <c r="G305" t="s">
-        <v>1356</v>
+        <v>1368</v>
       </c>
       <c r="H305" t="s">
-        <v>1357</v>
+        <v>1369</v>
       </c>
       <c r="I305" t="s">
-        <v>1358</v>
+        <v>1370</v>
       </c>
       <c r="J305" t="s">
-        <v>1359</v>
+        <v>1371</v>
       </c>
       <c r="L305" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="306" spans="1:12">
       <c r="A306">
         <v>10825</v>
       </c>
       <c r="B306" t="s">
         <v>142</v>
       </c>
       <c r="C306" t="s">
-        <v>1360</v>
+        <v>1372</v>
       </c>
       <c r="D306" t="s">
         <v>78</v>
       </c>
       <c r="E306" t="s">
         <v>102</v>
       </c>
       <c r="G306" t="s">
-        <v>1361</v>
+        <v>1373</v>
       </c>
       <c r="H306" t="s">
-        <v>1362</v>
+        <v>1374</v>
       </c>
       <c r="I306" t="s">
         <v>18</v>
       </c>
       <c r="J306" t="s">
         <v>19</v>
       </c>
       <c r="L306" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="307" spans="1:12">
       <c r="A307">
         <v>10826</v>
       </c>
       <c r="B307" t="s">
         <v>82</v>
       </c>
       <c r="C307" t="s">
-        <v>1363</v>
+        <v>1375</v>
       </c>
       <c r="D307" t="s">
         <v>193</v>
       </c>
       <c r="E307" t="s">
-        <v>839</v>
+        <v>847</v>
       </c>
       <c r="F307" t="s">
-        <v>1364</v>
+        <v>1376</v>
       </c>
       <c r="G307" t="s">
-        <v>1365</v>
+        <v>1377</v>
       </c>
       <c r="H307" t="s">
-        <v>1366</v>
+        <v>1378</v>
       </c>
       <c r="I307" t="s">
-        <v>1367</v>
+        <v>1379</v>
       </c>
       <c r="J307" t="s">
         <v>19</v>
       </c>
       <c r="L307" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="308" spans="1:12">
       <c r="A308">
         <v>10827</v>
       </c>
       <c r="B308" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="C308" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="D308" t="s">
         <v>161</v>
       </c>
       <c r="E308" t="s">
         <v>137</v>
       </c>
       <c r="G308" t="s">
-        <v>1369</v>
+        <v>1381</v>
       </c>
       <c r="H308" t="s">
-        <v>1370</v>
+        <v>1382</v>
       </c>
       <c r="I308" t="s">
         <v>18</v>
       </c>
       <c r="J308" t="s">
         <v>19</v>
       </c>
       <c r="L308" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="309" spans="1:12">
       <c r="A309">
         <v>10828</v>
       </c>
       <c r="B309" t="s">
         <v>76</v>
       </c>
       <c r="C309" t="s">
         <v>255</v>
       </c>
       <c r="D309" t="s">
         <v>161</v>
       </c>
       <c r="E309" t="s">
-        <v>1256</v>
+        <v>1267</v>
       </c>
       <c r="F309" t="s">
-        <v>1371</v>
+        <v>1383</v>
       </c>
       <c r="G309" t="s">
-        <v>1372</v>
+        <v>1384</v>
       </c>
       <c r="H309" t="s">
-        <v>1373</v>
+        <v>1385</v>
       </c>
       <c r="K309" t="s">
         <v>44</v>
       </c>
       <c r="L309" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="310" spans="1:12">
       <c r="A310">
         <v>10829</v>
       </c>
       <c r="B310" t="s">
-        <v>718</v>
+        <v>725</v>
       </c>
       <c r="C310" t="s">
         <v>255</v>
       </c>
       <c r="D310" t="s">
         <v>130</v>
       </c>
       <c r="E310" t="s">
         <v>112</v>
       </c>
       <c r="G310" t="s">
-        <v>1374</v>
+        <v>1386</v>
       </c>
       <c r="H310" t="s">
-        <v>1375</v>
+        <v>1387</v>
       </c>
       <c r="K310" t="s">
         <v>44</v>
       </c>
       <c r="L310" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="311" spans="1:12">
       <c r="A311">
         <v>10830</v>
       </c>
       <c r="B311" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="C311" t="s">
-        <v>1376</v>
+        <v>1388</v>
       </c>
       <c r="D311" t="s">
         <v>72</v>
       </c>
       <c r="E311" t="s">
-        <v>1377</v>
+        <v>1389</v>
       </c>
       <c r="G311" t="s">
-        <v>1378</v>
+        <v>1390</v>
       </c>
       <c r="H311" t="s">
-        <v>1379</v>
+        <v>1391</v>
       </c>
       <c r="K311" t="s">
         <v>44</v>
       </c>
       <c r="L311" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="312" spans="1:12">
       <c r="A312">
         <v>10831</v>
       </c>
       <c r="B312" t="s">
-        <v>1380</v>
+        <v>1392</v>
       </c>
       <c r="C312" t="s">
-        <v>1381</v>
+        <v>1393</v>
       </c>
       <c r="D312" t="s">
         <v>315</v>
       </c>
       <c r="E312" t="s">
         <v>388</v>
       </c>
       <c r="G312" t="s">
-        <v>1382</v>
+        <v>1394</v>
       </c>
       <c r="H312" t="s">
-        <v>1383</v>
+        <v>1395</v>
       </c>
       <c r="I312" t="s">
         <v>18</v>
       </c>
       <c r="J312" t="s">
         <v>19</v>
       </c>
       <c r="L312" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="313" spans="1:12">
       <c r="A313">
         <v>10832</v>
       </c>
       <c r="B313" t="s">
-        <v>1384</v>
+        <v>1396</v>
       </c>
       <c r="C313" t="s">
-        <v>1385</v>
+        <v>1397</v>
       </c>
       <c r="D313" t="s">
-        <v>1082</v>
+        <v>1091</v>
       </c>
       <c r="E313" t="s">
-        <v>1386</v>
+        <v>1398</v>
       </c>
       <c r="G313" t="s">
-        <v>1387</v>
+        <v>1399</v>
       </c>
       <c r="H313" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="K313" t="s">
         <v>44</v>
       </c>
       <c r="L313" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="314" spans="1:12">
       <c r="A314">
         <v>10833</v>
       </c>
       <c r="B314" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
       <c r="C314" t="s">
-        <v>1389</v>
+        <v>1401</v>
       </c>
       <c r="D314" t="s">
         <v>130</v>
       </c>
       <c r="E314" t="s">
         <v>257</v>
       </c>
       <c r="G314" t="s">
-        <v>1390</v>
+        <v>1402</v>
       </c>
       <c r="H314" t="s">
-        <v>1391</v>
+        <v>1403</v>
       </c>
       <c r="K314" t="s">
         <v>44</v>
       </c>
       <c r="L314" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="315" spans="1:12">
       <c r="A315">
         <v>10834</v>
       </c>
       <c r="B315" t="s">
-        <v>1392</v>
+        <v>1404</v>
       </c>
       <c r="C315" t="s">
-        <v>1393</v>
+        <v>1405</v>
       </c>
       <c r="D315" t="s">
         <v>30</v>
       </c>
       <c r="G315" t="s">
-        <v>1394</v>
+        <v>1406</v>
       </c>
       <c r="H315" t="s">
-        <v>1395</v>
+        <v>1407</v>
       </c>
       <c r="K315" t="s">
         <v>44</v>
       </c>
       <c r="L315" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="316" spans="1:12">
       <c r="A316">
         <v>10835</v>
       </c>
       <c r="B316" t="s">
-        <v>1228</v>
+        <v>1239</v>
       </c>
       <c r="C316" t="s">
-        <v>1396</v>
+        <v>1408</v>
       </c>
       <c r="D316" t="s">
-        <v>822</v>
+        <v>813</v>
       </c>
       <c r="E316" t="s">
-        <v>834</v>
+        <v>842</v>
       </c>
       <c r="G316" t="s">
-        <v>1397</v>
+        <v>1409</v>
       </c>
       <c r="H316" t="s">
-        <v>1321</v>
+        <v>1332</v>
       </c>
       <c r="K316" t="s">
         <v>44</v>
       </c>
       <c r="L316" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="317" spans="1:12">
       <c r="A317">
         <v>10836</v>
       </c>
       <c r="B317" t="s">
         <v>58</v>
       </c>
       <c r="C317" t="s">
-        <v>1398</v>
+        <v>1410</v>
       </c>
       <c r="D317" t="s">
         <v>144</v>
       </c>
       <c r="E317" t="s">
-        <v>1351</v>
+        <v>1362</v>
       </c>
       <c r="G317" t="s">
-        <v>1399</v>
+        <v>1411</v>
       </c>
       <c r="H317" t="s">
-        <v>1400</v>
+        <v>1412</v>
       </c>
       <c r="K317" t="s">
         <v>44</v>
       </c>
       <c r="L317" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="318" spans="1:12">
       <c r="A318">
         <v>10837</v>
       </c>
       <c r="B318" t="s">
         <v>21</v>
       </c>
       <c r="C318" t="s">
-        <v>1401</v>
+        <v>1413</v>
       </c>
       <c r="D318" t="s">
         <v>23</v>
       </c>
       <c r="E318" t="s">
-        <v>1402</v>
+        <v>1414</v>
       </c>
       <c r="F318" t="s">
         <v>182</v>
       </c>
       <c r="H318" t="s">
-        <v>1403</v>
+        <v>1415</v>
       </c>
       <c r="K318" t="s">
         <v>44</v>
       </c>
       <c r="L318" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="319" spans="1:12">
       <c r="A319">
         <v>10838</v>
       </c>
       <c r="B319" t="s">
-        <v>1404</v>
+        <v>1416</v>
       </c>
       <c r="C319" t="s">
-        <v>1405</v>
+        <v>1417</v>
       </c>
       <c r="D319" t="s">
         <v>14</v>
       </c>
       <c r="E319" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="G319" t="s">
-        <v>1406</v>
+        <v>1418</v>
       </c>
       <c r="H319" t="s">
-        <v>1407</v>
+        <v>1419</v>
       </c>
       <c r="I319" t="s">
         <v>18</v>
       </c>
       <c r="J319" t="s">
         <v>19</v>
       </c>
       <c r="L319" t="s">
-        <v>545</v>
+        <v>481</v>
       </c>
     </row>
     <row r="320" spans="1:12">
       <c r="A320">
         <v>10839</v>
       </c>
       <c r="B320" t="s">
-        <v>1408</v>
+        <v>1420</v>
       </c>
       <c r="C320" t="s">
-        <v>1409</v>
+        <v>1421</v>
       </c>
       <c r="D320" t="s">
         <v>287</v>
       </c>
       <c r="E320" t="s">
         <v>365</v>
       </c>
       <c r="G320" t="s">
-        <v>1410</v>
+        <v>1422</v>
       </c>
       <c r="H320" t="s">
-        <v>1411</v>
+        <v>1423</v>
       </c>
       <c r="K320" t="s">
         <v>44</v>
       </c>
       <c r="L320" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="321" spans="1:12">
       <c r="A321">
         <v>10840</v>
       </c>
       <c r="B321" t="s">
         <v>28</v>
       </c>
       <c r="C321" t="s">
-        <v>1412</v>
+        <v>1424</v>
       </c>
       <c r="D321" t="s">
-        <v>1413</v>
+        <v>1425</v>
       </c>
       <c r="E321" t="s">
-        <v>1414</v>
+        <v>1426</v>
       </c>
       <c r="G321" t="s">
-        <v>1415</v>
+        <v>1427</v>
       </c>
       <c r="H321" t="s">
-        <v>1416</v>
+        <v>1428</v>
       </c>
       <c r="K321" t="s">
         <v>44</v>
       </c>
       <c r="L321" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="322" spans="1:12">
       <c r="A322">
         <v>10841</v>
       </c>
       <c r="B322" t="s">
         <v>300</v>
       </c>
       <c r="C322" t="s">
-        <v>1417</v>
+        <v>1429</v>
       </c>
       <c r="D322" t="s">
         <v>210</v>
       </c>
       <c r="E322" t="s">
-        <v>1418</v>
+        <v>1430</v>
       </c>
       <c r="G322" t="s">
-        <v>1419</v>
+        <v>1431</v>
       </c>
       <c r="H322" t="s">
-        <v>1420</v>
+        <v>1432</v>
       </c>
       <c r="K322" t="s">
         <v>44</v>
       </c>
       <c r="L322" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="323" spans="1:12">
       <c r="A323">
         <v>10842</v>
       </c>
       <c r="B323" t="s">
-        <v>1421</v>
+        <v>1433</v>
       </c>
       <c r="C323" t="s">
-        <v>1422</v>
+        <v>1434</v>
       </c>
       <c r="D323" t="s">
         <v>59</v>
       </c>
       <c r="E323" t="s">
-        <v>1423</v>
+        <v>1435</v>
       </c>
       <c r="G323" t="s">
-        <v>1424</v>
+        <v>1436</v>
       </c>
       <c r="H323" t="s">
-        <v>1425</v>
+        <v>1437</v>
       </c>
       <c r="K323" t="s">
         <v>44</v>
       </c>
       <c r="L323" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="324" spans="1:12">
       <c r="A324">
         <v>10843</v>
       </c>
       <c r="B324" t="s">
-        <v>1426</v>
+        <v>1438</v>
       </c>
       <c r="C324" t="s">
-        <v>1427</v>
+        <v>1439</v>
       </c>
       <c r="D324" t="s">
         <v>342</v>
       </c>
       <c r="E324" t="s">
-        <v>1428</v>
+        <v>1440</v>
       </c>
       <c r="G324" t="s">
-        <v>1429</v>
+        <v>1441</v>
       </c>
       <c r="H324" t="s">
-        <v>1430</v>
+        <v>1442</v>
       </c>
       <c r="I324" t="s">
         <v>220</v>
       </c>
       <c r="J324" t="s">
         <v>19</v>
       </c>
       <c r="L324" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="325" spans="1:12">
       <c r="A325">
         <v>10844</v>
       </c>
       <c r="B325" t="s">
-        <v>1431</v>
+        <v>1443</v>
       </c>
       <c r="C325" t="s">
-        <v>1432</v>
+        <v>1444</v>
       </c>
       <c r="D325" t="s">
         <v>23</v>
       </c>
       <c r="E325" t="s">
-        <v>857</v>
+        <v>865</v>
       </c>
       <c r="G325" t="s">
-        <v>1433</v>
+        <v>1445</v>
       </c>
       <c r="H325" t="s">
-        <v>1434</v>
+        <v>1446</v>
       </c>
       <c r="I325" t="s">
         <v>39</v>
       </c>
       <c r="J325" t="s">
         <v>40</v>
       </c>
       <c r="L325" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="326" spans="1:12">
       <c r="A326">
         <v>10845</v>
       </c>
       <c r="B326" t="s">
-        <v>1435</v>
+        <v>1447</v>
       </c>
       <c r="C326" t="s">
-        <v>1436</v>
+        <v>1448</v>
       </c>
       <c r="D326" t="s">
         <v>78</v>
       </c>
       <c r="E326" t="s">
         <v>107</v>
       </c>
       <c r="G326" t="s">
-        <v>1437</v>
+        <v>1449</v>
       </c>
       <c r="H326" t="s">
-        <v>1438</v>
+        <v>1450</v>
       </c>
       <c r="I326" t="s">
         <v>18</v>
       </c>
       <c r="J326" t="s">
         <v>19</v>
       </c>
       <c r="L326" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="327" spans="1:12">
       <c r="A327">
         <v>10846</v>
       </c>
       <c r="B327" t="s">
         <v>305</v>
       </c>
       <c r="C327" t="s">
-        <v>1439</v>
+        <v>1451</v>
       </c>
       <c r="D327" t="s">
         <v>315</v>
       </c>
       <c r="E327" t="s">
-        <v>1440</v>
+        <v>1452</v>
       </c>
       <c r="G327" t="s">
-        <v>1441</v>
+        <v>1453</v>
       </c>
       <c r="H327" t="s">
-        <v>1442</v>
+        <v>1454</v>
       </c>
       <c r="I327" t="s">
-        <v>1443</v>
+        <v>1455</v>
       </c>
       <c r="J327" t="s">
         <v>19</v>
       </c>
       <c r="L327" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="328" spans="1:12">
       <c r="A328">
         <v>10847</v>
       </c>
       <c r="B328" t="s">
         <v>295</v>
       </c>
       <c r="C328" t="s">
-        <v>1444</v>
+        <v>1456</v>
       </c>
       <c r="D328" t="s">
         <v>23</v>
       </c>
       <c r="E328" t="s">
         <v>181</v>
       </c>
       <c r="G328" t="s">
-        <v>1445</v>
+        <v>1457</v>
       </c>
       <c r="H328" t="s">
-        <v>1446</v>
+        <v>1458</v>
       </c>
       <c r="K328" t="s">
         <v>44</v>
       </c>
       <c r="L328" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="329" spans="1:12">
       <c r="A329">
         <v>10848</v>
       </c>
       <c r="B329" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="C329" t="s">
-        <v>1447</v>
+        <v>1459</v>
       </c>
       <c r="D329" t="s">
         <v>287</v>
       </c>
       <c r="E329" t="s">
-        <v>1327</v>
+        <v>1338</v>
       </c>
       <c r="G329" t="s">
-        <v>1448</v>
+        <v>1460</v>
       </c>
       <c r="H329" t="s">
-        <v>1449</v>
+        <v>1461</v>
       </c>
       <c r="K329" t="s">
         <v>44</v>
       </c>
       <c r="L329" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="330" spans="1:12">
       <c r="A330">
         <v>10849</v>
       </c>
       <c r="B330" t="s">
         <v>300</v>
       </c>
       <c r="C330" t="s">
-        <v>1450</v>
+        <v>1462</v>
       </c>
       <c r="D330" t="s">
         <v>161</v>
       </c>
       <c r="E330" t="s">
-        <v>1197</v>
+        <v>1208</v>
       </c>
       <c r="G330" t="s">
-        <v>1451</v>
+        <v>1463</v>
       </c>
       <c r="H330" t="s">
-        <v>1452</v>
+        <v>1464</v>
       </c>
       <c r="I330" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
       <c r="J330" t="s">
-        <v>1192</v>
+        <v>1203</v>
       </c>
       <c r="L330" t="s">
-        <v>1193</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="331" spans="1:12">
       <c r="A331">
         <v>10850</v>
       </c>
       <c r="B331" t="s">
-        <v>1294</v>
+        <v>1305</v>
       </c>
       <c r="C331" t="s">
-        <v>1453</v>
+        <v>1465</v>
       </c>
       <c r="D331" t="s">
         <v>342</v>
       </c>
       <c r="E331" t="s">
-        <v>1454</v>
+        <v>1466</v>
       </c>
       <c r="G331" t="s">
-        <v>1455</v>
+        <v>1467</v>
       </c>
       <c r="H331" t="s">
-        <v>1456</v>
+        <v>1468</v>
       </c>
       <c r="K331" t="s">
         <v>44</v>
       </c>
       <c r="L331" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="332" spans="1:12">
       <c r="A332">
         <v>10851</v>
       </c>
       <c r="B332" t="s">
         <v>340</v>
       </c>
       <c r="C332" t="s">
-        <v>1457</v>
+        <v>1469</v>
       </c>
       <c r="D332" t="s">
         <v>23</v>
       </c>
       <c r="E332" t="s">
         <v>252</v>
       </c>
       <c r="G332" t="s">
-        <v>1458</v>
+        <v>1470</v>
       </c>
       <c r="H332" t="s">
-        <v>1459</v>
+        <v>1471</v>
       </c>
       <c r="I332" t="s">
         <v>39</v>
       </c>
       <c r="J332" t="s">
         <v>40</v>
       </c>
       <c r="L332" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="333" spans="1:12">
       <c r="A333">
         <v>10852</v>
       </c>
       <c r="B333" t="s">
         <v>305</v>
       </c>
       <c r="C333" t="s">
-        <v>1460</v>
+        <v>1472</v>
       </c>
       <c r="D333" t="s">
         <v>130</v>
       </c>
       <c r="E333" t="s">
         <v>369</v>
       </c>
       <c r="G333" t="s">
-        <v>1461</v>
+        <v>1473</v>
       </c>
       <c r="H333" t="s">
-        <v>1462</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>1474</v>
+      </c>
+      <c r="I333" t="s">
+        <v>18</v>
+      </c>
+      <c r="J333" t="s">
+        <v>141</v>
       </c>
       <c r="L333" t="s">
-        <v>545</v>
+        <v>501</v>
       </c>
     </row>
     <row r="334" spans="1:12">
       <c r="A334">
         <v>10853</v>
       </c>
       <c r="B334" t="s">
         <v>128</v>
       </c>
       <c r="C334" t="s">
-        <v>1463</v>
+        <v>1475</v>
       </c>
       <c r="D334" t="s">
         <v>287</v>
       </c>
       <c r="E334" t="s">
-        <v>1464</v>
+        <v>1476</v>
       </c>
       <c r="G334" t="s">
-        <v>1465</v>
+        <v>1477</v>
       </c>
       <c r="H334" t="s">
-        <v>1466</v>
+        <v>1478</v>
       </c>
       <c r="K334" t="s">
         <v>44</v>
       </c>
       <c r="L334" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="335" spans="1:12">
       <c r="A335">
         <v>10854</v>
       </c>
       <c r="B335" t="s">
-        <v>1467</v>
+        <v>1479</v>
       </c>
       <c r="C335" t="s">
-        <v>1468</v>
+        <v>1480</v>
       </c>
       <c r="D335" t="s">
         <v>161</v>
       </c>
       <c r="E335" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="G335" t="s">
-        <v>1469</v>
+        <v>1481</v>
       </c>
       <c r="H335" t="s">
-        <v>1470</v>
+        <v>1482</v>
       </c>
       <c r="K335" t="s">
         <v>44</v>
       </c>
       <c r="L335" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="336" spans="1:12">
       <c r="A336">
         <v>10855</v>
       </c>
       <c r="B336" t="s">
-        <v>1471</v>
+        <v>1483</v>
       </c>
       <c r="C336" t="s">
-        <v>1472</v>
+        <v>1484</v>
       </c>
       <c r="D336" t="s">
         <v>193</v>
       </c>
       <c r="E336" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="G336" t="s">
-        <v>1473</v>
+        <v>1485</v>
       </c>
       <c r="H336" t="s">
-        <v>1474</v>
+        <v>1486</v>
       </c>
       <c r="K336" t="s">
         <v>44</v>
       </c>
       <c r="L336" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="337" spans="1:12">
       <c r="A337">
         <v>10856</v>
       </c>
       <c r="B337" t="s">
-        <v>1234</v>
+        <v>1245</v>
       </c>
       <c r="C337" t="s">
-        <v>1475</v>
+        <v>1487</v>
       </c>
       <c r="D337" t="s">
         <v>161</v>
       </c>
       <c r="E337" t="s">
         <v>162</v>
       </c>
       <c r="G337" t="s">
-        <v>1476</v>
+        <v>1488</v>
       </c>
       <c r="H337" t="s">
-        <v>1477</v>
+        <v>1489</v>
       </c>
       <c r="I337" t="s">
-        <v>1478</v>
+        <v>1490</v>
       </c>
       <c r="J337" t="s">
-        <v>1479</v>
+        <v>1491</v>
       </c>
       <c r="L337" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="338" spans="1:12">
       <c r="A338">
         <v>10857</v>
       </c>
       <c r="B338" t="s">
-        <v>1480</v>
+        <v>1492</v>
       </c>
       <c r="C338" t="s">
-        <v>1481</v>
+        <v>1493</v>
       </c>
       <c r="D338" t="s">
         <v>199</v>
       </c>
       <c r="E338" t="s">
         <v>272</v>
       </c>
       <c r="G338" t="s">
-        <v>1482</v>
+        <v>1494</v>
       </c>
       <c r="H338" t="s">
-        <v>1483</v>
+        <v>1495</v>
       </c>
       <c r="K338" t="s">
         <v>44</v>
       </c>
       <c r="L338" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="339" spans="1:12">
       <c r="A339">
         <v>10858</v>
       </c>
       <c r="B339" t="s">
         <v>165</v>
       </c>
       <c r="C339" t="s">
-        <v>1484</v>
+        <v>1496</v>
       </c>
       <c r="D339" t="s">
         <v>136</v>
       </c>
       <c r="E339" t="s">
-        <v>1256</v>
+        <v>1267</v>
       </c>
       <c r="F339" t="s">
-        <v>1485</v>
+        <v>1497</v>
       </c>
       <c r="G339" t="s">
-        <v>1486</v>
+        <v>1498</v>
       </c>
       <c r="H339" t="s">
-        <v>1487</v>
+        <v>1499</v>
       </c>
       <c r="K339" t="s">
         <v>44</v>
       </c>
       <c r="L339" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="340" spans="1:12">
       <c r="A340">
         <v>10859</v>
       </c>
       <c r="B340" t="s">
-        <v>941</v>
+        <v>950</v>
       </c>
       <c r="C340" t="s">
-        <v>1488</v>
+        <v>1500</v>
       </c>
       <c r="D340" t="s">
         <v>66</v>
       </c>
       <c r="E340" t="s">
-        <v>977</v>
+        <v>986</v>
       </c>
       <c r="G340" t="s">
-        <v>1489</v>
+        <v>1501</v>
       </c>
       <c r="H340" t="s">
-        <v>1490</v>
+        <v>1502</v>
       </c>
       <c r="K340" t="s">
         <v>44</v>
       </c>
       <c r="L340" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="341" spans="1:12">
       <c r="A341">
         <v>10860</v>
       </c>
       <c r="B341" t="s">
         <v>70</v>
       </c>
       <c r="C341" t="s">
-        <v>1491</v>
+        <v>1503</v>
       </c>
       <c r="D341" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="E341" t="s">
-        <v>1492</v>
+        <v>1504</v>
       </c>
       <c r="G341" t="s">
-        <v>1493</v>
+        <v>1505</v>
       </c>
       <c r="H341" t="s">
-        <v>1494</v>
+        <v>1506</v>
       </c>
       <c r="K341" t="s">
         <v>44</v>
       </c>
       <c r="L341" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="342" spans="1:12">
       <c r="A342">
         <v>10861</v>
       </c>
       <c r="B342" t="s">
         <v>28</v>
       </c>
       <c r="C342" t="s">
-        <v>1495</v>
+        <v>1507</v>
       </c>
       <c r="D342" t="s">
         <v>14</v>
       </c>
       <c r="F342" t="s">
-        <v>1496</v>
+        <v>1508</v>
       </c>
       <c r="G342" t="s">
-        <v>1497</v>
+        <v>1509</v>
       </c>
       <c r="H342" t="s">
-        <v>1498</v>
+        <v>1510</v>
       </c>
       <c r="I342" t="s">
         <v>18</v>
       </c>
       <c r="J342" t="s">
         <v>19</v>
       </c>
       <c r="L342" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="343" spans="1:12">
       <c r="A343">
         <v>10862</v>
       </c>
       <c r="B343" t="s">
         <v>185</v>
       </c>
       <c r="C343" t="s">
-        <v>1499</v>
+        <v>1511</v>
       </c>
       <c r="D343" t="s">
         <v>14</v>
       </c>
       <c r="E343" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="G343" t="s">
-        <v>1500</v>
+        <v>1512</v>
       </c>
       <c r="H343" t="s">
-        <v>1501</v>
+        <v>1513</v>
       </c>
       <c r="I343" t="s">
         <v>18</v>
       </c>
       <c r="J343" t="s">
         <v>19</v>
       </c>
       <c r="L343" t="s">
-        <v>545</v>
+        <v>481</v>
       </c>
     </row>
     <row r="344" spans="1:12">
       <c r="A344">
         <v>10863</v>
       </c>
       <c r="B344" t="s">
         <v>28</v>
       </c>
       <c r="C344" t="s">
-        <v>1146</v>
+        <v>1157</v>
       </c>
       <c r="D344" t="s">
         <v>130</v>
       </c>
       <c r="E344" t="s">
         <v>374</v>
       </c>
       <c r="G344" t="s">
-        <v>1502</v>
+        <v>1514</v>
       </c>
       <c r="H344" t="s">
-        <v>1503</v>
+        <v>1515</v>
       </c>
       <c r="I344" t="s">
         <v>18</v>
       </c>
       <c r="J344" t="s">
         <v>19</v>
       </c>
       <c r="L344" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="345" spans="1:12">
       <c r="A345">
         <v>10864</v>
       </c>
       <c r="B345" t="s">
         <v>340</v>
       </c>
       <c r="C345" t="s">
-        <v>1504</v>
+        <v>1516</v>
       </c>
       <c r="D345" t="s">
-        <v>1505</v>
+        <v>1517</v>
       </c>
       <c r="E345" t="s">
-        <v>1506</v>
+        <v>1518</v>
       </c>
       <c r="G345" t="s">
-        <v>1507</v>
+        <v>1519</v>
       </c>
       <c r="H345" t="s">
-        <v>1508</v>
+        <v>1520</v>
       </c>
       <c r="I345" t="s">
         <v>18</v>
       </c>
       <c r="J345" t="s">
         <v>19</v>
       </c>
       <c r="L345" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="346" spans="1:12">
       <c r="A346">
         <v>10865</v>
       </c>
       <c r="B346" t="s">
         <v>41</v>
       </c>
       <c r="C346" t="s">
-        <v>1509</v>
+        <v>1521</v>
       </c>
       <c r="D346" t="s">
         <v>130</v>
       </c>
       <c r="E346" t="s">
-        <v>1510</v>
+        <v>1522</v>
       </c>
       <c r="G346" t="s">
-        <v>1511</v>
+        <v>1523</v>
       </c>
       <c r="H346" t="s">
-        <v>1512</v>
+        <v>1524</v>
       </c>
       <c r="K346" t="s">
         <v>44</v>
       </c>
       <c r="L346" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="347" spans="1:12">
       <c r="A347">
         <v>10866</v>
       </c>
       <c r="B347" t="s">
-        <v>1513</v>
+        <v>1525</v>
       </c>
       <c r="C347" t="s">
-        <v>1514</v>
+        <v>1526</v>
       </c>
       <c r="D347" t="s">
         <v>287</v>
       </c>
       <c r="E347" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="G347" t="s">
-        <v>1515</v>
+        <v>1527</v>
       </c>
       <c r="H347" t="s">
-        <v>1516</v>
+        <v>1528</v>
       </c>
       <c r="K347" t="s">
         <v>44</v>
       </c>
       <c r="L347" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="348" spans="1:12">
       <c r="A348">
         <v>10867</v>
       </c>
       <c r="B348" t="s">
-        <v>1517</v>
+        <v>1529</v>
       </c>
       <c r="C348" t="s">
-        <v>1514</v>
+        <v>1526</v>
       </c>
       <c r="D348" t="s">
         <v>187</v>
       </c>
       <c r="E348" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="G348" t="s">
-        <v>1518</v>
+        <v>1530</v>
       </c>
       <c r="H348" t="s">
-        <v>1519</v>
+        <v>1531</v>
       </c>
       <c r="K348" t="s">
         <v>44</v>
       </c>
       <c r="L348" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="349" spans="1:12">
       <c r="A349">
         <v>10868</v>
       </c>
       <c r="B349" t="s">
-        <v>1520</v>
+        <v>1532</v>
       </c>
       <c r="C349" t="s">
-        <v>1521</v>
+        <v>1533</v>
       </c>
       <c r="D349" t="s">
         <v>59</v>
       </c>
       <c r="E349" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="G349" t="s">
-        <v>1522</v>
+        <v>1534</v>
       </c>
       <c r="H349" t="s">
-        <v>1523</v>
+        <v>1535</v>
       </c>
       <c r="I349" t="s">
         <v>18</v>
       </c>
       <c r="J349" t="s">
         <v>19</v>
       </c>
       <c r="L349" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
     </row>
     <row r="350" spans="1:12">
       <c r="A350">
         <v>10869</v>
       </c>
       <c r="B350" t="s">
         <v>265</v>
       </c>
       <c r="C350" t="s">
-        <v>1514</v>
+        <v>1526</v>
       </c>
       <c r="D350" t="s">
         <v>193</v>
       </c>
       <c r="E350" t="s">
         <v>361</v>
       </c>
       <c r="G350" t="s">
-        <v>1524</v>
+        <v>1536</v>
       </c>
       <c r="H350" t="s">
-        <v>1525</v>
+        <v>1537</v>
       </c>
       <c r="I350" t="s">
         <v>18</v>
       </c>
       <c r="J350" t="s">
         <v>19</v>
       </c>
       <c r="L350" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="351" spans="1:12">
       <c r="A351">
         <v>10870</v>
       </c>
       <c r="B351" t="s">
-        <v>809</v>
+        <v>818</v>
       </c>
       <c r="C351" t="s">
-        <v>1514</v>
+        <v>1526</v>
       </c>
       <c r="D351" t="s">
         <v>66</v>
       </c>
       <c r="E351" t="s">
-        <v>1037</v>
+        <v>1046</v>
       </c>
       <c r="G351" t="s">
-        <v>1526</v>
+        <v>1538</v>
       </c>
       <c r="H351" t="s">
-        <v>1527</v>
+        <v>1539</v>
       </c>
       <c r="K351" t="s">
         <v>44</v>
       </c>
       <c r="L351" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="352" spans="1:12">
       <c r="A352">
         <v>10871</v>
       </c>
       <c r="B352" t="s">
-        <v>1528</v>
+        <v>1540</v>
       </c>
       <c r="C352" t="s">
-        <v>1529</v>
+        <v>1541</v>
       </c>
       <c r="D352" t="s">
         <v>72</v>
       </c>
       <c r="E352" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="G352" t="s">
-        <v>1530</v>
+        <v>1542</v>
       </c>
       <c r="H352" t="s">
-        <v>1531</v>
+        <v>1543</v>
       </c>
       <c r="K352" t="s">
         <v>44</v>
       </c>
       <c r="L352" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="353" spans="1:12">
       <c r="A353">
         <v>10872</v>
       </c>
       <c r="B353" t="s">
-        <v>1532</v>
+        <v>1544</v>
       </c>
       <c r="C353" t="s">
-        <v>1533</v>
+        <v>1545</v>
       </c>
       <c r="D353" t="s">
         <v>315</v>
       </c>
       <c r="E353" t="s">
         <v>388</v>
       </c>
       <c r="G353" t="s">
-        <v>1534</v>
+        <v>1546</v>
       </c>
       <c r="H353" t="s">
-        <v>1535</v>
+        <v>1547</v>
       </c>
       <c r="I353" t="s">
         <v>18</v>
       </c>
       <c r="J353" t="s">
         <v>19</v>
       </c>
       <c r="L353" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="354" spans="1:12">
       <c r="A354">
         <v>10873</v>
       </c>
       <c r="B354" t="s">
-        <v>860</v>
+        <v>868</v>
       </c>
       <c r="C354" t="s">
-        <v>1536</v>
+        <v>1548</v>
       </c>
       <c r="D354" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="E354" t="s">
-        <v>1537</v>
+        <v>1549</v>
       </c>
       <c r="G354" t="s">
-        <v>1538</v>
+        <v>1550</v>
       </c>
       <c r="H354" t="s">
-        <v>1539</v>
+        <v>1551</v>
       </c>
       <c r="K354" t="s">
         <v>44</v>
       </c>
       <c r="L354" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="355" spans="1:12">
       <c r="A355">
         <v>10874</v>
       </c>
       <c r="B355" t="s">
         <v>46</v>
       </c>
       <c r="C355" t="s">
-        <v>1540</v>
+        <v>1552</v>
       </c>
       <c r="D355" t="s">
         <v>72</v>
       </c>
       <c r="E355" t="s">
-        <v>1541</v>
+        <v>1553</v>
       </c>
       <c r="G355" t="s">
-        <v>1542</v>
+        <v>1554</v>
       </c>
       <c r="H355" t="s">
-        <v>1543</v>
+        <v>1555</v>
       </c>
       <c r="I355" t="s">
         <v>18</v>
       </c>
       <c r="J355" t="s">
         <v>19</v>
       </c>
       <c r="L355" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="356" spans="1:12">
       <c r="A356">
         <v>10875</v>
       </c>
       <c r="B356" t="s">
         <v>28</v>
       </c>
       <c r="C356" t="s">
-        <v>1544</v>
+        <v>1556</v>
       </c>
       <c r="D356" t="s">
         <v>66</v>
       </c>
       <c r="E356" t="s">
-        <v>1037</v>
+        <v>1046</v>
       </c>
       <c r="G356" t="s">
-        <v>1545</v>
+        <v>1557</v>
       </c>
       <c r="H356" t="s">
-        <v>1546</v>
+        <v>1558</v>
       </c>
       <c r="K356" t="s">
         <v>44</v>
       </c>
       <c r="L356" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="357" spans="1:12">
       <c r="A357">
         <v>10876</v>
       </c>
       <c r="B357" t="s">
-        <v>1547</v>
+        <v>1559</v>
       </c>
       <c r="C357" t="s">
-        <v>1548</v>
+        <v>1560</v>
       </c>
       <c r="D357" t="s">
         <v>72</v>
       </c>
       <c r="E357" t="s">
-        <v>1549</v>
+        <v>1561</v>
       </c>
       <c r="G357" t="s">
-        <v>1550</v>
+        <v>1562</v>
       </c>
       <c r="H357" t="s">
-        <v>1551</v>
+        <v>1563</v>
       </c>
       <c r="I357" t="s">
         <v>18</v>
       </c>
       <c r="J357" t="s">
         <v>19</v>
       </c>
       <c r="L357" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="358" spans="1:12">
       <c r="A358">
         <v>10877</v>
       </c>
       <c r="B358" t="s">
-        <v>1234</v>
+        <v>1245</v>
       </c>
       <c r="C358" t="s">
-        <v>1552</v>
+        <v>1564</v>
       </c>
       <c r="D358" t="s">
         <v>72</v>
       </c>
       <c r="E358" t="s">
-        <v>1553</v>
+        <v>1565</v>
       </c>
       <c r="G358" t="s">
-        <v>1554</v>
+        <v>1566</v>
       </c>
       <c r="H358" t="s">
-        <v>1555</v>
+        <v>1567</v>
       </c>
       <c r="K358" t="s">
         <v>44</v>
       </c>
       <c r="L358" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="359" spans="1:12">
       <c r="A359">
         <v>10878</v>
       </c>
       <c r="B359" t="s">
         <v>222</v>
       </c>
       <c r="C359" t="s">
-        <v>1556</v>
+        <v>1568</v>
       </c>
       <c r="D359" t="s">
-        <v>1557</v>
+        <v>1569</v>
       </c>
       <c r="E359" t="s">
-        <v>1423</v>
+        <v>1435</v>
       </c>
       <c r="G359" t="s">
-        <v>1558</v>
+        <v>1570</v>
       </c>
       <c r="H359" t="s">
-        <v>1559</v>
+        <v>1571</v>
       </c>
       <c r="I359" t="s">
         <v>39</v>
       </c>
       <c r="J359" t="s">
         <v>40</v>
       </c>
       <c r="L359" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
     </row>
     <row r="360" spans="1:12">
       <c r="A360">
         <v>10879</v>
       </c>
       <c r="B360" t="s">
-        <v>1560</v>
+        <v>1572</v>
       </c>
       <c r="C360" t="s">
-        <v>1561</v>
+        <v>1573</v>
       </c>
       <c r="D360" t="s">
         <v>130</v>
       </c>
       <c r="E360" t="s">
         <v>131</v>
       </c>
       <c r="G360" t="s">
-        <v>1562</v>
+        <v>1574</v>
       </c>
       <c r="H360" t="s">
-        <v>1563</v>
+        <v>1575</v>
       </c>
       <c r="K360" t="s">
         <v>44</v>
       </c>
       <c r="L360" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="361" spans="1:12">
       <c r="A361">
         <v>10880</v>
       </c>
       <c r="B361" t="s">
         <v>305</v>
       </c>
       <c r="C361" t="s">
-        <v>1564</v>
+        <v>1576</v>
       </c>
       <c r="D361" t="s">
         <v>315</v>
       </c>
       <c r="E361" t="s">
-        <v>1440</v>
+        <v>1452</v>
       </c>
       <c r="G361" t="s">
-        <v>1565</v>
+        <v>1577</v>
       </c>
       <c r="H361" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="I361" t="s">
-        <v>1567</v>
+        <v>1579</v>
       </c>
       <c r="J361" t="s">
         <v>19</v>
       </c>
       <c r="L361" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="362" spans="1:12">
       <c r="A362">
         <v>10881</v>
       </c>
       <c r="B362" t="s">
-        <v>1210</v>
+        <v>1221</v>
       </c>
       <c r="C362" t="s">
-        <v>1568</v>
+        <v>1580</v>
       </c>
       <c r="D362" t="s">
         <v>23</v>
       </c>
       <c r="E362" t="s">
-        <v>1402</v>
+        <v>1414</v>
       </c>
       <c r="F362" t="s">
         <v>217</v>
       </c>
       <c r="G362" t="s">
-        <v>1569</v>
+        <v>1581</v>
       </c>
       <c r="H362" t="s">
-        <v>1570</v>
+        <v>1582</v>
       </c>
       <c r="K362" t="s">
         <v>44</v>
       </c>
       <c r="L362" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="363" spans="1:12">
       <c r="A363">
         <v>10882</v>
       </c>
       <c r="B363" t="s">
-        <v>1380</v>
+        <v>1392</v>
       </c>
       <c r="C363" t="s">
-        <v>1571</v>
+        <v>1583</v>
       </c>
       <c r="D363" t="s">
         <v>199</v>
       </c>
       <c r="E363" t="s">
         <v>247</v>
       </c>
       <c r="G363" t="s">
-        <v>1572</v>
+        <v>1584</v>
       </c>
       <c r="H363" t="s">
-        <v>1573</v>
+        <v>1585</v>
       </c>
       <c r="I363" t="s">
         <v>18</v>
       </c>
       <c r="J363" t="s">
         <v>19</v>
       </c>
       <c r="L363" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="364" spans="1:12">
       <c r="A364">
         <v>10883</v>
       </c>
       <c r="B364" t="s">
-        <v>1574</v>
+        <v>1586</v>
       </c>
       <c r="C364" t="s">
-        <v>1575</v>
+        <v>1587</v>
       </c>
       <c r="D364" t="s">
         <v>30</v>
       </c>
       <c r="E364" t="s">
-        <v>1576</v>
+        <v>1588</v>
       </c>
       <c r="G364" t="s">
-        <v>1577</v>
+        <v>1589</v>
       </c>
       <c r="H364" t="s">
-        <v>1578</v>
+        <v>1590</v>
       </c>
       <c r="K364" t="s">
         <v>44</v>
       </c>
       <c r="L364" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="365" spans="1:12">
       <c r="A365">
         <v>10884</v>
       </c>
       <c r="B365" t="s">
         <v>94</v>
       </c>
       <c r="C365" t="s">
-        <v>1579</v>
+        <v>1591</v>
       </c>
       <c r="D365" t="s">
         <v>35</v>
       </c>
       <c r="E365" t="s">
-        <v>1032</v>
+        <v>1041</v>
       </c>
       <c r="G365" t="s">
-        <v>1580</v>
+        <v>1592</v>
       </c>
       <c r="H365" t="s">
-        <v>1581</v>
+        <v>1593</v>
       </c>
       <c r="I365" t="s">
         <v>18</v>
       </c>
       <c r="J365" t="s">
         <v>19</v>
       </c>
       <c r="L365" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="366" spans="1:12">
       <c r="A366">
         <v>10885</v>
       </c>
       <c r="B366" t="s">
         <v>185</v>
       </c>
       <c r="C366" t="s">
-        <v>1582</v>
+        <v>1594</v>
       </c>
       <c r="D366" t="s">
         <v>187</v>
       </c>
       <c r="E366" t="s">
-        <v>1583</v>
+        <v>1595</v>
       </c>
       <c r="G366" t="s">
-        <v>1584</v>
+        <v>1596</v>
       </c>
       <c r="H366" t="s">
-        <v>1585</v>
+        <v>1597</v>
       </c>
       <c r="I366" t="s">
         <v>18</v>
       </c>
       <c r="J366" t="s">
         <v>19</v>
       </c>
       <c r="L366" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="367" spans="1:12">
       <c r="A367">
         <v>10886</v>
       </c>
       <c r="B367" t="s">
-        <v>941</v>
+        <v>950</v>
       </c>
       <c r="C367" t="s">
-        <v>1586</v>
+        <v>1598</v>
       </c>
       <c r="D367" t="s">
         <v>287</v>
       </c>
       <c r="E367" t="s">
-        <v>1587</v>
+        <v>1599</v>
       </c>
       <c r="G367" t="s">
-        <v>1588</v>
+        <v>1600</v>
       </c>
       <c r="H367" t="s">
-        <v>1589</v>
+        <v>1601</v>
       </c>
       <c r="I367" t="s">
-        <v>1590</v>
+        <v>1602</v>
       </c>
       <c r="J367" t="s">
         <v>19</v>
       </c>
       <c r="L367" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="368" spans="1:12">
       <c r="A368">
         <v>10887</v>
       </c>
       <c r="B368" t="s">
-        <v>1591</v>
+        <v>1603</v>
       </c>
       <c r="C368" t="s">
-        <v>1592</v>
+        <v>1604</v>
       </c>
       <c r="D368" t="s">
         <v>315</v>
       </c>
       <c r="E368" t="s">
-        <v>1276</v>
+        <v>1287</v>
       </c>
       <c r="G368" t="s">
-        <v>1593</v>
+        <v>1605</v>
       </c>
       <c r="H368" t="s">
-        <v>1594</v>
+        <v>1606</v>
       </c>
       <c r="I368" t="s">
         <v>18</v>
       </c>
       <c r="J368" t="s">
         <v>19</v>
       </c>
       <c r="L368" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="369" spans="1:12">
       <c r="A369">
         <v>10888</v>
       </c>
       <c r="B369" t="s">
-        <v>1595</v>
+        <v>1607</v>
       </c>
       <c r="C369" t="s">
-        <v>1596</v>
+        <v>1608</v>
       </c>
       <c r="D369" t="s">
         <v>161</v>
       </c>
       <c r="E369" t="s">
         <v>162</v>
       </c>
       <c r="G369" t="s">
-        <v>1597</v>
+        <v>1609</v>
       </c>
       <c r="H369" t="s">
-        <v>1598</v>
+        <v>1610</v>
       </c>
       <c r="I369" t="s">
         <v>18</v>
       </c>
       <c r="J369" t="s">
         <v>19</v>
       </c>
       <c r="L369" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="370" spans="1:12">
       <c r="A370">
         <v>10889</v>
       </c>
       <c r="B370" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="C370" t="s">
-        <v>1599</v>
+        <v>1611</v>
       </c>
       <c r="D370" t="s">
         <v>78</v>
       </c>
       <c r="E370" t="s">
         <v>107</v>
       </c>
       <c r="G370" t="s">
-        <v>1600</v>
+        <v>1612</v>
       </c>
       <c r="H370" t="s">
-        <v>1601</v>
+        <v>1613</v>
       </c>
       <c r="I370" t="s">
         <v>18</v>
       </c>
       <c r="J370" t="s">
         <v>19</v>
       </c>
       <c r="L370" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="371" spans="1:12">
       <c r="A371">
         <v>10890</v>
       </c>
       <c r="B371" t="s">
         <v>174</v>
       </c>
       <c r="C371" t="s">
-        <v>1602</v>
+        <v>1614</v>
       </c>
       <c r="D371" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="E371" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="G371" t="s">
-        <v>1603</v>
+        <v>1615</v>
       </c>
       <c r="H371" t="s">
-        <v>1604</v>
+        <v>1616</v>
       </c>
       <c r="K371" t="s">
         <v>44</v>
       </c>
       <c r="L371" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="372" spans="1:12">
       <c r="A372">
         <v>10891</v>
       </c>
       <c r="B372" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="C372" t="s">
-        <v>1605</v>
+        <v>1617</v>
       </c>
       <c r="D372" t="s">
         <v>130</v>
       </c>
       <c r="E372" t="s">
-        <v>1606</v>
+        <v>1618</v>
       </c>
       <c r="G372" t="s">
-        <v>1607</v>
+        <v>1619</v>
       </c>
       <c r="H372" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="I372" t="s">
         <v>18</v>
       </c>
       <c r="J372" t="s">
         <v>19</v>
       </c>
       <c r="L372" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="373" spans="1:12">
       <c r="A373">
         <v>10892</v>
       </c>
       <c r="B373" t="s">
         <v>329</v>
       </c>
       <c r="C373" t="s">
-        <v>1609</v>
+        <v>1621</v>
       </c>
       <c r="D373" t="s">
         <v>130</v>
       </c>
       <c r="E373" t="s">
         <v>257</v>
       </c>
       <c r="G373" t="s">
-        <v>1610</v>
+        <v>1622</v>
       </c>
       <c r="H373" t="s">
-        <v>1611</v>
+        <v>1623</v>
       </c>
       <c r="K373" t="s">
         <v>44</v>
       </c>
       <c r="L373" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="374" spans="1:12">
       <c r="A374">
         <v>10893</v>
       </c>
       <c r="B374" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
       <c r="C374" t="s">
-        <v>1612</v>
+        <v>1624</v>
       </c>
       <c r="D374" t="s">
         <v>187</v>
       </c>
       <c r="E374" t="s">
-        <v>938</v>
+        <v>947</v>
       </c>
       <c r="G374" t="s">
-        <v>1613</v>
+        <v>1625</v>
       </c>
       <c r="H374" t="s">
-        <v>1614</v>
+        <v>1626</v>
       </c>
       <c r="I374" t="s">
         <v>18</v>
       </c>
       <c r="J374" t="s">
         <v>19</v>
       </c>
       <c r="L374" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="375" spans="1:12">
       <c r="A375">
         <v>10894</v>
       </c>
       <c r="B375" t="s">
         <v>197</v>
       </c>
       <c r="C375" t="s">
-        <v>1615</v>
+        <v>1627</v>
       </c>
       <c r="D375" t="s">
         <v>193</v>
       </c>
       <c r="E375" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="G375" t="s">
-        <v>1616</v>
+        <v>1628</v>
       </c>
       <c r="H375" t="s">
-        <v>1617</v>
+        <v>1629</v>
       </c>
       <c r="I375" t="s">
         <v>18</v>
       </c>
       <c r="J375" t="s">
-        <v>1618</v>
+        <v>1630</v>
       </c>
       <c r="L375" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="376" spans="1:12">
       <c r="A376">
         <v>10895</v>
       </c>
       <c r="B376" t="s">
         <v>285</v>
       </c>
       <c r="C376" t="s">
-        <v>1619</v>
+        <v>1631</v>
       </c>
       <c r="D376" t="s">
         <v>187</v>
       </c>
       <c r="E376" t="s">
-        <v>1620</v>
+        <v>1632</v>
+      </c>
+      <c r="G376" t="s">
+        <v>1633</v>
       </c>
       <c r="H376" t="s">
-        <v>1621</v>
+        <v>1634</v>
       </c>
       <c r="K376" t="s">
         <v>44</v>
       </c>
       <c r="L376" t="s">
-        <v>545</v>
+        <v>817</v>
       </c>
     </row>
     <row r="377" spans="1:12">
       <c r="A377">
         <v>10896</v>
       </c>
       <c r="B377" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="C377" t="s">
-        <v>1622</v>
+        <v>1635</v>
       </c>
       <c r="D377" t="s">
         <v>199</v>
       </c>
       <c r="E377" t="s">
         <v>412</v>
       </c>
       <c r="G377" t="s">
-        <v>1623</v>
+        <v>1636</v>
       </c>
       <c r="H377" t="s">
-        <v>1624</v>
+        <v>1637</v>
       </c>
       <c r="I377" t="s">
         <v>18</v>
       </c>
       <c r="J377" t="s">
         <v>19</v>
       </c>
       <c r="L377" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="378" spans="1:12">
       <c r="A378">
         <v>10897</v>
       </c>
       <c r="B378" t="s">
-        <v>1625</v>
+        <v>1638</v>
       </c>
       <c r="C378" t="s">
-        <v>1626</v>
+        <v>1639</v>
       </c>
       <c r="D378" t="s">
         <v>193</v>
       </c>
       <c r="E378" t="s">
-        <v>1627</v>
+        <v>1640</v>
       </c>
       <c r="F378" t="s">
-        <v>1628</v>
+        <v>1641</v>
       </c>
       <c r="G378" t="s">
-        <v>1629</v>
+        <v>1642</v>
       </c>
       <c r="H378" t="s">
-        <v>929</v>
+        <v>938</v>
       </c>
       <c r="K378" t="s">
         <v>44</v>
       </c>
       <c r="L378" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="379" spans="1:12">
       <c r="A379">
         <v>10898</v>
       </c>
       <c r="B379" t="s">
-        <v>1630</v>
+        <v>1643</v>
       </c>
       <c r="C379" t="s">
-        <v>1631</v>
+        <v>1644</v>
       </c>
       <c r="D379" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E379" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="G379" t="s">
-        <v>1632</v>
+        <v>1645</v>
       </c>
       <c r="H379" t="s">
-        <v>1633</v>
+        <v>1646</v>
       </c>
       <c r="K379" t="s">
         <v>44</v>
       </c>
       <c r="L379" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="380" spans="1:12">
       <c r="A380">
         <v>10899</v>
       </c>
       <c r="B380" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="C380" t="s">
-        <v>1634</v>
+        <v>1647</v>
       </c>
       <c r="D380" t="s">
         <v>161</v>
       </c>
       <c r="E380" t="s">
-        <v>1197</v>
+        <v>1208</v>
       </c>
       <c r="G380" t="s">
-        <v>1635</v>
+        <v>1648</v>
       </c>
       <c r="H380" t="s">
-        <v>1636</v>
+        <v>1649</v>
       </c>
       <c r="I380" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
       <c r="J380" t="s">
-        <v>1192</v>
+        <v>1203</v>
       </c>
       <c r="L380" t="s">
-        <v>1193</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="381" spans="1:12">
       <c r="A381">
         <v>10900</v>
       </c>
       <c r="B381" t="s">
-        <v>1637</v>
+        <v>1650</v>
       </c>
       <c r="C381" t="s">
-        <v>1638</v>
+        <v>1651</v>
       </c>
       <c r="D381" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E381" t="s">
-        <v>1135</v>
+        <v>1146</v>
       </c>
       <c r="G381" t="s">
-        <v>1639</v>
+        <v>1652</v>
       </c>
       <c r="H381" t="s">
-        <v>1640</v>
+        <v>1653</v>
       </c>
       <c r="I381" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="J381" t="s">
-        <v>1641</v>
+        <v>1654</v>
       </c>
       <c r="L381" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="382" spans="1:12">
       <c r="A382">
         <v>10901</v>
       </c>
       <c r="B382" t="s">
-        <v>1294</v>
+        <v>1305</v>
       </c>
       <c r="C382" t="s">
-        <v>1638</v>
+        <v>1651</v>
       </c>
       <c r="D382" t="s">
         <v>199</v>
       </c>
       <c r="E382" t="s">
         <v>297</v>
       </c>
       <c r="G382" t="s">
-        <v>1642</v>
+        <v>1655</v>
       </c>
       <c r="H382" t="s">
-        <v>1643</v>
+        <v>1656</v>
       </c>
       <c r="I382" t="s">
         <v>18</v>
       </c>
       <c r="J382" t="s">
         <v>19</v>
       </c>
       <c r="L382" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="383" spans="1:12">
       <c r="A383">
         <v>10902</v>
       </c>
       <c r="B383" t="s">
-        <v>1644</v>
+        <v>1657</v>
       </c>
       <c r="C383" t="s">
-        <v>1645</v>
+        <v>1658</v>
       </c>
       <c r="D383" t="s">
         <v>66</v>
       </c>
       <c r="E383" t="s">
-        <v>603</v>
+        <v>610</v>
       </c>
       <c r="G383" t="s">
-        <v>1646</v>
+        <v>1659</v>
       </c>
       <c r="H383" t="s">
-        <v>1647</v>
+        <v>1660</v>
       </c>
       <c r="K383" t="s">
         <v>44</v>
       </c>
       <c r="L383" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="384" spans="1:12">
       <c r="A384">
         <v>10903</v>
       </c>
       <c r="B384" t="s">
         <v>165</v>
       </c>
       <c r="C384" t="s">
-        <v>1648</v>
+        <v>1661</v>
       </c>
       <c r="D384" t="s">
         <v>199</v>
       </c>
       <c r="E384" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="G384" t="s">
-        <v>1649</v>
+        <v>1662</v>
       </c>
       <c r="H384" t="s">
-        <v>1650</v>
+        <v>1663</v>
       </c>
       <c r="I384" t="s">
         <v>18</v>
       </c>
       <c r="J384" t="s">
         <v>19</v>
       </c>
       <c r="L384" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
     </row>
     <row r="385" spans="1:12">
       <c r="A385">
         <v>10904</v>
       </c>
       <c r="B385" t="s">
-        <v>1651</v>
+        <v>1664</v>
       </c>
       <c r="C385" t="s">
-        <v>1652</v>
+        <v>1665</v>
       </c>
       <c r="D385" t="s">
         <v>23</v>
       </c>
       <c r="E385" t="s">
         <v>181</v>
       </c>
       <c r="G385" t="s">
-        <v>1653</v>
+        <v>1666</v>
       </c>
       <c r="H385" t="s">
-        <v>1654</v>
+        <v>1667</v>
       </c>
       <c r="K385" t="s">
         <v>44</v>
       </c>
       <c r="L385" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="386" spans="1:12">
       <c r="A386">
         <v>10905</v>
       </c>
       <c r="B386" t="s">
-        <v>1655</v>
+        <v>1668</v>
       </c>
       <c r="C386" t="s">
-        <v>1656</v>
+        <v>1669</v>
       </c>
       <c r="D386" t="s">
         <v>130</v>
       </c>
       <c r="E386" t="s">
-        <v>691</v>
+        <v>464</v>
       </c>
       <c r="G386" t="s">
-        <v>1657</v>
+        <v>1670</v>
       </c>
       <c r="H386" t="s">
-        <v>1658</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>1671</v>
+      </c>
+      <c r="I386" t="s">
+        <v>18</v>
+      </c>
+      <c r="J386" t="s">
+        <v>141</v>
       </c>
       <c r="L386" t="s">
-        <v>545</v>
+        <v>700</v>
       </c>
     </row>
     <row r="387" spans="1:12">
       <c r="A387">
         <v>10906</v>
       </c>
       <c r="B387" t="s">
-        <v>1659</v>
+        <v>1672</v>
       </c>
       <c r="C387" t="s">
-        <v>1660</v>
+        <v>1673</v>
       </c>
       <c r="D387" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="E387" t="s">
         <v>156</v>
       </c>
       <c r="G387" t="s">
-        <v>1661</v>
+        <v>1674</v>
       </c>
       <c r="H387" t="s">
-        <v>1662</v>
+        <v>1675</v>
       </c>
       <c r="K387" t="s">
         <v>44</v>
       </c>
       <c r="L387" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="388" spans="1:12">
       <c r="A388">
         <v>10907</v>
       </c>
       <c r="B388" t="s">
-        <v>1663</v>
+        <v>1676</v>
       </c>
       <c r="C388" t="s">
-        <v>1660</v>
+        <v>1673</v>
       </c>
       <c r="D388" t="s">
         <v>199</v>
       </c>
       <c r="E388" t="s">
-        <v>1335</v>
+        <v>1346</v>
       </c>
       <c r="G388" t="s">
-        <v>1664</v>
+        <v>1677</v>
       </c>
       <c r="H388" t="s">
-        <v>1665</v>
+        <v>1678</v>
       </c>
       <c r="K388" t="s">
         <v>44</v>
       </c>
       <c r="L388" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="389" spans="1:12">
       <c r="A389">
         <v>10908</v>
       </c>
       <c r="B389" t="s">
-        <v>1666</v>
+        <v>1679</v>
       </c>
       <c r="C389" t="s">
-        <v>1660</v>
+        <v>1673</v>
       </c>
       <c r="D389" t="s">
         <v>199</v>
       </c>
       <c r="E389" t="s">
         <v>60</v>
       </c>
       <c r="G389" t="s">
-        <v>1667</v>
+        <v>1680</v>
       </c>
       <c r="H389" t="s">
-        <v>1668</v>
+        <v>1681</v>
       </c>
       <c r="I389" t="s">
         <v>39</v>
       </c>
       <c r="J389" t="s">
         <v>40</v>
       </c>
       <c r="L389" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="390" spans="1:12">
       <c r="A390">
         <v>10909</v>
       </c>
       <c r="B390" t="s">
-        <v>941</v>
+        <v>950</v>
       </c>
       <c r="C390" t="s">
-        <v>1669</v>
+        <v>1682</v>
       </c>
       <c r="D390" t="s">
         <v>287</v>
       </c>
       <c r="E390" t="s">
-        <v>1670</v>
+        <v>1683</v>
       </c>
       <c r="G390" t="s">
-        <v>1671</v>
+        <v>1684</v>
       </c>
       <c r="H390" t="s">
-        <v>1672</v>
+        <v>1685</v>
       </c>
       <c r="K390" t="s">
         <v>44</v>
       </c>
       <c r="L390" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="391" spans="1:12">
       <c r="A391">
         <v>10910</v>
       </c>
       <c r="B391" t="s">
         <v>300</v>
       </c>
       <c r="C391" t="s">
-        <v>1673</v>
+        <v>1686</v>
       </c>
       <c r="D391" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="F391" t="s">
-        <v>1674</v>
+        <v>1687</v>
       </c>
       <c r="G391" t="s">
-        <v>1675</v>
+        <v>1688</v>
       </c>
       <c r="H391" t="s">
-        <v>1676</v>
+        <v>1689</v>
       </c>
       <c r="K391" t="s">
         <v>44</v>
       </c>
       <c r="L391" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="392" spans="1:12">
       <c r="A392">
         <v>10911</v>
       </c>
       <c r="B392" t="s">
-        <v>1677</v>
+        <v>1690</v>
       </c>
       <c r="C392" t="s">
-        <v>1678</v>
+        <v>1691</v>
       </c>
       <c r="D392" t="s">
         <v>130</v>
       </c>
       <c r="E392" t="s">
-        <v>691</v>
+        <v>464</v>
       </c>
       <c r="G392" t="s">
-        <v>1679</v>
+        <v>1692</v>
       </c>
       <c r="H392" t="s">
-        <v>1680</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>1693</v>
+      </c>
+      <c r="I392" t="s">
+        <v>18</v>
+      </c>
+      <c r="J392" t="s">
+        <v>141</v>
       </c>
       <c r="L392" t="s">
-        <v>545</v>
+        <v>700</v>
       </c>
     </row>
     <row r="393" spans="1:12">
       <c r="A393">
         <v>10912</v>
       </c>
       <c r="B393" t="s">
         <v>128</v>
       </c>
       <c r="C393" t="s">
-        <v>1681</v>
+        <v>1694</v>
       </c>
       <c r="D393" t="s">
         <v>187</v>
       </c>
       <c r="E393" t="s">
-        <v>1583</v>
+        <v>1595</v>
       </c>
       <c r="G393" t="s">
-        <v>1682</v>
+        <v>1695</v>
       </c>
       <c r="H393" t="s">
-        <v>1683</v>
+        <v>1696</v>
       </c>
       <c r="I393" t="s">
         <v>18</v>
       </c>
       <c r="J393" t="s">
         <v>19</v>
       </c>
       <c r="L393" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="394" spans="1:12">
       <c r="A394">
         <v>10913</v>
       </c>
       <c r="B394" t="s">
-        <v>1684</v>
+        <v>1697</v>
       </c>
       <c r="C394" t="s">
-        <v>1685</v>
+        <v>1698</v>
       </c>
       <c r="D394" t="s">
         <v>96</v>
       </c>
       <c r="E394" t="s">
-        <v>1686</v>
+        <v>1699</v>
       </c>
       <c r="G394" t="s">
-        <v>1687</v>
+        <v>1700</v>
       </c>
       <c r="H394" t="s">
-        <v>1688</v>
+        <v>1701</v>
       </c>
       <c r="K394" t="s">
         <v>44</v>
       </c>
       <c r="L394" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="395" spans="1:12">
       <c r="A395">
         <v>10914</v>
       </c>
       <c r="B395" t="s">
-        <v>1689</v>
+        <v>1702</v>
       </c>
       <c r="C395" t="s">
-        <v>1690</v>
+        <v>1703</v>
       </c>
       <c r="D395" t="s">
         <v>161</v>
       </c>
       <c r="F395" t="s">
-        <v>1691</v>
+        <v>1704</v>
       </c>
       <c r="G395" t="s">
-        <v>1692</v>
+        <v>1705</v>
       </c>
       <c r="H395" t="s">
-        <v>1693</v>
+        <v>1706</v>
       </c>
       <c r="K395" t="s">
         <v>44</v>
       </c>
       <c r="L395" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="396" spans="1:12">
       <c r="A396">
         <v>10915</v>
       </c>
       <c r="B396" t="s">
-        <v>1247</v>
+        <v>1258</v>
       </c>
       <c r="C396" t="s">
-        <v>1694</v>
+        <v>1707</v>
       </c>
       <c r="D396" t="s">
         <v>130</v>
       </c>
       <c r="F396" t="s">
-        <v>848</v>
+        <v>856</v>
       </c>
       <c r="G396" t="s">
-        <v>1695</v>
+        <v>1708</v>
       </c>
       <c r="H396" t="s">
-        <v>1696</v>
+        <v>1709</v>
       </c>
       <c r="K396" t="s">
         <v>44</v>
       </c>
       <c r="L396" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="397" spans="1:12">
       <c r="A397">
         <v>10916</v>
       </c>
       <c r="B397" t="s">
         <v>70</v>
       </c>
       <c r="C397" t="s">
-        <v>1697</v>
+        <v>1710</v>
       </c>
       <c r="D397" t="s">
         <v>187</v>
       </c>
       <c r="E397" t="s">
-        <v>1583</v>
+        <v>1595</v>
       </c>
       <c r="G397" t="s">
-        <v>1698</v>
+        <v>1711</v>
       </c>
       <c r="H397" t="s">
-        <v>1699</v>
+        <v>1712</v>
       </c>
       <c r="I397" t="s">
         <v>18</v>
       </c>
       <c r="J397" t="s">
         <v>19</v>
       </c>
       <c r="L397" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="398" spans="1:12">
       <c r="A398">
         <v>10917</v>
       </c>
       <c r="B398" t="s">
         <v>165</v>
       </c>
       <c r="C398" t="s">
-        <v>1700</v>
+        <v>1713</v>
       </c>
       <c r="D398" t="s">
         <v>23</v>
       </c>
       <c r="E398" t="s">
-        <v>857</v>
+        <v>865</v>
       </c>
       <c r="G398" t="s">
-        <v>1701</v>
+        <v>1714</v>
       </c>
       <c r="H398" t="s">
-        <v>1702</v>
+        <v>1715</v>
       </c>
       <c r="I398" t="s">
         <v>18</v>
       </c>
       <c r="J398" t="s">
         <v>19</v>
       </c>
       <c r="L398" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="399" spans="1:12">
       <c r="A399">
         <v>10918</v>
       </c>
       <c r="B399" t="s">
-        <v>1703</v>
+        <v>1716</v>
       </c>
       <c r="C399" t="s">
-        <v>1704</v>
+        <v>1717</v>
       </c>
       <c r="D399" t="s">
         <v>78</v>
       </c>
       <c r="E399" t="s">
         <v>102</v>
       </c>
       <c r="G399" t="s">
-        <v>1705</v>
+        <v>1718</v>
       </c>
       <c r="H399" t="s">
-        <v>1706</v>
+        <v>1719</v>
       </c>
       <c r="K399" t="s">
         <v>44</v>
       </c>
       <c r="L399" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="400" spans="1:12">
       <c r="A400">
         <v>10919</v>
       </c>
       <c r="B400" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="C400" t="s">
-        <v>1707</v>
+        <v>1720</v>
       </c>
       <c r="D400" t="s">
-        <v>1708</v>
+        <v>1721</v>
       </c>
       <c r="G400" t="s">
-        <v>1709</v>
+        <v>1722</v>
       </c>
       <c r="H400" t="s">
-        <v>1710</v>
+        <v>1723</v>
       </c>
       <c r="K400" t="s">
         <v>44</v>
       </c>
       <c r="L400" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="401" spans="1:12">
       <c r="A401">
         <v>10920</v>
       </c>
       <c r="B401" t="s">
-        <v>1711</v>
+        <v>1724</v>
       </c>
       <c r="C401" t="s">
-        <v>1712</v>
+        <v>1725</v>
       </c>
       <c r="D401" t="s">
         <v>35</v>
       </c>
       <c r="E401" t="s">
-        <v>1713</v>
+        <v>1726</v>
       </c>
       <c r="G401" t="s">
-        <v>1714</v>
+        <v>1727</v>
       </c>
       <c r="H401" t="s">
-        <v>1715</v>
+        <v>1728</v>
       </c>
       <c r="I401" t="s">
         <v>18</v>
       </c>
       <c r="J401" t="s">
         <v>19</v>
       </c>
       <c r="L401" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="402" spans="1:12">
       <c r="A402">
         <v>10921</v>
       </c>
       <c r="B402" t="s">
         <v>185</v>
       </c>
       <c r="C402" t="s">
-        <v>1716</v>
+        <v>1729</v>
       </c>
       <c r="D402" t="s">
         <v>96</v>
       </c>
       <c r="E402" t="s">
-        <v>1115</v>
+        <v>1124</v>
       </c>
       <c r="G402" t="s">
-        <v>1717</v>
+        <v>1730</v>
       </c>
       <c r="H402" t="s">
-        <v>1718</v>
+        <v>1731</v>
       </c>
       <c r="K402" t="s">
         <v>44</v>
       </c>
       <c r="L402" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="403" spans="1:12">
       <c r="A403">
         <v>10922</v>
       </c>
       <c r="B403" t="s">
-        <v>1719</v>
+        <v>1732</v>
       </c>
       <c r="C403" t="s">
-        <v>1720</v>
+        <v>1733</v>
       </c>
       <c r="D403" t="s">
         <v>161</v>
       </c>
       <c r="E403" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="G403" t="s">
-        <v>1721</v>
+        <v>1734</v>
       </c>
       <c r="H403" t="s">
-        <v>1722</v>
+        <v>1735</v>
       </c>
       <c r="K403" t="s">
-        <v>1723</v>
+        <v>44</v>
       </c>
       <c r="L403" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="404" spans="1:12">
       <c r="A404">
         <v>10923</v>
       </c>
       <c r="B404" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
       <c r="C404" t="s">
-        <v>1724</v>
+        <v>1736</v>
       </c>
       <c r="D404" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="E404" t="s">
-        <v>834</v>
+        <v>842</v>
       </c>
       <c r="G404" t="s">
-        <v>1725</v>
+        <v>1737</v>
       </c>
       <c r="H404" t="s">
-        <v>1726</v>
+        <v>1738</v>
       </c>
       <c r="K404" t="s">
         <v>44</v>
       </c>
       <c r="L404" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="405" spans="1:12">
       <c r="A405">
         <v>10924</v>
       </c>
       <c r="B405" t="s">
-        <v>1677</v>
+        <v>1690</v>
       </c>
       <c r="C405" t="s">
-        <v>1727</v>
+        <v>1739</v>
       </c>
       <c r="D405" t="s">
         <v>315</v>
       </c>
       <c r="E405" t="s">
-        <v>1276</v>
+        <v>1287</v>
       </c>
       <c r="G405" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="H405" t="s">
-        <v>1729</v>
+        <v>1741</v>
       </c>
       <c r="I405" t="s">
         <v>18</v>
       </c>
       <c r="J405" t="s">
         <v>19</v>
       </c>
       <c r="L405" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="406" spans="1:12">
       <c r="A406">
         <v>10925</v>
       </c>
       <c r="B406" t="s">
         <v>46</v>
       </c>
       <c r="C406" t="s">
-        <v>1727</v>
+        <v>1739</v>
       </c>
       <c r="D406" t="s">
         <v>35</v>
       </c>
       <c r="F406" t="s">
         <v>36</v>
       </c>
       <c r="G406" t="s">
-        <v>1730</v>
+        <v>1742</v>
       </c>
       <c r="H406" t="s">
-        <v>1731</v>
+        <v>1743</v>
       </c>
       <c r="I406" t="s">
         <v>18</v>
       </c>
       <c r="J406" t="s">
         <v>19</v>
       </c>
       <c r="L406" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="407" spans="1:12">
       <c r="A407">
         <v>10926</v>
       </c>
       <c r="B407" t="s">
         <v>149</v>
       </c>
       <c r="C407" t="s">
-        <v>1732</v>
+        <v>1744</v>
       </c>
       <c r="D407" t="s">
         <v>14</v>
       </c>
       <c r="E407" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="G407" t="s">
-        <v>1733</v>
+        <v>1745</v>
       </c>
       <c r="H407" t="s">
-        <v>1734</v>
+        <v>1746</v>
       </c>
       <c r="I407" t="s">
         <v>18</v>
       </c>
       <c r="J407" t="s">
         <v>19</v>
       </c>
       <c r="L407" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="408" spans="1:12">
       <c r="A408">
         <v>10927</v>
       </c>
       <c r="B408" t="s">
         <v>279</v>
       </c>
       <c r="C408" t="s">
-        <v>1735</v>
+        <v>1747</v>
       </c>
       <c r="D408" t="s">
         <v>210</v>
       </c>
       <c r="H408" t="s">
-        <v>1736</v>
+        <v>1748</v>
       </c>
       <c r="K408" t="s">
         <v>44</v>
       </c>
       <c r="L408" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="409" spans="1:12">
       <c r="A409">
         <v>10928</v>
       </c>
       <c r="B409" t="s">
-        <v>1737</v>
+        <v>1749</v>
       </c>
       <c r="C409" t="s">
-        <v>1738</v>
+        <v>1750</v>
       </c>
       <c r="D409" t="s">
         <v>161</v>
       </c>
       <c r="F409" t="s">
-        <v>1739</v>
+        <v>1751</v>
       </c>
       <c r="G409" t="s">
-        <v>1740</v>
+        <v>1752</v>
       </c>
       <c r="H409" t="s">
-        <v>1741</v>
+        <v>1753</v>
       </c>
       <c r="K409" t="s">
         <v>44</v>
       </c>
       <c r="L409" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="410" spans="1:12">
       <c r="A410">
         <v>10929</v>
       </c>
       <c r="B410" t="s">
         <v>352</v>
       </c>
       <c r="C410" t="s">
-        <v>1742</v>
+        <v>1754</v>
       </c>
       <c r="D410" t="s">
-        <v>822</v>
+        <v>813</v>
       </c>
       <c r="E410" t="s">
-        <v>1743</v>
+        <v>1755</v>
       </c>
       <c r="H410" t="s">
-        <v>1744</v>
+        <v>1756</v>
       </c>
       <c r="I410" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="J410" t="s">
         <v>19</v>
       </c>
       <c r="L410" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="411" spans="1:12">
       <c r="A411">
         <v>10940</v>
       </c>
       <c r="B411" t="s">
-        <v>1745</v>
+        <v>1757</v>
       </c>
       <c r="C411" t="s">
-        <v>1669</v>
+        <v>1682</v>
       </c>
       <c r="D411" t="s">
         <v>187</v>
       </c>
       <c r="E411" t="s">
-        <v>1746</v>
+        <v>1758</v>
       </c>
       <c r="G411" t="s">
-        <v>1747</v>
+        <v>1759</v>
       </c>
       <c r="H411" t="s">
-        <v>1748</v>
+        <v>1760</v>
       </c>
       <c r="K411" t="s">
         <v>44</v>
       </c>
       <c r="L411" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="412" spans="1:12">
       <c r="A412">
         <v>10941</v>
       </c>
       <c r="B412" t="s">
-        <v>1651</v>
+        <v>1664</v>
       </c>
       <c r="C412" t="s">
-        <v>1669</v>
+        <v>1682</v>
       </c>
       <c r="D412" t="s">
-        <v>822</v>
+        <v>813</v>
       </c>
       <c r="E412" t="s">
-        <v>1749</v>
+        <v>1761</v>
       </c>
       <c r="G412" t="s">
-        <v>1750</v>
+        <v>1762</v>
       </c>
       <c r="H412" t="s">
-        <v>1751</v>
+        <v>1763</v>
       </c>
       <c r="K412" t="s">
         <v>44</v>
       </c>
       <c r="L412" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="413" spans="1:12">
       <c r="A413">
         <v>10942</v>
       </c>
       <c r="B413" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="C413" t="s">
-        <v>1752</v>
+        <v>1764</v>
       </c>
       <c r="D413" t="s">
         <v>199</v>
       </c>
       <c r="E413" t="s">
         <v>112</v>
       </c>
       <c r="G413" t="s">
-        <v>1753</v>
+        <v>1765</v>
       </c>
       <c r="H413" t="s">
-        <v>1754</v>
+        <v>1766</v>
       </c>
       <c r="I413" t="s">
-        <v>753</v>
+        <v>760</v>
       </c>
       <c r="J413" t="s">
         <v>19</v>
       </c>
       <c r="L413" t="s">
-        <v>1755</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="414" spans="1:12">
       <c r="A414">
         <v>10943</v>
       </c>
       <c r="B414" t="s">
         <v>142</v>
       </c>
       <c r="C414" t="s">
-        <v>1756</v>
+        <v>1768</v>
       </c>
       <c r="D414" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E414" t="s">
         <v>107</v>
       </c>
       <c r="G414" t="s">
-        <v>1757</v>
+        <v>1769</v>
       </c>
       <c r="H414" t="s">
-        <v>1758</v>
+        <v>1770</v>
       </c>
       <c r="K414" t="s">
         <v>44</v>
       </c>
       <c r="L414" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="415" spans="1:12">
       <c r="A415">
         <v>10944</v>
       </c>
       <c r="B415" t="s">
-        <v>1759</v>
+        <v>1771</v>
       </c>
       <c r="C415" t="s">
-        <v>1756</v>
+        <v>1768</v>
       </c>
       <c r="D415" t="s">
         <v>130</v>
       </c>
       <c r="E415" t="s">
-        <v>1606</v>
+        <v>1618</v>
       </c>
       <c r="G415" t="s">
-        <v>1760</v>
+        <v>1772</v>
       </c>
       <c r="H415" t="s">
-        <v>1761</v>
+        <v>1773</v>
       </c>
       <c r="K415" t="s">
         <v>44</v>
       </c>
       <c r="L415" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="416" spans="1:12">
       <c r="A416">
         <v>10945</v>
       </c>
       <c r="B416" t="s">
-        <v>1088</v>
+        <v>1097</v>
       </c>
       <c r="C416" t="s">
-        <v>1762</v>
+        <v>1774</v>
       </c>
       <c r="D416" t="s">
         <v>187</v>
       </c>
       <c r="E416" t="s">
-        <v>1746</v>
+        <v>1758</v>
       </c>
       <c r="H416" t="s">
-        <v>1763</v>
+        <v>1775</v>
       </c>
       <c r="I416" t="s">
-        <v>1764</v>
+        <v>1776</v>
       </c>
       <c r="J416" t="s">
-        <v>1765</v>
+        <v>1777</v>
       </c>
       <c r="L416" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="417" spans="1:12">
       <c r="A417">
         <v>10946</v>
       </c>
       <c r="B417" t="s">
-        <v>1766</v>
+        <v>1778</v>
       </c>
       <c r="C417" t="s">
-        <v>1767</v>
+        <v>1779</v>
       </c>
       <c r="D417" t="s">
         <v>193</v>
       </c>
       <c r="E417" t="s">
-        <v>1032</v>
+        <v>1041</v>
       </c>
       <c r="F417" t="s">
-        <v>1768</v>
+        <v>1780</v>
       </c>
       <c r="G417" t="s">
-        <v>1769</v>
+        <v>1781</v>
       </c>
       <c r="H417" t="s">
-        <v>1770</v>
+        <v>1782</v>
       </c>
       <c r="I417" t="s">
         <v>18</v>
       </c>
       <c r="J417" t="s">
         <v>19</v>
       </c>
       <c r="L417" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="418" spans="1:12">
       <c r="A418">
         <v>10947</v>
       </c>
       <c r="B418" t="s">
-        <v>1771</v>
+        <v>1783</v>
       </c>
       <c r="C418" t="s">
-        <v>1772</v>
+        <v>1784</v>
       </c>
       <c r="D418" t="s">
         <v>161</v>
       </c>
       <c r="E418" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="G418" t="s">
-        <v>1773</v>
+        <v>1785</v>
       </c>
       <c r="H418" t="s">
-        <v>1774</v>
+        <v>1786</v>
       </c>
       <c r="K418" t="s">
         <v>44</v>
       </c>
       <c r="L418" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="419" spans="1:12">
       <c r="A419">
         <v>10948</v>
       </c>
       <c r="B419" t="s">
         <v>305</v>
       </c>
       <c r="C419" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="D419" t="s">
         <v>193</v>
       </c>
       <c r="E419" t="s">
-        <v>927</v>
+        <v>936</v>
       </c>
       <c r="F419" t="s">
-        <v>1775</v>
+        <v>1787</v>
       </c>
       <c r="G419" t="s">
-        <v>1776</v>
+        <v>1788</v>
       </c>
       <c r="H419" t="s">
-        <v>1777</v>
+        <v>1789</v>
       </c>
       <c r="K419" t="s">
         <v>44</v>
       </c>
       <c r="L419" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="420" spans="1:12">
       <c r="A420">
         <v>10949</v>
       </c>
       <c r="B420" t="s">
-        <v>737</v>
+        <v>744</v>
       </c>
       <c r="C420" t="s">
-        <v>1778</v>
+        <v>1790</v>
       </c>
       <c r="D420" t="s">
         <v>161</v>
       </c>
       <c r="E420" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="F420" t="s">
-        <v>1485</v>
+        <v>1497</v>
       </c>
       <c r="G420" t="s">
-        <v>1779</v>
+        <v>1791</v>
       </c>
       <c r="H420" t="s">
-        <v>1780</v>
+        <v>1792</v>
       </c>
       <c r="K420" t="s">
         <v>44</v>
       </c>
       <c r="L420" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="421" spans="1:12">
       <c r="A421">
         <v>10950</v>
       </c>
       <c r="B421" t="s">
-        <v>1781</v>
+        <v>1793</v>
       </c>
       <c r="C421" t="s">
-        <v>1782</v>
+        <v>1794</v>
       </c>
       <c r="D421" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="E421" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="G421" t="s">
-        <v>1783</v>
+        <v>1795</v>
       </c>
       <c r="H421" t="s">
-        <v>1784</v>
+        <v>1796</v>
       </c>
       <c r="K421" t="s">
         <v>44</v>
       </c>
       <c r="L421" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="422" spans="1:12">
       <c r="A422">
         <v>10951</v>
       </c>
       <c r="B422" t="s">
-        <v>1785</v>
+        <v>1797</v>
       </c>
       <c r="C422" t="s">
-        <v>1786</v>
+        <v>1798</v>
       </c>
       <c r="D422" t="s">
         <v>30</v>
       </c>
       <c r="G422" t="s">
-        <v>1787</v>
+        <v>1799</v>
       </c>
       <c r="H422" t="s">
         <v>351</v>
       </c>
       <c r="K422" t="s">
         <v>44</v>
       </c>
       <c r="L422" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="423" spans="1:12">
       <c r="A423">
         <v>10952</v>
       </c>
       <c r="B423" t="s">
         <v>21</v>
       </c>
       <c r="C423" t="s">
-        <v>1788</v>
+        <v>1800</v>
       </c>
       <c r="D423" t="s">
         <v>14</v>
       </c>
       <c r="E423" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="G423" t="s">
-        <v>1789</v>
+        <v>1801</v>
       </c>
       <c r="H423" t="s">
-        <v>1790</v>
+        <v>1802</v>
       </c>
       <c r="I423" t="s">
         <v>18</v>
       </c>
       <c r="J423" t="s">
         <v>19</v>
       </c>
       <c r="L423" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="424" spans="1:12">
       <c r="A424">
         <v>10953</v>
       </c>
       <c r="B424" t="s">
-        <v>1791</v>
+        <v>1803</v>
       </c>
       <c r="C424" t="s">
-        <v>1792</v>
+        <v>1804</v>
       </c>
       <c r="D424" t="s">
         <v>199</v>
       </c>
       <c r="E424" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="G424" t="s">
-        <v>1793</v>
+        <v>1805</v>
       </c>
       <c r="H424" t="s">
-        <v>1794</v>
+        <v>1806</v>
       </c>
       <c r="I424" t="s">
         <v>39</v>
       </c>
       <c r="J424" t="s">
         <v>40</v>
       </c>
       <c r="L424" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="425" spans="1:12">
       <c r="A425">
         <v>10955</v>
       </c>
       <c r="B425" t="s">
-        <v>1795</v>
+        <v>1807</v>
       </c>
       <c r="C425" t="s">
-        <v>1796</v>
+        <v>1808</v>
       </c>
       <c r="D425" t="s">
         <v>199</v>
       </c>
       <c r="E425" t="s">
-        <v>1423</v>
+        <v>1435</v>
       </c>
       <c r="G425" t="s">
-        <v>1797</v>
+        <v>1809</v>
       </c>
       <c r="H425" t="s">
-        <v>1798</v>
+        <v>1810</v>
       </c>
       <c r="K425" t="s">
         <v>44</v>
       </c>
       <c r="L425" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="426" spans="1:12">
       <c r="A426">
         <v>10956</v>
       </c>
       <c r="B426" t="s">
         <v>231</v>
       </c>
       <c r="C426" t="s">
-        <v>1799</v>
+        <v>1811</v>
       </c>
       <c r="D426" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E426" t="s">
         <v>79</v>
       </c>
       <c r="G426" t="s">
-        <v>1800</v>
+        <v>1812</v>
       </c>
       <c r="H426" t="s">
-        <v>1801</v>
+        <v>1813</v>
       </c>
       <c r="K426" t="s">
         <v>44</v>
       </c>
       <c r="L426" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="427" spans="1:12">
       <c r="A427">
         <v>10957</v>
       </c>
       <c r="B427" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C427" t="s">
-        <v>1802</v>
+        <v>1814</v>
       </c>
       <c r="D427" t="s">
         <v>130</v>
       </c>
       <c r="E427" t="s">
-        <v>529</v>
+        <v>536</v>
       </c>
       <c r="G427" t="s">
-        <v>1803</v>
+        <v>1815</v>
       </c>
       <c r="H427" t="s">
-        <v>1804</v>
+        <v>1816</v>
       </c>
       <c r="K427" t="s">
         <v>44</v>
       </c>
       <c r="L427" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="428" spans="1:12">
       <c r="A428">
         <v>10958</v>
       </c>
       <c r="B428" t="s">
-        <v>1805</v>
+        <v>1817</v>
       </c>
       <c r="C428" t="s">
-        <v>1806</v>
+        <v>1818</v>
       </c>
       <c r="D428" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E428" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="G428" t="s">
-        <v>1807</v>
+        <v>1819</v>
       </c>
       <c r="H428" t="s">
-        <v>1808</v>
+        <v>1820</v>
       </c>
       <c r="K428" t="s">
         <v>44</v>
       </c>
       <c r="L428" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="429" spans="1:12">
       <c r="A429">
         <v>10959</v>
       </c>
       <c r="B429" t="s">
         <v>222</v>
       </c>
       <c r="C429" t="s">
-        <v>1809</v>
+        <v>1821</v>
       </c>
       <c r="D429" t="s">
         <v>342</v>
       </c>
       <c r="E429" t="s">
-        <v>1810</v>
+        <v>1822</v>
       </c>
       <c r="G429" t="s">
-        <v>1811</v>
+        <v>1823</v>
       </c>
       <c r="H429" t="s">
-        <v>1812</v>
+        <v>1824</v>
       </c>
       <c r="I429" t="s">
-        <v>1813</v>
+        <v>1825</v>
       </c>
       <c r="J429" t="s">
         <v>221</v>
       </c>
       <c r="L429" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="430" spans="1:12">
       <c r="A430">
         <v>10960</v>
       </c>
       <c r="B430" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="C430" t="s">
-        <v>1814</v>
+        <v>1826</v>
       </c>
       <c r="D430" t="s">
         <v>161</v>
       </c>
       <c r="E430" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="F430" t="s">
-        <v>1815</v>
+        <v>1827</v>
       </c>
       <c r="G430" t="s">
-        <v>1816</v>
+        <v>1828</v>
       </c>
       <c r="H430" t="s">
-        <v>1817</v>
+        <v>1829</v>
       </c>
       <c r="K430" t="s">
         <v>44</v>
       </c>
       <c r="L430" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="431" spans="1:12">
       <c r="A431">
         <v>10961</v>
       </c>
       <c r="B431" t="s">
         <v>76</v>
       </c>
       <c r="C431" t="s">
-        <v>1818</v>
+        <v>1830</v>
       </c>
       <c r="D431" t="s">
         <v>14</v>
       </c>
       <c r="E431" t="s">
-        <v>964</v>
+        <v>973</v>
       </c>
       <c r="G431" t="s">
-        <v>1819</v>
+        <v>1831</v>
       </c>
       <c r="H431" t="s">
-        <v>1820</v>
+        <v>1832</v>
       </c>
       <c r="I431" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
       <c r="J431" t="s">
         <v>19</v>
       </c>
       <c r="L431" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="432" spans="1:12">
       <c r="A432">
         <v>10962</v>
       </c>
       <c r="B432" t="s">
         <v>165</v>
       </c>
       <c r="C432" t="s">
-        <v>1821</v>
+        <v>1833</v>
       </c>
       <c r="D432" t="s">
         <v>161</v>
       </c>
       <c r="E432" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="G432" t="s">
-        <v>1822</v>
+        <v>1834</v>
       </c>
       <c r="H432" t="s">
-        <v>1823</v>
+        <v>1835</v>
       </c>
       <c r="K432" t="s">
         <v>44</v>
       </c>
       <c r="L432" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="433" spans="1:12">
       <c r="A433">
         <v>10963</v>
       </c>
       <c r="B433" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="C433" t="s">
-        <v>1824</v>
+        <v>1836</v>
       </c>
       <c r="D433" t="s">
         <v>130</v>
       </c>
       <c r="E433" t="s">
         <v>112</v>
       </c>
       <c r="G433" t="s">
-        <v>1825</v>
+        <v>1837</v>
       </c>
       <c r="H433" t="s">
-        <v>1826</v>
+        <v>1838</v>
       </c>
       <c r="K433" t="s">
         <v>44</v>
       </c>
       <c r="L433" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="434" spans="1:12">
       <c r="A434">
         <v>10964</v>
       </c>
       <c r="B434" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="C434" t="s">
-        <v>1827</v>
+        <v>1839</v>
       </c>
       <c r="D434" t="s">
         <v>111</v>
       </c>
       <c r="E434" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="G434" t="s">
-        <v>1828</v>
+        <v>1840</v>
       </c>
       <c r="H434" t="s">
-        <v>1829</v>
+        <v>1841</v>
       </c>
       <c r="I434" t="s">
         <v>357</v>
       </c>
       <c r="J434" t="s">
         <v>358</v>
       </c>
       <c r="L434" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="435" spans="1:12">
       <c r="A435">
         <v>10965</v>
       </c>
       <c r="B435" t="s">
         <v>295</v>
       </c>
       <c r="C435" t="s">
-        <v>1830</v>
+        <v>1842</v>
       </c>
       <c r="D435" t="s">
         <v>161</v>
       </c>
       <c r="E435" t="s">
-        <v>931</v>
+        <v>940</v>
       </c>
       <c r="G435" t="s">
-        <v>1831</v>
+        <v>1843</v>
       </c>
       <c r="H435" t="s">
-        <v>1832</v>
+        <v>1844</v>
       </c>
       <c r="I435" t="s">
         <v>18</v>
       </c>
       <c r="J435" t="s">
         <v>19</v>
       </c>
       <c r="L435" t="s">
-        <v>935</v>
+        <v>944</v>
       </c>
     </row>
     <row r="436" spans="1:12">
       <c r="A436">
         <v>10966</v>
       </c>
       <c r="B436" t="s">
-        <v>1833</v>
+        <v>1845</v>
       </c>
       <c r="C436" t="s">
-        <v>1834</v>
+        <v>1846</v>
       </c>
       <c r="D436" t="s">
         <v>342</v>
       </c>
       <c r="E436" t="s">
-        <v>1810</v>
+        <v>1822</v>
       </c>
       <c r="G436" t="s">
-        <v>1835</v>
+        <v>1847</v>
       </c>
       <c r="H436" t="s">
-        <v>1836</v>
+        <v>1848</v>
       </c>
       <c r="K436" t="s">
         <v>44</v>
       </c>
       <c r="L436" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="437" spans="1:12">
       <c r="A437">
         <v>10967</v>
       </c>
       <c r="B437" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="C437" t="s">
-        <v>1837</v>
+        <v>1849</v>
       </c>
       <c r="D437" t="s">
         <v>199</v>
       </c>
       <c r="E437" t="s">
-        <v>1838</v>
+        <v>1850</v>
       </c>
       <c r="G437" t="s">
-        <v>1839</v>
+        <v>1851</v>
       </c>
       <c r="H437" t="s">
-        <v>1840</v>
+        <v>1852</v>
       </c>
       <c r="K437" t="s">
         <v>44</v>
       </c>
       <c r="L437" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="438" spans="1:12">
       <c r="A438">
         <v>10968</v>
       </c>
       <c r="B438" t="s">
-        <v>732</v>
+        <v>739</v>
       </c>
       <c r="C438" t="s">
-        <v>1841</v>
+        <v>1853</v>
       </c>
       <c r="D438" t="s">
         <v>315</v>
       </c>
       <c r="E438" t="s">
         <v>112</v>
       </c>
       <c r="G438" t="s">
-        <v>1842</v>
+        <v>1854</v>
       </c>
       <c r="H438" t="s">
-        <v>1843</v>
+        <v>1855</v>
       </c>
       <c r="I438" t="s">
         <v>18</v>
       </c>
       <c r="J438" t="s">
         <v>141</v>
       </c>
       <c r="L438" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="439" spans="1:12">
       <c r="A439">
         <v>10969</v>
       </c>
       <c r="B439" t="s">
-        <v>1844</v>
+        <v>1856</v>
       </c>
       <c r="C439" t="s">
-        <v>1845</v>
+        <v>1857</v>
       </c>
       <c r="D439" t="s">
         <v>342</v>
       </c>
       <c r="E439" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="G439" t="s">
-        <v>1846</v>
+        <v>1858</v>
       </c>
       <c r="H439" t="s">
-        <v>1847</v>
+        <v>1859</v>
       </c>
       <c r="I439" t="s">
         <v>18</v>
       </c>
       <c r="J439" t="s">
         <v>19</v>
       </c>
       <c r="L439" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="440" spans="1:12">
       <c r="A440">
         <v>10970</v>
       </c>
       <c r="B440" t="s">
-        <v>1074</v>
+        <v>1083</v>
       </c>
       <c r="C440" t="s">
-        <v>1848</v>
+        <v>1860</v>
       </c>
       <c r="D440" t="s">
         <v>161</v>
       </c>
       <c r="E440" t="s">
         <v>162</v>
       </c>
       <c r="F440" t="s">
-        <v>1849</v>
+        <v>1861</v>
       </c>
       <c r="G440" t="s">
-        <v>1850</v>
+        <v>1862</v>
       </c>
       <c r="H440" t="s">
-        <v>1851</v>
+        <v>1863</v>
       </c>
       <c r="K440" t="s">
         <v>44</v>
       </c>
       <c r="L440" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="441" spans="1:12">
       <c r="A441">
         <v>10971</v>
       </c>
       <c r="B441" t="s">
         <v>94</v>
       </c>
       <c r="C441" t="s">
-        <v>1852</v>
+        <v>1864</v>
       </c>
       <c r="D441" t="s">
         <v>199</v>
       </c>
       <c r="E441" t="s">
-        <v>1335</v>
+        <v>1346</v>
       </c>
       <c r="G441" t="s">
-        <v>1853</v>
+        <v>1865</v>
       </c>
       <c r="H441" t="s">
-        <v>1854</v>
+        <v>1866</v>
       </c>
       <c r="K441" t="s">
         <v>44</v>
       </c>
       <c r="L441" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="442" spans="1:12">
       <c r="A442">
         <v>10972</v>
       </c>
       <c r="B442" t="s">
         <v>340</v>
       </c>
       <c r="C442" t="s">
-        <v>1855</v>
+        <v>1867</v>
       </c>
       <c r="D442" t="s">
         <v>144</v>
       </c>
       <c r="E442" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="G442" t="s">
-        <v>1856</v>
+        <v>1868</v>
       </c>
       <c r="H442" t="s">
-        <v>1857</v>
+        <v>1869</v>
       </c>
       <c r="I442" t="s">
         <v>18</v>
       </c>
       <c r="J442" t="s">
         <v>19</v>
       </c>
       <c r="L442" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="443" spans="1:12">
       <c r="A443">
         <v>10973</v>
       </c>
       <c r="B443" t="s">
         <v>46</v>
       </c>
       <c r="C443" t="s">
-        <v>1858</v>
+        <v>1870</v>
       </c>
       <c r="D443" t="s">
         <v>72</v>
       </c>
       <c r="E443" t="s">
         <v>73</v>
       </c>
       <c r="G443" t="s">
-        <v>1859</v>
+        <v>1871</v>
       </c>
       <c r="H443" t="s">
-        <v>1860</v>
+        <v>1872</v>
       </c>
       <c r="K443" t="s">
         <v>44</v>
       </c>
       <c r="L443" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="444" spans="1:12">
       <c r="A444">
         <v>10974</v>
       </c>
       <c r="B444" t="s">
-        <v>1294</v>
+        <v>1305</v>
       </c>
       <c r="C444" t="s">
-        <v>1861</v>
+        <v>1873</v>
       </c>
       <c r="D444" t="s">
-        <v>822</v>
+        <v>813</v>
       </c>
       <c r="E444" t="s">
-        <v>1862</v>
+        <v>1874</v>
       </c>
       <c r="G444" t="s">
-        <v>1863</v>
+        <v>1875</v>
       </c>
       <c r="H444" t="s">
-        <v>1864</v>
+        <v>1876</v>
       </c>
       <c r="K444" t="s">
         <v>44</v>
       </c>
       <c r="L444" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="445" spans="1:12">
       <c r="A445">
         <v>10975</v>
       </c>
       <c r="B445" t="s">
-        <v>1865</v>
+        <v>1877</v>
       </c>
       <c r="C445" t="s">
-        <v>1866</v>
+        <v>1878</v>
       </c>
       <c r="D445" t="s">
         <v>193</v>
       </c>
       <c r="E445" t="s">
         <v>361</v>
       </c>
       <c r="G445" t="s">
-        <v>1867</v>
+        <v>1879</v>
       </c>
       <c r="H445" t="s">
-        <v>1868</v>
+        <v>1880</v>
       </c>
       <c r="I445" t="s">
         <v>18</v>
       </c>
       <c r="J445" t="s">
         <v>19</v>
       </c>
       <c r="L445" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="446" spans="1:12">
       <c r="A446">
         <v>10976</v>
       </c>
       <c r="B446" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="C446" t="s">
-        <v>1869</v>
+        <v>1881</v>
       </c>
       <c r="D446" t="s">
         <v>193</v>
       </c>
       <c r="E446" t="s">
         <v>361</v>
       </c>
       <c r="G446" t="s">
-        <v>1870</v>
+        <v>1882</v>
       </c>
       <c r="H446" t="s">
-        <v>1871</v>
+        <v>1883</v>
       </c>
       <c r="I446" t="s">
         <v>18</v>
       </c>
       <c r="J446" t="s">
-        <v>1872</v>
+        <v>1884</v>
       </c>
       <c r="L446" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="447" spans="1:12">
       <c r="A447">
         <v>10977</v>
       </c>
       <c r="B447" t="s">
         <v>305</v>
       </c>
       <c r="C447" t="s">
-        <v>1873</v>
+        <v>1885</v>
       </c>
       <c r="D447" t="s">
         <v>287</v>
       </c>
       <c r="E447" t="s">
-        <v>517</v>
+        <v>524</v>
       </c>
       <c r="G447" t="s">
-        <v>1874</v>
+        <v>1886</v>
       </c>
       <c r="H447" t="s">
-        <v>1875</v>
+        <v>1887</v>
       </c>
       <c r="K447" t="s">
         <v>44</v>
       </c>
       <c r="L447" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="448" spans="1:12">
       <c r="A448">
         <v>10978</v>
       </c>
       <c r="B448" t="s">
         <v>185</v>
       </c>
       <c r="C448" t="s">
-        <v>1876</v>
+        <v>1888</v>
       </c>
       <c r="D448" t="s">
         <v>130</v>
       </c>
       <c r="E448" t="s">
-        <v>1606</v>
+        <v>1618</v>
       </c>
       <c r="G448" t="s">
-        <v>1877</v>
+        <v>1889</v>
       </c>
       <c r="H448" t="s">
-        <v>1878</v>
+        <v>1890</v>
       </c>
       <c r="K448" t="s">
         <v>44</v>
       </c>
       <c r="L448" t="s">
-        <v>1315</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="449" spans="1:12">
       <c r="A449">
         <v>10979</v>
       </c>
       <c r="B449" t="s">
         <v>46</v>
       </c>
       <c r="C449" t="s">
-        <v>1879</v>
+        <v>1891</v>
       </c>
       <c r="D449" t="s">
         <v>161</v>
       </c>
       <c r="E449" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="G449" t="s">
-        <v>1880</v>
+        <v>1892</v>
       </c>
       <c r="H449" t="s">
-        <v>1881</v>
+        <v>1893</v>
       </c>
       <c r="K449" t="s">
         <v>44</v>
       </c>
       <c r="L449" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="450" spans="1:12">
       <c r="A450">
         <v>10980</v>
       </c>
       <c r="B450" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="C450" t="s">
-        <v>1882</v>
+        <v>1894</v>
       </c>
       <c r="D450" t="s">
         <v>30</v>
       </c>
       <c r="G450" t="s">
-        <v>1883</v>
+        <v>1895</v>
       </c>
       <c r="H450" t="s">
-        <v>1884</v>
+        <v>1896</v>
       </c>
       <c r="K450" t="s">
         <v>44</v>
       </c>
       <c r="L450" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="451" spans="1:12">
       <c r="A451">
         <v>10981</v>
       </c>
       <c r="B451" t="s">
         <v>94</v>
       </c>
       <c r="C451" t="s">
-        <v>1885</v>
+        <v>1897</v>
       </c>
       <c r="D451" t="s">
         <v>287</v>
       </c>
       <c r="E451" t="s">
-        <v>1464</v>
+        <v>1476</v>
       </c>
       <c r="G451" t="s">
-        <v>1886</v>
+        <v>1898</v>
       </c>
       <c r="H451" t="s">
-        <v>1887</v>
+        <v>1899</v>
       </c>
       <c r="K451" t="s">
         <v>44</v>
       </c>
       <c r="L451" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="452" spans="1:12">
       <c r="A452">
         <v>10982</v>
       </c>
       <c r="B452" t="s">
         <v>197</v>
       </c>
       <c r="C452" t="s">
-        <v>1888</v>
+        <v>1900</v>
       </c>
       <c r="D452" t="s">
         <v>14</v>
       </c>
       <c r="E452" t="s">
         <v>176</v>
       </c>
       <c r="G452" t="s">
-        <v>1889</v>
+        <v>1901</v>
       </c>
       <c r="H452" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="K452" t="s">
         <v>44</v>
       </c>
       <c r="L452" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="453" spans="1:12">
       <c r="A453">
         <v>10983</v>
       </c>
       <c r="B453" t="s">
-        <v>1891</v>
+        <v>1903</v>
       </c>
       <c r="C453" t="s">
-        <v>1892</v>
+        <v>1904</v>
       </c>
       <c r="D453" t="s">
         <v>315</v>
       </c>
       <c r="E453" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="G453" t="s">
-        <v>1893</v>
+        <v>1905</v>
       </c>
       <c r="H453" t="s">
-        <v>1894</v>
+        <v>1906</v>
       </c>
       <c r="I453" t="s">
         <v>18</v>
       </c>
       <c r="J453" t="s">
         <v>19</v>
       </c>
       <c r="L453" t="s">
-        <v>1315</v>
+        <v>700</v>
       </c>
     </row>
     <row r="454" spans="1:12">
       <c r="A454">
         <v>10984</v>
       </c>
       <c r="B454" t="s">
-        <v>1895</v>
+        <v>1907</v>
       </c>
       <c r="C454" t="s">
-        <v>1896</v>
+        <v>1908</v>
       </c>
       <c r="D454" t="s">
         <v>193</v>
       </c>
       <c r="E454" t="s">
-        <v>927</v>
+        <v>936</v>
       </c>
       <c r="G454" t="s">
-        <v>1897</v>
+        <v>1909</v>
       </c>
       <c r="H454" t="s">
-        <v>1898</v>
+        <v>1910</v>
       </c>
       <c r="K454" t="s">
         <v>44</v>
       </c>
       <c r="L454" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="455" spans="1:12">
       <c r="A455">
         <v>10985</v>
       </c>
       <c r="B455" t="s">
         <v>170</v>
       </c>
       <c r="C455" t="s">
-        <v>1899</v>
+        <v>1911</v>
       </c>
       <c r="D455" t="s">
         <v>287</v>
       </c>
       <c r="E455" t="s">
-        <v>1464</v>
+        <v>1476</v>
       </c>
       <c r="G455" t="s">
-        <v>1900</v>
+        <v>1912</v>
       </c>
       <c r="H455" t="s">
-        <v>1901</v>
+        <v>1913</v>
       </c>
       <c r="K455" t="s">
         <v>44</v>
       </c>
       <c r="L455" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="456" spans="1:12">
       <c r="A456">
         <v>10987</v>
       </c>
       <c r="B456" t="s">
-        <v>1234</v>
+        <v>1245</v>
       </c>
       <c r="C456" t="s">
-        <v>1902</v>
+        <v>1914</v>
       </c>
       <c r="D456" t="s">
         <v>14</v>
       </c>
       <c r="E456" t="s">
         <v>176</v>
       </c>
       <c r="G456" t="s">
-        <v>1903</v>
+        <v>1915</v>
       </c>
       <c r="H456" t="s">
-        <v>1904</v>
+        <v>1916</v>
       </c>
       <c r="K456" t="s">
         <v>44</v>
       </c>
       <c r="L456" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="457" spans="1:12">
       <c r="A457">
         <v>10988</v>
       </c>
       <c r="B457" t="s">
-        <v>1905</v>
+        <v>1917</v>
       </c>
       <c r="C457" t="s">
-        <v>1906</v>
+        <v>1918</v>
       </c>
       <c r="D457" t="s">
         <v>161</v>
       </c>
       <c r="E457" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="F457" t="s">
-        <v>1907</v>
+        <v>1919</v>
       </c>
       <c r="G457" t="s">
-        <v>1908</v>
+        <v>1920</v>
       </c>
       <c r="H457" t="s">
-        <v>1909</v>
+        <v>1921</v>
       </c>
       <c r="K457" t="s">
         <v>44</v>
       </c>
       <c r="L457" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="458" spans="1:12">
       <c r="A458">
         <v>10989</v>
       </c>
       <c r="B458" t="s">
         <v>295</v>
       </c>
       <c r="C458" t="s">
-        <v>1910</v>
+        <v>1922</v>
       </c>
       <c r="D458" t="s">
         <v>315</v>
       </c>
       <c r="E458" t="s">
-        <v>1911</v>
+        <v>1923</v>
       </c>
       <c r="G458" t="s">
-        <v>1912</v>
+        <v>1924</v>
       </c>
       <c r="H458" t="s">
-        <v>1913</v>
+        <v>1925</v>
       </c>
       <c r="I458" t="s">
         <v>18</v>
       </c>
       <c r="J458" t="s">
         <v>19</v>
       </c>
       <c r="L458" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="459" spans="1:12">
       <c r="A459">
         <v>10990</v>
       </c>
       <c r="B459" t="s">
-        <v>1914</v>
+        <v>1926</v>
       </c>
       <c r="C459" t="s">
-        <v>1915</v>
+        <v>1927</v>
       </c>
       <c r="D459" t="s">
         <v>66</v>
       </c>
       <c r="E459" t="s">
-        <v>1225</v>
+        <v>1236</v>
       </c>
       <c r="G459" t="s">
-        <v>1916</v>
+        <v>1928</v>
       </c>
       <c r="H459" t="s">
-        <v>1917</v>
+        <v>1929</v>
       </c>
       <c r="K459" t="s">
         <v>44</v>
       </c>
       <c r="L459" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="460" spans="1:12">
       <c r="A460">
         <v>10991</v>
       </c>
       <c r="B460" t="s">
-        <v>1918</v>
+        <v>1930</v>
       </c>
       <c r="C460" t="s">
-        <v>1919</v>
+        <v>1931</v>
       </c>
       <c r="D460" t="s">
         <v>342</v>
       </c>
       <c r="E460" t="s">
-        <v>1105</v>
+        <v>1114</v>
       </c>
       <c r="G460" t="s">
-        <v>1920</v>
+        <v>1932</v>
       </c>
       <c r="H460" t="s">
-        <v>1921</v>
+        <v>1933</v>
       </c>
       <c r="I460" t="s">
-        <v>1443</v>
+        <v>1455</v>
       </c>
       <c r="J460" t="s">
         <v>221</v>
       </c>
       <c r="L460" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="461" spans="1:12">
       <c r="A461">
         <v>10992</v>
       </c>
       <c r="B461" t="s">
         <v>222</v>
       </c>
       <c r="C461" t="s">
-        <v>1922</v>
+        <v>1934</v>
       </c>
       <c r="D461" t="s">
         <v>187</v>
       </c>
       <c r="E461" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="G461" t="s">
-        <v>1923</v>
+        <v>1935</v>
       </c>
       <c r="H461" t="s">
-        <v>1924</v>
+        <v>1936</v>
       </c>
       <c r="K461" t="s">
         <v>44</v>
       </c>
       <c r="L461" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="462" spans="1:12">
       <c r="A462">
         <v>10993</v>
       </c>
       <c r="B462" t="s">
         <v>410</v>
       </c>
       <c r="C462" t="s">
-        <v>1925</v>
+        <v>1937</v>
       </c>
       <c r="D462" t="s">
         <v>342</v>
       </c>
       <c r="E462" t="s">
-        <v>1926</v>
+        <v>1938</v>
       </c>
       <c r="G462" t="s">
-        <v>1927</v>
+        <v>1939</v>
       </c>
       <c r="H462" t="s">
-        <v>1928</v>
+        <v>1940</v>
       </c>
       <c r="I462" t="s">
         <v>18</v>
       </c>
       <c r="J462" t="s">
-        <v>1929</v>
+        <v>1941</v>
       </c>
       <c r="L462" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="463" spans="1:12">
       <c r="A463">
         <v>10994</v>
       </c>
       <c r="B463" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="C463" t="s">
-        <v>1930</v>
+        <v>1942</v>
       </c>
       <c r="D463" t="s">
         <v>14</v>
       </c>
       <c r="E463" t="s">
         <v>176</v>
       </c>
       <c r="G463" t="s">
-        <v>1931</v>
+        <v>1943</v>
       </c>
       <c r="H463" t="s">
-        <v>1932</v>
+        <v>1944</v>
       </c>
       <c r="K463" t="s">
         <v>44</v>
       </c>
       <c r="L463" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="464" spans="1:12">
       <c r="A464">
         <v>10995</v>
       </c>
       <c r="B464" t="s">
-        <v>1933</v>
+        <v>1945</v>
       </c>
       <c r="C464" t="s">
-        <v>1934</v>
+        <v>1946</v>
       </c>
       <c r="D464" t="s">
         <v>193</v>
       </c>
       <c r="E464" t="s">
-        <v>927</v>
+        <v>936</v>
       </c>
       <c r="G464" t="s">
-        <v>1935</v>
+        <v>1947</v>
       </c>
       <c r="H464" t="s">
-        <v>1023</v>
+        <v>1032</v>
       </c>
       <c r="I464" t="s">
         <v>18</v>
       </c>
       <c r="J464" t="s">
         <v>19</v>
       </c>
       <c r="L464" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="465" spans="1:12">
       <c r="A465">
         <v>10996</v>
       </c>
       <c r="B465" t="s">
         <v>76</v>
       </c>
       <c r="C465" t="s">
-        <v>1936</v>
+        <v>1948</v>
       </c>
       <c r="D465" t="s">
         <v>161</v>
       </c>
       <c r="E465" t="s">
-        <v>909</v>
+        <v>918</v>
       </c>
       <c r="G465" t="s">
-        <v>1937</v>
+        <v>1949</v>
       </c>
       <c r="H465" t="s">
-        <v>1938</v>
+        <v>1950</v>
       </c>
       <c r="I465" t="s">
-        <v>1939</v>
+        <v>1951</v>
       </c>
       <c r="J465" t="s">
         <v>19</v>
       </c>
       <c r="L465" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="466" spans="1:12">
       <c r="A466">
         <v>10997</v>
       </c>
       <c r="B466" t="s">
         <v>185</v>
       </c>
       <c r="C466" t="s">
-        <v>1940</v>
+        <v>1952</v>
       </c>
       <c r="D466" t="s">
         <v>130</v>
       </c>
       <c r="E466" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="G466" t="s">
-        <v>1941</v>
+        <v>1953</v>
       </c>
       <c r="H466" t="s">
-        <v>1942</v>
+        <v>1954</v>
       </c>
       <c r="K466" t="s">
         <v>44</v>
       </c>
       <c r="L466" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="467" spans="1:12">
       <c r="A467">
         <v>10998</v>
       </c>
       <c r="B467" t="s">
-        <v>946</v>
+        <v>955</v>
       </c>
       <c r="C467" t="s">
-        <v>1943</v>
+        <v>1955</v>
       </c>
       <c r="D467" t="s">
         <v>187</v>
       </c>
       <c r="E467" t="s">
-        <v>1944</v>
+        <v>1956</v>
       </c>
       <c r="G467" t="s">
-        <v>1945</v>
+        <v>1957</v>
       </c>
       <c r="H467" t="s">
-        <v>1946</v>
+        <v>1958</v>
       </c>
       <c r="K467" t="s">
         <v>44</v>
       </c>
       <c r="L467" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="468" spans="1:12">
       <c r="A468">
         <v>10999</v>
       </c>
       <c r="B468" t="s">
         <v>295</v>
       </c>
       <c r="C468" t="s">
-        <v>1947</v>
+        <v>1959</v>
       </c>
       <c r="D468" t="s">
         <v>287</v>
       </c>
       <c r="E468" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="G468" t="s">
-        <v>1948</v>
+        <v>1960</v>
       </c>
       <c r="H468" t="s">
-        <v>1949</v>
+        <v>1961</v>
       </c>
       <c r="K468" t="s">
         <v>44</v>
       </c>
       <c r="L468" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="469" spans="1:12">
       <c r="A469">
         <v>11000</v>
       </c>
       <c r="B469" t="s">
-        <v>1950</v>
+        <v>1962</v>
       </c>
       <c r="C469" t="s">
-        <v>1951</v>
+        <v>1963</v>
       </c>
       <c r="D469" t="s">
         <v>161</v>
       </c>
       <c r="E469" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="G469" t="s">
-        <v>1952</v>
+        <v>1964</v>
       </c>
       <c r="H469" t="s">
-        <v>1953</v>
+        <v>1965</v>
       </c>
       <c r="K469" t="s">
         <v>44</v>
       </c>
       <c r="L469" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="470" spans="1:12">
       <c r="A470">
         <v>11001</v>
       </c>
       <c r="B470" t="s">
         <v>21</v>
       </c>
       <c r="C470" t="s">
-        <v>1954</v>
+        <v>1966</v>
       </c>
       <c r="D470" t="s">
         <v>287</v>
       </c>
       <c r="E470" t="s">
-        <v>1670</v>
+        <v>1683</v>
       </c>
       <c r="G470" t="s">
-        <v>1955</v>
+        <v>1967</v>
       </c>
       <c r="H470" t="s">
-        <v>1956</v>
+        <v>1968</v>
       </c>
       <c r="K470" t="s">
         <v>44</v>
       </c>
       <c r="L470" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="471" spans="1:12">
       <c r="A471">
         <v>11002</v>
       </c>
       <c r="B471" t="s">
-        <v>1957</v>
+        <v>1969</v>
       </c>
       <c r="C471" t="s">
-        <v>1954</v>
+        <v>1966</v>
       </c>
       <c r="D471" t="s">
         <v>130</v>
       </c>
       <c r="E471" t="s">
-        <v>843</v>
+        <v>851</v>
       </c>
       <c r="G471" t="s">
-        <v>1958</v>
+        <v>1970</v>
       </c>
       <c r="H471" t="s">
-        <v>1959</v>
+        <v>1971</v>
       </c>
       <c r="K471" t="s">
         <v>44</v>
       </c>
       <c r="L471" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="472" spans="1:12">
       <c r="A472">
         <v>11003</v>
       </c>
       <c r="B472" t="s">
-        <v>1960</v>
+        <v>1972</v>
       </c>
       <c r="C472" t="s">
-        <v>1961</v>
+        <v>1973</v>
       </c>
       <c r="D472" t="s">
         <v>199</v>
       </c>
       <c r="F472" t="s">
-        <v>1962</v>
+        <v>1974</v>
       </c>
       <c r="G472" t="s">
-        <v>1963</v>
+        <v>1975</v>
       </c>
       <c r="H472" t="s">
-        <v>1964</v>
+        <v>1976</v>
       </c>
       <c r="K472" t="s">
         <v>44</v>
       </c>
       <c r="L472" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="473" spans="1:12">
       <c r="A473">
         <v>11004</v>
       </c>
       <c r="B473" t="s">
-        <v>867</v>
+        <v>875</v>
       </c>
       <c r="C473" t="s">
-        <v>1965</v>
+        <v>1977</v>
       </c>
       <c r="D473" t="s">
         <v>161</v>
       </c>
       <c r="E473" t="s">
         <v>137</v>
       </c>
       <c r="G473" t="s">
-        <v>1966</v>
+        <v>1978</v>
       </c>
       <c r="H473" t="s">
-        <v>1967</v>
+        <v>1979</v>
       </c>
       <c r="I473" t="s">
         <v>140</v>
       </c>
       <c r="J473" t="s">
         <v>141</v>
       </c>
       <c r="L473" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="474" spans="1:12">
       <c r="A474">
         <v>11005</v>
       </c>
       <c r="B474" t="s">
-        <v>1528</v>
+        <v>1540</v>
       </c>
       <c r="C474" t="s">
-        <v>1968</v>
+        <v>1980</v>
       </c>
       <c r="D474" t="s">
-        <v>822</v>
+        <v>813</v>
       </c>
       <c r="E474" t="s">
-        <v>1537</v>
+        <v>1549</v>
       </c>
       <c r="G474" t="s">
-        <v>1969</v>
+        <v>1981</v>
       </c>
       <c r="H474" t="s">
-        <v>1970</v>
+        <v>1982</v>
       </c>
       <c r="K474" t="s">
         <v>44</v>
       </c>
       <c r="L474" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="475" spans="1:12">
       <c r="A475">
         <v>11006</v>
       </c>
       <c r="B475" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="C475" t="s">
-        <v>1971</v>
+        <v>1983</v>
       </c>
       <c r="D475" t="s">
         <v>161</v>
       </c>
       <c r="E475" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="G475" t="s">
-        <v>1972</v>
+        <v>1984</v>
       </c>
       <c r="H475" t="s">
-        <v>1973</v>
+        <v>1985</v>
       </c>
       <c r="K475" t="s">
         <v>44</v>
       </c>
       <c r="L475" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="476" spans="1:12">
       <c r="A476">
         <v>11007</v>
       </c>
       <c r="B476" t="s">
-        <v>1974</v>
+        <v>1986</v>
       </c>
       <c r="C476" t="s">
-        <v>1975</v>
+        <v>1987</v>
       </c>
       <c r="D476" t="s">
         <v>287</v>
       </c>
       <c r="E476" t="s">
         <v>112</v>
       </c>
       <c r="G476" t="s">
-        <v>1976</v>
+        <v>1988</v>
       </c>
       <c r="H476" t="s">
-        <v>1977</v>
+        <v>1989</v>
       </c>
       <c r="K476" t="s">
         <v>44</v>
       </c>
       <c r="L476" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="477" spans="1:12">
       <c r="A477">
         <v>11008</v>
       </c>
       <c r="B477" t="s">
         <v>231</v>
       </c>
       <c r="C477" t="s">
-        <v>1978</v>
+        <v>1990</v>
       </c>
       <c r="D477" t="s">
         <v>161</v>
       </c>
       <c r="E477" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="G477" t="s">
-        <v>1979</v>
+        <v>1991</v>
       </c>
       <c r="H477" t="s">
-        <v>1980</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>1992</v>
+      </c>
+      <c r="I477" t="s">
+        <v>1993</v>
+      </c>
+      <c r="J477" t="s">
+        <v>19</v>
       </c>
       <c r="L477" t="s">
-        <v>1315</v>
+        <v>501</v>
       </c>
     </row>
     <row r="478" spans="1:12">
       <c r="A478">
         <v>11009</v>
       </c>
       <c r="B478" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C478" t="s">
-        <v>1978</v>
+        <v>1990</v>
       </c>
       <c r="D478" t="s">
         <v>23</v>
       </c>
       <c r="E478" t="s">
-        <v>857</v>
+        <v>865</v>
       </c>
       <c r="G478" t="s">
-        <v>1981</v>
+        <v>1994</v>
       </c>
       <c r="H478" t="s">
-        <v>1982</v>
+        <v>1995</v>
       </c>
       <c r="I478" t="s">
         <v>18</v>
       </c>
       <c r="J478" t="s">
         <v>19</v>
       </c>
       <c r="L478" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="479" spans="1:12">
       <c r="A479">
         <v>11010</v>
       </c>
       <c r="B479" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C479" t="s">
-        <v>1983</v>
+        <v>1996</v>
       </c>
       <c r="D479" t="s">
         <v>287</v>
       </c>
       <c r="E479" t="s">
         <v>112</v>
       </c>
       <c r="G479" t="s">
-        <v>1984</v>
+        <v>1997</v>
       </c>
       <c r="H479" t="s">
-        <v>1985</v>
+        <v>1998</v>
       </c>
       <c r="K479" t="s">
         <v>44</v>
       </c>
       <c r="L479" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="480" spans="1:12">
       <c r="A480">
         <v>11011</v>
       </c>
       <c r="B480" t="s">
-        <v>1986</v>
+        <v>1999</v>
       </c>
       <c r="C480" t="s">
-        <v>1987</v>
+        <v>2000</v>
       </c>
       <c r="D480" t="s">
         <v>14</v>
       </c>
       <c r="E480" t="s">
         <v>167</v>
       </c>
       <c r="G480" t="s">
-        <v>1988</v>
+        <v>2001</v>
       </c>
       <c r="H480" t="s">
-        <v>1989</v>
+        <v>2002</v>
       </c>
       <c r="I480" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
       <c r="J480" t="s">
         <v>19</v>
       </c>
       <c r="L480" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="481" spans="1:12">
       <c r="A481">
         <v>11012</v>
       </c>
       <c r="B481" t="s">
-        <v>1125</v>
+        <v>1136</v>
       </c>
       <c r="C481" t="s">
-        <v>1990</v>
+        <v>2003</v>
       </c>
       <c r="D481" t="s">
-        <v>822</v>
+        <v>813</v>
       </c>
       <c r="E481" t="s">
-        <v>1862</v>
+        <v>1874</v>
       </c>
       <c r="G481" t="s">
-        <v>1991</v>
+        <v>2004</v>
       </c>
       <c r="H481" t="s">
-        <v>1992</v>
+        <v>2005</v>
       </c>
       <c r="K481" t="s">
         <v>44</v>
       </c>
       <c r="L481" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="482" spans="1:12">
       <c r="A482">
         <v>11013</v>
       </c>
       <c r="B482" t="s">
-        <v>1993</v>
+        <v>2006</v>
       </c>
       <c r="C482" t="s">
-        <v>1994</v>
+        <v>2007</v>
       </c>
       <c r="D482" t="s">
         <v>72</v>
       </c>
       <c r="E482" t="s">
         <v>73</v>
       </c>
       <c r="G482" t="s">
-        <v>1995</v>
+        <v>2008</v>
       </c>
       <c r="H482" t="s">
-        <v>1996</v>
+        <v>2009</v>
       </c>
       <c r="K482" t="s">
         <v>44</v>
       </c>
       <c r="L482" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="483" spans="1:12">
       <c r="A483">
         <v>11014</v>
       </c>
       <c r="B483" t="s">
-        <v>889</v>
+        <v>898</v>
       </c>
       <c r="C483" t="s">
-        <v>1997</v>
+        <v>2010</v>
       </c>
       <c r="D483" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E483" t="s">
-        <v>1135</v>
+        <v>1146</v>
       </c>
       <c r="G483" t="s">
-        <v>1998</v>
+        <v>2011</v>
       </c>
       <c r="H483" t="s">
-        <v>1999</v>
+        <v>2012</v>
       </c>
       <c r="K483" t="s">
         <v>44</v>
       </c>
       <c r="L483" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="484" spans="1:12">
       <c r="A484">
         <v>11015</v>
       </c>
       <c r="B484" t="s">
-        <v>1125</v>
+        <v>1136</v>
       </c>
       <c r="C484" t="s">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="D484" t="s">
         <v>161</v>
       </c>
       <c r="E484" t="s">
-        <v>1189</v>
+        <v>1200</v>
       </c>
       <c r="G484" t="s">
-        <v>2001</v>
+        <v>2014</v>
       </c>
       <c r="H484" t="s">
-        <v>2002</v>
+        <v>2015</v>
       </c>
       <c r="I484" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
       <c r="J484" t="s">
-        <v>1192</v>
+        <v>1203</v>
       </c>
       <c r="L484" t="s">
-        <v>1193</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="485" spans="1:12">
       <c r="A485">
         <v>11016</v>
       </c>
       <c r="B485" t="s">
-        <v>2003</v>
+        <v>2016</v>
       </c>
       <c r="C485" t="s">
-        <v>2004</v>
+        <v>2017</v>
       </c>
       <c r="D485" t="s">
         <v>130</v>
       </c>
       <c r="E485" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="G485" t="s">
-        <v>2005</v>
+        <v>2018</v>
       </c>
       <c r="H485" t="s">
-        <v>2006</v>
+        <v>2019</v>
       </c>
       <c r="K485" t="s">
         <v>44</v>
       </c>
       <c r="L485" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="486" spans="1:12">
       <c r="A486">
         <v>11017</v>
       </c>
       <c r="B486" t="s">
-        <v>1316</v>
+        <v>1327</v>
       </c>
       <c r="C486" t="s">
-        <v>2007</v>
+        <v>2020</v>
       </c>
       <c r="D486" t="s">
         <v>14</v>
       </c>
       <c r="E486" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
       <c r="G486" t="s">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="H486" t="s">
-        <v>2009</v>
+        <v>2022</v>
       </c>
       <c r="I486" t="s">
         <v>18</v>
       </c>
       <c r="J486" t="s">
         <v>19</v>
       </c>
       <c r="L486" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="487" spans="1:12">
       <c r="A487">
         <v>11018</v>
       </c>
       <c r="B487" t="s">
         <v>41</v>
       </c>
       <c r="C487" t="s">
-        <v>2010</v>
+        <v>2023</v>
       </c>
       <c r="D487" t="s">
         <v>342</v>
       </c>
       <c r="E487" t="s">
-        <v>1428</v>
+        <v>1440</v>
       </c>
       <c r="G487" t="s">
-        <v>2011</v>
+        <v>2024</v>
       </c>
       <c r="H487" t="s">
-        <v>2012</v>
+        <v>2025</v>
       </c>
       <c r="K487" t="s">
         <v>44</v>
       </c>
       <c r="L487" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="488" spans="1:12">
       <c r="A488">
         <v>11019</v>
       </c>
       <c r="B488" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
       <c r="C488" t="s">
-        <v>2013</v>
+        <v>2026</v>
       </c>
       <c r="D488" t="s">
         <v>161</v>
       </c>
       <c r="E488" t="s">
-        <v>2014</v>
+        <v>2027</v>
       </c>
       <c r="F488" t="s">
-        <v>2015</v>
+        <v>2028</v>
       </c>
       <c r="G488" t="s">
-        <v>2016</v>
+        <v>2029</v>
       </c>
       <c r="H488" t="s">
-        <v>2017</v>
+        <v>2030</v>
       </c>
       <c r="K488" t="s">
         <v>44</v>
       </c>
       <c r="L488" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="489" spans="1:12">
       <c r="A489">
         <v>11020</v>
       </c>
       <c r="B489" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
       <c r="C489" t="s">
-        <v>2018</v>
+        <v>2031</v>
       </c>
       <c r="D489" t="s">
         <v>23</v>
       </c>
       <c r="E489" t="s">
         <v>181</v>
       </c>
       <c r="F489" t="s">
         <v>217</v>
       </c>
       <c r="G489" t="s">
-        <v>2019</v>
+        <v>2032</v>
       </c>
       <c r="H489" t="s">
-        <v>2020</v>
+        <v>2033</v>
       </c>
       <c r="K489" t="s">
         <v>44</v>
       </c>
       <c r="L489" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="490" spans="1:12">
       <c r="A490">
         <v>11021</v>
       </c>
       <c r="B490" t="s">
-        <v>941</v>
+        <v>950</v>
       </c>
       <c r="C490" t="s">
-        <v>2021</v>
+        <v>2034</v>
       </c>
       <c r="D490" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="E490" t="s">
-        <v>2022</v>
+        <v>2035</v>
       </c>
       <c r="G490" t="s">
-        <v>2023</v>
+        <v>2036</v>
       </c>
       <c r="H490" t="s">
-        <v>2024</v>
+        <v>2037</v>
       </c>
       <c r="K490" t="s">
         <v>44</v>
       </c>
       <c r="L490" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="491" spans="1:12">
       <c r="A491">
         <v>11022</v>
       </c>
       <c r="B491" t="s">
         <v>313</v>
       </c>
       <c r="C491" t="s">
-        <v>2025</v>
+        <v>2038</v>
       </c>
       <c r="D491" t="s">
         <v>199</v>
       </c>
       <c r="E491" t="s">
         <v>412</v>
       </c>
       <c r="G491" t="s">
-        <v>2026</v>
+        <v>2039</v>
       </c>
       <c r="H491" t="s">
-        <v>2027</v>
+        <v>2040</v>
       </c>
       <c r="I491" t="s">
         <v>18</v>
       </c>
       <c r="J491" t="s">
         <v>19</v>
       </c>
       <c r="L491" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="492" spans="1:12">
       <c r="A492">
         <v>11023</v>
       </c>
       <c r="B492" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C492" t="s">
-        <v>2028</v>
+        <v>2041</v>
       </c>
       <c r="D492" t="s">
         <v>199</v>
       </c>
       <c r="E492" t="s">
-        <v>1335</v>
+        <v>1346</v>
       </c>
       <c r="G492" t="s">
-        <v>2029</v>
+        <v>2042</v>
       </c>
       <c r="H492" t="s">
-        <v>2030</v>
+        <v>2043</v>
       </c>
       <c r="K492" t="s">
         <v>44</v>
       </c>
       <c r="L492" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="493" spans="1:12">
       <c r="A493">
         <v>11024</v>
       </c>
       <c r="B493" t="s">
-        <v>1294</v>
+        <v>1305</v>
       </c>
       <c r="C493" t="s">
-        <v>2031</v>
+        <v>2044</v>
       </c>
       <c r="D493" t="s">
         <v>193</v>
       </c>
       <c r="E493" t="s">
         <v>52</v>
       </c>
       <c r="G493" t="s">
-        <v>2032</v>
+        <v>2045</v>
       </c>
       <c r="H493" t="s">
-        <v>2033</v>
+        <v>2046</v>
       </c>
       <c r="K493" t="s">
         <v>44</v>
       </c>
       <c r="L493" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="494" spans="1:12">
       <c r="A494">
         <v>11025</v>
       </c>
       <c r="B494" t="s">
-        <v>1088</v>
+        <v>1097</v>
       </c>
       <c r="C494" t="s">
-        <v>2034</v>
+        <v>2047</v>
       </c>
       <c r="D494" t="s">
         <v>130</v>
       </c>
       <c r="E494" t="s">
         <v>257</v>
       </c>
       <c r="G494" t="s">
-        <v>2035</v>
+        <v>2048</v>
       </c>
       <c r="H494" t="s">
-        <v>2036</v>
+        <v>2049</v>
       </c>
       <c r="K494" t="s">
         <v>44</v>
       </c>
       <c r="L494" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="495" spans="1:12">
       <c r="A495">
         <v>11026</v>
       </c>
       <c r="B495" t="s">
-        <v>2037</v>
+        <v>2050</v>
       </c>
       <c r="C495" t="s">
-        <v>2038</v>
+        <v>2051</v>
       </c>
       <c r="D495" t="s">
         <v>210</v>
       </c>
       <c r="E495" t="s">
-        <v>1418</v>
+        <v>1430</v>
       </c>
       <c r="G495" t="s">
-        <v>2039</v>
+        <v>2052</v>
       </c>
       <c r="H495" t="s">
-        <v>2040</v>
+        <v>2053</v>
       </c>
       <c r="K495" t="s">
         <v>44</v>
       </c>
       <c r="L495" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="496" spans="1:12">
       <c r="A496">
         <v>11028</v>
       </c>
       <c r="B496" t="s">
         <v>334</v>
       </c>
       <c r="C496" t="s">
-        <v>2041</v>
+        <v>2054</v>
       </c>
       <c r="D496" t="s">
-        <v>2042</v>
+        <v>2055</v>
       </c>
       <c r="E496" t="s">
-        <v>2043</v>
+        <v>2056</v>
       </c>
       <c r="H496" t="s">
-        <v>2044</v>
+        <v>2057</v>
       </c>
       <c r="I496" t="s">
-        <v>753</v>
+        <v>760</v>
       </c>
       <c r="J496" t="s">
         <v>19</v>
       </c>
       <c r="L496" t="s">
-        <v>808</v>
+        <v>880</v>
       </c>
     </row>
     <row r="497" spans="1:12">
       <c r="A497">
         <v>11071</v>
       </c>
       <c r="B497" t="s">
-        <v>2045</v>
+        <v>2058</v>
       </c>
       <c r="C497" t="s">
-        <v>2046</v>
+        <v>2059</v>
       </c>
       <c r="D497" t="s">
-        <v>2047</v>
+        <v>2060</v>
       </c>
       <c r="G497" t="s">
-        <v>2048</v>
+        <v>2061</v>
       </c>
       <c r="H497" t="s">
-        <v>2049</v>
+        <v>2062</v>
       </c>
       <c r="I497" t="s">
         <v>220</v>
       </c>
       <c r="J497" t="s">
         <v>358</v>
       </c>
       <c r="L497" t="s">
-        <v>2050</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="498" spans="1:12">
       <c r="A498">
         <v>11072</v>
       </c>
       <c r="B498" t="s">
-        <v>1560</v>
+        <v>1572</v>
       </c>
       <c r="C498" t="s">
-        <v>2051</v>
+        <v>2064</v>
       </c>
       <c r="D498" t="s">
         <v>199</v>
       </c>
       <c r="E498" t="s">
         <v>112</v>
       </c>
       <c r="G498" t="s">
-        <v>2052</v>
+        <v>2065</v>
       </c>
       <c r="H498" t="s">
-        <v>2053</v>
+        <v>2066</v>
       </c>
       <c r="I498" t="s">
-        <v>753</v>
+        <v>760</v>
       </c>
       <c r="J498" t="s">
         <v>19</v>
       </c>
       <c r="L498" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="499" spans="1:12">
       <c r="A499">
         <v>11098</v>
       </c>
       <c r="B499" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="C499" t="s">
-        <v>2054</v>
+        <v>2067</v>
       </c>
       <c r="D499" t="s">
         <v>187</v>
       </c>
       <c r="E499" t="s">
         <v>188</v>
       </c>
       <c r="G499" t="s">
-        <v>2055</v>
+        <v>2068</v>
       </c>
       <c r="H499" t="s">
-        <v>2056</v>
+        <v>2069</v>
       </c>
       <c r="I499" t="s">
         <v>18</v>
       </c>
       <c r="J499" t="s">
         <v>19</v>
       </c>
       <c r="L499" t="s">
-        <v>1755</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="500" spans="1:12">
       <c r="A500">
         <v>11136</v>
       </c>
       <c r="B500" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="C500" t="s">
-        <v>2057</v>
+        <v>2070</v>
       </c>
       <c r="D500" t="s">
         <v>199</v>
       </c>
       <c r="E500" t="s">
         <v>282</v>
       </c>
       <c r="G500" t="s">
-        <v>2058</v>
+        <v>2071</v>
       </c>
       <c r="H500" t="s">
-        <v>2059</v>
+        <v>2072</v>
       </c>
       <c r="I500" t="s">
-        <v>753</v>
+        <v>760</v>
       </c>
       <c r="J500" t="s">
         <v>19</v>
       </c>
       <c r="L500" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
     </row>
     <row r="501" spans="1:12">
       <c r="A501">
         <v>11158</v>
       </c>
       <c r="B501" t="s">
         <v>305</v>
       </c>
       <c r="C501" t="s">
-        <v>2060</v>
+        <v>2073</v>
       </c>
       <c r="D501" t="s">
         <v>130</v>
       </c>
       <c r="E501" t="s">
         <v>257</v>
       </c>
       <c r="G501" t="s">
-        <v>2061</v>
+        <v>2074</v>
       </c>
       <c r="H501" t="s">
-        <v>2062</v>
+        <v>2075</v>
       </c>
       <c r="I501" t="s">
         <v>115</v>
       </c>
       <c r="J501" t="s">
         <v>19</v>
       </c>
       <c r="L501" t="s">
-        <v>2063</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="502" spans="1:12">
       <c r="A502">
         <v>11521</v>
       </c>
       <c r="B502" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="C502" t="s">
-        <v>2064</v>
+        <v>2077</v>
       </c>
       <c r="D502" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E502" t="s">
         <v>79</v>
       </c>
       <c r="H502" t="s">
-        <v>2065</v>
+        <v>2078</v>
       </c>
       <c r="I502" t="s">
-        <v>753</v>
+        <v>760</v>
       </c>
       <c r="J502" t="s">
         <v>19</v>
       </c>
       <c r="L502" t="s">
-        <v>2066</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="503" spans="1:12">
       <c r="A503">
         <v>11522</v>
       </c>
       <c r="B503" t="s">
         <v>410</v>
       </c>
       <c r="C503" t="s">
-        <v>2067</v>
+        <v>2080</v>
       </c>
       <c r="D503" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E503" t="s">
         <v>79</v>
       </c>
       <c r="H503" t="s">
-        <v>2068</v>
+        <v>2081</v>
       </c>
       <c r="I503" t="s">
-        <v>753</v>
+        <v>760</v>
       </c>
       <c r="J503" t="s">
         <v>19</v>
       </c>
       <c r="L503" t="s">
-        <v>2066</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="504" spans="1:12">
       <c r="A504">
         <v>11523</v>
       </c>
       <c r="B504" t="s">
-        <v>1228</v>
+        <v>1239</v>
       </c>
       <c r="C504" t="s">
-        <v>2069</v>
+        <v>2082</v>
       </c>
       <c r="D504" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E504" t="s">
         <v>112</v>
       </c>
       <c r="G504" t="s">
-        <v>2070</v>
+        <v>2083</v>
       </c>
       <c r="H504" t="s">
-        <v>2071</v>
+        <v>2084</v>
       </c>
       <c r="I504" t="s">
-        <v>2072</v>
+        <v>2085</v>
       </c>
       <c r="J504" t="s">
         <v>19</v>
       </c>
       <c r="L504" t="s">
-        <v>2073</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="505" spans="1:12">
       <c r="A505">
         <v>11630</v>
       </c>
       <c r="B505" t="s">
         <v>76</v>
       </c>
       <c r="C505" t="s">
-        <v>2074</v>
+        <v>2087</v>
       </c>
       <c r="D505" t="s">
         <v>161</v>
       </c>
       <c r="E505" t="s">
-        <v>931</v>
+        <v>940</v>
       </c>
       <c r="H505" t="s">
-        <v>2075</v>
+        <v>2088</v>
       </c>
       <c r="I505" t="s">
-        <v>1567</v>
+        <v>1579</v>
       </c>
       <c r="J505" t="s">
         <v>19</v>
       </c>
       <c r="L505" t="s">
-        <v>935</v>
+        <v>944</v>
+      </c>
+    </row>
+    <row r="506" spans="1:12">
+      <c r="A506">
+        <v>11733</v>
+      </c>
+      <c r="B506" t="s">
+        <v>2089</v>
+      </c>
+      <c r="C506" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D506" t="s">
+        <v>419</v>
+      </c>
+      <c r="E506" t="s">
+        <v>107</v>
+      </c>
+      <c r="H506" t="s">
+        <v>2090</v>
+      </c>
+      <c r="I506" t="s">
+        <v>2091</v>
+      </c>
+      <c r="J506" t="s">
+        <v>221</v>
+      </c>
+      <c r="L506" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="507" spans="1:12">
+      <c r="A507">
+        <v>11734</v>
+      </c>
+      <c r="B507" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C507" t="s">
+        <v>2094</v>
+      </c>
+      <c r="D507" t="s">
+        <v>419</v>
+      </c>
+      <c r="E507" t="s">
+        <v>107</v>
+      </c>
+      <c r="H507" t="s">
+        <v>2095</v>
+      </c>
+      <c r="I507" t="s">
+        <v>2091</v>
+      </c>
+      <c r="J507" t="s">
+        <v>221</v>
+      </c>
+      <c r="L507" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="508" spans="1:12">
+      <c r="A508">
+        <v>11735</v>
+      </c>
+      <c r="B508" t="s">
+        <v>76</v>
+      </c>
+      <c r="C508" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D508" t="s">
+        <v>419</v>
+      </c>
+      <c r="E508" t="s">
+        <v>107</v>
+      </c>
+      <c r="H508" t="s">
+        <v>2097</v>
+      </c>
+      <c r="I508" t="s">
+        <v>2091</v>
+      </c>
+      <c r="J508" t="s">
+        <v>221</v>
+      </c>
+      <c r="L508" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="509" spans="1:12">
+      <c r="A509">
+        <v>11736</v>
+      </c>
+      <c r="B509" t="s">
+        <v>433</v>
+      </c>
+      <c r="C509" t="s">
+        <v>2098</v>
+      </c>
+      <c r="D509" t="s">
+        <v>419</v>
+      </c>
+      <c r="E509" t="s">
+        <v>107</v>
+      </c>
+      <c r="H509" t="s">
+        <v>2099</v>
+      </c>
+      <c r="I509" t="s">
+        <v>2091</v>
+      </c>
+      <c r="J509" t="s">
+        <v>221</v>
+      </c>
+      <c r="L509" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="510" spans="1:12">
+      <c r="A510">
+        <v>11737</v>
+      </c>
+      <c r="B510" t="s">
+        <v>655</v>
+      </c>
+      <c r="C510" t="s">
+        <v>2100</v>
+      </c>
+      <c r="D510" t="s">
+        <v>419</v>
+      </c>
+      <c r="E510" t="s">
+        <v>107</v>
+      </c>
+      <c r="H510" t="s">
+        <v>2101</v>
+      </c>
+      <c r="I510" t="s">
+        <v>2091</v>
+      </c>
+      <c r="J510" t="s">
+        <v>221</v>
+      </c>
+      <c r="L510" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="511" spans="1:12">
+      <c r="A511">
+        <v>11738</v>
+      </c>
+      <c r="B511" t="s">
+        <v>2102</v>
+      </c>
+      <c r="C511" t="s">
+        <v>2103</v>
+      </c>
+      <c r="D511" t="s">
+        <v>419</v>
+      </c>
+      <c r="E511" t="s">
+        <v>107</v>
+      </c>
+      <c r="H511" t="s">
+        <v>2104</v>
+      </c>
+      <c r="I511" t="s">
+        <v>2091</v>
+      </c>
+      <c r="J511" t="s">
+        <v>221</v>
+      </c>
+      <c r="L511" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="512" spans="1:12">
+      <c r="A512">
+        <v>11739</v>
+      </c>
+      <c r="B512" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C512" t="s">
+        <v>2106</v>
+      </c>
+      <c r="D512" t="s">
+        <v>419</v>
+      </c>
+      <c r="E512" t="s">
+        <v>107</v>
+      </c>
+      <c r="H512" t="s">
+        <v>2107</v>
+      </c>
+      <c r="I512" t="s">
+        <v>2091</v>
+      </c>
+      <c r="J512" t="s">
+        <v>221</v>
+      </c>
+      <c r="L512" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="513" spans="1:12">
+      <c r="A513">
+        <v>11740</v>
+      </c>
+      <c r="B513" t="s">
+        <v>2108</v>
+      </c>
+      <c r="C513" t="s">
+        <v>2109</v>
+      </c>
+      <c r="D513" t="s">
+        <v>419</v>
+      </c>
+      <c r="E513" t="s">
+        <v>107</v>
+      </c>
+      <c r="H513" t="s">
+        <v>2110</v>
+      </c>
+      <c r="I513" t="s">
+        <v>2091</v>
+      </c>
+      <c r="J513" t="s">
+        <v>221</v>
+      </c>
+      <c r="L513" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="514" spans="1:12">
+      <c r="A514">
+        <v>11741</v>
+      </c>
+      <c r="B514" t="s">
+        <v>909</v>
+      </c>
+      <c r="C514" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D514" t="s">
+        <v>419</v>
+      </c>
+      <c r="E514" t="s">
+        <v>107</v>
+      </c>
+      <c r="H514" t="s">
+        <v>2112</v>
+      </c>
+      <c r="I514" t="s">
+        <v>2091</v>
+      </c>
+      <c r="J514" t="s">
+        <v>221</v>
+      </c>
+      <c r="L514" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="515" spans="1:12">
+      <c r="A515">
+        <v>11742</v>
+      </c>
+      <c r="B515" t="s">
+        <v>165</v>
+      </c>
+      <c r="C515" t="s">
+        <v>2113</v>
+      </c>
+      <c r="D515" t="s">
+        <v>419</v>
+      </c>
+      <c r="E515" t="s">
+        <v>107</v>
+      </c>
+      <c r="H515" t="s">
+        <v>2114</v>
+      </c>
+      <c r="I515" t="s">
+        <v>2091</v>
+      </c>
+      <c r="J515" t="s">
+        <v>221</v>
+      </c>
+      <c r="L515" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="516" spans="1:12">
+      <c r="A516">
+        <v>11743</v>
+      </c>
+      <c r="B516" t="s">
+        <v>2016</v>
+      </c>
+      <c r="C516" t="s">
+        <v>2115</v>
+      </c>
+      <c r="D516" t="s">
+        <v>419</v>
+      </c>
+      <c r="E516" t="s">
+        <v>107</v>
+      </c>
+      <c r="H516" t="s">
+        <v>2116</v>
+      </c>
+      <c r="I516" t="s">
+        <v>2091</v>
+      </c>
+      <c r="J516" t="s">
+        <v>221</v>
+      </c>
+      <c r="L516" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="517" spans="1:12">
+      <c r="A517">
+        <v>11746</v>
+      </c>
+      <c r="B517" t="s">
+        <v>250</v>
+      </c>
+      <c r="C517" t="s">
+        <v>2117</v>
+      </c>
+      <c r="D517" t="s">
+        <v>419</v>
+      </c>
+      <c r="E517" t="s">
+        <v>107</v>
+      </c>
+      <c r="H517" t="s">
+        <v>2118</v>
+      </c>
+      <c r="I517" t="s">
+        <v>2091</v>
+      </c>
+      <c r="J517" t="s">
+        <v>221</v>
+      </c>
+      <c r="L517" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="518" spans="1:12">
+      <c r="A518">
+        <v>11803</v>
+      </c>
+      <c r="B518" t="s">
+        <v>21</v>
+      </c>
+      <c r="C518" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D518" t="s">
+        <v>419</v>
+      </c>
+      <c r="E518" t="s">
+        <v>107</v>
+      </c>
+      <c r="H518" t="s">
+        <v>2120</v>
+      </c>
+      <c r="I518" t="s">
+        <v>2121</v>
+      </c>
+      <c r="J518" t="s">
+        <v>221</v>
+      </c>
+      <c r="L518" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="519" spans="1:12">
+      <c r="A519">
+        <v>11804</v>
+      </c>
+      <c r="B519" t="s">
+        <v>279</v>
+      </c>
+      <c r="C519" t="s">
+        <v>2122</v>
+      </c>
+      <c r="D519" t="s">
+        <v>419</v>
+      </c>
+      <c r="E519" t="s">
+        <v>107</v>
+      </c>
+      <c r="H519" t="s">
+        <v>2123</v>
+      </c>
+      <c r="I519" t="s">
+        <v>2121</v>
+      </c>
+      <c r="J519" t="s">
+        <v>221</v>
+      </c>
+      <c r="L519" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="520" spans="1:12">
+      <c r="A520">
+        <v>11805</v>
+      </c>
+      <c r="B520" t="s">
+        <v>265</v>
+      </c>
+      <c r="C520" t="s">
+        <v>2124</v>
+      </c>
+      <c r="D520" t="s">
+        <v>419</v>
+      </c>
+      <c r="E520" t="s">
+        <v>107</v>
+      </c>
+      <c r="H520" t="s">
+        <v>2125</v>
+      </c>
+      <c r="I520" t="s">
+        <v>2121</v>
+      </c>
+      <c r="J520" t="s">
+        <v>221</v>
+      </c>
+      <c r="L520" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="521" spans="1:12">
+      <c r="A521">
+        <v>11806</v>
+      </c>
+      <c r="B521" t="s">
+        <v>2126</v>
+      </c>
+      <c r="C521" t="s">
+        <v>547</v>
+      </c>
+      <c r="D521" t="s">
+        <v>419</v>
+      </c>
+      <c r="E521" t="s">
+        <v>107</v>
+      </c>
+      <c r="H521" t="s">
+        <v>2127</v>
+      </c>
+      <c r="I521" t="s">
+        <v>2121</v>
+      </c>
+      <c r="J521" t="s">
+        <v>221</v>
+      </c>
+      <c r="L521" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="522" spans="1:12">
+      <c r="A522">
+        <v>11807</v>
+      </c>
+      <c r="B522" t="s">
+        <v>891</v>
+      </c>
+      <c r="C522" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D522" t="s">
+        <v>419</v>
+      </c>
+      <c r="E522" t="s">
+        <v>107</v>
+      </c>
+      <c r="H522" t="s">
+        <v>2129</v>
+      </c>
+      <c r="I522" t="s">
+        <v>2121</v>
+      </c>
+      <c r="J522" t="s">
+        <v>221</v>
+      </c>
+      <c r="L522" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="523" spans="1:12">
+      <c r="A523">
+        <v>11808</v>
+      </c>
+      <c r="B523" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C523" t="s">
+        <v>2131</v>
+      </c>
+      <c r="D523" t="s">
+        <v>419</v>
+      </c>
+      <c r="E523" t="s">
+        <v>107</v>
+      </c>
+      <c r="H523" t="s">
+        <v>2132</v>
+      </c>
+      <c r="I523" t="s">
+        <v>2133</v>
+      </c>
+      <c r="J523" t="s">
+        <v>221</v>
+      </c>
+      <c r="L523" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="524" spans="1:12">
+      <c r="A524">
+        <v>11809</v>
+      </c>
+      <c r="B524" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C524" t="s">
+        <v>2135</v>
+      </c>
+      <c r="D524" t="s">
+        <v>419</v>
+      </c>
+      <c r="E524" t="s">
+        <v>107</v>
+      </c>
+      <c r="H524" t="s">
+        <v>2136</v>
+      </c>
+      <c r="I524" t="s">
+        <v>2133</v>
+      </c>
+      <c r="J524" t="s">
+        <v>221</v>
+      </c>
+      <c r="L524" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="525" spans="1:12">
+      <c r="A525">
+        <v>11810</v>
+      </c>
+      <c r="B525" t="s">
+        <v>2137</v>
+      </c>
+      <c r="C525" t="s">
+        <v>2138</v>
+      </c>
+      <c r="D525" t="s">
+        <v>419</v>
+      </c>
+      <c r="E525" t="s">
+        <v>107</v>
+      </c>
+      <c r="H525" t="s">
+        <v>2139</v>
+      </c>
+      <c r="I525" t="s">
+        <v>2133</v>
+      </c>
+      <c r="J525" t="s">
+        <v>221</v>
+      </c>
+      <c r="L525" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="526" spans="1:12">
+      <c r="A526">
+        <v>12041</v>
+      </c>
+      <c r="B526" t="s">
+        <v>2140</v>
+      </c>
+      <c r="C526" t="s">
+        <v>2141</v>
+      </c>
+      <c r="D526" t="s">
+        <v>78</v>
+      </c>
+      <c r="E526" t="s">
+        <v>107</v>
+      </c>
+      <c r="F526" t="s">
+        <v>2142</v>
+      </c>
+      <c r="G526" t="s">
+        <v>2143</v>
+      </c>
+      <c r="H526" t="s">
+        <v>2144</v>
+      </c>
+      <c r="I526" t="s">
+        <v>2145</v>
+      </c>
+      <c r="J526" t="s">
+        <v>221</v>
+      </c>
+      <c r="L526" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="527" spans="1:12">
+      <c r="A527">
+        <v>12042</v>
+      </c>
+      <c r="B527" t="s">
+        <v>128</v>
+      </c>
+      <c r="C527" t="s">
+        <v>2147</v>
+      </c>
+      <c r="D527" t="s">
+        <v>78</v>
+      </c>
+      <c r="E527" t="s">
+        <v>2148</v>
+      </c>
+      <c r="F527" t="s">
+        <v>2149</v>
+      </c>
+      <c r="G527" t="s">
+        <v>2150</v>
+      </c>
+      <c r="H527" t="s">
+        <v>2151</v>
+      </c>
+      <c r="I527" t="s">
+        <v>2152</v>
+      </c>
+      <c r="J527" t="s">
+        <v>19</v>
+      </c>
+      <c r="L527" t="s">
+        <v>2153</v>
+      </c>
+    </row>
+    <row r="528" spans="1:12">
+      <c r="A528">
+        <v>12044</v>
+      </c>
+      <c r="B528" t="s">
+        <v>2154</v>
+      </c>
+      <c r="C528" t="s">
+        <v>2155</v>
+      </c>
+      <c r="D528" t="s">
+        <v>78</v>
+      </c>
+      <c r="E528" t="s">
+        <v>107</v>
+      </c>
+      <c r="F528" t="s">
+        <v>2156</v>
+      </c>
+      <c r="H528" t="s">
+        <v>2157</v>
+      </c>
+      <c r="I528" t="s">
+        <v>2158</v>
+      </c>
+      <c r="J528" t="s">
+        <v>221</v>
+      </c>
+      <c r="L528" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="529" spans="1:12">
+      <c r="A529">
+        <v>12046</v>
+      </c>
+      <c r="B529" t="s">
+        <v>2159</v>
+      </c>
+      <c r="C529" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D529" t="s">
+        <v>78</v>
+      </c>
+      <c r="E529" t="s">
+        <v>107</v>
+      </c>
+      <c r="F529" t="s">
+        <v>2161</v>
+      </c>
+      <c r="G529" t="s">
+        <v>2162</v>
+      </c>
+      <c r="H529" t="s">
+        <v>2163</v>
+      </c>
+      <c r="I529" t="s">
+        <v>2158</v>
+      </c>
+      <c r="J529" t="s">
+        <v>221</v>
+      </c>
+      <c r="L529" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="530" spans="1:12">
+      <c r="A530">
+        <v>12048</v>
+      </c>
+      <c r="B530" t="s">
+        <v>197</v>
+      </c>
+      <c r="C530" t="s">
+        <v>2164</v>
+      </c>
+      <c r="D530" t="s">
+        <v>78</v>
+      </c>
+      <c r="E530" t="s">
+        <v>107</v>
+      </c>
+      <c r="F530" t="s">
+        <v>2165</v>
+      </c>
+      <c r="G530" t="s">
+        <v>2166</v>
+      </c>
+      <c r="H530" t="s">
+        <v>2167</v>
+      </c>
+      <c r="I530" t="s">
+        <v>2158</v>
+      </c>
+      <c r="J530" t="s">
+        <v>221</v>
+      </c>
+      <c r="L530" t="s">
+        <v>2168</v>
+      </c>
+    </row>
+    <row r="531" spans="1:12">
+      <c r="A531">
+        <v>12049</v>
+      </c>
+      <c r="B531" t="s">
+        <v>2169</v>
+      </c>
+      <c r="C531" t="s">
+        <v>2170</v>
+      </c>
+      <c r="D531" t="s">
+        <v>78</v>
+      </c>
+      <c r="E531" t="s">
+        <v>107</v>
+      </c>
+      <c r="F531" t="s">
+        <v>2171</v>
+      </c>
+      <c r="G531" t="s">
+        <v>2172</v>
+      </c>
+      <c r="H531" t="s">
+        <v>2173</v>
+      </c>
+      <c r="I531" t="s">
+        <v>2158</v>
+      </c>
+      <c r="J531" t="s">
+        <v>221</v>
+      </c>
+      <c r="L531" t="s">
+        <v>2153</v>
+      </c>
+    </row>
+    <row r="532" spans="1:12">
+      <c r="A532">
+        <v>12051</v>
+      </c>
+      <c r="B532" t="s">
+        <v>902</v>
+      </c>
+      <c r="C532" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D532" t="s">
+        <v>78</v>
+      </c>
+      <c r="E532" t="s">
+        <v>107</v>
+      </c>
+      <c r="F532" t="s">
+        <v>2174</v>
+      </c>
+      <c r="G532" t="s">
+        <v>2175</v>
+      </c>
+      <c r="H532" t="s">
+        <v>2176</v>
+      </c>
+      <c r="I532" t="s">
+        <v>2158</v>
+      </c>
+      <c r="J532" t="s">
+        <v>221</v>
+      </c>
+      <c r="L532" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="533" spans="1:12">
+      <c r="A533">
+        <v>12053</v>
+      </c>
+      <c r="B533" t="s">
+        <v>222</v>
+      </c>
+      <c r="C533" t="s">
+        <v>2177</v>
+      </c>
+      <c r="D533" t="s">
+        <v>78</v>
+      </c>
+      <c r="E533" t="s">
+        <v>107</v>
+      </c>
+      <c r="F533" t="s">
+        <v>2178</v>
+      </c>
+      <c r="G533" t="s">
+        <v>2179</v>
+      </c>
+      <c r="H533" t="s">
+        <v>2180</v>
+      </c>
+      <c r="I533" t="s">
+        <v>2158</v>
+      </c>
+      <c r="J533" t="s">
+        <v>221</v>
+      </c>
+      <c r="L533" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="534" spans="1:12">
+      <c r="A534">
+        <v>12054</v>
+      </c>
+      <c r="B534" t="s">
+        <v>2181</v>
+      </c>
+      <c r="C534" t="s">
+        <v>2182</v>
+      </c>
+      <c r="D534" t="s">
+        <v>78</v>
+      </c>
+      <c r="E534" t="s">
+        <v>107</v>
+      </c>
+      <c r="F534" t="s">
+        <v>2161</v>
+      </c>
+      <c r="G534" t="s">
+        <v>2183</v>
+      </c>
+      <c r="H534" t="s">
+        <v>2184</v>
+      </c>
+      <c r="I534" t="s">
+        <v>2158</v>
+      </c>
+      <c r="J534" t="s">
+        <v>221</v>
+      </c>
+      <c r="L534" t="s">
+        <v>2153</v>
+      </c>
+    </row>
+    <row r="535" spans="1:12">
+      <c r="A535">
+        <v>12056</v>
+      </c>
+      <c r="B535" t="s">
+        <v>2185</v>
+      </c>
+      <c r="C535" t="s">
+        <v>2186</v>
+      </c>
+      <c r="D535" t="s">
+        <v>78</v>
+      </c>
+      <c r="E535" t="s">
+        <v>107</v>
+      </c>
+      <c r="F535" t="s">
+        <v>2187</v>
+      </c>
+      <c r="G535" t="s">
+        <v>2188</v>
+      </c>
+      <c r="H535" t="s">
+        <v>2189</v>
+      </c>
+      <c r="I535" t="s">
+        <v>2158</v>
+      </c>
+      <c r="J535" t="s">
+        <v>221</v>
+      </c>
+      <c r="L535" t="s">
+        <v>2168</v>
+      </c>
+    </row>
+    <row r="536" spans="1:12">
+      <c r="A536">
+        <v>12057</v>
+      </c>
+      <c r="B536" t="s">
+        <v>811</v>
+      </c>
+      <c r="C536" t="s">
+        <v>2190</v>
+      </c>
+      <c r="D536" t="s">
+        <v>78</v>
+      </c>
+      <c r="E536" t="s">
+        <v>107</v>
+      </c>
+      <c r="F536" t="s">
+        <v>2191</v>
+      </c>
+      <c r="G536" t="s">
+        <v>2192</v>
+      </c>
+      <c r="H536" t="s">
+        <v>2193</v>
+      </c>
+      <c r="I536" t="s">
+        <v>2158</v>
+      </c>
+      <c r="J536" t="s">
+        <v>221</v>
+      </c>
+      <c r="L536" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="537" spans="1:12">
+      <c r="A537">
+        <v>12092</v>
+      </c>
+      <c r="B537" t="s">
+        <v>433</v>
+      </c>
+      <c r="C537" t="s">
+        <v>846</v>
+      </c>
+      <c r="D537" t="s">
+        <v>130</v>
+      </c>
+      <c r="E537" t="s">
+        <v>369</v>
+      </c>
+      <c r="H537" t="s">
+        <v>2194</v>
+      </c>
+      <c r="I537" t="s">
+        <v>467</v>
+      </c>
+      <c r="J537" t="s">
+        <v>19</v>
+      </c>
+      <c r="L537" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="538" spans="1:12">
+      <c r="A538">
+        <v>12093</v>
+      </c>
+      <c r="B538" t="s">
+        <v>46</v>
+      </c>
+      <c r="C538" t="s">
+        <v>296</v>
+      </c>
+      <c r="D538" t="s">
+        <v>199</v>
+      </c>
+      <c r="E538" t="s">
+        <v>272</v>
+      </c>
+      <c r="G538" t="s">
+        <v>2195</v>
+      </c>
+      <c r="H538" t="s">
+        <v>2196</v>
+      </c>
+      <c r="I538" t="s">
+        <v>2197</v>
+      </c>
+      <c r="J538" t="s">
+        <v>19</v>
+      </c>
+      <c r="L538" t="s">
+        <v>2198</v>
+      </c>
+    </row>
+    <row r="539" spans="1:12">
+      <c r="A539">
+        <v>12116</v>
+      </c>
+      <c r="B539" t="s">
+        <v>2199</v>
+      </c>
+      <c r="C539" t="s">
+        <v>835</v>
+      </c>
+      <c r="D539" t="s">
+        <v>419</v>
+      </c>
+      <c r="E539" t="s">
+        <v>107</v>
+      </c>
+      <c r="G539" t="s">
+        <v>2200</v>
+      </c>
+      <c r="H539" t="s">
+        <v>2201</v>
+      </c>
+      <c r="I539" t="s">
+        <v>501</v>
+      </c>
+      <c r="J539" t="s">
+        <v>221</v>
+      </c>
+      <c r="L539" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="540" spans="1:12">
+      <c r="A540">
+        <v>12117</v>
+      </c>
+      <c r="B540" t="s">
+        <v>518</v>
+      </c>
+      <c r="C540" t="s">
+        <v>2202</v>
+      </c>
+      <c r="D540" t="s">
+        <v>419</v>
+      </c>
+      <c r="E540" t="s">
+        <v>107</v>
+      </c>
+      <c r="G540" t="s">
+        <v>2203</v>
+      </c>
+      <c r="H540" t="s">
+        <v>2204</v>
+      </c>
+      <c r="I540" t="s">
+        <v>501</v>
+      </c>
+      <c r="J540" t="s">
+        <v>221</v>
+      </c>
+      <c r="L540" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="541" spans="1:12">
+      <c r="A541">
+        <v>12214</v>
+      </c>
+      <c r="B541" t="s">
+        <v>2205</v>
+      </c>
+      <c r="C541" t="s">
+        <v>2206</v>
+      </c>
+      <c r="D541" t="s">
+        <v>199</v>
+      </c>
+      <c r="E541" t="s">
+        <v>2207</v>
+      </c>
+      <c r="G541" t="s">
+        <v>2208</v>
+      </c>
+      <c r="H541" t="s">
+        <v>2209</v>
+      </c>
+      <c r="I541" t="s">
+        <v>1365</v>
+      </c>
+      <c r="J541" t="s">
+        <v>19</v>
+      </c>
+      <c r="L541" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="542" spans="1:12">
+      <c r="A542">
+        <v>12301</v>
+      </c>
+      <c r="B542" t="s">
+        <v>170</v>
+      </c>
+      <c r="C542" t="s">
+        <v>2210</v>
+      </c>
+      <c r="D542" t="s">
+        <v>419</v>
+      </c>
+      <c r="E542" t="s">
+        <v>102</v>
+      </c>
+      <c r="F542" t="s">
+        <v>2211</v>
+      </c>
+      <c r="G542" t="s">
+        <v>2212</v>
+      </c>
+      <c r="H542" t="s">
+        <v>2213</v>
+      </c>
+      <c r="L542" t="s">
+        <v>2214</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>