--- v2 (2026-02-24)
+++ v3 (2026-03-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2215">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2236">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Cognome</t>
   </si>
   <si>
     <t>Direzione</t>
   </si>
   <si>
     <t>Area</t>
   </si>
   <si>
     <t>Ufficio</t>
   </si>
   <si>
     <t>CV (File URL)</t>
   </si>
   <si>
     <t>Oggetto Incarico</t>
   </si>
   <si>
@@ -4197,57 +4197,60 @@
   <si>
     <t>FISCHETTI</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FISCHETTI_DANIELA_CV_07082024.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II^ fascia: Attività del Centro per l'Impiego di Ostia</t>
   </si>
   <si>
     <t>JESSICA CARMEN</t>
   </si>
   <si>
     <t>AREA GESTIONI COMMISSARIALI, DICHIARAZIONI DI CALAMITA' E STATI DI EMERGENZA</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FISCHETTI_JESSICA_C_12092025.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di I^ fascia: Responsabile della pianificazione e del monitoraggio finanziario degli interventi post emergenziali</t>
   </si>
   <si>
     <t>FLAMINI</t>
   </si>
   <si>
-    <t>AREA GESTIONE TRASPORTO MARITTIMO E AEREO. IMPIANTI FISSI. LOGISTICA. INTERPORTI. PARCHEGGI E NODI DI SCAMBIO</t>
-[...5 lines deleted...]
-    <t>Elevata Qualificazione di II^ fascia: Parcheggi, logistica e impianti per la pratica dello sci</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/FLAMINI-FRANCO-CV-2026.pdf</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di II^ fascia: Caccia e Pesca - Rilascio autorizzazioni</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>17/03/2026</t>
   </si>
   <si>
     <t>AMBRA</t>
   </si>
   <si>
     <t>FORCONI</t>
   </si>
   <si>
     <t>AREA COORDINAMENTO AUTORIZZAZIONI, PNRR E SUPPORTO INVESTIMENTI</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Forconi_Ambra_CV_17092025.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione I fascia: Conferenze per la ricostruzione post sisma e raccordo con le procedure ambientali e urbanistiche</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>SANDRA</t>
   </si>
   <si>
     <t>FORTINI</t>
   </si>
@@ -5209,57 +5212,60 @@
   </si>
   <si>
     <t>ROSA</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ROSA_ANGELICA_14022023.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Creatività contemporanea e comunicazione
 </t>
   </si>
   <si>
     <t>MIRIAM</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ROSA_MIRIAM_CV_03092024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Diversificazione delle attività agricole
 </t>
   </si>
   <si>
     <t>RENATO</t>
   </si>
   <si>
-    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ROSA_RENATO_CV_2020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/ROSA-RENATO-CV-12032026.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Agroambiente e forestazione
 </t>
   </si>
   <si>
+    <t>13/03/2026</t>
+  </si>
+  <si>
     <t>ROSSI</t>
   </si>
   <si>
     <t>AREA FATTURAZIONE ELETTRONICA, FISCALITA' PASSIVA E SERVIZI TELEMATICI</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ROSSI_BARBARA_CV_13092024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Fiscalità passiva e servizi telematici
 </t>
   </si>
   <si>
     <t>LA ROCCA</t>
   </si>
   <si>
     <t>UFFICIO DI STAFF DEL DIRETTORE STRUTTURA TECNICO-AMMINISTRATIVA</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/LA_ROCCA_DANIELA_CV_2024.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di I^ fascia: Assistenza giuridica, normativa, legale</t>
   </si>
   <si>
@@ -6375,99 +6381,105 @@
   </si>
   <si>
     <t>AREA UFFICIO STRUTTURA TECNICO – AMMINISTRATIVA</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/VITIELLO_BARBARA_CV_2025.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Organizzazione, controllo strategico e supporto tecnico-amministrativo
 </t>
   </si>
   <si>
     <t>VITTI</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Vitti_Claudio_CV_25092025.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Diversificazione e Sviluppo dell’imprenditoria giovanile, calamità naturali, consulenza aziendale, regime autorizzazioni
 </t>
   </si>
   <si>
     <t>ZANI</t>
   </si>
   <si>
-    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ZANI_ANTONIO_CV_30052014.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/ZANI-ANTONIO-CV-2026.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Valorizzazione delle risorse forestali
 </t>
   </si>
   <si>
+    <t>16/03/2026</t>
+  </si>
+  <si>
     <t>ZANOBI</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ZANOBI_STEFANO_CV_10092025.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di II^ Fascia: Violazione e concessioni
 </t>
   </si>
   <si>
     <t>ZAVAGNINI</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ZAVAGNINI_MAURIZIO_CV_11122024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Iniziative per la conciliazione dei tempi di vita e di lavoro
 </t>
   </si>
   <si>
     <t>MARIA ENRICA</t>
   </si>
   <si>
     <t xml:space="preserve">ZOCCHI </t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/ZOCCHI_MARIA_ENRICA_CV_11072024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Coordinamento e gestione finanziaria e contabile degli interventi in materia di Ricerca e Innovazione
 </t>
   </si>
   <si>
     <t>MARGARITELLI</t>
   </si>
   <si>
     <t>AGRICOLTURA REGIONALE  E SOVRANITA' ALIMENTARE, CACCIA E PESCA, FORESTE</t>
   </si>
   <si>
     <t>AREA PRODUZIONE INTEGRATA E SISTEMI DI QUALITA'</t>
   </si>
   <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/Margaritelli-Lucia-CV-10112025.pdf</t>
+  </si>
+  <si>
     <t>Elevata Qualificazione di II^ fascia: Produzione Integrata. Strumenti per lo sviluppo dell'agroalimentare. Qualità. Distretti. Filiere.</t>
   </si>
   <si>
     <t>ROSA MARIA</t>
   </si>
   <si>
     <t xml:space="preserve">FURCHI' </t>
   </si>
   <si>
     <t>ISTITUTO REGIONALE DI STUDI GIURIDICI A. C. JEMOLO</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/FURCHI-ROSA-MARIA-CV-06112025.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Elevata Qualificazione di I^ fascia: Organismo di mediazione
 </t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>TROVATO</t>
   </si>
   <si>
@@ -6500,51 +6512,57 @@
   <si>
     <t>BADAMO</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/Badamo-Paola-CV-26112025.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II^ fascia: Analisi delle competenze e rilevazione dell'efficacia della formazione</t>
   </si>
   <si>
     <t>26/11/2025</t>
   </si>
   <si>
     <t>SCHIAFFINO</t>
   </si>
   <si>
     <t>Elevata qualificazione di II^ fascia: Coordinamento ed attuazione attività di controllo e rendicontazione progetti, con e senza cofinanziamento comunitario FSE, con particolare riferimento al sistema di accreditamento regionale ed al sistema di Formazione Duale e del sistema degli I.T.S</t>
   </si>
   <si>
     <t>10/12/2025</t>
   </si>
   <si>
     <t>ACCARDO</t>
   </si>
   <si>
-    <t>Elevata qualificazione di II^ fascia: Coordinamento ed attuazione attività di controllo e rendicontazione progetti, con e senza cofinanziamento comunitario FSE, rivolti e finalizzati in particolare all'istruzione</t>
+    <t>Elevata qualificazione di II^ fascia: Coordinamento ed attuazione attività di controllo e rendicontazione progetti, con e senza cofinanziamento comunitario FSE, con particolare riferimento all'istruzione e alla formazione per l'avviamento al lavoro, in raccordo con l'attività dei Centri per l'Impiego, realizzate attraverso sistema di Formazione Duale e del sistema degli I.T.S.</t>
+  </si>
+  <si>
+    <t>18/03/2026</t>
+  </si>
+  <si>
+    <t>20/03/2026</t>
   </si>
   <si>
     <t>MARCONI</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2025/MARCONI-FABIO-CV-10122025.pdf</t>
   </si>
   <si>
     <t>Elevata qualificazione di II^ fascia: Coordinamento dei flussi documentali - Gestione delle istanze URP e rapporti con gli Enti istituzionali per quanto attiene la partecipazione dei rappresentanti regionali al sistema delle Conferenze</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>11/12/2025</t>
   </si>
   <si>
     <t>CHINI</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II^ fascia: Coordinamento e organizzazione dei processi di acquisizione e trattamento dei flussi informativi nazionali e regionali ai fini degli adempimenti nazionali</t>
   </si>
   <si>
     <t>BIANCA</t>
   </si>
@@ -6905,51 +6923,97 @@
   <si>
     <t>SACCHETTI</t>
   </si>
   <si>
     <t>AREA DECENTRATA AGRICOLTURA LAZIO SUD</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/SACCHETTI-MICHELE-LEONARDO-CV2026.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II^ fascia: Trasformazione, investimenti aziendali, forestazione, Consorzi di bonifica. Affari generali</t>
   </si>
   <si>
     <t>DE PAOLA</t>
   </si>
   <si>
     <t>SILD Viterbo</t>
   </si>
   <si>
     <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/de-paola-sergio-18022026.pdf</t>
   </si>
   <si>
     <t>Elevata Qualificazione di II^ fascia: Politiche per l’Inserimento Lavorativo dei Disabili nell’ambito territoriale della Provincia di Viterbo e Provincia di Rieti</t>
   </si>
   <si>
-    <t>24/02/2026</t>
+    <t>11/06/2026</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>ANGELONE</t>
+  </si>
+  <si>
+    <t>Elevata Qualificazione di I fascia: Coordinamento e gestione sala operativa di protezione civile - responsabile di sala</t>
+  </si>
+  <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>PADRONE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/elevata-qualificazione/2026/PADRONE-DAVIDE-CV-2026.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevata Qualificazione di II^ fascia: Specialista in Servizi per il Lavoro e Supporto all'Imprenditorialità - Centro per l'Impiego di Fondi
+</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AREA IMPLEMENTAZIONE DEL PIANO DI RAFFORZAMENTO DEI SERVIZI PER L'IMPIEGO </t>
+  </si>
+  <si>
+    <t>Elevata qualificazione di II^ fascia: Coordinamento del programma di attuazione delle attività e degli interventi relativi alla Linea 7-bis della M1C1 del PNRR " Adeguamento infrastrutturale e strumentale - previsto dal Piano regionale di Potenziamento dei Centri per l'impiego, così come aggiornato con DGR n. 337/2024.</t>
+  </si>
+  <si>
+    <t>19/03/2026</t>
+  </si>
+  <si>
+    <t>Elevata qualificazione di II^ fascia: Supporto alla programmazione economica contabile relativa alla Missione 5 "Inclusione e coesione" Componente 1 "Politiche per il Lavoro" - Investimento 1.1 "Potenziamento dei Centri per l'Impiego" del PNRR</t>
+  </si>
+  <si>
+    <t>AMELIA</t>
+  </si>
+  <si>
+    <t>FEMINO'</t>
+  </si>
+  <si>
+    <t>Elevata qualificazione di II^ fascia: Coordinamento e gestione in materia di Potenziamento dei Centri per l'Impiego</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -7253,51 +7317,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L542"/>
+  <dimension ref="A1:L547"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -16447,7336 +16511,7496 @@
       </c>
       <c r="H302" t="s">
         <v>1355</v>
       </c>
       <c r="I302" t="s">
         <v>18</v>
       </c>
       <c r="J302" t="s">
         <v>19</v>
       </c>
       <c r="L302" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="303" spans="1:12">
       <c r="A303">
         <v>10822</v>
       </c>
       <c r="B303" t="s">
         <v>255</v>
       </c>
       <c r="C303" t="s">
         <v>1356</v>
       </c>
       <c r="D303" t="s">
-        <v>615</v>
+        <v>199</v>
       </c>
       <c r="E303" t="s">
+        <v>60</v>
+      </c>
+      <c r="G303" t="s">
         <v>1357</v>
       </c>
-      <c r="G303" t="s">
+      <c r="H303" t="s">
         <v>1358</v>
       </c>
-      <c r="H303" t="s">
+      <c r="I303" t="s">
         <v>1359</v>
       </c>
-      <c r="K303" t="s">
-        <v>44</v>
+      <c r="J303" t="s">
+        <v>19</v>
       </c>
       <c r="L303" t="s">
-        <v>552</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="304" spans="1:12">
       <c r="A304">
         <v>10823</v>
       </c>
       <c r="B304" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="C304" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="D304" t="s">
         <v>144</v>
       </c>
       <c r="E304" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="G304" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="H304" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="K304" t="s">
         <v>44</v>
       </c>
       <c r="L304" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="305" spans="1:12">
       <c r="A305">
         <v>10824</v>
       </c>
       <c r="B305" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="C305" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="D305" t="s">
         <v>315</v>
       </c>
       <c r="E305" t="s">
         <v>746</v>
       </c>
       <c r="G305" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H305" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I305" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="J305" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="L305" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="306" spans="1:12">
       <c r="A306">
         <v>10825</v>
       </c>
       <c r="B306" t="s">
         <v>142</v>
       </c>
       <c r="C306" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="D306" t="s">
         <v>78</v>
       </c>
       <c r="E306" t="s">
         <v>102</v>
       </c>
       <c r="G306" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="H306" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="I306" t="s">
         <v>18</v>
       </c>
       <c r="J306" t="s">
         <v>19</v>
       </c>
       <c r="L306" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="307" spans="1:12">
       <c r="A307">
         <v>10826</v>
       </c>
       <c r="B307" t="s">
         <v>82</v>
       </c>
       <c r="C307" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="D307" t="s">
         <v>193</v>
       </c>
       <c r="E307" t="s">
         <v>847</v>
       </c>
       <c r="F307" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="G307" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="H307" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="I307" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="J307" t="s">
         <v>19</v>
       </c>
       <c r="L307" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="308" spans="1:12">
       <c r="A308">
         <v>10827</v>
       </c>
       <c r="B308" t="s">
         <v>539</v>
       </c>
       <c r="C308" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="D308" t="s">
         <v>161</v>
       </c>
       <c r="E308" t="s">
         <v>137</v>
       </c>
       <c r="G308" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="H308" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="I308" t="s">
         <v>18</v>
       </c>
       <c r="J308" t="s">
         <v>19</v>
       </c>
       <c r="L308" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="309" spans="1:12">
       <c r="A309">
         <v>10828</v>
       </c>
       <c r="B309" t="s">
         <v>76</v>
       </c>
       <c r="C309" t="s">
         <v>255</v>
       </c>
       <c r="D309" t="s">
         <v>161</v>
       </c>
       <c r="E309" t="s">
         <v>1267</v>
       </c>
       <c r="F309" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="G309" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="H309" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="K309" t="s">
         <v>44</v>
       </c>
       <c r="L309" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="310" spans="1:12">
       <c r="A310">
         <v>10829</v>
       </c>
       <c r="B310" t="s">
         <v>725</v>
       </c>
       <c r="C310" t="s">
         <v>255</v>
       </c>
       <c r="D310" t="s">
         <v>130</v>
       </c>
       <c r="E310" t="s">
         <v>112</v>
       </c>
       <c r="G310" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="H310" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="K310" t="s">
         <v>44</v>
       </c>
       <c r="L310" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="311" spans="1:12">
       <c r="A311">
         <v>10830</v>
       </c>
       <c r="B311" t="s">
         <v>587</v>
       </c>
       <c r="C311" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="D311" t="s">
         <v>72</v>
       </c>
       <c r="E311" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="G311" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="H311" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="K311" t="s">
         <v>44</v>
       </c>
       <c r="L311" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="312" spans="1:12">
       <c r="A312">
         <v>10831</v>
       </c>
       <c r="B312" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="C312" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="D312" t="s">
         <v>315</v>
       </c>
       <c r="E312" t="s">
         <v>388</v>
       </c>
       <c r="G312" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="H312" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="I312" t="s">
         <v>18</v>
       </c>
       <c r="J312" t="s">
         <v>19</v>
       </c>
       <c r="L312" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="313" spans="1:12">
       <c r="A313">
         <v>10832</v>
       </c>
       <c r="B313" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="C313" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="D313" t="s">
         <v>1091</v>
       </c>
       <c r="E313" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="G313" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="H313" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="K313" t="s">
         <v>44</v>
       </c>
       <c r="L313" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="314" spans="1:12">
       <c r="A314">
         <v>10833</v>
       </c>
       <c r="B314" t="s">
         <v>834</v>
       </c>
       <c r="C314" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="D314" t="s">
         <v>130</v>
       </c>
       <c r="E314" t="s">
         <v>257</v>
       </c>
       <c r="G314" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="H314" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="K314" t="s">
         <v>44</v>
       </c>
       <c r="L314" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="315" spans="1:12">
       <c r="A315">
         <v>10834</v>
       </c>
       <c r="B315" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="C315" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="D315" t="s">
         <v>30</v>
       </c>
       <c r="G315" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="H315" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="K315" t="s">
         <v>44</v>
       </c>
       <c r="L315" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="316" spans="1:12">
       <c r="A316">
         <v>10835</v>
       </c>
       <c r="B316" t="s">
         <v>1239</v>
       </c>
       <c r="C316" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="D316" t="s">
         <v>813</v>
       </c>
       <c r="E316" t="s">
         <v>842</v>
       </c>
       <c r="G316" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="H316" t="s">
         <v>1332</v>
       </c>
       <c r="K316" t="s">
         <v>44</v>
       </c>
       <c r="L316" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="317" spans="1:12">
       <c r="A317">
         <v>10836</v>
       </c>
       <c r="B317" t="s">
         <v>58</v>
       </c>
       <c r="C317" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="D317" t="s">
         <v>144</v>
       </c>
       <c r="E317" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="G317" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="H317" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="K317" t="s">
         <v>44</v>
       </c>
       <c r="L317" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="318" spans="1:12">
       <c r="A318">
         <v>10837</v>
       </c>
       <c r="B318" t="s">
         <v>21</v>
       </c>
       <c r="C318" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="D318" t="s">
         <v>23</v>
       </c>
       <c r="E318" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="F318" t="s">
         <v>182</v>
       </c>
       <c r="H318" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="K318" t="s">
         <v>44</v>
       </c>
       <c r="L318" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="319" spans="1:12">
       <c r="A319">
         <v>10838</v>
       </c>
       <c r="B319" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="C319" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="D319" t="s">
         <v>14</v>
       </c>
       <c r="E319" t="s">
         <v>478</v>
       </c>
       <c r="G319" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="H319" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="I319" t="s">
         <v>18</v>
       </c>
       <c r="J319" t="s">
         <v>19</v>
       </c>
       <c r="L319" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="320" spans="1:12">
       <c r="A320">
         <v>10839</v>
       </c>
       <c r="B320" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="C320" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="D320" t="s">
         <v>287</v>
       </c>
       <c r="E320" t="s">
         <v>365</v>
       </c>
       <c r="G320" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="H320" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="K320" t="s">
         <v>44</v>
       </c>
       <c r="L320" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="321" spans="1:12">
       <c r="A321">
         <v>10840</v>
       </c>
       <c r="B321" t="s">
         <v>28</v>
       </c>
       <c r="C321" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="D321" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="E321" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="G321" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="H321" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="K321" t="s">
         <v>44</v>
       </c>
       <c r="L321" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="322" spans="1:12">
       <c r="A322">
         <v>10841</v>
       </c>
       <c r="B322" t="s">
         <v>300</v>
       </c>
       <c r="C322" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="D322" t="s">
         <v>210</v>
       </c>
       <c r="E322" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="G322" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="H322" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="K322" t="s">
         <v>44</v>
       </c>
       <c r="L322" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="323" spans="1:12">
       <c r="A323">
         <v>10842</v>
       </c>
       <c r="B323" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="C323" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="D323" t="s">
         <v>59</v>
       </c>
       <c r="E323" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="G323" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="H323" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="K323" t="s">
         <v>44</v>
       </c>
       <c r="L323" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="324" spans="1:12">
       <c r="A324">
         <v>10843</v>
       </c>
       <c r="B324" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="C324" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="D324" t="s">
         <v>342</v>
       </c>
       <c r="E324" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="G324" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="H324" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="I324" t="s">
         <v>220</v>
       </c>
       <c r="J324" t="s">
         <v>19</v>
       </c>
       <c r="L324" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="325" spans="1:12">
       <c r="A325">
         <v>10844</v>
       </c>
       <c r="B325" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="C325" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="D325" t="s">
         <v>23</v>
       </c>
       <c r="E325" t="s">
         <v>865</v>
       </c>
       <c r="G325" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="H325" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="I325" t="s">
         <v>39</v>
       </c>
       <c r="J325" t="s">
         <v>40</v>
       </c>
       <c r="L325" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="326" spans="1:12">
       <c r="A326">
         <v>10845</v>
       </c>
       <c r="B326" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="C326" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="D326" t="s">
         <v>78</v>
       </c>
       <c r="E326" t="s">
         <v>107</v>
       </c>
       <c r="G326" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="H326" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="I326" t="s">
         <v>18</v>
       </c>
       <c r="J326" t="s">
         <v>19</v>
       </c>
       <c r="L326" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="327" spans="1:12">
       <c r="A327">
         <v>10846</v>
       </c>
       <c r="B327" t="s">
         <v>305</v>
       </c>
       <c r="C327" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="D327" t="s">
         <v>315</v>
       </c>
       <c r="E327" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="G327" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="H327" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="I327" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="J327" t="s">
         <v>19</v>
       </c>
       <c r="L327" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="328" spans="1:12">
       <c r="A328">
         <v>10847</v>
       </c>
       <c r="B328" t="s">
         <v>295</v>
       </c>
       <c r="C328" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="D328" t="s">
         <v>23</v>
       </c>
       <c r="E328" t="s">
         <v>181</v>
       </c>
       <c r="G328" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="H328" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="K328" t="s">
         <v>44</v>
       </c>
       <c r="L328" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="329" spans="1:12">
       <c r="A329">
         <v>10848</v>
       </c>
       <c r="B329" t="s">
         <v>587</v>
       </c>
       <c r="C329" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="D329" t="s">
         <v>287</v>
       </c>
       <c r="E329" t="s">
         <v>1338</v>
       </c>
       <c r="G329" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="H329" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="K329" t="s">
         <v>44</v>
       </c>
       <c r="L329" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="330" spans="1:12">
       <c r="A330">
         <v>10849</v>
       </c>
       <c r="B330" t="s">
         <v>300</v>
       </c>
       <c r="C330" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="D330" t="s">
         <v>161</v>
       </c>
       <c r="E330" t="s">
         <v>1208</v>
       </c>
       <c r="G330" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="H330" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="I330" t="s">
         <v>943</v>
       </c>
       <c r="J330" t="s">
         <v>1203</v>
       </c>
       <c r="L330" t="s">
         <v>1204</v>
       </c>
     </row>
     <row r="331" spans="1:12">
       <c r="A331">
         <v>10850</v>
       </c>
       <c r="B331" t="s">
         <v>1305</v>
       </c>
       <c r="C331" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="D331" t="s">
         <v>342</v>
       </c>
       <c r="E331" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="G331" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="H331" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="K331" t="s">
         <v>44</v>
       </c>
       <c r="L331" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="332" spans="1:12">
       <c r="A332">
         <v>10851</v>
       </c>
       <c r="B332" t="s">
         <v>340</v>
       </c>
       <c r="C332" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="D332" t="s">
         <v>23</v>
       </c>
       <c r="E332" t="s">
         <v>252</v>
       </c>
       <c r="G332" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="H332" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="I332" t="s">
         <v>39</v>
       </c>
       <c r="J332" t="s">
         <v>40</v>
       </c>
       <c r="L332" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="333" spans="1:12">
       <c r="A333">
         <v>10852</v>
       </c>
       <c r="B333" t="s">
         <v>305</v>
       </c>
       <c r="C333" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="D333" t="s">
         <v>130</v>
       </c>
       <c r="E333" t="s">
         <v>369</v>
       </c>
       <c r="G333" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="H333" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="I333" t="s">
         <v>18</v>
       </c>
       <c r="J333" t="s">
         <v>141</v>
       </c>
       <c r="L333" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="334" spans="1:12">
       <c r="A334">
         <v>10853</v>
       </c>
       <c r="B334" t="s">
         <v>128</v>
       </c>
       <c r="C334" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="D334" t="s">
         <v>287</v>
       </c>
       <c r="E334" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="G334" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="H334" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="K334" t="s">
         <v>44</v>
       </c>
       <c r="L334" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="335" spans="1:12">
       <c r="A335">
         <v>10854</v>
       </c>
       <c r="B335" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="C335" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="D335" t="s">
         <v>161</v>
       </c>
       <c r="E335" t="s">
         <v>570</v>
       </c>
       <c r="G335" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="H335" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="K335" t="s">
         <v>44</v>
       </c>
       <c r="L335" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="336" spans="1:12">
       <c r="A336">
         <v>10855</v>
       </c>
       <c r="B336" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="C336" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="D336" t="s">
         <v>193</v>
       </c>
       <c r="E336" t="s">
         <v>820</v>
       </c>
       <c r="G336" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="H336" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="K336" t="s">
         <v>44</v>
       </c>
       <c r="L336" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="337" spans="1:12">
       <c r="A337">
         <v>10856</v>
       </c>
       <c r="B337" t="s">
         <v>1245</v>
       </c>
       <c r="C337" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="D337" t="s">
         <v>161</v>
       </c>
       <c r="E337" t="s">
         <v>162</v>
       </c>
       <c r="G337" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="H337" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="I337" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="J337" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="L337" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="338" spans="1:12">
       <c r="A338">
         <v>10857</v>
       </c>
       <c r="B338" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="C338" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="D338" t="s">
         <v>199</v>
       </c>
       <c r="E338" t="s">
         <v>272</v>
       </c>
       <c r="G338" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="H338" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="K338" t="s">
         <v>44</v>
       </c>
       <c r="L338" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="339" spans="1:12">
       <c r="A339">
         <v>10858</v>
       </c>
       <c r="B339" t="s">
         <v>165</v>
       </c>
       <c r="C339" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="D339" t="s">
         <v>136</v>
       </c>
       <c r="E339" t="s">
         <v>1267</v>
       </c>
       <c r="F339" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="G339" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="H339" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="K339" t="s">
         <v>44</v>
       </c>
       <c r="L339" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="340" spans="1:12">
       <c r="A340">
         <v>10859</v>
       </c>
       <c r="B340" t="s">
         <v>950</v>
       </c>
       <c r="C340" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="D340" t="s">
         <v>66</v>
       </c>
       <c r="E340" t="s">
         <v>986</v>
       </c>
       <c r="G340" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="H340" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="K340" t="s">
         <v>44</v>
       </c>
       <c r="L340" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="341" spans="1:12">
       <c r="A341">
         <v>10860</v>
       </c>
       <c r="B341" t="s">
         <v>70</v>
       </c>
       <c r="C341" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="D341" t="s">
         <v>615</v>
       </c>
       <c r="E341" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="G341" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="H341" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="K341" t="s">
         <v>44</v>
       </c>
       <c r="L341" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="342" spans="1:12">
       <c r="A342">
         <v>10861</v>
       </c>
       <c r="B342" t="s">
         <v>28</v>
       </c>
       <c r="C342" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="D342" t="s">
         <v>14</v>
       </c>
       <c r="F342" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="G342" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="H342" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="I342" t="s">
         <v>18</v>
       </c>
       <c r="J342" t="s">
         <v>19</v>
       </c>
       <c r="L342" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="343" spans="1:12">
       <c r="A343">
         <v>10862</v>
       </c>
       <c r="B343" t="s">
         <v>185</v>
       </c>
       <c r="C343" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="D343" t="s">
         <v>14</v>
       </c>
       <c r="E343" t="s">
         <v>478</v>
       </c>
       <c r="G343" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="H343" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="I343" t="s">
         <v>18</v>
       </c>
       <c r="J343" t="s">
         <v>19</v>
       </c>
       <c r="L343" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="344" spans="1:12">
       <c r="A344">
         <v>10863</v>
       </c>
       <c r="B344" t="s">
         <v>28</v>
       </c>
       <c r="C344" t="s">
         <v>1157</v>
       </c>
       <c r="D344" t="s">
         <v>130</v>
       </c>
       <c r="E344" t="s">
         <v>374</v>
       </c>
       <c r="G344" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="H344" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="I344" t="s">
         <v>18</v>
       </c>
       <c r="J344" t="s">
         <v>19</v>
       </c>
       <c r="L344" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="345" spans="1:12">
       <c r="A345">
         <v>10864</v>
       </c>
       <c r="B345" t="s">
         <v>340</v>
       </c>
       <c r="C345" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="D345" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="E345" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="G345" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="H345" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="I345" t="s">
         <v>18</v>
       </c>
       <c r="J345" t="s">
         <v>19</v>
       </c>
       <c r="L345" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="346" spans="1:12">
       <c r="A346">
         <v>10865</v>
       </c>
       <c r="B346" t="s">
         <v>41</v>
       </c>
       <c r="C346" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="D346" t="s">
         <v>130</v>
       </c>
       <c r="E346" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="G346" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="H346" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="K346" t="s">
         <v>44</v>
       </c>
       <c r="L346" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="347" spans="1:12">
       <c r="A347">
         <v>10866</v>
       </c>
       <c r="B347" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="C347" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="D347" t="s">
         <v>287</v>
       </c>
       <c r="E347" t="s">
         <v>797</v>
       </c>
       <c r="G347" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="H347" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="K347" t="s">
         <v>44</v>
       </c>
       <c r="L347" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="348" spans="1:12">
       <c r="A348">
         <v>10867</v>
       </c>
       <c r="B348" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="C348" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="D348" t="s">
         <v>187</v>
       </c>
       <c r="E348" t="s">
         <v>630</v>
       </c>
       <c r="G348" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="H348" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="K348" t="s">
         <v>44</v>
       </c>
       <c r="L348" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="349" spans="1:12">
       <c r="A349">
         <v>10868</v>
       </c>
       <c r="B349" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="C349" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="D349" t="s">
         <v>59</v>
       </c>
       <c r="E349" t="s">
         <v>660</v>
       </c>
       <c r="G349" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="H349" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="I349" t="s">
         <v>18</v>
       </c>
       <c r="J349" t="s">
         <v>19</v>
       </c>
       <c r="L349" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="350" spans="1:12">
       <c r="A350">
         <v>10869</v>
       </c>
       <c r="B350" t="s">
         <v>265</v>
       </c>
       <c r="C350" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="D350" t="s">
         <v>193</v>
       </c>
       <c r="E350" t="s">
         <v>361</v>
       </c>
       <c r="G350" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="H350" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="I350" t="s">
         <v>18</v>
       </c>
       <c r="J350" t="s">
         <v>19</v>
       </c>
       <c r="L350" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="351" spans="1:12">
       <c r="A351">
         <v>10870</v>
       </c>
       <c r="B351" t="s">
         <v>818</v>
       </c>
       <c r="C351" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="D351" t="s">
         <v>66</v>
       </c>
       <c r="E351" t="s">
         <v>1046</v>
       </c>
       <c r="G351" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="H351" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="K351" t="s">
         <v>44</v>
       </c>
       <c r="L351" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="352" spans="1:12">
       <c r="A352">
         <v>10871</v>
       </c>
       <c r="B352" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="C352" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="D352" t="s">
         <v>72</v>
       </c>
       <c r="E352" t="s">
         <v>584</v>
       </c>
       <c r="G352" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="H352" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="K352" t="s">
         <v>44</v>
       </c>
       <c r="L352" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="353" spans="1:12">
       <c r="A353">
         <v>10872</v>
       </c>
       <c r="B353" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="C353" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="D353" t="s">
         <v>315</v>
       </c>
       <c r="E353" t="s">
         <v>388</v>
       </c>
       <c r="G353" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="H353" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="I353" t="s">
         <v>18</v>
       </c>
       <c r="J353" t="s">
         <v>19</v>
       </c>
       <c r="L353" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="354" spans="1:12">
       <c r="A354">
         <v>10873</v>
       </c>
       <c r="B354" t="s">
         <v>868</v>
       </c>
       <c r="C354" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="D354" t="s">
         <v>615</v>
       </c>
       <c r="E354" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="G354" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="H354" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="K354" t="s">
         <v>44</v>
       </c>
       <c r="L354" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="355" spans="1:12">
       <c r="A355">
         <v>10874</v>
       </c>
       <c r="B355" t="s">
         <v>46</v>
       </c>
       <c r="C355" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="D355" t="s">
         <v>72</v>
       </c>
       <c r="E355" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="G355" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="H355" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="I355" t="s">
         <v>18</v>
       </c>
       <c r="J355" t="s">
         <v>19</v>
       </c>
       <c r="L355" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="356" spans="1:12">
       <c r="A356">
         <v>10875</v>
       </c>
       <c r="B356" t="s">
         <v>28</v>
       </c>
       <c r="C356" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="D356" t="s">
         <v>66</v>
       </c>
       <c r="E356" t="s">
         <v>1046</v>
       </c>
       <c r="G356" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="H356" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="K356" t="s">
         <v>44</v>
       </c>
       <c r="L356" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="357" spans="1:12">
       <c r="A357">
         <v>10876</v>
       </c>
       <c r="B357" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="C357" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="D357" t="s">
         <v>72</v>
       </c>
       <c r="E357" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="G357" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="H357" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="I357" t="s">
         <v>18</v>
       </c>
       <c r="J357" t="s">
         <v>19</v>
       </c>
       <c r="L357" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="358" spans="1:12">
       <c r="A358">
         <v>10877</v>
       </c>
       <c r="B358" t="s">
         <v>1245</v>
       </c>
       <c r="C358" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="D358" t="s">
         <v>72</v>
       </c>
       <c r="E358" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="G358" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="H358" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="K358" t="s">
         <v>44</v>
       </c>
       <c r="L358" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="359" spans="1:12">
       <c r="A359">
         <v>10878</v>
       </c>
       <c r="B359" t="s">
         <v>222</v>
       </c>
       <c r="C359" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="D359" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="E359" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="G359" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="H359" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="I359" t="s">
         <v>39</v>
       </c>
       <c r="J359" t="s">
         <v>40</v>
       </c>
       <c r="L359" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="360" spans="1:12">
       <c r="A360">
         <v>10879</v>
       </c>
       <c r="B360" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="C360" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="D360" t="s">
         <v>130</v>
       </c>
       <c r="E360" t="s">
         <v>131</v>
       </c>
       <c r="G360" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="H360" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="K360" t="s">
         <v>44</v>
       </c>
       <c r="L360" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="361" spans="1:12">
       <c r="A361">
         <v>10880</v>
       </c>
       <c r="B361" t="s">
         <v>305</v>
       </c>
       <c r="C361" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="D361" t="s">
         <v>315</v>
       </c>
       <c r="E361" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="G361" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="H361" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="I361" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="J361" t="s">
         <v>19</v>
       </c>
       <c r="L361" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="362" spans="1:12">
       <c r="A362">
         <v>10881</v>
       </c>
       <c r="B362" t="s">
         <v>1221</v>
       </c>
       <c r="C362" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="D362" t="s">
         <v>23</v>
       </c>
       <c r="E362" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="F362" t="s">
         <v>217</v>
       </c>
       <c r="G362" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="H362" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="K362" t="s">
         <v>44</v>
       </c>
       <c r="L362" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="363" spans="1:12">
       <c r="A363">
         <v>10882</v>
       </c>
       <c r="B363" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="C363" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="D363" t="s">
         <v>199</v>
       </c>
       <c r="E363" t="s">
         <v>247</v>
       </c>
       <c r="G363" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="H363" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="I363" t="s">
         <v>18</v>
       </c>
       <c r="J363" t="s">
         <v>19</v>
       </c>
       <c r="L363" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="364" spans="1:12">
       <c r="A364">
         <v>10883</v>
       </c>
       <c r="B364" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="C364" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="D364" t="s">
         <v>30</v>
       </c>
       <c r="E364" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="G364" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="H364" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="K364" t="s">
         <v>44</v>
       </c>
       <c r="L364" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="365" spans="1:12">
       <c r="A365">
         <v>10884</v>
       </c>
       <c r="B365" t="s">
         <v>94</v>
       </c>
       <c r="C365" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="D365" t="s">
         <v>35</v>
       </c>
       <c r="E365" t="s">
         <v>1041</v>
       </c>
       <c r="G365" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="H365" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="I365" t="s">
         <v>18</v>
       </c>
       <c r="J365" t="s">
         <v>19</v>
       </c>
       <c r="L365" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="366" spans="1:12">
       <c r="A366">
         <v>10885</v>
       </c>
       <c r="B366" t="s">
         <v>185</v>
       </c>
       <c r="C366" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="D366" t="s">
         <v>187</v>
       </c>
       <c r="E366" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="G366" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="H366" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="I366" t="s">
         <v>18</v>
       </c>
       <c r="J366" t="s">
         <v>19</v>
       </c>
       <c r="L366" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="367" spans="1:12">
       <c r="A367">
         <v>10886</v>
       </c>
       <c r="B367" t="s">
         <v>950</v>
       </c>
       <c r="C367" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="D367" t="s">
         <v>287</v>
       </c>
       <c r="E367" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="G367" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="H367" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="I367" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="J367" t="s">
         <v>19</v>
       </c>
       <c r="L367" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="368" spans="1:12">
       <c r="A368">
         <v>10887</v>
       </c>
       <c r="B368" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="C368" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="D368" t="s">
         <v>315</v>
       </c>
       <c r="E368" t="s">
         <v>1287</v>
       </c>
       <c r="G368" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="H368" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="I368" t="s">
         <v>18</v>
       </c>
       <c r="J368" t="s">
         <v>19</v>
       </c>
       <c r="L368" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="369" spans="1:12">
       <c r="A369">
         <v>10888</v>
       </c>
       <c r="B369" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="C369" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="D369" t="s">
         <v>161</v>
       </c>
       <c r="E369" t="s">
         <v>162</v>
       </c>
       <c r="G369" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="H369" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="I369" t="s">
         <v>18</v>
       </c>
       <c r="J369" t="s">
         <v>19</v>
       </c>
       <c r="L369" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="370" spans="1:12">
       <c r="A370">
         <v>10889</v>
       </c>
       <c r="B370" t="s">
         <v>696</v>
       </c>
       <c r="C370" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="D370" t="s">
         <v>78</v>
       </c>
       <c r="E370" t="s">
         <v>107</v>
       </c>
       <c r="G370" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="H370" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="I370" t="s">
         <v>18</v>
       </c>
       <c r="J370" t="s">
         <v>19</v>
       </c>
       <c r="L370" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="371" spans="1:12">
       <c r="A371">
         <v>10890</v>
       </c>
       <c r="B371" t="s">
         <v>174</v>
       </c>
       <c r="C371" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="D371" t="s">
         <v>615</v>
       </c>
       <c r="E371" t="s">
         <v>616</v>
       </c>
       <c r="G371" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="H371" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="K371" t="s">
         <v>44</v>
       </c>
       <c r="L371" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="372" spans="1:12">
       <c r="A372">
         <v>10891</v>
       </c>
       <c r="B372" t="s">
         <v>650</v>
       </c>
       <c r="C372" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="D372" t="s">
         <v>130</v>
       </c>
       <c r="E372" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="G372" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="H372" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="I372" t="s">
         <v>18</v>
       </c>
       <c r="J372" t="s">
         <v>19</v>
       </c>
       <c r="L372" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="373" spans="1:12">
       <c r="A373">
         <v>10892</v>
       </c>
       <c r="B373" t="s">
         <v>329</v>
       </c>
       <c r="C373" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="D373" t="s">
         <v>130</v>
       </c>
       <c r="E373" t="s">
         <v>257</v>
       </c>
       <c r="G373" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="H373" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="K373" t="s">
         <v>44</v>
       </c>
       <c r="L373" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="374" spans="1:12">
       <c r="A374">
         <v>10893</v>
       </c>
       <c r="B374" t="s">
         <v>834</v>
       </c>
       <c r="C374" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="D374" t="s">
         <v>187</v>
       </c>
       <c r="E374" t="s">
         <v>947</v>
       </c>
       <c r="G374" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="H374" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="I374" t="s">
         <v>18</v>
       </c>
       <c r="J374" t="s">
         <v>19</v>
       </c>
       <c r="L374" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="375" spans="1:12">
       <c r="A375">
         <v>10894</v>
       </c>
       <c r="B375" t="s">
         <v>197</v>
       </c>
       <c r="C375" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="D375" t="s">
         <v>193</v>
       </c>
       <c r="E375" t="s">
         <v>716</v>
       </c>
       <c r="G375" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="H375" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="I375" t="s">
         <v>18</v>
       </c>
       <c r="J375" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="L375" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="376" spans="1:12">
       <c r="A376">
         <v>10895</v>
       </c>
       <c r="B376" t="s">
         <v>285</v>
       </c>
       <c r="C376" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="D376" t="s">
         <v>187</v>
       </c>
       <c r="E376" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="G376" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="H376" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="K376" t="s">
         <v>44</v>
       </c>
       <c r="L376" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="377" spans="1:12">
       <c r="A377">
         <v>10896</v>
       </c>
       <c r="B377" t="s">
         <v>547</v>
       </c>
       <c r="C377" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="D377" t="s">
         <v>199</v>
       </c>
       <c r="E377" t="s">
         <v>412</v>
       </c>
       <c r="G377" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="H377" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="I377" t="s">
         <v>18</v>
       </c>
       <c r="J377" t="s">
         <v>19</v>
       </c>
       <c r="L377" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="378" spans="1:12">
       <c r="A378">
         <v>10897</v>
       </c>
       <c r="B378" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="C378" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="D378" t="s">
         <v>193</v>
       </c>
       <c r="E378" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="F378" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="G378" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="H378" t="s">
         <v>938</v>
       </c>
       <c r="K378" t="s">
         <v>44</v>
       </c>
       <c r="L378" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="379" spans="1:12">
       <c r="A379">
         <v>10898</v>
       </c>
       <c r="B379" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="C379" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="D379" t="s">
         <v>419</v>
       </c>
       <c r="E379" t="s">
         <v>440</v>
       </c>
       <c r="G379" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="H379" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="K379" t="s">
         <v>44</v>
       </c>
       <c r="L379" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="380" spans="1:12">
       <c r="A380">
         <v>10899</v>
       </c>
       <c r="B380" t="s">
         <v>587</v>
       </c>
       <c r="C380" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="D380" t="s">
         <v>161</v>
       </c>
       <c r="E380" t="s">
         <v>1208</v>
       </c>
       <c r="G380" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="H380" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="I380" t="s">
         <v>943</v>
       </c>
       <c r="J380" t="s">
         <v>1203</v>
       </c>
       <c r="L380" t="s">
         <v>1204</v>
       </c>
     </row>
     <row r="381" spans="1:12">
       <c r="A381">
         <v>10900</v>
       </c>
       <c r="B381" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="C381" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="D381" t="s">
         <v>419</v>
       </c>
       <c r="E381" t="s">
         <v>1146</v>
       </c>
       <c r="G381" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="H381" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="I381" t="s">
         <v>677</v>
       </c>
       <c r="J381" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="L381" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="382" spans="1:12">
       <c r="A382">
         <v>10901</v>
       </c>
       <c r="B382" t="s">
         <v>1305</v>
       </c>
       <c r="C382" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="D382" t="s">
         <v>199</v>
       </c>
       <c r="E382" t="s">
         <v>297</v>
       </c>
       <c r="G382" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="H382" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="I382" t="s">
         <v>18</v>
       </c>
       <c r="J382" t="s">
         <v>19</v>
       </c>
       <c r="L382" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="383" spans="1:12">
       <c r="A383">
         <v>10902</v>
       </c>
       <c r="B383" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="C383" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="D383" t="s">
         <v>66</v>
       </c>
       <c r="E383" t="s">
         <v>610</v>
       </c>
       <c r="G383" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="H383" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="K383" t="s">
         <v>44</v>
       </c>
       <c r="L383" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="384" spans="1:12">
       <c r="A384">
         <v>10903</v>
       </c>
       <c r="B384" t="s">
         <v>165</v>
       </c>
       <c r="C384" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="D384" t="s">
         <v>199</v>
       </c>
       <c r="E384" t="s">
         <v>660</v>
       </c>
       <c r="G384" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="H384" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="I384" t="s">
         <v>18</v>
       </c>
       <c r="J384" t="s">
         <v>19</v>
       </c>
       <c r="L384" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="385" spans="1:12">
       <c r="A385">
         <v>10904</v>
       </c>
       <c r="B385" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="C385" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="D385" t="s">
         <v>23</v>
       </c>
       <c r="E385" t="s">
         <v>181</v>
       </c>
       <c r="G385" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="H385" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="K385" t="s">
         <v>44</v>
       </c>
       <c r="L385" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="386" spans="1:12">
       <c r="A386">
         <v>10905</v>
       </c>
       <c r="B386" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="C386" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="D386" t="s">
         <v>130</v>
       </c>
       <c r="E386" t="s">
         <v>464</v>
       </c>
       <c r="G386" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="H386" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="I386" t="s">
         <v>18</v>
       </c>
       <c r="J386" t="s">
         <v>141</v>
       </c>
       <c r="L386" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="387" spans="1:12">
       <c r="A387">
         <v>10906</v>
       </c>
       <c r="B387" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="C387" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="D387" t="s">
         <v>444</v>
       </c>
       <c r="E387" t="s">
         <v>156</v>
       </c>
       <c r="G387" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="H387" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="K387" t="s">
         <v>44</v>
       </c>
       <c r="L387" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="388" spans="1:12">
       <c r="A388">
         <v>10907</v>
       </c>
       <c r="B388" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="C388" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="D388" t="s">
         <v>199</v>
       </c>
       <c r="E388" t="s">
         <v>1346</v>
       </c>
       <c r="G388" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="H388" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="K388" t="s">
         <v>44</v>
       </c>
       <c r="L388" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="389" spans="1:12">
       <c r="A389">
         <v>10908</v>
       </c>
       <c r="B389" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="C389" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="D389" t="s">
         <v>199</v>
       </c>
       <c r="E389" t="s">
         <v>60</v>
       </c>
       <c r="G389" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="H389" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="I389" t="s">
         <v>39</v>
       </c>
       <c r="J389" t="s">
         <v>40</v>
       </c>
       <c r="L389" t="s">
-        <v>552</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="390" spans="1:12">
       <c r="A390">
         <v>10909</v>
       </c>
       <c r="B390" t="s">
         <v>950</v>
       </c>
       <c r="C390" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
       <c r="D390" t="s">
         <v>287</v>
       </c>
       <c r="E390" t="s">
-        <v>1683</v>
+        <v>1685</v>
       </c>
       <c r="G390" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
       <c r="H390" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
       <c r="K390" t="s">
         <v>44</v>
       </c>
       <c r="L390" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="391" spans="1:12">
       <c r="A391">
         <v>10910</v>
       </c>
       <c r="B391" t="s">
         <v>300</v>
       </c>
       <c r="C391" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="D391" t="s">
         <v>615</v>
       </c>
       <c r="F391" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="G391" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="H391" t="s">
-        <v>1689</v>
+        <v>1691</v>
       </c>
       <c r="K391" t="s">
         <v>44</v>
       </c>
       <c r="L391" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="392" spans="1:12">
       <c r="A392">
         <v>10911</v>
       </c>
       <c r="B392" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="C392" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="D392" t="s">
         <v>130</v>
       </c>
       <c r="E392" t="s">
         <v>464</v>
       </c>
       <c r="G392" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
       <c r="H392" t="s">
-        <v>1693</v>
+        <v>1695</v>
       </c>
       <c r="I392" t="s">
         <v>18</v>
       </c>
       <c r="J392" t="s">
         <v>141</v>
       </c>
       <c r="L392" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="393" spans="1:12">
       <c r="A393">
         <v>10912</v>
       </c>
       <c r="B393" t="s">
         <v>128</v>
       </c>
       <c r="C393" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="D393" t="s">
         <v>187</v>
       </c>
       <c r="E393" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="G393" t="s">
-        <v>1695</v>
+        <v>1697</v>
       </c>
       <c r="H393" t="s">
-        <v>1696</v>
+        <v>1698</v>
       </c>
       <c r="I393" t="s">
         <v>18</v>
       </c>
       <c r="J393" t="s">
         <v>19</v>
       </c>
       <c r="L393" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="394" spans="1:12">
       <c r="A394">
         <v>10913</v>
       </c>
       <c r="B394" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
       <c r="C394" t="s">
-        <v>1698</v>
+        <v>1700</v>
       </c>
       <c r="D394" t="s">
         <v>96</v>
       </c>
       <c r="E394" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="G394" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="H394" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="K394" t="s">
         <v>44</v>
       </c>
       <c r="L394" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="395" spans="1:12">
       <c r="A395">
         <v>10914</v>
       </c>
       <c r="B395" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="C395" t="s">
-        <v>1703</v>
+        <v>1705</v>
       </c>
       <c r="D395" t="s">
         <v>161</v>
       </c>
       <c r="F395" t="s">
-        <v>1704</v>
+        <v>1706</v>
       </c>
       <c r="G395" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="H395" t="s">
-        <v>1706</v>
+        <v>1708</v>
       </c>
       <c r="K395" t="s">
         <v>44</v>
       </c>
       <c r="L395" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="396" spans="1:12">
       <c r="A396">
         <v>10915</v>
       </c>
       <c r="B396" t="s">
         <v>1258</v>
       </c>
       <c r="C396" t="s">
-        <v>1707</v>
+        <v>1709</v>
       </c>
       <c r="D396" t="s">
         <v>130</v>
       </c>
       <c r="F396" t="s">
         <v>856</v>
       </c>
       <c r="G396" t="s">
-        <v>1708</v>
+        <v>1710</v>
       </c>
       <c r="H396" t="s">
-        <v>1709</v>
+        <v>1711</v>
       </c>
       <c r="K396" t="s">
         <v>44</v>
       </c>
       <c r="L396" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="397" spans="1:12">
       <c r="A397">
         <v>10916</v>
       </c>
       <c r="B397" t="s">
         <v>70</v>
       </c>
       <c r="C397" t="s">
-        <v>1710</v>
+        <v>1712</v>
       </c>
       <c r="D397" t="s">
         <v>187</v>
       </c>
       <c r="E397" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="G397" t="s">
-        <v>1711</v>
+        <v>1713</v>
       </c>
       <c r="H397" t="s">
-        <v>1712</v>
+        <v>1714</v>
       </c>
       <c r="I397" t="s">
         <v>18</v>
       </c>
       <c r="J397" t="s">
         <v>19</v>
       </c>
       <c r="L397" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="398" spans="1:12">
       <c r="A398">
         <v>10917</v>
       </c>
       <c r="B398" t="s">
         <v>165</v>
       </c>
       <c r="C398" t="s">
-        <v>1713</v>
+        <v>1715</v>
       </c>
       <c r="D398" t="s">
         <v>23</v>
       </c>
       <c r="E398" t="s">
         <v>865</v>
       </c>
       <c r="G398" t="s">
-        <v>1714</v>
+        <v>1716</v>
       </c>
       <c r="H398" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
       <c r="I398" t="s">
         <v>18</v>
       </c>
       <c r="J398" t="s">
         <v>19</v>
       </c>
       <c r="L398" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="399" spans="1:12">
       <c r="A399">
         <v>10918</v>
       </c>
       <c r="B399" t="s">
-        <v>1716</v>
+        <v>1718</v>
       </c>
       <c r="C399" t="s">
-        <v>1717</v>
+        <v>1719</v>
       </c>
       <c r="D399" t="s">
         <v>78</v>
       </c>
       <c r="E399" t="s">
         <v>102</v>
       </c>
       <c r="G399" t="s">
-        <v>1718</v>
+        <v>1720</v>
       </c>
       <c r="H399" t="s">
-        <v>1719</v>
+        <v>1721</v>
       </c>
       <c r="K399" t="s">
         <v>44</v>
       </c>
       <c r="L399" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="400" spans="1:12">
       <c r="A400">
         <v>10919</v>
       </c>
       <c r="B400" t="s">
         <v>518</v>
       </c>
       <c r="C400" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="D400" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="G400" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="H400" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
       <c r="K400" t="s">
         <v>44</v>
       </c>
       <c r="L400" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="401" spans="1:12">
       <c r="A401">
         <v>10920</v>
       </c>
       <c r="B401" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
       <c r="C401" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="D401" t="s">
         <v>35</v>
       </c>
       <c r="E401" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="G401" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
       <c r="H401" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="I401" t="s">
         <v>18</v>
       </c>
       <c r="J401" t="s">
         <v>19</v>
       </c>
       <c r="L401" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="402" spans="1:12">
       <c r="A402">
         <v>10921</v>
       </c>
       <c r="B402" t="s">
         <v>185</v>
       </c>
       <c r="C402" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="D402" t="s">
         <v>96</v>
       </c>
       <c r="E402" t="s">
         <v>1124</v>
       </c>
       <c r="G402" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
       <c r="H402" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="K402" t="s">
         <v>44</v>
       </c>
       <c r="L402" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="403" spans="1:12">
       <c r="A403">
         <v>10922</v>
       </c>
       <c r="B403" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
       <c r="C403" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="D403" t="s">
         <v>161</v>
       </c>
       <c r="E403" t="s">
         <v>570</v>
       </c>
       <c r="G403" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="H403" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="K403" t="s">
         <v>44</v>
       </c>
       <c r="L403" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="404" spans="1:12">
       <c r="A404">
         <v>10923</v>
       </c>
       <c r="B404" t="s">
         <v>891</v>
       </c>
       <c r="C404" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
       <c r="D404" t="s">
         <v>615</v>
       </c>
       <c r="E404" t="s">
         <v>842</v>
       </c>
       <c r="G404" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
       <c r="H404" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="K404" t="s">
         <v>44</v>
       </c>
       <c r="L404" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="405" spans="1:12">
       <c r="A405">
         <v>10924</v>
       </c>
       <c r="B405" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="C405" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="D405" t="s">
         <v>315</v>
       </c>
       <c r="E405" t="s">
         <v>1287</v>
       </c>
       <c r="G405" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="H405" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="I405" t="s">
         <v>18</v>
       </c>
       <c r="J405" t="s">
         <v>19</v>
       </c>
       <c r="L405" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="406" spans="1:12">
       <c r="A406">
         <v>10925</v>
       </c>
       <c r="B406" t="s">
         <v>46</v>
       </c>
       <c r="C406" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="D406" t="s">
         <v>35</v>
       </c>
       <c r="F406" t="s">
         <v>36</v>
       </c>
       <c r="G406" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
       <c r="H406" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
       <c r="I406" t="s">
         <v>18</v>
       </c>
       <c r="J406" t="s">
         <v>19</v>
       </c>
       <c r="L406" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="407" spans="1:12">
       <c r="A407">
         <v>10926</v>
       </c>
       <c r="B407" t="s">
         <v>149</v>
       </c>
       <c r="C407" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="D407" t="s">
         <v>14</v>
       </c>
       <c r="E407" t="s">
         <v>754</v>
       </c>
       <c r="G407" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="H407" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="I407" t="s">
         <v>18</v>
       </c>
       <c r="J407" t="s">
         <v>19</v>
       </c>
       <c r="L407" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="408" spans="1:12">
       <c r="A408">
         <v>10927</v>
       </c>
       <c r="B408" t="s">
         <v>279</v>
       </c>
       <c r="C408" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="D408" t="s">
         <v>210</v>
       </c>
       <c r="H408" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="K408" t="s">
         <v>44</v>
       </c>
       <c r="L408" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="409" spans="1:12">
       <c r="A409">
         <v>10928</v>
       </c>
       <c r="B409" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="C409" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
       <c r="D409" t="s">
         <v>161</v>
       </c>
       <c r="F409" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
       <c r="G409" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
       <c r="H409" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="K409" t="s">
         <v>44</v>
       </c>
       <c r="L409" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="410" spans="1:12">
       <c r="A410">
         <v>10929</v>
       </c>
       <c r="B410" t="s">
         <v>352</v>
       </c>
       <c r="C410" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="D410" t="s">
         <v>813</v>
       </c>
       <c r="E410" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="H410" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="I410" t="s">
         <v>552</v>
       </c>
       <c r="J410" t="s">
         <v>19</v>
       </c>
       <c r="L410" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="411" spans="1:12">
       <c r="A411">
         <v>10940</v>
       </c>
       <c r="B411" t="s">
-        <v>1757</v>
+        <v>1759</v>
       </c>
       <c r="C411" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
       <c r="D411" t="s">
         <v>187</v>
       </c>
       <c r="E411" t="s">
-        <v>1758</v>
+        <v>1760</v>
       </c>
       <c r="G411" t="s">
-        <v>1759</v>
+        <v>1761</v>
       </c>
       <c r="H411" t="s">
-        <v>1760</v>
+        <v>1762</v>
       </c>
       <c r="K411" t="s">
         <v>44</v>
       </c>
       <c r="L411" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="412" spans="1:12">
       <c r="A412">
         <v>10941</v>
       </c>
       <c r="B412" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="C412" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
       <c r="D412" t="s">
         <v>813</v>
       </c>
       <c r="E412" t="s">
-        <v>1761</v>
+        <v>1763</v>
       </c>
       <c r="G412" t="s">
-        <v>1762</v>
+        <v>1764</v>
       </c>
       <c r="H412" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
       <c r="K412" t="s">
         <v>44</v>
       </c>
       <c r="L412" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="413" spans="1:12">
       <c r="A413">
         <v>10942</v>
       </c>
       <c r="B413" t="s">
         <v>650</v>
       </c>
       <c r="C413" t="s">
-        <v>1764</v>
+        <v>1766</v>
       </c>
       <c r="D413" t="s">
         <v>199</v>
       </c>
       <c r="E413" t="s">
         <v>112</v>
       </c>
       <c r="G413" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="H413" t="s">
-        <v>1766</v>
+        <v>1768</v>
       </c>
       <c r="I413" t="s">
         <v>760</v>
       </c>
       <c r="J413" t="s">
         <v>19</v>
       </c>
       <c r="L413" t="s">
-        <v>1767</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="414" spans="1:12">
       <c r="A414">
         <v>10943</v>
       </c>
       <c r="B414" t="s">
         <v>142</v>
       </c>
       <c r="C414" t="s">
-        <v>1768</v>
+        <v>1770</v>
       </c>
       <c r="D414" t="s">
         <v>419</v>
       </c>
       <c r="E414" t="s">
         <v>107</v>
       </c>
       <c r="G414" t="s">
-        <v>1769</v>
+        <v>1771</v>
       </c>
       <c r="H414" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
       <c r="K414" t="s">
         <v>44</v>
       </c>
       <c r="L414" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="415" spans="1:12">
       <c r="A415">
         <v>10944</v>
       </c>
       <c r="B415" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
       <c r="C415" t="s">
-        <v>1768</v>
+        <v>1770</v>
       </c>
       <c r="D415" t="s">
         <v>130</v>
       </c>
       <c r="E415" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="G415" t="s">
-        <v>1772</v>
+        <v>1774</v>
       </c>
       <c r="H415" t="s">
-        <v>1773</v>
+        <v>1775</v>
       </c>
       <c r="K415" t="s">
         <v>44</v>
       </c>
       <c r="L415" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="416" spans="1:12">
       <c r="A416">
         <v>10945</v>
       </c>
       <c r="B416" t="s">
         <v>1097</v>
       </c>
       <c r="C416" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="D416" t="s">
         <v>187</v>
       </c>
       <c r="E416" t="s">
-        <v>1758</v>
+        <v>1760</v>
       </c>
       <c r="H416" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="I416" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
       <c r="J416" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
       <c r="L416" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="417" spans="1:12">
       <c r="A417">
         <v>10946</v>
       </c>
       <c r="B417" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="C417" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="D417" t="s">
         <v>193</v>
       </c>
       <c r="E417" t="s">
         <v>1041</v>
       </c>
       <c r="F417" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="G417" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="H417" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="I417" t="s">
         <v>18</v>
       </c>
       <c r="J417" t="s">
         <v>19</v>
       </c>
       <c r="L417" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="418" spans="1:12">
       <c r="A418">
         <v>10947</v>
       </c>
       <c r="B418" t="s">
-        <v>1783</v>
+        <v>1785</v>
       </c>
       <c r="C418" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
       <c r="D418" t="s">
         <v>161</v>
       </c>
       <c r="E418" t="s">
         <v>602</v>
       </c>
       <c r="G418" t="s">
-        <v>1785</v>
+        <v>1787</v>
       </c>
       <c r="H418" t="s">
-        <v>1786</v>
+        <v>1788</v>
       </c>
       <c r="K418" t="s">
         <v>44</v>
       </c>
       <c r="L418" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="419" spans="1:12">
       <c r="A419">
         <v>10948</v>
       </c>
       <c r="B419" t="s">
         <v>305</v>
       </c>
       <c r="C419" t="s">
         <v>547</v>
       </c>
       <c r="D419" t="s">
         <v>193</v>
       </c>
       <c r="E419" t="s">
         <v>936</v>
       </c>
       <c r="F419" t="s">
-        <v>1787</v>
+        <v>1789</v>
       </c>
       <c r="G419" t="s">
-        <v>1788</v>
+        <v>1790</v>
       </c>
       <c r="H419" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
       <c r="K419" t="s">
         <v>44</v>
       </c>
       <c r="L419" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="420" spans="1:12">
       <c r="A420">
         <v>10949</v>
       </c>
       <c r="B420" t="s">
         <v>744</v>
       </c>
       <c r="C420" t="s">
-        <v>1790</v>
+        <v>1792</v>
       </c>
       <c r="D420" t="s">
         <v>161</v>
       </c>
       <c r="E420" t="s">
         <v>793</v>
       </c>
       <c r="F420" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="G420" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="H420" t="s">
-        <v>1792</v>
+        <v>1794</v>
       </c>
       <c r="K420" t="s">
         <v>44</v>
       </c>
       <c r="L420" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="421" spans="1:12">
       <c r="A421">
         <v>10950</v>
       </c>
       <c r="B421" t="s">
-        <v>1793</v>
+        <v>1795</v>
       </c>
       <c r="C421" t="s">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="D421" t="s">
         <v>444</v>
       </c>
       <c r="E421" t="s">
         <v>693</v>
       </c>
       <c r="G421" t="s">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="H421" t="s">
-        <v>1796</v>
+        <v>1798</v>
       </c>
       <c r="K421" t="s">
         <v>44</v>
       </c>
       <c r="L421" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="422" spans="1:12">
       <c r="A422">
         <v>10951</v>
       </c>
       <c r="B422" t="s">
-        <v>1797</v>
+        <v>1799</v>
       </c>
       <c r="C422" t="s">
-        <v>1798</v>
+        <v>1800</v>
       </c>
       <c r="D422" t="s">
         <v>30</v>
       </c>
       <c r="G422" t="s">
-        <v>1799</v>
+        <v>1801</v>
       </c>
       <c r="H422" t="s">
         <v>351</v>
       </c>
       <c r="K422" t="s">
         <v>44</v>
       </c>
       <c r="L422" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="423" spans="1:12">
       <c r="A423">
         <v>10952</v>
       </c>
       <c r="B423" t="s">
         <v>21</v>
       </c>
       <c r="C423" t="s">
-        <v>1800</v>
+        <v>1802</v>
       </c>
       <c r="D423" t="s">
         <v>14</v>
       </c>
       <c r="E423" t="s">
         <v>754</v>
       </c>
       <c r="G423" t="s">
-        <v>1801</v>
+        <v>1803</v>
       </c>
       <c r="H423" t="s">
-        <v>1802</v>
+        <v>1804</v>
       </c>
       <c r="I423" t="s">
         <v>18</v>
       </c>
       <c r="J423" t="s">
         <v>19</v>
       </c>
       <c r="L423" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="424" spans="1:12">
       <c r="A424">
         <v>10953</v>
       </c>
       <c r="B424" t="s">
-        <v>1803</v>
+        <v>1805</v>
       </c>
       <c r="C424" t="s">
-        <v>1804</v>
+        <v>1806</v>
       </c>
       <c r="D424" t="s">
         <v>199</v>
       </c>
       <c r="E424" t="s">
         <v>592</v>
       </c>
       <c r="G424" t="s">
-        <v>1805</v>
+        <v>1807</v>
       </c>
       <c r="H424" t="s">
-        <v>1806</v>
+        <v>1808</v>
       </c>
       <c r="I424" t="s">
         <v>39</v>
       </c>
       <c r="J424" t="s">
         <v>40</v>
       </c>
       <c r="L424" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="425" spans="1:12">
       <c r="A425">
         <v>10955</v>
       </c>
       <c r="B425" t="s">
-        <v>1807</v>
+        <v>1809</v>
       </c>
       <c r="C425" t="s">
-        <v>1808</v>
+        <v>1810</v>
       </c>
       <c r="D425" t="s">
         <v>199</v>
       </c>
       <c r="E425" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="G425" t="s">
-        <v>1809</v>
+        <v>1811</v>
       </c>
       <c r="H425" t="s">
-        <v>1810</v>
+        <v>1812</v>
       </c>
       <c r="K425" t="s">
         <v>44</v>
       </c>
       <c r="L425" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="426" spans="1:12">
       <c r="A426">
         <v>10956</v>
       </c>
       <c r="B426" t="s">
         <v>231</v>
       </c>
       <c r="C426" t="s">
-        <v>1811</v>
+        <v>1813</v>
       </c>
       <c r="D426" t="s">
         <v>419</v>
       </c>
       <c r="E426" t="s">
         <v>79</v>
       </c>
       <c r="G426" t="s">
-        <v>1812</v>
+        <v>1814</v>
       </c>
       <c r="H426" t="s">
-        <v>1813</v>
+        <v>1815</v>
       </c>
       <c r="K426" t="s">
         <v>44</v>
       </c>
       <c r="L426" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="427" spans="1:12">
       <c r="A427">
         <v>10957</v>
       </c>
       <c r="B427" t="s">
         <v>433</v>
       </c>
       <c r="C427" t="s">
-        <v>1814</v>
+        <v>1816</v>
       </c>
       <c r="D427" t="s">
         <v>130</v>
       </c>
       <c r="E427" t="s">
         <v>536</v>
       </c>
       <c r="G427" t="s">
-        <v>1815</v>
+        <v>1817</v>
       </c>
       <c r="H427" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
       <c r="K427" t="s">
         <v>44</v>
       </c>
       <c r="L427" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="428" spans="1:12">
       <c r="A428">
         <v>10958</v>
       </c>
       <c r="B428" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="C428" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
       <c r="D428" t="s">
         <v>419</v>
       </c>
       <c r="E428" t="s">
         <v>440</v>
       </c>
       <c r="G428" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="H428" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="K428" t="s">
         <v>44</v>
       </c>
       <c r="L428" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="429" spans="1:12">
       <c r="A429">
         <v>10959</v>
       </c>
       <c r="B429" t="s">
         <v>222</v>
       </c>
       <c r="C429" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="D429" t="s">
         <v>342</v>
       </c>
       <c r="E429" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="G429" t="s">
-        <v>1823</v>
+        <v>1825</v>
       </c>
       <c r="H429" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="I429" t="s">
-        <v>1825</v>
+        <v>1827</v>
       </c>
       <c r="J429" t="s">
         <v>221</v>
       </c>
       <c r="L429" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="430" spans="1:12">
       <c r="A430">
         <v>10960</v>
       </c>
       <c r="B430" t="s">
         <v>600</v>
       </c>
       <c r="C430" t="s">
-        <v>1826</v>
+        <v>1828</v>
       </c>
       <c r="D430" t="s">
         <v>161</v>
       </c>
       <c r="E430" t="s">
         <v>793</v>
       </c>
       <c r="F430" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="G430" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="H430" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="K430" t="s">
         <v>44</v>
       </c>
       <c r="L430" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="431" spans="1:12">
       <c r="A431">
         <v>10961</v>
       </c>
       <c r="B431" t="s">
         <v>76</v>
       </c>
       <c r="C431" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="D431" t="s">
         <v>14</v>
       </c>
       <c r="E431" t="s">
         <v>973</v>
       </c>
       <c r="G431" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
       <c r="H431" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="I431" t="s">
         <v>512</v>
       </c>
       <c r="J431" t="s">
         <v>19</v>
       </c>
       <c r="L431" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="432" spans="1:12">
       <c r="A432">
         <v>10962</v>
       </c>
       <c r="B432" t="s">
         <v>165</v>
       </c>
       <c r="C432" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="D432" t="s">
         <v>161</v>
       </c>
       <c r="E432" t="s">
         <v>652</v>
       </c>
       <c r="G432" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="H432" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="K432" t="s">
         <v>44</v>
       </c>
       <c r="L432" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="433" spans="1:12">
       <c r="A433">
         <v>10963</v>
       </c>
       <c r="B433" t="s">
         <v>696</v>
       </c>
       <c r="C433" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="D433" t="s">
         <v>130</v>
       </c>
       <c r="E433" t="s">
         <v>112</v>
       </c>
       <c r="G433" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="H433" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="K433" t="s">
         <v>44</v>
       </c>
       <c r="L433" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="434" spans="1:12">
       <c r="A434">
         <v>10964</v>
       </c>
       <c r="B434" t="s">
         <v>587</v>
       </c>
       <c r="C434" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="D434" t="s">
         <v>111</v>
       </c>
       <c r="E434" t="s">
         <v>509</v>
       </c>
       <c r="G434" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
       <c r="H434" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="I434" t="s">
         <v>357</v>
       </c>
       <c r="J434" t="s">
         <v>358</v>
       </c>
       <c r="L434" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="435" spans="1:12">
       <c r="A435">
         <v>10965</v>
       </c>
       <c r="B435" t="s">
         <v>295</v>
       </c>
       <c r="C435" t="s">
-        <v>1842</v>
+        <v>1844</v>
       </c>
       <c r="D435" t="s">
         <v>161</v>
       </c>
       <c r="E435" t="s">
         <v>940</v>
       </c>
       <c r="G435" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
       <c r="H435" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="I435" t="s">
         <v>18</v>
       </c>
       <c r="J435" t="s">
         <v>19</v>
       </c>
       <c r="L435" t="s">
         <v>944</v>
       </c>
     </row>
     <row r="436" spans="1:12">
       <c r="A436">
         <v>10966</v>
       </c>
       <c r="B436" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="C436" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="D436" t="s">
         <v>342</v>
       </c>
       <c r="E436" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="G436" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="H436" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="K436" t="s">
         <v>44</v>
       </c>
       <c r="L436" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="437" spans="1:12">
       <c r="A437">
         <v>10967</v>
       </c>
       <c r="B437" t="s">
         <v>587</v>
       </c>
       <c r="C437" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="D437" t="s">
         <v>199</v>
       </c>
       <c r="E437" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
       <c r="G437" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="H437" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="K437" t="s">
         <v>44</v>
       </c>
       <c r="L437" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="438" spans="1:12">
       <c r="A438">
         <v>10968</v>
       </c>
       <c r="B438" t="s">
         <v>739</v>
       </c>
       <c r="C438" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="D438" t="s">
         <v>315</v>
       </c>
       <c r="E438" t="s">
         <v>112</v>
       </c>
       <c r="G438" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="H438" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="I438" t="s">
         <v>18</v>
       </c>
       <c r="J438" t="s">
         <v>141</v>
       </c>
       <c r="L438" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="439" spans="1:12">
       <c r="A439">
         <v>10969</v>
       </c>
       <c r="B439" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="C439" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="D439" t="s">
         <v>342</v>
       </c>
       <c r="E439" t="s">
         <v>435</v>
       </c>
       <c r="G439" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="H439" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="I439" t="s">
         <v>18</v>
       </c>
       <c r="J439" t="s">
         <v>19</v>
       </c>
       <c r="L439" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="440" spans="1:12">
       <c r="A440">
         <v>10970</v>
       </c>
       <c r="B440" t="s">
         <v>1083</v>
       </c>
       <c r="C440" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="D440" t="s">
         <v>161</v>
       </c>
       <c r="E440" t="s">
         <v>162</v>
       </c>
       <c r="F440" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="G440" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="H440" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="K440" t="s">
         <v>44</v>
       </c>
       <c r="L440" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="441" spans="1:12">
       <c r="A441">
         <v>10971</v>
       </c>
       <c r="B441" t="s">
         <v>94</v>
       </c>
       <c r="C441" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="D441" t="s">
         <v>199</v>
       </c>
       <c r="E441" t="s">
         <v>1346</v>
       </c>
       <c r="G441" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="H441" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="K441" t="s">
         <v>44</v>
       </c>
       <c r="L441" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="442" spans="1:12">
       <c r="A442">
         <v>10972</v>
       </c>
       <c r="B442" t="s">
         <v>340</v>
       </c>
       <c r="C442" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
       <c r="D442" t="s">
         <v>144</v>
       </c>
       <c r="E442" t="s">
         <v>424</v>
       </c>
       <c r="G442" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="H442" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
       <c r="I442" t="s">
         <v>18</v>
       </c>
       <c r="J442" t="s">
         <v>19</v>
       </c>
       <c r="L442" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="443" spans="1:12">
       <c r="A443">
         <v>10973</v>
       </c>
       <c r="B443" t="s">
         <v>46</v>
       </c>
       <c r="C443" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
       <c r="D443" t="s">
         <v>72</v>
       </c>
       <c r="E443" t="s">
         <v>73</v>
       </c>
       <c r="G443" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
       <c r="H443" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
       <c r="K443" t="s">
         <v>44</v>
       </c>
       <c r="L443" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="444" spans="1:12">
       <c r="A444">
         <v>10974</v>
       </c>
       <c r="B444" t="s">
         <v>1305</v>
       </c>
       <c r="C444" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="D444" t="s">
         <v>813</v>
       </c>
       <c r="E444" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="G444" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="H444" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="K444" t="s">
         <v>44</v>
       </c>
       <c r="L444" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="445" spans="1:12">
       <c r="A445">
         <v>10975</v>
       </c>
       <c r="B445" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
       <c r="C445" t="s">
-        <v>1878</v>
+        <v>1880</v>
       </c>
       <c r="D445" t="s">
         <v>193</v>
       </c>
       <c r="E445" t="s">
         <v>361</v>
       </c>
       <c r="G445" t="s">
-        <v>1879</v>
+        <v>1881</v>
       </c>
       <c r="H445" t="s">
-        <v>1880</v>
+        <v>1882</v>
       </c>
       <c r="I445" t="s">
         <v>18</v>
       </c>
       <c r="J445" t="s">
         <v>19</v>
       </c>
       <c r="L445" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="446" spans="1:12">
       <c r="A446">
         <v>10976</v>
       </c>
       <c r="B446" t="s">
         <v>573</v>
       </c>
       <c r="C446" t="s">
-        <v>1881</v>
+        <v>1883</v>
       </c>
       <c r="D446" t="s">
         <v>193</v>
       </c>
       <c r="E446" t="s">
         <v>361</v>
       </c>
       <c r="G446" t="s">
-        <v>1882</v>
+        <v>1884</v>
       </c>
       <c r="H446" t="s">
-        <v>1883</v>
+        <v>1885</v>
       </c>
       <c r="I446" t="s">
         <v>18</v>
       </c>
       <c r="J446" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
       <c r="L446" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="447" spans="1:12">
       <c r="A447">
         <v>10977</v>
       </c>
       <c r="B447" t="s">
         <v>305</v>
       </c>
       <c r="C447" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
       <c r="D447" t="s">
         <v>287</v>
       </c>
       <c r="E447" t="s">
         <v>524</v>
       </c>
       <c r="G447" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
       <c r="H447" t="s">
-        <v>1887</v>
+        <v>1889</v>
       </c>
       <c r="K447" t="s">
         <v>44</v>
       </c>
       <c r="L447" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="448" spans="1:12">
       <c r="A448">
         <v>10978</v>
       </c>
       <c r="B448" t="s">
         <v>185</v>
       </c>
       <c r="C448" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="D448" t="s">
         <v>130</v>
       </c>
       <c r="E448" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="G448" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
       <c r="H448" t="s">
-        <v>1890</v>
+        <v>1892</v>
       </c>
       <c r="K448" t="s">
         <v>44</v>
       </c>
       <c r="L448" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="449" spans="1:12">
       <c r="A449">
         <v>10979</v>
       </c>
       <c r="B449" t="s">
         <v>46</v>
       </c>
       <c r="C449" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
       <c r="D449" t="s">
         <v>161</v>
       </c>
       <c r="E449" t="s">
         <v>602</v>
       </c>
       <c r="G449" t="s">
-        <v>1892</v>
+        <v>1894</v>
       </c>
       <c r="H449" t="s">
-        <v>1893</v>
+        <v>1895</v>
       </c>
       <c r="K449" t="s">
         <v>44</v>
       </c>
       <c r="L449" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="450" spans="1:12">
       <c r="A450">
         <v>10980</v>
       </c>
       <c r="B450" t="s">
         <v>587</v>
       </c>
       <c r="C450" t="s">
-        <v>1894</v>
+        <v>1896</v>
       </c>
       <c r="D450" t="s">
         <v>30</v>
       </c>
       <c r="G450" t="s">
-        <v>1895</v>
+        <v>1897</v>
       </c>
       <c r="H450" t="s">
-        <v>1896</v>
+        <v>1898</v>
       </c>
       <c r="K450" t="s">
         <v>44</v>
       </c>
       <c r="L450" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="451" spans="1:12">
       <c r="A451">
         <v>10981</v>
       </c>
       <c r="B451" t="s">
         <v>94</v>
       </c>
       <c r="C451" t="s">
-        <v>1897</v>
+        <v>1899</v>
       </c>
       <c r="D451" t="s">
         <v>287</v>
       </c>
       <c r="E451" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="G451" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="H451" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="K451" t="s">
         <v>44</v>
       </c>
       <c r="L451" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="452" spans="1:12">
       <c r="A452">
         <v>10982</v>
       </c>
       <c r="B452" t="s">
         <v>197</v>
       </c>
       <c r="C452" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
       <c r="D452" t="s">
         <v>14</v>
       </c>
       <c r="E452" t="s">
         <v>176</v>
       </c>
       <c r="G452" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
       <c r="H452" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
       <c r="K452" t="s">
         <v>44</v>
       </c>
       <c r="L452" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="453" spans="1:12">
       <c r="A453">
         <v>10983</v>
       </c>
       <c r="B453" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
       <c r="C453" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="D453" t="s">
         <v>315</v>
       </c>
       <c r="E453" t="s">
         <v>734</v>
       </c>
       <c r="G453" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
       <c r="H453" t="s">
-        <v>1906</v>
+        <v>1908</v>
       </c>
       <c r="I453" t="s">
         <v>18</v>
       </c>
       <c r="J453" t="s">
         <v>19</v>
       </c>
       <c r="L453" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="454" spans="1:12">
       <c r="A454">
         <v>10984</v>
       </c>
       <c r="B454" t="s">
-        <v>1907</v>
+        <v>1909</v>
       </c>
       <c r="C454" t="s">
-        <v>1908</v>
+        <v>1910</v>
       </c>
       <c r="D454" t="s">
         <v>193</v>
       </c>
       <c r="E454" t="s">
         <v>936</v>
       </c>
       <c r="G454" t="s">
-        <v>1909</v>
+        <v>1911</v>
       </c>
       <c r="H454" t="s">
-        <v>1910</v>
+        <v>1912</v>
       </c>
       <c r="K454" t="s">
         <v>44</v>
       </c>
       <c r="L454" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="455" spans="1:12">
       <c r="A455">
         <v>10985</v>
       </c>
       <c r="B455" t="s">
         <v>170</v>
       </c>
       <c r="C455" t="s">
-        <v>1911</v>
+        <v>1913</v>
       </c>
       <c r="D455" t="s">
         <v>287</v>
       </c>
       <c r="E455" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="G455" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
       <c r="H455" t="s">
-        <v>1913</v>
+        <v>1915</v>
       </c>
       <c r="K455" t="s">
         <v>44</v>
       </c>
       <c r="L455" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="456" spans="1:12">
       <c r="A456">
         <v>10987</v>
       </c>
       <c r="B456" t="s">
         <v>1245</v>
       </c>
       <c r="C456" t="s">
-        <v>1914</v>
+        <v>1916</v>
       </c>
       <c r="D456" t="s">
         <v>14</v>
       </c>
       <c r="E456" t="s">
         <v>176</v>
       </c>
       <c r="G456" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
       <c r="H456" t="s">
-        <v>1916</v>
+        <v>1918</v>
       </c>
       <c r="K456" t="s">
         <v>44</v>
       </c>
       <c r="L456" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="457" spans="1:12">
       <c r="A457">
         <v>10988</v>
       </c>
       <c r="B457" t="s">
-        <v>1917</v>
+        <v>1919</v>
       </c>
       <c r="C457" t="s">
-        <v>1918</v>
+        <v>1920</v>
       </c>
       <c r="D457" t="s">
         <v>161</v>
       </c>
       <c r="E457" t="s">
         <v>793</v>
       </c>
       <c r="F457" t="s">
-        <v>1919</v>
+        <v>1921</v>
       </c>
       <c r="G457" t="s">
-        <v>1920</v>
+        <v>1922</v>
       </c>
       <c r="H457" t="s">
-        <v>1921</v>
+        <v>1923</v>
       </c>
       <c r="K457" t="s">
         <v>44</v>
       </c>
       <c r="L457" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="458" spans="1:12">
       <c r="A458">
         <v>10989</v>
       </c>
       <c r="B458" t="s">
         <v>295</v>
       </c>
       <c r="C458" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="D458" t="s">
         <v>315</v>
       </c>
       <c r="E458" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="G458" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
       <c r="H458" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="I458" t="s">
         <v>18</v>
       </c>
       <c r="J458" t="s">
         <v>19</v>
       </c>
       <c r="L458" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="459" spans="1:12">
       <c r="A459">
         <v>10990</v>
       </c>
       <c r="B459" t="s">
-        <v>1926</v>
+        <v>1928</v>
       </c>
       <c r="C459" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="D459" t="s">
         <v>66</v>
       </c>
       <c r="E459" t="s">
         <v>1236</v>
       </c>
       <c r="G459" t="s">
-        <v>1928</v>
+        <v>1930</v>
       </c>
       <c r="H459" t="s">
-        <v>1929</v>
+        <v>1931</v>
       </c>
       <c r="K459" t="s">
         <v>44</v>
       </c>
       <c r="L459" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="460" spans="1:12">
       <c r="A460">
         <v>10991</v>
       </c>
       <c r="B460" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="C460" t="s">
-        <v>1931</v>
+        <v>1933</v>
       </c>
       <c r="D460" t="s">
         <v>342</v>
       </c>
       <c r="E460" t="s">
         <v>1114</v>
       </c>
       <c r="G460" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
       <c r="H460" t="s">
-        <v>1933</v>
+        <v>1935</v>
       </c>
       <c r="I460" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="J460" t="s">
         <v>221</v>
       </c>
       <c r="L460" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="461" spans="1:12">
       <c r="A461">
         <v>10992</v>
       </c>
       <c r="B461" t="s">
         <v>222</v>
       </c>
       <c r="C461" t="s">
-        <v>1934</v>
+        <v>1936</v>
       </c>
       <c r="D461" t="s">
         <v>187</v>
       </c>
       <c r="E461" t="s">
         <v>630</v>
       </c>
       <c r="G461" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="H461" t="s">
-        <v>1936</v>
+        <v>1938</v>
       </c>
       <c r="K461" t="s">
         <v>44</v>
       </c>
       <c r="L461" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="462" spans="1:12">
       <c r="A462">
         <v>10993</v>
       </c>
       <c r="B462" t="s">
         <v>410</v>
       </c>
       <c r="C462" t="s">
-        <v>1937</v>
+        <v>1939</v>
       </c>
       <c r="D462" t="s">
         <v>342</v>
       </c>
       <c r="E462" t="s">
-        <v>1938</v>
+        <v>1940</v>
       </c>
       <c r="G462" t="s">
-        <v>1939</v>
+        <v>1941</v>
       </c>
       <c r="H462" t="s">
-        <v>1940</v>
+        <v>1942</v>
       </c>
       <c r="I462" t="s">
         <v>18</v>
       </c>
       <c r="J462" t="s">
-        <v>1941</v>
+        <v>1943</v>
       </c>
       <c r="L462" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="463" spans="1:12">
       <c r="A463">
         <v>10994</v>
       </c>
       <c r="B463" t="s">
         <v>600</v>
       </c>
       <c r="C463" t="s">
-        <v>1942</v>
+        <v>1944</v>
       </c>
       <c r="D463" t="s">
         <v>14</v>
       </c>
       <c r="E463" t="s">
         <v>176</v>
       </c>
       <c r="G463" t="s">
-        <v>1943</v>
+        <v>1945</v>
       </c>
       <c r="H463" t="s">
-        <v>1944</v>
+        <v>1946</v>
       </c>
       <c r="K463" t="s">
         <v>44</v>
       </c>
       <c r="L463" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="464" spans="1:12">
       <c r="A464">
         <v>10995</v>
       </c>
       <c r="B464" t="s">
-        <v>1945</v>
+        <v>1947</v>
       </c>
       <c r="C464" t="s">
-        <v>1946</v>
+        <v>1948</v>
       </c>
       <c r="D464" t="s">
         <v>193</v>
       </c>
       <c r="E464" t="s">
         <v>936</v>
       </c>
       <c r="G464" t="s">
-        <v>1947</v>
+        <v>1949</v>
       </c>
       <c r="H464" t="s">
         <v>1032</v>
       </c>
       <c r="I464" t="s">
         <v>18</v>
       </c>
       <c r="J464" t="s">
         <v>19</v>
       </c>
       <c r="L464" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="465" spans="1:12">
       <c r="A465">
         <v>10996</v>
       </c>
       <c r="B465" t="s">
         <v>76</v>
       </c>
       <c r="C465" t="s">
-        <v>1948</v>
+        <v>1950</v>
       </c>
       <c r="D465" t="s">
         <v>161</v>
       </c>
       <c r="E465" t="s">
         <v>918</v>
       </c>
       <c r="G465" t="s">
-        <v>1949</v>
+        <v>1951</v>
       </c>
       <c r="H465" t="s">
-        <v>1950</v>
+        <v>1952</v>
       </c>
       <c r="I465" t="s">
-        <v>1951</v>
+        <v>1953</v>
       </c>
       <c r="J465" t="s">
         <v>19</v>
       </c>
       <c r="L465" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="466" spans="1:12">
       <c r="A466">
         <v>10997</v>
       </c>
       <c r="B466" t="s">
         <v>185</v>
       </c>
       <c r="C466" t="s">
-        <v>1952</v>
+        <v>1954</v>
       </c>
       <c r="D466" t="s">
         <v>130</v>
       </c>
       <c r="E466" t="s">
         <v>597</v>
       </c>
       <c r="G466" t="s">
-        <v>1953</v>
+        <v>1955</v>
       </c>
       <c r="H466" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
       <c r="K466" t="s">
         <v>44</v>
       </c>
       <c r="L466" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="467" spans="1:12">
       <c r="A467">
         <v>10998</v>
       </c>
       <c r="B467" t="s">
         <v>955</v>
       </c>
       <c r="C467" t="s">
-        <v>1955</v>
+        <v>1957</v>
       </c>
       <c r="D467" t="s">
         <v>187</v>
       </c>
       <c r="E467" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
       <c r="G467" t="s">
-        <v>1957</v>
+        <v>1959</v>
       </c>
       <c r="H467" t="s">
-        <v>1958</v>
+        <v>1960</v>
       </c>
       <c r="K467" t="s">
         <v>44</v>
       </c>
       <c r="L467" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="468" spans="1:12">
       <c r="A468">
         <v>10999</v>
       </c>
       <c r="B468" t="s">
         <v>295</v>
       </c>
       <c r="C468" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
       <c r="D468" t="s">
         <v>287</v>
       </c>
       <c r="E468" t="s">
         <v>639</v>
       </c>
       <c r="G468" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
       <c r="H468" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
       <c r="K468" t="s">
         <v>44</v>
       </c>
       <c r="L468" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="469" spans="1:12">
       <c r="A469">
         <v>11000</v>
       </c>
       <c r="B469" t="s">
-        <v>1962</v>
+        <v>1964</v>
       </c>
       <c r="C469" t="s">
-        <v>1963</v>
+        <v>1965</v>
       </c>
       <c r="D469" t="s">
         <v>161</v>
       </c>
       <c r="E469" t="s">
         <v>570</v>
       </c>
       <c r="G469" t="s">
-        <v>1964</v>
+        <v>1966</v>
       </c>
       <c r="H469" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
       <c r="K469" t="s">
         <v>44</v>
       </c>
       <c r="L469" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="470" spans="1:12">
       <c r="A470">
         <v>11001</v>
       </c>
       <c r="B470" t="s">
         <v>21</v>
       </c>
       <c r="C470" t="s">
-        <v>1966</v>
+        <v>1968</v>
       </c>
       <c r="D470" t="s">
         <v>287</v>
       </c>
       <c r="E470" t="s">
-        <v>1683</v>
+        <v>1685</v>
       </c>
       <c r="G470" t="s">
-        <v>1967</v>
+        <v>1969</v>
       </c>
       <c r="H470" t="s">
-        <v>1968</v>
+        <v>1970</v>
       </c>
       <c r="K470" t="s">
         <v>44</v>
       </c>
       <c r="L470" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="471" spans="1:12">
       <c r="A471">
         <v>11002</v>
       </c>
       <c r="B471" t="s">
-        <v>1969</v>
+        <v>1971</v>
       </c>
       <c r="C471" t="s">
-        <v>1966</v>
+        <v>1968</v>
       </c>
       <c r="D471" t="s">
         <v>130</v>
       </c>
       <c r="E471" t="s">
         <v>851</v>
       </c>
       <c r="G471" t="s">
-        <v>1970</v>
+        <v>1972</v>
       </c>
       <c r="H471" t="s">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="K471" t="s">
         <v>44</v>
       </c>
       <c r="L471" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="472" spans="1:12">
       <c r="A472">
         <v>11003</v>
       </c>
       <c r="B472" t="s">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="C472" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="D472" t="s">
         <v>199</v>
       </c>
       <c r="F472" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="G472" t="s">
-        <v>1975</v>
+        <v>1977</v>
       </c>
       <c r="H472" t="s">
-        <v>1976</v>
+        <v>1978</v>
       </c>
       <c r="K472" t="s">
         <v>44</v>
       </c>
       <c r="L472" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="473" spans="1:12">
       <c r="A473">
         <v>11004</v>
       </c>
       <c r="B473" t="s">
         <v>875</v>
       </c>
       <c r="C473" t="s">
-        <v>1977</v>
+        <v>1979</v>
       </c>
       <c r="D473" t="s">
         <v>161</v>
       </c>
       <c r="E473" t="s">
         <v>137</v>
       </c>
       <c r="G473" t="s">
-        <v>1978</v>
+        <v>1980</v>
       </c>
       <c r="H473" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
       <c r="I473" t="s">
         <v>140</v>
       </c>
       <c r="J473" t="s">
         <v>141</v>
       </c>
       <c r="L473" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="474" spans="1:12">
       <c r="A474">
         <v>11005</v>
       </c>
       <c r="B474" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="C474" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
       <c r="D474" t="s">
         <v>813</v>
       </c>
       <c r="E474" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="G474" t="s">
-        <v>1981</v>
+        <v>1983</v>
       </c>
       <c r="H474" t="s">
-        <v>1982</v>
+        <v>1984</v>
       </c>
       <c r="K474" t="s">
         <v>44</v>
       </c>
       <c r="L474" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="475" spans="1:12">
       <c r="A475">
         <v>11006</v>
       </c>
       <c r="B475" t="s">
         <v>650</v>
       </c>
       <c r="C475" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
       <c r="D475" t="s">
         <v>161</v>
       </c>
       <c r="E475" t="s">
         <v>570</v>
       </c>
       <c r="G475" t="s">
-        <v>1984</v>
+        <v>1986</v>
       </c>
       <c r="H475" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="K475" t="s">
         <v>44</v>
       </c>
       <c r="L475" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="476" spans="1:12">
       <c r="A476">
         <v>11007</v>
       </c>
       <c r="B476" t="s">
-        <v>1986</v>
+        <v>1988</v>
       </c>
       <c r="C476" t="s">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="D476" t="s">
         <v>287</v>
       </c>
       <c r="E476" t="s">
         <v>112</v>
       </c>
       <c r="G476" t="s">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="H476" t="s">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="K476" t="s">
         <v>44</v>
       </c>
       <c r="L476" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="477" spans="1:12">
       <c r="A477">
         <v>11008</v>
       </c>
       <c r="B477" t="s">
         <v>231</v>
       </c>
       <c r="C477" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="D477" t="s">
         <v>161</v>
       </c>
       <c r="E477" t="s">
         <v>652</v>
       </c>
       <c r="G477" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="H477" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="I477" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="J477" t="s">
         <v>19</v>
       </c>
       <c r="L477" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="478" spans="1:12">
       <c r="A478">
         <v>11009</v>
       </c>
       <c r="B478" t="s">
         <v>438</v>
       </c>
       <c r="C478" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="D478" t="s">
         <v>23</v>
       </c>
       <c r="E478" t="s">
         <v>865</v>
       </c>
       <c r="G478" t="s">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="H478" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="I478" t="s">
         <v>18</v>
       </c>
       <c r="J478" t="s">
         <v>19</v>
       </c>
       <c r="L478" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="479" spans="1:12">
       <c r="A479">
         <v>11010</v>
       </c>
       <c r="B479" t="s">
         <v>438</v>
       </c>
       <c r="C479" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="D479" t="s">
         <v>287</v>
       </c>
       <c r="E479" t="s">
         <v>112</v>
       </c>
       <c r="G479" t="s">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="H479" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="K479" t="s">
         <v>44</v>
       </c>
       <c r="L479" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="480" spans="1:12">
       <c r="A480">
         <v>11011</v>
       </c>
       <c r="B480" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="C480" t="s">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="D480" t="s">
         <v>14</v>
       </c>
       <c r="E480" t="s">
         <v>167</v>
       </c>
       <c r="G480" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="H480" t="s">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="I480" t="s">
         <v>512</v>
       </c>
       <c r="J480" t="s">
         <v>19</v>
       </c>
       <c r="L480" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="481" spans="1:12">
       <c r="A481">
         <v>11012</v>
       </c>
       <c r="B481" t="s">
         <v>1136</v>
       </c>
       <c r="C481" t="s">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="D481" t="s">
         <v>813</v>
       </c>
       <c r="E481" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="G481" t="s">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="H481" t="s">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="K481" t="s">
         <v>44</v>
       </c>
       <c r="L481" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="482" spans="1:12">
       <c r="A482">
         <v>11013</v>
       </c>
       <c r="B482" t="s">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="C482" t="s">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="D482" t="s">
         <v>72</v>
       </c>
       <c r="E482" t="s">
         <v>73</v>
       </c>
       <c r="G482" t="s">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="H482" t="s">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="K482" t="s">
         <v>44</v>
       </c>
       <c r="L482" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="483" spans="1:12">
       <c r="A483">
         <v>11014</v>
       </c>
       <c r="B483" t="s">
         <v>898</v>
       </c>
       <c r="C483" t="s">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="D483" t="s">
         <v>419</v>
       </c>
       <c r="E483" t="s">
         <v>1146</v>
       </c>
       <c r="G483" t="s">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="H483" t="s">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="K483" t="s">
         <v>44</v>
       </c>
       <c r="L483" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="484" spans="1:12">
       <c r="A484">
         <v>11015</v>
       </c>
       <c r="B484" t="s">
         <v>1136</v>
       </c>
       <c r="C484" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="D484" t="s">
         <v>161</v>
       </c>
       <c r="E484" t="s">
         <v>1200</v>
       </c>
       <c r="G484" t="s">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="H484" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="I484" t="s">
         <v>943</v>
       </c>
       <c r="J484" t="s">
         <v>1203</v>
       </c>
       <c r="L484" t="s">
         <v>1204</v>
       </c>
     </row>
     <row r="485" spans="1:12">
       <c r="A485">
         <v>11016</v>
       </c>
       <c r="B485" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C485" t="s">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="D485" t="s">
         <v>130</v>
       </c>
       <c r="E485" t="s">
         <v>597</v>
       </c>
       <c r="G485" t="s">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H485" t="s">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="K485" t="s">
         <v>44</v>
       </c>
       <c r="L485" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="486" spans="1:12">
       <c r="A486">
         <v>11017</v>
       </c>
       <c r="B486" t="s">
         <v>1327</v>
       </c>
       <c r="C486" t="s">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="D486" t="s">
         <v>14</v>
       </c>
       <c r="E486" t="s">
         <v>952</v>
       </c>
       <c r="G486" t="s">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="H486" t="s">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="I486" t="s">
         <v>18</v>
       </c>
       <c r="J486" t="s">
         <v>19</v>
       </c>
       <c r="L486" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="487" spans="1:12">
       <c r="A487">
         <v>11018</v>
       </c>
       <c r="B487" t="s">
         <v>41</v>
       </c>
       <c r="C487" t="s">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="D487" t="s">
         <v>342</v>
       </c>
       <c r="E487" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="G487" t="s">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="H487" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="K487" t="s">
         <v>44</v>
       </c>
       <c r="L487" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="488" spans="1:12">
       <c r="A488">
         <v>11019</v>
       </c>
       <c r="B488" t="s">
         <v>891</v>
       </c>
       <c r="C488" t="s">
-        <v>2026</v>
+        <v>2028</v>
       </c>
       <c r="D488" t="s">
         <v>161</v>
       </c>
       <c r="E488" t="s">
-        <v>2027</v>
+        <v>2029</v>
       </c>
       <c r="F488" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
       <c r="G488" t="s">
-        <v>2029</v>
+        <v>2031</v>
       </c>
       <c r="H488" t="s">
-        <v>2030</v>
+        <v>2032</v>
       </c>
       <c r="K488" t="s">
         <v>44</v>
       </c>
       <c r="L488" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="489" spans="1:12">
       <c r="A489">
         <v>11020</v>
       </c>
       <c r="B489" t="s">
         <v>891</v>
       </c>
       <c r="C489" t="s">
-        <v>2031</v>
+        <v>2033</v>
       </c>
       <c r="D489" t="s">
         <v>23</v>
       </c>
       <c r="E489" t="s">
         <v>181</v>
       </c>
       <c r="F489" t="s">
         <v>217</v>
       </c>
       <c r="G489" t="s">
-        <v>2032</v>
+        <v>2034</v>
       </c>
       <c r="H489" t="s">
-        <v>2033</v>
+        <v>2035</v>
       </c>
       <c r="K489" t="s">
         <v>44</v>
       </c>
       <c r="L489" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="490" spans="1:12">
       <c r="A490">
         <v>11021</v>
       </c>
       <c r="B490" t="s">
         <v>950</v>
       </c>
       <c r="C490" t="s">
-        <v>2034</v>
+        <v>2036</v>
       </c>
       <c r="D490" t="s">
         <v>444</v>
       </c>
       <c r="E490" t="s">
-        <v>2035</v>
+        <v>2037</v>
       </c>
       <c r="G490" t="s">
-        <v>2036</v>
+        <v>2038</v>
       </c>
       <c r="H490" t="s">
-        <v>2037</v>
+        <v>2039</v>
       </c>
       <c r="K490" t="s">
         <v>44</v>
       </c>
       <c r="L490" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="491" spans="1:12">
       <c r="A491">
         <v>11022</v>
       </c>
       <c r="B491" t="s">
         <v>313</v>
       </c>
       <c r="C491" t="s">
-        <v>2038</v>
+        <v>2040</v>
       </c>
       <c r="D491" t="s">
         <v>199</v>
       </c>
       <c r="E491" t="s">
         <v>412</v>
       </c>
       <c r="G491" t="s">
-        <v>2039</v>
+        <v>2041</v>
       </c>
       <c r="H491" t="s">
-        <v>2040</v>
+        <v>2042</v>
       </c>
       <c r="I491" t="s">
         <v>18</v>
       </c>
       <c r="J491" t="s">
         <v>19</v>
       </c>
       <c r="L491" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="492" spans="1:12">
       <c r="A492">
         <v>11023</v>
       </c>
       <c r="B492" t="s">
         <v>417</v>
       </c>
       <c r="C492" t="s">
-        <v>2041</v>
+        <v>2043</v>
       </c>
       <c r="D492" t="s">
         <v>199</v>
       </c>
       <c r="E492" t="s">
         <v>1346</v>
       </c>
       <c r="G492" t="s">
-        <v>2042</v>
+        <v>2044</v>
       </c>
       <c r="H492" t="s">
-        <v>2043</v>
+        <v>2045</v>
       </c>
       <c r="K492" t="s">
         <v>44</v>
       </c>
       <c r="L492" t="s">
-        <v>1326</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="493" spans="1:12">
       <c r="A493">
         <v>11024</v>
       </c>
       <c r="B493" t="s">
         <v>1305</v>
       </c>
       <c r="C493" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="D493" t="s">
         <v>193</v>
       </c>
       <c r="E493" t="s">
         <v>52</v>
       </c>
       <c r="G493" t="s">
-        <v>2045</v>
+        <v>2048</v>
       </c>
       <c r="H493" t="s">
-        <v>2046</v>
+        <v>2049</v>
       </c>
       <c r="K493" t="s">
         <v>44</v>
       </c>
       <c r="L493" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="494" spans="1:12">
       <c r="A494">
         <v>11025</v>
       </c>
       <c r="B494" t="s">
         <v>1097</v>
       </c>
       <c r="C494" t="s">
-        <v>2047</v>
+        <v>2050</v>
       </c>
       <c r="D494" t="s">
         <v>130</v>
       </c>
       <c r="E494" t="s">
         <v>257</v>
       </c>
       <c r="G494" t="s">
-        <v>2048</v>
+        <v>2051</v>
       </c>
       <c r="H494" t="s">
-        <v>2049</v>
+        <v>2052</v>
       </c>
       <c r="K494" t="s">
         <v>44</v>
       </c>
       <c r="L494" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="495" spans="1:12">
       <c r="A495">
         <v>11026</v>
       </c>
       <c r="B495" t="s">
-        <v>2050</v>
+        <v>2053</v>
       </c>
       <c r="C495" t="s">
-        <v>2051</v>
+        <v>2054</v>
       </c>
       <c r="D495" t="s">
         <v>210</v>
       </c>
       <c r="E495" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="G495" t="s">
-        <v>2052</v>
+        <v>2055</v>
       </c>
       <c r="H495" t="s">
-        <v>2053</v>
+        <v>2056</v>
       </c>
       <c r="K495" t="s">
         <v>44</v>
       </c>
       <c r="L495" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="496" spans="1:12">
       <c r="A496">
         <v>11028</v>
       </c>
       <c r="B496" t="s">
         <v>334</v>
       </c>
       <c r="C496" t="s">
-        <v>2054</v>
+        <v>2057</v>
       </c>
       <c r="D496" t="s">
-        <v>2055</v>
+        <v>2058</v>
       </c>
       <c r="E496" t="s">
-        <v>2056</v>
+        <v>2059</v>
+      </c>
+      <c r="G496" t="s">
+        <v>2060</v>
       </c>
       <c r="H496" t="s">
-        <v>2057</v>
+        <v>2061</v>
       </c>
       <c r="I496" t="s">
         <v>760</v>
       </c>
       <c r="J496" t="s">
         <v>19</v>
       </c>
       <c r="L496" t="s">
-        <v>880</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="497" spans="1:12">
       <c r="A497">
         <v>11071</v>
       </c>
       <c r="B497" t="s">
-        <v>2058</v>
+        <v>2062</v>
       </c>
       <c r="C497" t="s">
-        <v>2059</v>
+        <v>2063</v>
       </c>
       <c r="D497" t="s">
-        <v>2060</v>
+        <v>2064</v>
       </c>
       <c r="G497" t="s">
-        <v>2061</v>
+        <v>2065</v>
       </c>
       <c r="H497" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="I497" t="s">
         <v>220</v>
       </c>
       <c r="J497" t="s">
         <v>358</v>
       </c>
       <c r="L497" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="498" spans="1:12">
       <c r="A498">
         <v>11072</v>
       </c>
       <c r="B498" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="C498" t="s">
-        <v>2064</v>
+        <v>2068</v>
       </c>
       <c r="D498" t="s">
         <v>199</v>
       </c>
       <c r="E498" t="s">
         <v>112</v>
       </c>
       <c r="G498" t="s">
-        <v>2065</v>
+        <v>2069</v>
       </c>
       <c r="H498" t="s">
-        <v>2066</v>
+        <v>2070</v>
       </c>
       <c r="I498" t="s">
         <v>760</v>
       </c>
       <c r="J498" t="s">
         <v>19</v>
       </c>
       <c r="L498" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="499" spans="1:12">
       <c r="A499">
         <v>11098</v>
       </c>
       <c r="B499" t="s">
         <v>811</v>
       </c>
       <c r="C499" t="s">
-        <v>2067</v>
+        <v>2071</v>
       </c>
       <c r="D499" t="s">
         <v>187</v>
       </c>
       <c r="E499" t="s">
         <v>188</v>
       </c>
       <c r="G499" t="s">
-        <v>2068</v>
+        <v>2072</v>
       </c>
       <c r="H499" t="s">
-        <v>2069</v>
+        <v>2073</v>
       </c>
       <c r="I499" t="s">
         <v>18</v>
       </c>
       <c r="J499" t="s">
         <v>19</v>
       </c>
       <c r="L499" t="s">
-        <v>1767</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="500" spans="1:12">
       <c r="A500">
         <v>11136</v>
       </c>
       <c r="B500" t="s">
         <v>811</v>
       </c>
       <c r="C500" t="s">
-        <v>2070</v>
+        <v>2074</v>
       </c>
       <c r="D500" t="s">
         <v>199</v>
       </c>
       <c r="E500" t="s">
         <v>282</v>
       </c>
       <c r="G500" t="s">
-        <v>2071</v>
+        <v>2075</v>
       </c>
       <c r="H500" t="s">
-        <v>2072</v>
+        <v>2076</v>
       </c>
       <c r="I500" t="s">
         <v>760</v>
       </c>
       <c r="J500" t="s">
         <v>19</v>
       </c>
       <c r="L500" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="501" spans="1:12">
       <c r="A501">
         <v>11158</v>
       </c>
       <c r="B501" t="s">
         <v>305</v>
       </c>
       <c r="C501" t="s">
-        <v>2073</v>
+        <v>2077</v>
       </c>
       <c r="D501" t="s">
         <v>130</v>
       </c>
       <c r="E501" t="s">
         <v>257</v>
       </c>
       <c r="G501" t="s">
-        <v>2074</v>
+        <v>2078</v>
       </c>
       <c r="H501" t="s">
-        <v>2075</v>
+        <v>2079</v>
       </c>
       <c r="I501" t="s">
         <v>115</v>
       </c>
       <c r="J501" t="s">
         <v>19</v>
       </c>
       <c r="L501" t="s">
-        <v>2076</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="502" spans="1:12">
       <c r="A502">
         <v>11521</v>
       </c>
       <c r="B502" t="s">
         <v>539</v>
       </c>
       <c r="C502" t="s">
-        <v>2077</v>
+        <v>2081</v>
       </c>
       <c r="D502" t="s">
         <v>419</v>
       </c>
       <c r="E502" t="s">
         <v>79</v>
       </c>
       <c r="H502" t="s">
-        <v>2078</v>
+        <v>2082</v>
       </c>
       <c r="I502" t="s">
         <v>760</v>
       </c>
       <c r="J502" t="s">
         <v>19</v>
       </c>
       <c r="L502" t="s">
-        <v>2079</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="503" spans="1:12">
       <c r="A503">
         <v>11522</v>
       </c>
       <c r="B503" t="s">
         <v>410</v>
       </c>
       <c r="C503" t="s">
-        <v>2080</v>
+        <v>2084</v>
       </c>
       <c r="D503" t="s">
         <v>419</v>
       </c>
       <c r="E503" t="s">
         <v>79</v>
       </c>
       <c r="H503" t="s">
-        <v>2081</v>
+        <v>2085</v>
       </c>
       <c r="I503" t="s">
-        <v>760</v>
+        <v>2086</v>
       </c>
       <c r="J503" t="s">
-        <v>19</v>
+        <v>221</v>
       </c>
       <c r="L503" t="s">
-        <v>2079</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="504" spans="1:12">
       <c r="A504">
         <v>11523</v>
       </c>
       <c r="B504" t="s">
         <v>1239</v>
       </c>
       <c r="C504" t="s">
-        <v>2082</v>
+        <v>2088</v>
       </c>
       <c r="D504" t="s">
         <v>419</v>
       </c>
       <c r="E504" t="s">
         <v>112</v>
       </c>
       <c r="G504" t="s">
-        <v>2083</v>
+        <v>2089</v>
       </c>
       <c r="H504" t="s">
-        <v>2084</v>
+        <v>2090</v>
       </c>
       <c r="I504" t="s">
-        <v>2085</v>
+        <v>2091</v>
       </c>
       <c r="J504" t="s">
         <v>19</v>
       </c>
       <c r="L504" t="s">
-        <v>2086</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="505" spans="1:12">
       <c r="A505">
         <v>11630</v>
       </c>
       <c r="B505" t="s">
         <v>76</v>
       </c>
       <c r="C505" t="s">
-        <v>2087</v>
+        <v>2093</v>
       </c>
       <c r="D505" t="s">
         <v>161</v>
       </c>
       <c r="E505" t="s">
         <v>940</v>
       </c>
       <c r="H505" t="s">
-        <v>2088</v>
+        <v>2094</v>
       </c>
       <c r="I505" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="J505" t="s">
         <v>19</v>
       </c>
       <c r="L505" t="s">
         <v>944</v>
       </c>
     </row>
     <row r="506" spans="1:12">
       <c r="A506">
         <v>11733</v>
       </c>
       <c r="B506" t="s">
-        <v>2089</v>
+        <v>2095</v>
       </c>
       <c r="C506" t="s">
         <v>1226</v>
       </c>
       <c r="D506" t="s">
         <v>419</v>
       </c>
       <c r="E506" t="s">
         <v>107</v>
       </c>
       <c r="H506" t="s">
-        <v>2090</v>
+        <v>2096</v>
       </c>
       <c r="I506" t="s">
-        <v>2091</v>
+        <v>2097</v>
       </c>
       <c r="J506" t="s">
         <v>221</v>
       </c>
       <c r="L506" t="s">
-        <v>2092</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="507" spans="1:12">
       <c r="A507">
         <v>11734</v>
       </c>
       <c r="B507" t="s">
-        <v>2093</v>
+        <v>2099</v>
       </c>
       <c r="C507" t="s">
-        <v>2094</v>
+        <v>2100</v>
       </c>
       <c r="D507" t="s">
         <v>419</v>
       </c>
       <c r="E507" t="s">
         <v>107</v>
       </c>
       <c r="H507" t="s">
-        <v>2095</v>
+        <v>2101</v>
       </c>
       <c r="I507" t="s">
-        <v>2091</v>
+        <v>2097</v>
       </c>
       <c r="J507" t="s">
         <v>221</v>
       </c>
       <c r="L507" t="s">
-        <v>2092</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="508" spans="1:12">
       <c r="A508">
         <v>11735</v>
       </c>
       <c r="B508" t="s">
         <v>76</v>
       </c>
       <c r="C508" t="s">
-        <v>2096</v>
+        <v>2102</v>
       </c>
       <c r="D508" t="s">
         <v>419</v>
       </c>
       <c r="E508" t="s">
         <v>107</v>
       </c>
       <c r="H508" t="s">
+        <v>2103</v>
+      </c>
+      <c r="I508" t="s">
         <v>2097</v>
-      </c>
-[...1 lines deleted...]
-        <v>2091</v>
       </c>
       <c r="J508" t="s">
         <v>221</v>
       </c>
       <c r="L508" t="s">
-        <v>2092</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="509" spans="1:12">
       <c r="A509">
         <v>11736</v>
       </c>
       <c r="B509" t="s">
         <v>433</v>
       </c>
       <c r="C509" t="s">
-        <v>2098</v>
+        <v>2104</v>
       </c>
       <c r="D509" t="s">
         <v>419</v>
       </c>
       <c r="E509" t="s">
         <v>107</v>
       </c>
       <c r="H509" t="s">
-        <v>2099</v>
+        <v>2105</v>
       </c>
       <c r="I509" t="s">
-        <v>2091</v>
+        <v>2097</v>
       </c>
       <c r="J509" t="s">
         <v>221</v>
       </c>
       <c r="L509" t="s">
-        <v>2092</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="510" spans="1:12">
       <c r="A510">
         <v>11737</v>
       </c>
       <c r="B510" t="s">
         <v>655</v>
       </c>
       <c r="C510" t="s">
-        <v>2100</v>
+        <v>2106</v>
       </c>
       <c r="D510" t="s">
         <v>419</v>
       </c>
       <c r="E510" t="s">
         <v>107</v>
       </c>
       <c r="H510" t="s">
-        <v>2101</v>
+        <v>2107</v>
       </c>
       <c r="I510" t="s">
-        <v>2091</v>
+        <v>2097</v>
       </c>
       <c r="J510" t="s">
         <v>221</v>
       </c>
       <c r="L510" t="s">
-        <v>2092</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="511" spans="1:12">
       <c r="A511">
         <v>11738</v>
       </c>
       <c r="B511" t="s">
-        <v>2102</v>
+        <v>2108</v>
       </c>
       <c r="C511" t="s">
-        <v>2103</v>
+        <v>2109</v>
       </c>
       <c r="D511" t="s">
         <v>419</v>
       </c>
       <c r="E511" t="s">
         <v>107</v>
       </c>
       <c r="H511" t="s">
-        <v>2104</v>
+        <v>2110</v>
       </c>
       <c r="I511" t="s">
-        <v>2091</v>
+        <v>2097</v>
       </c>
       <c r="J511" t="s">
         <v>221</v>
       </c>
       <c r="L511" t="s">
-        <v>2092</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="512" spans="1:12">
       <c r="A512">
         <v>11739</v>
       </c>
       <c r="B512" t="s">
-        <v>2105</v>
+        <v>2111</v>
       </c>
       <c r="C512" t="s">
-        <v>2106</v>
+        <v>2112</v>
       </c>
       <c r="D512" t="s">
         <v>419</v>
       </c>
       <c r="E512" t="s">
         <v>107</v>
       </c>
       <c r="H512" t="s">
-        <v>2107</v>
+        <v>2113</v>
       </c>
       <c r="I512" t="s">
-        <v>2091</v>
+        <v>2097</v>
       </c>
       <c r="J512" t="s">
         <v>221</v>
       </c>
       <c r="L512" t="s">
-        <v>2092</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="513" spans="1:12">
       <c r="A513">
         <v>11740</v>
       </c>
       <c r="B513" t="s">
-        <v>2108</v>
+        <v>2114</v>
       </c>
       <c r="C513" t="s">
-        <v>2109</v>
+        <v>2115</v>
       </c>
       <c r="D513" t="s">
         <v>419</v>
       </c>
       <c r="E513" t="s">
         <v>107</v>
       </c>
       <c r="H513" t="s">
-        <v>2110</v>
+        <v>2116</v>
       </c>
       <c r="I513" t="s">
-        <v>2091</v>
+        <v>2097</v>
       </c>
       <c r="J513" t="s">
         <v>221</v>
       </c>
       <c r="L513" t="s">
-        <v>2092</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="514" spans="1:12">
       <c r="A514">
         <v>11741</v>
       </c>
       <c r="B514" t="s">
         <v>909</v>
       </c>
       <c r="C514" t="s">
-        <v>2111</v>
+        <v>2117</v>
       </c>
       <c r="D514" t="s">
         <v>419</v>
       </c>
       <c r="E514" t="s">
         <v>107</v>
       </c>
       <c r="H514" t="s">
-        <v>2112</v>
+        <v>2118</v>
       </c>
       <c r="I514" t="s">
-        <v>2091</v>
+        <v>2097</v>
       </c>
       <c r="J514" t="s">
         <v>221</v>
       </c>
       <c r="L514" t="s">
-        <v>2092</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="515" spans="1:12">
       <c r="A515">
         <v>11742</v>
       </c>
       <c r="B515" t="s">
         <v>165</v>
       </c>
       <c r="C515" t="s">
-        <v>2113</v>
+        <v>2119</v>
       </c>
       <c r="D515" t="s">
         <v>419</v>
       </c>
       <c r="E515" t="s">
         <v>107</v>
       </c>
       <c r="H515" t="s">
-        <v>2114</v>
+        <v>2120</v>
       </c>
       <c r="I515" t="s">
-        <v>2091</v>
+        <v>2097</v>
       </c>
       <c r="J515" t="s">
         <v>221</v>
       </c>
       <c r="L515" t="s">
-        <v>2092</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="516" spans="1:12">
       <c r="A516">
         <v>11743</v>
       </c>
       <c r="B516" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C516" t="s">
-        <v>2115</v>
+        <v>2121</v>
       </c>
       <c r="D516" t="s">
         <v>419</v>
       </c>
       <c r="E516" t="s">
         <v>107</v>
       </c>
       <c r="H516" t="s">
-        <v>2116</v>
+        <v>2122</v>
       </c>
       <c r="I516" t="s">
-        <v>2091</v>
+        <v>2097</v>
       </c>
       <c r="J516" t="s">
         <v>221</v>
       </c>
       <c r="L516" t="s">
-        <v>2092</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="517" spans="1:12">
       <c r="A517">
         <v>11746</v>
       </c>
       <c r="B517" t="s">
         <v>250</v>
       </c>
       <c r="C517" t="s">
-        <v>2117</v>
+        <v>2123</v>
       </c>
       <c r="D517" t="s">
         <v>419</v>
       </c>
       <c r="E517" t="s">
         <v>107</v>
       </c>
       <c r="H517" t="s">
-        <v>2118</v>
+        <v>2124</v>
       </c>
       <c r="I517" t="s">
-        <v>2091</v>
+        <v>2097</v>
       </c>
       <c r="J517" t="s">
         <v>221</v>
       </c>
       <c r="L517" t="s">
-        <v>2092</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="518" spans="1:12">
       <c r="A518">
         <v>11803</v>
       </c>
       <c r="B518" t="s">
         <v>21</v>
       </c>
       <c r="C518" t="s">
-        <v>2119</v>
+        <v>2125</v>
       </c>
       <c r="D518" t="s">
         <v>419</v>
       </c>
       <c r="E518" t="s">
         <v>107</v>
       </c>
       <c r="H518" t="s">
-        <v>2120</v>
+        <v>2126</v>
       </c>
       <c r="I518" t="s">
-        <v>2121</v>
+        <v>2127</v>
       </c>
       <c r="J518" t="s">
         <v>221</v>
       </c>
       <c r="L518" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="519" spans="1:12">
       <c r="A519">
         <v>11804</v>
       </c>
       <c r="B519" t="s">
         <v>279</v>
       </c>
       <c r="C519" t="s">
-        <v>2122</v>
+        <v>2128</v>
       </c>
       <c r="D519" t="s">
         <v>419</v>
       </c>
       <c r="E519" t="s">
         <v>107</v>
       </c>
       <c r="H519" t="s">
-        <v>2123</v>
+        <v>2129</v>
       </c>
       <c r="I519" t="s">
-        <v>2121</v>
+        <v>2127</v>
       </c>
       <c r="J519" t="s">
         <v>221</v>
       </c>
       <c r="L519" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="520" spans="1:12">
       <c r="A520">
         <v>11805</v>
       </c>
       <c r="B520" t="s">
         <v>265</v>
       </c>
       <c r="C520" t="s">
-        <v>2124</v>
+        <v>2130</v>
       </c>
       <c r="D520" t="s">
         <v>419</v>
       </c>
       <c r="E520" t="s">
         <v>107</v>
       </c>
       <c r="H520" t="s">
-        <v>2125</v>
+        <v>2131</v>
       </c>
       <c r="I520" t="s">
-        <v>2121</v>
+        <v>2127</v>
       </c>
       <c r="J520" t="s">
         <v>221</v>
       </c>
       <c r="L520" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="521" spans="1:12">
       <c r="A521">
         <v>11806</v>
       </c>
       <c r="B521" t="s">
-        <v>2126</v>
+        <v>2132</v>
       </c>
       <c r="C521" t="s">
         <v>547</v>
       </c>
       <c r="D521" t="s">
         <v>419</v>
       </c>
       <c r="E521" t="s">
         <v>107</v>
       </c>
       <c r="H521" t="s">
+        <v>2133</v>
+      </c>
+      <c r="I521" t="s">
         <v>2127</v>
-      </c>
-[...1 lines deleted...]
-        <v>2121</v>
       </c>
       <c r="J521" t="s">
         <v>221</v>
       </c>
       <c r="L521" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="522" spans="1:12">
       <c r="A522">
         <v>11807</v>
       </c>
       <c r="B522" t="s">
         <v>891</v>
       </c>
       <c r="C522" t="s">
-        <v>2128</v>
+        <v>2134</v>
       </c>
       <c r="D522" t="s">
         <v>419</v>
       </c>
       <c r="E522" t="s">
         <v>107</v>
       </c>
       <c r="H522" t="s">
-        <v>2129</v>
+        <v>2135</v>
       </c>
       <c r="I522" t="s">
-        <v>2121</v>
+        <v>2127</v>
       </c>
       <c r="J522" t="s">
         <v>221</v>
       </c>
       <c r="L522" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="523" spans="1:12">
       <c r="A523">
         <v>11808</v>
       </c>
       <c r="B523" t="s">
-        <v>2130</v>
+        <v>2136</v>
       </c>
       <c r="C523" t="s">
-        <v>2131</v>
+        <v>2137</v>
       </c>
       <c r="D523" t="s">
         <v>419</v>
       </c>
       <c r="E523" t="s">
         <v>107</v>
       </c>
       <c r="H523" t="s">
-        <v>2132</v>
+        <v>2138</v>
       </c>
       <c r="I523" t="s">
-        <v>2133</v>
+        <v>2139</v>
       </c>
       <c r="J523" t="s">
         <v>221</v>
       </c>
       <c r="L523" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="524" spans="1:12">
       <c r="A524">
         <v>11809</v>
       </c>
       <c r="B524" t="s">
-        <v>2134</v>
+        <v>2140</v>
       </c>
       <c r="C524" t="s">
-        <v>2135</v>
+        <v>2141</v>
       </c>
       <c r="D524" t="s">
         <v>419</v>
       </c>
       <c r="E524" t="s">
         <v>107</v>
       </c>
       <c r="H524" t="s">
-        <v>2136</v>
+        <v>2142</v>
       </c>
       <c r="I524" t="s">
-        <v>2133</v>
+        <v>2139</v>
       </c>
       <c r="J524" t="s">
         <v>221</v>
       </c>
       <c r="L524" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="525" spans="1:12">
       <c r="A525">
         <v>11810</v>
       </c>
       <c r="B525" t="s">
-        <v>2137</v>
+        <v>2143</v>
       </c>
       <c r="C525" t="s">
-        <v>2138</v>
+        <v>2144</v>
       </c>
       <c r="D525" t="s">
         <v>419</v>
       </c>
       <c r="E525" t="s">
         <v>107</v>
       </c>
       <c r="H525" t="s">
+        <v>2145</v>
+      </c>
+      <c r="I525" t="s">
         <v>2139</v>
-      </c>
-[...1 lines deleted...]
-        <v>2133</v>
       </c>
       <c r="J525" t="s">
         <v>221</v>
       </c>
       <c r="L525" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="526" spans="1:12">
       <c r="A526">
         <v>12041</v>
       </c>
       <c r="B526" t="s">
-        <v>2140</v>
+        <v>2146</v>
       </c>
       <c r="C526" t="s">
-        <v>2141</v>
+        <v>2147</v>
       </c>
       <c r="D526" t="s">
         <v>78</v>
       </c>
       <c r="E526" t="s">
         <v>107</v>
       </c>
       <c r="F526" t="s">
-        <v>2142</v>
+        <v>2148</v>
       </c>
       <c r="G526" t="s">
-        <v>2143</v>
+        <v>2149</v>
       </c>
       <c r="H526" t="s">
-        <v>2144</v>
+        <v>2150</v>
       </c>
       <c r="I526" t="s">
-        <v>2145</v>
+        <v>2151</v>
       </c>
       <c r="J526" t="s">
         <v>221</v>
       </c>
       <c r="L526" t="s">
-        <v>2146</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="527" spans="1:12">
       <c r="A527">
         <v>12042</v>
       </c>
       <c r="B527" t="s">
         <v>128</v>
       </c>
       <c r="C527" t="s">
-        <v>2147</v>
+        <v>2153</v>
       </c>
       <c r="D527" t="s">
         <v>78</v>
       </c>
       <c r="E527" t="s">
-        <v>2148</v>
+        <v>2154</v>
       </c>
       <c r="F527" t="s">
-        <v>2149</v>
+        <v>2155</v>
       </c>
       <c r="G527" t="s">
-        <v>2150</v>
+        <v>2156</v>
       </c>
       <c r="H527" t="s">
-        <v>2151</v>
+        <v>2157</v>
       </c>
       <c r="I527" t="s">
-        <v>2152</v>
+        <v>2158</v>
       </c>
       <c r="J527" t="s">
         <v>19</v>
       </c>
       <c r="L527" t="s">
-        <v>2153</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="528" spans="1:12">
       <c r="A528">
         <v>12044</v>
       </c>
       <c r="B528" t="s">
-        <v>2154</v>
+        <v>2160</v>
       </c>
       <c r="C528" t="s">
-        <v>2155</v>
+        <v>2161</v>
       </c>
       <c r="D528" t="s">
         <v>78</v>
       </c>
       <c r="E528" t="s">
         <v>107</v>
       </c>
       <c r="F528" t="s">
-        <v>2156</v>
+        <v>2162</v>
       </c>
       <c r="H528" t="s">
-        <v>2157</v>
+        <v>2163</v>
       </c>
       <c r="I528" t="s">
-        <v>2158</v>
+        <v>2164</v>
       </c>
       <c r="J528" t="s">
         <v>221</v>
       </c>
       <c r="L528" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="529" spans="1:12">
       <c r="A529">
         <v>12046</v>
       </c>
       <c r="B529" t="s">
-        <v>2159</v>
+        <v>2165</v>
       </c>
       <c r="C529" t="s">
-        <v>2160</v>
+        <v>2166</v>
       </c>
       <c r="D529" t="s">
         <v>78</v>
       </c>
       <c r="E529" t="s">
         <v>107</v>
       </c>
       <c r="F529" t="s">
-        <v>2161</v>
+        <v>2167</v>
       </c>
       <c r="G529" t="s">
-        <v>2162</v>
+        <v>2168</v>
       </c>
       <c r="H529" t="s">
-        <v>2163</v>
+        <v>2169</v>
       </c>
       <c r="I529" t="s">
-        <v>2158</v>
+        <v>2164</v>
       </c>
       <c r="J529" t="s">
         <v>221</v>
       </c>
       <c r="L529" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="530" spans="1:12">
       <c r="A530">
         <v>12048</v>
       </c>
       <c r="B530" t="s">
         <v>197</v>
       </c>
       <c r="C530" t="s">
-        <v>2164</v>
+        <v>2170</v>
       </c>
       <c r="D530" t="s">
         <v>78</v>
       </c>
       <c r="E530" t="s">
         <v>107</v>
       </c>
       <c r="F530" t="s">
-        <v>2165</v>
+        <v>2171</v>
       </c>
       <c r="G530" t="s">
-        <v>2166</v>
+        <v>2172</v>
       </c>
       <c r="H530" t="s">
-        <v>2167</v>
+        <v>2173</v>
       </c>
       <c r="I530" t="s">
-        <v>2158</v>
+        <v>2164</v>
       </c>
       <c r="J530" t="s">
         <v>221</v>
       </c>
       <c r="L530" t="s">
-        <v>2168</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="531" spans="1:12">
       <c r="A531">
         <v>12049</v>
       </c>
       <c r="B531" t="s">
-        <v>2169</v>
+        <v>2175</v>
       </c>
       <c r="C531" t="s">
-        <v>2170</v>
+        <v>2176</v>
       </c>
       <c r="D531" t="s">
         <v>78</v>
       </c>
       <c r="E531" t="s">
         <v>107</v>
       </c>
       <c r="F531" t="s">
-        <v>2171</v>
+        <v>2177</v>
       </c>
       <c r="G531" t="s">
-        <v>2172</v>
+        <v>2178</v>
       </c>
       <c r="H531" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
       <c r="I531" t="s">
-        <v>2158</v>
+        <v>2164</v>
       </c>
       <c r="J531" t="s">
         <v>221</v>
       </c>
       <c r="L531" t="s">
-        <v>2153</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="532" spans="1:12">
       <c r="A532">
         <v>12051</v>
       </c>
       <c r="B532" t="s">
         <v>902</v>
       </c>
       <c r="C532" t="s">
         <v>1005</v>
       </c>
       <c r="D532" t="s">
         <v>78</v>
       </c>
       <c r="E532" t="s">
         <v>107</v>
       </c>
       <c r="F532" t="s">
-        <v>2174</v>
+        <v>2180</v>
       </c>
       <c r="G532" t="s">
-        <v>2175</v>
+        <v>2181</v>
       </c>
       <c r="H532" t="s">
-        <v>2176</v>
+        <v>2182</v>
       </c>
       <c r="I532" t="s">
-        <v>2158</v>
+        <v>2164</v>
       </c>
       <c r="J532" t="s">
         <v>221</v>
       </c>
       <c r="L532" t="s">
-        <v>2146</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="533" spans="1:12">
       <c r="A533">
         <v>12053</v>
       </c>
       <c r="B533" t="s">
         <v>222</v>
       </c>
       <c r="C533" t="s">
-        <v>2177</v>
+        <v>2183</v>
       </c>
       <c r="D533" t="s">
         <v>78</v>
       </c>
       <c r="E533" t="s">
         <v>107</v>
       </c>
       <c r="F533" t="s">
-        <v>2178</v>
+        <v>2184</v>
       </c>
       <c r="G533" t="s">
-        <v>2179</v>
+        <v>2185</v>
       </c>
       <c r="H533" t="s">
-        <v>2180</v>
+        <v>2186</v>
       </c>
       <c r="I533" t="s">
-        <v>2158</v>
+        <v>2164</v>
       </c>
       <c r="J533" t="s">
         <v>221</v>
       </c>
       <c r="L533" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="534" spans="1:12">
       <c r="A534">
         <v>12054</v>
       </c>
       <c r="B534" t="s">
-        <v>2181</v>
+        <v>2187</v>
       </c>
       <c r="C534" t="s">
-        <v>2182</v>
+        <v>2188</v>
       </c>
       <c r="D534" t="s">
         <v>78</v>
       </c>
       <c r="E534" t="s">
         <v>107</v>
       </c>
       <c r="F534" t="s">
-        <v>2161</v>
+        <v>2167</v>
       </c>
       <c r="G534" t="s">
-        <v>2183</v>
+        <v>2189</v>
       </c>
       <c r="H534" t="s">
-        <v>2184</v>
+        <v>2190</v>
       </c>
       <c r="I534" t="s">
-        <v>2158</v>
+        <v>2164</v>
       </c>
       <c r="J534" t="s">
         <v>221</v>
       </c>
       <c r="L534" t="s">
-        <v>2153</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="535" spans="1:12">
       <c r="A535">
         <v>12056</v>
       </c>
       <c r="B535" t="s">
-        <v>2185</v>
+        <v>2191</v>
       </c>
       <c r="C535" t="s">
-        <v>2186</v>
+        <v>2192</v>
       </c>
       <c r="D535" t="s">
         <v>78</v>
       </c>
       <c r="E535" t="s">
         <v>107</v>
       </c>
       <c r="F535" t="s">
-        <v>2187</v>
+        <v>2193</v>
       </c>
       <c r="G535" t="s">
-        <v>2188</v>
+        <v>2194</v>
       </c>
       <c r="H535" t="s">
-        <v>2189</v>
+        <v>2195</v>
       </c>
       <c r="I535" t="s">
-        <v>2158</v>
+        <v>2164</v>
       </c>
       <c r="J535" t="s">
         <v>221</v>
       </c>
       <c r="L535" t="s">
-        <v>2168</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="536" spans="1:12">
       <c r="A536">
         <v>12057</v>
       </c>
       <c r="B536" t="s">
         <v>811</v>
       </c>
       <c r="C536" t="s">
-        <v>2190</v>
+        <v>2196</v>
       </c>
       <c r="D536" t="s">
         <v>78</v>
       </c>
       <c r="E536" t="s">
         <v>107</v>
       </c>
       <c r="F536" t="s">
-        <v>2191</v>
+        <v>2197</v>
       </c>
       <c r="G536" t="s">
-        <v>2192</v>
+        <v>2198</v>
       </c>
       <c r="H536" t="s">
-        <v>2193</v>
+        <v>2199</v>
       </c>
       <c r="I536" t="s">
-        <v>2158</v>
+        <v>2164</v>
       </c>
       <c r="J536" t="s">
         <v>221</v>
       </c>
       <c r="L536" t="s">
-        <v>2146</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="537" spans="1:12">
       <c r="A537">
         <v>12092</v>
       </c>
       <c r="B537" t="s">
         <v>433</v>
       </c>
       <c r="C537" t="s">
         <v>846</v>
       </c>
       <c r="D537" t="s">
         <v>130</v>
       </c>
       <c r="E537" t="s">
         <v>369</v>
       </c>
       <c r="H537" t="s">
-        <v>2194</v>
+        <v>2200</v>
       </c>
       <c r="I537" t="s">
         <v>467</v>
       </c>
       <c r="J537" t="s">
         <v>19</v>
       </c>
       <c r="L537" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="538" spans="1:12">
       <c r="A538">
         <v>12093</v>
       </c>
       <c r="B538" t="s">
         <v>46</v>
       </c>
       <c r="C538" t="s">
         <v>296</v>
       </c>
       <c r="D538" t="s">
         <v>199</v>
       </c>
       <c r="E538" t="s">
         <v>272</v>
       </c>
       <c r="G538" t="s">
-        <v>2195</v>
+        <v>2201</v>
       </c>
       <c r="H538" t="s">
-        <v>2196</v>
+        <v>2202</v>
       </c>
       <c r="I538" t="s">
-        <v>2197</v>
+        <v>2203</v>
       </c>
       <c r="J538" t="s">
         <v>19</v>
       </c>
       <c r="L538" t="s">
-        <v>2198</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="539" spans="1:12">
       <c r="A539">
         <v>12116</v>
       </c>
       <c r="B539" t="s">
-        <v>2199</v>
+        <v>2205</v>
       </c>
       <c r="C539" t="s">
         <v>835</v>
       </c>
       <c r="D539" t="s">
         <v>419</v>
       </c>
       <c r="E539" t="s">
         <v>107</v>
       </c>
       <c r="G539" t="s">
-        <v>2200</v>
+        <v>2206</v>
       </c>
       <c r="H539" t="s">
-        <v>2201</v>
+        <v>2207</v>
       </c>
       <c r="I539" t="s">
         <v>501</v>
       </c>
       <c r="J539" t="s">
         <v>221</v>
       </c>
       <c r="L539" t="s">
-        <v>2146</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="540" spans="1:12">
       <c r="A540">
         <v>12117</v>
       </c>
       <c r="B540" t="s">
         <v>518</v>
       </c>
       <c r="C540" t="s">
-        <v>2202</v>
+        <v>2208</v>
       </c>
       <c r="D540" t="s">
         <v>419</v>
       </c>
       <c r="E540" t="s">
         <v>107</v>
       </c>
       <c r="G540" t="s">
-        <v>2203</v>
+        <v>2209</v>
       </c>
       <c r="H540" t="s">
-        <v>2204</v>
+        <v>2210</v>
       </c>
       <c r="I540" t="s">
         <v>501</v>
       </c>
       <c r="J540" t="s">
         <v>221</v>
       </c>
       <c r="L540" t="s">
-        <v>2146</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="541" spans="1:12">
       <c r="A541">
         <v>12214</v>
       </c>
       <c r="B541" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="C541" t="s">
-        <v>2206</v>
+        <v>2212</v>
       </c>
       <c r="D541" t="s">
         <v>199</v>
       </c>
       <c r="E541" t="s">
-        <v>2207</v>
+        <v>2213</v>
       </c>
       <c r="G541" t="s">
-        <v>2208</v>
+        <v>2214</v>
       </c>
       <c r="H541" t="s">
-        <v>2209</v>
+        <v>2215</v>
       </c>
       <c r="I541" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="J541" t="s">
         <v>19</v>
       </c>
       <c r="L541" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="542" spans="1:12">
       <c r="A542">
         <v>12301</v>
       </c>
       <c r="B542" t="s">
         <v>170</v>
       </c>
       <c r="C542" t="s">
-        <v>2210</v>
+        <v>2216</v>
       </c>
       <c r="D542" t="s">
         <v>419</v>
       </c>
       <c r="E542" t="s">
         <v>102</v>
       </c>
       <c r="F542" t="s">
-        <v>2211</v>
+        <v>2217</v>
       </c>
       <c r="G542" t="s">
-        <v>2212</v>
+        <v>2218</v>
       </c>
       <c r="H542" t="s">
-        <v>2213</v>
+        <v>2219</v>
+      </c>
+      <c r="I542" t="s">
+        <v>2158</v>
+      </c>
+      <c r="J542" t="s">
+        <v>2220</v>
       </c>
       <c r="L542" t="s">
-        <v>2214</v>
+        <v>2221</v>
+      </c>
+    </row>
+    <row r="543" spans="1:12">
+      <c r="A543">
+        <v>12530</v>
+      </c>
+      <c r="B543" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C543" t="s">
+        <v>2222</v>
+      </c>
+      <c r="D543" t="s">
+        <v>342</v>
+      </c>
+      <c r="E543" t="s">
+        <v>1824</v>
+      </c>
+      <c r="H543" t="s">
+        <v>2223</v>
+      </c>
+      <c r="I543" t="s">
+        <v>2224</v>
+      </c>
+      <c r="J543" t="s">
+        <v>19</v>
+      </c>
+      <c r="L543" t="s">
+        <v>2046</v>
+      </c>
+    </row>
+    <row r="544" spans="1:12">
+      <c r="A544">
+        <v>12533</v>
+      </c>
+      <c r="B544" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C544" t="s">
+        <v>2225</v>
+      </c>
+      <c r="D544" t="s">
+        <v>419</v>
+      </c>
+      <c r="E544" t="s">
+        <v>107</v>
+      </c>
+      <c r="G544" t="s">
+        <v>2226</v>
+      </c>
+      <c r="H544" t="s">
+        <v>2227</v>
+      </c>
+      <c r="I544" t="s">
+        <v>2228</v>
+      </c>
+      <c r="J544" t="s">
+        <v>221</v>
+      </c>
+      <c r="L544" t="s">
+        <v>2046</v>
+      </c>
+    </row>
+    <row r="545" spans="1:12">
+      <c r="A545">
+        <v>12612</v>
+      </c>
+      <c r="B545" t="s">
+        <v>2114</v>
+      </c>
+      <c r="C545" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D545" t="s">
+        <v>419</v>
+      </c>
+      <c r="E545" t="s">
+        <v>2229</v>
+      </c>
+      <c r="H545" t="s">
+        <v>2230</v>
+      </c>
+      <c r="I545" t="s">
+        <v>2231</v>
+      </c>
+      <c r="J545" t="s">
+        <v>221</v>
+      </c>
+      <c r="L545" t="s">
+        <v>2087</v>
+      </c>
+    </row>
+    <row r="546" spans="1:12">
+      <c r="A546">
+        <v>12613</v>
+      </c>
+      <c r="B546" t="s">
+        <v>300</v>
+      </c>
+      <c r="C546" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D546" t="s">
+        <v>419</v>
+      </c>
+      <c r="E546" t="s">
+        <v>2229</v>
+      </c>
+      <c r="H546" t="s">
+        <v>2232</v>
+      </c>
+      <c r="I546" t="s">
+        <v>2231</v>
+      </c>
+      <c r="J546" t="s">
+        <v>221</v>
+      </c>
+      <c r="L546" t="s">
+        <v>2087</v>
+      </c>
+    </row>
+    <row r="547" spans="1:12">
+      <c r="A547">
+        <v>12614</v>
+      </c>
+      <c r="B547" t="s">
+        <v>2233</v>
+      </c>
+      <c r="C547" t="s">
+        <v>2234</v>
+      </c>
+      <c r="D547" t="s">
+        <v>419</v>
+      </c>
+      <c r="E547" t="s">
+        <v>2229</v>
+      </c>
+      <c r="H547" t="s">
+        <v>2235</v>
+      </c>
+      <c r="I547" t="s">
+        <v>2231</v>
+      </c>
+      <c r="J547" t="s">
+        <v>221</v>
+      </c>
+      <c r="L547" t="s">
+        <v>2087</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>