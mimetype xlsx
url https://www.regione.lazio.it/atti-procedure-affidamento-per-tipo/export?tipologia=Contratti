--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -9,65 +9,68 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="212" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="213" uniqueCount="213">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Oggetto</t>
   </si>
   <si>
     <t>Link al bando</t>
   </si>
   <si>
     <t>Percorso</t>
   </si>
   <si>
     <t>Data pubblicazione</t>
+  </si>
+  <si>
+    <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3531</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3499</t>
   </si>
   <si>
     <t>Art.11 l.r. 5/2024 Evento di informazione, sensibilizzazione e orientamento ai servizi - giornata care giver familaire.</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3460</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3443</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3438</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3437</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3423</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3422</t>
   </si>
@@ -711,51 +714,51 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:Y128"/>
+  <dimension ref="A1:Y129"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="60" customWidth="1"/>
     <col min="4" max="4" width="60" customWidth="1"/>
     <col min="5" max="5" width="19" customWidth="1"/>
     <col min="6" max="6" width="46" customWidth="1"/>
     <col min="7" max="7" width="19" customWidth="1"/>
     <col min="8" max="8" width="49" customWidth="1"/>
     <col min="9" max="9" width="19" customWidth="1"/>
     <col min="10" max="10" width="46" customWidth="1"/>
     <col min="11" max="11" width="19" customWidth="1"/>
     <col min="12" max="12" width="9" customWidth="1"/>
     <col min="13" max="13" width="19" customWidth="1"/>
     <col min="14" max="14" width="9" customWidth="1"/>
     <col min="15" max="15" width="19" customWidth="1"/>
     <col min="16" max="16" width="9" customWidth="1"/>
     <col min="17" max="17" width="19" customWidth="1"/>
     <col min="18" max="18" width="9" customWidth="1"/>
     <col min="19" max="19" width="19" customWidth="1"/>
     <col min="20" max="20" width="9" customWidth="1"/>
     <col min="21" max="21" width="19" customWidth="1"/>
     <col min="22" max="22" width="9" customWidth="1"/>
     <col min="23" max="23" width="19" customWidth="1"/>
     <col min="24" max="24" width="9" customWidth="1"/>
@@ -819,2407 +822,2424 @@
       </c>
       <c r="S1" t="s">
         <v>4</v>
       </c>
       <c r="T1" t="s">
         <v>3</v>
       </c>
       <c r="U1" t="s">
         <v>4</v>
       </c>
       <c r="V1" t="s">
         <v>3</v>
       </c>
       <c r="W1" t="s">
         <v>4</v>
       </c>
       <c r="X1" t="s">
         <v>3</v>
       </c>
       <c r="Y1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
-        <v>3499</v>
+        <v>3531</v>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Progetto "LIFE TURTLENEST" (Project: 101074584 ¿ LIFE21-NAT-IT-LIFE TURTLENEST ¿ LIFE-2021-SAP-NAT) - CUP F89I22002590008. Acquisto di attrezzature tecnico scientifiche necessarie alle attività di gestione e monitoraggio dei siti di nidificazione di Caretta Caretta lungo le coste della Regione Lazio attraverso il MEPA" - Acquisto dal fornitore: "Toolbox Srl P. Iva 14285721008" - Impegno di spesa sul capitolo U0000E22107 per l'esercizio finanziario 2025 a favore della società Toolbox Srl - (codice creditore 253845) della somma complessiva di €8.496,15 inclusa Iva al 22% CIG B6F60EBC54.</t>
+          <t>Servizio di Valutazione sull'efficacia delle azioni di capacità amministrativa, previste dal PRIGA del PR Lazio FESR 2021-2027 nei confronti dell'Organismo Intermedio Lazio Innova S.p.A</t>
         </is>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
       <c r="D2"/>
       <c r="E2" s="2">
-        <v>45954</v>
+        <v>45965</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
-        <v>3460</v>
-[...1 lines deleted...]
-      <c r="B3" t="s">
+        <v>3499</v>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Progetto "LIFE TURTLENEST" (Project: 101074584 ¿ LIFE21-NAT-IT-LIFE TURTLENEST ¿ LIFE-2021-SAP-NAT) - CUP F89I22002590008. Acquisto di attrezzature tecnico scientifiche necessarie alle attività di gestione e monitoraggio dei siti di nidificazione di Caretta Caretta lungo le coste della Regione Lazio attraverso il MEPA" - Acquisto dal fornitore: "Toolbox Srl P. Iva 14285721008" - Impegno di spesa sul capitolo U0000E22107 per l'esercizio finanziario 2025 a favore della società Toolbox Srl - (codice creditore 253845) della somma complessiva di €8.496,15 inclusa Iva al 22% CIG B6F60EBC54.</t>
+        </is>
+      </c>
+      <c r="C3" t="s">
         <v>6</v>
       </c>
-      <c r="C3" t="s">
-        <v>7</v>
+      <c r="D3"/>
+      <c r="E3" s="2">
+        <v>45954</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
-        <v>3443</v>
-[...4 lines deleted...]
-        </is>
+        <v>3460</v>
+      </c>
+      <c r="B4" t="s">
+        <v>7</v>
       </c>
       <c r="C4" t="s">
         <v>8</v>
       </c>
-      <c r="D4"/>
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="5">
       <c r="A5">
-        <v>3438</v>
+        <v>3443</v>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Programma FSE+ 2021- 2027 Priorità 5 Assistenza Tecnica, - Obiettivo specifico AT “Art. 59 d.lgs 36/2023 - Adesione Accordo Quadro CONSIP - Affidamento dei servizi di supporto specialistici per la Digitalizzazione dei processi di assistenza tecnica</t>
+          <t>Piano straordinario di potenziamento Missione 5 Comp 1 - Inv. 1.1 &amp;nbsp;PNRR Approvazione proposta progettuale realizzazione delle attività formative personale dell'Agenzia regionale Spazio Lavoro - Piano formativo 2023-2025, predisposta da LAZIOcrea S.p.A. e approvazione schema di Convenzione</t>
         </is>
       </c>
       <c r="C5" t="s">
         <v>9</v>
       </c>
       <c r="D5"/>
       <c r="E5" s="2">
-        <v>45877</v>
+        <v>45908</v>
+      </c>
+      <c r="F5"/>
+      <c r="G5" s="2">
+        <v>45908</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5" s="2">
+        <v>45908</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
-        <v>3437</v>
+        <v>3438</v>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Art. 54, comma 3, del d.lgs. 50/2016 – Adesione Accordo Quadro per affidamento servizi specialistici di supporto alla Digital Transformation per la PA, Ed. 2 - ID 2536, Lotto 4 “Transizione al digitale” CIG 9853673432- Approvazione schema di Contratto</t>
+          <t>Programma FSE+ 2021- 2027 Priorità 5 Assistenza Tecnica, - Obiettivo specifico AT “Art. 59 d.lgs 36/2023 - Adesione Accordo Quadro CONSIP - Affidamento dei servizi di supporto specialistici per la Digitalizzazione dei processi di assistenza tecnica</t>
         </is>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6"/>
       <c r="E6" s="2">
         <v>45877</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
-        <v>3423</v>
+        <v>3437</v>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per la realizzazione di un piano mezzi multicanale finalizzato alla diffusione e promozione della Campagna informativa sul progetto benessere psico-oncologico.</t>
+          <t>Art. 54, comma 3, del d.lgs. 50/2016 – Adesione Accordo Quadro per affidamento servizi specialistici di supporto alla Digital Transformation per la PA, Ed. 2 - ID 2536, Lotto 4 “Transizione al digitale” CIG 9853673432- Approvazione schema di Contratto</t>
         </is>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
+      <c r="D7"/>
+      <c r="E7" s="2">
+        <v>45877</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8">
-        <v>3422</v>
+        <v>3423</v>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per il servizio di creazione di contenuti mirati ai Social Media per la realizzazione di una Campagna informativa sul progetto benessere psico-oncologico.</t>
+          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per la realizzazione di un piano mezzi multicanale finalizzato alla diffusione e promozione della Campagna informativa sul progetto benessere psico-oncologico.</t>
         </is>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
-        <v>3421</v>
+        <v>3422</v>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per l’esecuzione di servizi di produzione video e pianificazione della campagna di comunicazione per la realizzazione di una Campagna informativa sul progetto benessere psico-oncologico.</t>
+          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per il servizio di creazione di contenuti mirati ai Social Media per la realizzazione di una Campagna informativa sul progetto benessere psico-oncologico.</t>
         </is>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
-        <v>3420</v>
+        <v>3421</v>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Affidamento, ai sensi dell'articolo 50, comma 1, lettera b) del Decreto Legislativo 31 marzo 2023 n. 36, attraverso la piattaforma S.TEL.LA, del servizio di coffee break e allestimento sala riunioni per evento SILD rivolto alle imprese.</t>
+          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per l’esecuzione di servizi di produzione video e pianificazione della campagna di comunicazione per la realizzazione di una Campagna informativa sul progetto benessere psico-oncologico.</t>
         </is>
       </c>
       <c r="C10" t="s">
         <v>14</v>
       </c>
-      <c r="D10"/>
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="11">
       <c r="A11">
-        <v>3419</v>
+        <v>3420</v>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura della licenza d’uso della piattaforma LinkedIN, della validità di 6 mesi</t>
+          <t>Affidamento, ai sensi dell'articolo 50, comma 1, lettera b) del Decreto Legislativo 31 marzo 2023 n. 36, attraverso la piattaforma S.TEL.LA, del servizio di coffee break e allestimento sala riunioni per evento SILD rivolto alle imprese.</t>
         </is>
       </c>
       <c r="C11" t="s">
         <v>15</v>
       </c>
+      <c r="D11"/>
+      <c r="E11" s="2">
+        <v>45925</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12">
-        <v>3418</v>
+        <v>3419</v>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Rinnovo del contratto stipulato con il R.T.I. tra CLES S.r.l. (mandataria), IZI S.p.A. e I.S.R.I. S.c.ar.l. in data 14 settembre 2022 (Registro Cronologico n. 26898 del 03/10/2022)</t>
+          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura della licenza d’uso della piattaforma LinkedIN, della validità di 6 mesi</t>
         </is>
       </c>
       <c r="C12" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
-        <v>3417</v>
+        <v>3418</v>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Ratifica affidamento incarico per l’esecuzione dei servizi di supporto legale ed amministrativo da rendersi ai sensi all’art. 15 comma 6 d.lgs. 36/2023 sulle procedure di appalto in capo all’AdG FSE+</t>
+          <t>Rinnovo del contratto stipulato con il R.T.I. tra CLES S.r.l. (mandataria), IZI S.p.A. e I.S.R.I. S.c.ar.l. in data 14 settembre 2022 (Registro Cronologico n. 26898 del 03/10/2022)</t>
         </is>
       </c>
       <c r="C13" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
-        <v>3416</v>
+        <v>3417</v>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per l’esecuzione di servizi di produzione video e cortometraggi per sensibilizzazione alla problematica dei disturbi alimentari</t>
+          <t>Ratifica affidamento incarico per l’esecuzione dei servizi di supporto legale ed amministrativo da rendersi ai sensi all’art. 15 comma 6 d.lgs. 36/2023 sulle procedure di appalto in capo all’AdG FSE+</t>
         </is>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
-      <c r="D14"/>
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="15">
       <c r="A15">
-        <v>3413</v>
+        <v>3416</v>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per il servizio di produzione e stampa del volume riferito al Convegno "ACCOGLIERE, FORMARE, INCLUDERE - La risposta del Lazio all'emergenza Ucraina" svoltosi il 29/11/2023</t>
+          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per l’esecuzione di servizi di produzione video e cortometraggi per sensibilizzazione alla problematica dei disturbi alimentari</t>
         </is>
       </c>
       <c r="C15" t="s">
         <v>19</v>
       </c>
       <c r="D15"/>
       <c r="E15" s="2">
         <v>45925</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
-        <v>3390</v>
+        <v>3413</v>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Affidamento in house providing, ex art. 7, comma 2, del D.lgs. 36/2023, a LAZIOcrea S.p.A. del servizio di organizzazione del Comitato di Sorveglianza del PR FESR Lazio e della riunione tecnica che si svolgeranno nei giorni 11 e 12 giugno 2025</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per il servizio di produzione e stampa del volume riferito al Convegno "ACCOGLIERE, FORMARE, INCLUDERE - La risposta del Lazio all'emergenza Ucraina" svoltosi il 29/11/2023</t>
         </is>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16"/>
       <c r="E16" s="2">
-        <v>45821</v>
+        <v>45925</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
-        <v>3339</v>
-[...1 lines deleted...]
-      <c r="B17" t="s">
+        <v>3390</v>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>Affidamento in house providing, ex art. 7, comma 2, del D.lgs. 36/2023, a LAZIOcrea S.p.A. del servizio di organizzazione del Comitato di Sorveglianza del PR FESR Lazio e della riunione tecnica che si svolgeranno nei giorni 11 e 12 giugno 2025</t>
+        </is>
+      </c>
+      <c r="C17" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="D17"/>
       <c r="E17" s="2">
-        <v>45803</v>
+        <v>45821</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
-        <v>3338</v>
+        <v>3339</v>
       </c>
       <c r="B18" t="s">
+        <v>22</v>
+      </c>
+      <c r="C18" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D18"/>
       <c r="E18" s="2">
         <v>45803</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
-        <v>3337</v>
-[...4 lines deleted...]
-        </is>
+        <v>3338</v>
+      </c>
+      <c r="B19" t="s">
+        <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>25</v>
       </c>
       <c r="D19"/>
       <c r="E19" s="2">
         <v>45803</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
-        <v>3336</v>
-[...1 lines deleted...]
-      <c r="B20" t="s">
+        <v>3337</v>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>Servizio di animazione territoriale e di coinvolgimento degli stake holders per la promozione e il rafforzamento del progetto di sistema della Rete IN.F.E.A.S. della Regione Lazio CUP F89G24000070001UP</t>
+        </is>
+      </c>
+      <c r="C20" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="D20"/>
       <c r="E20" s="2">
         <v>45803</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
-        <v>3323</v>
-[...4 lines deleted...]
-        </is>
+        <v>3336</v>
+      </c>
+      <c r="B21" t="s">
+        <v>27</v>
       </c>
       <c r="C21" t="s">
         <v>28</v>
       </c>
       <c r="D21"/>
       <c r="E21" s="2">
-        <v>45799</v>
+        <v>45803</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
-        <v>3298</v>
+        <v>3323</v>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Servizio di smaltimento del percolato e delle acque meteoriche, delle manutenzioni ordinarie di discarica, nonché tutte quelle attività di presidio del sito, e attività di monitoraggio in adempimento alle prescrizioni AIA</t>
+          <t>Procedura negoziata, ai sensi dell’art. 76 comma 2 lett. b co. 2 del d. lgs. 36/2023, per l’affidamento del servizio di promozione di immagine, in occasione delle due tappe del tour del mediterraneo della nave “Amerigo Vespucci”, che si svolgeranno a Gaeta dal 24 al 27 maggio 2025 e a Civitavecchia dal 28 maggio al 3 giugno 2025.</t>
         </is>
       </c>
       <c r="C22" t="s">
         <v>29</v>
       </c>
       <c r="D22"/>
       <c r="E22" s="2">
-        <v>45776</v>
+        <v>45799</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
-        <v>3293</v>
+        <v>3298</v>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre in adesione all'Accordo Quadro "Servizio di Assistenza Tecnica per la gestione e attuazione del Piano di Sviluppo e Coesione della Regione Lazio " (variante ex art. 106, co. 1, lett. c, punto 1, del d.lgs. 50/2016). Importo pari a euro 1.899.953,58 (Iva inclusa 22%). Approvazione Schema del IV Contratto Attuativo. CUP F81C23000470001 CIG B6585B5423</t>
+          <t>Servizio di smaltimento del percolato e delle acque meteoriche, delle manutenzioni ordinarie di discarica, nonché tutte quelle attività di presidio del sito, e attività di monitoraggio in adempimento alle prescrizioni AIA</t>
         </is>
       </c>
       <c r="C23" t="s">
         <v>30</v>
       </c>
       <c r="D23"/>
       <c r="E23" s="2">
-        <v>45763</v>
+        <v>45776</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
-        <v>3271</v>
+        <v>3293</v>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Determina a contrarre ai sensi dell'art.71D.lgs. n.36/2023 per l'indizione di una procedura aperta sopra soglia comunitaria per l'acquisto di n.10 Tende a 6 moduli da utilizzare per l'allestimento del Villaggio campale di accoglienza in occasione del Giubileo della Chiesa Cattolica 2025 e servizi accessori. Intervento n.253 - CUP F89120000090001.Prenotazione impegni di spesa a favore di cred. diversi per € 1.220.000,00 (compresa Iva) sul capitolo U0000E46174 per le annualità 2024- 2026.Impegno di spesa di € 8.800,00 sul capitolo U0000E46174 e relativi accertamenti a favore del fondo incentivi sul capitolo E0000341560 per le annualità 2024-2026. Impegno di spesa di € 2.000,00 pari allo 0,20% dell'importo, sul capitolo U0000E46174 a favore della società "Giubileo 2025 S.p.A." e. f. 2024.Impegno di spesa di € 660,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683)E.F. 2024&amp;nbsp;</t>
+          <t>Determinazione a contrarre in adesione all'Accordo Quadro "Servizio di Assistenza Tecnica per la gestione e attuazione del Piano di Sviluppo e Coesione della Regione Lazio " (variante ex art. 106, co. 1, lett. c, punto 1, del d.lgs. 50/2016). Importo pari a euro 1.899.953,58 (Iva inclusa 22%). Approvazione Schema del IV Contratto Attuativo. CUP F81C23000470001 CIG B6585B5423</t>
         </is>
       </c>
       <c r="C24" t="s">
         <v>31</v>
       </c>
       <c r="D24"/>
       <c r="E24" s="2">
-        <v>45757</v>
+        <v>45763</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
-        <v>3269</v>
-[...1 lines deleted...]
-      <c r="B25" t="s">
+        <v>3271</v>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>Determina a contrarre ai sensi dell'art.71D.lgs. n.36/2023 per l'indizione di una procedura aperta sopra soglia comunitaria per l'acquisto di n.10 Tende a 6 moduli da utilizzare per l'allestimento del Villaggio campale di accoglienza in occasione del Giubileo della Chiesa Cattolica 2025 e servizi accessori. Intervento n.253 - CUP F89120000090001.Prenotazione impegni di spesa a favore di cred. diversi per € 1.220.000,00 (compresa Iva) sul capitolo U0000E46174 per le annualità 2024- 2026.Impegno di spesa di € 8.800,00 sul capitolo U0000E46174 e relativi accertamenti a favore del fondo incentivi sul capitolo E0000341560 per le annualità 2024-2026. Impegno di spesa di € 2.000,00 pari allo 0,20% dell'importo, sul capitolo U0000E46174 a favore della società "Giubileo 2025 S.p.A." e. f. 2024.Impegno di spesa di € 660,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683)E.F. 2024&amp;nbsp;</t>
+        </is>
+      </c>
+      <c r="C25" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="D25"/>
       <c r="E25" s="2">
-        <v>45754</v>
+        <v>45757</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
-        <v>3268</v>
-[...4 lines deleted...]
-        </is>
+        <v>3269</v>
+      </c>
+      <c r="B26" t="s">
+        <v>33</v>
       </c>
       <c r="C26" t="s">
         <v>34</v>
       </c>
       <c r="D26"/>
       <c r="E26" s="2">
         <v>45754</v>
       </c>
-      <c r="F26"/>
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="27">
       <c r="A27">
-        <v>3208</v>
+        <v>3268</v>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Determina a contrarre in adesione all’Accordo Quadro “Servizio di Assistenza Tecnica per la gestione e attuazione del Piano di Sviluppo e Coesione della Regione Lazio – CIG 9281807571 e A05F323F72 (variante ex art. 106, co. 1, lett. c, punto 1, del d.lgs. 50/2016”. Approvazione Schema del III Contratto Attuativo. CIG B4124C2A31 CUP F81C23000470001</t>
+          <t>Servizio di ricerca e analisi sul livello digitalizzazione dei Capoluoghi della Regione Lazio (Frosinone, Latina, Rieti e Viterbo), tramite ICity Rank, quale strumento di misurazione dell’avanzamento della trasformazione digitale nei capoluoghi</t>
         </is>
       </c>
       <c r="C27" t="s">
         <v>35</v>
       </c>
       <c r="D27"/>
       <c r="E27" s="2">
-        <v>45688</v>
+        <v>45754</v>
+      </c>
+      <c r="F27"/>
+      <c r="G27" s="2">
+        <v>45754</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
-        <v>3188</v>
+        <v>3208</v>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Convenzione tra Regione Lazio e SIAE per il pagamento dei diritti di esecuzione musicale in occasione di manifestazioni culturali e ricreative organizzate dai centri anziani del Lazio nel corso del 2024. Impegno di spesa per la somma di euro 61.000,00 sul capitolo di bilancio U0000R31920, a favore della Società Italiana Autori ed Editori (SIAE) - Esercizio finanziario 2024</t>
+          <t>Determina a contrarre in adesione all’Accordo Quadro “Servizio di Assistenza Tecnica per la gestione e attuazione del Piano di Sviluppo e Coesione della Regione Lazio – CIG 9281807571 e A05F323F72 (variante ex art. 106, co. 1, lett. c, punto 1, del d.lgs. 50/2016”. Approvazione Schema del III Contratto Attuativo. CIG B4124C2A31 CUP F81C23000470001</t>
         </is>
       </c>
       <c r="C28" t="s">
         <v>36</v>
       </c>
       <c r="D28"/>
       <c r="E28" s="2">
-        <v>45678</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
-        <v>3165</v>
-[...1 lines deleted...]
-      <c r="B29" t="s">
+        <v>3188</v>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>Convenzione tra Regione Lazio e SIAE per il pagamento dei diritti di esecuzione musicale in occasione di manifestazioni culturali e ricreative organizzate dai centri anziani del Lazio nel corso del 2024. Impegno di spesa per la somma di euro 61.000,00 sul capitolo di bilancio U0000R31920, a favore della Società Italiana Autori ed Editori (SIAE) - Esercizio finanziario 2024</t>
+        </is>
+      </c>
+      <c r="C29" t="s">
         <v>37</v>
       </c>
-      <c r="C29" t="s">
-        <v>38</v>
+      <c r="D29"/>
+      <c r="E29" s="2">
+        <v>45678</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
-        <v>3162</v>
-[...4 lines deleted...]
-        </is>
+        <v>3165</v>
+      </c>
+      <c r="B30" t="s">
+        <v>38</v>
       </c>
       <c r="C30" t="s">
         <v>39</v>
       </c>
-      <c r="D30"/>
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="31">
       <c r="A31">
-        <v>3153</v>
+        <v>3162</v>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Gara europea a procedura aperta, suddivisa in 8 lotti, finalizzata alla stipula di convenzioni quadro, per la fornitura di cancelleria e toner, cartucce a getto d'inchiostro, materiale di consumo accessorio per le Amm.ni aventi sede sul territorio della Regione Lazio e della Regione Umbria. Impegno di spesa di € 880,00 sul Cap. U0000T19427 a favore dell'A.N.A.C. es. fin. 2024. Impegno di spesa complessivo di € 2.068,00 sul Cap. U0000S23908 a favore del "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002" es. fin. 2024-2025 e accertamenti di € 1.468,28 sul Cap. di entrata n. E0000341559, di € 299,86 sul Cap. di entrata E0000341562 e di € 299,86 sul Cap. E0000341563 a carico del "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002" es. fin. 2024-2025.</t>
+          <t>Affidamento diretto, ai sensi dell'art 50, comma 1, lettera b), del D.lgs. n. 36/2023 del “Servizio fornito da soggetto esterno all’amministrazione di supporto tecnico nella predisposizione del piano di azione e delle attività conseguenti o correlate, per il progetto europeo InterRevita – Programma Interreg Europe – programmazione 2021-2027 - codice identificativo progetto n.01C0034”- CUP F32B23000520007-CIG: B33713439F</t>
         </is>
       </c>
       <c r="C31" t="s">
         <v>40</v>
       </c>
       <c r="D31"/>
       <c r="E31" s="2">
-        <v>45902</v>
-[...15 lines deleted...]
-        <v>45831</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
-        <v>3122</v>
+        <v>3153</v>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art 50, comma 1, lettera b), del D.lgs. n. 36/2023 per il "Servizio di controllo di primo livello per la verifica e la certificazione delle spese sostenute e da rendicontare per il progetto europeo InterRevita - Programma Interreg Europe - Programmazione 2021-2027. Codice progetto n. 01C0034" - CUP F32B23000520007- CIG: B30B6EF8AC</t>
+          <t>Gara europea a procedura aperta, suddivisa in 8 lotti, finalizzata alla stipula di convenzioni quadro, per la fornitura di cancelleria e toner, cartucce a getto d'inchiostro, materiale di consumo accessorio per le Amm.ni aventi sede sul territorio della Regione Lazio e della Regione Umbria. Impegno di spesa di € 880,00 sul Cap. U0000T19427 a favore dell'A.N.A.C. es. fin. 2024. Impegno di spesa complessivo di € 2.068,00 sul Cap. U0000S23908 a favore del "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002" es. fin. 2024-2025 e accertamenti di € 1.468,28 sul Cap. di entrata n. E0000341559, di € 299,86 sul Cap. di entrata E0000341562 e di € 299,86 sul Cap. E0000341563 a carico del "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002" es. fin. 2024-2025.</t>
         </is>
       </c>
       <c r="C32" t="s">
         <v>41</v>
       </c>
       <c r="D32"/>
       <c r="E32" s="2">
-        <v>45617</v>
+        <v>45902</v>
+      </c>
+      <c r="F32"/>
+      <c r="G32" s="2">
+        <v>45902</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32" s="2">
+        <v>45873</v>
+      </c>
+      <c r="J32"/>
+      <c r="K32" s="2">
+        <v>45842</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" s="2">
+        <v>45831</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
-        <v>3060</v>
+        <v>3122</v>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Procedura aperta, suddivisa in quattro lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi postali e servizi "a monte" del recapito, destinati alle Amministrazioni della Regione Lazio e della Regione Umbria.</t>
+          <t>Affidamento diretto ai sensi dell'art 50, comma 1, lettera b), del D.lgs. n. 36/2023 per il "Servizio di controllo di primo livello per la verifica e la certificazione delle spese sostenute e da rendicontare per il progetto europeo InterRevita - Programma Interreg Europe - Programmazione 2021-2027. Codice progetto n. 01C0034" - CUP F32B23000520007- CIG: B30B6EF8AC</t>
         </is>
       </c>
       <c r="C33" t="s">
         <v>42</v>
       </c>
       <c r="D33"/>
       <c r="E33" s="2">
-        <v>45716</v>
+        <v>45617</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
-        <v>3059</v>
+        <v>3060</v>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Procedura aperta, ai sensi dell'art. 71 D.lgs. 36/2023, per l'acquisizione del "Servizio di assistenza organizzativa/gestionale e del supporto tecnico-specialistico alla Direzione Regionale Programmazione economica, centrale acquisti, fondi europei, PNRR". Proroga dell'attuale contratto, ai sensi dell'art. 106, comma 11 del D.lgs 50/2016 per la durata di 6 mesi Impegno di spesa complessivo di 612.135,00 IVA inclusa sul cap. capitolo U0000H11785 di cui € 408.090,00 IVA inclusa Es. Fin. 2024 ed € 204.045,00 IVA inclusa Es. Fin. 2025, in favore di Intellera Consulting S.r.l. in qualità di capogruppo (cod. cred. 191021).</t>
+          <t>Procedura aperta, suddivisa in quattro lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi postali e servizi "a monte" del recapito, destinati alle Amministrazioni della Regione Lazio e della Regione Umbria.</t>
         </is>
       </c>
       <c r="C34" t="s">
         <v>43</v>
       </c>
       <c r="D34"/>
       <c r="E34" s="2">
-        <v>45523</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
-        <v>3037</v>
-[...1 lines deleted...]
-      <c r="B35" t="s">
+        <v>3059</v>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>Procedura aperta, ai sensi dell'art. 71 D.lgs. 36/2023, per l'acquisizione del "Servizio di assistenza organizzativa/gestionale e del supporto tecnico-specialistico alla Direzione Regionale Programmazione economica, centrale acquisti, fondi europei, PNRR". Proroga dell'attuale contratto, ai sensi dell'art. 106, comma 11 del D.lgs 50/2016 per la durata di 6 mesi Impegno di spesa complessivo di 612.135,00 IVA inclusa sul cap. capitolo U0000H11785 di cui € 408.090,00 IVA inclusa Es. Fin. 2024 ed € 204.045,00 IVA inclusa Es. Fin. 2025, in favore di Intellera Consulting S.r.l. in qualità di capogruppo (cod. cred. 191021).</t>
+        </is>
+      </c>
+      <c r="C35" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="D35"/>
       <c r="E35" s="2">
-        <v>45481</v>
+        <v>45523</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
-        <v>3036</v>
-[...4 lines deleted...]
-        </is>
+        <v>3037</v>
+      </c>
+      <c r="B36" t="s">
+        <v>45</v>
       </c>
       <c r="C36" t="s">
         <v>46</v>
       </c>
       <c r="D36"/>
       <c r="E36" s="2">
-        <v>45475</v>
+        <v>45481</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
-        <v>3035</v>
-[...1 lines deleted...]
-      <c r="B37" t="s">
+        <v>3036</v>
+      </c>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>Decisione di contrarre per affidamento diretto ai sensi dell'art. 50 comma, 1 lettera b) del d.lgs. 36/2023, tramite Ordine diretto d'Acquisto (OdA) sulla piattaforma MePA (www.acquistinretepa.it) della fornitura dei corsi di formazione AIB.</t>
+        </is>
+      </c>
+      <c r="C37" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="D37"/>
       <c r="E37" s="2">
-        <v>45474</v>
+        <v>45475</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
-        <v>3034</v>
+        <v>3035</v>
       </c>
       <c r="B38" t="s">
+        <v>48</v>
+      </c>
+      <c r="C38" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D38"/>
       <c r="E38" s="2">
         <v>45474</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
-        <v>3021</v>
-[...4 lines deleted...]
-        </is>
+        <v>3034</v>
+      </c>
+      <c r="B39" t="s">
+        <v>50</v>
       </c>
       <c r="C39" t="s">
         <v>51</v>
       </c>
       <c r="D39"/>
       <c r="E39" s="2">
-        <v>45709</v>
+        <v>45474</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
-        <v>2989</v>
+        <v>3021</v>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>PR FESR LAZIO 2021/2027. CUP F89G23000890009. Nomina di Lazio Innova S.p.A. in qualità di Organismo Intermedio del PR Lazio FESR 2021-2027 per le funzioni delegate di cui agli art. 72, 73 e 74 del Reg. 1060/2021. Affidamento in house.</t>
+          <t>Servizio di assistenza organizzativa/gestionale alle procedure di appalto per la Direzione Regionale Programmazione economica, centrale acquisti, fondi europei, PNRR.</t>
         </is>
       </c>
       <c r="C40" t="s">
         <v>52</v>
       </c>
       <c r="D40"/>
       <c r="E40" s="2">
-        <v>45377</v>
+        <v>45709</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
-        <v>2964</v>
+        <v>2989</v>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>Convenzione tra Regione Lazio e SIAE per il pagamento dei diritti di esecuzione musicale in occasione di manifestazioni culturali e ricreative organizzate dai centri anziani del Lazio nel corso del 2023. Impegno di spesa per la somma di euro 61.000,00 sul capitolo di bilancio U0000R31920, a favore della Società Italiana Autori ed Editori (SIAE) - Esercizio finanziario 2023.
-</t>
+          <t>PR FESR LAZIO 2021/2027. CUP F89G23000890009. Nomina di Lazio Innova S.p.A. in qualità di Organismo Intermedio del PR Lazio FESR 2021-2027 per le funzioni delegate di cui agli art. 72, 73 e 74 del Reg. 1060/2021. Affidamento in house.</t>
         </is>
       </c>
       <c r="C41" t="s">
         <v>53</v>
       </c>
       <c r="D41"/>
       <c r="E41" s="2">
-        <v>45302</v>
+        <v>45377</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
-        <v>2950</v>
+        <v>2964</v>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>Affidamento diretto del servizio di attuazione di misure per la prevenzione e l'eradicazione di Xylella fastidiosa ai sensi dell'articolo 50, comma 1, lettera b) del decreto legislativo 31 marzo 2023, n. 36.
+          <t>Convenzione tra Regione Lazio e SIAE per il pagamento dei diritti di esecuzione musicale in occasione di manifestazioni culturali e ricreative organizzate dai centri anziani del Lazio nel corso del 2023. Impegno di spesa per la somma di euro 61.000,00 sul capitolo di bilancio U0000R31920, a favore della Società Italiana Autori ed Editori (SIAE) - Esercizio finanziario 2023.
 </t>
         </is>
       </c>
       <c r="C42" t="s">
         <v>54</v>
       </c>
       <c r="D42"/>
       <c r="E42" s="2">
-        <v>45275</v>
+        <v>45302</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
-        <v>2938</v>
-[...1 lines deleted...]
-      <c r="B43" t="s">
+        <v>2950</v>
+      </c>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>Affidamento diretto del servizio di attuazione di misure per la prevenzione e l'eradicazione di Xylella fastidiosa ai sensi dell'articolo 50, comma 1, lettera b) del decreto legislativo 31 marzo 2023, n. 36.
+</t>
+        </is>
+      </c>
+      <c r="C43" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="D43"/>
       <c r="E43" s="2">
-        <v>45254</v>
+        <v>45275</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
-        <v>2937</v>
-[...5 lines deleted...]
-        </is>
+        <v>2938</v>
+      </c>
+      <c r="B44" t="s">
+        <v>56</v>
       </c>
       <c r="C44" t="s">
         <v>57</v>
       </c>
       <c r="D44"/>
       <c r="E44" s="2">
         <v>45254</v>
       </c>
-      <c r="F44"/>
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="45">
       <c r="A45">
-        <v>2935</v>
-[...1 lines deleted...]
-      <c r="B45" t="s">
+        <v>2937</v>
+      </c>
+      <c r="B45" t="inlineStr">
+        <is>
+          <t>fornitura di servizi cloud IaaS e PaaS in un modello di erogazione pubblico nonché per la prestazione di servizi connessi, servizi professionali di supporto all'adozione del cloud, servizi professionali tecnici per le Pubbliche Amministrazioni.
+</t>
+        </is>
+      </c>
+      <c r="C45" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="D45"/>
       <c r="E45" s="2">
         <v>45254</v>
       </c>
+      <c r="F45"/>
+      <c r="G45" s="2">
+        <v>45254</v>
+      </c>
     </row>
     <row r="46">
       <c r="A46">
-        <v>2934</v>
-[...5 lines deleted...]
-        </is>
+        <v>2935</v>
+      </c>
+      <c r="B46" t="s">
+        <v>59</v>
       </c>
       <c r="C46" t="s">
         <v>60</v>
       </c>
       <c r="D46"/>
       <c r="E46" s="2">
         <v>45254</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
-        <v>2932</v>
+        <v>2934</v>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>Affidamento diretto alla società B-Side Communication S.R.L. per la fornitura di uno spazio all'interno della "Guida Regioni" deI Sole 24 Ore, ai sensi dell'art. 50 comma 1 lettera b) del D.lgs. 36/2023.
+          <t>PONGOV. Affidamento in house, ex art. 7 del D.Lgs 36/2023, a Lazio Innova S.p.A. del servizio di realizzazione di attività di informazione e divulgazione delle iniziative finanziate dai Fondi europei CUP F89G2000250006.
 </t>
         </is>
       </c>
       <c r="C47" t="s">
         <v>61</v>
       </c>
       <c r="D47"/>
       <c r="E47" s="2">
         <v>45254</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
-        <v>2898</v>
+        <v>2932</v>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>SILD - Procedura negoziata, tramite RdO sul Mercato Elettronico Regionale (M.E.LA), ai sensi dell'art.1, comma 2, lettera b) della legge 11 settembre 2020, n.120, come modificato dall'art. 51, comma 1, lett. a), sub 2.2 del decreto legge n. 77 del 31.5.2021, convertito in legge n. 108 del 29.7.2021, per l'affidamento dei servizi di gestione dei bandi ex art. 16, Sild e delle procedure di reclutamento del personale della Regione Lazio. Approvazione atti, indizione della procedura di gara e nomina del Responsabile Unico del Procedimento (RUP). CIG 9476350368.
+          <t>Affidamento diretto alla società B-Side Communication S.R.L. per la fornitura di uno spazio all'interno della "Guida Regioni" deI Sole 24 Ore, ai sensi dell'art. 50 comma 1 lettera b) del D.lgs. 36/2023.
 </t>
         </is>
       </c>
       <c r="C48" t="s">
         <v>62</v>
       </c>
       <c r="D48"/>
       <c r="E48" s="2">
-        <v>45154</v>
+        <v>45254</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
-        <v>2886</v>
+        <v>2898</v>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell''art. 36 del D.lgs. n. 50/2016 per Servizio di supporto alla Autorità di Gestione del PR FESR Lazio 2021-2027 nell'ambito dei processi partecipativi nei progetti di trasformazione urbana.
+          <t>SILD - Procedura negoziata, tramite RdO sul Mercato Elettronico Regionale (M.E.LA), ai sensi dell'art.1, comma 2, lettera b) della legge 11 settembre 2020, n.120, come modificato dall'art. 51, comma 1, lett. a), sub 2.2 del decreto legge n. 77 del 31.5.2021, convertito in legge n. 108 del 29.7.2021, per l'affidamento dei servizi di gestione dei bandi ex art. 16, Sild e delle procedure di reclutamento del personale della Regione Lazio. Approvazione atti, indizione della procedura di gara e nomina del Responsabile Unico del Procedimento (RUP). CIG 9476350368.
 </t>
         </is>
       </c>
       <c r="C49" t="s">
         <v>63</v>
       </c>
       <c r="D49"/>
       <c r="E49" s="2">
-        <v>45134</v>
+        <v>45154</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
-        <v>2881</v>
+        <v>2886</v>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>Procedura di gara aperta per la conclusione di convenzioni quadro ai sensi dell'art. art.1, comma 456, della L. 296/2006, per l'affidamento dei servizi integrati di lava-noleggio a basso impatto ambientale per le Aziende Sanitarie della Regione Lazio. Procedura suddivisa in 8 Lotti.</t>
+          <t>Affidamento diretto ai sensi dell''art. 36 del D.lgs. n. 50/2016 per Servizio di supporto alla Autorità di Gestione del PR FESR Lazio 2021-2027 nell'ambito dei processi partecipativi nei progetti di trasformazione urbana.
+</t>
         </is>
       </c>
       <c r="C50" t="s">
         <v>64</v>
       </c>
       <c r="D50"/>
       <c r="E50" s="2">
-        <v>45712</v>
-[...3 lines deleted...]
-        <v>45784</v>
+        <v>45134</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
-        <v>2870</v>
-[...1 lines deleted...]
-      <c r="B51" t="s">
+        <v>2881</v>
+      </c>
+      <c r="B51" t="inlineStr">
+        <is>
+          <t>Procedura di gara aperta per la conclusione di convenzioni quadro ai sensi dell'art. art.1, comma 456, della L. 296/2006, per l'affidamento dei servizi integrati di lava-noleggio a basso impatto ambientale per le Aziende Sanitarie della Regione Lazio. Procedura suddivisa in 8 Lotti.</t>
+        </is>
+      </c>
+      <c r="C51" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="D51"/>
       <c r="E51" s="2">
-        <v>45091</v>
+        <v>45712</v>
+      </c>
+      <c r="F51"/>
+      <c r="G51" s="2">
+        <v>45784</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
-        <v>2869</v>
+        <v>2870</v>
       </c>
       <c r="B52" t="s">
+        <v>66</v>
+      </c>
+      <c r="C52" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D52"/>
       <c r="E52" s="2">
         <v>45091</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
-        <v>2868</v>
-[...5 lines deleted...]
-        </is>
+        <v>2869</v>
+      </c>
+      <c r="B53" t="s">
+        <v>68</v>
       </c>
       <c r="C53" t="s">
         <v>69</v>
       </c>
       <c r="D53"/>
       <c r="E53" s="2">
         <v>45091</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
-        <v>2849</v>
+        <v>2868</v>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>Affidamento, ai sensi dell'art. 192 del D.Lgs. n. 50/2016, della procedura di acquisizione di un servizio di supporto e assistenza ex ante ed ex post agli avvisi pubblici per il sostegno alla produzione cinematografica e audiovisiva, ed in particolare nei controlli sulle rendicontazioni presentate dalle imprese beneficiarie del sostegno regionale.
+          <t>PON GOV 2014/2020. Progetto A0564P0005. IMPROGRAM - Asse 7-Az. 7.2.1. CUP F89G2000250006. Affidamento in house, ex art. 192 del D.Lgs 50/2016, a Lazio Innova S.p.A. del servizio di organizzazione eventi.
 </t>
         </is>
       </c>
       <c r="C54" t="s">
         <v>70</v>
       </c>
       <c r="D54"/>
       <c r="E54" s="2">
-        <v>45055</v>
+        <v>45091</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
-        <v>2833</v>
+        <v>2849</v>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>Concessione alla Società ASTRAL S.p.A. dell’infrastruttura ferroviaria relativa alle ferrovie regionali “Roma – Lido di Ostia” e “Roma – Civita Castellana – Viterbo”. Approvazione della relazione di cui all’art. 34, comma 20, del D.L. n. 179/2012, dell’atto di concessione e dello schema di contratto di servizio.
+          <t>Affidamento, ai sensi dell'art. 192 del D.Lgs. n. 50/2016, della procedura di acquisizione di un servizio di supporto e assistenza ex ante ed ex post agli avvisi pubblici per il sostegno alla produzione cinematografica e audiovisiva, ed in particolare nei controlli sulle rendicontazioni presentate dalle imprese beneficiarie del sostegno regionale.
 </t>
         </is>
       </c>
       <c r="C55" t="s">
         <v>71</v>
       </c>
       <c r="D55"/>
       <c r="E55" s="2">
-        <v>45007</v>
-[...15 lines deleted...]
-        <v>45007</v>
+        <v>45055</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
-        <v>2832</v>
+        <v>2833</v>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>Affidamento in concessione alla Società COTRAL SpA dei servizi di trasporto pubblico ferroviario di interesse regionale e locale sulle ferrovie regionali “Roma – Lido di Ostia” e “Roma – Civita Castellana – Viterbo”.
+          <t>Concessione alla Società ASTRAL S.p.A. dell’infrastruttura ferroviaria relativa alle ferrovie regionali “Roma – Lido di Ostia” e “Roma – Civita Castellana – Viterbo”. Approvazione della relazione di cui all’art. 34, comma 20, del D.L. n. 179/2012, dell’atto di concessione e dello schema di contratto di servizio.
 </t>
         </is>
       </c>
       <c r="C56" t="s">
         <v>72</v>
       </c>
       <c r="D56"/>
       <c r="E56" s="2">
         <v>45007</v>
       </c>
       <c r="F56"/>
       <c r="G56" s="2">
         <v>45007</v>
       </c>
       <c r="H56"/>
       <c r="I56" s="2">
         <v>45007</v>
       </c>
       <c r="J56"/>
       <c r="K56" s="2">
         <v>45007</v>
       </c>
       <c r="L56"/>
       <c r="M56" s="2">
         <v>45007</v>
       </c>
-      <c r="N56"/>
-[...22 lines deleted...]
-      </c>
     </row>
     <row r="57">
       <c r="A57">
-        <v>2805</v>
+        <v>2832</v>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>Affidamento in house - Servizio di somministrazione e gestione delle risorse umane per il supporto tecnico amministrativo delle strutture regionali impegnate sul POR FESR Lazio 2014-2020
+          <t>Affidamento in concessione alla Società COTRAL SpA dei servizi di trasporto pubblico ferroviario di interesse regionale e locale sulle ferrovie regionali “Roma – Lido di Ostia” e “Roma – Civita Castellana – Viterbo”.
 </t>
         </is>
       </c>
       <c r="C57" t="s">
         <v>73</v>
       </c>
       <c r="D57"/>
       <c r="E57" s="2">
-        <v>44981</v>
+        <v>45007</v>
+      </c>
+      <c r="F57"/>
+      <c r="G57" s="2">
+        <v>45007</v>
+      </c>
+      <c r="H57"/>
+      <c r="I57" s="2">
+        <v>45007</v>
+      </c>
+      <c r="J57"/>
+      <c r="K57" s="2">
+        <v>45007</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" s="2">
+        <v>45007</v>
+      </c>
+      <c r="N57"/>
+      <c r="O57" s="2">
+        <v>45007</v>
+      </c>
+      <c r="P57"/>
+      <c r="Q57" s="2">
+        <v>45007</v>
+      </c>
+      <c r="R57"/>
+      <c r="S57" s="2">
+        <v>45007</v>
+      </c>
+      <c r="T57"/>
+      <c r="U57" s="2">
+        <v>45007</v>
+      </c>
+      <c r="V57"/>
+      <c r="W57" s="2">
+        <v>45007</v>
+      </c>
+      <c r="X57"/>
+      <c r="Y57" s="2">
+        <v>45007</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
-        <v>2804</v>
+        <v>2805</v>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>Affidamento in house - Servizio di gestione dell'avviso pubblico a sportello per il sostegno alle librerie indipendenti del Lazio - Laziocrea S.p.A.
-&amp;nbsp;
+          <t>Affidamento in house - Servizio di somministrazione e gestione delle risorse umane per il supporto tecnico amministrativo delle strutture regionali impegnate sul POR FESR Lazio 2014-2020
 </t>
         </is>
       </c>
       <c r="C58" t="s">
         <v>74</v>
       </c>
       <c r="D58"/>
       <c r="E58" s="2">
         <v>44981</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
-        <v>2803</v>
-[...1 lines deleted...]
-      <c r="B59" t="s">
+        <v>2804</v>
+      </c>
+      <c r="B59" t="inlineStr">
+        <is>
+          <t>Affidamento in house - Servizio di gestione dell'avviso pubblico a sportello per il sostegno alle librerie indipendenti del Lazio - Laziocrea S.p.A.
+&amp;nbsp;
+</t>
+        </is>
+      </c>
+      <c r="C59" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="D59"/>
       <c r="E59" s="2">
         <v>44981</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
-        <v>2802</v>
-[...5 lines deleted...]
-        </is>
+        <v>2803</v>
+      </c>
+      <c r="B60" t="s">
+        <v>76</v>
       </c>
       <c r="C60" t="s">
         <v>77</v>
       </c>
       <c r="D60"/>
       <c r="E60" s="2">
         <v>44981</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
-        <v>2800</v>
+        <v>2802</v>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>Progetto “IMPROGRAM” - PON GOV 2014-2020- Asse 7-Az. 7.2.1. &amp;nbsp;CUP F89G22000250006. CIG Z9338F2104. Determinazione a contrattare per l’affidamento di fornitura di dotazioni informatiche ai sensi dell’art. 36, comma 2, lettera a) del D.Lgs. 50/2016 mediante &amp;nbsp;confronto di preventivi con più operatori economici sul Mercato Elettronico della Pubblica Amministrazione (MePA).&amp;nbsp;
+          <t>Affidamento in house a Lazio Innova SpA - Attuazione Piano Operativo di Assistenza Tecnica presentato da Lazio Innova S.p.A. nell'ambito dell'Azione 4.1.1 POR FESR Lazio 2014-2020 Promozione dell'eco-efficienza e riduzione di consumi di energia primaria negli edifici e strutture pubbliche.
 </t>
         </is>
       </c>
       <c r="C61" t="s">
         <v>78</v>
       </c>
       <c r="D61"/>
       <c r="E61" s="2">
-        <v>45091</v>
+        <v>44981</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
-        <v>2795</v>
+        <v>2800</v>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>Contratto applicativo n. 3 dell'accordo quadro per l'affidamento della fornitura di nuovi treni da adibire al trasporto pubblico per le ferrovie regionali Roma - Lido di Ostia e Roma - Civita Castellana - Viterbo.
+          <t>Progetto “IMPROGRAM” - PON GOV 2014-2020- Asse 7-Az. 7.2.1. &amp;nbsp;CUP F89G22000250006. CIG Z9338F2104. Determinazione a contrattare per l’affidamento di fornitura di dotazioni informatiche ai sensi dell’art. 36, comma 2, lettera a) del D.Lgs. 50/2016 mediante &amp;nbsp;confronto di preventivi con più operatori economici sul Mercato Elettronico della Pubblica Amministrazione (MePA).&amp;nbsp;
 </t>
         </is>
       </c>
       <c r="C62" t="s">
         <v>79</v>
       </c>
       <c r="D62"/>
       <c r="E62" s="2">
-        <v>44939</v>
+        <v>45091</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
-        <v>2775</v>
+        <v>2795</v>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>Accordo di collaborazione tra la Regione Lazio e il dipartimento di Scienze Agrarie e Forestali (DAFNE) dell'Università degli Studi della Tuscia per Monitoraggi e diagnosi di Xylella fastidiosa nel Lazio.
+          <t>Contratto applicativo n. 3 dell'accordo quadro per l'affidamento della fornitura di nuovi treni da adibire al trasporto pubblico per le ferrovie regionali Roma - Lido di Ostia e Roma - Civita Castellana - Viterbo.
 </t>
         </is>
       </c>
       <c r="C63" t="s">
         <v>80</v>
       </c>
+      <c r="D63"/>
+      <c r="E63" s="2">
+        <v>44939</v>
+      </c>
     </row>
     <row r="64">
       <c r="A64">
-        <v>2760</v>
+        <v>2775</v>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>Procedura aperta, suddivisa in 7 Lotti, finalizzata alla stipula di Convenzioni quadro per l'affidamento dei servizi di Vigilanza armata e guardiania per le Amministrazioni del territorio della Regione Lazio. N. gara 8831195</t>
+          <t>Accordo di collaborazione tra la Regione Lazio e il dipartimento di Scienze Agrarie e Forestali (DAFNE) dell'Università degli Studi della Tuscia per Monitoraggi e diagnosi di Xylella fastidiosa nel Lazio.
+</t>
         </is>
       </c>
       <c r="C64" t="s">
         <v>81</v>
       </c>
-      <c r="D64"/>
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="65">
       <c r="A65">
-        <v>2745</v>
+        <v>2760</v>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>Procedura aperta finalizzata alla stipula di una convenzione volta all'affidamento del servizio di ossigenoterapia domiciliare occorrente alle Aziende Sanitarie della Regione Lazio. Numero gara 8773466.</t>
+          <t>Procedura aperta, suddivisa in 7 Lotti, finalizzata alla stipula di Convenzioni quadro per l'affidamento dei servizi di Vigilanza armata e guardiania per le Amministrazioni del territorio della Regione Lazio. N. gara 8831195</t>
         </is>
       </c>
       <c r="C65" t="s">
         <v>82</v>
       </c>
       <c r="D65"/>
       <c r="E65" s="2">
-        <v>45814</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
-        <v>2737</v>
+        <v>2745</v>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>Affidamento diretto del servizio di supporto tecnico-specialistico per l'effettuazione di diagnosi ufficiali fitosanitarie su organismi nocivi dei vegetali nel territorio del Lazio.
-</t>
+          <t>Procedura aperta finalizzata alla stipula di una convenzione volta all'affidamento del servizio di ossigenoterapia domiciliare occorrente alle Aziende Sanitarie della Regione Lazio. Numero gara 8773466.</t>
         </is>
       </c>
       <c r="C66" t="s">
         <v>83</v>
       </c>
       <c r="D66"/>
       <c r="E66" s="2">
-        <v>44869</v>
+        <v>45814</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
-        <v>2736</v>
+        <v>2737</v>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>Conferimento di incarico ex art. 1 della legge 11 settembre 2020, n. 120 di conversione in legge, con modificazioni, del decreto-legge 16 luglio 2020, n. 76, recante ""Misure urgenti per la semplificazione e l'innovazione digitale"", come modificato dall'art. 51 della legge n. 108 del 2021, del servizio di consulenza tecnica di parte in corso di perizia alla Società "Guida Ingegneria Forense srl"&amp;nbsp;per conto della Regione Lazio, citata come soggetto civilmente responsabile nel giudizio penale n. 482/2019 r.g. GIP (n. 1282/2018 r.g.n.r.) (fascicolo Avvocatura n. 1117/2019 - Avvocato incaricato Carlo D'Amata). Impegno di spesa di Euro 27.913,60 sul capitolo U0000R21420 - esercizio 2022 - codice creditore n. 190630. SMART CIG: ZB237F9BB0.
+          <t>Affidamento diretto del servizio di supporto tecnico-specialistico per l'effettuazione di diagnosi ufficiali fitosanitarie su organismi nocivi dei vegetali nel territorio del Lazio.
 </t>
         </is>
       </c>
       <c r="C67" t="s">
         <v>84</v>
       </c>
       <c r="D67"/>
       <c r="E67" s="2">
-        <v>44872</v>
+        <v>44869</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
-        <v>2734</v>
+        <v>2736</v>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>Fondo progettazione Intervento di manutenzione straordinaria del corpo arginale e di ripristino dell'officiosità idraulica dell'alveo del fiume Tevere nel tratto compreso tra Ponte Marconi e la foce.</t>
+          <t>Conferimento di incarico ex art. 1 della legge 11 settembre 2020, n. 120 di conversione in legge, con modificazioni, del decreto-legge 16 luglio 2020, n. 76, recante ""Misure urgenti per la semplificazione e l'innovazione digitale"", come modificato dall'art. 51 della legge n. 108 del 2021, del servizio di consulenza tecnica di parte in corso di perizia alla Società "Guida Ingegneria Forense srl"&amp;nbsp;per conto della Regione Lazio, citata come soggetto civilmente responsabile nel giudizio penale n. 482/2019 r.g. GIP (n. 1282/2018 r.g.n.r.) (fascicolo Avvocatura n. 1117/2019 - Avvocato incaricato Carlo D'Amata). Impegno di spesa di Euro 27.913,60 sul capitolo U0000R21420 - esercizio 2022 - codice creditore n. 190630. SMART CIG: ZB237F9BB0.
+</t>
         </is>
       </c>
       <c r="C68" t="s">
         <v>85</v>
       </c>
       <c r="D68"/>
       <c r="E68" s="2">
-        <v>45624</v>
-[...3 lines deleted...]
-        <v>45624</v>
+        <v>44872</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
-        <v>2691</v>
+        <v>2734</v>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>Concessione Grande Derivazione di Acqua Pubblica i sensi del R.D. 1775/1933 e s.m.i., ad uso approvvigionamento idropotabile, per una quantità di acqua prelevata pari a 5 moduli medi (500 litri secondi) dal Fiume Tevere, posta in essere nel territorio del Comune di Roma (RM), in località Grottarossa. Richiedente: ACEA ATO 2 S.p.A.
-</t>
+          <t>Fondo progettazione Intervento di manutenzione straordinaria del corpo arginale e di ripristino dell'officiosità idraulica dell'alveo del fiume Tevere nel tratto compreso tra Ponte Marconi e la foce.</t>
         </is>
       </c>
       <c r="C69" t="s">
         <v>86</v>
       </c>
       <c r="D69"/>
       <c r="E69" s="2">
-        <v>44806</v>
+        <v>45624</v>
+      </c>
+      <c r="F69"/>
+      <c r="G69" s="2">
+        <v>45624</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
-        <v>2685</v>
+        <v>2691</v>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>Procedura aperta svolta attraverso piattaforme telematiche di negoziazione ai sensi degli artt. 58 e 60 del d.lgs. 50/2016,&amp;nbsp;finalizzata all'acquisizione, a mezzo di accordo-quadro ex art. 54 comma 3 D. Lgs n. 50/2016, del servizio di assistenza tecnica&amp;nbsp;per la gestione ed attuazione del Piano Sviluppo e Coesione ella Regione Lazio. Lotto unico. Approvazione atti di gara ed autorizzazione ad indire.</t>
+          <t>Concessione Grande Derivazione di Acqua Pubblica i sensi del R.D. 1775/1933 e s.m.i., ad uso approvvigionamento idropotabile, per una quantità di acqua prelevata pari a 5 moduli medi (500 litri secondi) dal Fiume Tevere, posta in essere nel territorio del Comune di Roma (RM), in località Grottarossa. Richiedente: ACEA ATO 2 S.p.A.
+</t>
         </is>
       </c>
       <c r="C70" t="s">
         <v>87</v>
       </c>
       <c r="D70"/>
       <c r="E70" s="2">
-        <v>45547</v>
-[...7 lines deleted...]
-        <v>44993</v>
+        <v>44806</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
-        <v>2618</v>
+        <v>2685</v>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>Conferimento di incarico ex art. 1 della legge 11 settembre 2020, n. 120 di conversione in legge, con modificazioni, del decreto-legge 16 luglio 2020, n. 76, recante “Misure urgenti per la semplificazione e l’innovazione digitale”, come modificato dall’art. 51 della legge n. 108 del 2021, del servizio di consulenza tecnica di parte alla Società “Guida Ingegneria Forense srl” per conto della Regione Lazio nel procedimento penale avanti il Tribunale di Rieti n. 481/19 r.g. dib. e n. 537/18 r.g.&amp;nbsp; (fascicolo Avvocatura n. 915/19). Impegno di spesa di € 40.601,60 sul capitolo U0000R21420 - esercizio 2022 - codice creditore n. 190630. SMART CIG: Z5B3676D17.
-</t>
+          <t>Procedura aperta svolta attraverso piattaforme telematiche di negoziazione ai sensi degli artt. 58 e 60 del d.lgs. 50/2016,&amp;nbsp;finalizzata all'acquisizione, a mezzo di accordo-quadro ex art. 54 comma 3 D. Lgs n. 50/2016, del servizio di assistenza tecnica&amp;nbsp;per la gestione ed attuazione del Piano Sviluppo e Coesione ella Regione Lazio. Lotto unico. Approvazione atti di gara ed autorizzazione ad indire.</t>
         </is>
       </c>
       <c r="C71" t="s">
         <v>88</v>
       </c>
       <c r="D71"/>
       <c r="E71" s="2">
-        <v>44706</v>
+        <v>45547</v>
+      </c>
+      <c r="F71"/>
+      <c r="G71" s="2">
+        <v>45127</v>
+      </c>
+      <c r="H71"/>
+      <c r="I71" s="2">
+        <v>44993</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
-        <v>2605</v>
+        <v>2618</v>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>Procedura aperta, suddivisa in due lotti, finalizzata alla stipula di Convenzioni quadro per l'affidamento dei servizi di notificazione tramite servizio postale destinato alle Amministrazioni del territorio della Regione Lazio.</t>
+          <t>Conferimento di incarico ex art. 1 della legge 11 settembre 2020, n. 120 di conversione in legge, con modificazioni, del decreto-legge 16 luglio 2020, n. 76, recante “Misure urgenti per la semplificazione e l’innovazione digitale”, come modificato dall’art. 51 della legge n. 108 del 2021, del servizio di consulenza tecnica di parte alla Società “Guida Ingegneria Forense srl” per conto della Regione Lazio nel procedimento penale avanti il Tribunale di Rieti n. 481/19 r.g. dib. e n. 537/18 r.g.&amp;nbsp; (fascicolo Avvocatura n. 915/19). Impegno di spesa di € 40.601,60 sul capitolo U0000R21420 - esercizio 2022 - codice creditore n. 190630. SMART CIG: Z5B3676D17.
+</t>
         </is>
       </c>
       <c r="C72" t="s">
         <v>89</v>
       </c>
       <c r="D72"/>
       <c r="E72" s="2">
-        <v>45716</v>
+        <v>44706</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
-        <v>2595</v>
+        <v>2605</v>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>Conferimento di incarico ex art. 1 della legge 11 settembre 2020, n. 120 di conversione in legge, con modificazioni, del decreto-legge 16 luglio 2020, n. 76, recante "Misure urgenti per la semplificazione e l'innovazione digitale", come modificato dall'art. 51 della legge n. 108 del 2021, del servizio di consulenza tecnica di parte alla Società "Guida Ingegneria Forense srl" per conto della Regione Lazio, citata presso il Tribunale civile di Rieti da Gianlorenzi Franco +2 (r.g.n. 1026/2020). Impegno di spesa di ? 43.139,20 sul capitolo U0000R21420 - esercizio 2022 - codice creditore n. 190630. SMART CIG: ZD735D51B8.
-</t>
+          <t>Procedura aperta, suddivisa in due lotti, finalizzata alla stipula di Convenzioni quadro per l'affidamento dei servizi di notificazione tramite servizio postale destinato alle Amministrazioni del territorio della Regione Lazio.</t>
         </is>
       </c>
       <c r="C73" t="s">
         <v>90</v>
       </c>
       <c r="D73"/>
       <c r="E73" s="2">
-        <v>44665</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
-        <v>2589</v>
+        <v>2595</v>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>Decreto Legislativo n. 19 del 2 febbraio 2021. Attivita' di indagine e analisi diagnostiche finalizzati all'individuazione della presenza di organismi nocivi sul territorio regionale anno 2022. Assunzione impegno di spesa a favore di Universita' degli Studi della Tuscia - Dipartimento di Scienze Agrarie e Forestali (DAFNE), codice creditore 836, per euro 188.000,00 sul capitolo U0000B11115, pdc1.03.02.11.000, missione 16 programma 01 del bilancio regionale. Es fin 2021
+          <t>Conferimento di incarico ex art. 1 della legge 11 settembre 2020, n. 120 di conversione in legge, con modificazioni, del decreto-legge 16 luglio 2020, n. 76, recante "Misure urgenti per la semplificazione e l'innovazione digitale", come modificato dall'art. 51 della legge n. 108 del 2021, del servizio di consulenza tecnica di parte alla Società "Guida Ingegneria Forense srl" per conto della Regione Lazio, citata presso il Tribunale civile di Rieti da Gianlorenzi Franco +2 (r.g.n. 1026/2020). Impegno di spesa di ? 43.139,20 sul capitolo U0000R21420 - esercizio 2022 - codice creditore n. 190630. SMART CIG: ZD735D51B8.
 </t>
         </is>
       </c>
       <c r="C74" t="s">
         <v>91</v>
       </c>
       <c r="D74"/>
       <c r="E74" s="2">
-        <v>44748</v>
-[...7 lines deleted...]
-        <v>44748</v>
+        <v>44665</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
-        <v>2588</v>
-[...1 lines deleted...]
-      <c r="B75" t="s">
+        <v>2589</v>
+      </c>
+      <c r="B75" t="inlineStr">
+        <is>
+          <t>Decreto Legislativo n. 19 del 2 febbraio 2021. Attivita' di indagine e analisi diagnostiche finalizzati all'individuazione della presenza di organismi nocivi sul territorio regionale anno 2022. Assunzione impegno di spesa a favore di Universita' degli Studi della Tuscia - Dipartimento di Scienze Agrarie e Forestali (DAFNE), codice creditore 836, per euro 188.000,00 sul capitolo U0000B11115, pdc1.03.02.11.000, missione 16 programma 01 del bilancio regionale. Es fin 2021
+</t>
+        </is>
+      </c>
+      <c r="C75" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="D75"/>
       <c r="E75" s="2">
-        <v>44650</v>
+        <v>44748</v>
+      </c>
+      <c r="F75"/>
+      <c r="G75" s="2">
+        <v>44748</v>
+      </c>
+      <c r="H75"/>
+      <c r="I75" s="2">
+        <v>44748</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
-        <v>2581</v>
-[...5 lines deleted...]
-        </is>
+        <v>2588</v>
+      </c>
+      <c r="B76" t="s">
+        <v>93</v>
       </c>
       <c r="C76" t="s">
         <v>94</v>
       </c>
       <c r="D76"/>
       <c r="E76" s="2">
-        <v>44628</v>
+        <v>44650</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
-        <v>2556</v>
+        <v>2581</v>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>Determina a contrarre, Approvazione atti e indizione gara comunitaria centralizzata a procedura aperta per l'affidamento dei servizi di n.3 centri antiviolenza e di n.3 case rifugio per donne vittime di violenza. Durata affidamento 24 mesi. Prenotazione di spesa euro 1.728.866,88 IVA inclusa sul Capitolo U0000H41976 Missione 12 programma 04 es. fin. 2021-2022-2023. Assunzione impegno di spesa sul cap. U0000T19427 a favore di ANAC (cod. cred. 159683) di € 600,00 - es. fin. 2021. Lotto 1: CIG 8831441FA6 - Lotto 2: CIG 8831460F54 - Lotto 3: CIG 8831470797.</t>
+          <t>Servizio per la predisposizione di una proposta progettuale da presentare al MiC, definita nei contenuti di dettaglio, di rigenerazione culturale, sociale ed economica dei borghi storici a rischio di abbandono o abbandonati.
+</t>
         </is>
       </c>
       <c r="C77" t="s">
         <v>95</v>
       </c>
       <c r="D77"/>
       <c r="E77" s="2">
-        <v>45427</v>
+        <v>44628</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
-        <v>2437</v>
+        <v>2556</v>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di una convenzione per la fornitura di medicazioni generali da destinare alle Aziende Sanitarie ed Ospedaliere della Regione Lazio.</t>
+          <t>Determina a contrarre, Approvazione atti e indizione gara comunitaria centralizzata a procedura aperta per l'affidamento dei servizi di n.3 centri antiviolenza e di n.3 case rifugio per donne vittime di violenza. Durata affidamento 24 mesi. Prenotazione di spesa euro 1.728.866,88 IVA inclusa sul Capitolo U0000H41976 Missione 12 programma 04 es. fin. 2021-2022-2023. Assunzione impegno di spesa sul cap. U0000T19427 a favore di ANAC (cod. cred. 159683) di € 600,00 - es. fin. 2021. Lotto 1: CIG 8831441FA6 - Lotto 2: CIG 8831460F54 - Lotto 3: CIG 8831470797.</t>
         </is>
       </c>
       <c r="C78" t="s">
         <v>96</v>
       </c>
       <c r="D78"/>
       <c r="E78" s="2">
-        <v>45187</v>
-[...11 lines deleted...]
-        <v>44879</v>
+        <v>45427</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
-        <v>2347</v>
+        <v>2437</v>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, per l'affidamento dei lavori finalizzati alla realizzazione di un locale idoneo per il trattamento degli stranieri nel periodo di definizione dell'udienza di convalida dell'esecuzione del provvedimento di espulsione. (D.L. 4/10/2018 convertito in Legge n. 132/2018). CIG : 8741319CA0 - CUP F56C20000110006
-</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di una convenzione per la fornitura di medicazioni generali da destinare alle Aziende Sanitarie ed Ospedaliere della Regione Lazio.</t>
         </is>
       </c>
       <c r="C79" t="s">
         <v>97</v>
       </c>
+      <c r="D79"/>
+      <c r="E79" s="2">
+        <v>45187</v>
+      </c>
+      <c r="F79"/>
+      <c r="G79" s="2">
+        <v>44973</v>
+      </c>
+      <c r="H79"/>
+      <c r="I79" s="2">
+        <v>44972</v>
+      </c>
+      <c r="J79"/>
+      <c r="K79" s="2">
+        <v>44879</v>
+      </c>
     </row>
     <row r="80">
       <c r="A80">
-        <v>2342</v>
+        <v>2347</v>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>OCM Ortofrutta (Reg. UE n. 1308/2013, Reg. UE n. 2017/891 e Reg. UE n. 217/892, D.M. 8867 del 13.08.2019) - Determina a contrarre per un affidamento diretto tramite M.E.P.A. per le prestazioni professionali per il controllo istruttorio finalizzato al rilascio da parte della Regione Lazio dei provvedimenti di approvazione dei Programmi Operativi pluriennali presentati dalle organizzazioni di produttori a decorrere dall'annualità 2021, delle modifiche annuali ai programmi già approvati per l'annualità 2021 e/o delle modifiche in corso d'anno per l'annualità 2020 nonché dei provvedimenti di riconoscimento delle Organizzazioni di Produttori (OP) - Impegno di spesa di Euro 23.729,00 (Esercizio 2020) e prenotazione di Euro 23.729,00 (Esercizio finanziario 2021) in favore di Origine Consulting srl, codice creditore 203170, sul capitolo S21410, pdc 1.03.02.11.999– SMART CIG: ZF32F85A4E </t>
+          <t>Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, per l'affidamento dei lavori finalizzati alla realizzazione di un locale idoneo per il trattamento degli stranieri nel periodo di definizione dell'udienza di convalida dell'esecuzione del provvedimento di espulsione. (D.L. 4/10/2018 convertito in Legge n. 132/2018). CIG : 8741319CA0 - CUP F56C20000110006
+</t>
         </is>
       </c>
       <c r="C80" t="s">
         <v>98</v>
       </c>
-      <c r="D80" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="81">
       <c r="A81">
-        <v>2335</v>
-[...1 lines deleted...]
-      <c r="B81" t="s">
+        <v>2342</v>
+      </c>
+      <c r="B81" t="inlineStr">
+        <is>
+          <t>OCM Ortofrutta (Reg. UE n. 1308/2013, Reg. UE n. 2017/891 e Reg. UE n. 217/892, D.M. 8867 del 13.08.2019) - Determina a contrarre per un affidamento diretto tramite M.E.P.A. per le prestazioni professionali per il controllo istruttorio finalizzato al rilascio da parte della Regione Lazio dei provvedimenti di approvazione dei Programmi Operativi pluriennali presentati dalle organizzazioni di produttori a decorrere dall'annualità 2021, delle modifiche annuali ai programmi già approvati per l'annualità 2021 e/o delle modifiche in corso d'anno per l'annualità 2020 nonché dei provvedimenti di riconoscimento delle Organizzazioni di Produttori (OP) - Impegno di spesa di Euro 23.729,00 (Esercizio 2020) e prenotazione di Euro 23.729,00 (Esercizio finanziario 2021) in favore di Origine Consulting srl, codice creditore 203170, sul capitolo S21410, pdc 1.03.02.11.999– SMART CIG: ZF32F85A4E </t>
+        </is>
+      </c>
+      <c r="C81" t="s">
+        <v>99</v>
+      </c>
+      <c r="D81" t="s">
         <v>100</v>
       </c>
-      <c r="C81" t="s">
-[...2 lines deleted...]
-      <c r="D81"/>
       <c r="E81" s="2">
-        <v>44936</v>
+        <v>44327</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
-        <v>2314</v>
-[...4 lines deleted...]
-        </is>
+        <v>2335</v>
+      </c>
+      <c r="B82" t="s">
+        <v>101</v>
       </c>
       <c r="C82" t="s">
         <v>102</v>
       </c>
       <c r="D82"/>
       <c r="E82" s="2">
-        <v>45589</v>
+        <v>44936</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
-        <v>2272</v>
+        <v>2314</v>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>Conferimento di incarico ex art. 36, comma 2), lettera a), del D. Lgs. n. 50/2016, del servizio di consulenza tecnica di parte alla Società "Guida Ingegneria Forense srl" per conto della Regione Lazio, citata come soggetto civilmente responsabile nel giudizio penale n. 482/2019 r.g. GIP (n. 1282/2018 r.g.n.r.) (fascicolo Avvocatura n. 1117/2019 – Avvocato incaricato Carlo D'Amata). Impegno di spesa di € 48.214,40 sul capitolo R21420 (missione 01 – Programma 11 – Aggregato 1.03.02.11.000) esercizio 2020 - codice creditore n. 190630. SMART CIG: ZDD2BDF9F4. 
-</t>
+          <t>Procedura aperta, suddivisa in 6 Lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi di facchinaggio e di trasloco, destinati alle Amministrazioni del territorio della Regione Lazio.</t>
         </is>
       </c>
       <c r="C83" t="s">
         <v>103</v>
       </c>
-      <c r="D83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D83"/>
       <c r="E83" s="2">
-        <v>44218</v>
+        <v>45589</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
-        <v>2271</v>
+        <v>2272</v>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>Conferimento di incarico ex art. 36, comma 2), lettera a), del D. Lgs. n. 50/2016, del servizio di consulenza tecnica di parte alla Società "Guida Ingegneria Forense srl" per conto della Regione Lazio, citata come soggetto civilmente responsabile nel giudizio penale n. 336/2018 r.g. gip e n. 1851/2016 r.g.n.r. (fascicolo Avvocatura n. 606/2019 – Avvocato incaricato Elena Prezioso). Impegno di spesa di € 48.214,40 sul capitolo R21420 (missione 01 – Programma 11 – Aggregato 1.03.02.11.000) esercizio 2020 - codice creditore n. 190630. SMART CIG: ZD02BC3D3D.
+          <t>Conferimento di incarico ex art. 36, comma 2), lettera a), del D. Lgs. n. 50/2016, del servizio di consulenza tecnica di parte alla Società "Guida Ingegneria Forense srl" per conto della Regione Lazio, citata come soggetto civilmente responsabile nel giudizio penale n. 482/2019 r.g. GIP (n. 1282/2018 r.g.n.r.) (fascicolo Avvocatura n. 1117/2019 – Avvocato incaricato Carlo D'Amata). Impegno di spesa di € 48.214,40 sul capitolo R21420 (missione 01 – Programma 11 – Aggregato 1.03.02.11.000) esercizio 2020 - codice creditore n. 190630. SMART CIG: ZDD2BDF9F4. 
 </t>
         </is>
       </c>
       <c r="C84" t="s">
+        <v>104</v>
+      </c>
+      <c r="D84" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="E84" s="2">
         <v>44218</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
-        <v>2221</v>
-[...1 lines deleted...]
-      <c r="B85" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B85" t="inlineStr">
+        <is>
+          <t>Conferimento di incarico ex art. 36, comma 2), lettera a), del D. Lgs. n. 50/2016, del servizio di consulenza tecnica di parte alla Società "Guida Ingegneria Forense srl" per conto della Regione Lazio, citata come soggetto civilmente responsabile nel giudizio penale n. 336/2018 r.g. gip e n. 1851/2016 r.g.n.r. (fascicolo Avvocatura n. 606/2019 – Avvocato incaricato Elena Prezioso). Impegno di spesa di € 48.214,40 sul capitolo R21420 (missione 01 – Programma 11 – Aggregato 1.03.02.11.000) esercizio 2020 - codice creditore n. 190630. SMART CIG: ZD02BC3D3D.
+</t>
+        </is>
+      </c>
+      <c r="C85" t="s">
+        <v>106</v>
+      </c>
+      <c r="D85" t="s">
         <v>107</v>
       </c>
-      <c r="C85" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E85" s="2">
-        <v>44183</v>
+        <v>44218</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
-        <v>2215</v>
+        <v>2221</v>
       </c>
       <c r="B86" t="s">
+        <v>108</v>
+      </c>
+      <c r="C86" t="s">
+        <v>109</v>
+      </c>
+      <c r="D86" t="s">
         <v>110</v>
       </c>
-      <c r="C86" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E86" s="2">
-        <v>44249</v>
-[...11 lines deleted...]
-        <v>44249</v>
+        <v>44183</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
-        <v>2204</v>
-[...4 lines deleted...]
-        </is>
+        <v>2215</v>
+      </c>
+      <c r="B87" t="s">
+        <v>111</v>
       </c>
       <c r="C87" t="s">
+        <v>112</v>
+      </c>
+      <c r="D87" t="s">
+        <v>113</v>
+      </c>
+      <c r="E87" s="2">
+        <v>44249</v>
+      </c>
+      <c r="F87" t="s">
+        <v>114</v>
+      </c>
+      <c r="G87" s="2">
+        <v>44249</v>
+      </c>
+      <c r="H87" t="s">
         <v>115</v>
       </c>
-      <c r="D87" t="s">
-[...3 lines deleted...]
-        <v>44161</v>
+      <c r="I87" s="2">
+        <v>44249</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
-        <v>2202</v>
+        <v>2204</v>
       </c>
       <c r="B88" t="inlineStr">
         <is>
-          <t>Attuazione della Deliberazione di Giunta regionale 4 agosto 2016, n. 509. Accordo sottoscritto tra il Presidente della Regione Lazio e il Presidente di ENEA per il Sistema Informativo per la gestione degli Attestati di Prestazione Energetica nella Regione Lazio, denominato APE Lazio. Determinazione n. G17060 del 09/12/2019. Modifica dello schema di Convenzione per le annualità 2019 e 2020. Conferma degli impegni di spesa nn. 23749 e 32895 di €15.000,00 sul Capitolo di bilancio regionale E11901 della Missione 17, Programma 01, a favore di ENEA - Agenzia nazionale per le nuove tecnologie, l'energia e lo sviluppo economico sostenibile - (codice creditore 6889).</t>
+          <t>DGR n. 984/2019 e DGR n. 98/2020. Attività di manutenzione adeguativa, migliorativa ed evolutiva del sistema informativo Registro Impianti Geotermici (RIG) e Sistema Informativo Territoriale  (SIT). Approvazione dello studio di fattibilità e impegno di spesa a favore della società in house providing LazioCrea S.p.A. (Codice Creditore 164838) per € 48.577,71 complessivi, di cui € 22.820,40 sul capitolo E11901 e € 25.757,31 sul capitolo E12520, nell'ambito del Programma 01 della Missione 17. Esercizi finanziari 2020 e 2021.</t>
         </is>
       </c>
       <c r="C88" t="s">
+        <v>116</v>
+      </c>
+      <c r="D88" t="s">
         <v>117</v>
       </c>
-      <c r="D88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E88" s="2">
-        <v>44162</v>
+        <v>44161</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
-        <v>2194</v>
+        <v>2202</v>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t>Affidamento diretto dei servizi di trasporto pubblico locale su strada a COTRAL S.p.A. - Approvazione del relativo Regolamento sulle attività di vigilanza e controllo sui servizi di trasporto di competenza regionale affidati ai sensi dell'art.38, co. 5, L.R. 24.12.2008, n.31 - (affidamento in house providing).</t>
+          <t>Attuazione della Deliberazione di Giunta regionale 4 agosto 2016, n. 509. Accordo sottoscritto tra il Presidente della Regione Lazio e il Presidente di ENEA per il Sistema Informativo per la gestione degli Attestati di Prestazione Energetica nella Regione Lazio, denominato APE Lazio. Determinazione n. G17060 del 09/12/2019. Modifica dello schema di Convenzione per le annualità 2019 e 2020. Conferma degli impegni di spesa nn. 23749 e 32895 di €15.000,00 sul Capitolo di bilancio regionale E11901 della Missione 17, Programma 01, a favore di ENEA - Agenzia nazionale per le nuove tecnologie, l'energia e lo sviluppo economico sostenibile - (codice creditore 6889).</t>
         </is>
       </c>
       <c r="C89" t="s">
+        <v>118</v>
+      </c>
+      <c r="D89" t="s">
         <v>119</v>
       </c>
-      <c r="D89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E89" s="2">
-        <v>44152</v>
-[...5 lines deleted...]
-        <v>44152</v>
+        <v>44162</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
-        <v>2156</v>
+        <v>2194</v>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>Lavori per la ricostruzione dell'ospedale di Amatrice di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Codice Opera: OOPP_M_002_2017. Determina a contrarre per l'affidamento dell'incarico, ai sensi dell'art. 2, c. 2-bis del D.L. 189/2016, di Presidente di Commissione di collaudo, collaudatore tecnico amministrativo in corso d'opera, verifica della contabilità e collaudatore statico in corso d'opera per la formazione della Commissione di collaudo. CUP: F78I18000070008 – CIG 84815078FC</t>
+          <t>Affidamento diretto dei servizi di trasporto pubblico locale su strada a COTRAL S.p.A. - Approvazione del relativo Regolamento sulle attività di vigilanza e controllo sui servizi di trasporto di competenza regionale affidati ai sensi dell'art.38, co. 5, L.R. 24.12.2008, n.31 - (affidamento in house providing).</t>
         </is>
       </c>
       <c r="C90" t="s">
+        <v>120</v>
+      </c>
+      <c r="D90" t="s">
+        <v>121</v>
+      </c>
+      <c r="E90" s="2">
+        <v>44152</v>
+      </c>
+      <c r="F90" t="s">
         <v>122</v>
       </c>
-      <c r="D90" t="s">
-[...3 lines deleted...]
-        <v>44251</v>
+      <c r="G90" s="2">
+        <v>44152</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
-        <v>2082</v>
+        <v>2156</v>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>Recepimento della Determinazione n. 400 del 21.10.2019 (lotti 13-14-20-23) - come rettificata dalla Determinazione n. 420 del 06.11.2019 - e della Determinazione n. 539 del 31.12.2019 (lotti 15-16-17-18-19-21-22-24) di INTERCENT-ER (Agenzia regionale di sviluppo dei mercati Telematici dell'Emilia Romagna) ad oggetto "Procedura aperta per la fornitura di defibrillatori impiantabili e pacemaker per le Regioni Emilia-Romagna e Lazio". 
-</t>
+          <t>Lavori per la ricostruzione dell'ospedale di Amatrice di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Codice Opera: OOPP_M_002_2017. Determina a contrarre per l'affidamento dell'incarico, ai sensi dell'art. 2, c. 2-bis del D.L. 189/2016, di Presidente di Commissione di collaudo, collaudatore tecnico amministrativo in corso d'opera, verifica della contabilità e collaudatore statico in corso d'opera per la formazione della Commissione di collaudo. CUP: F78I18000070008 – CIG 84815078FC</t>
         </is>
       </c>
       <c r="C91" t="s">
+        <v>123</v>
+      </c>
+      <c r="D91" t="s">
         <v>124</v>
       </c>
-      <c r="D91"/>
       <c r="E91" s="2">
-        <v>45007</v>
-[...15 lines deleted...]
-        <v>44887</v>
+        <v>44251</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
-        <v>2063</v>
+        <v>2082</v>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t>Ordinanza del Capo Dipartimento di Protezione Civile n.558 del 15 novembre 2018. Intervento codice R509 denominato "Lavori straordinari di manutenzione dell'alveo del fiume Mignone dalla SS Aurelia sino alla foce in dx e sx idraulica per Km 4,00 ca.". Approvazione della perizia giustificativa dei "Lavori urgenti per il ripristino della officiosità idraulica del fiume Mignone in località Farnesiana nel comune di Tarquinia (VT)" CUP: F83H20000220001 - CIG: Z852AE8E66. </t>
+          <t>Recepimento della Determinazione n. 400 del 21.10.2019 (lotti 13-14-20-23) - come rettificata dalla Determinazione n. 420 del 06.11.2019 - e della Determinazione n. 539 del 31.12.2019 (lotti 15-16-17-18-19-21-22-24) di INTERCENT-ER (Agenzia regionale di sviluppo dei mercati Telematici dell'Emilia Romagna) ad oggetto "Procedura aperta per la fornitura di defibrillatori impiantabili e pacemaker per le Regioni Emilia-Romagna e Lazio". 
+</t>
         </is>
       </c>
       <c r="C92" t="s">
         <v>125</v>
       </c>
-      <c r="D92" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D92"/>
       <c r="E92" s="2">
-        <v>44008</v>
+        <v>45007</v>
+      </c>
+      <c r="F92"/>
+      <c r="G92" s="2">
+        <v>44995</v>
+      </c>
+      <c r="H92"/>
+      <c r="I92" s="2">
+        <v>44985</v>
+      </c>
+      <c r="J92"/>
+      <c r="K92" s="2">
+        <v>44980</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" s="2">
+        <v>44887</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
-        <v>2058</v>
+        <v>2063</v>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t>Aggiudicazione definitiva della procedura negoziata tramite RDO su M.E.P.A. per fornitura di attrezzatura e componentistica per il Radar meteorologico di Protezione Civile</t>
+          <t>Ordinanza del Capo Dipartimento di Protezione Civile n.558 del 15 novembre 2018. Intervento codice R509 denominato "Lavori straordinari di manutenzione dell'alveo del fiume Mignone dalla SS Aurelia sino alla foce in dx e sx idraulica per Km 4,00 ca.". Approvazione della perizia giustificativa dei "Lavori urgenti per il ripristino della officiosità idraulica del fiume Mignone in località Farnesiana nel comune di Tarquinia (VT)" CUP: F83H20000220001 - CIG: Z852AE8E66. </t>
         </is>
       </c>
       <c r="C93" t="s">
+        <v>126</v>
+      </c>
+      <c r="D93" t="s">
         <v>127</v>
       </c>
-      <c r="D93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E93" s="2">
-        <v>43959</v>
+        <v>44008</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="B94" t="s">
+        <v>2058</v>
+      </c>
+      <c r="B94" t="inlineStr">
+        <is>
+          <t>Aggiudicazione definitiva della procedura negoziata tramite RDO su M.E.P.A. per fornitura di attrezzatura e componentistica per il Radar meteorologico di Protezione Civile</t>
+        </is>
+      </c>
+      <c r="C94" t="s">
+        <v>128</v>
+      </c>
+      <c r="D94" t="s">
         <v>129</v>
       </c>
-      <c r="C94" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E94" s="2">
-        <v>43858</v>
-[...17 lines deleted...]
-        <v>43858</v>
+        <v>43959</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
-        <v>2003</v>
-[...4 lines deleted...]
-        </is>
+        <v>2020</v>
+      </c>
+      <c r="B95" t="s">
+        <v>130</v>
       </c>
       <c r="C95" t="s">
+        <v>131</v>
+      </c>
+      <c r="D95" t="s">
+        <v>132</v>
+      </c>
+      <c r="E95" s="2">
+        <v>43858</v>
+      </c>
+      <c r="F95" t="s">
+        <v>133</v>
+      </c>
+      <c r="G95" s="2">
+        <v>43858</v>
+      </c>
+      <c r="H95" t="s">
+        <v>134</v>
+      </c>
+      <c r="I95" s="2">
+        <v>43858</v>
+      </c>
+      <c r="J95" t="s">
         <v>135</v>
       </c>
-      <c r="D95" t="s">
-[...3 lines deleted...]
-        <v>43830</v>
+      <c r="K95" s="2">
+        <v>43858</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
-        <v>1988</v>
+        <v>2003</v>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020. Progetto n. A0097E0012. Approvazione Piano delle Attività "Assistenza Tecnica all'Autorità di Gestione del POR FESR Lazio 2014-2020" presentato da LAZIOcrea S.p.A. nell'ambito dell'Asse Prioritario 6 – Obiettivo specifico 6.1.5. Approvazione dello schema di convenzione tra la Regione Lazio e LAZIOcrea S.p.A. - CUP n. F81H17000070009.</t>
+          <t>Misura 20 "Assistenza Tecnica" del PSR 2014/2020 del Lazio, domanda di sostegno n. 54250339261, atto di concessione n. G05877 04/05/2018. Approvazione dello schema di accordo di collaborazione tra Regione Lazio e Centro di Ricerca Politiche e Bio-economia del Consiglio per la Ricerca in Agricoltura e l'Analisi dell'Economia Agraria (di seguito "CREA-PB"), per il supporto all'attività di monitoraggio della tenuta della contabilità aziendale, secondo la metodologia RICA, da parte dei beneficiari del Programma di Sviluppo Rurale (PSR) del Lazio 2007/2013 - CUP FC89C18000260009</t>
         </is>
       </c>
       <c r="C96" t="s">
+        <v>136</v>
+      </c>
+      <c r="D96" t="s">
         <v>137</v>
       </c>
-      <c r="D96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E96" s="2">
-        <v>43810</v>
+        <v>43830</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
-        <v>1985</v>
-[...1 lines deleted...]
-      <c r="B97" t="s">
+        <v>1988</v>
+      </c>
+      <c r="B97" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020. Progetto n. A0097E0012. Approvazione Piano delle Attività "Assistenza Tecnica all'Autorità di Gestione del POR FESR Lazio 2014-2020" presentato da LAZIOcrea S.p.A. nell'ambito dell'Asse Prioritario 6 – Obiettivo specifico 6.1.5. Approvazione dello schema di convenzione tra la Regione Lazio e LAZIOcrea S.p.A. - CUP n. F81H17000070009.</t>
+        </is>
+      </c>
+      <c r="C97" t="s">
+        <v>138</v>
+      </c>
+      <c r="D97" t="s">
         <v>139</v>
       </c>
-      <c r="C97" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E97" s="2">
-        <v>43865</v>
+        <v>43810</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
-        <v>1976</v>
+        <v>1985</v>
       </c>
       <c r="B98" t="s">
+        <v>140</v>
+      </c>
+      <c r="C98" t="s">
+        <v>141</v>
+      </c>
+      <c r="D98" t="s">
         <v>142</v>
       </c>
-      <c r="C98" t="s">
-[...2 lines deleted...]
-      <c r="D98"/>
       <c r="E98" s="2">
-        <v>44911</v>
-[...11 lines deleted...]
-        <v>44183</v>
+        <v>43865</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
-        <v>1952</v>
+        <v>1976</v>
       </c>
       <c r="B99" t="s">
+        <v>143</v>
+      </c>
+      <c r="C99" t="s">
+        <v>144</v>
+      </c>
+      <c r="D99"/>
+      <c r="E99" s="2">
+        <v>44911</v>
+      </c>
+      <c r="F99" t="s">
+        <v>145</v>
+      </c>
+      <c r="G99" s="2">
+        <v>44169</v>
+      </c>
+      <c r="H99" t="s">
         <v>146</v>
       </c>
-      <c r="C99" t="s">
-[...6 lines deleted...]
-        <v>43752</v>
+      <c r="I99" s="2">
+        <v>44183</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="B100" t="s">
+        <v>147</v>
+      </c>
+      <c r="C100" t="s">
+        <v>148</v>
+      </c>
+      <c r="D100" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
       <c r="E100" s="2">
         <v>43752</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
-        <v>1946</v>
-[...4 lines deleted...]
-        </is>
+        <v>1951</v>
+      </c>
+      <c r="B101" t="s">
+        <v>150</v>
       </c>
       <c r="C101" t="s">
+        <v>151</v>
+      </c>
+      <c r="D101" t="s">
         <v>152</v>
       </c>
-      <c r="D101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E101" s="2">
-        <v>43727</v>
+        <v>43752</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
-        <v>1944</v>
+        <v>1946</v>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. – Intervento R64 "Lavori Urgenti di Ripascimento e Manutenzione delle Opere Esistenti a Causa di Erosione Costiera nel comune di Roma – X Municipio Ostia", Approvazione progetto definitivo-esecutivo e Determinazione a contrarre per l'affidamento dei lavori CUP F85J19001400001 CIG 7981847C81</t>
+          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. – Intervento R66 “Lavori Urgenti di Ripascimento e Manutenzione delle Opere Esistenti a Causa di Erosione Costiera nel comune di Tarquinia”; Approvazione progetto definitivo-esecutivo e Determinazione a contrarre. CUP F85J19001390001 - CIG 7983626896 </t>
         </is>
       </c>
       <c r="C102" t="s">
+        <v>153</v>
+      </c>
+      <c r="D102" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="E102" s="2">
         <v>43727</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
-        <v>1931</v>
+        <v>1944</v>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>Affidamento servizio legale ai sensi dell'art.17 e art.36 comma 2 lettera a del D.lgs.n.50/2016 finalizzato all'effettuazione di uno studio teso a riscontrare l'esistenza dei fenomeni di erosione, di elusione o di evasione della tassa automobilistica, che danno luogo alla perdita di gettito nella Regione Lazio, nell'ambito dei contratti a noleggio a lungo termine, breve termine e car sharing e formulazione di possibili soluzioni riguardo al menzionato fenomeno del mancato gettito.</t>
+          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. – Intervento R64 "Lavori Urgenti di Ripascimento e Manutenzione delle Opere Esistenti a Causa di Erosione Costiera nel comune di Roma – X Municipio Ostia", Approvazione progetto definitivo-esecutivo e Determinazione a contrarre per l'affidamento dei lavori CUP F85J19001400001 CIG 7981847C81</t>
         </is>
       </c>
       <c r="C103" t="s">
+        <v>155</v>
+      </c>
+      <c r="D103" t="s">
         <v>156</v>
       </c>
-      <c r="D103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E103" s="2">
-        <v>43668</v>
+        <v>43727</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
-        <v>1927</v>
-[...1 lines deleted...]
-      <c r="B104" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B104" t="inlineStr">
+        <is>
+          <t>Affidamento servizio legale ai sensi dell'art.17 e art.36 comma 2 lettera a del D.lgs.n.50/2016 finalizzato all'effettuazione di uno studio teso a riscontrare l'esistenza dei fenomeni di erosione, di elusione o di evasione della tassa automobilistica, che danno luogo alla perdita di gettito nella Regione Lazio, nell'ambito dei contratti a noleggio a lungo termine, breve termine e car sharing e formulazione di possibili soluzioni riguardo al menzionato fenomeno del mancato gettito.</t>
+        </is>
+      </c>
+      <c r="C104" t="s">
+        <v>157</v>
+      </c>
+      <c r="D104" t="s">
         <v>158</v>
       </c>
-      <c r="C104" t="s">
-[...2 lines deleted...]
-      <c r="D104"/>
       <c r="E104" s="2">
-        <v>45103</v>
-[...9 lines deleted...]
-        <v>44040</v>
+        <v>43668</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
-        <v>1922</v>
-[...4 lines deleted...]
-        </is>
+        <v>1927</v>
+      </c>
+      <c r="B105" t="s">
+        <v>159</v>
       </c>
       <c r="C105" t="s">
+        <v>160</v>
+      </c>
+      <c r="D105"/>
+      <c r="E105" s="2">
+        <v>45103</v>
+      </c>
+      <c r="F105"/>
+      <c r="G105" s="2">
+        <v>45103</v>
+      </c>
+      <c r="H105" t="s">
         <v>161</v>
       </c>
-      <c r="D105" t="s">
-[...3 lines deleted...]
-        <v>43781</v>
+      <c r="I105" s="2">
+        <v>44040</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
-        <v>1901</v>
-[...1 lines deleted...]
-      <c r="B106" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B106" t="inlineStr">
+        <is>
+          <t>Lavori di S.U. per il ripristino della officiosità idraulica del fiume Fibreno, a seguito delle avverse condizioni meteo che hanno determinato il crollo di alberature di alto fusto nell’alveo, compromettendo e danneggiando le difese idrauliche, nei comuni di Isola del Liri, Sora e Broccostella.</t>
+        </is>
+      </c>
+      <c r="C106" t="s">
+        <v>162</v>
+      </c>
+      <c r="D106" t="s">
         <v>163</v>
       </c>
-      <c r="C106" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E106" s="2">
-        <v>43524</v>
+        <v>43781</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
-        <v>1889</v>
-[...5 lines deleted...]
-        </is>
+        <v>1901</v>
+      </c>
+      <c r="B107" t="s">
+        <v>164</v>
       </c>
       <c r="C107" t="s">
+        <v>165</v>
+      </c>
+      <c r="D107" t="s">
         <v>166</v>
       </c>
-      <c r="D107"/>
       <c r="E107" s="2">
-        <v>44981</v>
+        <v>43524</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura di stent coronarici occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio - Lotto n. 1</t>
+          <t>Gara comunitaria a procedura aperta, ai sensi dell’art. 60 del d. lgs. n° 50/2016 e s.m.i., per l’affidamento del servizio di valutazione del programma di reindustrializzazione del Lazio (attivita’ V_1 e V_2 del Piano di valutazione del POR FESR 2014-2020)
+</t>
         </is>
       </c>
       <c r="C108" t="s">
         <v>167</v>
       </c>
       <c r="D108"/>
       <c r="E108" s="2">
-        <v>45855</v>
+        <v>44981</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
-        <v>1887</v>
-[...1 lines deleted...]
-      <c r="B109" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B109" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura di stent coronarici occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio - Lotto n. 1</t>
+        </is>
+      </c>
+      <c r="C109" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="D109"/>
       <c r="E109" s="2">
-        <v>45134</v>
+        <v>45855</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
-        <v>1881</v>
+        <v>1887</v>
       </c>
       <c r="B110" t="s">
+        <v>169</v>
+      </c>
+      <c r="C110" t="s">
         <v>170</v>
       </c>
-      <c r="C110" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D110"/>
       <c r="E110" s="2">
-        <v>43472</v>
+        <v>45134</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="B111" t="s">
+        <v>171</v>
+      </c>
+      <c r="C111" t="s">
+        <v>172</v>
+      </c>
+      <c r="D111" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
       <c r="E111" s="2">
         <v>43472</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="B112" t="s">
+        <v>174</v>
+      </c>
+      <c r="C112" t="s">
+        <v>175</v>
+      </c>
+      <c r="D112" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>178</v>
       </c>
       <c r="E112" s="2">
         <v>43472</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
-        <v>1840</v>
-[...4 lines deleted...]
-        </is>
+        <v>1879</v>
+      </c>
+      <c r="B113" t="s">
+        <v>177</v>
       </c>
       <c r="C113" t="s">
+        <v>178</v>
+      </c>
+      <c r="D113" t="s">
         <v>179</v>
       </c>
-      <c r="D113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E113" s="2">
-        <v>43382</v>
-[...5 lines deleted...]
-        <v>43382</v>
+        <v>43472</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="B114" t="inlineStr">
         <is>
-          <t>d.d. 26/10/16 n. G12419: riforma sostitutiva degli all.1 e 2. Approvazione degli schemi di addendum alle convenzione tra le la Regione Lazio e Soc. in house Lazio Innova S.p.A. per le attività di supporto quale "soggetto attuatore" alle attività di comunicazione e informazione della Progr.ne 2014-2020 dei fondi SIE. CUP F89G16000750006  POR FEASR, CUP F81H16000260009 POR FESR, CUP F87E16001390009 POR FSE</t>
+          <t>d.d. 26/10/16 n. G12419: riforma sostitutiva degli all.1 e 2. Approvazione  degli schemi di addendum alle convenzione tra le la Regione Lazio e Soc. in house Laziocrea S.p.A. per le attività di supporto quale "soggetto attuatore" alle attività di comunicazione e informazione della Progr.ne 2014-2020 dei fondi SIE. CUP F89G16000760006 POR FEASR, CUP F81H16000270009 POR FESR, CUP F87E16001400009 POR FSE</t>
         </is>
       </c>
       <c r="C114" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D114" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="E114" s="2">
         <v>43382</v>
       </c>
       <c r="F114" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="G114" s="2">
         <v>43382</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
-        <v>1818</v>
+        <v>1839</v>
       </c>
       <c r="B115" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili.  Intervento A0100E0118 - DOSSIER LI-ES2-2960313 “Palazzo de Magistris sede comunale, Comune di Sezze (LT). Affidamento incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione schema di lettera di accettazione incarico professionale all’ing Massimo Pescosolido cod. cred. 177886 Impegno su Capitoli A42200 - A42201 - A42202 - E.F. 2018.CUP F14D17000390006 - CIG ZB9238C45F</t>
+          <t>d.d. 26/10/16 n. G12419: riforma sostitutiva degli all.1 e 2. Approvazione degli schemi di addendum alle convenzione tra le la Regione Lazio e Soc. in house Lazio Innova S.p.A. per le attività di supporto quale "soggetto attuatore" alle attività di comunicazione e informazione della Progr.ne 2014-2020 dei fondi SIE. CUP F89G16000750006  POR FEASR, CUP F81H16000260009 POR FESR, CUP F87E16001390009 POR FSE</t>
         </is>
       </c>
       <c r="C115" t="s">
+        <v>183</v>
+      </c>
+      <c r="D115" t="s">
+        <v>184</v>
+      </c>
+      <c r="E115" s="2">
+        <v>43382</v>
+      </c>
+      <c r="F115" t="s">
         <v>185</v>
       </c>
-      <c r="D115" t="s">
-[...3 lines deleted...]
-        <v>43502</v>
+      <c r="G115" s="2">
+        <v>43382</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
-        <v>1801</v>
+        <v>1818</v>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>Affidamento a R.T.I. (Accenture S.p.A e Inmatica S.p.A) della fornitura dei servizi di manutenzione evolutivo-adeguativa e di consulenza specifica per l’adeguamento del sistema informativo elettorale centrale (SIEL) alle variazioni intervenute con la normativa elettorale della Regione Lazio.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili.  Intervento A0100E0118 - DOSSIER LI-ES2-2960313 “Palazzo de Magistris sede comunale, Comune di Sezze (LT). Affidamento incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione schema di lettera di accettazione incarico professionale all’ing Massimo Pescosolido cod. cred. 177886 Impegno su Capitoli A42200 - A42201 - A42202 - E.F. 2018.CUP F14D17000390006 - CIG ZB9238C45F</t>
         </is>
       </c>
       <c r="C116" t="s">
+        <v>186</v>
+      </c>
+      <c r="D116" t="s">
         <v>187</v>
       </c>
-      <c r="D116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E116" s="2">
-        <v>43312</v>
+        <v>43502</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t>Affidamento a IPZS (Istituto Poligrafico e Zecca dello stato) S.p.A., della fornitura del servizio di stampa, allestimento, distribuzione del materiale  e supporto alla gestione del progetto per lo svolgimento delle elezioni regionali 2018. </t>
+          <t>Affidamento a R.T.I. (Accenture S.p.A e Inmatica S.p.A) della fornitura dei servizi di manutenzione evolutivo-adeguativa e di consulenza specifica per l’adeguamento del sistema informativo elettorale centrale (SIEL) alle variazioni intervenute con la normativa elettorale della Regione Lazio.</t>
         </is>
       </c>
       <c r="C117" t="s">
+        <v>188</v>
+      </c>
+      <c r="D117" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="E117" s="2">
         <v>43312</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
-        <v>1775</v>
-[...1 lines deleted...]
-      <c r="B118" t="s">
+        <v>1800</v>
+      </c>
+      <c r="B118" t="inlineStr">
+        <is>
+          <t>Affidamento a IPZS (Istituto Poligrafico e Zecca dello stato) S.p.A., della fornitura del servizio di stampa, allestimento, distribuzione del materiale  e supporto alla gestione del progetto per lo svolgimento delle elezioni regionali 2018. </t>
+        </is>
+      </c>
+      <c r="C118" t="s">
+        <v>190</v>
+      </c>
+      <c r="D118" t="s">
         <v>191</v>
       </c>
-      <c r="C118" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E118" s="2">
-        <v>43300</v>
+        <v>43312</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
-        <v>1768</v>
+        <v>1775</v>
       </c>
       <c r="B119" t="s">
+        <v>192</v>
+      </c>
+      <c r="C119" t="s">
+        <v>193</v>
+      </c>
+      <c r="D119" t="s">
         <v>194</v>
       </c>
-      <c r="C119" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E119" s="2">
-        <v>43536</v>
+        <v>43300</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
-        <v>1738</v>
-[...4 lines deleted...]
-        </is>
+        <v>1768</v>
+      </c>
+      <c r="B120" t="s">
+        <v>195</v>
       </c>
       <c r="C120" t="s">
+        <v>196</v>
+      </c>
+      <c r="D120" t="s">
         <v>197</v>
       </c>
-      <c r="D120" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E120" s="2">
-        <v>43202</v>
+        <v>43536</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
-        <v>1729</v>
-[...1 lines deleted...]
-      <c r="B121" t="s">
+        <v>1738</v>
+      </c>
+      <c r="B121" t="inlineStr">
+        <is>
+          <t>D.G.R.L. n. 64 del 21 febbraio 2017 "Programma di Cooperazione Territoriale Europea Interreg Europe 2014-2020. Partecipazione della Regione Lazio alla realizzazione dei progetti Cult –RInG, ENERSELVES, e Urban Manifacturing, candidati al 2° Bando e finanziati." - Progetto ENERSELVES – Policy instruments for energy self–consumption in buildings - PGI02505, - CUP E69D16003390007. Impegno di 3.000,00 € in favore di creditori diversi per l'affidamento delle attività di controllo di I livello per il progetto ENERSELVES.</t>
+        </is>
+      </c>
+      <c r="C121" t="s">
+        <v>198</v>
+      </c>
+      <c r="D121" t="s">
         <v>199</v>
       </c>
-      <c r="C121" t="s">
-[...2 lines deleted...]
-      <c r="D121"/>
       <c r="E121" s="2">
-        <v>43187</v>
+        <v>43202</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
-        <v>1728</v>
-[...4 lines deleted...]
-        </is>
+        <v>1729</v>
+      </c>
+      <c r="B122" t="s">
+        <v>200</v>
       </c>
       <c r="C122" t="s">
         <v>201</v>
       </c>
       <c r="D122"/>
       <c r="E122" s="2">
         <v>43187</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Terracina</t>
+          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Ventotene</t>
         </is>
       </c>
       <c r="C123" t="s">
         <v>202</v>
       </c>
       <c r="D123"/>
       <c r="E123" s="2">
         <v>43187</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
-        <v>1726</v>
+        <v>1727</v>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Formia.</t>
+          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Terracina</t>
         </is>
       </c>
       <c r="C124" t="s">
         <v>203</v>
       </c>
       <c r="D124"/>
       <c r="E124" s="2">
         <v>43187</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t>Lavori di S.U. per il ripristino del muro d’argine in sponda destra del fiume Rapido, a salvaguardia della viabilità e delle civili abitazioni, in via Peschiera, comune di Sant’Elia Fiumerapido (FR).</t>
+          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Formia.</t>
         </is>
       </c>
       <c r="C125" t="s">
         <v>204</v>
       </c>
-      <c r="D125" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D125"/>
       <c r="E125" s="2">
-        <v>43472</v>
+        <v>43187</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
-        <v>1720</v>
+        <v>1725</v>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>Lavori di manutenzione urgente del fiume Rapido per il ripristino dell’officiosità dell’alveo, in comune di Sant’Elia Fiumerapido e a Cassino, dalla località Concentramento fino alla confluenza con la nuova inalveazione.</t>
+          <t>Lavori di S.U. per il ripristino del muro d’argine in sponda destra del fiume Rapido, a salvaguardia della viabilità e delle civili abitazioni, in via Peschiera, comune di Sant’Elia Fiumerapido (FR).</t>
         </is>
       </c>
       <c r="C126" t="s">
+        <v>205</v>
+      </c>
+      <c r="D126" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="E126" s="2">
         <v>43472</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
-        <v>1718</v>
+        <v>1720</v>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>Presentazione del Presidente della Regione Lazio della legge regionale n. 7 del 18/07/2017 "Disposizioni per la rigenerazione urbana e per il recupero edilizio" – Approvazione schema di contratto per la concessione in uso temporaneo della sala e prestazione dei servizi connessi.</t>
+          <t>Lavori di manutenzione urgente del fiume Rapido per il ripristino dell’officiosità dell’alveo, in comune di Sant’Elia Fiumerapido e a Cassino, dalla località Concentramento fino alla confluenza con la nuova inalveazione.</t>
         </is>
       </c>
       <c r="C127" t="s">
+        <v>207</v>
+      </c>
+      <c r="D127" t="s">
         <v>208</v>
       </c>
-      <c r="D127"/>
       <c r="E127" s="2">
-        <v>43138</v>
+        <v>43472</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
+        <v>1718</v>
+      </c>
+      <c r="B128" t="inlineStr">
+        <is>
+          <t>Presentazione del Presidente della Regione Lazio della legge regionale n. 7 del 18/07/2017 "Disposizioni per la rigenerazione urbana e per il recupero edilizio" – Approvazione schema di contratto per la concessione in uso temporaneo della sala e prestazione dei servizi connessi.</t>
+        </is>
+      </c>
+      <c r="C128" t="s">
+        <v>209</v>
+      </c>
+      <c r="D128"/>
+      <c r="E128" s="2">
+        <v>43138</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129">
         <v>1701</v>
       </c>
-      <c r="B128" t="s">
-[...2 lines deleted...]
-      <c r="C128" t="s">
+      <c r="B129" t="s">
         <v>210</v>
       </c>
-      <c r="D128" t="s">
+      <c r="C129" t="s">
         <v>211</v>
       </c>
-      <c r="E128" s="2">
+      <c r="D129" t="s">
+        <v>212</v>
+      </c>
+      <c r="E129" s="2">
         <v>43472</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>