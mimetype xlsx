--- v1 (2025-12-16)
+++ v2 (2026-02-16)
@@ -9,67 +9,82 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="213" uniqueCount="213">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="221">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Oggetto</t>
   </si>
   <si>
     <t>Link al bando</t>
   </si>
   <si>
     <t>Percorso</t>
   </si>
   <si>
     <t>Data pubblicazione</t>
   </si>
   <si>
+    <t>Affidamento del servizio di ideazione grafica e testuale di tre messaggi pubblicitari da esporre sui mezzi di trasporto pubblico di COTRAL S.p.A.</t>
+  </si>
+  <si>
+    <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3657</t>
+  </si>
+  <si>
+    <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3646</t>
+  </si>
+  <si>
+    <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3645</t>
+  </si>
+  <si>
+    <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3620</t>
+  </si>
+  <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3531</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3499</t>
   </si>
   <si>
     <t>Art.11 l.r. 5/2024 Evento di informazione, sensibilizzazione e orientamento ai servizi - giornata care giver familaire.</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3460</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3443</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3438</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3437</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3423</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3422</t>
@@ -202,50 +217,56 @@
   </si>
   <si>
     <t>Supporto all'Area Sistemi di Controllo nell'ambito del PO FESR 2014-2020 e del PR Lazio FESR 2021-2027.
 </t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2938</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2937</t>
   </si>
   <si>
     <t>PONGOV -SiGeM - Sistema Informativo di Gestione e Monitoraggio del PR FSE+ e PR FESR Lazio 2021-2027. Migrazione sistema su Oracle19.
 </t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2935</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2934</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2932</t>
   </si>
   <si>
+    <t>Lavori di "Messa in Sicurezza Permanente del sito Arpa2". Contratto di appalto sottoscritto il 29 febbraio 2016 CIG 44877608B3 - CUP J53J12000080001.</t>
+  </si>
+  <si>
+    <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2923</t>
+  </si>
+  <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2898</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2886</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2881</t>
   </si>
   <si>
     <t>Servizio di organizzazione convegni durante l'evento di FORUM PA.
 </t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2870</t>
   </si>
   <si>
     <t>PON GOV 2014/2020. Progetto A0564P0007. IMPROGRAM - Asse 7 - Az. 7.2.1. CUP F89G2000250006. Servizio di assistenza al monitoraggio e supporto amministrativo.
 </t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2869</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2868</t>
   </si>
@@ -281,50 +302,53 @@
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2795</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2775</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2760</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2745</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2737</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2736</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2734</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2691</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2685</t>
+  </si>
+  <si>
+    <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2654</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2618</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2605</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2595</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2589</t>
   </si>
   <si>
     <t>Università della Tuscia dipartimento DAFNE affidamento indagini e analisi diagnostiche Approvazione programma attività e impegno spesa.
 </t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2588</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2581</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2556</t>
@@ -714,51 +738,51 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:Y129"/>
+  <dimension ref="A1:Y135"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="60" customWidth="1"/>
     <col min="4" max="4" width="60" customWidth="1"/>
     <col min="5" max="5" width="19" customWidth="1"/>
     <col min="6" max="6" width="46" customWidth="1"/>
     <col min="7" max="7" width="19" customWidth="1"/>
     <col min="8" max="8" width="49" customWidth="1"/>
     <col min="9" max="9" width="19" customWidth="1"/>
     <col min="10" max="10" width="46" customWidth="1"/>
     <col min="11" max="11" width="19" customWidth="1"/>
     <col min="12" max="12" width="9" customWidth="1"/>
     <col min="13" max="13" width="19" customWidth="1"/>
     <col min="14" max="14" width="9" customWidth="1"/>
     <col min="15" max="15" width="19" customWidth="1"/>
     <col min="16" max="16" width="9" customWidth="1"/>
     <col min="17" max="17" width="19" customWidth="1"/>
     <col min="18" max="18" width="9" customWidth="1"/>
     <col min="19" max="19" width="19" customWidth="1"/>
     <col min="20" max="20" width="9" customWidth="1"/>
     <col min="21" max="21" width="19" customWidth="1"/>
     <col min="22" max="22" width="9" customWidth="1"/>
     <col min="23" max="23" width="19" customWidth="1"/>
     <col min="24" max="24" width="9" customWidth="1"/>
@@ -822,2424 +846,2542 @@
       </c>
       <c r="S1" t="s">
         <v>4</v>
       </c>
       <c r="T1" t="s">
         <v>3</v>
       </c>
       <c r="U1" t="s">
         <v>4</v>
       </c>
       <c r="V1" t="s">
         <v>3</v>
       </c>
       <c r="W1" t="s">
         <v>4</v>
       </c>
       <c r="X1" t="s">
         <v>3</v>
       </c>
       <c r="Y1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
-        <v>3531</v>
-[...4 lines deleted...]
-        </is>
+        <v>3657</v>
+      </c>
+      <c r="B2" t="s">
+        <v>5</v>
       </c>
       <c r="C2" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D2"/>
       <c r="E2" s="2">
-        <v>45965</v>
+        <v>46062</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
-        <v>3499</v>
+        <v>3646</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Progetto "LIFE TURTLENEST" (Project: 101074584 ¿ LIFE21-NAT-IT-LIFE TURTLENEST ¿ LIFE-2021-SAP-NAT) - CUP F89I22002590008. Acquisto di attrezzature tecnico scientifiche necessarie alle attività di gestione e monitoraggio dei siti di nidificazione di Caretta Caretta lungo le coste della Regione Lazio attraverso il MEPA" - Acquisto dal fornitore: "Toolbox Srl P. Iva 14285721008" - Impegno di spesa sul capitolo U0000E22107 per l'esercizio finanziario 2025 a favore della società Toolbox Srl - (codice creditore 253845) della somma complessiva di €8.496,15 inclusa Iva al 22% CIG B6F60EBC54.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b), del d.lgs. 36/2023, per l'acquisizione di un servizio di consulenza strategica per la promozione informatica del sito istituzionale Statistica Lazio, mediante OdA su MEPA.</t>
         </is>
       </c>
       <c r="C3" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D3"/>
       <c r="E3" s="2">
-        <v>45954</v>
+        <v>46045</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
-        <v>3460</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>3645</v>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b), del d.lgs. 36/2023, per l'acquisizione di un servizio di assistenza e formazione informatica, in ambiente DRUPAL, per il personale dell'ente alla società EMPOWER S.R.L.</t>
+        </is>
       </c>
       <c r="C4" t="s">
         <v>8</v>
       </c>
+      <c r="D4"/>
+      <c r="E4" s="2">
+        <v>46045</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5">
-        <v>3443</v>
+        <v>3620</v>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Piano straordinario di potenziamento Missione 5 Comp 1 - Inv. 1.1 &amp;nbsp;PNRR Approvazione proposta progettuale realizzazione delle attività formative personale dell'Agenzia regionale Spazio Lavoro - Piano formativo 2023-2025, predisposta da LAZIOcrea S.p.A. e approvazione schema di Convenzione</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura della licenza ad uso commerciale perpetua della banca dati territoriale CAP Zone (un singolo aggiornamento). Impegno di spesa a favore di POSTE ITALIANE S.P.A. - C.F. 97103880585 - (cod. cred. 61121), sul capitolo U0000F31182, PCF 1.03.02.05.000, Miss. 15 Prog. 01, Es. Fin. 2025, per un importo complessivo di € 23.058,00 IVA inclusa. CUP F81J25000530001.</t>
         </is>
       </c>
       <c r="C5" t="s">
         <v>9</v>
       </c>
-      <c r="D5"/>
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="6">
       <c r="A6">
-        <v>3438</v>
+        <v>3531</v>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Programma FSE+ 2021- 2027 Priorità 5 Assistenza Tecnica, - Obiettivo specifico AT “Art. 59 d.lgs 36/2023 - Adesione Accordo Quadro CONSIP - Affidamento dei servizi di supporto specialistici per la Digitalizzazione dei processi di assistenza tecnica</t>
+          <t>Servizio di Valutazione sull'efficacia delle azioni di capacità amministrativa, previste dal PRIGA del PR Lazio FESR 2021-2027 nei confronti dell'Organismo Intermedio Lazio Innova S.p.A</t>
         </is>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6"/>
       <c r="E6" s="2">
-        <v>45877</v>
+        <v>45965</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
-        <v>3437</v>
+        <v>3499</v>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Art. 54, comma 3, del d.lgs. 50/2016 – Adesione Accordo Quadro per affidamento servizi specialistici di supporto alla Digital Transformation per la PA, Ed. 2 - ID 2536, Lotto 4 “Transizione al digitale” CIG 9853673432- Approvazione schema di Contratto</t>
+          <t>Progetto "LIFE TURTLENEST" (Project: 101074584 ¿ LIFE21-NAT-IT-LIFE TURTLENEST ¿ LIFE-2021-SAP-NAT) - CUP F89I22002590008. Acquisto di attrezzature tecnico scientifiche necessarie alle attività di gestione e monitoraggio dei siti di nidificazione di Caretta Caretta lungo le coste della Regione Lazio attraverso il MEPA" - Acquisto dal fornitore: "Toolbox Srl P. Iva 14285721008" - Impegno di spesa sul capitolo U0000E22107 per l'esercizio finanziario 2025 a favore della società Toolbox Srl - (codice creditore 253845) della somma complessiva di €8.496,15 inclusa Iva al 22% CIG B6F60EBC54.</t>
         </is>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7"/>
       <c r="E7" s="2">
-        <v>45877</v>
+        <v>45954</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
-        <v>3423</v>
-[...4 lines deleted...]
-        </is>
+        <v>3460</v>
+      </c>
+      <c r="B8" t="s">
+        <v>12</v>
       </c>
       <c r="C8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
-        <v>3422</v>
+        <v>3443</v>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per il servizio di creazione di contenuti mirati ai Social Media per la realizzazione di una Campagna informativa sul progetto benessere psico-oncologico.</t>
+          <t>Piano straordinario di potenziamento Missione 5 Comp 1 - Inv. 1.1 &amp;nbsp;PNRR Approvazione proposta progettuale realizzazione delle attività formative personale dell'Agenzia regionale Spazio Lavoro - Piano formativo 2023-2025, predisposta da LAZIOcrea S.p.A. e approvazione schema di Convenzione</t>
         </is>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>14</v>
+      </c>
+      <c r="D9"/>
+      <c r="E9" s="2">
+        <v>45908</v>
+      </c>
+      <c r="F9"/>
+      <c r="G9" s="2">
+        <v>45908</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9" s="2">
+        <v>45908</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
-        <v>3421</v>
+        <v>3438</v>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per l’esecuzione di servizi di produzione video e pianificazione della campagna di comunicazione per la realizzazione di una Campagna informativa sul progetto benessere psico-oncologico.</t>
+          <t>Programma FSE+ 2021- 2027 Priorità 5 Assistenza Tecnica, - Obiettivo specifico AT “Art. 59 d.lgs 36/2023 - Adesione Accordo Quadro CONSIP - Affidamento dei servizi di supporto specialistici per la Digitalizzazione dei processi di assistenza tecnica</t>
         </is>
       </c>
       <c r="C10" t="s">
-        <v>14</v>
+        <v>15</v>
+      </c>
+      <c r="D10"/>
+      <c r="E10" s="2">
+        <v>45877</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
-        <v>3420</v>
+        <v>3437</v>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Affidamento, ai sensi dell'articolo 50, comma 1, lettera b) del Decreto Legislativo 31 marzo 2023 n. 36, attraverso la piattaforma S.TEL.LA, del servizio di coffee break e allestimento sala riunioni per evento SILD rivolto alle imprese.</t>
+          <t>Art. 54, comma 3, del d.lgs. 50/2016 – Adesione Accordo Quadro per affidamento servizi specialistici di supporto alla Digital Transformation per la PA, Ed. 2 - ID 2536, Lotto 4 “Transizione al digitale” CIG 9853673432- Approvazione schema di Contratto</t>
         </is>
       </c>
       <c r="C11" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D11"/>
       <c r="E11" s="2">
-        <v>45925</v>
+        <v>45877</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
-        <v>3419</v>
+        <v>3423</v>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura della licenza d’uso della piattaforma LinkedIN, della validità di 6 mesi</t>
+          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per la realizzazione di un piano mezzi multicanale finalizzato alla diffusione e promozione della Campagna informativa sul progetto benessere psico-oncologico.</t>
         </is>
       </c>
       <c r="C12" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
-        <v>3418</v>
+        <v>3422</v>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Rinnovo del contratto stipulato con il R.T.I. tra CLES S.r.l. (mandataria), IZI S.p.A. e I.S.R.I. S.c.ar.l. in data 14 settembre 2022 (Registro Cronologico n. 26898 del 03/10/2022)</t>
+          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per il servizio di creazione di contenuti mirati ai Social Media per la realizzazione di una Campagna informativa sul progetto benessere psico-oncologico.</t>
         </is>
       </c>
       <c r="C13" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
-        <v>3417</v>
+        <v>3421</v>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Ratifica affidamento incarico per l’esecuzione dei servizi di supporto legale ed amministrativo da rendersi ai sensi all’art. 15 comma 6 d.lgs. 36/2023 sulle procedure di appalto in capo all’AdG FSE+</t>
+          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per l’esecuzione di servizi di produzione video e pianificazione della campagna di comunicazione per la realizzazione di una Campagna informativa sul progetto benessere psico-oncologico.</t>
         </is>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
-        <v>3416</v>
+        <v>3420</v>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per l’esecuzione di servizi di produzione video e cortometraggi per sensibilizzazione alla problematica dei disturbi alimentari</t>
+          <t>Affidamento, ai sensi dell'articolo 50, comma 1, lettera b) del Decreto Legislativo 31 marzo 2023 n. 36, attraverso la piattaforma S.TEL.LA, del servizio di coffee break e allestimento sala riunioni per evento SILD rivolto alle imprese.</t>
         </is>
       </c>
       <c r="C15" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D15"/>
       <c r="E15" s="2">
         <v>45925</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
-        <v>3413</v>
+        <v>3419</v>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per il servizio di produzione e stampa del volume riferito al Convegno "ACCOGLIERE, FORMARE, INCLUDERE - La risposta del Lazio all'emergenza Ucraina" svoltosi il 29/11/2023</t>
+          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura della licenza d’uso della piattaforma LinkedIN, della validità di 6 mesi</t>
         </is>
       </c>
       <c r="C16" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D16"/>
       <c r="E16" s="2">
-        <v>45925</v>
+        <v>46062</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
-        <v>3390</v>
+        <v>3418</v>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Affidamento in house providing, ex art. 7, comma 2, del D.lgs. 36/2023, a LAZIOcrea S.p.A. del servizio di organizzazione del Comitato di Sorveglianza del PR FESR Lazio e della riunione tecnica che si svolgeranno nei giorni 11 e 12 giugno 2025</t>
+          <t>Rinnovo del contratto stipulato con il R.T.I. tra CLES S.r.l. (mandataria), IZI S.p.A. e I.S.R.I. S.c.ar.l. in data 14 settembre 2022 (Registro Cronologico n. 26898 del 03/10/2022)</t>
         </is>
       </c>
       <c r="C17" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-        <v>45821</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
-        <v>3339</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>3417</v>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>Ratifica affidamento incarico per l’esecuzione dei servizi di supporto legale ed amministrativo da rendersi ai sensi all’art. 15 comma 6 d.lgs. 36/2023 sulle procedure di appalto in capo all’AdG FSE+</t>
+        </is>
       </c>
       <c r="C18" t="s">
         <v>23</v>
       </c>
-      <c r="D18"/>
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="19">
       <c r="A19">
-        <v>3338</v>
-[...1 lines deleted...]
-      <c r="B19" t="s">
+        <v>3416</v>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per l’esecuzione di servizi di produzione video e cortometraggi per sensibilizzazione alla problematica dei disturbi alimentari</t>
+        </is>
+      </c>
+      <c r="C19" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D19"/>
       <c r="E19" s="2">
-        <v>45803</v>
+        <v>45925</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
-        <v>3337</v>
+        <v>3413</v>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Servizio di animazione territoriale e di coinvolgimento degli stake holders per la promozione e il rafforzamento del progetto di sistema della Rete IN.F.E.A.S. della Regione Lazio CUP F89G24000070001UP</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per il servizio di produzione e stampa del volume riferito al Convegno "ACCOGLIERE, FORMARE, INCLUDERE - La risposta del Lazio all'emergenza Ucraina" svoltosi il 29/11/2023</t>
         </is>
       </c>
       <c r="C20" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D20"/>
       <c r="E20" s="2">
-        <v>45803</v>
+        <v>45925</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
-        <v>3336</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>3390</v>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>Affidamento in house providing, ex art. 7, comma 2, del D.lgs. 36/2023, a LAZIOcrea S.p.A. del servizio di organizzazione del Comitato di Sorveglianza del PR FESR Lazio e della riunione tecnica che si svolgeranno nei giorni 11 e 12 giugno 2025</t>
+        </is>
       </c>
       <c r="C21" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D21"/>
       <c r="E21" s="2">
-        <v>45803</v>
+        <v>45821</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
-        <v>3323</v>
-[...4 lines deleted...]
-        </is>
+        <v>3339</v>
+      </c>
+      <c r="B22" t="s">
+        <v>27</v>
       </c>
       <c r="C22" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D22"/>
       <c r="E22" s="2">
-        <v>45799</v>
+        <v>45803</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
-        <v>3298</v>
-[...4 lines deleted...]
-        </is>
+        <v>3338</v>
+      </c>
+      <c r="B23" t="s">
+        <v>29</v>
       </c>
       <c r="C23" t="s">
         <v>30</v>
       </c>
       <c r="D23"/>
       <c r="E23" s="2">
-        <v>45776</v>
+        <v>45803</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
-        <v>3293</v>
+        <v>3337</v>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre in adesione all'Accordo Quadro "Servizio di Assistenza Tecnica per la gestione e attuazione del Piano di Sviluppo e Coesione della Regione Lazio " (variante ex art. 106, co. 1, lett. c, punto 1, del d.lgs. 50/2016). Importo pari a euro 1.899.953,58 (Iva inclusa 22%). Approvazione Schema del IV Contratto Attuativo. CUP F81C23000470001 CIG B6585B5423</t>
+          <t>Servizio di animazione territoriale e di coinvolgimento degli stake holders per la promozione e il rafforzamento del progetto di sistema della Rete IN.F.E.A.S. della Regione Lazio CUP F89G24000070001UP</t>
         </is>
       </c>
       <c r="C24" t="s">
         <v>31</v>
       </c>
       <c r="D24"/>
       <c r="E24" s="2">
-        <v>45763</v>
+        <v>45803</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
-        <v>3271</v>
-[...4 lines deleted...]
-        </is>
+        <v>3336</v>
+      </c>
+      <c r="B25" t="s">
+        <v>32</v>
       </c>
       <c r="C25" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D25"/>
       <c r="E25" s="2">
-        <v>45757</v>
+        <v>45803</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
-        <v>3269</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>3323</v>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>Procedura negoziata, ai sensi dell’art. 76 comma 2 lett. b co. 2 del d. lgs. 36/2023, per l’affidamento del servizio di promozione di immagine, in occasione delle due tappe del tour del mediterraneo della nave “Amerigo Vespucci”, che si svolgeranno a Gaeta dal 24 al 27 maggio 2025 e a Civitavecchia dal 28 maggio al 3 giugno 2025.</t>
+        </is>
       </c>
       <c r="C26" t="s">
         <v>34</v>
       </c>
       <c r="D26"/>
       <c r="E26" s="2">
-        <v>45754</v>
+        <v>45799</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
-        <v>3268</v>
+        <v>3298</v>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Servizio di ricerca e analisi sul livello digitalizzazione dei Capoluoghi della Regione Lazio (Frosinone, Latina, Rieti e Viterbo), tramite ICity Rank, quale strumento di misurazione dell’avanzamento della trasformazione digitale nei capoluoghi</t>
+          <t>Servizio di smaltimento del percolato e delle acque meteoriche, delle manutenzioni ordinarie di discarica, nonché tutte quelle attività di presidio del sito, e attività di monitoraggio in adempimento alle prescrizioni AIA</t>
         </is>
       </c>
       <c r="C27" t="s">
         <v>35</v>
       </c>
       <c r="D27"/>
       <c r="E27" s="2">
-        <v>45754</v>
-[...3 lines deleted...]
-        <v>45754</v>
+        <v>45776</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
-        <v>3208</v>
+        <v>3293</v>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Determina a contrarre in adesione all’Accordo Quadro “Servizio di Assistenza Tecnica per la gestione e attuazione del Piano di Sviluppo e Coesione della Regione Lazio – CIG 9281807571 e A05F323F72 (variante ex art. 106, co. 1, lett. c, punto 1, del d.lgs. 50/2016”. Approvazione Schema del III Contratto Attuativo. CIG B4124C2A31 CUP F81C23000470001</t>
+          <t>Determinazione a contrarre in adesione all'Accordo Quadro "Servizio di Assistenza Tecnica per la gestione e attuazione del Piano di Sviluppo e Coesione della Regione Lazio " (variante ex art. 106, co. 1, lett. c, punto 1, del d.lgs. 50/2016). Importo pari a euro 1.899.953,58 (Iva inclusa 22%). Approvazione Schema del IV Contratto Attuativo. CUP F81C23000470001 CIG B6585B5423</t>
         </is>
       </c>
       <c r="C28" t="s">
         <v>36</v>
       </c>
       <c r="D28"/>
       <c r="E28" s="2">
-        <v>45688</v>
+        <v>45763</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
-        <v>3188</v>
+        <v>3271</v>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Convenzione tra Regione Lazio e SIAE per il pagamento dei diritti di esecuzione musicale in occasione di manifestazioni culturali e ricreative organizzate dai centri anziani del Lazio nel corso del 2024. Impegno di spesa per la somma di euro 61.000,00 sul capitolo di bilancio U0000R31920, a favore della Società Italiana Autori ed Editori (SIAE) - Esercizio finanziario 2024</t>
+          <t>Determina a contrarre ai sensi dell'art.71D.lgs. n.36/2023 per l'indizione di una procedura aperta sopra soglia comunitaria per l'acquisto di n.10 Tende a 6 moduli da utilizzare per l'allestimento del Villaggio campale di accoglienza in occasione del Giubileo della Chiesa Cattolica 2025 e servizi accessori. Intervento n.253 - CUP F89120000090001.Prenotazione impegni di spesa a favore di cred. diversi per € 1.220.000,00 (compresa Iva) sul capitolo U0000E46174 per le annualità 2024- 2026.Impegno di spesa di € 8.800,00 sul capitolo U0000E46174 e relativi accertamenti a favore del fondo incentivi sul capitolo E0000341560 per le annualità 2024-2026. Impegno di spesa di € 2.000,00 pari allo 0,20% dell'importo, sul capitolo U0000E46174 a favore della società "Giubileo 2025 S.p.A." e. f. 2024.Impegno di spesa di € 660,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683)E.F. 2024&amp;nbsp;</t>
         </is>
       </c>
       <c r="C29" t="s">
         <v>37</v>
       </c>
       <c r="D29"/>
       <c r="E29" s="2">
-        <v>45678</v>
+        <v>45757</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
-        <v>3165</v>
+        <v>3269</v>
       </c>
       <c r="B30" t="s">
         <v>38</v>
       </c>
       <c r="C30" t="s">
         <v>39</v>
       </c>
+      <c r="D30"/>
+      <c r="E30" s="2">
+        <v>45754</v>
+      </c>
     </row>
     <row r="31">
       <c r="A31">
-        <v>3162</v>
+        <v>3268</v>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art 50, comma 1, lettera b), del D.lgs. n. 36/2023 del “Servizio fornito da soggetto esterno all’amministrazione di supporto tecnico nella predisposizione del piano di azione e delle attività conseguenti o correlate, per il progetto europeo InterRevita – Programma Interreg Europe – programmazione 2021-2027 - codice identificativo progetto n.01C0034”- CUP F32B23000520007-CIG: B33713439F</t>
+          <t>Servizio di ricerca e analisi sul livello digitalizzazione dei Capoluoghi della Regione Lazio (Frosinone, Latina, Rieti e Viterbo), tramite ICity Rank, quale strumento di misurazione dell’avanzamento della trasformazione digitale nei capoluoghi</t>
         </is>
       </c>
       <c r="C31" t="s">
         <v>40</v>
       </c>
       <c r="D31"/>
       <c r="E31" s="2">
-        <v>45657</v>
+        <v>45754</v>
+      </c>
+      <c r="F31"/>
+      <c r="G31" s="2">
+        <v>45754</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
-        <v>3153</v>
+        <v>3208</v>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Gara europea a procedura aperta, suddivisa in 8 lotti, finalizzata alla stipula di convenzioni quadro, per la fornitura di cancelleria e toner, cartucce a getto d'inchiostro, materiale di consumo accessorio per le Amm.ni aventi sede sul territorio della Regione Lazio e della Regione Umbria. Impegno di spesa di € 880,00 sul Cap. U0000T19427 a favore dell'A.N.A.C. es. fin. 2024. Impegno di spesa complessivo di € 2.068,00 sul Cap. U0000S23908 a favore del "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002" es. fin. 2024-2025 e accertamenti di € 1.468,28 sul Cap. di entrata n. E0000341559, di € 299,86 sul Cap. di entrata E0000341562 e di € 299,86 sul Cap. E0000341563 a carico del "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002" es. fin. 2024-2025.</t>
+          <t>Determina a contrarre in adesione all’Accordo Quadro “Servizio di Assistenza Tecnica per la gestione e attuazione del Piano di Sviluppo e Coesione della Regione Lazio – CIG 9281807571 e A05F323F72 (variante ex art. 106, co. 1, lett. c, punto 1, del d.lgs. 50/2016”. Approvazione Schema del III Contratto Attuativo. CIG B4124C2A31 CUP F81C23000470001</t>
         </is>
       </c>
       <c r="C32" t="s">
         <v>41</v>
       </c>
       <c r="D32"/>
       <c r="E32" s="2">
-        <v>45902</v>
-[...15 lines deleted...]
-        <v>45831</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
-        <v>3122</v>
+        <v>3188</v>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art 50, comma 1, lettera b), del D.lgs. n. 36/2023 per il "Servizio di controllo di primo livello per la verifica e la certificazione delle spese sostenute e da rendicontare per il progetto europeo InterRevita - Programma Interreg Europe - Programmazione 2021-2027. Codice progetto n. 01C0034" - CUP F32B23000520007- CIG: B30B6EF8AC</t>
+          <t>Convenzione tra Regione Lazio e SIAE per il pagamento dei diritti di esecuzione musicale in occasione di manifestazioni culturali e ricreative organizzate dai centri anziani del Lazio nel corso del 2024. Impegno di spesa per la somma di euro 61.000,00 sul capitolo di bilancio U0000R31920, a favore della Società Italiana Autori ed Editori (SIAE) - Esercizio finanziario 2024</t>
         </is>
       </c>
       <c r="C33" t="s">
         <v>42</v>
       </c>
       <c r="D33"/>
       <c r="E33" s="2">
-        <v>45617</v>
+        <v>45678</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
-        <v>3060</v>
-[...4 lines deleted...]
-        </is>
+        <v>3165</v>
+      </c>
+      <c r="B34" t="s">
+        <v>43</v>
       </c>
       <c r="C34" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-        <v>45716</v>
+        <v>44</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
-        <v>3059</v>
+        <v>3162</v>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Procedura aperta, ai sensi dell'art. 71 D.lgs. 36/2023, per l'acquisizione del "Servizio di assistenza organizzativa/gestionale e del supporto tecnico-specialistico alla Direzione Regionale Programmazione economica, centrale acquisti, fondi europei, PNRR". Proroga dell'attuale contratto, ai sensi dell'art. 106, comma 11 del D.lgs 50/2016 per la durata di 6 mesi Impegno di spesa complessivo di 612.135,00 IVA inclusa sul cap. capitolo U0000H11785 di cui € 408.090,00 IVA inclusa Es. Fin. 2024 ed € 204.045,00 IVA inclusa Es. Fin. 2025, in favore di Intellera Consulting S.r.l. in qualità di capogruppo (cod. cred. 191021).</t>
+          <t>Affidamento diretto, ai sensi dell'art 50, comma 1, lettera b), del D.lgs. n. 36/2023 del “Servizio fornito da soggetto esterno all’amministrazione di supporto tecnico nella predisposizione del piano di azione e delle attività conseguenti o correlate, per il progetto europeo InterRevita – Programma Interreg Europe – programmazione 2021-2027 - codice identificativo progetto n.01C0034”- CUP F32B23000520007-CIG: B33713439F</t>
         </is>
       </c>
       <c r="C35" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D35"/>
       <c r="E35" s="2">
-        <v>45523</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
-        <v>3037</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>3153</v>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>Gara europea a procedura aperta, suddivisa in 8 lotti, finalizzata alla stipula di convenzioni quadro, per la fornitura di cancelleria e toner, cartucce a getto d'inchiostro, materiale di consumo accessorio per le Amm.ni aventi sede sul territorio della Regione Lazio e della Regione Umbria. Impegno di spesa di € 880,00 sul Cap. U0000T19427 a favore dell'A.N.A.C. es. fin. 2024. Impegno di spesa complessivo di € 2.068,00 sul Cap. U0000S23908 a favore del "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002" es. fin. 2024-2025 e accertamenti di € 1.468,28 sul Cap. di entrata n. E0000341559, di € 299,86 sul Cap. di entrata E0000341562 e di € 299,86 sul Cap. E0000341563 a carico del "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002" es. fin. 2024-2025.</t>
+        </is>
       </c>
       <c r="C36" t="s">
         <v>46</v>
       </c>
       <c r="D36"/>
       <c r="E36" s="2">
-        <v>45481</v>
+        <v>45902</v>
+      </c>
+      <c r="F36"/>
+      <c r="G36" s="2">
+        <v>45902</v>
+      </c>
+      <c r="H36"/>
+      <c r="I36" s="2">
+        <v>45873</v>
+      </c>
+      <c r="J36"/>
+      <c r="K36" s="2">
+        <v>45842</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" s="2">
+        <v>45831</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
-        <v>3036</v>
+        <v>3122</v>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>Decisione di contrarre per affidamento diretto ai sensi dell'art. 50 comma, 1 lettera b) del d.lgs. 36/2023, tramite Ordine diretto d'Acquisto (OdA) sulla piattaforma MePA (www.acquistinretepa.it) della fornitura dei corsi di formazione AIB.</t>
+          <t>Affidamento diretto ai sensi dell'art 50, comma 1, lettera b), del D.lgs. n. 36/2023 per il "Servizio di controllo di primo livello per la verifica e la certificazione delle spese sostenute e da rendicontare per il progetto europeo InterRevita - Programma Interreg Europe - Programmazione 2021-2027. Codice progetto n. 01C0034" - CUP F32B23000520007- CIG: B30B6EF8AC</t>
         </is>
       </c>
       <c r="C37" t="s">
         <v>47</v>
       </c>
       <c r="D37"/>
       <c r="E37" s="2">
-        <v>45475</v>
+        <v>45617</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
-        <v>3035</v>
-[...1 lines deleted...]
-      <c r="B38" t="s">
+        <v>3060</v>
+      </c>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>Procedura aperta, suddivisa in quattro lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi postali e servizi "a monte" del recapito, destinati alle Amministrazioni della Regione Lazio e della Regione Umbria.</t>
+        </is>
+      </c>
+      <c r="C38" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D38"/>
       <c r="E38" s="2">
-        <v>45474</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
-        <v>3034</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>3059</v>
+      </c>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>Procedura aperta, ai sensi dell'art. 71 D.lgs. 36/2023, per l'acquisizione del "Servizio di assistenza organizzativa/gestionale e del supporto tecnico-specialistico alla Direzione Regionale Programmazione economica, centrale acquisti, fondi europei, PNRR". Proroga dell'attuale contratto, ai sensi dell'art. 106, comma 11 del D.lgs 50/2016 per la durata di 6 mesi Impegno di spesa complessivo di 612.135,00 IVA inclusa sul cap. capitolo U0000H11785 di cui € 408.090,00 IVA inclusa Es. Fin. 2024 ed € 204.045,00 IVA inclusa Es. Fin. 2025, in favore di Intellera Consulting S.r.l. in qualità di capogruppo (cod. cred. 191021).</t>
+        </is>
       </c>
       <c r="C39" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D39"/>
       <c r="E39" s="2">
-        <v>45474</v>
+        <v>45523</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
-        <v>3021</v>
-[...4 lines deleted...]
-        </is>
+        <v>3037</v>
+      </c>
+      <c r="B40" t="s">
+        <v>50</v>
       </c>
       <c r="C40" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D40"/>
       <c r="E40" s="2">
-        <v>45709</v>
+        <v>45481</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
-        <v>2989</v>
+        <v>3036</v>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>PR FESR LAZIO 2021/2027. CUP F89G23000890009. Nomina di Lazio Innova S.p.A. in qualità di Organismo Intermedio del PR Lazio FESR 2021-2027 per le funzioni delegate di cui agli art. 72, 73 e 74 del Reg. 1060/2021. Affidamento in house.</t>
+          <t>Decisione di contrarre per affidamento diretto ai sensi dell'art. 50 comma, 1 lettera b) del d.lgs. 36/2023, tramite Ordine diretto d'Acquisto (OdA) sulla piattaforma MePA (www.acquistinretepa.it) della fornitura dei corsi di formazione AIB.</t>
         </is>
       </c>
       <c r="C41" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D41"/>
       <c r="E41" s="2">
-        <v>45377</v>
+        <v>45475</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
-        <v>2964</v>
-[...5 lines deleted...]
-        </is>
+        <v>3035</v>
+      </c>
+      <c r="B42" t="s">
+        <v>53</v>
       </c>
       <c r="C42" t="s">
         <v>54</v>
       </c>
       <c r="D42"/>
       <c r="E42" s="2">
-        <v>45302</v>
+        <v>45474</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
-        <v>2950</v>
-[...5 lines deleted...]
-        </is>
+        <v>3034</v>
+      </c>
+      <c r="B43" t="s">
+        <v>55</v>
       </c>
       <c r="C43" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D43"/>
       <c r="E43" s="2">
-        <v>45275</v>
+        <v>45474</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
-        <v>2938</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>3021</v>
+      </c>
+      <c r="B44" t="inlineStr">
+        <is>
+          <t>Servizio di assistenza organizzativa/gestionale alle procedure di appalto per la Direzione Regionale Programmazione economica, centrale acquisti, fondi europei, PNRR.</t>
+        </is>
       </c>
       <c r="C44" t="s">
         <v>57</v>
       </c>
       <c r="D44"/>
       <c r="E44" s="2">
-        <v>45254</v>
+        <v>45709</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
-        <v>2937</v>
+        <v>2989</v>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>fornitura di servizi cloud IaaS e PaaS in un modello di erogazione pubblico nonché per la prestazione di servizi connessi, servizi professionali di supporto all'adozione del cloud, servizi professionali tecnici per le Pubbliche Amministrazioni.
-</t>
+          <t>PR FESR LAZIO 2021/2027. CUP F89G23000890009. Nomina di Lazio Innova S.p.A. in qualità di Organismo Intermedio del PR Lazio FESR 2021-2027 per le funzioni delegate di cui agli art. 72, 73 e 74 del Reg. 1060/2021. Affidamento in house.</t>
         </is>
       </c>
       <c r="C45" t="s">
         <v>58</v>
       </c>
       <c r="D45"/>
       <c r="E45" s="2">
-        <v>45254</v>
-[...3 lines deleted...]
-        <v>45254</v>
+        <v>45377</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
-        <v>2935</v>
-[...1 lines deleted...]
-      <c r="B46" t="s">
+        <v>2964</v>
+      </c>
+      <c r="B46" t="inlineStr">
+        <is>
+          <t>Convenzione tra Regione Lazio e SIAE per il pagamento dei diritti di esecuzione musicale in occasione di manifestazioni culturali e ricreative organizzate dai centri anziani del Lazio nel corso del 2023. Impegno di spesa per la somma di euro 61.000,00 sul capitolo di bilancio U0000R31920, a favore della Società Italiana Autori ed Editori (SIAE) - Esercizio finanziario 2023.
+</t>
+        </is>
+      </c>
+      <c r="C46" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="D46"/>
       <c r="E46" s="2">
-        <v>45254</v>
+        <v>45302</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
-        <v>2934</v>
+        <v>2950</v>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>PONGOV. Affidamento in house, ex art. 7 del D.Lgs 36/2023, a Lazio Innova S.p.A. del servizio di realizzazione di attività di informazione e divulgazione delle iniziative finanziate dai Fondi europei CUP F89G2000250006.
+          <t>Affidamento diretto del servizio di attuazione di misure per la prevenzione e l'eradicazione di Xylella fastidiosa ai sensi dell'articolo 50, comma 1, lettera b) del decreto legislativo 31 marzo 2023, n. 36.
 </t>
         </is>
       </c>
       <c r="C47" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D47"/>
       <c r="E47" s="2">
-        <v>45254</v>
+        <v>45275</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
-        <v>2932</v>
-[...5 lines deleted...]
-        </is>
+        <v>2938</v>
+      </c>
+      <c r="B48" t="s">
+        <v>61</v>
       </c>
       <c r="C48" t="s">
         <v>62</v>
       </c>
       <c r="D48"/>
       <c r="E48" s="2">
         <v>45254</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
-        <v>2898</v>
+        <v>2937</v>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>SILD - Procedura negoziata, tramite RdO sul Mercato Elettronico Regionale (M.E.LA), ai sensi dell'art.1, comma 2, lettera b) della legge 11 settembre 2020, n.120, come modificato dall'art. 51, comma 1, lett. a), sub 2.2 del decreto legge n. 77 del 31.5.2021, convertito in legge n. 108 del 29.7.2021, per l'affidamento dei servizi di gestione dei bandi ex art. 16, Sild e delle procedure di reclutamento del personale della Regione Lazio. Approvazione atti, indizione della procedura di gara e nomina del Responsabile Unico del Procedimento (RUP). CIG 9476350368.
+          <t>fornitura di servizi cloud IaaS e PaaS in un modello di erogazione pubblico nonché per la prestazione di servizi connessi, servizi professionali di supporto all'adozione del cloud, servizi professionali tecnici per le Pubbliche Amministrazioni.
 </t>
         </is>
       </c>
       <c r="C49" t="s">
         <v>63</v>
       </c>
       <c r="D49"/>
       <c r="E49" s="2">
-        <v>45154</v>
+        <v>45254</v>
+      </c>
+      <c r="F49"/>
+      <c r="G49" s="2">
+        <v>45254</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
-        <v>2886</v>
-[...5 lines deleted...]
-        </is>
+        <v>2935</v>
+      </c>
+      <c r="B50" t="s">
+        <v>64</v>
       </c>
       <c r="C50" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D50"/>
       <c r="E50" s="2">
-        <v>45134</v>
+        <v>45254</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
-        <v>2881</v>
+        <v>2934</v>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>Procedura di gara aperta per la conclusione di convenzioni quadro ai sensi dell'art. art.1, comma 456, della L. 296/2006, per l'affidamento dei servizi integrati di lava-noleggio a basso impatto ambientale per le Aziende Sanitarie della Regione Lazio. Procedura suddivisa in 8 Lotti.</t>
+          <t>PONGOV. Affidamento in house, ex art. 7 del D.Lgs 36/2023, a Lazio Innova S.p.A. del servizio di realizzazione di attività di informazione e divulgazione delle iniziative finanziate dai Fondi europei CUP F89G2000250006.
+</t>
         </is>
       </c>
       <c r="C51" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D51"/>
       <c r="E51" s="2">
-        <v>45712</v>
-[...3 lines deleted...]
-        <v>45784</v>
+        <v>45254</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
-        <v>2870</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>2932</v>
+      </c>
+      <c r="B52" t="inlineStr">
+        <is>
+          <t>Affidamento diretto alla società B-Side Communication S.R.L. per la fornitura di uno spazio all'interno della "Guida Regioni" deI Sole 24 Ore, ai sensi dell'art. 50 comma 1 lettera b) del D.lgs. 36/2023.
+</t>
+        </is>
       </c>
       <c r="C52" t="s">
         <v>67</v>
       </c>
       <c r="D52"/>
       <c r="E52" s="2">
-        <v>45091</v>
+        <v>45254</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
-        <v>2869</v>
+        <v>2923</v>
       </c>
       <c r="B53" t="s">
         <v>68</v>
       </c>
       <c r="C53" t="s">
         <v>69</v>
       </c>
       <c r="D53"/>
       <c r="E53" s="2">
-        <v>45091</v>
+        <v>46007</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
-        <v>2868</v>
+        <v>2898</v>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>PON GOV 2014/2020. Progetto A0564P0005. IMPROGRAM - Asse 7-Az. 7.2.1. CUP F89G2000250006. Affidamento in house, ex art. 192 del D.Lgs 50/2016, a Lazio Innova S.p.A. del servizio di organizzazione eventi.
+          <t>SILD - Procedura negoziata, tramite RdO sul Mercato Elettronico Regionale (M.E.LA), ai sensi dell'art.1, comma 2, lettera b) della legge 11 settembre 2020, n.120, come modificato dall'art. 51, comma 1, lett. a), sub 2.2 del decreto legge n. 77 del 31.5.2021, convertito in legge n. 108 del 29.7.2021, per l'affidamento dei servizi di gestione dei bandi ex art. 16, Sild e delle procedure di reclutamento del personale della Regione Lazio. Approvazione atti, indizione della procedura di gara e nomina del Responsabile Unico del Procedimento (RUP). CIG 9476350368.
 </t>
         </is>
       </c>
       <c r="C54" t="s">
         <v>70</v>
       </c>
       <c r="D54"/>
       <c r="E54" s="2">
-        <v>45091</v>
+        <v>45154</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
-        <v>2849</v>
+        <v>2886</v>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>Affidamento, ai sensi dell'art. 192 del D.Lgs. n. 50/2016, della procedura di acquisizione di un servizio di supporto e assistenza ex ante ed ex post agli avvisi pubblici per il sostegno alla produzione cinematografica e audiovisiva, ed in particolare nei controlli sulle rendicontazioni presentate dalle imprese beneficiarie del sostegno regionale.
+          <t>Affidamento diretto ai sensi dell''art. 36 del D.lgs. n. 50/2016 per Servizio di supporto alla Autorità di Gestione del PR FESR Lazio 2021-2027 nell'ambito dei processi partecipativi nei progetti di trasformazione urbana.
 </t>
         </is>
       </c>
       <c r="C55" t="s">
         <v>71</v>
       </c>
       <c r="D55"/>
       <c r="E55" s="2">
-        <v>45055</v>
+        <v>45134</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
-        <v>2833</v>
+        <v>2881</v>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>Concessione alla Società ASTRAL S.p.A. dell’infrastruttura ferroviaria relativa alle ferrovie regionali “Roma – Lido di Ostia” e “Roma – Civita Castellana – Viterbo”. Approvazione della relazione di cui all’art. 34, comma 20, del D.L. n. 179/2012, dell’atto di concessione e dello schema di contratto di servizio.
-</t>
+          <t>Procedura di gara aperta per la conclusione di convenzioni quadro ai sensi dell'art. art.1, comma 456, della L. 296/2006, per l'affidamento dei servizi integrati di lava-noleggio a basso impatto ambientale per le Aziende Sanitarie della Regione Lazio. Procedura suddivisa in 8 Lotti.</t>
         </is>
       </c>
       <c r="C56" t="s">
         <v>72</v>
       </c>
       <c r="D56"/>
       <c r="E56" s="2">
-        <v>45007</v>
+        <v>45712</v>
       </c>
       <c r="F56"/>
       <c r="G56" s="2">
-        <v>45007</v>
-[...11 lines deleted...]
-        <v>45007</v>
+        <v>45784</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
-        <v>2832</v>
-[...5 lines deleted...]
-        </is>
+        <v>2870</v>
+      </c>
+      <c r="B57" t="s">
+        <v>73</v>
       </c>
       <c r="C57" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D57"/>
       <c r="E57" s="2">
-        <v>45007</v>
-[...39 lines deleted...]
-        <v>45007</v>
+        <v>45091</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
-        <v>2805</v>
-[...5 lines deleted...]
-        </is>
+        <v>2869</v>
+      </c>
+      <c r="B58" t="s">
+        <v>75</v>
       </c>
       <c r="C58" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D58"/>
       <c r="E58" s="2">
-        <v>44981</v>
+        <v>45091</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
+        <v>2868</v>
+      </c>
+      <c r="B59" t="inlineStr">
+        <is>
+          <t>PON GOV 2014/2020. Progetto A0564P0005. IMPROGRAM - Asse 7-Az. 7.2.1. CUP F89G2000250006. Affidamento in house, ex art. 192 del D.Lgs 50/2016, a Lazio Innova S.p.A. del servizio di organizzazione eventi.
+</t>
+        </is>
+      </c>
+      <c r="C59" t="s">
+        <v>77</v>
+      </c>
+      <c r="D59"/>
+      <c r="E59" s="2">
+        <v>45091</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60">
+        <v>2849</v>
+      </c>
+      <c r="B60" t="inlineStr">
+        <is>
+          <t>Affidamento, ai sensi dell'art. 192 del D.Lgs. n. 50/2016, della procedura di acquisizione di un servizio di supporto e assistenza ex ante ed ex post agli avvisi pubblici per il sostegno alla produzione cinematografica e audiovisiva, ed in particolare nei controlli sulle rendicontazioni presentate dalle imprese beneficiarie del sostegno regionale.
+</t>
+        </is>
+      </c>
+      <c r="C60" t="s">
+        <v>78</v>
+      </c>
+      <c r="D60"/>
+      <c r="E60" s="2">
+        <v>45055</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61">
+        <v>2833</v>
+      </c>
+      <c r="B61" t="inlineStr">
+        <is>
+          <t>Concessione alla Società ASTRAL S.p.A. dell’infrastruttura ferroviaria relativa alle ferrovie regionali “Roma – Lido di Ostia” e “Roma – Civita Castellana – Viterbo”. Approvazione della relazione di cui all’art. 34, comma 20, del D.L. n. 179/2012, dell’atto di concessione e dello schema di contratto di servizio.
+</t>
+        </is>
+      </c>
+      <c r="C61" t="s">
+        <v>79</v>
+      </c>
+      <c r="D61"/>
+      <c r="E61" s="2">
+        <v>45007</v>
+      </c>
+      <c r="F61"/>
+      <c r="G61" s="2">
+        <v>45007</v>
+      </c>
+      <c r="H61"/>
+      <c r="I61" s="2">
+        <v>45007</v>
+      </c>
+      <c r="J61"/>
+      <c r="K61" s="2">
+        <v>45007</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" s="2">
+        <v>45007</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62">
+        <v>2832</v>
+      </c>
+      <c r="B62" t="inlineStr">
+        <is>
+          <t>Affidamento in concessione alla Società COTRAL SpA dei servizi di trasporto pubblico ferroviario di interesse regionale e locale sulle ferrovie regionali “Roma – Lido di Ostia” e “Roma – Civita Castellana – Viterbo”.
+</t>
+        </is>
+      </c>
+      <c r="C62" t="s">
+        <v>80</v>
+      </c>
+      <c r="D62"/>
+      <c r="E62" s="2">
+        <v>45007</v>
+      </c>
+      <c r="F62"/>
+      <c r="G62" s="2">
+        <v>45007</v>
+      </c>
+      <c r="H62"/>
+      <c r="I62" s="2">
+        <v>45007</v>
+      </c>
+      <c r="J62"/>
+      <c r="K62" s="2">
+        <v>45007</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" s="2">
+        <v>45007</v>
+      </c>
+      <c r="N62"/>
+      <c r="O62" s="2">
+        <v>45007</v>
+      </c>
+      <c r="P62"/>
+      <c r="Q62" s="2">
+        <v>45007</v>
+      </c>
+      <c r="R62"/>
+      <c r="S62" s="2">
+        <v>45007</v>
+      </c>
+      <c r="T62"/>
+      <c r="U62" s="2">
+        <v>45007</v>
+      </c>
+      <c r="V62"/>
+      <c r="W62" s="2">
+        <v>45007</v>
+      </c>
+      <c r="X62"/>
+      <c r="Y62" s="2">
+        <v>45007</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63">
+        <v>2805</v>
+      </c>
+      <c r="B63" t="inlineStr">
+        <is>
+          <t>Affidamento in house - Servizio di somministrazione e gestione delle risorse umane per il supporto tecnico amministrativo delle strutture regionali impegnate sul POR FESR Lazio 2014-2020
+</t>
+        </is>
+      </c>
+      <c r="C63" t="s">
+        <v>81</v>
+      </c>
+      <c r="D63"/>
+      <c r="E63" s="2">
+        <v>44981</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64">
         <v>2804</v>
       </c>
-      <c r="B59" t="inlineStr">
+      <c r="B64" t="inlineStr">
         <is>
           <t>Affidamento in house - Servizio di gestione dell'avviso pubblico a sportello per il sostegno alle librerie indipendenti del Lazio - Laziocrea S.p.A.
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="C59" t="s">
-[...3 lines deleted...]
-      <c r="E59" s="2">
+      <c r="C64" t="s">
+        <v>82</v>
+      </c>
+      <c r="D64"/>
+      <c r="E64" s="2">
         <v>44981</v>
-      </c>
-[...81 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
-        <v>2760</v>
-[...4 lines deleted...]
-        </is>
+        <v>2803</v>
+      </c>
+      <c r="B65" t="s">
+        <v>83</v>
       </c>
       <c r="C65" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D65"/>
       <c r="E65" s="2">
-        <v>45716</v>
+        <v>44981</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
-        <v>2745</v>
+        <v>2802</v>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>Procedura aperta finalizzata alla stipula di una convenzione volta all'affidamento del servizio di ossigenoterapia domiciliare occorrente alle Aziende Sanitarie della Regione Lazio. Numero gara 8773466.</t>
+          <t>Affidamento in house a Lazio Innova SpA - Attuazione Piano Operativo di Assistenza Tecnica presentato da Lazio Innova S.p.A. nell'ambito dell'Azione 4.1.1 POR FESR Lazio 2014-2020 Promozione dell'eco-efficienza e riduzione di consumi di energia primaria negli edifici e strutture pubbliche.
+</t>
         </is>
       </c>
       <c r="C66" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D66"/>
       <c r="E66" s="2">
-        <v>45814</v>
+        <v>44981</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
-        <v>2737</v>
+        <v>2800</v>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>Affidamento diretto del servizio di supporto tecnico-specialistico per l'effettuazione di diagnosi ufficiali fitosanitarie su organismi nocivi dei vegetali nel territorio del Lazio.
+          <t>Progetto “IMPROGRAM” - PON GOV 2014-2020- Asse 7-Az. 7.2.1. &amp;nbsp;CUP F89G22000250006. CIG Z9338F2104. Determinazione a contrattare per l’affidamento di fornitura di dotazioni informatiche ai sensi dell’art. 36, comma 2, lettera a) del D.Lgs. 50/2016 mediante &amp;nbsp;confronto di preventivi con più operatori economici sul Mercato Elettronico della Pubblica Amministrazione (MePA).&amp;nbsp;
 </t>
         </is>
       </c>
       <c r="C67" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D67"/>
       <c r="E67" s="2">
-        <v>44869</v>
+        <v>45091</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
-        <v>2736</v>
+        <v>2795</v>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>Conferimento di incarico ex art. 1 della legge 11 settembre 2020, n. 120 di conversione in legge, con modificazioni, del decreto-legge 16 luglio 2020, n. 76, recante ""Misure urgenti per la semplificazione e l'innovazione digitale"", come modificato dall'art. 51 della legge n. 108 del 2021, del servizio di consulenza tecnica di parte in corso di perizia alla Società "Guida Ingegneria Forense srl"&amp;nbsp;per conto della Regione Lazio, citata come soggetto civilmente responsabile nel giudizio penale n. 482/2019 r.g. GIP (n. 1282/2018 r.g.n.r.) (fascicolo Avvocatura n. 1117/2019 - Avvocato incaricato Carlo D'Amata). Impegno di spesa di Euro 27.913,60 sul capitolo U0000R21420 - esercizio 2022 - codice creditore n. 190630. SMART CIG: ZB237F9BB0.
+          <t>Contratto applicativo n. 3 dell'accordo quadro per l'affidamento della fornitura di nuovi treni da adibire al trasporto pubblico per le ferrovie regionali Roma - Lido di Ostia e Roma - Civita Castellana - Viterbo.
 </t>
         </is>
       </c>
       <c r="C68" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D68"/>
       <c r="E68" s="2">
-        <v>44872</v>
+        <v>44939</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
-        <v>2734</v>
+        <v>2775</v>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>Fondo progettazione Intervento di manutenzione straordinaria del corpo arginale e di ripristino dell'officiosità idraulica dell'alveo del fiume Tevere nel tratto compreso tra Ponte Marconi e la foce.</t>
+          <t>Accordo di collaborazione tra la Regione Lazio e il dipartimento di Scienze Agrarie e Forestali (DAFNE) dell'Università degli Studi della Tuscia per Monitoraggi e diagnosi di Xylella fastidiosa nel Lazio.
+</t>
         </is>
       </c>
       <c r="C69" t="s">
-        <v>86</v>
-[...7 lines deleted...]
-        <v>45624</v>
+        <v>88</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
-        <v>2691</v>
+        <v>2760</v>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>Concessione Grande Derivazione di Acqua Pubblica i sensi del R.D. 1775/1933 e s.m.i., ad uso approvvigionamento idropotabile, per una quantità di acqua prelevata pari a 5 moduli medi (500 litri secondi) dal Fiume Tevere, posta in essere nel territorio del Comune di Roma (RM), in località Grottarossa. Richiedente: ACEA ATO 2 S.p.A.
-</t>
+          <t>Procedura aperta, suddivisa in 7 Lotti, finalizzata alla stipula di Convenzioni quadro per l'affidamento dei servizi di Vigilanza armata e guardiania per le Amministrazioni del territorio della Regione Lazio. N. gara 8831195</t>
         </is>
       </c>
       <c r="C70" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D70"/>
       <c r="E70" s="2">
-        <v>44806</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
-        <v>2685</v>
+        <v>2745</v>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>Procedura aperta svolta attraverso piattaforme telematiche di negoziazione ai sensi degli artt. 58 e 60 del d.lgs. 50/2016,&amp;nbsp;finalizzata all'acquisizione, a mezzo di accordo-quadro ex art. 54 comma 3 D. Lgs n. 50/2016, del servizio di assistenza tecnica&amp;nbsp;per la gestione ed attuazione del Piano Sviluppo e Coesione ella Regione Lazio. Lotto unico. Approvazione atti di gara ed autorizzazione ad indire.</t>
+          <t>Procedura aperta finalizzata alla stipula di una convenzione volta all'affidamento del servizio di ossigenoterapia domiciliare occorrente alle Aziende Sanitarie della Regione Lazio. Numero gara 8773466.</t>
         </is>
       </c>
       <c r="C71" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D71"/>
       <c r="E71" s="2">
-        <v>45547</v>
-[...7 lines deleted...]
-        <v>44993</v>
+        <v>45814</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
-        <v>2618</v>
+        <v>2737</v>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>Conferimento di incarico ex art. 1 della legge 11 settembre 2020, n. 120 di conversione in legge, con modificazioni, del decreto-legge 16 luglio 2020, n. 76, recante “Misure urgenti per la semplificazione e l’innovazione digitale”, come modificato dall’art. 51 della legge n. 108 del 2021, del servizio di consulenza tecnica di parte alla Società “Guida Ingegneria Forense srl” per conto della Regione Lazio nel procedimento penale avanti il Tribunale di Rieti n. 481/19 r.g. dib. e n. 537/18 r.g.&amp;nbsp; (fascicolo Avvocatura n. 915/19). Impegno di spesa di € 40.601,60 sul capitolo U0000R21420 - esercizio 2022 - codice creditore n. 190630. SMART CIG: Z5B3676D17.
+          <t>Affidamento diretto del servizio di supporto tecnico-specialistico per l'effettuazione di diagnosi ufficiali fitosanitarie su organismi nocivi dei vegetali nel territorio del Lazio.
 </t>
         </is>
       </c>
       <c r="C72" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D72"/>
       <c r="E72" s="2">
-        <v>44706</v>
+        <v>44869</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
-        <v>2605</v>
+        <v>2736</v>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>Procedura aperta, suddivisa in due lotti, finalizzata alla stipula di Convenzioni quadro per l'affidamento dei servizi di notificazione tramite servizio postale destinato alle Amministrazioni del territorio della Regione Lazio.</t>
+          <t>Conferimento di incarico ex art. 1 della legge 11 settembre 2020, n. 120 di conversione in legge, con modificazioni, del decreto-legge 16 luglio 2020, n. 76, recante ""Misure urgenti per la semplificazione e l'innovazione digitale"", come modificato dall'art. 51 della legge n. 108 del 2021, del servizio di consulenza tecnica di parte in corso di perizia alla Società "Guida Ingegneria Forense srl"&amp;nbsp;per conto della Regione Lazio, citata come soggetto civilmente responsabile nel giudizio penale n. 482/2019 r.g. GIP (n. 1282/2018 r.g.n.r.) (fascicolo Avvocatura n. 1117/2019 - Avvocato incaricato Carlo D'Amata). Impegno di spesa di Euro 27.913,60 sul capitolo U0000R21420 - esercizio 2022 - codice creditore n. 190630. SMART CIG: ZB237F9BB0.
+</t>
         </is>
       </c>
       <c r="C73" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D73"/>
       <c r="E73" s="2">
-        <v>45716</v>
+        <v>44872</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
-        <v>2595</v>
+        <v>2734</v>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>Conferimento di incarico ex art. 1 della legge 11 settembre 2020, n. 120 di conversione in legge, con modificazioni, del decreto-legge 16 luglio 2020, n. 76, recante "Misure urgenti per la semplificazione e l'innovazione digitale", come modificato dall'art. 51 della legge n. 108 del 2021, del servizio di consulenza tecnica di parte alla Società "Guida Ingegneria Forense srl" per conto della Regione Lazio, citata presso il Tribunale civile di Rieti da Gianlorenzi Franco +2 (r.g.n. 1026/2020). Impegno di spesa di ? 43.139,20 sul capitolo U0000R21420 - esercizio 2022 - codice creditore n. 190630. SMART CIG: ZD735D51B8.
-</t>
+          <t>Fondo progettazione Intervento di manutenzione straordinaria del corpo arginale e di ripristino dell'officiosità idraulica dell'alveo del fiume Tevere nel tratto compreso tra Ponte Marconi e la foce.</t>
         </is>
       </c>
       <c r="C74" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D74"/>
       <c r="E74" s="2">
-        <v>44665</v>
+        <v>45624</v>
+      </c>
+      <c r="F74"/>
+      <c r="G74" s="2">
+        <v>45624</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
-        <v>2589</v>
+        <v>2691</v>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>Decreto Legislativo n. 19 del 2 febbraio 2021. Attivita' di indagine e analisi diagnostiche finalizzati all'individuazione della presenza di organismi nocivi sul territorio regionale anno 2022. Assunzione impegno di spesa a favore di Universita' degli Studi della Tuscia - Dipartimento di Scienze Agrarie e Forestali (DAFNE), codice creditore 836, per euro 188.000,00 sul capitolo U0000B11115, pdc1.03.02.11.000, missione 16 programma 01 del bilancio regionale. Es fin 2021
+          <t>Concessione Grande Derivazione di Acqua Pubblica i sensi del R.D. 1775/1933 e s.m.i., ad uso approvvigionamento idropotabile, per una quantità di acqua prelevata pari a 5 moduli medi (500 litri secondi) dal Fiume Tevere, posta in essere nel territorio del Comune di Roma (RM), in località Grottarossa. Richiedente: ACEA ATO 2 S.p.A.
 </t>
         </is>
       </c>
       <c r="C75" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D75"/>
       <c r="E75" s="2">
-        <v>44748</v>
-[...7 lines deleted...]
-        <v>44748</v>
+        <v>44806</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
-        <v>2588</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>2685</v>
+      </c>
+      <c r="B76" t="inlineStr">
+        <is>
+          <t>Procedura aperta svolta attraverso piattaforme telematiche di negoziazione ai sensi degli artt. 58 e 60 del d.lgs. 50/2016,&amp;nbsp;finalizzata all'acquisizione, a mezzo di accordo-quadro ex art. 54 comma 3 D. Lgs n. 50/2016, del servizio di assistenza tecnica&amp;nbsp;per la gestione ed attuazione del Piano Sviluppo e Coesione ella Regione Lazio. Lotto unico. Approvazione atti di gara ed autorizzazione ad indire.</t>
+        </is>
       </c>
       <c r="C76" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D76"/>
       <c r="E76" s="2">
-        <v>44650</v>
+        <v>45547</v>
+      </c>
+      <c r="F76"/>
+      <c r="G76" s="2">
+        <v>45127</v>
+      </c>
+      <c r="H76"/>
+      <c r="I76" s="2">
+        <v>44993</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
-        <v>2581</v>
+        <v>2654</v>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>Servizio per la predisposizione di una proposta progettuale da presentare al MiC, definita nei contenuti di dettaglio, di rigenerazione culturale, sociale ed economica dei borghi storici a rischio di abbandono o abbandonati.
-</t>
+          <t>Gara Comunitaria a procedura aperta svolta attraverso piattaforme telematiche di negoziazione ai sensi degli artt. 58 e 60 del d.lgs. 50/2016, finalizzata alla stipula di un accordo-quadro ex art. 54 comma 3 d.lgs n. 50/2016, per l'affidamento dei "Servizi di rimozione dei rifiuti abbandonati, caratterizzazione, rimozione amianto e monitoraggio delle acque ad uso potabile, irriguo e domestico", suddivisa in n. 9 lotti funzionali.</t>
         </is>
       </c>
       <c r="C77" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D77"/>
       <c r="E77" s="2">
-        <v>44628</v>
+        <v>46007</v>
+      </c>
+      <c r="F77"/>
+      <c r="G77" s="2">
+        <v>46007</v>
+      </c>
+      <c r="H77"/>
+      <c r="I77" s="2">
+        <v>46007</v>
+      </c>
+      <c r="J77"/>
+      <c r="K77" s="2">
+        <v>46007</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" s="2">
+        <v>46007</v>
+      </c>
+      <c r="N77"/>
+      <c r="O77" s="2">
+        <v>46007</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
-        <v>2556</v>
+        <v>2618</v>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>Determina a contrarre, Approvazione atti e indizione gara comunitaria centralizzata a procedura aperta per l'affidamento dei servizi di n.3 centri antiviolenza e di n.3 case rifugio per donne vittime di violenza. Durata affidamento 24 mesi. Prenotazione di spesa euro 1.728.866,88 IVA inclusa sul Capitolo U0000H41976 Missione 12 programma 04 es. fin. 2021-2022-2023. Assunzione impegno di spesa sul cap. U0000T19427 a favore di ANAC (cod. cred. 159683) di € 600,00 - es. fin. 2021. Lotto 1: CIG 8831441FA6 - Lotto 2: CIG 8831460F54 - Lotto 3: CIG 8831470797.</t>
+          <t>Conferimento di incarico ex art. 1 della legge 11 settembre 2020, n. 120 di conversione in legge, con modificazioni, del decreto-legge 16 luglio 2020, n. 76, recante “Misure urgenti per la semplificazione e l’innovazione digitale”, come modificato dall’art. 51 della legge n. 108 del 2021, del servizio di consulenza tecnica di parte alla Società “Guida Ingegneria Forense srl” per conto della Regione Lazio nel procedimento penale avanti il Tribunale di Rieti n. 481/19 r.g. dib. e n. 537/18 r.g.&amp;nbsp; (fascicolo Avvocatura n. 915/19). Impegno di spesa di € 40.601,60 sul capitolo U0000R21420 - esercizio 2022 - codice creditore n. 190630. SMART CIG: Z5B3676D17.
+</t>
         </is>
       </c>
       <c r="C78" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D78"/>
       <c r="E78" s="2">
-        <v>45427</v>
+        <v>44706</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
-        <v>2437</v>
+        <v>2605</v>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di una convenzione per la fornitura di medicazioni generali da destinare alle Aziende Sanitarie ed Ospedaliere della Regione Lazio.</t>
+          <t>Procedura aperta, suddivisa in due lotti, finalizzata alla stipula di Convenzioni quadro per l'affidamento dei servizi di notificazione tramite servizio postale destinato alle Amministrazioni del territorio della Regione Lazio.</t>
         </is>
       </c>
       <c r="C79" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D79"/>
       <c r="E79" s="2">
-        <v>45187</v>
-[...11 lines deleted...]
-        <v>44879</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
-        <v>2347</v>
+        <v>2595</v>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, per l'affidamento dei lavori finalizzati alla realizzazione di un locale idoneo per il trattamento degli stranieri nel periodo di definizione dell'udienza di convalida dell'esecuzione del provvedimento di espulsione. (D.L. 4/10/2018 convertito in Legge n. 132/2018). CIG : 8741319CA0 - CUP F56C20000110006
+          <t>Conferimento di incarico ex art. 1 della legge 11 settembre 2020, n. 120 di conversione in legge, con modificazioni, del decreto-legge 16 luglio 2020, n. 76, recante "Misure urgenti per la semplificazione e l'innovazione digitale", come modificato dall'art. 51 della legge n. 108 del 2021, del servizio di consulenza tecnica di parte alla Società "Guida Ingegneria Forense srl" per conto della Regione Lazio, citata presso il Tribunale civile di Rieti da Gianlorenzi Franco +2 (r.g.n. 1026/2020). Impegno di spesa di ? 43.139,20 sul capitolo U0000R21420 - esercizio 2022 - codice creditore n. 190630. SMART CIG: ZD735D51B8.
 </t>
         </is>
       </c>
       <c r="C80" t="s">
-        <v>98</v>
+        <v>99</v>
+      </c>
+      <c r="D80"/>
+      <c r="E80" s="2">
+        <v>44665</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
-        <v>2342</v>
+        <v>2589</v>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t>OCM Ortofrutta (Reg. UE n. 1308/2013, Reg. UE n. 2017/891 e Reg. UE n. 217/892, D.M. 8867 del 13.08.2019) - Determina a contrarre per un affidamento diretto tramite M.E.P.A. per le prestazioni professionali per il controllo istruttorio finalizzato al rilascio da parte della Regione Lazio dei provvedimenti di approvazione dei Programmi Operativi pluriennali presentati dalle organizzazioni di produttori a decorrere dall'annualità 2021, delle modifiche annuali ai programmi già approvati per l'annualità 2021 e/o delle modifiche in corso d'anno per l'annualità 2020 nonché dei provvedimenti di riconoscimento delle Organizzazioni di Produttori (OP) - Impegno di spesa di Euro 23.729,00 (Esercizio 2020) e prenotazione di Euro 23.729,00 (Esercizio finanziario 2021) in favore di Origine Consulting srl, codice creditore 203170, sul capitolo S21410, pdc 1.03.02.11.999– SMART CIG: ZF32F85A4E </t>
+          <t>Decreto Legislativo n. 19 del 2 febbraio 2021. Attivita' di indagine e analisi diagnostiche finalizzati all'individuazione della presenza di organismi nocivi sul territorio regionale anno 2022. Assunzione impegno di spesa a favore di Universita' degli Studi della Tuscia - Dipartimento di Scienze Agrarie e Forestali (DAFNE), codice creditore 836, per euro 188.000,00 sul capitolo U0000B11115, pdc1.03.02.11.000, missione 16 programma 01 del bilancio regionale. Es fin 2021
+</t>
         </is>
       </c>
       <c r="C81" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="D81" t="s">
         <v>100</v>
       </c>
+      <c r="D81"/>
       <c r="E81" s="2">
-        <v>44327</v>
+        <v>44748</v>
+      </c>
+      <c r="F81"/>
+      <c r="G81" s="2">
+        <v>44748</v>
+      </c>
+      <c r="H81"/>
+      <c r="I81" s="2">
+        <v>44748</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
-        <v>2335</v>
+        <v>2588</v>
       </c>
       <c r="B82" t="s">
         <v>101</v>
       </c>
       <c r="C82" t="s">
         <v>102</v>
       </c>
       <c r="D82"/>
       <c r="E82" s="2">
-        <v>44936</v>
+        <v>44650</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
-        <v>2314</v>
+        <v>2581</v>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>Procedura aperta, suddivisa in 6 Lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi di facchinaggio e di trasloco, destinati alle Amministrazioni del territorio della Regione Lazio.</t>
+          <t>Servizio per la predisposizione di una proposta progettuale da presentare al MiC, definita nei contenuti di dettaglio, di rigenerazione culturale, sociale ed economica dei borghi storici a rischio di abbandono o abbandonati.
+</t>
         </is>
       </c>
       <c r="C83" t="s">
         <v>103</v>
       </c>
       <c r="D83"/>
       <c r="E83" s="2">
-        <v>45589</v>
+        <v>44628</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
-        <v>2272</v>
+        <v>2556</v>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>Conferimento di incarico ex art. 36, comma 2), lettera a), del D. Lgs. n. 50/2016, del servizio di consulenza tecnica di parte alla Società "Guida Ingegneria Forense srl" per conto della Regione Lazio, citata come soggetto civilmente responsabile nel giudizio penale n. 482/2019 r.g. GIP (n. 1282/2018 r.g.n.r.) (fascicolo Avvocatura n. 1117/2019 – Avvocato incaricato Carlo D'Amata). Impegno di spesa di € 48.214,40 sul capitolo R21420 (missione 01 – Programma 11 – Aggregato 1.03.02.11.000) esercizio 2020 - codice creditore n. 190630. SMART CIG: ZDD2BDF9F4. 
-</t>
+          <t>Determina a contrarre, Approvazione atti e indizione gara comunitaria centralizzata a procedura aperta per l'affidamento dei servizi di n.3 centri antiviolenza e di n.3 case rifugio per donne vittime di violenza. Durata affidamento 24 mesi. Prenotazione di spesa euro 1.728.866,88 IVA inclusa sul Capitolo U0000H41976 Missione 12 programma 04 es. fin. 2021-2022-2023. Assunzione impegno di spesa sul cap. U0000T19427 a favore di ANAC (cod. cred. 159683) di € 600,00 - es. fin. 2021. Lotto 1: CIG 8831441FA6 - Lotto 2: CIG 8831460F54 - Lotto 3: CIG 8831470797.</t>
         </is>
       </c>
       <c r="C84" t="s">
         <v>104</v>
       </c>
-      <c r="D84" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D84"/>
       <c r="E84" s="2">
-        <v>44218</v>
+        <v>45427</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
-        <v>2271</v>
+        <v>2437</v>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t>Conferimento di incarico ex art. 36, comma 2), lettera a), del D. Lgs. n. 50/2016, del servizio di consulenza tecnica di parte alla Società "Guida Ingegneria Forense srl" per conto della Regione Lazio, citata come soggetto civilmente responsabile nel giudizio penale n. 336/2018 r.g. gip e n. 1851/2016 r.g.n.r. (fascicolo Avvocatura n. 606/2019 – Avvocato incaricato Elena Prezioso). Impegno di spesa di € 48.214,40 sul capitolo R21420 (missione 01 – Programma 11 – Aggregato 1.03.02.11.000) esercizio 2020 - codice creditore n. 190630. SMART CIG: ZD02BC3D3D.
-</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di una convenzione per la fornitura di medicazioni generali da destinare alle Aziende Sanitarie ed Ospedaliere della Regione Lazio.</t>
         </is>
       </c>
       <c r="C85" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="D85"/>
       <c r="E85" s="2">
-        <v>44218</v>
+        <v>45187</v>
+      </c>
+      <c r="F85"/>
+      <c r="G85" s="2">
+        <v>44973</v>
+      </c>
+      <c r="H85"/>
+      <c r="I85" s="2">
+        <v>44972</v>
+      </c>
+      <c r="J85"/>
+      <c r="K85" s="2">
+        <v>44879</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
-        <v>2221</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2347</v>
+      </c>
+      <c r="B86" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, per l'affidamento dei lavori finalizzati alla realizzazione di un locale idoneo per il trattamento degli stranieri nel periodo di definizione dell'udienza di convalida dell'esecuzione del provvedimento di espulsione. (D.L. 4/10/2018 convertito in Legge n. 132/2018). CIG : 8741319CA0 - CUP F56C20000110006
+</t>
+        </is>
       </c>
       <c r="C86" t="s">
-        <v>109</v>
-[...5 lines deleted...]
-        <v>44183</v>
+        <v>106</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
-        <v>2215</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>2342</v>
+      </c>
+      <c r="B87" t="inlineStr">
+        <is>
+          <t>OCM Ortofrutta (Reg. UE n. 1308/2013, Reg. UE n. 2017/891 e Reg. UE n. 217/892, D.M. 8867 del 13.08.2019) - Determina a contrarre per un affidamento diretto tramite M.E.P.A. per le prestazioni professionali per il controllo istruttorio finalizzato al rilascio da parte della Regione Lazio dei provvedimenti di approvazione dei Programmi Operativi pluriennali presentati dalle organizzazioni di produttori a decorrere dall'annualità 2021, delle modifiche annuali ai programmi già approvati per l'annualità 2021 e/o delle modifiche in corso d'anno per l'annualità 2020 nonché dei provvedimenti di riconoscimento delle Organizzazioni di Produttori (OP) - Impegno di spesa di Euro 23.729,00 (Esercizio 2020) e prenotazione di Euro 23.729,00 (Esercizio finanziario 2021) in favore di Origine Consulting srl, codice creditore 203170, sul capitolo S21410, pdc 1.03.02.11.999– SMART CIG: ZF32F85A4E </t>
+        </is>
       </c>
       <c r="C87" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="D87" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="E87" s="2">
-        <v>44249</v>
-[...11 lines deleted...]
-        <v>44249</v>
+        <v>44327</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
-        <v>2204</v>
-[...4 lines deleted...]
-        </is>
+        <v>2335</v>
+      </c>
+      <c r="B88" t="s">
+        <v>109</v>
       </c>
       <c r="C88" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="D88"/>
       <c r="E88" s="2">
-        <v>44161</v>
+        <v>44936</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
-        <v>2202</v>
+        <v>2314</v>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t>Attuazione della Deliberazione di Giunta regionale 4 agosto 2016, n. 509. Accordo sottoscritto tra il Presidente della Regione Lazio e il Presidente di ENEA per il Sistema Informativo per la gestione degli Attestati di Prestazione Energetica nella Regione Lazio, denominato APE Lazio. Determinazione n. G17060 del 09/12/2019. Modifica dello schema di Convenzione per le annualità 2019 e 2020. Conferma degli impegni di spesa nn. 23749 e 32895 di €15.000,00 sul Capitolo di bilancio regionale E11901 della Missione 17, Programma 01, a favore di ENEA - Agenzia nazionale per le nuove tecnologie, l'energia e lo sviluppo economico sostenibile - (codice creditore 6889).</t>
+          <t>Procedura aperta, suddivisa in 6 Lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi di facchinaggio e di trasloco, destinati alle Amministrazioni del territorio della Regione Lazio.</t>
         </is>
       </c>
       <c r="C89" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="D89"/>
       <c r="E89" s="2">
-        <v>44162</v>
+        <v>45589</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
-        <v>2194</v>
+        <v>2272</v>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>Affidamento diretto dei servizi di trasporto pubblico locale su strada a COTRAL S.p.A. - Approvazione del relativo Regolamento sulle attività di vigilanza e controllo sui servizi di trasporto di competenza regionale affidati ai sensi dell'art.38, co. 5, L.R. 24.12.2008, n.31 - (affidamento in house providing).</t>
+          <t>Conferimento di incarico ex art. 36, comma 2), lettera a), del D. Lgs. n. 50/2016, del servizio di consulenza tecnica di parte alla Società "Guida Ingegneria Forense srl" per conto della Regione Lazio, citata come soggetto civilmente responsabile nel giudizio penale n. 482/2019 r.g. GIP (n. 1282/2018 r.g.n.r.) (fascicolo Avvocatura n. 1117/2019 – Avvocato incaricato Carlo D'Amata). Impegno di spesa di € 48.214,40 sul capitolo R21420 (missione 01 – Programma 11 – Aggregato 1.03.02.11.000) esercizio 2020 - codice creditore n. 190630. SMART CIG: ZDD2BDF9F4. 
+</t>
         </is>
       </c>
       <c r="C90" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="D90" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="E90" s="2">
-        <v>44152</v>
-[...5 lines deleted...]
-        <v>44152</v>
+        <v>44218</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
-        <v>2156</v>
+        <v>2271</v>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>Lavori per la ricostruzione dell'ospedale di Amatrice di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Codice Opera: OOPP_M_002_2017. Determina a contrarre per l'affidamento dell'incarico, ai sensi dell'art. 2, c. 2-bis del D.L. 189/2016, di Presidente di Commissione di collaudo, collaudatore tecnico amministrativo in corso d'opera, verifica della contabilità e collaudatore statico in corso d'opera per la formazione della Commissione di collaudo. CUP: F78I18000070008 – CIG 84815078FC</t>
+          <t>Conferimento di incarico ex art. 36, comma 2), lettera a), del D. Lgs. n. 50/2016, del servizio di consulenza tecnica di parte alla Società "Guida Ingegneria Forense srl" per conto della Regione Lazio, citata come soggetto civilmente responsabile nel giudizio penale n. 336/2018 r.g. gip e n. 1851/2016 r.g.n.r. (fascicolo Avvocatura n. 606/2019 – Avvocato incaricato Elena Prezioso). Impegno di spesa di € 48.214,40 sul capitolo R21420 (missione 01 – Programma 11 – Aggregato 1.03.02.11.000) esercizio 2020 - codice creditore n. 190630. SMART CIG: ZD02BC3D3D.
+</t>
         </is>
       </c>
       <c r="C91" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="D91" t="s">
-        <v>124</v>
+        <v>115</v>
       </c>
       <c r="E91" s="2">
-        <v>44251</v>
+        <v>44218</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
-        <v>2082</v>
-[...5 lines deleted...]
-        </is>
+        <v>2221</v>
+      </c>
+      <c r="B92" t="s">
+        <v>116</v>
       </c>
       <c r="C92" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="D92"/>
+        <v>117</v>
+      </c>
+      <c r="D92" t="s">
+        <v>118</v>
+      </c>
       <c r="E92" s="2">
-        <v>45007</v>
-[...15 lines deleted...]
-        <v>44887</v>
+        <v>44183</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
-        <v>2063</v>
-[...4 lines deleted...]
-        </is>
+        <v>2215</v>
+      </c>
+      <c r="B93" t="s">
+        <v>119</v>
       </c>
       <c r="C93" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="D93" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="E93" s="2">
-        <v>44008</v>
+        <v>44249</v>
+      </c>
+      <c r="F93" t="s">
+        <v>122</v>
+      </c>
+      <c r="G93" s="2">
+        <v>44249</v>
+      </c>
+      <c r="H93" t="s">
+        <v>123</v>
+      </c>
+      <c r="I93" s="2">
+        <v>44249</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
-        <v>2058</v>
+        <v>2204</v>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>Aggiudicazione definitiva della procedura negoziata tramite RDO su M.E.P.A. per fornitura di attrezzatura e componentistica per il Radar meteorologico di Protezione Civile</t>
+          <t>DGR n. 984/2019 e DGR n. 98/2020. Attività di manutenzione adeguativa, migliorativa ed evolutiva del sistema informativo Registro Impianti Geotermici (RIG) e Sistema Informativo Territoriale  (SIT). Approvazione dello studio di fattibilità e impegno di spesa a favore della società in house providing LazioCrea S.p.A. (Codice Creditore 164838) per € 48.577,71 complessivi, di cui € 22.820,40 sul capitolo E11901 e € 25.757,31 sul capitolo E12520, nell'ambito del Programma 01 della Missione 17. Esercizi finanziari 2020 e 2021.</t>
         </is>
       </c>
       <c r="C94" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D94" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="E94" s="2">
-        <v>43959</v>
+        <v>44161</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>2202</v>
+      </c>
+      <c r="B95" t="inlineStr">
+        <is>
+          <t>Attuazione della Deliberazione di Giunta regionale 4 agosto 2016, n. 509. Accordo sottoscritto tra il Presidente della Regione Lazio e il Presidente di ENEA per il Sistema Informativo per la gestione degli Attestati di Prestazione Energetica nella Regione Lazio, denominato APE Lazio. Determinazione n. G17060 del 09/12/2019. Modifica dello schema di Convenzione per le annualità 2019 e 2020. Conferma degli impegni di spesa nn. 23749 e 32895 di €15.000,00 sul Capitolo di bilancio regionale E11901 della Missione 17, Programma 01, a favore di ENEA - Agenzia nazionale per le nuove tecnologie, l'energia e lo sviluppo economico sostenibile - (codice creditore 6889).</t>
+        </is>
       </c>
       <c r="C95" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="D95" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="E95" s="2">
-        <v>43858</v>
-[...17 lines deleted...]
-        <v>43858</v>
+        <v>44162</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
-        <v>2003</v>
+        <v>2194</v>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>Misura 20 "Assistenza Tecnica" del PSR 2014/2020 del Lazio, domanda di sostegno n. 54250339261, atto di concessione n. G05877 04/05/2018. Approvazione dello schema di accordo di collaborazione tra Regione Lazio e Centro di Ricerca Politiche e Bio-economia del Consiglio per la Ricerca in Agricoltura e l'Analisi dell'Economia Agraria (di seguito "CREA-PB"), per il supporto all'attività di monitoraggio della tenuta della contabilità aziendale, secondo la metodologia RICA, da parte dei beneficiari del Programma di Sviluppo Rurale (PSR) del Lazio 2007/2013 - CUP FC89C18000260009</t>
+          <t>Affidamento diretto dei servizi di trasporto pubblico locale su strada a COTRAL S.p.A. - Approvazione del relativo Regolamento sulle attività di vigilanza e controllo sui servizi di trasporto di competenza regionale affidati ai sensi dell'art.38, co. 5, L.R. 24.12.2008, n.31 - (affidamento in house providing).</t>
         </is>
       </c>
       <c r="C96" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="D96" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="E96" s="2">
-        <v>43830</v>
+        <v>44152</v>
+      </c>
+      <c r="F96" t="s">
+        <v>130</v>
+      </c>
+      <c r="G96" s="2">
+        <v>44152</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
-        <v>1988</v>
+        <v>2156</v>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020. Progetto n. A0097E0012. Approvazione Piano delle Attività "Assistenza Tecnica all'Autorità di Gestione del POR FESR Lazio 2014-2020" presentato da LAZIOcrea S.p.A. nell'ambito dell'Asse Prioritario 6 – Obiettivo specifico 6.1.5. Approvazione dello schema di convenzione tra la Regione Lazio e LAZIOcrea S.p.A. - CUP n. F81H17000070009.</t>
+          <t>Lavori per la ricostruzione dell'ospedale di Amatrice di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Codice Opera: OOPP_M_002_2017. Determina a contrarre per l'affidamento dell'incarico, ai sensi dell'art. 2, c. 2-bis del D.L. 189/2016, di Presidente di Commissione di collaudo, collaudatore tecnico amministrativo in corso d'opera, verifica della contabilità e collaudatore statico in corso d'opera per la formazione della Commissione di collaudo. CUP: F78I18000070008 – CIG 84815078FC</t>
         </is>
       </c>
       <c r="C97" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="D97" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="E97" s="2">
-        <v>43810</v>
+        <v>44251</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
-        <v>1985</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>2082</v>
+      </c>
+      <c r="B98" t="inlineStr">
+        <is>
+          <t>Recepimento della Determinazione n. 400 del 21.10.2019 (lotti 13-14-20-23) - come rettificata dalla Determinazione n. 420 del 06.11.2019 - e della Determinazione n. 539 del 31.12.2019 (lotti 15-16-17-18-19-21-22-24) di INTERCENT-ER (Agenzia regionale di sviluppo dei mercati Telematici dell'Emilia Romagna) ad oggetto "Procedura aperta per la fornitura di defibrillatori impiantabili e pacemaker per le Regioni Emilia-Romagna e Lazio". 
+</t>
+        </is>
       </c>
       <c r="C98" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      </c>
+        <v>133</v>
+      </c>
+      <c r="D98"/>
       <c r="E98" s="2">
-        <v>43865</v>
+        <v>45007</v>
+      </c>
+      <c r="F98"/>
+      <c r="G98" s="2">
+        <v>44995</v>
+      </c>
+      <c r="H98"/>
+      <c r="I98" s="2">
+        <v>44985</v>
+      </c>
+      <c r="J98"/>
+      <c r="K98" s="2">
+        <v>44980</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" s="2">
+        <v>44887</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
-        <v>1976</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>2063</v>
+      </c>
+      <c r="B99" t="inlineStr">
+        <is>
+          <t>Ordinanza del Capo Dipartimento di Protezione Civile n.558 del 15 novembre 2018. Intervento codice R509 denominato "Lavori straordinari di manutenzione dell'alveo del fiume Mignone dalla SS Aurelia sino alla foce in dx e sx idraulica per Km 4,00 ca.". Approvazione della perizia giustificativa dei "Lavori urgenti per il ripristino della officiosità idraulica del fiume Mignone in località Farnesiana nel comune di Tarquinia (VT)" CUP: F83H20000220001 - CIG: Z852AE8E66. </t>
+        </is>
       </c>
       <c r="C99" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D99"/>
+        <v>134</v>
+      </c>
+      <c r="D99" t="s">
+        <v>135</v>
+      </c>
       <c r="E99" s="2">
-        <v>44911</v>
-[...11 lines deleted...]
-        <v>44183</v>
+        <v>44008</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
-        <v>1952</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>2058</v>
+      </c>
+      <c r="B100" t="inlineStr">
+        <is>
+          <t>Aggiudicazione definitiva della procedura negoziata tramite RDO su M.E.P.A. per fornitura di attrezzatura e componentistica per il Radar meteorologico di Protezione Civile</t>
+        </is>
       </c>
       <c r="C100" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="D100" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="E100" s="2">
-        <v>43752</v>
+        <v>43959</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
-        <v>1951</v>
+        <v>2020</v>
       </c>
       <c r="B101" t="s">
-        <v>150</v>
+        <v>138</v>
       </c>
       <c r="C101" t="s">
-        <v>151</v>
+        <v>139</v>
       </c>
       <c r="D101" t="s">
-        <v>152</v>
+        <v>140</v>
       </c>
       <c r="E101" s="2">
-        <v>43752</v>
+        <v>43858</v>
+      </c>
+      <c r="F101" t="s">
+        <v>141</v>
+      </c>
+      <c r="G101" s="2">
+        <v>43858</v>
+      </c>
+      <c r="H101" t="s">
+        <v>142</v>
+      </c>
+      <c r="I101" s="2">
+        <v>43858</v>
+      </c>
+      <c r="J101" t="s">
+        <v>143</v>
+      </c>
+      <c r="K101" s="2">
+        <v>43858</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
-        <v>1946</v>
+        <v>2003</v>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. – Intervento R66 “Lavori Urgenti di Ripascimento e Manutenzione delle Opere Esistenti a Causa di Erosione Costiera nel comune di Tarquinia”; Approvazione progetto definitivo-esecutivo e Determinazione a contrarre. CUP F85J19001390001 - CIG 7983626896 </t>
+          <t>Misura 20 "Assistenza Tecnica" del PSR 2014/2020 del Lazio, domanda di sostegno n. 54250339261, atto di concessione n. G05877 04/05/2018. Approvazione dello schema di accordo di collaborazione tra Regione Lazio e Centro di Ricerca Politiche e Bio-economia del Consiglio per la Ricerca in Agricoltura e l'Analisi dell'Economia Agraria (di seguito "CREA-PB"), per il supporto all'attività di monitoraggio della tenuta della contabilità aziendale, secondo la metodologia RICA, da parte dei beneficiari del Programma di Sviluppo Rurale (PSR) del Lazio 2007/2013 - CUP FC89C18000260009</t>
         </is>
       </c>
       <c r="C102" t="s">
-        <v>153</v>
+        <v>144</v>
       </c>
       <c r="D102" t="s">
-        <v>154</v>
+        <v>145</v>
       </c>
       <c r="E102" s="2">
-        <v>43727</v>
+        <v>43830</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
-        <v>1944</v>
+        <v>1988</v>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. – Intervento R64 "Lavori Urgenti di Ripascimento e Manutenzione delle Opere Esistenti a Causa di Erosione Costiera nel comune di Roma – X Municipio Ostia", Approvazione progetto definitivo-esecutivo e Determinazione a contrarre per l'affidamento dei lavori CUP F85J19001400001 CIG 7981847C81</t>
+          <t>POR FESR Lazio 2014-2020. Progetto n. A0097E0012. Approvazione Piano delle Attività "Assistenza Tecnica all'Autorità di Gestione del POR FESR Lazio 2014-2020" presentato da LAZIOcrea S.p.A. nell'ambito dell'Asse Prioritario 6 – Obiettivo specifico 6.1.5. Approvazione dello schema di convenzione tra la Regione Lazio e LAZIOcrea S.p.A. - CUP n. F81H17000070009.</t>
         </is>
       </c>
       <c r="C103" t="s">
-        <v>155</v>
+        <v>146</v>
       </c>
       <c r="D103" t="s">
-        <v>156</v>
+        <v>147</v>
       </c>
       <c r="E103" s="2">
-        <v>43727</v>
+        <v>43810</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
-        <v>1931</v>
-[...4 lines deleted...]
-        </is>
+        <v>1985</v>
+      </c>
+      <c r="B104" t="s">
+        <v>148</v>
       </c>
       <c r="C104" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="D104" t="s">
-        <v>158</v>
+        <v>150</v>
       </c>
       <c r="E104" s="2">
-        <v>43668</v>
+        <v>43865</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
-        <v>1927</v>
+        <v>1976</v>
       </c>
       <c r="B105" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="C105" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="D105"/>
       <c r="E105" s="2">
-        <v>45103</v>
-[...1 lines deleted...]
-      <c r="F105"/>
+        <v>44911</v>
+      </c>
+      <c r="F105" t="s">
+        <v>153</v>
+      </c>
       <c r="G105" s="2">
-        <v>45103</v>
+        <v>44169</v>
       </c>
       <c r="H105" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="I105" s="2">
-        <v>44040</v>
+        <v>44183</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
-        <v>1922</v>
-[...4 lines deleted...]
-        </is>
+        <v>1952</v>
+      </c>
+      <c r="B106" t="s">
+        <v>155</v>
       </c>
       <c r="C106" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="D106" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="E106" s="2">
-        <v>43781</v>
+        <v>43752</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
-        <v>1901</v>
+        <v>1951</v>
       </c>
       <c r="B107" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="C107" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="D107" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="E107" s="2">
-        <v>43524</v>
+        <v>43752</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
-        <v>1889</v>
+        <v>1946</v>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta, ai sensi dell’art. 60 del d. lgs. n° 50/2016 e s.m.i., per l’affidamento del servizio di valutazione del programma di reindustrializzazione del Lazio (attivita’ V_1 e V_2 del Piano di valutazione del POR FESR 2014-2020)
-</t>
+          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. – Intervento R66 “Lavori Urgenti di Ripascimento e Manutenzione delle Opere Esistenti a Causa di Erosione Costiera nel comune di Tarquinia”; Approvazione progetto definitivo-esecutivo e Determinazione a contrarre. CUP F85J19001390001 - CIG 7983626896 </t>
         </is>
       </c>
       <c r="C108" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="D108"/>
+        <v>161</v>
+      </c>
+      <c r="D108" t="s">
+        <v>162</v>
+      </c>
       <c r="E108" s="2">
-        <v>44981</v>
+        <v>43727</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
-        <v>1888</v>
+        <v>1944</v>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura di stent coronarici occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio - Lotto n. 1</t>
+          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. – Intervento R64 "Lavori Urgenti di Ripascimento e Manutenzione delle Opere Esistenti a Causa di Erosione Costiera nel comune di Roma – X Municipio Ostia", Approvazione progetto definitivo-esecutivo e Determinazione a contrarre per l'affidamento dei lavori CUP F85J19001400001 CIG 7981847C81</t>
         </is>
       </c>
       <c r="C109" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="D109"/>
+        <v>163</v>
+      </c>
+      <c r="D109" t="s">
+        <v>164</v>
+      </c>
       <c r="E109" s="2">
-        <v>45855</v>
+        <v>43727</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
-        <v>1887</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>1931</v>
+      </c>
+      <c r="B110" t="inlineStr">
+        <is>
+          <t>Affidamento servizio legale ai sensi dell'art.17 e art.36 comma 2 lettera a del D.lgs.n.50/2016 finalizzato all'effettuazione di uno studio teso a riscontrare l'esistenza dei fenomeni di erosione, di elusione o di evasione della tassa automobilistica, che danno luogo alla perdita di gettito nella Regione Lazio, nell'ambito dei contratti a noleggio a lungo termine, breve termine e car sharing e formulazione di possibili soluzioni riguardo al menzionato fenomeno del mancato gettito.</t>
+        </is>
       </c>
       <c r="C110" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="D110"/>
+        <v>165</v>
+      </c>
+      <c r="D110" t="s">
+        <v>166</v>
+      </c>
       <c r="E110" s="2">
-        <v>45134</v>
+        <v>43668</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
-        <v>1881</v>
+        <v>1927</v>
       </c>
       <c r="B111" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C111" t="s">
-        <v>172</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="D111"/>
       <c r="E111" s="2">
-        <v>43472</v>
+        <v>45103</v>
+      </c>
+      <c r="F111"/>
+      <c r="G111" s="2">
+        <v>45103</v>
+      </c>
+      <c r="H111" t="s">
+        <v>169</v>
+      </c>
+      <c r="I111" s="2">
+        <v>44040</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
-        <v>1880</v>
-[...2 lines deleted...]
-        <v>174</v>
+        <v>1922</v>
+      </c>
+      <c r="B112" t="inlineStr">
+        <is>
+          <t>Lavori di S.U. per il ripristino della officiosità idraulica del fiume Fibreno, a seguito delle avverse condizioni meteo che hanno determinato il crollo di alberature di alto fusto nell’alveo, compromettendo e danneggiando le difese idrauliche, nei comuni di Isola del Liri, Sora e Broccostella.</t>
+        </is>
       </c>
       <c r="C112" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="D112" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="E112" s="2">
-        <v>43472</v>
+        <v>43781</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
-        <v>1879</v>
+        <v>1901</v>
       </c>
       <c r="B113" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="C113" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="D113" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="E113" s="2">
-        <v>43472</v>
+        <v>43524</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
-        <v>1840</v>
+        <v>1889</v>
       </c>
       <c r="B114" t="inlineStr">
         <is>
-          <t>d.d. 26/10/16 n. G12419: riforma sostitutiva degli all.1 e 2. Approvazione  degli schemi di addendum alle convenzione tra le la Regione Lazio e Soc. in house Laziocrea S.p.A. per le attività di supporto quale "soggetto attuatore" alle attività di comunicazione e informazione della Progr.ne 2014-2020 dei fondi SIE. CUP F89G16000760006 POR FEASR, CUP F81H16000270009 POR FESR, CUP F87E16001400009 POR FSE</t>
+          <t>Gara comunitaria a procedura aperta, ai sensi dell’art. 60 del d. lgs. n° 50/2016 e s.m.i., per l’affidamento del servizio di valutazione del programma di reindustrializzazione del Lazio (attivita’ V_1 e V_2 del Piano di valutazione del POR FESR 2014-2020)
+</t>
         </is>
       </c>
       <c r="C114" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="D114"/>
       <c r="E114" s="2">
-        <v>43382</v>
-[...5 lines deleted...]
-        <v>43382</v>
+        <v>44981</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
-        <v>1839</v>
+        <v>1888</v>
       </c>
       <c r="B115" t="inlineStr">
         <is>
-          <t>d.d. 26/10/16 n. G12419: riforma sostitutiva degli all.1 e 2. Approvazione degli schemi di addendum alle convenzione tra le la Regione Lazio e Soc. in house Lazio Innova S.p.A. per le attività di supporto quale "soggetto attuatore" alle attività di comunicazione e informazione della Progr.ne 2014-2020 dei fondi SIE. CUP F89G16000750006  POR FEASR, CUP F81H16000260009 POR FESR, CUP F87E16001390009 POR FSE</t>
+          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura di stent coronarici occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio - Lotto n. 1</t>
         </is>
       </c>
       <c r="C115" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>176</v>
+      </c>
+      <c r="D115"/>
       <c r="E115" s="2">
-        <v>43382</v>
-[...5 lines deleted...]
-        <v>43382</v>
+        <v>45855</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
-        <v>1818</v>
-[...4 lines deleted...]
-        </is>
+        <v>1887</v>
+      </c>
+      <c r="B116" t="s">
+        <v>177</v>
       </c>
       <c r="C116" t="s">
-        <v>186</v>
-[...3 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="D116"/>
       <c r="E116" s="2">
-        <v>43502</v>
+        <v>45134</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
-        <v>1801</v>
-[...4 lines deleted...]
-        </is>
+        <v>1881</v>
+      </c>
+      <c r="B117" t="s">
+        <v>179</v>
       </c>
       <c r="C117" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
       <c r="D117" t="s">
-        <v>189</v>
+        <v>181</v>
       </c>
       <c r="E117" s="2">
-        <v>43312</v>
+        <v>43472</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
-        <v>1800</v>
-[...4 lines deleted...]
-        </is>
+        <v>1880</v>
+      </c>
+      <c r="B118" t="s">
+        <v>182</v>
       </c>
       <c r="C118" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="D118" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="E118" s="2">
-        <v>43312</v>
+        <v>43472</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
-        <v>1775</v>
+        <v>1879</v>
       </c>
       <c r="B119" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="C119" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="D119" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="E119" s="2">
-        <v>43300</v>
+        <v>43472</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
-        <v>1768</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>1840</v>
+      </c>
+      <c r="B120" t="inlineStr">
+        <is>
+          <t>d.d. 26/10/16 n. G12419: riforma sostitutiva degli all.1 e 2. Approvazione  degli schemi di addendum alle convenzione tra le la Regione Lazio e Soc. in house Laziocrea S.p.A. per le attività di supporto quale "soggetto attuatore" alle attività di comunicazione e informazione della Progr.ne 2014-2020 dei fondi SIE. CUP F89G16000760006 POR FEASR, CUP F81H16000270009 POR FESR, CUP F87E16001400009 POR FSE</t>
+        </is>
       </c>
       <c r="C120" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="D120" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="E120" s="2">
-        <v>43536</v>
+        <v>43382</v>
+      </c>
+      <c r="F120" t="s">
+        <v>190</v>
+      </c>
+      <c r="G120" s="2">
+        <v>43382</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
-        <v>1738</v>
+        <v>1839</v>
       </c>
       <c r="B121" t="inlineStr">
         <is>
-          <t>D.G.R.L. n. 64 del 21 febbraio 2017 "Programma di Cooperazione Territoriale Europea Interreg Europe 2014-2020. Partecipazione della Regione Lazio alla realizzazione dei progetti Cult –RInG, ENERSELVES, e Urban Manifacturing, candidati al 2° Bando e finanziati." - Progetto ENERSELVES – Policy instruments for energy self–consumption in buildings - PGI02505, - CUP E69D16003390007. Impegno di 3.000,00 € in favore di creditori diversi per l'affidamento delle attività di controllo di I livello per il progetto ENERSELVES.</t>
+          <t>d.d. 26/10/16 n. G12419: riforma sostitutiva degli all.1 e 2. Approvazione degli schemi di addendum alle convenzione tra le la Regione Lazio e Soc. in house Lazio Innova S.p.A. per le attività di supporto quale "soggetto attuatore" alle attività di comunicazione e informazione della Progr.ne 2014-2020 dei fondi SIE. CUP F89G16000750006  POR FEASR, CUP F81H16000260009 POR FESR, CUP F87E16001390009 POR FSE</t>
         </is>
       </c>
       <c r="C121" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="D121" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="E121" s="2">
-        <v>43202</v>
+        <v>43382</v>
+      </c>
+      <c r="F121" t="s">
+        <v>193</v>
+      </c>
+      <c r="G121" s="2">
+        <v>43382</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
-        <v>1729</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>1818</v>
+      </c>
+      <c r="B122" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili.  Intervento A0100E0118 - DOSSIER LI-ES2-2960313 “Palazzo de Magistris sede comunale, Comune di Sezze (LT). Affidamento incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione schema di lettera di accettazione incarico professionale all’ing Massimo Pescosolido cod. cred. 177886 Impegno su Capitoli A42200 - A42201 - A42202 - E.F. 2018.CUP F14D17000390006 - CIG ZB9238C45F</t>
+        </is>
       </c>
       <c r="C122" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="D122"/>
+        <v>194</v>
+      </c>
+      <c r="D122" t="s">
+        <v>195</v>
+      </c>
       <c r="E122" s="2">
-        <v>43187</v>
+        <v>43502</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
-        <v>1728</v>
+        <v>1801</v>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Ventotene</t>
+          <t>Affidamento a R.T.I. (Accenture S.p.A e Inmatica S.p.A) della fornitura dei servizi di manutenzione evolutivo-adeguativa e di consulenza specifica per l’adeguamento del sistema informativo elettorale centrale (SIEL) alle variazioni intervenute con la normativa elettorale della Regione Lazio.</t>
         </is>
       </c>
       <c r="C123" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="D123"/>
+        <v>196</v>
+      </c>
+      <c r="D123" t="s">
+        <v>197</v>
+      </c>
       <c r="E123" s="2">
-        <v>43187</v>
+        <v>43312</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
-        <v>1727</v>
+        <v>1800</v>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Terracina</t>
+          <t>Affidamento a IPZS (Istituto Poligrafico e Zecca dello stato) S.p.A., della fornitura del servizio di stampa, allestimento, distribuzione del materiale  e supporto alla gestione del progetto per lo svolgimento delle elezioni regionali 2018. </t>
         </is>
       </c>
       <c r="C124" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="D124"/>
+        <v>198</v>
+      </c>
+      <c r="D124" t="s">
+        <v>199</v>
+      </c>
       <c r="E124" s="2">
-        <v>43187</v>
+        <v>43312</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
-        <v>1726</v>
-[...4 lines deleted...]
-        </is>
+        <v>1775</v>
+      </c>
+      <c r="B125" t="s">
+        <v>200</v>
       </c>
       <c r="C125" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="D125"/>
+        <v>201</v>
+      </c>
+      <c r="D125" t="s">
+        <v>202</v>
+      </c>
       <c r="E125" s="2">
-        <v>43187</v>
+        <v>43300</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
-        <v>1725</v>
-[...4 lines deleted...]
-        </is>
+        <v>1768</v>
+      </c>
+      <c r="B126" t="s">
+        <v>203</v>
       </c>
       <c r="C126" t="s">
+        <v>204</v>
+      </c>
+      <c r="D126" t="s">
         <v>205</v>
       </c>
-      <c r="D126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E126" s="2">
-        <v>43472</v>
+        <v>43536</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
-        <v>1720</v>
+        <v>1738</v>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>Lavori di manutenzione urgente del fiume Rapido per il ripristino dell’officiosità dell’alveo, in comune di Sant’Elia Fiumerapido e a Cassino, dalla località Concentramento fino alla confluenza con la nuova inalveazione.</t>
+          <t>D.G.R.L. n. 64 del 21 febbraio 2017 "Programma di Cooperazione Territoriale Europea Interreg Europe 2014-2020. Partecipazione della Regione Lazio alla realizzazione dei progetti Cult –RInG, ENERSELVES, e Urban Manifacturing, candidati al 2° Bando e finanziati." - Progetto ENERSELVES – Policy instruments for energy self–consumption in buildings - PGI02505, - CUP E69D16003390007. Impegno di 3.000,00 € in favore di creditori diversi per l'affidamento delle attività di controllo di I livello per il progetto ENERSELVES.</t>
         </is>
       </c>
       <c r="C127" t="s">
+        <v>206</v>
+      </c>
+      <c r="D127" t="s">
         <v>207</v>
       </c>
-      <c r="D127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E127" s="2">
-        <v>43472</v>
+        <v>43202</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
-        <v>1718</v>
-[...4 lines deleted...]
-        </is>
+        <v>1729</v>
+      </c>
+      <c r="B128" t="s">
+        <v>208</v>
       </c>
       <c r="C128" t="s">
         <v>209</v>
       </c>
       <c r="D128"/>
       <c r="E128" s="2">
-        <v>43138</v>
+        <v>43187</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
+        <v>1728</v>
+      </c>
+      <c r="B129" t="inlineStr">
+        <is>
+          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Ventotene</t>
+        </is>
+      </c>
+      <c r="C129" t="s">
+        <v>210</v>
+      </c>
+      <c r="D129"/>
+      <c r="E129" s="2">
+        <v>43187</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130">
+        <v>1727</v>
+      </c>
+      <c r="B130" t="inlineStr">
+        <is>
+          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Terracina</t>
+        </is>
+      </c>
+      <c r="C130" t="s">
+        <v>211</v>
+      </c>
+      <c r="D130"/>
+      <c r="E130" s="2">
+        <v>43187</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131">
+        <v>1726</v>
+      </c>
+      <c r="B131" t="inlineStr">
+        <is>
+          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Formia.</t>
+        </is>
+      </c>
+      <c r="C131" t="s">
+        <v>212</v>
+      </c>
+      <c r="D131"/>
+      <c r="E131" s="2">
+        <v>43187</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132">
+        <v>1725</v>
+      </c>
+      <c r="B132" t="inlineStr">
+        <is>
+          <t>Lavori di S.U. per il ripristino del muro d’argine in sponda destra del fiume Rapido, a salvaguardia della viabilità e delle civili abitazioni, in via Peschiera, comune di Sant’Elia Fiumerapido (FR).</t>
+        </is>
+      </c>
+      <c r="C132" t="s">
+        <v>213</v>
+      </c>
+      <c r="D132" t="s">
+        <v>214</v>
+      </c>
+      <c r="E132" s="2">
+        <v>43472</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133">
+        <v>1720</v>
+      </c>
+      <c r="B133" t="inlineStr">
+        <is>
+          <t>Lavori di manutenzione urgente del fiume Rapido per il ripristino dell’officiosità dell’alveo, in comune di Sant’Elia Fiumerapido e a Cassino, dalla località Concentramento fino alla confluenza con la nuova inalveazione.</t>
+        </is>
+      </c>
+      <c r="C133" t="s">
+        <v>215</v>
+      </c>
+      <c r="D133" t="s">
+        <v>216</v>
+      </c>
+      <c r="E133" s="2">
+        <v>43472</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134">
+        <v>1718</v>
+      </c>
+      <c r="B134" t="inlineStr">
+        <is>
+          <t>Presentazione del Presidente della Regione Lazio della legge regionale n. 7 del 18/07/2017 "Disposizioni per la rigenerazione urbana e per il recupero edilizio" – Approvazione schema di contratto per la concessione in uso temporaneo della sala e prestazione dei servizi connessi.</t>
+        </is>
+      </c>
+      <c r="C134" t="s">
+        <v>217</v>
+      </c>
+      <c r="D134"/>
+      <c r="E134" s="2">
+        <v>43138</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135">
         <v>1701</v>
       </c>
-      <c r="B129" t="s">
-[...8 lines deleted...]
-      <c r="E129" s="2">
+      <c r="B135" t="s">
+        <v>218</v>
+      </c>
+      <c r="C135" t="s">
+        <v>219</v>
+      </c>
+      <c r="D135" t="s">
+        <v>220</v>
+      </c>
+      <c r="E135" s="2">
         <v>43472</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>