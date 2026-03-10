--- v0 (2025-11-04)
+++ v1 (2026-03-10)
@@ -9,68 +9,80 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="461" uniqueCount="461">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="465" uniqueCount="465">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Oggetto</t>
   </si>
   <si>
     <t>Link al bando</t>
   </si>
   <si>
     <t>Percorso</t>
   </si>
   <si>
     <t>Data pubblicazione</t>
   </si>
   <si>
+    <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3640</t>
+  </si>
+  <si>
+    <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3620</t>
+  </si>
+  <si>
+    <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3558</t>
+  </si>
+  <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3510</t>
+  </si>
+  <si>
+    <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3463</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3430</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3302</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3301</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3300</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3299</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3296</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3262</t>
   </si>
   <si>
     <t>www.regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3234</t>
   </si>
@@ -1468,51 +1480,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AE236"/>
+  <dimension ref="A1:AE240"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="60" customWidth="1"/>
     <col min="4" max="4" width="57" customWidth="1"/>
     <col min="5" max="5" width="19" customWidth="1"/>
     <col min="6" max="6" width="60" customWidth="1"/>
     <col min="7" max="7" width="19" customWidth="1"/>
     <col min="8" max="8" width="47" customWidth="1"/>
     <col min="9" max="9" width="19" customWidth="1"/>
     <col min="10" max="10" width="33" customWidth="1"/>
     <col min="11" max="11" width="19" customWidth="1"/>
     <col min="12" max="12" width="20" customWidth="1"/>
     <col min="13" max="13" width="19" customWidth="1"/>
     <col min="14" max="14" width="20" customWidth="1"/>
     <col min="15" max="15" width="19" customWidth="1"/>
     <col min="16" max="16" width="20" customWidth="1"/>
     <col min="17" max="17" width="19" customWidth="1"/>
     <col min="18" max="18" width="20" customWidth="1"/>
     <col min="19" max="19" width="19" customWidth="1"/>
     <col min="20" max="20" width="20" customWidth="1"/>
     <col min="21" max="21" width="19" customWidth="1"/>
     <col min="22" max="22" width="20" customWidth="1"/>
     <col min="23" max="23" width="19" customWidth="1"/>
     <col min="24" max="24" width="22" customWidth="1"/>
@@ -1600,4544 +1612,4616 @@
       </c>
       <c r="Y1" t="s">
         <v>4</v>
       </c>
       <c r="Z1" t="s">
         <v>3</v>
       </c>
       <c r="AA1" t="s">
         <v>4</v>
       </c>
       <c r="AB1" t="s">
         <v>3</v>
       </c>
       <c r="AC1" t="s">
         <v>4</v>
       </c>
       <c r="AD1" t="s">
         <v>3</v>
       </c>
       <c r="AE1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
-        <v>3510</v>
+        <v>3640</v>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>AZIONE 6 - Procedura negoziata, tramite RdO sul Mercato Elettronico Regione Lazio (M.E.LA.), ai sensi dell'art. 50, comma 1, lett. e) del D.lgs. 36/2023 finalizzata all'affidamento del servizio di organizzazione di un press tour e convegno con giornalisti ed instagrammer internazionali alla scoperta della Via Francigena. Indizione della procedura, approvazione atti di gara e nomina del Responsabile Unico del Progetto. Pren. impegno € 235.582,00 cap. U0000B41113 a favore di Creditori Diversi (c.c. 3805). Imp. € 1.558,09 capitolo U0000B41113 "Fondo incentivi ex art. 383 sexies R.R. n.1/2002" (c.c. 176734). Acc. € 1.558,09 cap. E0000341560 ""Fondo incentivi ex art.383 sexies R.R. n.1/2002" (c.c. 176734). Accertamento di € 8.528,61 sul capitolo E0000221159 Ministero del Turismo (c.c. 1356). Imp. € 250,00 sul capitolo U0000T19427 a favore dell'ANAC (c.c. 159683). Esercizio Finanziario 2025.</t>
+          <t>Procedura aperta, ai sensi dell'art.71, del D.Lgs. n. 36 del 31.03.2023 finalizzata all'affidamento in concessione del servizio di bar, tavola calda/fredda presso la sede della Regione Lazio di via R. Raimondi Garibaldi 7 Roma.</t>
         </is>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
       <c r="D2"/>
       <c r="E2" s="2">
-        <v>45958</v>
+        <v>46043</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
-        <v>3430</v>
+        <v>3620</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta per l'affidamento del "Servizio di manutenzione dei sistemi di rilevazione e controllo accessi del personale regionale e dei visitatori in uso presso le sedi della Giunta Regionale del Lazio". Determina d'indizione, approvazione documentazione di gara, nomina RUP per la fase di affidamento.</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura della licenza ad uso commerciale perpetua della banca dati territoriale CAP Zone (un singolo aggiornamento). Impegno di spesa a favore di POSTE ITALIANE S.P.A. - C.F. 97103880585 - (cod. cred. 61121), sul capitolo U0000F31182, PCF 1.03.02.05.000, Miss. 15 Prog. 01, Es. Fin. 2025, per un importo complessivo di € 23.058,00 IVA inclusa. CUP F81J25000530001.</t>
         </is>
       </c>
       <c r="C3" t="s">
         <v>6</v>
       </c>
       <c r="D3"/>
       <c r="E3" s="2">
-        <v>45937</v>
+        <v>46029</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
-        <v>3302</v>
+        <v>3558</v>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di un Accordo Quadro per l’affidamento del “Fornitura di test genomici ormonoresponsivo nelle pazienti con carcinoma mammario in stadio precoce” occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio.&amp;nbsp;</t>
+          <t>Procedura aperta, ai sensi art. 71 D.lgs. n. 36/2023, per l'affidamento del "Servizio di vigilanza antincendio della sede della Regione Lazio sita in via Rosa Raimondi Garibaldi n. 7, Roma".</t>
         </is>
       </c>
       <c r="C4" t="s">
         <v>7</v>
       </c>
       <c r="D4"/>
       <c r="E4" s="2">
-        <v>45770</v>
+        <v>46056</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
-        <v>3301</v>
+        <v>3510</v>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Procedura aperta, suddivisa in 4 lotti, finalizzata alla stipula di Convenzioni Quadro per l’affidamento dei servizi di facchinaggio e trasloco, per le Strutture Regionali, gli Enti S.S.R., gli Enti Locali e le altre Amministrazioni Pubbliche del territorio della Regione Lazio – Edizione 2. Approvazione dei verbali di valutazione delle documentazioni amministrative e dell’elenco degli operatori economici ammessi al prosieguo della procedura. Esclusione degli operatori economici Consorzio Stabile Impero e Consorzio Metra Scarl.</t>
+          <t>AZIONE 6 - Procedura negoziata, tramite RdO sul Mercato Elettronico Regione Lazio (M.E.LA.), ai sensi dell'art. 50, comma 1, lett. e) del D.lgs. 36/2023 finalizzata all'affidamento del servizio di organizzazione di un press tour e convegno con giornalisti ed instagrammer internazionali alla scoperta della Via Francigena. Indizione della procedura, approvazione atti di gara e nomina del Responsabile Unico del Progetto. Pren. impegno € 235.582,00 cap. U0000B41113 a favore di Creditori Diversi (c.c. 3805). Imp. € 1.558,09 capitolo U0000B41113 "Fondo incentivi ex art. 383 sexies R.R. n.1/2002" (c.c. 176734). Acc. € 1.558,09 cap. E0000341560 ""Fondo incentivi ex art.383 sexies R.R. n.1/2002" (c.c. 176734). Accertamento di € 8.528,61 sul capitolo E0000221159 Ministero del Turismo (c.c. 1356). Imp. € 250,00 sul capitolo U0000T19427 a favore dell'ANAC (c.c. 159683). Esercizio Finanziario 2025.</t>
         </is>
       </c>
       <c r="C5" t="s">
         <v>8</v>
       </c>
       <c r="D5"/>
       <c r="E5" s="2">
-        <v>45770</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
-        <v>3300</v>
+        <v>3463</v>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Recepimento della Determinazione n. 345 prot. Usc. N. 3360 del 09/04/2025 della Regione Autonoma della Sardegna avente ad oggetto ""Appalto specifico indetto dalla Regione Autonoma della Sardegna, Centrale regionale di committenza per l'affidamento di medicinali ed. 21 destinati al fabbisogno delle aziende sanitarie della Regione Autonoma della Sardegna, della Regione Emilia Romagna, della Regione Campania e della Regione Lazio nell'ambito del sistema dinamico di acquisizione della pubblica amministrazione per la fornitura di prodotti farmaceutici - Numero Appalto Specifico 4878034 - AGGIUDICAZIONE</t>
+          <t>Gara comunitaria centralizzata a procedura aperta l'acquisizione di dispositivi informatici “Notebook e monitor docking station” per gli uffici della Giunta della Regione Lazio, i Centri per l’impiego della Regione Lazio e altri Enti</t>
         </is>
       </c>
       <c r="C6" t="s">
         <v>9</v>
       </c>
       <c r="D6"/>
       <c r="E6" s="2">
-        <v>45770</v>
+        <v>45965</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
-        <v>3299</v>
+        <v>3430</v>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Recepimento della Determinazione di PuntoZero S.c.a.r.l. del 08/04/2025 avente ad oggetto ""procedura aperta finalizzata alla stipula di accordi quadro per la fornitura di farmaci suddivisa in 22 lotti per le esigenze delle aziende sanitarie della Regione Umbria e della Regione Lazio - aggiudicazione</t>
+          <t>Gara comunitaria a procedura aperta per l'affidamento del "Servizio di manutenzione dei sistemi di rilevazione e controllo accessi del personale regionale e dei visitatori in uso presso le sedi della Giunta Regionale del Lazio". Determina d'indizione, approvazione documentazione di gara, nomina RUP per la fase di affidamento.</t>
         </is>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7"/>
       <c r="E7" s="2">
-        <v>45770</v>
+        <v>45937</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
-        <v>3296</v>
+        <v>3302</v>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>AZIONE 5 - Determinazione a contrarre ex art. 17, comma 1 del D.lgs. 36/2023 per indizione di una procedura aperta, ai sensi dell’art. 71 D.lgs. n. 36/2023, per l’individuazione di un centro media che si occuperà dell’acquisto di spazi pubblicitari per la promozione della Via Francigena azioni trasversali scheda 33 PSC di cui al Decreto MiT prot. 1145205/24; Approvazione documenti tecnici e schema di contratto.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di un Accordo Quadro per l’affidamento del “Fornitura di test genomici ormonoresponsivo nelle pazienti con carcinoma mammario in stadio precoce” occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio.&amp;nbsp;</t>
         </is>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8"/>
       <c r="E8" s="2">
-        <v>45854</v>
+        <v>45770</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
-        <v>3262</v>
+        <v>3301</v>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Procedura aperta, ai sensi dell'art. 71 del D.lgs. 36/2023, per l'affidamento del "Servizio aereo di spegnimento incendi boschivi e lo svolgimento di altre attività connesse con gli interventi di Protezione Civile nell'intero territorio della Regione Lazio". Determinazione di indizione e approvazione atti di gara</t>
+          <t>Procedura aperta, suddivisa in 4 lotti, finalizzata alla stipula di Convenzioni Quadro per l’affidamento dei servizi di facchinaggio e trasloco, per le Strutture Regionali, gli Enti S.S.R., gli Enti Locali e le altre Amministrazioni Pubbliche del territorio della Regione Lazio – Edizione 2. Approvazione dei verbali di valutazione delle documentazioni amministrative e dell’elenco degli operatori economici ammessi al prosieguo della procedura. Esclusione degli operatori economici Consorzio Stabile Impero e Consorzio Metra Scarl.</t>
         </is>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9"/>
       <c r="E9" s="2">
-        <v>45791</v>
+        <v>45770</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
-        <v>3234</v>
+        <v>3300</v>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b)del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura della licenza di accesso alla banca dati statistici per l'utilizzo interno. Impegno di spesa a favore di MOODY'S ANALYTICS ITALY S.P.A. - P. IVA 11139860156 - (cod. cred. 251791), sul capitolo U0000F31182, PCF 1.03.02.05.000, Miss. 15 Prog. 01 Es. Fin. 2024, per un importo complessivo di € 170.629,20 IVA compresa e di € 35,00 in favore dell'ANAC (cod. cred. 159683), per il contributo obbligatorio, sul capitolo U0000T19427 PCF 1.04.01.01.000, Miss. 01 Prog. 01 - Es. Fin. 2024. CUP F81J24000840001</t>
+          <t>Recepimento della Determinazione n. 345 prot. Usc. N. 3360 del 09/04/2025 della Regione Autonoma della Sardegna avente ad oggetto ""Appalto specifico indetto dalla Regione Autonoma della Sardegna, Centrale regionale di committenza per l'affidamento di medicinali ed. 21 destinati al fabbisogno delle aziende sanitarie della Regione Autonoma della Sardegna, della Regione Emilia Romagna, della Regione Campania e della Regione Lazio nell'ambito del sistema dinamico di acquisizione della pubblica amministrazione per la fornitura di prodotti farmaceutici - Numero Appalto Specifico 4878034 - AGGIUDICAZIONE</t>
         </is>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10"/>
       <c r="E10" s="2">
-        <v>45720</v>
+        <v>45770</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
-        <v>3233</v>
+        <v>3299</v>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura del software Stata18/MP2 Licenza Commerciale perpetua (Stand Alone PC) - 1' utente per l'utilizzo interno. Impegno di spesa a favore di TStat s.r.l. - P. I. 01501640666 - (cod. cred. 251722), sul capitolo U0000F32117, PCF U.2.02.03.02, Miss. 15 Prog. 01 Es. Fin. 2024, per un importo complessivo di € 6.488,63 IVA compresa. Codice CUP F89F24000220001</t>
+          <t>Recepimento della Determinazione di PuntoZero S.c.a.r.l. del 08/04/2025 avente ad oggetto ""procedura aperta finalizzata alla stipula di accordi quadro per la fornitura di farmaci suddivisa in 22 lotti per le esigenze delle aziende sanitarie della Regione Umbria e della Regione Lazio - aggiudicazione</t>
         </is>
       </c>
       <c r="C11" t="s">
         <v>14</v>
       </c>
       <c r="D11"/>
       <c r="E11" s="2">
-        <v>45720</v>
+        <v>45770</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
-        <v>3210</v>
+        <v>3296</v>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025_ prima tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.</t>
+          <t>AZIONE 5 - Determinazione a contrarre ex art. 17, comma 1 del D.lgs. 36/2023 per indizione di una procedura aperta, ai sensi dell’art. 71 D.lgs. n. 36/2023, per l’individuazione di un centro media che si occuperà dell’acquisto di spazi pubblicitari per la promozione della Via Francigena azioni trasversali scheda 33 PSC di cui al Decreto MiT prot. 1145205/24; Approvazione documenti tecnici e schema di contratto.</t>
         </is>
       </c>
       <c r="C12" t="s">
         <v>15</v>
       </c>
       <c r="D12"/>
       <c r="E12" s="2">
-        <v>45728</v>
+        <v>45854</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
-        <v>3171</v>
+        <v>3262</v>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento del servizio di consulenza assicurativa e brokeraggio per le Aziende Sanitarie della Regione Lazio a Lotto unico. Approvazione atti di gara e indizione procedura.</t>
+          <t>Procedura aperta, ai sensi dell'art. 71 del D.lgs. 36/2023, per l'affidamento del "Servizio aereo di spegnimento incendi boschivi e lo svolgimento di altre attività connesse con gli interventi di Protezione Civile nell'intero territorio della Regione Lazio". Determinazione di indizione e approvazione atti di gara</t>
         </is>
       </c>
       <c r="C13" t="s">
         <v>16</v>
       </c>
       <c r="D13"/>
       <c r="E13" s="2">
-        <v>45783</v>
+        <v>45791</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
-        <v>3170</v>
+        <v>3234</v>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento della fornitura di sistemi per prelievo ematico sottovuoto e dispositivi di raccolta campione occorrenti alle Aziende Sanitarie della Regione Lazio suddivisa in 3 Lotti. Impegno di spesa a favore dell’Autorità Nazionale Anticorruzione di € 880,00 sul capitolo U0000T19427 Es.Fin. 2024. Sostituzione RUP, approvazione atti di gara e indizione procedura.</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b)del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura della licenza di accesso alla banca dati statistici per l'utilizzo interno. Impegno di spesa a favore di MOODY'S ANALYTICS ITALY S.P.A. - P. IVA 11139860156 - (cod. cred. 251791), sul capitolo U0000F31182, PCF 1.03.02.05.000, Miss. 15 Prog. 01 Es. Fin. 2024, per un importo complessivo di € 170.629,20 IVA compresa e di € 35,00 in favore dell'ANAC (cod. cred. 159683), per il contributo obbligatorio, sul capitolo U0000T19427 PCF 1.04.01.01.000, Miss. 01 Prog. 01 - Es. Fin. 2024. CUP F81J24000840001</t>
         </is>
       </c>
       <c r="C14" t="s">
         <v>17</v>
       </c>
       <c r="D14"/>
       <c r="E14" s="2">
-        <v>45814</v>
+        <v>45720</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
-        <v>3169</v>
+        <v>3233</v>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura di sistemi diagnostici per la ricerca del sangue occulto nelle feci per le Aziende Sanitarie della Regione Lazio a Lotto unico. Approvazione atti di gara e indizione della procedura.</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura del software Stata18/MP2 Licenza Commerciale perpetua (Stand Alone PC) - 1' utente per l'utilizzo interno. Impegno di spesa a favore di TStat s.r.l. - P. I. 01501640666 - (cod. cred. 251722), sul capitolo U0000F32117, PCF U.2.02.03.02, Miss. 15 Prog. 01 Es. Fin. 2024, per un importo complessivo di € 6.488,63 IVA compresa. Codice CUP F89F24000220001</t>
         </is>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15"/>
       <c r="E15" s="2">
-        <v>45792</v>
+        <v>45720</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
-        <v>3164</v>
+        <v>3210</v>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di Accordi Quadro per la fornitura di guanti monouso per le Aziende Sanitarie della Regione Lazio suddivisa in 16 Lotti. Approvazione atti di gara e indizione della procedura.</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025_ prima tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
         </is>
       </c>
       <c r="C16" t="s">
         <v>19</v>
       </c>
       <c r="D16"/>
       <c r="E16" s="2">
-        <v>45818</v>
+        <v>45728</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
-        <v>3155</v>
+        <v>3171</v>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento del servizio di manutenzione delle apparecchiature elettromedicali in uso presso le Aziende Sanitarie della Regione Lazio – Seconda edizione</t>
+          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento del servizio di consulenza assicurativa e brokeraggio per le Aziende Sanitarie della Regione Lazio a Lotto unico. Approvazione atti di gara e indizione procedura.</t>
         </is>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17"/>
       <c r="E17" s="2">
-        <v>45775</v>
+        <v>45783</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
-        <v>3153</v>
+        <v>3170</v>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Gara europea a procedura aperta, suddivisa in 8 lotti, finalizzata alla stipula di convenzioni quadro, per la fornitura di cancelleria e toner, cartucce a getto d'inchiostro, materiale di consumo accessorio per le Amm.ni aventi sede sul territorio della Regione Lazio e della Regione Umbria. Impegno di spesa di € 880,00 sul Cap. U0000T19427 a favore dell'A.N.A.C. es. fin. 2024. Impegno di spesa complessivo di € 2.068,00 sul Cap. U0000S23908 a favore del "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002" es. fin. 2024-2025 e accertamenti di € 1.468,28 sul Cap. di entrata n. E0000341559, di € 299,86 sul Cap. di entrata E0000341562 e di € 299,86 sul Cap. E0000341563 a carico del "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002" es. fin. 2024-2025.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento della fornitura di sistemi per prelievo ematico sottovuoto e dispositivi di raccolta campione occorrenti alle Aziende Sanitarie della Regione Lazio suddivisa in 3 Lotti. Impegno di spesa a favore dell’Autorità Nazionale Anticorruzione di € 880,00 sul capitolo U0000T19427 Es.Fin. 2024. Sostituzione RUP, approvazione atti di gara e indizione procedura.</t>
         </is>
       </c>
       <c r="C18" t="s">
         <v>21</v>
       </c>
       <c r="D18"/>
       <c r="E18" s="2">
-        <v>45785</v>
+        <v>45814</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
-        <v>3152</v>
+        <v>3169</v>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Procedura aperta sopra soglia, ai sensi dell'art. 71 d.lgs. n. 36/23, per l'affidamento della gestione di 3 centri antiviolenza e di 3 case rifugio per donne vittime di violenza. Indizione e approvazione atti di gara. CUP S80143490581202400037.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura di sistemi diagnostici per la ricerca del sangue occulto nelle feci per le Aziende Sanitarie della Regione Lazio a Lotto unico. Approvazione atti di gara e indizione della procedura.</t>
         </is>
       </c>
       <c r="C19" t="s">
         <v>22</v>
       </c>
       <c r="D19"/>
       <c r="E19" s="2">
-        <v>45705</v>
+        <v>45792</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
-        <v>3139</v>
+        <v>3164</v>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Procedura aperta per l'affidamento del servizio di noleggio e manutenzione di n. 110 erogatori d'acqua naturale e frizzante allacciati alla rete idrica presso le sedi della Regione Lazio.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di Accordi Quadro per la fornitura di guanti monouso per le Aziende Sanitarie della Regione Lazio suddivisa in 16 Lotti. Approvazione atti di gara e indizione della procedura.</t>
         </is>
       </c>
       <c r="C20" t="s">
         <v>23</v>
       </c>
       <c r="D20"/>
       <c r="E20" s="2">
-        <v>45734</v>
+        <v>45818</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
-        <v>3094</v>
+        <v>3155</v>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell'art. 71 del D.Lgs. n. 36/2023, per l'affidamento del servizio di Call Center ReCUP occorrente alle Aziende Sanitarie e Ospedaliere della Regione Lazio. Approvazione atti di gara e indizione della procedura.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento del servizio di manutenzione delle apparecchiature elettromedicali in uso presso le Aziende Sanitarie della Regione Lazio – Seconda edizione</t>
         </is>
       </c>
       <c r="C21" t="s">
         <v>24</v>
       </c>
       <c r="D21"/>
       <c r="E21" s="2">
-        <v>45695</v>
+        <v>45775</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
-        <v>3060</v>
+        <v>3153</v>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Procedura aperta, suddivisa in quattro lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi postali e servizi "a monte" del recapito, destinati alle Amministrazioni della Regione Lazio e della Regione Umbria.</t>
+          <t>Gara europea a procedura aperta, suddivisa in 8 lotti, finalizzata alla stipula di convenzioni quadro, per la fornitura di cancelleria e toner, cartucce a getto d'inchiostro, materiale di consumo accessorio per le Amm.ni aventi sede sul territorio della Regione Lazio e della Regione Umbria. Impegno di spesa di € 880,00 sul Cap. U0000T19427 a favore dell'A.N.A.C. es. fin. 2024. Impegno di spesa complessivo di € 2.068,00 sul Cap. U0000S23908 a favore del "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002" es. fin. 2024-2025 e accertamenti di € 1.468,28 sul Cap. di entrata n. E0000341559, di € 299,86 sul Cap. di entrata E0000341562 e di € 299,86 sul Cap. E0000341563 a carico del "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002" es. fin. 2024-2025.</t>
         </is>
       </c>
       <c r="C22" t="s">
         <v>25</v>
       </c>
       <c r="D22"/>
       <c r="E22" s="2">
-        <v>45616</v>
-[...7 lines deleted...]
-        <v>45616</v>
+        <v>45785</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
-        <v>3057</v>
+        <v>3152</v>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>SIGN_PAD - "Gara comunitaria centralizzata a procedura aperta ex art. 60 D.lgs. 50/2016 e s.m.i. per l'acquisizione di Sign- Pad e relativo software per la gestione della firma elettronica grafometrica per i Centri per l'Impiego, in attuazione del Piano straordinario di Potenziamento dei CPI e delle Politiche Attive del Lavoro della Regione Lazio". CIG: 990524311C – Codice gara: 9170927. Indizione procedura di gara, approvazione atti e nomina del Responsabile Unico del Procedimento.</t>
+          <t>Procedura aperta sopra soglia, ai sensi dell'art. 71 d.lgs. n. 36/23, per l'affidamento della gestione di 3 centri antiviolenza e di 3 case rifugio per donne vittime di violenza. Indizione e approvazione atti di gara. CUP S80143490581202400037.</t>
         </is>
       </c>
       <c r="C23" t="s">
         <v>26</v>
       </c>
       <c r="D23"/>
       <c r="E23" s="2">
-        <v>45523</v>
-[...3 lines deleted...]
-        <v>45523</v>
+        <v>45705</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
-        <v>3052</v>
+        <v>3139</v>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 17, co. 1, del D.lgs. n. 36/2023, indizione Gara europea a procedura aperta finalizzata alla stipula di convenzioni quadro, a ridotto impatto ambientale, per l'affidamento della fornitura di carta in risme per gli enti della Regione Lazio. Edizione 2. Procedura suddivisa in 2 lotti.</t>
+          <t>Procedura aperta per l'affidamento del servizio di noleggio e manutenzione di n. 110 erogatori d'acqua naturale e frizzante allacciati alla rete idrica presso le sedi della Regione Lazio.</t>
         </is>
       </c>
       <c r="C24" t="s">
         <v>27</v>
       </c>
       <c r="D24"/>
       <c r="E24" s="2">
-        <v>45622</v>
+        <v>45734</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
-        <v>3027</v>
+        <v>3094</v>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>Gara centralizzata a procedura aperta in via d'urgenza con termini ridotti finalizzata alla fornitura in ambito territoriale di aghi penna da insulina G34 - lunghezza 3,5 mm a Lotto unico. Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto</t>
+          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell'art. 71 del D.Lgs. n. 36/2023, per l'affidamento del servizio di Call Center ReCUP occorrente alle Aziende Sanitarie e Ospedaliere della Regione Lazio. Approvazione atti di gara e indizione della procedura.</t>
         </is>
       </c>
       <c r="C25" t="s">
         <v>28</v>
       </c>
       <c r="D25"/>
       <c r="E25" s="2">
-        <v>45471</v>
+        <v>45695</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
-        <v>3021</v>
+        <v>3060</v>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Servizio di assistenza organizzativa/gestionale alle procedure di appalto per la Direzione Regionale Programmazione economica, centrale acquisti, fondi europei, PNRR.</t>
+          <t>Procedura aperta, suddivisa in quattro lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi postali e servizi "a monte" del recapito, destinati alle Amministrazioni della Regione Lazio e della Regione Umbria.</t>
         </is>
       </c>
       <c r="C26" t="s">
         <v>29</v>
       </c>
       <c r="D26"/>
       <c r="E26" s="2">
-        <v>45506</v>
+        <v>45616</v>
+      </c>
+      <c r="F26"/>
+      <c r="G26" s="2">
+        <v>45616</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26" s="2">
+        <v>45616</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
-        <v>2999</v>
+        <v>3057</v>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata per l'affidamento del servizio integrato di rilevazione fisica, valorizzazione economica, riconciliazione con le risultanze contabili esistenti dei beni mobili e immobili delle Aziende sanitarie della Regione Lazio.</t>
+          <t>SIGN_PAD - "Gara comunitaria centralizzata a procedura aperta ex art. 60 D.lgs. 50/2016 e s.m.i. per l'acquisizione di Sign- Pad e relativo software per la gestione della firma elettronica grafometrica per i Centri per l'Impiego, in attuazione del Piano straordinario di Potenziamento dei CPI e delle Politiche Attive del Lavoro della Regione Lazio". CIG: 990524311C – Codice gara: 9170927. Indizione procedura di gara, approvazione atti e nomina del Responsabile Unico del Procedimento.</t>
         </is>
       </c>
       <c r="C27" t="s">
         <v>30</v>
       </c>
       <c r="D27"/>
       <c r="E27" s="2">
-        <v>45488</v>
+        <v>45523</v>
+      </c>
+      <c r="F27"/>
+      <c r="G27" s="2">
+        <v>45523</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
-        <v>2959</v>
+        <v>3052</v>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta ai sensi dell'art. 71 del D.lgs 36/2023 finalizzata alla stipula di convenzione per l'affidamento del servizio di lavanolo occorrente all'Azienda ARES 118</t>
+          <t>Determinazione a contrarre ai sensi dell'art. 17, co. 1, del D.lgs. n. 36/2023, indizione Gara europea a procedura aperta finalizzata alla stipula di convenzioni quadro, a ridotto impatto ambientale, per l'affidamento della fornitura di carta in risme per gli enti della Regione Lazio. Edizione 2. Procedura suddivisa in 2 lotti.</t>
         </is>
       </c>
       <c r="C28" t="s">
         <v>31</v>
       </c>
       <c r="D28"/>
       <c r="E28" s="2">
-        <v>45405</v>
+        <v>45622</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
-        <v>2958</v>
+        <v>3027</v>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2023 -Tredicesima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 9504891</t>
+          <t>Gara centralizzata a procedura aperta in via d'urgenza con termini ridotti finalizzata alla fornitura in ambito territoriale di aghi penna da insulina G34 - lunghezza 3,5 mm a Lotto unico. Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto</t>
         </is>
       </c>
       <c r="C29" t="s">
         <v>32</v>
       </c>
+      <c r="D29"/>
+      <c r="E29" s="2">
+        <v>45471</v>
+      </c>
     </row>
     <row r="30">
       <c r="A30">
-        <v>2917</v>
+        <v>3021</v>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Ottobre Rosa 2023 - Campagna di comunicazione istituzionale della Regione Lazio. Impegno di spesa complessivo di €159.279,80 (I.V.A. inclusa) a creditori vari. Capitolo di spesa U0000H11726. Esercizio finanziario 2023.
-</t>
+          <t>Servizio di assistenza organizzativa/gestionale alle procedure di appalto per la Direzione Regionale Programmazione economica, centrale acquisti, fondi europei, PNRR.</t>
         </is>
       </c>
       <c r="C30" t="s">
         <v>33</v>
       </c>
       <c r="D30"/>
       <c r="E30" s="2">
-        <v>45215</v>
+        <v>45506</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
-        <v>2899</v>
+        <v>2999</v>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di vaccini occorrenti alle Aziende Sanitarie della Regione Lazio - farmaci 2023_tranche 5 - vaccini vari, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori, seconda edizione. Nr. Gara 9172204. Provvedimento di ammissione all'esito dell'apertura delle buste amministrative.</t>
+          <t>Gara comunitaria centralizzata per l'affidamento del servizio integrato di rilevazione fisica, valorizzazione economica, riconciliazione con le risultanze contabili esistenti dei beni mobili e immobili delle Aziende sanitarie della Regione Lazio.</t>
         </is>
       </c>
       <c r="C31" t="s">
         <v>34</v>
       </c>
       <c r="D31"/>
       <c r="E31" s="2">
-        <v>45169</v>
+        <v>45488</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
-        <v>2879</v>
+        <v>2959</v>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Procedura negoziata ai sensi dell'art. 1, comma 2 lett. b) del D.L. n. 76/2020, , tramite R.d.O. sul M.E.LA. Per l'affidamento della durata di 24 (ventiquattro) mesi del servizio diResponsabile della protezione dei dati personali (RPD)ai sensi del Reg. UE n. 679/2016 (RGPD)
-</t>
+          <t>Gara comunitaria centralizzata a procedura aperta ai sensi dell'art. 71 del D.lgs 36/2023 finalizzata alla stipula di convenzione per l'affidamento del servizio di lavanolo occorrente all'Azienda ARES 118</t>
         </is>
       </c>
       <c r="C32" t="s">
         <v>35</v>
       </c>
       <c r="D32"/>
       <c r="E32" s="2">
-        <v>45233</v>
+        <v>45405</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
-        <v>2876</v>
+        <v>2958</v>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta telematica finalizzata all'acquisizione di tecnologie elettromedicali per l'Ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018&amp;nbsp;- Numero gara 9166988 - CUP F78I18000070008</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2023 -Tredicesima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 9504891</t>
         </is>
       </c>
       <c r="C33" t="s">
         <v>36</v>
       </c>
-      <c r="D33"/>
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="34">
       <c r="A34">
-        <v>2866</v>
-[...1 lines deleted...]
-      <c r="B34" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>Ottobre Rosa 2023 - Campagna di comunicazione istituzionale della Regione Lazio. Impegno di spesa complessivo di €159.279,80 (I.V.A. inclusa) a creditori vari. Capitolo di spesa U0000H11726. Esercizio finanziario 2023.
+</t>
+        </is>
+      </c>
+      <c r="C34" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="D34"/>
       <c r="E34" s="2">
-        <v>45135</v>
+        <v>45215</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
-        <v>2854</v>
+        <v>2899</v>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Visibilità della Regione Lazio in occasione della mostra: "I MONDI DI GINA" che si svolgerà A Roma presso Palazzo Poli - Istituto centrale della Grafica, dall'8 giugno - all'8 ottobre 2023, a cura di Cinecittà S.p.A. (cod. creditore 157665), impegno di spesa di € 10.000,00, I.V.A. inclusa. Capitolo di bilancio U0000R31902. Esercizio Finanziario 2023. CIG Z923B2CFC6.
-</t>
+          <t>Appalto specifico per l'acquisizione di vaccini occorrenti alle Aziende Sanitarie della Regione Lazio - farmaci 2023_tranche 5 - vaccini vari, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori, seconda edizione. Nr. Gara 9172204. Provvedimento di ammissione all'esito dell'apertura delle buste amministrative.</t>
         </is>
       </c>
       <c r="C35" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D35"/>
       <c r="E35" s="2">
-        <v>45072</v>
+        <v>45169</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
-        <v>2852</v>
+        <v>2879</v>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 9 lotti, per l'affidamento della fornitura di microinfusori per insulina, sistemi di monitoraggio, port e relativo materiale di consumo e servizi connessi occorrente alle Aziende Sanitarie della Regione Lazio- Seconda Edizione.</t>
+          <t>Procedura negoziata ai sensi dell'art. 1, comma 2 lett. b) del D.L. n. 76/2020, , tramite R.d.O. sul M.E.LA. Per l'affidamento della durata di 24 (ventiquattro) mesi del servizio diResponsabile della protezione dei dati personali (RPD)ai sensi del Reg. UE n. 679/2016 (RGPD)
+</t>
         </is>
       </c>
       <c r="C36" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D36"/>
       <c r="E36" s="2">
-        <v>45572</v>
+        <v>45233</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
-        <v>2838</v>
+        <v>2876</v>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di Vaccini antinfluenzali 2023/2024 occorrenti alle Aziende Sanitarie della Regione Lazio, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori. Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 9015722".
-</t>
+          <t>Gara comunitaria a procedura aperta telematica finalizzata all'acquisizione di tecnologie elettromedicali per l'Ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018&amp;nbsp;- Numero gara 9166988 - CUP F78I18000070008</t>
         </is>
       </c>
       <c r="C37" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D37"/>
       <c r="E37" s="2">
-        <v>45250</v>
-[...3 lines deleted...]
-        <v>45049</v>
+        <v>45224</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
-        <v>2819</v>
-[...5 lines deleted...]
-        </is>
+        <v>2866</v>
+      </c>
+      <c r="B38" t="s">
+        <v>41</v>
       </c>
       <c r="C38" t="s">
         <v>42</v>
       </c>
       <c r="D38"/>
       <c r="E38" s="2">
-        <v>45040</v>
+        <v>45135</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
-        <v>2814</v>
+        <v>2854</v>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>Procedura aperta per la conclusione di un accordo quadro per il servizio di test genomici ormono-responsivo nelle pazienti con carcinoma mammario in stadio precoce - Numero Gara 8965190.</t>
+          <t>Visibilità della Regione Lazio in occasione della mostra: "I MONDI DI GINA" che si svolgerà A Roma presso Palazzo Poli - Istituto centrale della Grafica, dall'8 giugno - all'8 ottobre 2023, a cura di Cinecittà S.p.A. (cod. creditore 157665), impegno di spesa di € 10.000,00, I.V.A. inclusa. Capitolo di bilancio U0000R31902. Esercizio Finanziario 2023. CIG Z923B2CFC6.
+</t>
         </is>
       </c>
       <c r="C39" t="s">
         <v>43</v>
       </c>
       <c r="D39"/>
       <c r="E39" s="2">
-        <v>45037</v>
+        <v>45072</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
-        <v>2801</v>
+        <v>2852</v>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata finalizzata alla stipula di un accordo quadro per fornitura di stent vascolari occorrenti alle Aziende sanitarie della Regione Lazio e della Regione Calabria.&amp;nbsp;</t>
+          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 9 lotti, per l'affidamento della fornitura di microinfusori per insulina, sistemi di monitoraggio, port e relativo materiale di consumo e servizi connessi occorrente alle Aziende Sanitarie della Regione Lazio- Seconda Edizione.</t>
         </is>
       </c>
       <c r="C40" t="s">
         <v>44</v>
       </c>
       <c r="D40"/>
       <c r="E40" s="2">
-        <v>45014</v>
+        <v>45572</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
-        <v>2793</v>
+        <v>2838</v>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 84 lotti, finalizzata alla stipula di convenzioni per la fornitura di aghi e siringhe occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio e della Regione Calabria. Approvazione schemi atti, indizione gara e sostituzione del Responsabile Unico del Procedimento. Numero gara 8780148</t>
+          <t>Appalto specifico per l'acquisizione di Vaccini antinfluenzali 2023/2024 occorrenti alle Aziende Sanitarie della Regione Lazio, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori. Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 9015722".
+</t>
         </is>
       </c>
       <c r="C41" t="s">
         <v>45</v>
       </c>
       <c r="D41"/>
       <c r="E41" s="2">
-        <v>44938</v>
+        <v>45250</v>
       </c>
       <c r="F41"/>
       <c r="G41" s="2">
-        <v>44924</v>
+        <v>45049</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
-        <v>2768</v>
+        <v>2819</v>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura di fornitura di fornitura di dispositivi per il monitoraggio flash del glucosio e sensori impiantabili per il monitoraggio continuo del glucosio e relativo materiale di consumo e servizi connessi occorrenti alle Aziende Sanitarie della Regione Lazio. Numero gara 8862699</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2023 - 2 tranche,&amp;nbsp;nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di&amp;nbsp;farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre.&amp;nbsp;Approvazione schemi, atti e indizione gara. Nr. Gara &amp;nbsp;8982095
+</t>
         </is>
       </c>
       <c r="C42" t="s">
         <v>46</v>
       </c>
       <c r="D42"/>
       <c r="E42" s="2">
-        <v>44980</v>
+        <v>45040</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
-        <v>2760</v>
+        <v>2814</v>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>Procedura aperta, suddivisa in 7 Lotti, finalizzata alla stipula di Convenzioni quadro per l'affidamento dei servizi di Vigilanza armata e guardiania per le Amministrazioni del territorio della Regione Lazio. N. gara 8831195</t>
+          <t>Procedura aperta per la conclusione di un accordo quadro per il servizio di test genomici ormono-responsivo nelle pazienti con carcinoma mammario in stadio precoce - Numero Gara 8965190.</t>
         </is>
       </c>
       <c r="C43" t="s">
         <v>47</v>
       </c>
       <c r="D43"/>
       <c r="E43" s="2">
-        <v>45176</v>
+        <v>45037</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
-        <v>2754</v>
+        <v>2801</v>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di Convenzioni per l'affidamento del servizio di trasporto e conferimento ad impianti di smaltimento dei rifiuti speciali pericolosi e non pericolosi derivanti da attività sanitarie delle Aziende sanitarie della Regione Lazio. Approvazione schemi atti e indizione gara. Numero gara 8808261.
-</t>
+          <t>Gara comunitaria centralizzata finalizzata alla stipula di un accordo quadro per fornitura di stent vascolari occorrenti alle Aziende sanitarie della Regione Lazio e della Regione Calabria.&amp;nbsp;</t>
         </is>
       </c>
       <c r="C44" t="s">
         <v>48</v>
       </c>
       <c r="D44"/>
       <c r="E44" s="2">
-        <v>45005</v>
-[...3 lines deleted...]
-        <v>44995</v>
+        <v>45014</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
-        <v>2745</v>
+        <v>2793</v>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>Procedura aperta finalizzata alla stipula di una convenzione volta all'affidamento del servizio di ossigenoterapia domiciliare occorrente alle Aziende Sanitarie della Regione Lazio. Numero gara 8773466.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 84 lotti, finalizzata alla stipula di convenzioni per la fornitura di aghi e siringhe occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio e della Regione Calabria. Approvazione schemi atti, indizione gara e sostituzione del Responsabile Unico del Procedimento. Numero gara 8780148</t>
         </is>
       </c>
       <c r="C45" t="s">
         <v>49</v>
       </c>
       <c r="D45"/>
       <c r="E45" s="2">
-        <v>44946</v>
+        <v>44938</v>
+      </c>
+      <c r="F45"/>
+      <c r="G45" s="2">
+        <v>44924</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
-        <v>2741</v>
-[...1 lines deleted...]
-      <c r="B46" t="s">
+        <v>2768</v>
+      </c>
+      <c r="B46" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura di fornitura di fornitura di dispositivi per il monitoraggio flash del glucosio e sensori impiantabili per il monitoraggio continuo del glucosio e relativo materiale di consumo e servizi connessi occorrenti alle Aziende Sanitarie della Regione Lazio. Numero gara 8862699</t>
+        </is>
+      </c>
+      <c r="C46" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D46"/>
       <c r="E46" s="2">
-        <v>45460</v>
+        <v>44980</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
-        <v>2740</v>
+        <v>2760</v>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2022 - tranche 7, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara &amp;nbsp;8779156
-</t>
+          <t>Procedura aperta, suddivisa in 7 Lotti, finalizzata alla stipula di Convenzioni quadro per l'affidamento dei servizi di Vigilanza armata e guardiania per le Amministrazioni del territorio della Regione Lazio. N. gara 8831195</t>
         </is>
       </c>
       <c r="C47" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D47"/>
       <c r="E47" s="2">
-        <v>44900</v>
+        <v>45994</v>
+      </c>
+      <c r="F47"/>
+      <c r="G47" s="2">
+        <v>45176</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
-        <v>2709</v>
+        <v>2754</v>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata finalizzata alla stipula di una convenzione per l'affidamento del servizio di ristorazione ospedaliera per l'Azienda Ospedaliera San Camillo Forlanini.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di Convenzioni per l'affidamento del servizio di trasporto e conferimento ad impianti di smaltimento dei rifiuti speciali pericolosi e non pericolosi derivanti da attività sanitarie delle Aziende sanitarie della Regione Lazio. Approvazione schemi atti e indizione gara. Numero gara 8808261.
+</t>
         </is>
       </c>
       <c r="C48" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D48"/>
       <c r="E48" s="2">
-        <v>44895</v>
+        <v>45005</v>
+      </c>
+      <c r="F48"/>
+      <c r="G48" s="2">
+        <v>44995</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
-        <v>2692</v>
+        <v>2745</v>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco tecnologico e digitale ospedaliero - Gara comunitaria centralizzata a procedura aperta finalizzata all’acquisizione di Tomografi a risonanza magnetica per le Aziende Sanitarie e Ospedaliere della Regione Lazio - ID Anac 8681607 Determina di indizione.</t>
+          <t>Procedura aperta finalizzata alla stipula di una convenzione volta all'affidamento del servizio di ossigenoterapia domiciliare occorrente alle Aziende Sanitarie della Regione Lazio. Numero gara 8773466.</t>
         </is>
       </c>
       <c r="C49" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D49"/>
       <c r="E49" s="2">
-        <v>44846</v>
+        <v>44946</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
-        <v>2684</v>
-[...4 lines deleted...]
-        </is>
+        <v>2741</v>
+      </c>
+      <c r="B50" t="s">
+        <v>54</v>
       </c>
       <c r="C50" t="s">
         <v>55</v>
       </c>
       <c r="D50"/>
       <c r="E50" s="2">
-        <v>44833</v>
+        <v>45460</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
-        <v>2644</v>
+        <v>2740</v>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco&amp;nbsp;tecnologico e digitale ospedaliero - gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione di TC 128&amp;nbsp;slice per le Aziende Sanitarie e Ospedaliere della Regione Lazio. Numero gara 8634133</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2022 - tranche 7, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara &amp;nbsp;8779156
+</t>
         </is>
       </c>
       <c r="C51" t="s">
         <v>56</v>
       </c>
       <c r="D51"/>
       <c r="E51" s="2">
-        <v>44803</v>
+        <v>44900</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
-        <v>2622</v>
+        <v>2709</v>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di Convenzioni quadro per la fornitura di sistemi per la terapia a pressione negativa da destinare alle Aziende sanitarie e ospedaliere della Regione Lazio.&amp;nbsp;</t>
+          <t>Gara comunitaria centralizzata finalizzata alla stipula di una convenzione per l'affidamento del servizio di ristorazione ospedaliera per l'Azienda Ospedaliera San Camillo Forlanini.</t>
         </is>
       </c>
       <c r="C52" t="s">
         <v>57</v>
       </c>
       <c r="D52"/>
       <c r="E52" s="2">
-        <v>44980</v>
-[...3 lines deleted...]
-        <v>44840</v>
+        <v>44895</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
-        <v>2613</v>
+        <v>2692</v>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco tecnologico e digitale ospedaliero - gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione di mammografi digitali con tomosintesi per le Aziende Sanitarie e Ospedaliere della Regione Lazio. Numero gara 8590913.</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco tecnologico e digitale ospedaliero - Gara comunitaria centralizzata a procedura aperta finalizzata all’acquisizione di Tomografi a risonanza magnetica per le Aziende Sanitarie e Ospedaliere della Regione Lazio - ID Anac 8681607 Determina di indizione.</t>
         </is>
       </c>
       <c r="C53" t="s">
         <v>58</v>
       </c>
       <c r="D53"/>
       <c r="E53" s="2">
-        <v>44769</v>
+        <v>44846</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
-        <v>2607</v>
+        <v>2684</v>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>Servizi di ingegneria ed architettura per le Aziende Sanitarie della Regione Lazio per gli interventi finanziati dal PNRR e dal PNC per la realizzazione degli investimenti: “Case della comunità”, “Ospedali di comunità”, “Verso un ospedale sicuro e sostenibile”
-</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - Componente M6C2 - 1.1.2. Ammodernamento del parco tecnologico e digitale ospedaliero - gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione di angiografi per le Aziende Sanitarie e Ospedaliere della Regione Lazio. Determina a contrarre. Approvazione schemi atti e indizione gara.&amp;nbsp;Numero gara 8659981</t>
         </is>
       </c>
       <c r="C54" t="s">
         <v>59</v>
       </c>
       <c r="D54"/>
       <c r="E54" s="2">
-        <v>44873</v>
+        <v>44833</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
-        <v>2604</v>
+        <v>2644</v>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, sopra soglia comunitaria, finalizzata alla stipula di Accordi Quadro per l'acquisizione e la distribuzione di ausili monouso per stomie da destinare in assistenza territoriale ai pazienti delle Aziende Sanitarie della Regione Lazio.</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco&amp;nbsp;tecnologico e digitale ospedaliero - gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione di TC 128&amp;nbsp;slice per le Aziende Sanitarie e Ospedaliere della Regione Lazio. Numero gara 8634133</t>
         </is>
       </c>
       <c r="C55" t="s">
         <v>60</v>
       </c>
       <c r="D55"/>
       <c r="E55" s="2">
-        <v>44924</v>
-[...3 lines deleted...]
-        <v>44774</v>
+        <v>44803</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
-        <v>2597</v>
+        <v>2622</v>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco&amp;nbsp;tecnologico e digitale ospedaliero - gara comunitaria, a procedura aperta finalizzata all'acquisizione di acceleratori lineari per le aziende sanitarie e ospedaliere IFO, San Giovanni Addolorata, Roma 1, Viterbo, Frosinone. Numero gara 8501913</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di Convenzioni quadro per la fornitura di sistemi per la terapia a pressione negativa da destinare alle Aziende sanitarie e ospedaliere della Regione Lazio.&amp;nbsp;</t>
         </is>
       </c>
       <c r="C56" t="s">
         <v>61</v>
       </c>
       <c r="D56"/>
       <c r="E56" s="2">
-        <v>44708</v>
+        <v>44980</v>
+      </c>
+      <c r="F56"/>
+      <c r="G56" s="2">
+        <v>44840</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
-        <v>2592</v>
+        <v>2613</v>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta ai sensi degli artt. 58 e 60 del D. Lgs. 50/2016 per l’affidamento, tramite accordo quadro, dei servizi di rilevazione dei beni mobiliari e immobiliari di proprietà della Regione Lazio, suddivisa in due lotti e autorizzata con Determinazione a contrarre n. G04111 del 05/04/2022. Approvazione atti ed indizione della procedura. Conferimento incarico per pubblicazione a Vivenda s.r.l. CIG Lotto1 9149163028 CIG; Lotto 2 9149295D12.</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco tecnologico e digitale ospedaliero - gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione di mammografi digitali con tomosintesi per le Aziende Sanitarie e Ospedaliere della Regione Lazio. Numero gara 8590913.</t>
         </is>
       </c>
       <c r="C57" t="s">
         <v>62</v>
       </c>
       <c r="D57"/>
       <c r="E57" s="2">
-        <v>45489</v>
+        <v>44769</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
-        <v>2571</v>
-[...1 lines deleted...]
-      <c r="B58" t="s">
+        <v>2607</v>
+      </c>
+      <c r="B58" t="inlineStr">
+        <is>
+          <t>Servizi di ingegneria ed architettura per le Aziende Sanitarie della Regione Lazio per gli interventi finanziati dal PNRR e dal PNC per la realizzazione degli investimenti: “Case della comunità”, “Ospedali di comunità”, “Verso un ospedale sicuro e sostenibile”
+</t>
+        </is>
+      </c>
+      <c r="C58" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="D58"/>
       <c r="E58" s="2">
-        <v>44616</v>
+        <v>44873</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
-        <v>2556</v>
+        <v>2604</v>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>Determina a contrarre, Approvazione atti e indizione gara comunitaria centralizzata a procedura aperta per l'affidamento dei servizi di n.3 centri antiviolenza e di n.3 case rifugio per donne vittime di violenza. Durata affidamento 24 mesi. Prenotazione di spesa euro 1.728.866,88 IVA inclusa sul Capitolo U0000H41976 Missione 12 programma 04 es. fin. 2021-2022-2023. Assunzione impegno di spesa sul cap. U0000T19427 a favore di ANAC (cod. cred. 159683) di € 600,00 - es. fin. 2021. Lotto 1: CIG 8831441FA6 - Lotto 2: CIG 8831460F54 - Lotto 3: CIG 8831470797.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta, sopra soglia comunitaria, finalizzata alla stipula di Accordi Quadro per l'acquisizione e la distribuzione di ausili monouso per stomie da destinare in assistenza territoriale ai pazienti delle Aziende Sanitarie della Regione Lazio.</t>
         </is>
       </c>
       <c r="C59" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D59"/>
       <c r="E59" s="2">
-        <v>44588</v>
+        <v>44924</v>
+      </c>
+      <c r="F59"/>
+      <c r="G59" s="2">
+        <v>44774</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
-        <v>2511</v>
+        <v>2597</v>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta finalizzata alla stipula di Accordi Quadro per la fornitura di materiale vario da laboratorio occorrente alle Aziende Sanitarie ed Ospedaliere della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.
-</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco&amp;nbsp;tecnologico e digitale ospedaliero - gara comunitaria, a procedura aperta finalizzata all'acquisizione di acceleratori lineari per le aziende sanitarie e ospedaliere IFO, San Giovanni Addolorata, Roma 1, Viterbo, Frosinone. Numero gara 8501913</t>
         </is>
       </c>
       <c r="C60" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D60"/>
       <c r="E60" s="2">
-        <v>44869</v>
-[...19 lines deleted...]
-        <v>44666</v>
+        <v>44708</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
-        <v>2501</v>
+        <v>2592</v>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 5 lotti, per &amp;nbsp;l’acquisizione del servizio CUP occorrente alle Aziende Sanitarie della Regione Lazio. Determina a contrarre. Approvazione schemi atti e indizione gara. Numero gara 8385135</t>
+          <t>Gara comunitaria a procedura aperta ai sensi degli artt. 58 e 60 del D. Lgs. 50/2016 per l’affidamento, tramite accordo quadro, dei servizi di rilevazione dei beni mobiliari e immobiliari di proprietà della Regione Lazio, suddivisa in due lotti e autorizzata con Determinazione a contrarre n. G04111 del 05/04/2022. Approvazione atti ed indizione della procedura. Conferimento incarico per pubblicazione a Vivenda s.r.l. CIG Lotto1 9149163028 CIG; Lotto 2 9149295D12.</t>
         </is>
       </c>
       <c r="C61" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="D61"/>
       <c r="E61" s="2">
-        <v>44656</v>
+        <v>45489</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
-        <v>2499</v>
-[...4 lines deleted...]
-        </is>
+        <v>2571</v>
+      </c>
+      <c r="B62" t="s">
+        <v>67</v>
       </c>
       <c r="C62" t="s">
         <v>68</v>
       </c>
       <c r="D62"/>
       <c r="E62" s="2">
-        <v>44656</v>
+        <v>44616</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
-        <v>2498</v>
+        <v>2556</v>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>Procedura aperta, suddivisa in tre lotti,&amp;nbsp;finalizzata alla stipula di Convenzioni quadro per l’affidamento dei servizi di notificazione atti giudiziari e sanzioni amministrative destinate alle Amministrazioni del territorio della Regione Lazio
-</t>
+          <t>Determina a contrarre, Approvazione atti e indizione gara comunitaria centralizzata a procedura aperta per l'affidamento dei servizi di n.3 centri antiviolenza e di n.3 case rifugio per donne vittime di violenza. Durata affidamento 24 mesi. Prenotazione di spesa euro 1.728.866,88 IVA inclusa sul Capitolo U0000H41976 Missione 12 programma 04 es. fin. 2021-2022-2023. Assunzione impegno di spesa sul cap. U0000T19427 a favore di ANAC (cod. cred. 159683) di € 600,00 - es. fin. 2021. Lotto 1: CIG 8831441FA6 - Lotto 2: CIG 8831460F54 - Lotto 3: CIG 8831470797.</t>
         </is>
       </c>
       <c r="C63" t="s">
         <v>69</v>
       </c>
       <c r="D63"/>
       <c r="E63" s="2">
-        <v>44628</v>
-[...7 lines deleted...]
-        <v>44551</v>
+        <v>44588</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
-        <v>2497</v>
+        <v>2511</v>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 5 lotti, per per la fornitura di microinfusori per insulina, sistemi di monitoraggio CGM e relativo materiale di consumo e servizi connessi occorrenti alle Aziende Sanitarie Locali della Regione Lazio. Numero Gara 8389570.</t>
+          <t>Gara comunitaria a procedura aperta finalizzata alla stipula di Accordi Quadro per la fornitura di materiale vario da laboratorio occorrente alle Aziende Sanitarie ed Ospedaliere della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.
+</t>
         </is>
       </c>
       <c r="C64" t="s">
         <v>70</v>
       </c>
       <c r="D64"/>
       <c r="E64" s="2">
-        <v>44616</v>
+        <v>44869</v>
+      </c>
+      <c r="F64"/>
+      <c r="G64" s="2">
+        <v>44721</v>
+      </c>
+      <c r="H64"/>
+      <c r="I64" s="2">
+        <v>44721</v>
+      </c>
+      <c r="J64"/>
+      <c r="K64" s="2">
+        <v>44721</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" s="2">
+        <v>44721</v>
+      </c>
+      <c r="N64"/>
+      <c r="O64" s="2">
+        <v>44666</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
-        <v>2496</v>
+        <v>2501</v>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>Procedura aperta finalizzata alla stipula di una convenzione volta all’affidamento del servizio di trasporto e consegna sangue, emocomponenti, cellule staminali, campioni biologici e materiali per prelievo destinato agli Enti del Servizio Sanitario della Regione Lazio.&amp;nbsp;&amp;nbsp;</t>
+          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 5 lotti, per &amp;nbsp;l’acquisizione del servizio CUP occorrente alle Aziende Sanitarie della Regione Lazio. Determina a contrarre. Approvazione schemi atti e indizione gara. Numero gara 8385135</t>
         </is>
       </c>
       <c r="C65" t="s">
         <v>71</v>
       </c>
       <c r="D65"/>
       <c r="E65" s="2">
-        <v>44620</v>
+        <v>44656</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
-        <v>2480</v>
+        <v>2499</v>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>Procedura aperta per la conclusione di un Accordo Quadro per la fornitura di test genomici ormono-responsivo nelle pazienti con carcinoma mammario in stadio precoce. Approvazione schemi, atti e indizione gara. Nomina RUP - CIG 89983655B4.
-</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all’affidamento del servizio di tesoreria per le Aziende Sanitarie della Regione Lazio – Terza edizione</t>
         </is>
       </c>
       <c r="C66" t="s">
         <v>72</v>
       </c>
       <c r="D66"/>
       <c r="E66" s="2">
-        <v>44581</v>
+        <v>44656</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
-        <v>2475</v>
+        <v>2498</v>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>Procedura aperta finalizzata alla stipula di una Convenzione per l'affidamento del servizio di noleggio a lungo termine, senza&amp;nbsp;conducente, di veicoli di servizio a ridotto impatto ambientale e a basso consumo energetico a favore delle Strutture della&amp;nbsp;Giunta Regionale, degli Enti Dipendenti e delle Società Partecipate della Regione Lazio - Edizione 2
+          <t>Procedura aperta, suddivisa in tre lotti,&amp;nbsp;finalizzata alla stipula di Convenzioni quadro per l’affidamento dei servizi di notificazione atti giudiziari e sanzioni amministrative destinate alle Amministrazioni del territorio della Regione Lazio
 </t>
         </is>
       </c>
       <c r="C67" t="s">
         <v>73</v>
       </c>
       <c r="D67"/>
       <c r="E67" s="2">
-        <v>44531</v>
+        <v>44628</v>
+      </c>
+      <c r="F67"/>
+      <c r="G67" s="2">
+        <v>44622</v>
+      </c>
+      <c r="H67"/>
+      <c r="I67" s="2">
+        <v>44551</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
-        <v>2464</v>
+        <v>2497</v>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta per l'affidamento del servizio di Vigilanza Armata e Guardiania presso le sedi delle Aziende Sanitarie della Regione Lazio, suddivisa in 26 Lotti</t>
+          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 5 lotti, per per la fornitura di microinfusori per insulina, sistemi di monitoraggio CGM e relativo materiale di consumo e servizi connessi occorrenti alle Aziende Sanitarie Locali della Regione Lazio. Numero Gara 8389570.</t>
         </is>
       </c>
       <c r="C68" t="s">
         <v>74</v>
       </c>
       <c r="D68"/>
       <c r="E68" s="2">
-        <v>44622</v>
+        <v>44616</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
-        <v>2444</v>
+        <v>2496</v>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di una convenzione per la fornitura di dispositivi per emodinamica (esclusi stent) da destinare alle Aziende Sanitarie ed Ospedaliere della Regione Lazio. Numero gara n. 8290914.</t>
+          <t>Procedura aperta finalizzata alla stipula di una convenzione volta all’affidamento del servizio di trasporto e consegna sangue, emocomponenti, cellule staminali, campioni biologici e materiali per prelievo destinato agli Enti del Servizio Sanitario della Regione Lazio.&amp;nbsp;&amp;nbsp;</t>
         </is>
       </c>
       <c r="C69" t="s">
         <v>75</v>
       </c>
       <c r="D69"/>
       <c r="E69" s="2">
-        <v>44585</v>
+        <v>44620</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
-        <v>2420</v>
+        <v>2480</v>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>Servizi di Vigilanza Armata presso le sedi dei Centri per l’Impiego (CPI), gli Sportelli Agricoli di Zona (SAZ) e gli Sportelli Territoriali del Turismo (STT) siti nella Regione Lazio con esclusione del territorio del Comune di Roma e dei servizi di Vigilanza Armata e Guardiania presso le sedi del Policlinico Umberto I</t>
+          <t>Procedura aperta per la conclusione di un Accordo Quadro per la fornitura di test genomici ormono-responsivo nelle pazienti con carcinoma mammario in stadio precoce. Approvazione schemi, atti e indizione gara. Nomina RUP - CIG 89983655B4.
+</t>
         </is>
       </c>
       <c r="C70" t="s">
         <v>76</v>
       </c>
       <c r="D70"/>
       <c r="E70" s="2">
-        <v>44574</v>
+        <v>44581</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
-        <v>2388</v>
+        <v>2475</v>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>Appalto specifico per l’acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Farmaci 2021_UNDICESIMA &amp;nbsp;tranche, nell’ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio – Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8231379. Proroga del termine di presentazione delle offerte
+          <t>Procedura aperta finalizzata alla stipula di una Convenzione per l'affidamento del servizio di noleggio a lungo termine, senza&amp;nbsp;conducente, di veicoli di servizio a ridotto impatto ambientale e a basso consumo energetico a favore delle Strutture della&amp;nbsp;Giunta Regionale, degli Enti Dipendenti e delle Società Partecipate della Regione Lazio - Edizione 2
 </t>
         </is>
       </c>
       <c r="C71" t="s">
         <v>77</v>
       </c>
       <c r="D71"/>
       <c r="E71" s="2">
-        <v>44484</v>
+        <v>44531</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
-        <v>2372</v>
+        <v>2464</v>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili". Intervento A0100E0071. "Scuola Giardinieri" Via di Porta San Sebastiano, 2 nel Comune di Roma Capitale. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Incarico per la redazione dell'Attestato di Prestazione Energetica. Disimpegno di € 881,66 ed attribuzione impegni nn 156877/2021, 157035/2021 e 15449/2021 rispettivamente dei Capitoli U0000A42200, U0000A42201 U0000A42202 a favore dell'arch. Andrea Baliva (cod. cred.198006). CUP F87D17000870009 CIG 876750452E
-</t>
+          <t>Gara comunitaria a procedura aperta per l'affidamento del servizio di Vigilanza Armata e Guardiania presso le sedi delle Aziende Sanitarie della Regione Lazio, suddivisa in 26 Lotti</t>
         </is>
       </c>
       <c r="C72" t="s">
         <v>78</v>
       </c>
+      <c r="D72"/>
+      <c r="E72" s="2">
+        <v>44622</v>
+      </c>
     </row>
     <row r="73">
       <c r="A73">
-        <v>2371</v>
-[...1 lines deleted...]
-      <c r="B73" t="s">
+        <v>2444</v>
+      </c>
+      <c r="B73" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di una convenzione per la fornitura di dispositivi per emodinamica (esclusi stent) da destinare alle Aziende Sanitarie ed Ospedaliere della Regione Lazio. Numero gara n. 8290914.</t>
+        </is>
+      </c>
+      <c r="C73" t="s">
         <v>79</v>
       </c>
-      <c r="C73" t="s">
-        <v>80</v>
+      <c r="D73"/>
+      <c r="E73" s="2">
+        <v>44585</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
-        <v>2370</v>
+        <v>2420</v>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>Avviso di indagine di mercato ai sensi degli artt. 36, comma 2, lett. b) e 66 del D.Lgs. 50/2016 e Linee Guida n. 4 dell’A.N.A.C., approvate dal Consiglio dell’Autorità con Delibera n. 1097 del 26/10/2016, finalizzata all’individuazione di operatori economici da invitare alla procedura negoziata per la fornitura del servizio di assistenza sui sistemi software "Anagrafe Regionale dell'Edilizia Scolastica” e “InfraMob".
-</t>
+          <t>Servizi di Vigilanza Armata presso le sedi dei Centri per l’Impiego (CPI), gli Sportelli Agricoli di Zona (SAZ) e gli Sportelli Territoriali del Turismo (STT) siti nella Regione Lazio con esclusione del territorio del Comune di Roma e dei servizi di Vigilanza Armata e Guardiania presso le sedi del Policlinico Umberto I</t>
         </is>
       </c>
       <c r="C74" t="s">
-        <v>81</v>
+        <v>80</v>
+      </c>
+      <c r="D74"/>
+      <c r="E74" s="2">
+        <v>44574</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
-        <v>2368</v>
+        <v>2388</v>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>Procedura di gara aperta per la stipula di Convenzioni Quadro ai sensi dell'art. 1, comma 456, della L. 296/2006, per l'affidamento del "Servizio di noleggio a lungo termine, senza conducente, di veicoli di servizio a ridotto impatto ambientale e a basso consumo energetico a favore delle Strutture della Giunta Regionale e degli Enti dipendenti e delle Società partecipate della Regione Lazio".
+          <t>Appalto specifico per l’acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Farmaci 2021_UNDICESIMA &amp;nbsp;tranche, nell’ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio – Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8231379. Proroga del termine di presentazione delle offerte
 </t>
         </is>
       </c>
       <c r="C75" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D75"/>
       <c r="E75" s="2">
-        <v>44546</v>
-[...15 lines deleted...]
-        <v>44382</v>
+        <v>44484</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
-        <v>2367</v>
+        <v>2372</v>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art.1, comma 2, lettera b) della Legge 11 settembre 2020, n.120, previa indagine esplorativa del mercato, del servizio di Coordinamento della Sicurezza in fase di Esecuzione nell'ambito della realizzazione delle "Opere di collettamento e depurazione relativamente ai poli di Civita Castellana, Sutri e Vignanello - I Lotto". CUP F73J08000040001 - CIG 8756097FD0. Approvazione atti di gara - Rettifica determinazione n. G05898 del 18.05.2021.
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili". Intervento A0100E0071. "Scuola Giardinieri" Via di Porta San Sebastiano, 2 nel Comune di Roma Capitale. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Incarico per la redazione dell'Attestato di Prestazione Energetica. Disimpegno di € 881,66 ed attribuzione impegni nn 156877/2021, 157035/2021 e 15449/2021 rispettivamente dei Capitoli U0000A42200, U0000A42201 U0000A42202 a favore dell'arch. Andrea Baliva (cod. cred.198006). CUP F87D17000870009 CIG 876750452E
 </t>
         </is>
       </c>
       <c r="C76" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
-        <v>2366</v>
-[...4 lines deleted...]
-        </is>
+        <v>2371</v>
+      </c>
+      <c r="B77" t="s">
+        <v>83</v>
       </c>
       <c r="C77" t="s">
         <v>84</v>
       </c>
-      <c r="D77"/>
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="78">
       <c r="A78">
-        <v>2365</v>
+        <v>2370</v>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. "Lavori di efficientamento energetico da eseguirsi presso la «Scuola Elementare Melogrosso», nel Comune di Sezze (LT)" - Dossier LI-ES2-2960292, Intervento A0100E0119. Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno ANAC di € 225,00= sui capitoli U0000A42134-U0000A42135- U0000A42136, nomina Direttore Lavori, e CSE. CUP F14D17000400006 - CIG 8780888A00</t>
+          <t>Avviso di indagine di mercato ai sensi degli artt. 36, comma 2, lett. b) e 66 del D.Lgs. 50/2016 e Linee Guida n. 4 dell’A.N.A.C., approvate dal Consiglio dell’Autorità con Delibera n. 1097 del 26/10/2016, finalizzata all’individuazione di operatori economici da invitare alla procedura negoziata per la fornitura del servizio di assistenza sui sistemi software "Anagrafe Regionale dell'Edilizia Scolastica” e “InfraMob".
+</t>
         </is>
       </c>
       <c r="C78" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
-        <v>2364</v>
+        <v>2368</v>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta finalizzata alla stipula di Convenzioni Quadro per l'acquisizione e distribuzione di Ausili per incontinenti per le esigenze delle Aziende Sanitarie della Regione Lazio.</t>
+          <t>Procedura di gara aperta per la stipula di Convenzioni Quadro ai sensi dell'art. 1, comma 456, della L. 296/2006, per l'affidamento del "Servizio di noleggio a lungo termine, senza conducente, di veicoli di servizio a ridotto impatto ambientale e a basso consumo energetico a favore delle Strutture della Giunta Regionale e degli Enti dipendenti e delle Società partecipate della Regione Lazio".
+</t>
         </is>
       </c>
       <c r="C79" t="s">
         <v>86</v>
       </c>
       <c r="D79"/>
       <c r="E79" s="2">
-        <v>44558</v>
+        <v>44546</v>
       </c>
       <c r="F79"/>
       <c r="G79" s="2">
         <v>44511</v>
       </c>
+      <c r="H79"/>
+      <c r="I79" s="2">
+        <v>44489</v>
+      </c>
+      <c r="J79"/>
+      <c r="K79" s="2">
+        <v>44487</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" s="2">
+        <v>44382</v>
+      </c>
     </row>
     <row r="80">
       <c r="A80">
-        <v>2361</v>
+        <v>2367</v>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014 - 2020. Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili", Dossier LI-ES2-1110067_Intervento A0100E0371, e lavori di ristrutturazione presso gli "Uffici Pubblici Ex ASL" sito in Via Garibaldi 7 nel Comune di Monterotondo (RM) da destinare a sede della Compagnia Guardia di Finanza.Affidamento del servizio di pubblicazione dell'Avviso Pubblico per manifestazione di interesse.Impegno di € 1.653,47= sul Capitolo U0000S23427, ) in favore della Lexmedia S.r.l. (cod creditore 112034).CUP F97H17001940002_ Z853201865</t>
+          <t>Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art.1, comma 2, lettera b) della Legge 11 settembre 2020, n.120, previa indagine esplorativa del mercato, del servizio di Coordinamento della Sicurezza in fase di Esecuzione nell'ambito della realizzazione delle "Opere di collettamento e depurazione relativamente ai poli di Civita Castellana, Sutri e Vignanello - I Lotto". CUP F73J08000040001 - CIG 8756097FD0. Approvazione atti di gara - Rettifica determinazione n. G05898 del 18.05.2021.
+</t>
         </is>
       </c>
       <c r="C80" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
-        <v>2360</v>
+        <v>2366</v>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t>Progetto STAR-Cities -Sustainable Tourism for Attractivity of Riverside Cities. Programma di Cooperazione Territoriale Europea Interreg Europe 2014-2020 - CUP F79F18000200006 ? SmartCIG ZF92D3ED84. Affidamento di incarico esterno per lo sviluppo di linee guida e modelli comuni tra i partner, per la preparazione dei piani d'azione e il successivo monitoraggio nella fase 2 del Progetto. Procedura di acquisizione sotto soglia, ai sensi dell'art. 36 del D.Lgs. 50/2016 ss. mm. ii., con l'utilizzo della piattaforma MEPA/Consip. Determinazione a contrarre. Approvazione del documento tecnico e impegno di spesa, a favore di Creditori diversi, di euro 20.000,00 (IVA ed oneri compresi) sui capitoli A33180 e A33181 - Es. Fin. 2020.
-</t>
+          <t>Gara comunitaria a procedura aperta per la fornitura di antisettici e disinfettanti occorrenti alle Aziende Sanitarie della Regione Lazio.&amp;nbsp;Numero Gara 8195854.</t>
         </is>
       </c>
       <c r="C81" t="s">
         <v>88</v>
       </c>
+      <c r="D81"/>
+      <c r="E81" s="2">
+        <v>44499</v>
+      </c>
     </row>
     <row r="82">
       <c r="A82">
-        <v>2359</v>
+        <v>2365</v>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t>Contratto di servizio per l'affidamento dei servizi pubblici di cabotaggio marittimo di collegamento con le isole dell'arcipelago pontino, sottoscritto tra la Regione Lazio e la Laziomar S.p.A. in data 15/01/2014. Approvazione del nuovo programma d'esercizio e Approvazione schema di Atto Aggiuntivo per il periodo 01.06.2021 - 31.05.2022.
-</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. "Lavori di efficientamento energetico da eseguirsi presso la «Scuola Elementare Melogrosso», nel Comune di Sezze (LT)" - Dossier LI-ES2-2960292, Intervento A0100E0119. Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno ANAC di € 225,00= sui capitoli U0000A42134-U0000A42135- U0000A42136, nomina Direttore Lavori, e CSE. CUP F14D17000400006 - CIG 8780888A00</t>
         </is>
       </c>
       <c r="C82" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
-        <v>2358</v>
+        <v>2364</v>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>Lavori di manutenzione straordinaria e riqualificazione architettonica di beni immobili appartenenti o in uso alla Regione Lazio per il triennio 2021/2024 suddiviso in 3 Lotti funzionali.
-</t>
+          <t>Gara comunitaria a procedura aperta finalizzata alla stipula di Convenzioni Quadro per l'acquisizione e distribuzione di Ausili per incontinenti per le esigenze delle Aziende Sanitarie della Regione Lazio.</t>
         </is>
       </c>
       <c r="C83" t="s">
         <v>90</v>
       </c>
+      <c r="D83"/>
+      <c r="E83" s="2">
+        <v>44558</v>
+      </c>
+      <c r="F83"/>
+      <c r="G83" s="2">
+        <v>44511</v>
+      </c>
     </row>
     <row r="84">
       <c r="A84">
-        <v>2357</v>
+        <v>2361</v>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento della fornitura di prodotti nutrizionali da somministrare per via enterale e/o os e latti occorrenti alle Aziende Sanitarie della Regione Lazio.&amp;nbsp;Numero Gara 8183575
-</t>
+          <t>POR FESR Lazio 2014 - 2020. Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili", Dossier LI-ES2-1110067_Intervento A0100E0371, e lavori di ristrutturazione presso gli "Uffici Pubblici Ex ASL" sito in Via Garibaldi 7 nel Comune di Monterotondo (RM) da destinare a sede della Compagnia Guardia di Finanza.Affidamento del servizio di pubblicazione dell'Avviso Pubblico per manifestazione di interesse.Impegno di € 1.653,47= sul Capitolo U0000S23427, ) in favore della Lexmedia S.r.l. (cod creditore 112034).CUP F97H17001940002_ Z853201865</t>
         </is>
       </c>
       <c r="C84" t="s">
         <v>91</v>
       </c>
-      <c r="D84"/>
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="85">
       <c r="A85">
-        <v>2356</v>
+        <v>2360</v>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per l'affidamento del servizio di tesoreria occorrente alle Aziende Sanitarie della Regione Lazio. Numero Gara 8179103
+          <t>Progetto STAR-Cities -Sustainable Tourism for Attractivity of Riverside Cities. Programma di Cooperazione Territoriale Europea Interreg Europe 2014-2020 - CUP F79F18000200006 ? SmartCIG ZF92D3ED84. Affidamento di incarico esterno per lo sviluppo di linee guida e modelli comuni tra i partner, per la preparazione dei piani d'azione e il successivo monitoraggio nella fase 2 del Progetto. Procedura di acquisizione sotto soglia, ai sensi dell'art. 36 del D.Lgs. 50/2016 ss. mm. ii., con l'utilizzo della piattaforma MEPA/Consip. Determinazione a contrarre. Approvazione del documento tecnico e impegno di spesa, a favore di Creditori diversi, di euro 20.000,00 (IVA ed oneri compresi) sui capitoli A33180 e A33181 - Es. Fin. 2020.
 </t>
         </is>
       </c>
       <c r="C85" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
-        <v>2355</v>
+        <v>2359</v>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2160153 - Intervento A0100E0072, presso la Scuola Elementare Nino Manfredi sita in Via Corropoli n. 122, Roma Capitale. Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno ANAC di € 225,00= sui capitoli A42134-A42135-A42136, nomina Direttore Lavori, e CSE. CUP F87D18000550006 CIG 8770330146
+          <t>Contratto di servizio per l'affidamento dei servizi pubblici di cabotaggio marittimo di collegamento con le isole dell'arcipelago pontino, sottoscritto tra la Regione Lazio e la Laziomar S.p.A. in data 15/01/2014. Approvazione del nuovo programma d'esercizio e Approvazione schema di Atto Aggiuntivo per il periodo 01.06.2021 - 31.05.2022.
 </t>
         </is>
       </c>
       <c r="C86" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
-        <v>2354</v>
+        <v>2358</v>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>Gestione del servizio di trasporto pubblico ferroviario di interesse regionale e locale sulle ferrovie Regionali Roma-Lido, Roma-Viterbo e Roma-Giardinetti. Presa d’atto del servizio svolto da ATAC S.p.A., in regime di proroga del Contratto di servizio relativo al biennio 2017-2019, nelle more del perfezionamento del subentro delle società regionali in house COTRAL S.p.A. e ASTRAL S.p.A. in attuazione delle DGR 688/2019, 288/2020 e 926/2020.
+          <t>Lavori di manutenzione straordinaria e riqualificazione architettonica di beni immobili appartenenti o in uso alla Regione Lazio per il triennio 2021/2024 suddiviso in 3 Lotti funzionali.
 </t>
         </is>
       </c>
       <c r="C87" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
-        <v>2353</v>
+        <v>2357</v>
       </c>
       <c r="B88" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento codice 593 denominato "Lavori straordinari ed urgenti di manutenzione dell'alveo del fosso Vallerano dal GRA alla confluenza con il fiume Tevere". Approvazione modifica del contratto in corso di efficacia ai sensi dell'art. 106, comma 1 lettera b) del Dlgs 50/2016. CUP F85H20000110002. CIG Z962FA9658.
+          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento della fornitura di prodotti nutrizionali da somministrare per via enterale e/o os e latti occorrenti alle Aziende Sanitarie della Regione Lazio.&amp;nbsp;Numero Gara 8183575
 </t>
         </is>
       </c>
       <c r="C88" t="s">
         <v>95</v>
       </c>
+      <c r="D88"/>
+      <c r="E88" s="2">
+        <v>44460</v>
+      </c>
     </row>
     <row r="89">
       <c r="A89">
-        <v>2352</v>
+        <v>2356</v>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t>POR FESR 2014-2020 - Call for proposal “Energia sostenibile 2.0” - Azione 4.1.1Affidamento diretto dei servizi di ingegneria ed architettura di importo inferiore a 5.000,00 euro, ai sensi dell’art. 1, comma 2, lett. a) del D.L. n. 76 del 16/07/2020, convertito, con modificazioni, dalla Legge n. 120 dell’11/09/2020 AVVISO OPERAZIONI DI PUBBLICO SORTEGGIO per l’individuazione degli Operatori Economici abilitati alla Certificazione Energetica degli Edifici (A.P.E.) iscritti nell’Elenco approvato con Determinazione n. G01128 del 08/02/2021, e successiva Determinazione di rettifica n. G01735 del 19/03/2021
+          <t>Gara comunitaria centralizzata a procedura aperta per l'affidamento del servizio di tesoreria occorrente alle Aziende Sanitarie della Regione Lazio. Numero Gara 8179103
 </t>
         </is>
       </c>
       <c r="C89" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
-        <v>2351</v>
-[...1 lines deleted...]
-      <c r="B90" t="s">
+        <v>2355</v>
+      </c>
+      <c r="B90" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2160153 - Intervento A0100E0072, presso la Scuola Elementare Nino Manfredi sita in Via Corropoli n. 122, Roma Capitale. Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno ANAC di € 225,00= sui capitoli A42134-A42135-A42136, nomina Direttore Lavori, e CSE. CUP F87D18000550006 CIG 8770330146
+</t>
+        </is>
+      </c>
+      <c r="C90" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
-        <v>2350</v>
+        <v>2354</v>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>Eliminazione del degrado igienico sanitario ed ambientale e ripristino delle condizioni di sicurezza idraulica delle aree site in Roma nei pressi di Ponte Marconi prospiciente lungotevere di Pietra Papa nonché dell’area prospiciente il Parco della Magliana, con abbattimento di manufatti precari, taglio della vegetazione e raccolta dei rifiuti, carico e trasporto ai centri di trattamento con avvio al recupero e/o smaltimento.
+          <t>Gestione del servizio di trasporto pubblico ferroviario di interesse regionale e locale sulle ferrovie Regionali Roma-Lido, Roma-Viterbo e Roma-Giardinetti. Presa d’atto del servizio svolto da ATAC S.p.A., in regime di proroga del Contratto di servizio relativo al biennio 2017-2019, nelle more del perfezionamento del subentro delle società regionali in house COTRAL S.p.A. e ASTRAL S.p.A. in attuazione delle DGR 688/2019, 288/2020 e 926/2020.
 </t>
         </is>
       </c>
       <c r="C91" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
-        <v>2349</v>
+        <v>2353</v>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t>FORUM P.A. 2021 (21-25 giugno). Realizzazione di una rubrica quotidiana online di 40' sulla piattaforma dedicata del Forum. Impegno di € 24.400,00 (Iva inclusa). Capitolo R31902 - Esercizio finanziario 2021.
+          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento codice 593 denominato "Lavori straordinari ed urgenti di manutenzione dell'alveo del fosso Vallerano dal GRA alla confluenza con il fiume Tevere". Approvazione modifica del contratto in corso di efficacia ai sensi dell'art. 106, comma 1 lettera b) del Dlgs 50/2016. CUP F85H20000110002. CIG Z962FA9658.
 </t>
         </is>
       </c>
       <c r="C92" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
-        <v>2348</v>
+        <v>2352</v>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs n.50 del 2016, per la concessione di licenza d'uso di "IOPythagoras",a scopi analitici e di valutazione per l'anno 2021, a favore di IRPET.
+          <t>POR FESR 2014-2020 - Call for proposal “Energia sostenibile 2.0” - Azione 4.1.1Affidamento diretto dei servizi di ingegneria ed architettura di importo inferiore a 5.000,00 euro, ai sensi dell’art. 1, comma 2, lett. a) del D.L. n. 76 del 16/07/2020, convertito, con modificazioni, dalla Legge n. 120 dell’11/09/2020 AVVISO OPERAZIONI DI PUBBLICO SORTEGGIO per l’individuazione degli Operatori Economici abilitati alla Certificazione Energetica degli Edifici (A.P.E.) iscritti nell’Elenco approvato con Determinazione n. G01128 del 08/02/2021, e successiva Determinazione di rettifica n. G01735 del 19/03/2021
 </t>
         </is>
       </c>
       <c r="C93" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
-        <v>2347</v>
-[...5 lines deleted...]
-        </is>
+        <v>2351</v>
+      </c>
+      <c r="B94" t="s">
+        <v>101</v>
       </c>
       <c r="C94" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
-        <v>2338</v>
-[...1 lines deleted...]
-      <c r="B95" t="s">
+        <v>2350</v>
+      </c>
+      <c r="B95" t="inlineStr">
+        <is>
+          <t>Eliminazione del degrado igienico sanitario ed ambientale e ripristino delle condizioni di sicurezza idraulica delle aree site in Roma nei pressi di Ponte Marconi prospiciente lungotevere di Pietra Papa nonché dell’area prospiciente il Parco della Magliana, con abbattimento di manufatti precari, taglio della vegetazione e raccolta dei rifiuti, carico e trasporto ai centri di trattamento con avvio al recupero e/o smaltimento.
+</t>
+        </is>
+      </c>
+      <c r="C95" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
-        <v>2335</v>
-[...2 lines deleted...]
-        <v>105</v>
+        <v>2349</v>
+      </c>
+      <c r="B96" t="inlineStr">
+        <is>
+          <t>FORUM P.A. 2021 (21-25 giugno). Realizzazione di una rubrica quotidiana online di 40' sulla piattaforma dedicata del Forum. Impegno di € 24.400,00 (Iva inclusa). Capitolo R31902 - Esercizio finanziario 2021.
+</t>
+        </is>
       </c>
       <c r="C96" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-        <v>44383</v>
+        <v>104</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
-        <v>2334</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>2348</v>
+      </c>
+      <c r="B97" t="inlineStr">
+        <is>
+          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs n.50 del 2016, per la concessione di licenza d'uso di "IOPythagoras",a scopi analitici e di valutazione per l'anno 2021, a favore di IRPET.
+</t>
+        </is>
       </c>
       <c r="C97" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
-        <v>2330</v>
+        <v>2347</v>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di Vaccini antinfluenzali 2021/2022 - seconda tranche - occorrenti alle Aziende Sanitarie della Regione Lazio, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori - Determina a contrarre. Approvazione schemi, atti e indizione gara. Numero Gara 8119940 
+          <t>Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, per l'affidamento dei lavori finalizzati alla realizzazione di un locale idoneo per il trattamento degli stranieri nel periodo di definizione dell'udienza di convalida dell'esecuzione del provvedimento di espulsione. (D.L. 4/10/2018 convertito in Legge n. 132/2018). CIG : 8741319CA0 - CUP F56C20000110006
 </t>
         </is>
       </c>
       <c r="C98" t="s">
-        <v>109</v>
-[...5 lines deleted...]
-        <v>44328</v>
+        <v>106</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
-        <v>2329</v>
-[...5 lines deleted...]
-        </is>
+        <v>2338</v>
+      </c>
+      <c r="B99" t="s">
+        <v>107</v>
       </c>
       <c r="C99" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
-        <v>2328</v>
-[...4 lines deleted...]
-        </is>
+        <v>2335</v>
+      </c>
+      <c r="B100" t="s">
+        <v>109</v>
       </c>
       <c r="C100" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="D100"/>
       <c r="E100" s="2">
-        <v>44328</v>
+        <v>44383</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
-        <v>2316</v>
-[...5 lines deleted...]
-        </is>
+        <v>2334</v>
+      </c>
+      <c r="B101" t="s">
+        <v>111</v>
       </c>
       <c r="C101" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
-        <v>2310</v>
+        <v>2330</v>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t>Procedura di gara, sul Mercato elettronico della Regione Lazio (M.E.LA.) ai sensi dell'art. 36 comma 6, D.lgs. 50/2016, per l'affidamento del "Servizio di pubblicazioni legali dei bandi e avvisi di gara della Regione Lazio". CIG 86426479EB. </t>
+          <t>Appalto specifico per l'acquisizione di Vaccini antinfluenzali 2021/2022 - seconda tranche - occorrenti alle Aziende Sanitarie della Regione Lazio, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori - Determina a contrarre. Approvazione schemi, atti e indizione gara. Numero Gara 8119940 
+</t>
         </is>
       </c>
       <c r="C102" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="D102" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="E102" s="2">
-        <v>44266</v>
-[...11 lines deleted...]
-        <v>44300</v>
+        <v>44328</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
-        <v>2308</v>
+        <v>2329</v>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>Appalto specifico per l’acquisizione di Vaccini antinfluenzali 2021/2022 occorrenti alle Aziende Sanitarie della Regione Lazio, nell’ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori – Determina a contrarre. Approvazione schemi, atti e indizione gara. Numero Gara 8077813</t>
+          <t>Interventi per la riqualificazione, pulizia e bonifica delle aree golenali del tratto del Fiume Tevere. “Sistemazione di un’area ricreativa a Marconi e Parco Tevere Magliana – 2 stralcio”. Nomina di responsabile unico del procedimento (R.U.P.) dell’Ing. Antonio Battaglino ai sensi dell'art. 31 del D.lgs. n. 50/2016&amp;nbsp;CUP: F83B19000300002
+</t>
         </is>
       </c>
       <c r="C103" t="s">
-        <v>119</v>
-[...5 lines deleted...]
-        <v>44285</v>
+        <v>115</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
-        <v>2304</v>
+        <v>2328</v>
       </c>
       <c r="B104" t="inlineStr">
         <is>
-          <t>Appalto specifico per l’acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Farmaci 2020_settima tranche, nell’ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori – Determinazione a contrarre. Approvazione schemi, atti e indizione gara. ID Anac 8066928.
-</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio - Farmaci 2021_ottava tranche, nell'ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8114858</t>
         </is>
       </c>
       <c r="C104" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="D104" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="E104" s="2">
-        <v>44270</v>
+        <v>44328</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
-        <v>2303</v>
+        <v>2316</v>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t>Procedura aperta ai sensi dell’art. 60 del D.lgs. n. 50/2016 finalizzata all'affidamento del “servizio di progettazione concernente lo studio delle portate di deflusso dei fossi e collettori immissari degli impianti idrovori di via Salaria e via Flaminia sul fiume Tevere, la realizzazione delle nuove apparecchiature elettromeccaniche di sollevamento e l'adeguamento strutturale degli edifici e delle pertinenze costituenti i medesimi impianti idrovori”, rientrante nell'ambito dell’intervento di manutenzione straordinaria degli impianti idrovori sul fiume Tevere, situati nel tratto urbano della città di Roma tra Via Salaria e Via Flaminia. Pubblicazione documentazione di gara
+          <t>Lavori di rifacimento di rifacimento di parte delle condotte idriche degli acquedotti regionali di Palidoro, Castel di Guido, Paola Merla, Malagrotta, Cecanibbio, Massimina. 
 </t>
         </is>
       </c>
       <c r="C105" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
-        <v>2291</v>
+        <v>2310</v>
       </c>
       <c r="B106" t="inlineStr">
         <is>
-          <t>Servizio di caratterizzazione integrativa e analisi di rischio sito specifica dell'ex discarica ubicata in località "Facciano" in agro del Comune di Pignataro Interamna (FR). Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art. 36, comma 2, lettera b) del D.lgs. n. 50/2016, previa indagine esplorativa del mercato, approvazione progetto, atti di gara e nomina RUP. Approvazione q.e. rimodulato e autorizzazione agli impegni sul capitolo E32504 per un importo totale di € 131.944,82 così suddiviso: a favore di creditori diversi per € 130.555,88 e a favore del Fondo Incentivi ex art. 383 sexies R.R. n. 1/2002 per l'importo di €1.388,94, bilancio regionale e.f. 2020.
-</t>
+          <t>Procedura di gara, sul Mercato elettronico della Regione Lazio (M.E.LA.) ai sensi dell'art. 36 comma 6, D.lgs. 50/2016, per l'affidamento del "Servizio di pubblicazioni legali dei bandi e avvisi di gara della Regione Lazio". CIG 86426479EB. </t>
         </is>
       </c>
       <c r="C106" t="s">
-        <v>124</v>
+        <v>119</v>
+      </c>
+      <c r="D106" t="s">
+        <v>120</v>
+      </c>
+      <c r="E106" s="2">
+        <v>44266</v>
+      </c>
+      <c r="F106" t="s">
+        <v>121</v>
+      </c>
+      <c r="G106" s="2">
+        <v>44270</v>
+      </c>
+      <c r="H106" t="s">
+        <v>122</v>
+      </c>
+      <c r="I106" s="2">
+        <v>44300</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
-        <v>2290</v>
+        <v>2308</v>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t>POR FESR LAZIO 2014-2020. Progetto A0102E0001. Gara europea a procedura aperta ai sensi degli artt. 157 c. 2 e 60 del Decreto Legislativo 18 aprile 2016, n. 50, per l'affidamento dell'incarico dell'Ufficio Direzione Lavori e Coordinamento della&amp;nbsp;sicurezza in fase di esecuzione, relativo ai lavori di "efficientamento energetico dell'edificio sede della Giunta Regionale della Regione Lazio sito in via Cristoforo Colombo 212 - Roma". CUP F82B17002490009 (ex F89B17000260009) - CIG 84501303DF. Determinazione di indizione, ai sensi dell'art. 32 del D.lgs. 50/2016 ed approvazione degli atti di gara.
-</t>
+          <t>Appalto specifico per l’acquisizione di Vaccini antinfluenzali 2021/2022 occorrenti alle Aziende Sanitarie della Regione Lazio, nell’ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori – Determina a contrarre. Approvazione schemi, atti e indizione gara. Numero Gara 8077813</t>
         </is>
       </c>
       <c r="C107" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="D107" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="E107" s="2">
-        <v>44322</v>
+        <v>44285</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
-        <v>2289</v>
+        <v>2304</v>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi del Dlgs 50/2016 art. 36 c. 2 lett. a), di un corso di formazione avente per oggetto la comunicazione efficace nelle situazioni di emergenza, destinato agli operatori tecnici della Centrale unica di risposta NUE 112,Capitolo di spesa E47933 – Impegno di € 16.030,80 (iva inclusa) in favore di Bewise Associazione di Promozione Sociale (cod. 202969) E.F. 2020.</t>
+          <t>Appalto specifico per l’acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Farmaci 2020_settima tranche, nell’ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori – Determinazione a contrarre. Approvazione schemi, atti e indizione gara. ID Anac 8066928.
+</t>
         </is>
       </c>
       <c r="C108" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="D108" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="E108" s="2">
-        <v>44307</v>
+        <v>44270</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
-        <v>2274</v>
+        <v>2303</v>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla fornitura di ausili tecnici standard per disabili di cui al dpcm del 12 gennaio 2017 (gu n.65 del 18/03/2017) e servizi connessi, occorrenti alle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
+          <t>Procedura aperta ai sensi dell’art. 60 del D.lgs. n. 50/2016 finalizzata all'affidamento del “servizio di progettazione concernente lo studio delle portate di deflusso dei fossi e collettori immissari degli impianti idrovori di via Salaria e via Flaminia sul fiume Tevere, la realizzazione delle nuove apparecchiature elettromeccaniche di sollevamento e l'adeguamento strutturale degli edifici e delle pertinenze costituenti i medesimi impianti idrovori”, rientrante nell'ambito dell’intervento di manutenzione straordinaria degli impianti idrovori sul fiume Tevere, situati nel tratto urbano della città di Roma tra Via Salaria e Via Flaminia. Pubblicazione documentazione di gara
+</t>
         </is>
       </c>
       <c r="C109" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-        <v>44790</v>
+        <v>127</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
-        <v>2273</v>
+        <v>2291</v>
       </c>
       <c r="B110" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 8 lotti, finalizzata alla stipula di un accordo quadro per la fornitura di medicazioni generali ed avanzate occorrenti alle aziende sanitarie della Regione Lazio. Provvedimento di indizione e approvazione atti.
+          <t>Servizio di caratterizzazione integrativa e analisi di rischio sito specifica dell'ex discarica ubicata in località "Facciano" in agro del Comune di Pignataro Interamna (FR). Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art. 36, comma 2, lettera b) del D.lgs. n. 50/2016, previa indagine esplorativa del mercato, approvazione progetto, atti di gara e nomina RUP. Approvazione q.e. rimodulato e autorizzazione agli impegni sul capitolo E32504 per un importo totale di € 131.944,82 così suddiviso: a favore di creditori diversi per € 130.555,88 e a favore del Fondo Incentivi ex art. 383 sexies R.R. n. 1/2002 per l'importo di €1.388,94, bilancio regionale e.f. 2020.
 </t>
         </is>
       </c>
       <c r="C110" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-        <v>44299</v>
+        <v>128</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
-        <v>2249</v>
+        <v>2290</v>
       </c>
       <c r="B111" t="inlineStr">
         <is>
-          <t>Campagna informativa sul programma di prevenzione dell'influenza, in particolare sul programma di vaccinazione antinfluenzale e sul programma di vaccinazione antipneumococcica per la stagione 2020-2021. Impegno di spesa di € 207.615,00 (IVA inclusa) - Capitolo di bilancio H11732 - esercizio finanziario 2020.</t>
+          <t>POR FESR LAZIO 2014-2020. Progetto A0102E0001. Gara europea a procedura aperta ai sensi degli artt. 157 c. 2 e 60 del Decreto Legislativo 18 aprile 2016, n. 50, per l'affidamento dell'incarico dell'Ufficio Direzione Lavori e Coordinamento della&amp;nbsp;sicurezza in fase di esecuzione, relativo ai lavori di "efficientamento energetico dell'edificio sede della Giunta Regionale della Regione Lazio sito in via Cristoforo Colombo 212 - Roma". CUP F82B17002490009 (ex F89B17000260009) - CIG 84501303DF. Determinazione di indizione, ai sensi dell'art. 32 del D.lgs. 50/2016 ed approvazione degli atti di gara.
+</t>
         </is>
       </c>
       <c r="C111" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="D111" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="E111" s="2">
-        <v>44207</v>
+        <v>44322</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
-        <v>2248</v>
+        <v>2289</v>
       </c>
       <c r="B112" t="inlineStr">
         <is>
-          <t>Progetto di sensibilizzazione dei giovani al rispetto delle norme anti COVID-19. Impegno di € 36.600,00 (Iva inclusa) in favore di "The Washing Machine Italia srl" (codice creditore 155646) - Capitolo R31902 - esercizio finanziario 2020.</t>
+          <t>Affidamento diretto, ai sensi del Dlgs 50/2016 art. 36 c. 2 lett. a), di un corso di formazione avente per oggetto la comunicazione efficace nelle situazioni di emergenza, destinato agli operatori tecnici della Centrale unica di risposta NUE 112,Capitolo di spesa E47933 – Impegno di € 16.030,80 (iva inclusa) in favore di Bewise Associazione di Promozione Sociale (cod. 202969) E.F. 2020.</t>
         </is>
       </c>
       <c r="C112" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="D112" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="E112" s="2">
-        <v>44207</v>
+        <v>44307</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
-        <v>2247</v>
+        <v>2274</v>
       </c>
       <c r="B113" t="inlineStr">
         <is>
-          <t>Affidamento alla Invidio srl di un servizio di produzione video per le tematiche ambientali. Impegno di spesa di € 12.200,00 (IVA inclusa) - Capitolo di bilancio R31902 - Esercizio Finanziario 2020.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla fornitura di ausili tecnici standard per disabili di cui al dpcm del 12 gennaio 2017 (gu n.65 del 18/03/2017) e servizi connessi, occorrenti alle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
         </is>
       </c>
       <c r="C113" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>133</v>
+      </c>
+      <c r="D113"/>
       <c r="E113" s="2">
-        <v>44207</v>
+        <v>44790</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
-        <v>2246</v>
+        <v>2273</v>
       </c>
       <c r="B114" t="inlineStr">
         <is>
-          <t>Pubblicità istituzionale sulla Guida "Roma de La Pecora Nera 2021". Impegno di Euro 24.400,00 (Iva inclusa) in favore di La Pecora Nera Editore snc - Capitolo R31902 - esercizio finanziario 2020.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 8 lotti, finalizzata alla stipula di un accordo quadro per la fornitura di medicazioni generali ed avanzate occorrenti alle aziende sanitarie della Regione Lazio. Provvedimento di indizione e approvazione atti.
+</t>
         </is>
       </c>
       <c r="C114" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D114" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="E114" s="2">
-        <v>44207</v>
+        <v>44299</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B115" t="inlineStr">
         <is>
-          <t>Pubblicità istituzionale su "Sportclub Magazine". Impegno di € 18.300,00 (Iva inclusa) in favore della Marketing Xpression di Marco Oddino (cod. cred. 173589) - Capitolo R31902 - esercizio finanziario 2020."</t>
+          <t>Campagna informativa sul programma di prevenzione dell'influenza, in particolare sul programma di vaccinazione antinfluenzale e sul programma di vaccinazione antipneumococcica per la stagione 2020-2021. Impegno di spesa di € 207.615,00 (IVA inclusa) - Capitolo di bilancio H11732 - esercizio finanziario 2020.</t>
         </is>
       </c>
       <c r="C115" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D115" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="E115" s="2">
         <v>44207</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
-        <v>2244</v>
+        <v>2248</v>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>Promozione di immagine per la Regione Lazio in occasione della campagna informativa sul Numero Verde antiomofobia ?Gay Help Line 800.713.713, a cura dell'Associazione Gay Center/Gay Help Line (cod. cred. 131431), Impegno di € 80.000,00 (Iva esente) sul capitolo R31902 - esercizio finanziario 2020. Impegno di € 30,00 a titolo di contributo per l'Autorità Nazionale Anticorruzione (ANAC) (cod.cred. 159683) sul capitolo T19427 - esercizio finanziario 2020.</t>
+          <t>Progetto di sensibilizzazione dei giovani al rispetto delle norme anti COVID-19. Impegno di € 36.600,00 (Iva inclusa) in favore di "The Washing Machine Italia srl" (codice creditore 155646) - Capitolo R31902 - esercizio finanziario 2020.</t>
         </is>
       </c>
       <c r="C116" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D116" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="E116" s="2">
         <v>44207</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
-        <v>2243</v>
+        <v>2247</v>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t>Campagna di comunicazione istituzionale "Regione vicina". Impegno di spesa di € 157.056,60 (IVA inclusa) - Capitolo dibilancio R31902 - esercizio finanziario 2020.</t>
+          <t>Affidamento alla Invidio srl di un servizio di produzione video per le tematiche ambientali. Impegno di spesa di € 12.200,00 (IVA inclusa) - Capitolo di bilancio R31902 - Esercizio Finanziario 2020.</t>
         </is>
       </c>
       <c r="C117" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="D117" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="E117" s="2">
         <v>44207</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
-        <v>2242</v>
+        <v>2246</v>
       </c>
       <c r="B118" t="inlineStr">
         <is>
-          <t>Campagna informativa per la ricerca di volontari per uno studio clinico per un vaccino contro COVID-19. Impegno di spesa di € 50.581,20 (IVA inclusa) - Capitolo di bilancio R31902 - esercizio finanziario 2020.</t>
+          <t>Pubblicità istituzionale sulla Guida "Roma de La Pecora Nera 2021". Impegno di Euro 24.400,00 (Iva inclusa) in favore di La Pecora Nera Editore snc - Capitolo R31902 - esercizio finanziario 2020.</t>
         </is>
       </c>
       <c r="C118" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D118" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="E118" s="2">
         <v>44207</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
-        <v>2241</v>
+        <v>2245</v>
       </c>
       <c r="B119" t="inlineStr">
         <is>
-          <t>Campagna informativa relativa alle misure di sicurezza da adottare per fronteggiare l?emergenza sanitaria provocata da COVID-19. Impegno di spesa di € 158.633,00 (IVA inclusa) - Capitolo di bilancio R31902 - esercizio finanziario 2020.</t>
+          <t>Pubblicità istituzionale su "Sportclub Magazine". Impegno di € 18.300,00 (Iva inclusa) in favore della Marketing Xpression di Marco Oddino (cod. cred. 173589) - Capitolo R31902 - esercizio finanziario 2020."</t>
         </is>
       </c>
       <c r="C119" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="D119" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="E119" s="2">
         <v>44207</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
-        <v>2240</v>
+        <v>2244</v>
       </c>
       <c r="B120" t="inlineStr">
         <is>
-          <t>Campagna informativa relativa alle misure di sicurezza da adottare per fronteggiare l'emergenza sanitaria provocata da COVID-19. Impegno di spesa di Euro 45.514,54 (IVA inclusa) - Capitolo di bilancio R31902 - esercizio finanziario 2020 - COV20.</t>
+          <t>Promozione di immagine per la Regione Lazio in occasione della campagna informativa sul Numero Verde antiomofobia ?Gay Help Line 800.713.713, a cura dell'Associazione Gay Center/Gay Help Line (cod. cred. 131431), Impegno di € 80.000,00 (Iva esente) sul capitolo R31902 - esercizio finanziario 2020. Impegno di € 30,00 a titolo di contributo per l'Autorità Nazionale Anticorruzione (ANAC) (cod.cred. 159683) sul capitolo T19427 - esercizio finanziario 2020.</t>
         </is>
       </c>
       <c r="C120" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D120" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="E120" s="2">
         <v>44207</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
-        <v>2238</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>2243</v>
+      </c>
+      <c r="B121" t="inlineStr">
+        <is>
+          <t>Campagna di comunicazione istituzionale "Regione vicina". Impegno di spesa di € 157.056,60 (IVA inclusa) - Capitolo dibilancio R31902 - esercizio finanziario 2020.</t>
+        </is>
       </c>
       <c r="C121" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="D121" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="E121" s="2">
-        <v>44222</v>
+        <v>44207</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
-        <v>2223</v>
+        <v>2242</v>
       </c>
       <c r="B122" t="inlineStr">
         <is>
-          <t>Procedura aperta d’urgenza per la conclusione di un accordo quadro per la fornitura di test salivari necessari per la gestione dell’emergenza sanitaria COVID-19-2 determinazione a contrarre. Approvazione schemi, atti e indizione gara. ID gara n. 7991849</t>
+          <t>Campagna informativa per la ricerca di volontari per uno studio clinico per un vaccino contro COVID-19. Impegno di spesa di € 50.581,20 (IVA inclusa) - Capitolo di bilancio R31902 - esercizio finanziario 2020.</t>
         </is>
       </c>
       <c r="C122" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="D122" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="E122" s="2">
-        <v>44214</v>
+        <v>44207</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
-        <v>2222</v>
+        <v>2241</v>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t>Appalto specifico per l’acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio e della Regione Calabria – Farmaci 2020_quinta tranche, nell’ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori – Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 7983849.
-</t>
+          <t>Campagna informativa relativa alle misure di sicurezza da adottare per fronteggiare l?emergenza sanitaria provocata da COVID-19. Impegno di spesa di € 158.633,00 (IVA inclusa) - Capitolo di bilancio R31902 - esercizio finanziario 2020.</t>
         </is>
       </c>
       <c r="C123" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="D123" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="E123" s="2">
-        <v>44217</v>
+        <v>44207</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
-        <v>2220</v>
+        <v>2240</v>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta per l'acquisizione e la distribuzione di cannule e cateteri da destinare in assistenza territoriale ai pazienti delle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
+          <t>Campagna informativa relativa alle misure di sicurezza da adottare per fronteggiare l'emergenza sanitaria provocata da COVID-19. Impegno di spesa di Euro 45.514,54 (IVA inclusa) - Capitolo di bilancio R31902 - esercizio finanziario 2020 - COV20.</t>
         </is>
       </c>
       <c r="C124" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="D124" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="E124" s="2">
-        <v>44270</v>
+        <v>44207</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
-        <v>2218</v>
-[...4 lines deleted...]
-        </is>
+        <v>2238</v>
+      </c>
+      <c r="B125" t="s">
+        <v>156</v>
       </c>
       <c r="C125" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="D125" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="E125" s="2">
-        <v>44245</v>
+        <v>44222</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
-        <v>2212</v>
+        <v>2223</v>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>Appalto specifico per l’acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio, della Regione Calabria e della Regione Sardegna – Farmaci 2020_quarta tranche, nell’ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori - Nr. Gara 7970854.
-</t>
+          <t>Procedura aperta d’urgenza per la conclusione di un accordo quadro per la fornitura di test salivari necessari per la gestione dell’emergenza sanitaria COVID-19-2 determinazione a contrarre. Approvazione schemi, atti e indizione gara. ID gara n. 7991849</t>
         </is>
       </c>
       <c r="C126" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="D126" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="E126" s="2">
-        <v>44209</v>
+        <v>44214</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
-        <v>2199</v>
+        <v>2222</v>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci per pazienti cronici fragili e fattori della coagulazione per continuità ed esigenze terapeutiche occorrenti alle Aziende Sanitarie della Regione Lazio e Regione Calabria.</t>
+          <t>Appalto specifico per l’acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio e della Regione Calabria – Farmaci 2020_quinta tranche, nell’ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori – Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 7983849.
+</t>
         </is>
       </c>
       <c r="C127" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="D127" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="E127" s="2">
-        <v>44174</v>
+        <v>44217</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
-        <v>2196</v>
+        <v>2220</v>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell'art. 60 del d. lgs. n 50/2016 e s.m.i., finalizzata alla stipula di un accordo quadro per la fornitura di medicazioni generali ed avanzate occorrenti alle Aziende Sanitarie della Regione Lazio.
-</t>
+          <t>Gara comunitaria a procedura aperta per l'acquisizione e la distribuzione di cannule e cateteri da destinare in assistenza territoriale ai pazienti delle Aziende Sanitarie della Regione Lazio.</t>
         </is>
       </c>
       <c r="C128" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D128" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="E128" s="2">
-        <v>44152</v>
+        <v>44270</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
-        <v>2179</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>2218</v>
+      </c>
+      <c r="B129" t="inlineStr">
+        <is>
+          <t>Gara comunitaria a procedura aperta, ai sensi dell'art. 60 del D. Lgs. N° 50/2016 e s.m.i., per l'affidamento di un Accordo Quadro, ai sensi e per gli effetti dell'art. 54 comma 4, lett. a) del d. lgs. n. 50/2016, avente ad oggetto la fornitura di suture chirurgiche tradizionali occorrenti alle Aziende Sani-tarie della Regione Lazio. Determinazione a contrarre, provvedimento di indizione e approvazione atti di gara e nomina del Responsabile Unico del Procedimento. N.ro Gara 7982276</t>
+        </is>
       </c>
       <c r="C129" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="D129" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="E129" s="2">
-        <v>44162</v>
+        <v>44245</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
-        <v>2174</v>
+        <v>2212</v>
       </c>
       <c r="B130" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell'art. 60 del D. Lgs. n° 50/2016 e s.m.i., per l'acquisizione del servizio di sorveglianza attiva antincendio e di sicurezza occorrente alle Aziende Sanitarie della Regione Lazio.&amp;nbsp;</t>
+          <t>Appalto specifico per l’acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio, della Regione Calabria e della Regione Sardegna – Farmaci 2020_quarta tranche, nell’ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori - Nr. Gara 7970854.
+</t>
         </is>
       </c>
       <c r="C130" t="s">
-        <v>172</v>
-[...1 lines deleted...]
-      <c r="D130"/>
+        <v>167</v>
+      </c>
+      <c r="D130" t="s">
+        <v>168</v>
+      </c>
       <c r="E130" s="2">
-        <v>45877</v>
+        <v>44209</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
-        <v>2154</v>
+        <v>2199</v>
       </c>
       <c r="B131" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione del vaccino pneumococcico polisaccaridico e di farmaci vari occorrenti alle Aziende sanitarie delle Regioni Lazio e Calabria, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori. Nr. Gara 7905737.
-</t>
+          <t>Appalto specifico per l'acquisizione di farmaci per pazienti cronici fragili e fattori della coagulazione per continuità ed esigenze terapeutiche occorrenti alle Aziende Sanitarie della Regione Lazio e Regione Calabria.</t>
         </is>
       </c>
       <c r="C131" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="D131" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="E131" s="2">
-        <v>44130</v>
+        <v>44174</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
-        <v>2153</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>2196</v>
+      </c>
+      <c r="B132" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell'art. 60 del d. lgs. n 50/2016 e s.m.i., finalizzata alla stipula di un accordo quadro per la fornitura di medicazioni generali ed avanzate occorrenti alle Aziende Sanitarie della Regione Lazio.
+</t>
+        </is>
       </c>
       <c r="C132" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="D132"/>
+        <v>171</v>
+      </c>
+      <c r="D132" t="s">
+        <v>172</v>
+      </c>
       <c r="E132" s="2">
-        <v>44742</v>
+        <v>44152</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
-        <v>2151</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>2179</v>
+      </c>
+      <c r="B133" t="s">
+        <v>173</v>
       </c>
       <c r="C133" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="D133" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="E133" s="2">
-        <v>44169</v>
+        <v>44162</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
-        <v>2144</v>
+        <v>2174</v>
       </c>
       <c r="B134" t="inlineStr">
         <is>
-          <t>Emergenza COVID 2019 -Affidamento diretto ex ART. 2, C.4 D.L. 76/2020 di servizi di trasporto pubblico integrativi e temporanei a supporto della ripresa delle attività produttive e scolastiche per il periodo 14/09/2020 -31/10/2020. Avviso per la manifestazione di interesse e relativi allegati</t>
+          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell'art. 60 del D. Lgs. n° 50/2016 e s.m.i., per l'acquisizione del servizio di sorveglianza attiva antincendio e di sicurezza occorrente alle Aziende Sanitarie della Regione Lazio.&amp;nbsp;</t>
         </is>
       </c>
       <c r="C134" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>176</v>
+      </c>
+      <c r="D134"/>
       <c r="E134" s="2">
-        <v>44228</v>
+        <v>45877</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
-        <v>2143</v>
+        <v>2154</v>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - "Interventi per la mitigazione del rischio idraulico Comune di Tarquinia, a seguito eventi metereologici verificatisi a partire dal mese di ottobre 2018 - Codice Intervento 559". Approvazione progetto esecutivo e decreto a contrarre. CUP F84H20001180006 - CIG 844179559C</t>
+          <t>Appalto specifico per l'acquisizione del vaccino pneumococcico polisaccaridico e di farmaci vari occorrenti alle Aziende sanitarie delle Regioni Lazio e Calabria, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori. Nr. Gara 7905737.
+</t>
         </is>
       </c>
       <c r="C135" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="D135" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="E135" s="2">
-        <v>44105</v>
+        <v>44130</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
-        <v>2142</v>
-[...4 lines deleted...]
-        </is>
+        <v>2153</v>
+      </c>
+      <c r="B136" t="s">
+        <v>179</v>
       </c>
       <c r="C136" t="s">
-        <v>184</v>
-[...3 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="D136"/>
       <c r="E136" s="2">
-        <v>44105</v>
+        <v>44742</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
-        <v>2137</v>
-[...4 lines deleted...]
-        </is>
+        <v>2151</v>
+      </c>
+      <c r="B137" t="s" s="3">
+        <v>181</v>
       </c>
       <c r="C137" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D137" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="E137" s="2">
-        <v>44021</v>
+        <v>44169</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
-        <v>2132</v>
+        <v>2144</v>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di accordi quadro per la fornitura di Acceleratori Lineari, Tomografi a Risonanza Magnetica (RM) e Tomografi Computerizzati (TC) destinati alle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Approvazione atti e provvedimento di indizione. Importo complessivo di gara: euro 40.570.000,00 (iva inclusa) - Impegno di spesa per l'importo di euro 16.150.000,00 sul Capitolo C12161, euro 12.000.000,00 sul Capitolo H22527 - Accantonamento euro 4.420.000,00 sul Capitolo T21503 ed euro 8.000.000,00 sul Capitolo T22505. Esercizio finanziario 2021.</t>
+          <t>Emergenza COVID 2019 -Affidamento diretto ex ART. 2, C.4 D.L. 76/2020 di servizi di trasporto pubblico integrativi e temporanei a supporto della ripresa delle attività produttive e scolastiche per il periodo 14/09/2020 -31/10/2020. Avviso per la manifestazione di interesse e relativi allegati</t>
         </is>
       </c>
       <c r="C138" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="D138" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="E138" s="2">
-        <v>44124</v>
+        <v>44228</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
-        <v>2131</v>
+        <v>2143</v>
       </c>
       <c r="B139" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta sopra soglia comunitaria, ai sensi dell'art. 60 del D.lgs. 50/2016, per la fornitura in noleggio di barelle, comprensiva di assistenza tecnica full risk e sanificazione, per le Aziende Sanitarie della Regione Lazio.</t>
+          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - "Interventi per la mitigazione del rischio idraulico Comune di Tarquinia, a seguito eventi metereologici verificatisi a partire dal mese di ottobre 2018 - Codice Intervento 559". Approvazione progetto esecutivo e decreto a contrarre. CUP F84H20001180006 - CIG 844179559C</t>
         </is>
       </c>
       <c r="C139" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D139" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="E139" s="2">
-        <v>44112</v>
+        <v>44105</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
-        <v>2130</v>
+        <v>2142</v>
       </c>
       <c r="B140" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione del servizio di ricondizionamento e riutilizzo degli ausili per disabili per le ASL Regione Lazio.</t>
+          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - "Interventi per la mitigazione del rischio idraulico Comune di Montalto di Castro, a seguito eventi metereologici verificatisi a partire dal mese di ottobre 2018 - Codice Intervento 560". Approvazione progetto esecutivo e decreto a contrarre. CUP F24H20000870006 - CIG 84418291AC</t>
         </is>
       </c>
       <c r="C140" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D140" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="E140" s="2">
-        <v>44140</v>
+        <v>44105</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
-        <v>2128</v>
+        <v>2137</v>
       </c>
       <c r="B141" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta finalizzata alla stipula di un accordo quadro per la fornitura e messa a dimora di nuovi alberi e arbusti nel territorio della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
+          <t>Procedura negoziata d’urgenza, senza previa pubblicazione del bando di gara, ai sensi dell’art. 63, comma 2, lett. c) e 163 del D.Lgs. 50/2016, finalizzata alla conclusione di un Accordo Quadro per la fornitura di dispositivi vari necessari alla gestione dell’emergenza sanitaria COVID-19-2</t>
         </is>
       </c>
       <c r="C141" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="D141" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="E141" s="2">
-        <v>44175</v>
+        <v>44021</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
-        <v>2121</v>
+        <v>2132</v>
       </c>
       <c r="B142" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento R512 “Lavori straordinari di manutenzione dell’alveo del fiume Turano da Rocca Sinibalda a Ponte Salario in dx e sx idraulica per 3 Km”. Determinazione a contrarre. CUP F13H20000150001 - CIG 8415747E1C 
-</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di accordi quadro per la fornitura di Acceleratori Lineari, Tomografi a Risonanza Magnetica (RM) e Tomografi Computerizzati (TC) destinati alle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Approvazione atti e provvedimento di indizione. Importo complessivo di gara: euro 40.570.000,00 (iva inclusa) - Impegno di spesa per l'importo di euro 16.150.000,00 sul Capitolo C12161, euro 12.000.000,00 sul Capitolo H22527 - Accantonamento euro 4.420.000,00 sul Capitolo T21503 ed euro 8.000.000,00 sul Capitolo T22505. Esercizio finanziario 2021.</t>
         </is>
       </c>
       <c r="C142" t="s">
-        <v>196</v>
+        <v>192</v>
+      </c>
+      <c r="D142" t="s">
+        <v>193</v>
+      </c>
+      <c r="E142" s="2">
+        <v>44124</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
-        <v>2118</v>
+        <v>2131</v>
       </c>
       <c r="B143" t="inlineStr">
         <is>
-          <t>Affidamento del "Servizio di manutenzione impianti degli immobili in uso a qualsiasi titolo alle Strutture della Giunta Regionale, agli Enti Dipendenti della Regione Lazio, alle Società Partecipate, agli Enti Locali territoriali ed alle Amministrazioni pubbliche aventi sede nel territorio della Regione Lazio". Procedura suddivisa in 4 lotti.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta sopra soglia comunitaria, ai sensi dell'art. 60 del D.lgs. 50/2016, per la fornitura in noleggio di barelle, comprensiva di assistenza tecnica full risk e sanificazione, per le Aziende Sanitarie della Regione Lazio.</t>
         </is>
       </c>
       <c r="C143" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D143" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E143" s="2">
-        <v>44074</v>
-[...11 lines deleted...]
-        <v>44158</v>
+        <v>44112</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
-        <v>2114</v>
+        <v>2130</v>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t>Procedura aperta, suddivisa in 2 Lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi postali e servizi «a monte» del recapito, destinati alle Amministrazioni del territorio della Regione Lazio. Indizione ed approvazione degli atti e documenti di gara.
-</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione del servizio di ricondizionamento e riutilizzo degli ausili per disabili per le ASL Regione Lazio.</t>
         </is>
       </c>
       <c r="C144" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="D144" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="E144" s="2">
-        <v>44117</v>
+        <v>44140</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
-        <v>2108</v>
-[...2 lines deleted...]
-        <v>203</v>
+        <v>2128</v>
+      </c>
+      <c r="B145" t="inlineStr">
+        <is>
+          <t>Gara comunitaria a procedura aperta finalizzata alla stipula di un accordo quadro per la fornitura e messa a dimora di nuovi alberi e arbusti nel territorio della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
+        </is>
       </c>
       <c r="C145" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="D145" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E145" s="2">
-        <v>44055</v>
-[...5 lines deleted...]
-        <v>44055</v>
+        <v>44175</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
-        <v>2105</v>
+        <v>2121</v>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Procedura aperta, ai sensi dell'art. 60 del D.lgs. 50/2016 e ss.mm.ii., sopra soglia comunitaria, e tramite procedura telematica, per l'affidamento dei lavori di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Determina a contrarre ed approvazione degli atti di gara. Codice Opera: OOPP_M_002_2017 - CUP: F78I18000070008 - CIG: 83810759E0 </t>
+          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento R512 “Lavori straordinari di manutenzione dell’alveo del fiume Turano da Rocca Sinibalda a Ponte Salario in dx e sx idraulica per 3 Km”. Determinazione a contrarre. CUP F13H20000150001 - CIG 8415747E1C 
+</t>
         </is>
       </c>
       <c r="C146" t="s">
-        <v>207</v>
-[...5 lines deleted...]
-        <v>44076</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
-        <v>2102</v>
+        <v>2118</v>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t>Procedura negoziata d'urgenza, senza previa pubblicazione del bando di procedura, ai sensi dell'art. 63, comma 2, lettera b) del d.lgs. 50/2016 per la fornitura di kit tipo CLIA per la rilevazione di anticorpi totali specifici per SARS-COV-2 Determinazione a contrarre. Approvazione schemi, atti e indizione gara. ID gara n.7824299 </t>
+          <t>Affidamento del "Servizio di manutenzione impianti degli immobili in uso a qualsiasi titolo alle Strutture della Giunta Regionale, agli Enti Dipendenti della Regione Lazio, alle Società Partecipate, agli Enti Locali territoriali ed alle Amministrazioni pubbliche aventi sede nel territorio della Regione Lazio". Procedura suddivisa in 4 lotti.</t>
         </is>
       </c>
       <c r="C147" t="s">
-        <v>209</v>
+        <v>201</v>
       </c>
       <c r="D147" t="s">
-        <v>210</v>
+        <v>202</v>
       </c>
       <c r="E147" s="2">
-        <v>44049</v>
+        <v>44074</v>
+      </c>
+      <c r="F147" t="s">
+        <v>203</v>
+      </c>
+      <c r="G147" s="2">
+        <v>44146</v>
+      </c>
+      <c r="H147" t="s">
+        <v>204</v>
+      </c>
+      <c r="I147" s="2">
+        <v>44158</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
-        <v>2101</v>
+        <v>2114</v>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>Piano stralcio 2019 (Delibera CIPE n. 35 del 24 luglio 2019) - Intervento 12IR025/G9 denominato "Lavori straordinari di manutenzione delle arginature del Fiume Ninfa-Sisto." Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art. 36, comma 2, lettera c-bis) del D.lgs. n. 50/2016 e approvazione atti di gara. CUP F75J19000400001. CIG 8364944A27</t>
+          <t>Procedura aperta, suddivisa in 2 Lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi postali e servizi «a monte» del recapito, destinati alle Amministrazioni del territorio della Regione Lazio. Indizione ed approvazione degli atti e documenti di gara.
+</t>
         </is>
       </c>
       <c r="C148" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="D148" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="E148" s="2">
-        <v>44081</v>
+        <v>44117</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
-        <v>2083</v>
-[...4 lines deleted...]
-        </is>
+        <v>2108</v>
+      </c>
+      <c r="B149" t="s">
+        <v>207</v>
       </c>
       <c r="C149" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="D149" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="E149" s="2">
-        <v>44039</v>
+        <v>44055</v>
+      </c>
+      <c r="F149" t="s">
+        <v>210</v>
+      </c>
+      <c r="G149" s="2">
+        <v>44055</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
-        <v>2076</v>
+        <v>2105</v>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile " Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili" Dossier - LI-ES2-2400404 - Intervento A0100E0255 presso la Scuola Media Ernesto Monaci nel Comune di Soriano nel Cimino (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori.CUP: F64D17000020009 CIG: 83261360CA 
-</t>
+          <t>Procedura aperta, ai sensi dell'art. 60 del D.lgs. 50/2016 e ss.mm.ii., sopra soglia comunitaria, e tramite procedura telematica, per l'affidamento dei lavori di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Determina a contrarre ed approvazione degli atti di gara. Codice Opera: OOPP_M_002_2017 - CUP: F78I18000070008 - CIG: 83810759E0 </t>
         </is>
       </c>
       <c r="C150" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="D150" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="E150" s="2">
-        <v>44053</v>
+        <v>44076</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
-        <v>2066</v>
+        <v>2102</v>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile. Dossier LI-ES2-1860266- Intervento A0100E0123 presso l'Istituto Tecnico Commerciale di Via Monterozzi Marina nel Comune di Tarquinia (VT). E.F. 2020.CUP F84D16000040006
-</t>
+          <t>Procedura negoziata d'urgenza, senza previa pubblicazione del bando di procedura, ai sensi dell'art. 63, comma 2, lettera b) del d.lgs. 50/2016 per la fornitura di kit tipo CLIA per la rilevazione di anticorpi totali specifici per SARS-COV-2 Determinazione a contrarre. Approvazione schemi, atti e indizione gara. ID gara n.7824299 </t>
         </is>
       </c>
       <c r="C151" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D151" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="E151" s="2">
-        <v>43976</v>
+        <v>44049</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
-        <v>2062</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>2101</v>
+      </c>
+      <c r="B152" t="inlineStr">
+        <is>
+          <t>Piano stralcio 2019 (Delibera CIPE n. 35 del 24 luglio 2019) - Intervento 12IR025/G9 denominato "Lavori straordinari di manutenzione delle arginature del Fiume Ninfa-Sisto." Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art. 36, comma 2, lettera c-bis) del D.lgs. n. 50/2016 e approvazione atti di gara. CUP F75J19000400001. CIG 8364944A27</t>
+        </is>
       </c>
       <c r="C152" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="D152" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="E152" s="2">
-        <v>44012</v>
+        <v>44081</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
-        <v>2060</v>
+        <v>2083</v>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-0380017, Intervento A0100E0375, Intervento Palazzo Farnese, sede principale Uffici Comunali/Municipio nel Comune di Gradoli (VT)". Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sui Capitoli A42134 - A42135 - A42136 a favore dell'Autorità Nazionale Anticorruzione (Cod. cred.159683), E.F. 2020.CUP F84H16002450006 – CIG 82782113D3 </t>
+          <t>Appalto specifico per l’acquisizione di vaccini vari ad uso umano occorrenti alle Aziende sanitarie delle Regioni Lazio e Calabria, nell’ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori </t>
         </is>
       </c>
       <c r="C153" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="D153" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="E153" s="2">
-        <v>43958</v>
+        <v>44039</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
-        <v>2059</v>
+        <v>2076</v>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier n. LI-ES2-2310323, Intervento A0100E0137, presso l'Istituto Comprensivo "xxv Aprile", viale Gramsci, nel Comune di Civita Castellana (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sui Capitoli A42134 - A42135 - A42136 a favore dell'Autorità Nazionale Anticorruzione (Cod. cred.159683), E.F. 2020.CUP F65B17000500006 - CIG 82874636D0</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile " Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili" Dossier - LI-ES2-2400404 - Intervento A0100E0255 presso la Scuola Media Ernesto Monaci nel Comune di Soriano nel Cimino (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori.CUP: F64D17000020009 CIG: 83261360CA 
+</t>
         </is>
       </c>
       <c r="C154" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="D154" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="E154" s="2">
-        <v>43976</v>
-[...5 lines deleted...]
-        <v>43958</v>
+        <v>44053</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
-        <v>2057</v>
+        <v>2066</v>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di Vaccini anti influenzali 2020/2021 e vaccini vari occorrenti alle Aziende Sanitarie della Regione Lazio e Calabria, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori – Determina a contrarre. Approvazione schemi, atti e indizione gara.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile. Dossier LI-ES2-1860266- Intervento A0100E0123 presso l'Istituto Tecnico Commerciale di Via Monterozzi Marina nel Comune di Tarquinia (VT). E.F. 2020.CUP F84D16000040006
+</t>
         </is>
       </c>
       <c r="C155" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="D155" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="E155" s="2">
-        <v>43972</v>
+        <v>43976</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
-        <v>2056</v>
-[...4 lines deleted...]
-        </is>
+        <v>2062</v>
+      </c>
+      <c r="B156" t="s">
+        <v>223</v>
       </c>
       <c r="C156" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="D156" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="E156" s="2">
-        <v>43955</v>
+        <v>44012</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
-        <v>2053</v>
+        <v>2060</v>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier n. LI-ES2-20151127-0630028, Intervento A0100E0429- presso "Sede principale uffici Comunali" nel Comune di _San Vito Romano (RM). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sul Capitolo Overbooking A42502, a Creditori diversi (Cod. creditore 3805), e sui capitoli A42134 - A42135 - A42136 a favore dell'Autorità Nazionale Anticorruzione (Cod. cred.159683), E.F. 2019. CUP F84H15002170006 - CIG 827270434E</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-0380017, Intervento A0100E0375, Intervento Palazzo Farnese, sede principale Uffici Comunali/Municipio nel Comune di Gradoli (VT)". Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sui Capitoli A42134 - A42135 - A42136 a favore dell'Autorità Nazionale Anticorruzione (Cod. cred.159683), E.F. 2020.CUP F84H16002450006 – CIG 82782113D3 </t>
         </is>
       </c>
       <c r="C157" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="D157" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="E157" s="2">
-        <v>43944</v>
+        <v>43958</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
-        <v>2051</v>
+        <v>2059</v>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio e Calabria - Farmaci 2020_Seconda tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori - Determina a contrarre. Approvazione schemi, atti e indizione gara.
-</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier n. LI-ES2-2310323, Intervento A0100E0137, presso l'Istituto Comprensivo "xxv Aprile", viale Gramsci, nel Comune di Civita Castellana (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sui Capitoli A42134 - A42135 - A42136 a favore dell'Autorità Nazionale Anticorruzione (Cod. cred.159683), E.F. 2020.CUP F65B17000500006 - CIG 82874636D0</t>
         </is>
       </c>
       <c r="C158" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="D158" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="E158" s="2">
-        <v>44078</v>
+        <v>43976</v>
+      </c>
+      <c r="F158" t="s">
+        <v>229</v>
+      </c>
+      <c r="G158" s="2">
+        <v>43958</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
-        <v>2039</v>
+        <v>2057</v>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. LI-ES2- 2160151_ Intervento A0100E0070 presso la "presso "Scuola Elementare Gandhi", Via Corinaldo n. 41, Roma Capitale". Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. 159683, E.F. 2019. CUP F87F17000000006 - CIG 8194600DD5.</t>
+          <t>Appalto specifico per l'acquisizione di Vaccini anti influenzali 2020/2021 e vaccini vari occorrenti alle Aziende Sanitarie della Regione Lazio e Calabria, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori – Determina a contrarre. Approvazione schemi, atti e indizione gara.</t>
         </is>
       </c>
       <c r="C159" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="D159" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="E159" s="2">
-        <v>43916</v>
+        <v>43972</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
-        <v>2030</v>
+        <v>2056</v>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio e Calabria – Farmaci 2020_Prima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori. Ammissione al prosieguo della procedura di gara.</t>
+          <t>Procedura negoziata d’urgenza, senza previa pubblicazione del bando di procedura, ai sensi dell’art. 63, comma 2, lettera c) e 163 del D.Lgs. 50/2016 per l’acquisizione della fornitura di test diagnostici per SARS-CoV-2</t>
         </is>
       </c>
       <c r="C160" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D160" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="E160" s="2">
-        <v>43875</v>
+        <v>43955</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
-        <v>2024</v>
+        <v>2053</v>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Servizio di assicurazione rischio infortuni per gli alunni delle scuole statali e paritarie private di ogni ordine grado nonché per il personale adibito alla sorveglianza degli stessi durante il trasporto
-</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier n. LI-ES2-20151127-0630028, Intervento A0100E0429- presso "Sede principale uffici Comunali" nel Comune di _San Vito Romano (RM). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sul Capitolo Overbooking A42502, a Creditori diversi (Cod. creditore 3805), e sui capitoli A42134 - A42135 - A42136 a favore dell'Autorità Nazionale Anticorruzione (Cod. cred.159683), E.F. 2019. CUP F84H15002170006 - CIG 827270434E</t>
         </is>
       </c>
       <c r="C161" t="s">
-        <v>238</v>
+        <v>234</v>
+      </c>
+      <c r="D161" t="s">
+        <v>235</v>
+      </c>
+      <c r="E161" s="2">
+        <v>43944</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
-        <v>2010</v>
-[...2 lines deleted...]
-        <v>239</v>
+        <v>2051</v>
+      </c>
+      <c r="B162" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio e Calabria - Farmaci 2020_Seconda tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori - Determina a contrarre. Approvazione schemi, atti e indizione gara.
+</t>
+        </is>
       </c>
       <c r="C162" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="D162" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="E162" s="2">
-        <v>43920</v>
+        <v>44078</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
-        <v>2004</v>
+        <v>2039</v>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Reg. (UE) n. 1305/2013. Misura 20 "Assistenza Tecnica" del PSR 2014/2020 del Lazio. Affidamento diretto ai sensi dell'art. 9 del D. Lgs 50/2016. Approvazione schema di atto esecutivo del protocollo di intesa tra Regione Lazio e AGEA reg. cron. 22616/2019. Impegno a favore di SIN S.p.a, codice creditore 185443 di euro 228.079,92 IVA inclusa sul capitolo A13101 e contestuale accertamento in entrata a carico di AGEA, codice creditore 64092, sul capitolo 221132, esercizio finanziario 2019, Codice CUP F81F19000030005.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. LI-ES2- 2160151_ Intervento A0100E0070 presso la "presso "Scuola Elementare Gandhi", Via Corinaldo n. 41, Roma Capitale". Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. 159683, E.F. 2019. CUP F87F17000000006 - CIG 8194600DD5.</t>
         </is>
       </c>
       <c r="C163" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D163" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="E163" s="2">
-        <v>43823</v>
+        <v>43916</v>
       </c>
     </row>
     <row r="164">
       <c r="A164">
-        <v>2001</v>
+        <v>2030</v>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Lavori di consolidamento della Rupe in località Mercatello, a completamento dell'intervento di somma urgenza per movimento franoso nel Comune di Bagnoregio (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sul Capitolo C12152 a favore di creditori diversi (codice creditore 3805) di € 809.865,50=, e di € 1.350,86= a favore della soc. Lexemedia, e Impegno sul Capitolo T19427 di € 375,00= a favore dell'Autorita Nazionale Anticorruzione (Cod.creditore 159683) E.F. 2019.CUP: F69D15001850002- CIG lavori 8133947966 e CIG pubblicazione ZE929A1C28
-</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio e Calabria – Farmaci 2020_Prima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori. Ammissione al prosieguo della procedura di gara.</t>
         </is>
       </c>
       <c r="C164" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D164" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="E164" s="2">
-        <v>43936</v>
+        <v>43875</v>
       </c>
     </row>
     <row r="165">
       <c r="A165">
-        <v>1998</v>
+        <v>2024</v>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Affidamento della progettazione definitiva, esecutiva e coordinamento della sicurezza in fase di progettazione per i lavori di ampliamento della sede viaria della circonvallazione in Accumoli capoluogo.</t>
+          <t>Servizio di assicurazione rischio infortuni per gli alunni delle scuole statali e paritarie private di ogni ordine grado nonché per il personale adibito alla sorveglianza degli stessi durante il trasporto
+</t>
         </is>
       </c>
       <c r="C165" t="s">
-        <v>246</v>
-[...5 lines deleted...]
-        <v>43819</v>
+        <v>242</v>
       </c>
     </row>
     <row r="166">
       <c r="A166">
-        <v>1997</v>
-[...4 lines deleted...]
-        </is>
+        <v>2010</v>
+      </c>
+      <c r="B166" t="s">
+        <v>243</v>
       </c>
       <c r="C166" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D166" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="E166" s="2">
-        <v>43977</v>
+        <v>43920</v>
       </c>
     </row>
     <row r="167">
       <c r="A167">
-        <v>1996</v>
+        <v>2004</v>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all'affidamento del multiservizio tecnologico di manutenzione degli impianti relativi agli immobili in uso alle aziende sanitarie della Regione Lazio (Policlinico Umberto I, San Camillo, INMI “Spallanzani”, IFO “Istituto Nazionale Tumori Regina Elena”)</t>
+          <t>Reg. (UE) n. 1305/2013. Misura 20 "Assistenza Tecnica" del PSR 2014/2020 del Lazio. Affidamento diretto ai sensi dell'art. 9 del D. Lgs 50/2016. Approvazione schema di atto esecutivo del protocollo di intesa tra Regione Lazio e AGEA reg. cron. 22616/2019. Impegno a favore di SIN S.p.a, codice creditore 185443 di euro 228.079,92 IVA inclusa sul capitolo A13101 e contestuale accertamento in entrata a carico di AGEA, codice creditore 64092, sul capitolo 221132, esercizio finanziario 2019, Codice CUP F81F19000030005.</t>
         </is>
       </c>
       <c r="C167" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="D167" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="E167" s="2">
-        <v>44022</v>
+        <v>43823</v>
       </c>
     </row>
     <row r="168">
       <c r="A168">
-        <v>1981</v>
+        <v>2001</v>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014 - 2020. Call for proposal 2.0 relativa alla linea di intervento denominata “Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l’efficienza energetica e l’incremento dell’uso delle energie rinnovabili”. Intervento A0100E0287 - Dossier LIES2- 3620446 Lavori di efficientamento energetico da attuare presso l’edificio scolastico “Campi d'Annibale” nel Comune di Rocca di Papa (RM). Determina a contrarre ed approvazione atti di gara per l’affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. 159683, E.F. 2019. CUP F34D17000340009 – CIG 8103490B7C</t>
+          <t>Lavori di consolidamento della Rupe in località Mercatello, a completamento dell'intervento di somma urgenza per movimento franoso nel Comune di Bagnoregio (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sul Capitolo C12152 a favore di creditori diversi (codice creditore 3805) di € 809.865,50=, e di € 1.350,86= a favore della soc. Lexemedia, e Impegno sul Capitolo T19427 di € 375,00= a favore dell'Autorita Nazionale Anticorruzione (Cod.creditore 159683) E.F. 2019.CUP: F69D15001850002- CIG lavori 8133947966 e CIG pubblicazione ZE929A1C28
+</t>
         </is>
       </c>
       <c r="C168" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="D168" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="E168" s="2">
-        <v>43885</v>
-[...5 lines deleted...]
-        <v>43906</v>
+        <v>43936</v>
       </c>
     </row>
     <row r="169">
       <c r="A169">
-        <v>1979</v>
+        <v>1998</v>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura di farmaci biologici e biosimilari occorrenti alle aziende sanitarie e ospedaliere della Regione Lazio e della Regione Calabria.</t>
+          <t>Affidamento della progettazione definitiva, esecutiva e coordinamento della sicurezza in fase di progettazione per i lavori di ampliamento della sede viaria della circonvallazione in Accumoli capoluogo.</t>
         </is>
       </c>
       <c r="C169" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="D169" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="E169" s="2">
-        <v>43817</v>
+        <v>43819</v>
       </c>
     </row>
     <row r="170">
       <c r="A170">
-        <v>1974</v>
-[...2 lines deleted...]
-        <v>257</v>
+        <v>1997</v>
+      </c>
+      <c r="B170" t="inlineStr">
+        <is>
+          <t>Procedura di gara mediante adesione al Sistema Dinamico di Acquisizione di CONSIP SpA., di cui all'art. 55 del D. Lgs. n. 50/2016, per l'acquisto di arredi per ufficio a ridotto impatto ambientale occorrenti alle sedi della Regione Lazio site all'interno del comune di Roma e dell'area metropolitana suddivisa in due lotti.</t>
+        </is>
       </c>
       <c r="C170" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="D170" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="E170" s="2">
-        <v>43777</v>
-[...5 lines deleted...]
-        <v>43777</v>
+        <v>43977</v>
       </c>
     </row>
     <row r="171">
       <c r="A171">
-        <v>1971</v>
+        <v>1996</v>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell’art. 60 del D. Lgs.n.50/2016 e s.m.i., finalizzata alla fornitura di sistemi per prelievo ematico sottovuoto e dispositivi di raccolta campione occorrenti alle Aziende Sanitarie della Regione Lazio.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all'affidamento del multiservizio tecnologico di manutenzione degli impianti relativi agli immobili in uso alle aziende sanitarie della Regione Lazio (Policlinico Umberto I, San Camillo, INMI “Spallanzani”, IFO “Istituto Nazionale Tumori Regina Elena”)</t>
         </is>
       </c>
       <c r="C171" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="D171" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="E171" s="2">
-        <v>43777</v>
+        <v>44022</v>
       </c>
     </row>
     <row r="172">
       <c r="A172">
-        <v>1967</v>
+        <v>1981</v>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2250332, Intervento A0100E0201, "Scuola primaria Edmondo De Amicis" nel Comune di Forano (RI)
-</t>
+          <t>POR FESR Lazio 2014 - 2020. Call for proposal 2.0 relativa alla linea di intervento denominata “Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l’efficienza energetica e l’incremento dell’uso delle energie rinnovabili”. Intervento A0100E0287 - Dossier LIES2- 3620446 Lavori di efficientamento energetico da attuare presso l’edificio scolastico “Campi d'Annibale” nel Comune di Rocca di Papa (RM). Determina a contrarre ed approvazione atti di gara per l’affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. 159683, E.F. 2019. CUP F34D17000340009 – CIG 8103490B7C</t>
         </is>
       </c>
       <c r="C172" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="D172" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="E172" s="2">
-        <v>43916</v>
+        <v>43885</v>
+      </c>
+      <c r="F172" t="s">
+        <v>258</v>
+      </c>
+      <c r="G172" s="2">
+        <v>43906</v>
       </c>
     </row>
     <row r="173">
       <c r="A173">
-        <v>1964</v>
+        <v>1979</v>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Servizio di gestione degli impianti idrovori di Via Ferloni, Via di Villa Livia e Via Frassineto con particolare riguardo agli eventi di piena, compresa la manutenzione dei canali adduttori e delle aree verdi, in Comune di Roma. Progetto n. 19 del 20/03/2019 </t>
+          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura di farmaci biologici e biosimilari occorrenti alle aziende sanitarie e ospedaliere della Regione Lazio e della Regione Calabria.</t>
         </is>
       </c>
       <c r="C173" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="D173" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="E173" s="2">
-        <v>43846</v>
+        <v>43817</v>
       </c>
     </row>
     <row r="174">
       <c r="A174">
-        <v>1963</v>
+        <v>1974</v>
       </c>
       <c r="B174" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="C174" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="D174" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="E174" s="2">
-        <v>43735</v>
+        <v>43777</v>
+      </c>
+      <c r="F174" t="s">
+        <v>264</v>
+      </c>
+      <c r="G174" s="2">
+        <v>43777</v>
       </c>
     </row>
     <row r="175">
       <c r="A175">
-        <v>1961</v>
+        <v>1971</v>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento dei servizi di stampa, imbustamento e postalizzazione degli avvisi bonari per il recupero dell’evasione dei ticket sanitari relativi alle prestazioni di specialistica ambulatoriale e farmaceutica erogate dagli Enti del S.S.R. di Regione Lazio</t>
+          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell’art. 60 del D. Lgs.n.50/2016 e s.m.i., finalizzata alla fornitura di sistemi per prelievo ematico sottovuoto e dispositivi di raccolta campione occorrenti alle Aziende Sanitarie della Regione Lazio.</t>
         </is>
       </c>
       <c r="C175" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="D175" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="E175" s="2">
-        <v>43798</v>
+        <v>43777</v>
       </c>
     </row>
     <row r="176">
       <c r="A176">
-        <v>1942</v>
-[...2 lines deleted...]
-        <v>272</v>
+        <v>1967</v>
+      </c>
+      <c r="B176" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2250332, Intervento A0100E0201, "Scuola primaria Edmondo De Amicis" nel Comune di Forano (RI)
+</t>
+        </is>
       </c>
       <c r="C176" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="D176" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="E176" s="2">
-        <v>44022</v>
-[...17 lines deleted...]
-        <v>44196</v>
+        <v>43916</v>
       </c>
     </row>
     <row r="177">
       <c r="A177">
-        <v>1938</v>
-[...2 lines deleted...]
-        <v>278</v>
+        <v>1964</v>
+      </c>
+      <c r="B177" t="inlineStr">
+        <is>
+          <t>Servizio di gestione degli impianti idrovori di Via Ferloni, Via di Villa Livia e Via Frassineto con particolare riguardo agli eventi di piena, compresa la manutenzione dei canali adduttori e delle aree verdi, in Comune di Roma. Progetto n. 19 del 20/03/2019 </t>
+        </is>
       </c>
       <c r="C177" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="D177" t="s">
-        <v>280</v>
+        <v>270</v>
       </c>
       <c r="E177" s="2">
-        <v>43769</v>
-[...5 lines deleted...]
-        <v>43823</v>
+        <v>43846</v>
       </c>
     </row>
     <row r="178">
       <c r="A178">
-        <v>1927</v>
+        <v>1963</v>
       </c>
       <c r="B178" t="s">
-        <v>282</v>
+        <v>271</v>
       </c>
       <c r="C178" t="s">
-        <v>283</v>
+        <v>272</v>
       </c>
       <c r="D178" t="s">
-        <v>284</v>
+        <v>273</v>
       </c>
       <c r="E178" s="2">
-        <v>43787</v>
+        <v>43735</v>
       </c>
     </row>
     <row r="179">
       <c r="A179">
-        <v>1915</v>
+        <v>1961</v>
       </c>
       <c r="B179" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier n. “LI-ES2-2470214”. Intervento A0100E0205 presso la “Scuola Media Ettore Sacconi” nel Comune di Tarquinia(VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2019. CUP F83C15000000006 – CIG 783229564C</t>
+          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento dei servizi di stampa, imbustamento e postalizzazione degli avvisi bonari per il recupero dell’evasione dei ticket sanitari relativi alle prestazioni di specialistica ambulatoriale e farmaceutica erogate dagli Enti del S.S.R. di Regione Lazio</t>
         </is>
       </c>
       <c r="C179" t="s">
-        <v>285</v>
+        <v>274</v>
       </c>
       <c r="D179" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="E179" s="2">
-        <v>43640</v>
+        <v>43798</v>
       </c>
     </row>
     <row r="180">
       <c r="A180">
-        <v>1912</v>
-[...4 lines deleted...]
-        </is>
+        <v>1942</v>
+      </c>
+      <c r="B180" t="s">
+        <v>276</v>
       </c>
       <c r="C180" t="s">
-        <v>287</v>
+        <v>277</v>
       </c>
       <c r="D180" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c r="E180" s="2">
-        <v>43664</v>
+        <v>44022</v>
       </c>
       <c r="F180" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
       <c r="G180" s="2">
-        <v>43746</v>
+        <v>44039</v>
+      </c>
+      <c r="H180" t="s">
+        <v>280</v>
+      </c>
+      <c r="I180" s="2">
+        <v>44193</v>
+      </c>
+      <c r="J180" t="s">
+        <v>281</v>
+      </c>
+      <c r="K180" s="2">
+        <v>44196</v>
       </c>
     </row>
     <row r="181">
       <c r="A181">
-        <v>1908</v>
-[...4 lines deleted...]
-        </is>
+        <v>1938</v>
+      </c>
+      <c r="B181" t="s">
+        <v>282</v>
       </c>
       <c r="C181" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="D181" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="E181" s="2">
-        <v>43866</v>
+        <v>43769</v>
+      </c>
+      <c r="F181" t="s">
+        <v>285</v>
+      </c>
+      <c r="G181" s="2">
+        <v>43823</v>
       </c>
     </row>
     <row r="182">
       <c r="A182">
-        <v>1904</v>
+        <v>1927</v>
       </c>
       <c r="B182" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="C182" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D182" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="E182" s="2">
-        <v>43530</v>
+        <v>43787</v>
       </c>
     </row>
     <row r="183">
       <c r="A183">
-        <v>1903</v>
+        <v>1915</v>
       </c>
       <c r="B183" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile" Azione 4.1.1. Intervento A0100E0125 - LI-ES2-2620312 - SCUOLA ELEMENTARE E MATERNA MARIANGELA VIRGILI – Comune di Ronciglione (VT) – Determina a contrarre per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di incarico – contratto - CUP - F34D16000010006. Rettifica Determinazione n° G14058 del 06/11/2018.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier n. “LI-ES2-2470214”. Intervento A0100E0205 presso la “Scuola Media Ettore Sacconi” nel Comune di Tarquinia(VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2019. CUP F83C15000000006 – CIG 783229564C</t>
         </is>
       </c>
       <c r="C183" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="D183" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="E183" s="2">
-        <v>43916</v>
-[...17 lines deleted...]
-        <v>43650</v>
+        <v>43640</v>
       </c>
     </row>
     <row r="184">
       <c r="A184">
-        <v>1902</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>1912</v>
+      </c>
+      <c r="B184" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici ecc..". Intervento A0100E0452 - LI-ES2-20160115-0820168 - presso il "Plesso scolastico Risorgimento" sito nel Comune di Frascati (RM). Determina a contrarre per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione., ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara–schema contratto. Impegno su Capitoli: A42200-A42201-A42202, codice cred. 3805, e A42134-A42135-A42136, codice cred. 159683, E.F. 2019. CUP F17D17000230009 – CIG 781017584B</t>
+        </is>
       </c>
       <c r="C184" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
       <c r="D184" t="s">
-        <v>302</v>
+        <v>292</v>
       </c>
       <c r="E184" s="2">
-        <v>43886</v>
+        <v>43664</v>
       </c>
       <c r="F184" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="G184" s="2">
-        <v>43802</v>
+        <v>43746</v>
       </c>
     </row>
     <row r="185">
       <c r="A185">
-        <v>1901</v>
-[...2 lines deleted...]
-        <v>304</v>
+        <v>1908</v>
+      </c>
+      <c r="B185" t="inlineStr">
+        <is>
+          <t>Avviso pubblico per la costituzione di un elenco di operatori economici da invitare alle procedure negoziate ai sensi dell'art. 36 comma 2 del D.lgs. 50/2016, relative all'affidamento dei servizi di abbattimento di manufatti precari abusivi e successiva pulizia delle aree demaniali dei fiumi Tevere ed Aniene, ricadenti nel territorio comunale di Roma Capitale.</t>
+        </is>
       </c>
       <c r="C185" t="s">
-        <v>305</v>
+        <v>294</v>
       </c>
       <c r="D185" t="s">
-        <v>306</v>
+        <v>295</v>
       </c>
       <c r="E185" s="2">
-        <v>43524</v>
+        <v>43866</v>
       </c>
     </row>
     <row r="186">
       <c r="A186">
-        <v>1895</v>
-[...4 lines deleted...]
-        </is>
+        <v>1904</v>
+      </c>
+      <c r="B186" t="s">
+        <v>296</v>
       </c>
       <c r="C186" t="s">
-        <v>307</v>
+        <v>297</v>
       </c>
       <c r="D186" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
       <c r="E186" s="2">
-        <v>43514</v>
+        <v>43530</v>
       </c>
     </row>
     <row r="187">
       <c r="A187">
-        <v>1889</v>
+        <v>1903</v>
       </c>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta, ai sensi dell’art. 60 del d. lgs. n° 50/2016 e s.m.i., per l’affidamento del servizio di valutazione del programma di reindustrializzazione del Lazio (attivita’ V_1 e V_2 del Piano di valutazione del POR FESR 2014-2020)
-</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile" Azione 4.1.1. Intervento A0100E0125 - LI-ES2-2620312 - SCUOLA ELEMENTARE E MATERNA MARIANGELA VIRGILI – Comune di Ronciglione (VT) – Determina a contrarre per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di incarico – contratto - CUP - F34D16000010006. Rettifica Determinazione n° G14058 del 06/11/2018.</t>
         </is>
       </c>
       <c r="C187" t="s">
-        <v>309</v>
+        <v>299</v>
       </c>
       <c r="D187" t="s">
-        <v>310</v>
+        <v>300</v>
       </c>
       <c r="E187" s="2">
-        <v>43600</v>
+        <v>43916</v>
+      </c>
+      <c r="F187" t="s">
+        <v>301</v>
+      </c>
+      <c r="G187" s="2">
+        <v>43936</v>
+      </c>
+      <c r="H187" t="s">
+        <v>302</v>
+      </c>
+      <c r="I187" s="2">
+        <v>43998</v>
+      </c>
+      <c r="J187" t="s">
+        <v>303</v>
+      </c>
+      <c r="K187" s="2">
+        <v>43650</v>
       </c>
     </row>
     <row r="188">
       <c r="A188">
-        <v>1887</v>
+        <v>1902</v>
       </c>
       <c r="B188" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="C188" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="D188"/>
+        <v>305</v>
+      </c>
+      <c r="D188" t="s">
+        <v>306</v>
+      </c>
       <c r="E188" s="2">
-        <v>44508</v>
+        <v>43886</v>
       </c>
       <c r="F188" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="G188" s="2">
-        <v>43966</v>
+        <v>43802</v>
       </c>
     </row>
     <row r="189">
       <c r="A189">
-        <v>1885</v>
-[...4 lines deleted...]
-        </is>
+        <v>1901</v>
+      </c>
+      <c r="B189" t="s">
+        <v>308</v>
       </c>
       <c r="C189" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="D189" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="E189" s="2">
-        <v>43640</v>
-[...5 lines deleted...]
-        <v>44068</v>
+        <v>43524</v>
       </c>
     </row>
     <row r="190">
       <c r="A190">
-        <v>1883</v>
-[...2 lines deleted...]
-        <v>317</v>
+        <v>1895</v>
+      </c>
+      <c r="B190" t="inlineStr">
+        <is>
+          <t>Procedura aperta ex art. 60 del d.lgs. 50/2016 svolta con modalità telematica, finalizzata alla stipula di un Accordo Quadro di cui all’art. 54 del d.lgs. n. 50/2016 con un solo operatore economico avente ad oggetto lavori di manutenzione ordinaria degli impianti idrovori di Corcolle e Pratolungo sul fiume Aniene - Comune di Roma - CIG 7674840652 – Provvedimento di ammissione ed esclusione dei partecipanti alla procedura di gara ai sensi dell’art. 29, comma 1 del d.lgs.50/2016 e ss.mm.ii.</t>
+        </is>
       </c>
       <c r="C190" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="D190" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
       <c r="E190" s="2">
-        <v>43472</v>
+        <v>43514</v>
       </c>
     </row>
     <row r="191">
       <c r="A191">
-        <v>1875</v>
+        <v>1889</v>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Procedura aperta, ai sensi dell'art. 60 del D.lgs. 50/2016 e ss.mm.ii., sopra soglia comunitaria, per l'affidamento dell'incarico di progettazione definitiva ed esecutiva, compresa relazione geologica e dell'incarico di direzione lavori e coordinamento della sicurezza in fase di progettazione ed esecuzione, relativo ai lavori di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Determina a contrarre ed approvazione degli atti di gara. CUP: F78118000070008 - CIG: 7707767A89.</t>
+          <t>Gara comunitaria a procedura aperta, ai sensi dell’art. 60 del d. lgs. n° 50/2016 e s.m.i., per l’affidamento del servizio di valutazione del programma di reindustrializzazione del Lazio (attivita’ V_1 e V_2 del Piano di valutazione del POR FESR 2014-2020)
+</t>
         </is>
       </c>
       <c r="C191" t="s">
-        <v>320</v>
+        <v>313</v>
       </c>
       <c r="D191" t="s">
-        <v>321</v>
+        <v>314</v>
       </c>
       <c r="E191" s="2">
-        <v>43508</v>
+        <v>43600</v>
       </c>
     </row>
     <row r="192">
       <c r="A192">
-        <v>1873</v>
-[...4 lines deleted...]
-        </is>
+        <v>1887</v>
+      </c>
+      <c r="B192" t="s">
+        <v>315</v>
       </c>
       <c r="C192" t="s">
-        <v>322</v>
-[...3 lines deleted...]
-      </c>
+        <v>316</v>
+      </c>
+      <c r="D192"/>
       <c r="E192" s="2">
-        <v>43487</v>
+        <v>44508</v>
+      </c>
+      <c r="F192" t="s">
+        <v>317</v>
+      </c>
+      <c r="G192" s="2">
+        <v>43966</v>
       </c>
     </row>
     <row r="193">
       <c r="A193">
-        <v>1867</v>
-[...2 lines deleted...]
-        <v>324</v>
+        <v>1885</v>
+      </c>
+      <c r="B193" t="inlineStr">
+        <is>
+          <t>Procedura di gara per l'affidamento del servizio di Vigilanza Armata presso le sedi istituzionali, gli uffici e gli immobili della Regione Lazio e presso alcune sedi istituzionali di Roma Capitale”.</t>
+        </is>
       </c>
       <c r="C193" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
       <c r="D193" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
       <c r="E193" s="2">
-        <v>43614</v>
+        <v>43640</v>
+      </c>
+      <c r="F193" t="s">
+        <v>320</v>
+      </c>
+      <c r="G193" s="2">
+        <v>44068</v>
       </c>
     </row>
     <row r="194">
       <c r="A194">
-        <v>1865</v>
+        <v>1883</v>
       </c>
       <c r="B194" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="C194" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="D194" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="E194" s="2">
-        <v>43420</v>
+        <v>43472</v>
       </c>
     </row>
     <row r="195">
       <c r="A195">
-        <v>1864</v>
-[...2 lines deleted...]
-        <v>327</v>
+        <v>1875</v>
+      </c>
+      <c r="B195" t="inlineStr">
+        <is>
+          <t>Procedura aperta, ai sensi dell'art. 60 del D.lgs. 50/2016 e ss.mm.ii., sopra soglia comunitaria, per l'affidamento dell'incarico di progettazione definitiva ed esecutiva, compresa relazione geologica e dell'incarico di direzione lavori e coordinamento della sicurezza in fase di progettazione ed esecuzione, relativo ai lavori di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Determina a contrarre ed approvazione degli atti di gara. CUP: F78118000070008 - CIG: 7707767A89.</t>
+        </is>
       </c>
       <c r="C195" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="D195" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="E195" s="2">
-        <v>43420</v>
+        <v>43508</v>
       </c>
     </row>
     <row r="196">
       <c r="A196">
-        <v>1863</v>
-[...2 lines deleted...]
-        <v>332</v>
+        <v>1873</v>
+      </c>
+      <c r="B196" t="inlineStr">
+        <is>
+          <t>Procedura aperta ai sensi dell’art. 60 del d.lgs. n. 50/2016 finalizzata alla stipula di un Accordo Quadro di cui all’art. 54 del d.lgs. n. 50/2016 con un solo operatore economico avente ad oggetto lo sfalcio della vegetazione presente lungo gli argini da Castel Giubileo a Via del Foro Italico e la gestione del servizio di pronto intervento dei n. 6 impianti idrovori presenti in via Salaria sulla sponda sx ed in via Flaminia sulla sponda dx del fiume Tevere in Roma, in occasione degli eventi di piena - CIG 767525197C</t>
+        </is>
       </c>
       <c r="C196" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
       <c r="D196" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="E196" s="2">
-        <v>43420</v>
-[...5 lines deleted...]
-        <v>43420</v>
+        <v>43487</v>
       </c>
     </row>
     <row r="197">
       <c r="A197">
-        <v>1862</v>
+        <v>1867</v>
       </c>
       <c r="B197" t="s">
-        <v>336</v>
+        <v>328</v>
       </c>
       <c r="C197" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="D197" t="s">
-        <v>338</v>
+        <v>330</v>
       </c>
       <c r="E197" s="2">
-        <v>43420</v>
+        <v>43614</v>
       </c>
     </row>
     <row r="198">
       <c r="A198">
-        <v>1859</v>
-[...4 lines deleted...]
-        </is>
+        <v>1865</v>
+      </c>
+      <c r="B198" t="s">
+        <v>331</v>
       </c>
       <c r="C198" t="s">
-        <v>339</v>
+        <v>332</v>
       </c>
       <c r="D198" t="s">
-        <v>340</v>
+        <v>333</v>
       </c>
       <c r="E198" s="2">
-        <v>43504</v>
-[...11 lines deleted...]
-        <v>43684</v>
+        <v>43420</v>
       </c>
     </row>
     <row r="199">
       <c r="A199">
-        <v>1857</v>
-[...4 lines deleted...]
-        </is>
+        <v>1864</v>
+      </c>
+      <c r="B199" t="s">
+        <v>331</v>
       </c>
       <c r="C199" t="s">
-        <v>343</v>
+        <v>334</v>
       </c>
       <c r="D199" t="s">
-        <v>344</v>
+        <v>335</v>
       </c>
       <c r="E199" s="2">
-        <v>43635</v>
+        <v>43420</v>
       </c>
     </row>
     <row r="200">
       <c r="A200">
-        <v>1856</v>
-[...4 lines deleted...]
-        </is>
+        <v>1863</v>
+      </c>
+      <c r="B200" t="s">
+        <v>336</v>
       </c>
       <c r="C200" t="s">
-        <v>345</v>
+        <v>337</v>
       </c>
       <c r="D200" t="s">
-        <v>346</v>
+        <v>338</v>
       </c>
       <c r="E200" s="2">
-        <v>43585</v>
+        <v>43420</v>
+      </c>
+      <c r="F200" t="s">
+        <v>339</v>
+      </c>
+      <c r="G200" s="2">
+        <v>43420</v>
       </c>
     </row>
     <row r="201">
       <c r="A201">
-        <v>1855</v>
-[...4 lines deleted...]
-        </is>
+        <v>1862</v>
+      </c>
+      <c r="B201" t="s">
+        <v>340</v>
       </c>
       <c r="C201" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="D201" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="E201" s="2">
-        <v>43523</v>
-[...5 lines deleted...]
-        <v>43644</v>
+        <v>43420</v>
       </c>
     </row>
     <row r="202">
       <c r="A202">
-        <v>1849</v>
+        <v>1859</v>
       </c>
       <c r="B202" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta, suddivisa in 7 lotti, per l’affidamento di servizi informativi, giornalistici e videogiornalistici, a mezzo di agenzie di stampa, per le Strutture della Regione Lazio: approvazione atti di gara ed indizione della procedura.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0141 - LI-ES2-1860264 - PRESSO SCUOLA ITIS VITERBO (VT) - Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara disciplinare di incarico – contratto -. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP - F84D16000050006</t>
         </is>
       </c>
       <c r="C202" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
       <c r="D202" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="E202" s="2">
-        <v>43493</v>
+        <v>43504</v>
+      </c>
+      <c r="F202" t="s">
+        <v>345</v>
+      </c>
+      <c r="G202" s="2">
+        <v>43644</v>
+      </c>
+      <c r="H202" t="s">
+        <v>346</v>
+      </c>
+      <c r="I202" s="2">
+        <v>43684</v>
       </c>
     </row>
     <row r="203">
       <c r="A203">
-        <v>1838</v>
+        <v>1857</v>
       </c>
       <c r="B203" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2- LI-ES2-0840334- Intervento A0100E0172 presso le Scuole dell'obbligo in Via A. Manzoni "Pio Fedi" nel Comune di Vitorchiano (VT). Rettifica determinazione a contrarre n. G13343 del 23/10/2018. CUP F94D16000020006 – CIG 7839997A2F</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0072 - LI-ES2-2160153 - SCUOLA ELEMENTARE NINO MANFREDI – Comune di Roma – Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara disciplinare di incarico – contratto -. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP - F87D18000550006</t>
         </is>
       </c>
       <c r="C203" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="D203" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="E203" s="2">
-        <v>43592</v>
+        <v>43635</v>
       </c>
     </row>
     <row r="204">
       <c r="A204">
-        <v>1837</v>
-[...2 lines deleted...]
-        <v>354</v>
+        <v>1856</v>
+      </c>
+      <c r="B204" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0041 - LI-ES2-2570213- “Istituto Comprensivo Luigi Fantappie'” Piazza L. Concetti n. 1 nel Comune di Viterbo.Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara disciplinare di incarico – contratto -. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP - F87D17000820006</t>
+        </is>
       </c>
       <c r="C204" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="D204" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="E204" s="2">
-        <v>43607</v>
+        <v>43585</v>
       </c>
     </row>
     <row r="205">
       <c r="A205">
-        <v>1834</v>
+        <v>1855</v>
       </c>
       <c r="B205" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta, ex art. 60 del D.Lgs. 50/16 per la stipula di convenzione/contratto per l’affidamento triennale del servizio di acquisizione ottica delle immagini e logistica per le ricette farmaceutiche della Regione Lazio.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0331 - LI-ES2-2740246 – presso gli Uffici Comunali di Piazza del Popolo Latina (LT) - Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara disciplinare di incarico – contratto -. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP - F22B16000010006</t>
         </is>
       </c>
       <c r="C205" t="s">
-        <v>357</v>
+        <v>351</v>
       </c>
       <c r="D205" t="s">
-        <v>358</v>
+        <v>352</v>
       </c>
       <c r="E205" s="2">
-        <v>43371</v>
+        <v>43523</v>
+      </c>
+      <c r="F205" t="s">
+        <v>353</v>
+      </c>
+      <c r="G205" s="2">
+        <v>43644</v>
       </c>
     </row>
     <row r="206">
       <c r="A206">
-        <v>1828</v>
+        <v>1849</v>
       </c>
       <c r="B206" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0347 –presso la“Scuola primaria Giovanni Pascoli” nel Comune di Sutri (VT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.  CUP: F98E17000050006</t>
+          <t>Gara comunitaria a procedura aperta, suddivisa in 7 lotti, per l’affidamento di servizi informativi, giornalistici e videogiornalistici, a mezzo di agenzie di stampa, per le Strutture della Regione Lazio: approvazione atti di gara ed indizione della procedura.</t>
         </is>
       </c>
       <c r="C206" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="D206" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="E206" s="2">
-        <v>43544</v>
+        <v>43493</v>
       </c>
     </row>
     <row r="207">
       <c r="A207">
-        <v>1826</v>
+        <v>1838</v>
       </c>
       <c r="B207" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0137 - presso “l’Istituto Comprensivo XXV Aprile", Viale A. Gramsci nel Comune di Civita Castellana (VT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F65B17000500006</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2- LI-ES2-0840334- Intervento A0100E0172 presso le Scuole dell'obbligo in Via A. Manzoni "Pio Fedi" nel Comune di Vitorchiano (VT). Rettifica determinazione a contrarre n. G13343 del 23/10/2018. CUP F94D16000020006 – CIG 7839997A2F</t>
         </is>
       </c>
       <c r="C207" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="D207" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="E207" s="2">
-        <v>43566</v>
+        <v>43592</v>
       </c>
     </row>
     <row r="208">
       <c r="A208">
-        <v>1815</v>
-[...4 lines deleted...]
-        </is>
+        <v>1837</v>
+      </c>
+      <c r="B208" t="s">
+        <v>358</v>
       </c>
       <c r="C208" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="D208" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="E208" s="2">
-        <v>43550</v>
-[...11 lines deleted...]
-        <v>43448</v>
+        <v>43607</v>
       </c>
     </row>
     <row r="209">
       <c r="A209">
-        <v>1807</v>
+        <v>1834</v>
       </c>
       <c r="B209" t="inlineStr">
         <is>
-          <t>“Appalto specifico indetto dalla Regione Lazio, per l’affidamento di vaccini anti influenzali – Gara 2018”. ID CONSIP 2012983. Ammissioni ai fini del proseguo della procedura di gara”.</t>
+          <t>Gara comunitaria a procedura aperta, ex art. 60 del D.Lgs. 50/16 per la stipula di convenzione/contratto per l’affidamento triennale del servizio di acquisizione ottica delle immagini e logistica per le ricette farmaceutiche della Regione Lazio.</t>
         </is>
       </c>
       <c r="C209" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="D209" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="E209" s="2">
-        <v>43334</v>
-[...5 lines deleted...]
-        <v>43377</v>
+        <v>43371</v>
       </c>
     </row>
     <row r="210">
       <c r="A210">
-        <v>1790</v>
-[...2 lines deleted...]
-        <v>370</v>
+        <v>1828</v>
+      </c>
+      <c r="B210" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0347 –presso la“Scuola primaria Giovanni Pascoli” nel Comune di Sutri (VT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.  CUP: F98E17000050006</t>
+        </is>
       </c>
       <c r="C210" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D210" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="E210" s="2">
-        <v>43293</v>
+        <v>43544</v>
       </c>
     </row>
     <row r="211">
       <c r="A211">
-        <v>1776</v>
+        <v>1826</v>
       </c>
       <c r="B211" t="inlineStr">
         <is>
-          <t>Gara per l'affidamento, in concessione, ai sensi dell’art. 164 del d. lgs. n. 50/2016 e s.m.i, per la gestione del servizio di erogazione di bevande calde, fredde, snack ed altri generi alimentari mediante l’installazione di distributori automatici - categoria 17 - codice CPV 42933000-5 (distributori automatici) e CPV 15000000-8 (prodotti alimentari e bevande), presso le sedi della regione Lazio.  CIG 74237017DC</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0137 - presso “l’Istituto Comprensivo XXV Aprile", Viale A. Gramsci nel Comune di Civita Castellana (VT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F65B17000500006</t>
         </is>
       </c>
       <c r="C211" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D211" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E211" s="2">
-        <v>43305</v>
+        <v>43566</v>
       </c>
     </row>
     <row r="212">
       <c r="A212">
-        <v>1768</v>
-[...2 lines deleted...]
-        <v>375</v>
+        <v>1815</v>
+      </c>
+      <c r="B212" t="inlineStr">
+        <is>
+          <t>Appalto dei lavori di manutenzione straordinaria per la realizzazione di una stazione carabinieri presso il complesso “Ospedale Forlanini” palazzina 17, via Portuense 332, Roma</t>
+        </is>
       </c>
       <c r="C212" t="s">
-        <v>376</v>
+        <v>367</v>
       </c>
       <c r="D212" t="s">
-        <v>377</v>
+        <v>368</v>
       </c>
       <c r="E212" s="2">
-        <v>43264</v>
+        <v>43550</v>
+      </c>
+      <c r="F212" t="s">
+        <v>369</v>
+      </c>
+      <c r="G212" s="2">
+        <v>43550</v>
+      </c>
+      <c r="H212" t="s">
+        <v>370</v>
+      </c>
+      <c r="I212" s="2">
+        <v>43448</v>
       </c>
     </row>
     <row r="213">
       <c r="A213">
-        <v>1750</v>
-[...2 lines deleted...]
-        <v>378</v>
+        <v>1807</v>
+      </c>
+      <c r="B213" t="inlineStr">
+        <is>
+          <t>“Appalto specifico indetto dalla Regione Lazio, per l’affidamento di vaccini anti influenzali – Gara 2018”. ID CONSIP 2012983. Ammissioni ai fini del proseguo della procedura di gara”.</t>
+        </is>
       </c>
       <c r="C213" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="D213" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="E213" s="2">
-        <v>43411</v>
+        <v>43334</v>
+      </c>
+      <c r="F213" t="s">
+        <v>373</v>
+      </c>
+      <c r="G213" s="2">
+        <v>43377</v>
       </c>
     </row>
     <row r="214">
       <c r="A214">
-        <v>1748</v>
-[...4 lines deleted...]
-        </is>
+        <v>1790</v>
+      </c>
+      <c r="B214" t="s">
+        <v>374</v>
       </c>
       <c r="C214" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
       <c r="D214" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
       <c r="E214" s="2">
-        <v>43223</v>
-[...5 lines deleted...]
-        <v>43284</v>
+        <v>43293</v>
       </c>
     </row>
     <row r="215">
       <c r="A215">
-        <v>1745</v>
+        <v>1776</v>
       </c>
       <c r="B215" t="inlineStr">
         <is>
-          <t>Procedura negoziata per la stipula di un Accordo Quadro (art. 54, D.lgs. 50/16), avente ad oggetto i lavori di messa in sicurezza e di manutenzione delle essenze arboree ubicate sulle fasce frangivento presenti nel territorio di Latina e Provincia – Durata: Biennio 2018-2019</t>
+          <t>Gara per l'affidamento, in concessione, ai sensi dell’art. 164 del d. lgs. n. 50/2016 e s.m.i, per la gestione del servizio di erogazione di bevande calde, fredde, snack ed altri generi alimentari mediante l’installazione di distributori automatici - categoria 17 - codice CPV 42933000-5 (distributori automatici) e CPV 15000000-8 (prodotti alimentari e bevande), presso le sedi della regione Lazio.  CIG 74237017DC</t>
         </is>
       </c>
       <c r="C215" t="s">
-        <v>384</v>
+        <v>377</v>
       </c>
       <c r="D215" t="s">
-        <v>385</v>
+        <v>378</v>
       </c>
       <c r="E215" s="2">
-        <v>43208</v>
-[...5 lines deleted...]
-        <v>43213</v>
+        <v>43305</v>
       </c>
     </row>
     <row r="216">
       <c r="A216">
-        <v>1725</v>
-[...4 lines deleted...]
-        </is>
+        <v>1768</v>
+      </c>
+      <c r="B216" t="s">
+        <v>379</v>
       </c>
       <c r="C216" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
       <c r="D216" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="E216" s="2">
-        <v>43186</v>
+        <v>43264</v>
       </c>
     </row>
     <row r="217">
       <c r="A217">
-        <v>1723</v>
+        <v>1750</v>
       </c>
       <c r="B217" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
       <c r="C217" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="D217" t="s">
-        <v>391</v>
+        <v>384</v>
       </c>
       <c r="E217" s="2">
-        <v>43180</v>
+        <v>43411</v>
       </c>
     </row>
     <row r="218">
       <c r="A218">
-        <v>1722</v>
+        <v>1748</v>
       </c>
       <c r="B218" t="inlineStr">
         <is>
-          <t>Appalto Specifico per la fornitura di medicazioni generali e specialistiche occorrenti alle Aziende Sanitarie della Regione Lazio indetto con Determinazione n. G03692 del 14/04/2016</t>
+          <t>Affidamento dei lavori di: “Mitigazione del rischio idrogeologico dell’abitato in frazione Pace del Comune di Pescorocchiano (RI)” Importo complessivo a base di gara: € 1.469.584,43 oltre IVA, di cui € 1.413.175,87 soggetti a ribasso d’asta ed € 56.408,56 per oneri per la sicurezza non soggetti a ribasso d’asta</t>
         </is>
       </c>
       <c r="C218" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="D218" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="E218" s="2">
-        <v>43420</v>
+        <v>43223</v>
+      </c>
+      <c r="F218" t="s">
+        <v>387</v>
+      </c>
+      <c r="G218" s="2">
+        <v>43284</v>
       </c>
     </row>
     <row r="219">
       <c r="A219">
-        <v>1721</v>
+        <v>1745</v>
       </c>
       <c r="B219" t="inlineStr">
         <is>
-          <t>Procedura di gara mediante adesione al “Sistema” Dinamico di Acquisizione di CONSIP SpA, ai sensi del D.Lgs. 163/2006, per l’affidamento della "Fornitura del servizio di ossigenoterapia domiciliare per i fabbisogni delle Aziende Asl del Lazio”. Procedura suddivisa in n. 6 (sei) lotti funzionali.</t>
+          <t>Procedura negoziata per la stipula di un Accordo Quadro (art. 54, D.lgs. 50/16), avente ad oggetto i lavori di messa in sicurezza e di manutenzione delle essenze arboree ubicate sulle fasce frangivento presenti nel territorio di Latina e Provincia – Durata: Biennio 2018-2019</t>
         </is>
       </c>
       <c r="C219" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="D219" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="E219" s="2">
-        <v>43175</v>
+        <v>43208</v>
       </c>
       <c r="F219" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="G219" s="2">
-        <v>43175</v>
+        <v>43213</v>
       </c>
     </row>
     <row r="220">
       <c r="A220">
-        <v>1720</v>
+        <v>1725</v>
       </c>
       <c r="B220" t="inlineStr">
         <is>
-          <t>Lavori di manutenzione urgente del fiume Rapido per il ripristino dell’officiosità dell’alveo, in comune di Sant’Elia Fiumerapido e a Cassino, dalla località Concentramento fino alla confluenza con la nuova inalveazione.</t>
+          <t>Lavori di S.U. per il ripristino del muro d’argine in sponda destra del fiume Rapido, a salvaguardia della viabilità e delle civili abitazioni, in via Peschiera, comune di Sant’Elia Fiumerapido (FR).</t>
         </is>
       </c>
       <c r="C220" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="D220" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="E220" s="2">
-        <v>43166</v>
+        <v>43186</v>
       </c>
     </row>
     <row r="221">
       <c r="A221">
-        <v>1719</v>
+        <v>1723</v>
       </c>
       <c r="B221" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="C221" t="s">
-        <v>400</v>
-[...1 lines deleted...]
-      <c r="D221"/>
+        <v>394</v>
+      </c>
+      <c r="D221" t="s">
+        <v>395</v>
+      </c>
       <c r="E221" s="2">
-        <v>44462</v>
-[...5 lines deleted...]
-        <v>44316</v>
+        <v>43180</v>
       </c>
     </row>
     <row r="222">
       <c r="A222">
-        <v>1713</v>
+        <v>1722</v>
       </c>
       <c r="B222" t="inlineStr">
         <is>
-          <t>Procedura di gara mediante adesione al “Sistema” Dinamico di Acquisizione di CONSIP SpA, ai sensi dell’art. 55 del D.Lgs. 50/2016, per l’affidamento del “Servizio di pulizia e sanificazione a ridotto impatto ambientale presso le Sedi istituzionali e gli Uffici della Regione Lazio”. Procedura suddivisa in n. 5 (cinque) lotti funzionali.</t>
+          <t>Appalto Specifico per la fornitura di medicazioni generali e specialistiche occorrenti alle Aziende Sanitarie della Regione Lazio indetto con Determinazione n. G03692 del 14/04/2016</t>
         </is>
       </c>
       <c r="C222" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="D222" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="E222" s="2">
-        <v>43112</v>
-[...77 lines deleted...]
-        <v>43091</v>
+        <v>43420</v>
       </c>
     </row>
     <row r="223">
       <c r="A223">
-        <v>1711</v>
-[...2 lines deleted...]
-        <v>417</v>
+        <v>1721</v>
+      </c>
+      <c r="B223" t="inlineStr">
+        <is>
+          <t>Procedura di gara mediante adesione al “Sistema” Dinamico di Acquisizione di CONSIP SpA, ai sensi del D.Lgs. 163/2006, per l’affidamento della "Fornitura del servizio di ossigenoterapia domiciliare per i fabbisogni delle Aziende Asl del Lazio”. Procedura suddivisa in n. 6 (sei) lotti funzionali.</t>
+        </is>
       </c>
       <c r="C223" t="s">
-        <v>418</v>
+        <v>398</v>
       </c>
       <c r="D223" t="s">
-        <v>419</v>
+        <v>399</v>
       </c>
       <c r="E223" s="2">
-        <v>43992</v>
+        <v>43175</v>
       </c>
       <c r="F223" t="s">
-        <v>420</v>
+        <v>400</v>
       </c>
       <c r="G223" s="2">
-        <v>43718</v>
-[...5 lines deleted...]
-        <v>43802</v>
+        <v>43175</v>
       </c>
     </row>
     <row r="224">
       <c r="A224">
-        <v>1708</v>
+        <v>1720</v>
       </c>
       <c r="B224" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0330 - LI-ES2-2740248- Scuola Media 'Aldo Manuzio' di Latina Scalo (LT). Rettifica Determina a contrarre n. G13081 del 17/10/2018 per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione ed approvazione degli schemi di: lettera di invito, offerta economica e tempo, schema disciplinare di incarico, domanda di partecipazione. CUP: F24D17000010006 CIG 78055900A4</t>
+          <t>Lavori di manutenzione urgente del fiume Rapido per il ripristino dell’officiosità dell’alveo, in comune di Sant’Elia Fiumerapido e a Cassino, dalla località Concentramento fino alla confluenza con la nuova inalveazione.</t>
         </is>
       </c>
       <c r="C224" t="s">
-        <v>422</v>
+        <v>401</v>
       </c>
       <c r="D224" t="s">
-        <v>423</v>
+        <v>402</v>
       </c>
       <c r="E224" s="2">
-        <v>43607</v>
-[...5 lines deleted...]
-        <v>43641</v>
+        <v>43166</v>
       </c>
     </row>
     <row r="225">
       <c r="A225">
-        <v>1698</v>
-[...4 lines deleted...]
-        </is>
+        <v>1719</v>
+      </c>
+      <c r="B225" t="s">
+        <v>403</v>
       </c>
       <c r="C225" t="s">
-        <v>425</v>
-[...3 lines deleted...]
-      </c>
+        <v>404</v>
+      </c>
+      <c r="D225"/>
       <c r="E225" s="2">
-        <v>43080</v>
+        <v>44462</v>
       </c>
       <c r="F225" t="s">
-        <v>427</v>
+        <v>405</v>
       </c>
       <c r="G225" s="2">
-        <v>43105</v>
-[...11 lines deleted...]
-        <v>43080</v>
+        <v>44316</v>
       </c>
     </row>
     <row r="226">
       <c r="A226">
-        <v>1697</v>
+        <v>1713</v>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t>Interventi di manutenzione ordinaria, straordinaria e riqualificazione architettonica sul patrimonio immobiliare in proprietà e in uso della Regione Lazio - Lotto Roma Nord</t>
+          <t>Procedura di gara mediante adesione al “Sistema” Dinamico di Acquisizione di CONSIP SpA, ai sensi dell’art. 55 del D.Lgs. 50/2016, per l’affidamento del “Servizio di pulizia e sanificazione a ridotto impatto ambientale presso le Sedi istituzionali e gli Uffici della Regione Lazio”. Procedura suddivisa in n. 5 (cinque) lotti funzionali.</t>
         </is>
       </c>
       <c r="C226" t="s">
-        <v>430</v>
+        <v>406</v>
       </c>
       <c r="D226" t="s">
-        <v>426</v>
+        <v>407</v>
       </c>
       <c r="E226" s="2">
-        <v>43080</v>
+        <v>43112</v>
       </c>
       <c r="F226" t="s">
-        <v>431</v>
+        <v>408</v>
       </c>
       <c r="G226" s="2">
-        <v>43080</v>
+        <v>43117</v>
+      </c>
+      <c r="H226" t="s">
+        <v>409</v>
+      </c>
+      <c r="I226" s="2">
+        <v>43126</v>
+      </c>
+      <c r="J226" t="s">
+        <v>410</v>
+      </c>
+      <c r="K226" s="2">
+        <v>43126</v>
+      </c>
+      <c r="L226" t="s">
+        <v>411</v>
+      </c>
+      <c r="M226" s="2">
+        <v>43146</v>
+      </c>
+      <c r="N226" t="s">
+        <v>412</v>
+      </c>
+      <c r="O226" s="2">
+        <v>43146</v>
+      </c>
+      <c r="P226" t="s">
+        <v>413</v>
+      </c>
+      <c r="Q226" s="2">
+        <v>43538</v>
+      </c>
+      <c r="R226" t="s">
+        <v>414</v>
+      </c>
+      <c r="S226" s="2">
+        <v>43173</v>
+      </c>
+      <c r="T226" t="s">
+        <v>415</v>
+      </c>
+      <c r="U226" s="2">
+        <v>43621</v>
+      </c>
+      <c r="V226" t="s">
+        <v>416</v>
+      </c>
+      <c r="W226" s="2">
+        <v>43278</v>
+      </c>
+      <c r="X226" t="s">
+        <v>417</v>
+      </c>
+      <c r="Y226" s="2">
+        <v>43299</v>
+      </c>
+      <c r="Z226" t="s">
+        <v>418</v>
+      </c>
+      <c r="AA226" s="2">
+        <v>43432</v>
+      </c>
+      <c r="AB226" t="s">
+        <v>419</v>
+      </c>
+      <c r="AC226" s="2">
+        <v>43446</v>
+      </c>
+      <c r="AD226" t="s">
+        <v>420</v>
+      </c>
+      <c r="AE226" s="2">
+        <v>43091</v>
       </c>
     </row>
     <row r="227">
       <c r="A227">
-        <v>1693</v>
-[...4 lines deleted...]
-        </is>
+        <v>1711</v>
+      </c>
+      <c r="B227" t="s">
+        <v>421</v>
       </c>
       <c r="C227" t="s">
-        <v>432</v>
+        <v>422</v>
       </c>
       <c r="D227" t="s">
-        <v>433</v>
+        <v>423</v>
       </c>
       <c r="E227" s="2">
-        <v>43131</v>
+        <v>43992</v>
       </c>
       <c r="F227" t="s">
-        <v>434</v>
+        <v>424</v>
       </c>
       <c r="G227" s="2">
-        <v>43532</v>
+        <v>43718</v>
       </c>
       <c r="H227" t="s">
-        <v>435</v>
+        <v>425</v>
       </c>
       <c r="I227" s="2">
-        <v>43447</v>
+        <v>43802</v>
       </c>
     </row>
     <row r="228">
       <c r="A228">
-        <v>1691</v>
+        <v>1708</v>
       </c>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Servizi di manutenzione ordinaria e straordinaria da adottare sull'asta del fiume Tevere, da Castel Giubileo all'Isola Tiberina, finalizzate al mantenimento delle pertinenze idrauliche per decoro urbano di Roma Capitale. Perizia n.303 del 11/11/2014</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0330 - LI-ES2-2740248- Scuola Media 'Aldo Manuzio' di Latina Scalo (LT). Rettifica Determina a contrarre n. G13081 del 17/10/2018 per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione ed approvazione degli schemi di: lettera di invito, offerta economica e tempo, schema disciplinare di incarico, domanda di partecipazione. CUP: F24D17000010006 CIG 78055900A4</t>
         </is>
       </c>
       <c r="C228" t="s">
-        <v>436</v>
+        <v>426</v>
       </c>
       <c r="D228" t="s">
-        <v>437</v>
+        <v>427</v>
       </c>
       <c r="E228" s="2">
-        <v>43004</v>
+        <v>43607</v>
+      </c>
+      <c r="F228" t="s">
+        <v>428</v>
+      </c>
+      <c r="G228" s="2">
+        <v>43641</v>
       </c>
     </row>
     <row r="229">
       <c r="A229">
-        <v>1690</v>
-[...2 lines deleted...]
-        <v>438</v>
+        <v>1698</v>
+      </c>
+      <c r="B229" t="inlineStr">
+        <is>
+          <t>Interventi di manutenzione ordinaria, straordinaria e riqualificazione architettonica sul patrimonio immobiliare in proprietà e in uso della Regione Lazio - Lotto Roma Sud</t>
+        </is>
       </c>
       <c r="C229" t="s">
-        <v>439</v>
+        <v>429</v>
       </c>
       <c r="D229" t="s">
-        <v>440</v>
+        <v>430</v>
       </c>
       <c r="E229" s="2">
-        <v>43174</v>
+        <v>43080</v>
+      </c>
+      <c r="F229" t="s">
+        <v>431</v>
+      </c>
+      <c r="G229" s="2">
+        <v>43105</v>
+      </c>
+      <c r="H229" t="s">
+        <v>432</v>
+      </c>
+      <c r="I229" s="2">
+        <v>43080</v>
+      </c>
+      <c r="J229" t="s">
+        <v>433</v>
+      </c>
+      <c r="K229" s="2">
+        <v>43080</v>
       </c>
     </row>
     <row r="230">
       <c r="A230">
-        <v>1630</v>
+        <v>1697</v>
       </c>
       <c r="B230" t="inlineStr">
         <is>
-          <t>Appalto Specifico per la fornitura di prodotti farmaceutici utilizzati in ambito ospedaliero e per la distribuzione diretta occorrenti alle Aziende Sanitarie della Regione Lazio. Approvazione schemi atti e indizione gara</t>
+          <t>Interventi di manutenzione ordinaria, straordinaria e riqualificazione architettonica sul patrimonio immobiliare in proprietà e in uso della Regione Lazio - Lotto Roma Nord</t>
         </is>
       </c>
       <c r="C230" t="s">
-        <v>441</v>
+        <v>434</v>
       </c>
       <c r="D230" t="s">
-        <v>442</v>
+        <v>430</v>
       </c>
       <c r="E230" s="2">
-        <v>43172</v>
+        <v>43080</v>
       </c>
       <c r="F230" t="s">
-        <v>443</v>
+        <v>435</v>
       </c>
       <c r="G230" s="2">
-        <v>43368</v>
+        <v>43080</v>
       </c>
     </row>
     <row r="231">
       <c r="A231">
-        <v>1579</v>
-[...2 lines deleted...]
-        <v>444</v>
+        <v>1693</v>
+      </c>
+      <c r="B231" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura triennale di aghi e siringhe occorrenti alle Aziende Sanitarie della Regione Lazio. Approvazione atti e indizione gara.</t>
+        </is>
       </c>
       <c r="C231" t="s">
-        <v>445</v>
+        <v>436</v>
       </c>
       <c r="D231" t="s">
-        <v>446</v>
+        <v>437</v>
       </c>
       <c r="E231" s="2">
-        <v>43024</v>
+        <v>43131</v>
+      </c>
+      <c r="F231" t="s">
+        <v>438</v>
+      </c>
+      <c r="G231" s="2">
+        <v>43532</v>
+      </c>
+      <c r="H231" t="s">
+        <v>439</v>
+      </c>
+      <c r="I231" s="2">
+        <v>43447</v>
       </c>
     </row>
     <row r="232">
       <c r="A232">
-        <v>1578</v>
+        <v>1691</v>
       </c>
       <c r="B232" t="inlineStr">
         <is>
-          <t>Lavori urgenti di consolidamento della sponda dx del fiume Tevere, nel tratto a monte degli Uffici della Riserva Naturale Regionale Nazzano – Tevere – Farfa. Progetto n. 335 del 20 ottobre 2016. </t>
+          <t>Servizi di manutenzione ordinaria e straordinaria da adottare sull'asta del fiume Tevere, da Castel Giubileo all'Isola Tiberina, finalizzate al mantenimento delle pertinenze idrauliche per decoro urbano di Roma Capitale. Perizia n.303 del 11/11/2014</t>
         </is>
       </c>
       <c r="C232" t="s">
-        <v>447</v>
+        <v>440</v>
       </c>
       <c r="D232" t="s">
-        <v>448</v>
+        <v>441</v>
       </c>
       <c r="E232" s="2">
-        <v>42886</v>
+        <v>43004</v>
       </c>
     </row>
     <row r="233">
       <c r="A233">
-        <v>1577</v>
+        <v>1690</v>
       </c>
       <c r="B233" t="s">
-        <v>449</v>
+        <v>442</v>
       </c>
       <c r="C233" t="s">
-        <v>450</v>
+        <v>443</v>
       </c>
       <c r="D233" t="s">
-        <v>451</v>
+        <v>444</v>
       </c>
       <c r="E233" s="2">
-        <v>42947</v>
+        <v>43174</v>
       </c>
     </row>
     <row r="234">
       <c r="A234">
-        <v>1576</v>
-[...2 lines deleted...]
-        <v>452</v>
+        <v>1630</v>
+      </c>
+      <c r="B234" t="inlineStr">
+        <is>
+          <t>Appalto Specifico per la fornitura di prodotti farmaceutici utilizzati in ambito ospedaliero e per la distribuzione diretta occorrenti alle Aziende Sanitarie della Regione Lazio. Approvazione schemi atti e indizione gara</t>
+        </is>
       </c>
       <c r="C234" t="s">
-        <v>453</v>
+        <v>445</v>
       </c>
       <c r="D234" t="s">
-        <v>454</v>
+        <v>446</v>
       </c>
       <c r="E234" s="2">
-        <v>42947</v>
+        <v>43172</v>
+      </c>
+      <c r="F234" t="s">
+        <v>447</v>
+      </c>
+      <c r="G234" s="2">
+        <v>43368</v>
       </c>
     </row>
     <row r="235">
       <c r="A235">
-        <v>1575</v>
+        <v>1579</v>
       </c>
       <c r="B235" t="s">
-        <v>455</v>
+        <v>448</v>
       </c>
       <c r="C235" t="s">
-        <v>456</v>
+        <v>449</v>
       </c>
       <c r="D235" t="s">
-        <v>457</v>
+        <v>450</v>
       </c>
       <c r="E235" s="2">
-        <v>42947</v>
+        <v>43024</v>
       </c>
     </row>
     <row r="236">
       <c r="A236">
+        <v>1578</v>
+      </c>
+      <c r="B236" t="inlineStr">
+        <is>
+          <t>Lavori urgenti di consolidamento della sponda dx del fiume Tevere, nel tratto a monte degli Uffici della Riserva Naturale Regionale Nazzano – Tevere – Farfa. Progetto n. 335 del 20 ottobre 2016. </t>
+        </is>
+      </c>
+      <c r="C236" t="s">
+        <v>451</v>
+      </c>
+      <c r="D236" t="s">
+        <v>452</v>
+      </c>
+      <c r="E236" s="2">
+        <v>42886</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237">
+        <v>1577</v>
+      </c>
+      <c r="B237" t="s">
+        <v>453</v>
+      </c>
+      <c r="C237" t="s">
+        <v>454</v>
+      </c>
+      <c r="D237" t="s">
+        <v>455</v>
+      </c>
+      <c r="E237" s="2">
+        <v>42947</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238">
+        <v>1576</v>
+      </c>
+      <c r="B238" t="s">
+        <v>456</v>
+      </c>
+      <c r="C238" t="s">
+        <v>457</v>
+      </c>
+      <c r="D238" t="s">
+        <v>458</v>
+      </c>
+      <c r="E238" s="2">
+        <v>42947</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239">
+        <v>1575</v>
+      </c>
+      <c r="B239" t="s">
+        <v>459</v>
+      </c>
+      <c r="C239" t="s">
+        <v>460</v>
+      </c>
+      <c r="D239" t="s">
+        <v>461</v>
+      </c>
+      <c r="E239" s="2">
+        <v>42947</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240">
         <v>1574</v>
       </c>
-      <c r="B236" t="s">
-[...8 lines deleted...]
-      <c r="E236" s="2">
+      <c r="B240" t="s">
+        <v>462</v>
+      </c>
+      <c r="C240" t="s">
+        <v>463</v>
+      </c>
+      <c r="D240" t="s">
+        <v>464</v>
+      </c>
+      <c r="E240" s="2">
         <v>42947</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>