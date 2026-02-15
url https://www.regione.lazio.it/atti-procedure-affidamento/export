--- v4 (2026-01-06)
+++ v5 (2026-02-15)
@@ -1,81 +1,196 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/_rels/sheet1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1931" uniqueCount="1931">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1975" uniqueCount="1975">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Anno</t>
   </si>
   <si>
     <t>Oggetto</t>
   </si>
   <si>
     <t>Cig</t>
   </si>
   <si>
     <t>Data aggiornamento</t>
   </si>
   <si>
     <t>Note</t>
   </si>
   <si>
     <t>non presente</t>
   </si>
   <si>
+    <t>Legge regionale n. 19/2024 - Adesione all'accordo quadro(SAC3) - lotto 1</t>
+  </si>
+  <si>
+    <t>B9C77E19D3</t>
+  </si>
+  <si>
+    <t>B933403630</t>
+  </si>
+  <si>
+    <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023rnper il servizio di coffee break e lunch per il Comitato di Sorveglianza 2025</t>
+  </si>
+  <si>
+    <t>A0969S0001</t>
+  </si>
+  <si>
+    <t>Affidamento del servizio di ideazione grafica e testuale di tre messaggi pubblicitari da esporre sui mezzi di trasporto pubblico di COTRAL S.p.A.</t>
+  </si>
+  <si>
+    <t>B8C3F78C71</t>
+  </si>
+  <si>
+    <t>Partecipazione della Regione Lazio alla manifestazione internazionale Travel &amp;amp; Adventure Show 2026, in programma a New York dal 24 al 25 gennaio 2026.</t>
+  </si>
+  <si>
+    <t>BA00306344</t>
+  </si>
+  <si>
+    <t>Partecipazione della Regione Lazio alla manifestazione EMITT ISTANBUL 2026, in programma a Istanbul dal 5 al 7 febbraio 2026.</t>
+  </si>
+  <si>
+    <t>B9F7CD9991</t>
+  </si>
+  <si>
+    <t>Partecipazione della Regione Lazio alla manifestazione FITUR 2026, in programma a Madrid dal 21 al 25 gennaio 2026.</t>
+  </si>
+  <si>
+    <t>B9E8A17512; B9F757B532; B9F75BFD4D</t>
+  </si>
+  <si>
+    <t>B9D9A6143F</t>
+  </si>
+  <si>
+    <t>B936E3D303</t>
+  </si>
+  <si>
+    <t>B977045832</t>
+  </si>
+  <si>
+    <t>B95661C1C1</t>
+  </si>
+  <si>
+    <t>B8A9B8B3D2</t>
+  </si>
+  <si>
+    <t>B9F6D33FB4</t>
+  </si>
+  <si>
+    <t>B95A0FB6BB</t>
+  </si>
+  <si>
+    <t>B9208763BA</t>
+  </si>
+  <si>
+    <t>B9D0C29769</t>
+  </si>
+  <si>
+    <t>B58B8DBF66</t>
+  </si>
+  <si>
+    <t>B898DE1B27</t>
+  </si>
+  <si>
+    <t>B9C25AE499</t>
+  </si>
+  <si>
+    <t>B73649F2BA</t>
+  </si>
+  <si>
+    <t>B506E889AF</t>
+  </si>
+  <si>
+    <t>B90017BD00</t>
+  </si>
+  <si>
+    <t>B96E58DEC2</t>
+  </si>
+  <si>
+    <t>B8D20BD26B</t>
+  </si>
+  <si>
+    <t>B86CEB6562</t>
+  </si>
+  <si>
+    <t>B97101DE6C</t>
+  </si>
+  <si>
+    <t>B978CC7EB0</t>
+  </si>
+  <si>
+    <t>B7DD328E51</t>
+  </si>
+  <si>
+    <t>B9AD8B1A31</t>
+  </si>
+  <si>
+    <t>B92554DCBD</t>
+  </si>
+  <si>
+    <t>B9D22B7445; B9D22B8518; B9D22B95EB; B9D22BA6BE; B9D22BB791; B9D22BC864; B9D22BD937; B9D22BEA0A; B9D22BFADD</t>
+  </si>
+  <si>
+    <t>B8C19B63D1</t>
+  </si>
+  <si>
     <t>B96842903D</t>
   </si>
   <si>
     <t>B968413E11</t>
   </si>
   <si>
     <t>B963F24B4E</t>
   </si>
   <si>
     <t>9540113E49, 98742443EC</t>
   </si>
   <si>
     <t>B936E03326</t>
   </si>
   <si>
     <t>B936E02253</t>
   </si>
   <si>
     <t>B9355193DB</t>
   </si>
   <si>
     <t>B93E01ECD1</t>
   </si>
   <si>
     <t>B95F1CB702</t>
@@ -161,50 +276,53 @@
   <si>
     <t>B8CF0463D6</t>
   </si>
   <si>
     <t>B8F82C7DF7</t>
   </si>
   <si>
     <t>B9059C04A5</t>
   </si>
   <si>
     <t>B8CB095486</t>
   </si>
   <si>
     <t>B91CE85326</t>
   </si>
   <si>
     <t>B905870F5B</t>
   </si>
   <si>
     <t>B925F65123</t>
   </si>
   <si>
     <t>B6317B9D06</t>
   </si>
   <si>
+    <t>B92A63B5C8</t>
+  </si>
+  <si>
     <t>Il CIG verrà acquisito telematicamente, così come previsto dall’articolo 225, commi 1 e 2 del decreto legislativo del 31/03/2023, n. 3</t>
   </si>
   <si>
     <t>B910550892</t>
   </si>
   <si>
     <t>Affidamento diretto su S.TEL.LA, ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. 36/2023, per la fornitura di arredi per la Sala Tevere.</t>
   </si>
   <si>
     <t>B876FD4AA7</t>
   </si>
   <si>
     <t>B88A9E2530</t>
   </si>
   <si>
     <t>B7C2CDE270</t>
   </si>
   <si>
     <t>B8D781AA97</t>
   </si>
   <si>
     <t>B325EDEFFA</t>
   </si>
   <si>
     <t>B55ED5CD36</t>
@@ -251,65 +369,71 @@
   <si>
     <t>B89C1966AD</t>
   </si>
   <si>
     <t>B89C5509F0</t>
   </si>
   <si>
     <t>B8CF5EDF7B</t>
   </si>
   <si>
     <t>B87595CFF2</t>
   </si>
   <si>
     <t>B85C513F85</t>
   </si>
   <si>
     <t>B781F2DDEF</t>
   </si>
   <si>
     <t>B7D9E76208</t>
   </si>
   <si>
     <t>B894D578C5</t>
   </si>
   <si>
-    <t>B8E6B7E4C9</t>
+    <t>B8D4E4ECAB</t>
   </si>
   <si>
     <t>B8765D8D57</t>
   </si>
   <si>
     <t>Affidamento servizio di supporto per la validazione dei PEF 2026-2029 dei gestori degli impianti in applicazione del Metodo Tariffario Rifiuti (MTR-3 ARERA)</t>
   </si>
   <si>
     <t>B8DB32B8D6</t>
   </si>
   <si>
     <t>B8DACE290C</t>
   </si>
   <si>
+    <t>Acquisto dell''abbonamento al periodico "La Protezione civile italiana", Edizioni Nazionali S.r.l., per la durata di 12 mesi.&amp;nbsp;</t>
+  </si>
+  <si>
+    <t>B81602D3DF</t>
+  </si>
+  <si>
     <t>Affidamento diretto in favore di XONEX SRL" per realizzazione della campagna di promozione per la diffusione del servizio N.U.E. 112.</t>
   </si>
   <si>
     <t>Affidamento diretto in favore di "TADÀN PRODUZIONI SRLS"" per realizzazione della campagna di promozione per la diffusione del servizio N.U.E. 112.</t>
   </si>
   <si>
     <t>B8C4A39C4A</t>
   </si>
   <si>
     <t>B81290E71A</t>
   </si>
   <si>
     <t>B52605497</t>
   </si>
   <si>
     <t>B71A84C7BA</t>
   </si>
   <si>
     <t>B7ED79CD18</t>
   </si>
   <si>
     <t>B7865AA925</t>
   </si>
   <si>
     <t>Servizi di gestione per attività idrografiche per esecuzione di vibrocarotaggi sui fondali marini al traverso di Anzio.</t>
@@ -365,51 +489,51 @@
   <si>
     <t>B293A6CA76</t>
   </si>
   <si>
     <t>B266725C6B</t>
   </si>
   <si>
     <t>B1C046D123</t>
   </si>
   <si>
     <t>Ricarica delle scogliere esistenti in località Capo d'Anzio (RM)</t>
   </si>
   <si>
     <t>B92F94084F</t>
   </si>
   <si>
     <t>Manifestazione di interesse (PRAE)</t>
   </si>
   <si>
     <t>B87FE947B8</t>
   </si>
   <si>
     <t>Mitigazione del rischio idrogeologico e messa in sicurezza delle Grotte di Collepardo.</t>
   </si>
   <si>
-    <t>B2A4060621; B8E1FD00DC</t>
+    <t>B2A4060621; B8E1FD00DC; B9DF68E51B; BA379EB6B9; BA3FEBE2E4</t>
   </si>
   <si>
     <t>Ricarico dell'argine sinistro Fiume Tevere, a monte di Ponte Marconi, località Lungotevere San Paolo, per circa 450 metri.</t>
   </si>
   <si>
     <t>B84889848A</t>
   </si>
   <si>
     <t>Rimozione dei relitti presenti nell'alveo del fiume Tevere.</t>
   </si>
   <si>
     <t>B8422901A3</t>
   </si>
   <si>
     <t>B7002A525A</t>
   </si>
   <si>
     <t>B76237B74E</t>
   </si>
   <si>
     <t>B78EFCB5F8</t>
   </si>
   <si>
     <t>B73DE4DC82</t>
   </si>
@@ -824,51 +948,51 @@
   <si>
     <t>B6CEBC4AF0</t>
   </si>
   <si>
     <t>Affidamento diretto dei rilievi topo-batimetrici, sedimentologici e delle biocenosi presso le Saline di Tarquinia e la foce del fiume Marta.</t>
   </si>
   <si>
     <t>B66D3E5BDF</t>
   </si>
   <si>
     <t>B52FF853A5</t>
   </si>
   <si>
     <t>B68813103C</t>
   </si>
   <si>
     <t>B6CBDDB80F</t>
   </si>
   <si>
     <t>B6A187DCE5</t>
   </si>
   <si>
     <t>B672799ED0</t>
   </si>
   <si>
-    <t>B67C5A9EC3 B67C77AE7E &amp;nbsp;B67C8CD641</t>
+    <t>B67C5A9EC3 B67C77AE7E B67C8CD641</t>
   </si>
   <si>
     <t>B5F28E724F</t>
   </si>
   <si>
     <t>B6A1A86AD7</t>
   </si>
   <si>
     <t>B6A166EA01</t>
   </si>
   <si>
     <t>B6A79C32B0</t>
   </si>
   <si>
     <t>B6AD6E8035</t>
   </si>
   <si>
     <t>Importo 2025 € 878,40 (iva inclusa) come da fattura: 2025016732 del 25/04/25</t>
   </si>
   <si>
     <t>B5CED86DFF</t>
   </si>
   <si>
     <t>B66FC0DF31</t>
   </si>
@@ -878,50 +1002,53 @@
   <si>
     <t>B66F0A665E</t>
   </si>
   <si>
     <t>B665F0DFB4</t>
   </si>
   <si>
     <t>B62EDB1D97</t>
   </si>
   <si>
     <t>B60489CEAC</t>
   </si>
   <si>
     <t>B688F5C154</t>
   </si>
   <si>
     <t>B52944E9A8</t>
   </si>
   <si>
     <t>B6D1B8A775; B944F54304; B95891807B; B950EFCBE6</t>
   </si>
   <si>
     <t>B5E1332681</t>
   </si>
   <si>
+    <t>B69EE3BD99</t>
+  </si>
+  <si>
     <t>B5B2D4767C</t>
   </si>
   <si>
     <t>B4C61A5F2F, B4C61A6007, B4C61A70DA, B4C16A81AD</t>
   </si>
   <si>
     <t>B53E263B1E</t>
   </si>
   <si>
     <t>B5A8050A4B</t>
   </si>
   <si>
     <t>B69538C77A</t>
   </si>
   <si>
     <t>Realizzazione evento presentazione linee guida piano triennale del turismo</t>
   </si>
   <si>
     <t>B4B313DAF8</t>
   </si>
   <si>
     <t>Realizzazione studio di supporto all'elaborazione del piano triennale del turismo ed attività ad esso connesse</t>
   </si>
   <si>
     <t>B28FE88E17</t>
@@ -1199,53 +1326,50 @@
   <si>
     <t>B44C7FE4CD; B94A2681ED</t>
   </si>
   <si>
     <t>B4A120DC58</t>
   </si>
   <si>
     <t>9824002EE6</t>
   </si>
   <si>
     <t>B506FD4BA8</t>
   </si>
   <si>
     <t>B4955FFC4F; B495600D22; B495601DF5</t>
   </si>
   <si>
     <t>B51C48516A</t>
   </si>
   <si>
     <t>B43823E38C</t>
   </si>
   <si>
     <t>Gara comunitaria aperta per l'affidamento dei servizi concernenti il piano di assistenza sanitaria integrativa per il personale della Regione Lazio.</t>
   </si>
   <si>
-    <t>B506E889AF</t>
-[...1 lines deleted...]
-  <si>
     <t>B3F97FFFF25</t>
   </si>
   <si>
     <t>Servizio di supporto tecnico-scientifico per i controlli sui centri prova autorizzati ai sensi del D.Lgs. 150/2012.</t>
   </si>
   <si>
     <t>B434FCA0EE</t>
   </si>
   <si>
     <t>Z8A2E9CE9E</t>
   </si>
   <si>
     <t>B33713439F</t>
   </si>
   <si>
     <t>B4B7491A91</t>
   </si>
   <si>
     <t>B4BF5A7100</t>
   </si>
   <si>
     <t>B4C183441F</t>
   </si>
   <si>
     <t>Gara europea a procedura aperta per l'affidamento del servizio assicurativo per Responsabilità RCT/RCO per la Regione Lazio e ASTRAL S.p.A.</t>
@@ -1283,80 +1407,83 @@
   <si>
     <t>B42713EA23</t>
   </si>
   <si>
     <t>B426166706</t>
   </si>
   <si>
     <t>B49461170B</t>
   </si>
   <si>
     <t>B499083634</t>
   </si>
   <si>
     <t>B4803B8490</t>
   </si>
   <si>
     <t>B4AF2B4FEB</t>
   </si>
   <si>
     <t>B492511B87</t>
   </si>
   <si>
     <t>B4B29446B0</t>
   </si>
   <si>
-    <t>B34B430C9B; B3477D5E09</t>
+    <t>B9F24BB220</t>
   </si>
   <si>
     <t>B35B788108</t>
   </si>
   <si>
     <t>B4118569F9</t>
   </si>
   <si>
     <t>B44BCD70C9</t>
   </si>
   <si>
     <t>B3C1AD81B0</t>
   </si>
   <si>
     <t>B351C09F3D</t>
   </si>
   <si>
     <t>Interventi di manutenzione per il ripristino dell'officiosità idraulica del fiume Arrone in località Maccarese, tratto urbano nel comune di Fiumicino (RM).</t>
   </si>
   <si>
     <t>B411AE34DA</t>
   </si>
   <si>
     <t>B44AB90ECB</t>
   </si>
   <si>
     <t>B46AE9F8FD; B9556E7525</t>
   </si>
   <si>
+    <t>Lavori di raccolta del materiale galleggiante con apposita barriera sul Fiume Tevere in comune di Fiumicino (RM) e sul Fiume Aniene in comune di Roma (RM)</t>
+  </si>
+  <si>
     <t>B30B6EF8AC</t>
   </si>
   <si>
     <t>B45B83F854</t>
   </si>
   <si>
     <t>B427CDC05F</t>
   </si>
   <si>
     <t>B344352887</t>
   </si>
   <si>
     <t>B2FE1C2D9A</t>
   </si>
   <si>
     <t>B2F2CC7410</t>
   </si>
   <si>
     <t>B316E8ACC5</t>
   </si>
   <si>
     <t>B2CA16062E</t>
   </si>
   <si>
     <t>B2CA15F55B</t>
@@ -1469,51 +1596,51 @@
   <si>
     <t>B2EFA22900</t>
   </si>
   <si>
     <t>DGR 105/2020 Intervento n. 1 - "Riqualificazione della scogliera sommersa e ripascimento in loc. Santa Severa" nel comune di Santa Marinella (RM).</t>
   </si>
   <si>
     <t>B2908F8B19</t>
   </si>
   <si>
     <t>B2E0B50455</t>
   </si>
   <si>
     <t>B554721FB6</t>
   </si>
   <si>
     <t>B2C4C919B1</t>
   </si>
   <si>
     <t>B2C399E686</t>
   </si>
   <si>
     <t>B2C6072147</t>
   </si>
   <si>
-    <t>B2116EF126</t>
+    <t>B2116EF126; B8E6B7E4C9; B34B430C9B; B3477D5E09; B9AF412236; BA3733F53D</t>
   </si>
   <si>
     <t>990524311C</t>
   </si>
   <si>
     <t>B2EF2AC0D4; B2EF2AC0D4</t>
   </si>
   <si>
     <t>B2A405F54E</t>
   </si>
   <si>
     <t>B2E5FD970C; B2E5FDA7DF</t>
   </si>
   <si>
     <t>B1E967AB8A</t>
   </si>
   <si>
     <t>B208010071</t>
   </si>
   <si>
     <t>B208399B4</t>
   </si>
   <si>
     <t>B22306CBC1</t>
   </si>
@@ -2679,66 +2806,72 @@
     <t>Z7737492BE
 </t>
   </si>
   <si>
     <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di manutenzione straordinaria del Fiume Velino"</t>
   </si>
   <si>
     <t>9353699499; 9534043D2A; B02FBDBC20
 </t>
   </si>
   <si>
     <t>9281807571; 9715328E47; A05F323F72; A0558268FS</t>
   </si>
   <si>
     <t>9338777A91; 9338779C37; 9338780D0A
 </t>
   </si>
   <si>
     <t>8659577
 </t>
   </si>
   <si>
     <t>93378448A2; 9608226EE9; B1CBE852E8; B173985783; Z7E3AC6405; Z2D3A5D823; 7515201C0B; B64BABD563</t>
   </si>
   <si>
+    <t>Link elaborati di variante</t>
+  </si>
+  <si>
     <t>9353679418; 9534082D59; B0EE9744B6; B255BAE45F; B28E20DD5E; B70B2F6295</t>
   </si>
   <si>
     <t>935391138C; 9533334417; A011BB82A5; B02F16F26F; B35624981D</t>
   </si>
   <si>
     <t>93530350A7; 953044867C; 98428722EE; A029BA66D0; B00B39A7E3; B0CEC29C8C; B1360E3C10; B219D3A398; B8162FD608; B00B39A7E3; B911DCEEBB</t>
   </si>
   <si>
     <t>935366046A; 95321524AC; 999026102F; A039BEE440; B0873E87E5; B1E4409327; B1A2562F84; B32FCB61BB</t>
   </si>
   <si>
     <t>9353265E70; 9531988D53; 997552607A; B09A3C161C; B1E152B616; A0120869AA</t>
   </si>
   <si>
     <t>9354657B28; 95319806BB; A039228389; B0CC83405B; B208FBBE68; B1CCAD07E3; B1B1C3F757; B47FB2E89D; B66092C120; 989315274B</t>
+  </si>
+  <si>
+    <t>Completamento arginature, sistemazione dell'alveo e delle sponde del fiume Liri, a monte e a valle del Ponte Curvo, in comune di Pontecorvo (FR)</t>
   </si>
   <si>
     <t>B32B435CB2; 93533314EA; 9530539196; 9903435D16; 995059853C; A03B329FDB; B1A476D75F; B217928F71; B2761D8E9A; B35306C21C; B45C3F525D; B74FAA5261</t>
   </si>
   <si>
     <t>CUP F81J21000030001</t>
   </si>
   <si>
     <t>93536869DD; 953251503C; B0303BAAF5
 </t>
   </si>
   <si>
     <t>9353746B60; 95315579A8; 995789179B; A039B39EDF; B1D806D720; B1E66A637B; B274B7011F; B274C4B5D7; B4FF478F03; B6E6C771B1</t>
   </si>
   <si>
     <t>9359887718; B416AD8069</t>
   </si>
   <si>
     <t>9359881226
 </t>
   </si>
   <si>
     <t>93598822F9; B43141C120</t>
   </si>
   <si>
@@ -6437,39358 +6570,40088 @@
   <si>
     <t>6974258BC2</t>
   </si>
   <si>
     <t>Determinazione a contrarre G01881 del 20/02/2017</t>
   </si>
   <si>
     <t>Z481D5594D</t>
   </si>
   <si>
     <t>Determinazione G02169 del 23/02/2017</t>
   </si>
   <si>
     <t>Determinazione G00619_24012017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
-  <fonts count="2">
+  <fonts count="3">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <u/>
+      <color rgb="FF0563C1"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <i/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/amministrazione-trasparente/bandi-gara-contratti/varianti-in-corso-d-opera%20-lavori-di-raccolta-del-materiale-galleggiante-con-apposita-barriera-sul-fiume-tevere-in-comune-di-fiumicino-RM-e-sul-fiume-niene-in-comune-di-roma-RM" TargetMode="External"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F2029"/>
+  <dimension ref="A1:F2067"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="5" customWidth="1"/>
     <col min="3" max="3" width="60" customWidth="1"/>
     <col min="4" max="4" width="60" customWidth="1"/>
     <col min="5" max="5" width="19" customWidth="1"/>
     <col min="6" max="6" width="60" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
-        <v>3619</v>
+        <v>3661</v>
       </c>
       <c r="B2">
-        <v>2020</v>
+        <v>2026</v>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Lavori di ricostruzione dell'ospedale di Amatrice di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Codice Opera: OOPP_M_002_2017. Collegio consultivo tecnico - sostituzione di un componente. CUP: F78I18000070008.&amp;nbsp;</t>
+          <t>OPCM n. 3734/2009 - Lavori di ripristino dell'officiosità idraulica del fosso di Pratolungo, compresa la manutenzione straordinaria dell'alveo e la costituzione di opportune opere di accumulo e laminazione delle piene - II lotto - Progetto di adeguamento alle prescrizioni del provvedimento di compatibilità ambientale. CUP F85D12000040002.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
       <c r="E2" s="2">
-        <v>46021</v>
+        <v>46066</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
-        <v>3618</v>
+        <v>3660</v>
       </c>
       <c r="B3">
-        <v>2025</v>
-[...4 lines deleted...]
-        </is>
+        <v>2026</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="E3" s="2">
-        <v>46020</v>
+        <v>46066</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
-        <v>3617</v>
+        <v>3659</v>
       </c>
       <c r="B4">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, dell'incarico professionale per verifiche strutturali analitiche al fuoco R60 dei pilastri all'interno del Centro Elaborazione Dati presso il Palazzo della Regione Lazio Sede della Giunta Regionale, in via R. Raimondi Garibaldi n. 7, Roma".Impegno sul Capitolo U0000S21909 del Bilancio della Regione Lazio, es. fin. 2025-2026, per euro 11.090,90 a favore di STRUCTURA ENGINEERING S.R.L.</t>
+          <t>Affidamento diretto a Il Sole 24 Ore SpA (cod. cred.46224) per un servizio di agenzia di stampa di informazione economico finanziaria a supporto dell'Ufficio Stampa, per la durata di 24 mesi.</t>
         </is>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="E4" s="2">
-        <v>46015</v>
+        <v>46064</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
-        <v>3616</v>
+        <v>3658</v>
       </c>
       <c r="B5">
         <v>2025</v>
       </c>
-      <c r="C5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C5" t="s">
+        <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E5" s="2">
-        <v>46015</v>
+        <v>46062</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
-        <v>3615</v>
+        <v>3657</v>
       </c>
       <c r="B6">
         <v>2025</v>
       </c>
-      <c r="C6" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C6" t="s">
+        <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E6" s="2">
-        <v>46015</v>
+        <v>46062</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
-        <v>3614</v>
+        <v>3656</v>
       </c>
       <c r="B7">
-        <v>2025</v>
-[...4 lines deleted...]
-        </is>
+        <v>2026</v>
+      </c>
+      <c r="C7" t="s">
+        <v>14</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="E7" s="2">
-        <v>46015</v>
+        <v>46055</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
-        <v>3613</v>
+        <v>3655</v>
       </c>
       <c r="B8">
-        <v>2025</v>
-[...4 lines deleted...]
-        </is>
+        <v>2026</v>
+      </c>
+      <c r="C8" t="s">
+        <v>16</v>
       </c>
       <c r="D8" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E8" s="2">
-        <v>46015</v>
+        <v>46055</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
-        <v>3612</v>
+        <v>3654</v>
       </c>
       <c r="B9">
-        <v>2025</v>
-[...4 lines deleted...]
-        </is>
+        <v>2026</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E9" s="2">
-        <v>46015</v>
+        <v>46055</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
-        <v>3611</v>
+        <v>3653</v>
       </c>
       <c r="B10">
         <v>2025</v>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Accordo Quadro con unico operatore avente ad oggetto gli interventi di rifacimento di parte delle condotte idriche degli acquedotti regionali di Palidoro, Castel di Guido, Paola Merla, Malagrotta, Cecanibbio, Massimina, monitoraggio e pronto intervento - 2 Lotti Funzionali". Lotto n. 1.Perfezionamento delle prenotazioni n. 63554/2025 e 5740/2026 per euro 732.000,00, cap. U0000S22501, es. fin. 2025-2026, a favore di COSTRUZIONI TECNOLOGICHE 2000 S.R.L. CIG B936E02253.</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del D. Lgs. n. 36/2023, del servizio di sviluppo dell'identità visiva della Rete INFEAS della Regione Lazio.</t>
         </is>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E10" s="2">
-        <v>46015</v>
+        <v>46052</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
-        <v>3610</v>
+        <v>3652</v>
       </c>
       <c r="B11">
         <v>2025</v>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, dei servizi tecnici di redazione del Progetto di Fattibilità Tecnico-Economica in forma semplificata, Coordinamento della Sicurezza in fase di Progettazione ed in fase di Esecuzione relativi all'intervento di "lavori di adeguamento antincendio nella Sede della Giunta Regionale, in via R. Raimondi Garibaldi n. 7, Roma". &amp;nbsp;Impegno sul Capitolo U0000S22506 del Bilancio della Regione Lazio, es. fin. 2025, per euro 48.681,78 a favore dell'Ing. OMISSIS OMISSIS.</t>
+          <t>Affidamento ai sensi art.7 comma 2 del Dlgs.n.36/2023 e smi alla società in house Lazio Innova S.p.A. servizio organizzazione, gestione e comunicazione del IV Meeting del Progetto "SEE - Sustainable Entrepreneurship Education"- Programma Interreg Europe 2021-2027 (CUP F81J223001270007) -" 20 Gennaio 21 Gennaio 2026.</t>
         </is>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="E11" s="2">
-        <v>46015</v>
+        <v>46051</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
-        <v>3609</v>
+        <v>3651</v>
       </c>
       <c r="B12">
         <v>2025</v>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>Accordo Quadro avente ad oggetto gli interventi di rifacimento di parte delle condotte idriche degli acquedotti regionali di Palidoro, Castel di Guido, Paola Merla, Malagrotta, Cecanibbio, Massimina, monitoraggio e pronto intervento - 2 Lotti Funzionali. Decisione a contrarre di autorizzazione a procedure ex art. 50, comma 1, lett. b) e d), del D.lgs. 31 marzo 2023, n. 36. &amp;nbsp; Prenotazioni sul cap. U0000S22501, es. fin. 2025-2026, a favore creditori diversi: &amp;nbsp;euro 1.464.000,00 per lavori, &amp;nbsp;euro 41.620,13 per incarico di DL, &amp;nbsp;euro 28.985,15 per incarico di CSP e CSE, &amp;nbsp;euro 6.625,17 per incarico di collaudatore. &amp;nbsp;Impegno di euro 25.217,38, cap. U0000S22501, es. fin. 2025-2026, e accertamento di euro 25.217,38 sui cap. E0000341559, E0000341560, E0000341562 e E00000341563, a Fondo Incentivi, es. fin. 2025-2026. &amp;nbsp;Impegno di spesa di € 250,00 cap. U0000T19427, es. fin. 2025, a favore di ANAC.</t>
+          <t>Decisione a contrarre, ai sensi dell'art. 50, co. 1, lett. b), del d.lgs. 36/2023, per l'affidamento di un servizio di Affidamento dei Servizi di Formazione sulla procedura di Valutazione di Incidenza (VINCA) nel Lazio. Impegno di spesa complessivo di 25.062,66 00 euro (IVA inclusa, 22%), a favore della Società SETIN srl.. (cod. cred. 139504), sul Capitolo U0000E21146, Missione 09, Progr. 05.000, per 25.062,66 euro a valere sull'esercizio finanziario 2025. CIG B977045832.</t>
         </is>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="E12" s="2">
-        <v>46015</v>
+        <v>46049</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
-        <v>3608</v>
+        <v>3650</v>
       </c>
       <c r="B13">
         <v>2025</v>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Decisione a contrarre di autorizzazione di una procedura ex art. 50, comma 1, lett. e) e, del D.lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro con unico operatore avente ad oggetto l'affidamento del servizio di autospurgo, video-ispezione e manutenzione dei tratti fecali e relativi pozzetti di scarico degli immobili sede degli Uffici della Giunta Regione Lazio e dei Centri per l'Impiego.Prenotazione impegno di spesa a favore creditori diversi sul cap. U0000S21900, es. fin. 2025-2026, di complessivi euro 268.400,00 per servizio. Impegno di spesa sul cap. U0000S21900 di euro 4.420,00 e accertamento di euro 4.420,00 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, es. fin.2025-2026-2027. Impegno di spesa di euro 250,00 sul cap. U0000T19427, es. fin. 2026, a favore di ANAC.</t>
+          <t>D.G.R. n. 435 del 12 giugno 2025 "Programmazione regionale 2024-2026 dei fondi di riparto di cui al Decreto Interministeriale 2 aprile 2025-Piano nazionale degli interventi e dei servizi sociali 2024-2026": affidamento del servizio di analisi strategica, ricerca di mercato e benchmarking nel settore nel settore dell'Information and Communication Technology a livello internazionale. Nomina del seggio di gara monocratico per la valutazione dell'offerta. Bando n. PI252359-25, CIG B95661C1C1, CUP: F84B25000050001 (BUR LAZIO n. 107 del 30/12/2025).</t>
         </is>
       </c>
       <c r="D13" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="E13" s="2">
-        <v>46015</v>
+        <v>46049</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
-        <v>3607</v>
+        <v>3649</v>
       </c>
       <c r="B14">
         <v>2025</v>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Coordinatore per la Sicurezza nelle fasi di Progettazione ed Esecuzione dell'Coordinatore per la Sicurezza nelle fasi di Progettazione ed Esecuzione dell'Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria delle sedi istituzionali di proprietà della Regione Lazio - 3 Lotti Funzionali". Perfezionamento delle prenotazioni n. 63296/2025 e 5680/2026 per euro 50.151,60, cap. U0000S22501, es. fin. 2025-2026, a favore dell'Arch. OMISSIS OMISSIS . &amp;nbsp; CIG B95F1CB702.</t>
+          <t>Affidamento in house providing, ai sensi art. 7, c. 2, d.lgs. 36/2023, servizio di sviluppo e miglioramento dell'attrattività localizzativa del territorio regionale e per l'internazionalizzazione del sistema economico e produttivo del Lazio, attraverso la promozione del sistema delle AA. PP. del Lazio e del marchio regionale "NATURA IN CAMPO - i prodotti dei parchi". CUP F81C25000350002.</t>
         </is>
       </c>
       <c r="D14" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="E14" s="2">
-        <v>46014</v>
+        <v>46048</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
-        <v>3606</v>
+        <v>3648</v>
       </c>
       <c r="B15">
         <v>2025</v>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Direttore dei Lavori Impianti dei lavori di manutenzione straordinaria dell'immobile di proprietà regionale sito in Roma, Via Portuense 332, complesso ex "Ospedale Forlanini". &amp;nbsp; &amp;nbsp;Perfezionamento per euro 96.382,78, variazione in diminuzione di euro 13.849,74 delle prenotazioni n. 50249/2025 e 2367/2026, ed impegno di euro 8.128,67, cap. U0000S22501, es. fin. 2025-2026-2027, a favore dell'Ing. OMISSIS OMISSIS . &amp;nbsp;CIG B956FA3E77.</t>
+          <t>Affidamento ai sensi dell'art. 50, comma 1, lett. b) del D. Lgs 36/2023, per la partecipazione della Regione Lazio alla manifestazione "BIOLIFE 2025" attraverso l'affitto e la realizzazione di uno spazio espositivo. CIG: B8A9B8B3D2.</t>
         </is>
       </c>
       <c r="D15" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="E15" s="2">
-        <v>46014</v>
+        <v>46048</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
-        <v>3605</v>
+        <v>3647</v>
       </c>
       <c r="B16">
         <v>2025</v>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria delle sedi istituzionali di proprietà della Regione Lazio - 3 Lotti Funzionali</t>
+          <t>Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b), del d.lgs. 36/2023, per l'acquisizione di un servizio per la realizzazione di un Sistema Informativo Geostatistico e del prototipo di un applicativo geostatistico.</t>
         </is>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="E16" s="2">
-        <v>46014</v>
+        <v>46045</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
-        <v>3604</v>
+        <v>3646</v>
       </c>
       <c r="B17">
         <v>2025</v>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Coordinamento per la Sicurezza in fase di Esecuzione dei lavori di manutenzione straordinaria dell'immobile di proprietà regionale sito in Roma, Via Portuense 332, complesso ex "Ospedale Forlanini". &amp;nbsp;Perfezionamento per euro 144.589,89, variazione in diminuzione di euro 27.700,46 delle prenotazioni n. 50255/2025 e 2372/2026, ed impegno di euro 12.194,33, cap. U0000S22501, es. fin. 2025-2026-2027, a favore dell'Arch. OMISSIS OMISSIS , con studio in Roma, via Umberto Biancamano n. 35, C.F.: OMISSIS, P.IVA: OMISSIS. &amp;nbsp;CIG B8AE56ECF6.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b), del d.lgs. 36/2023, per l'acquisizione di un servizio di consulenza strategica per la promozione informatica del sito istituzionale Statistica Lazio, mediante OdA su MEPA.</t>
         </is>
       </c>
       <c r="D17" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="E17" s="2">
-        <v>46014</v>
+        <v>46045</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
-        <v>3603</v>
+        <v>3645</v>
       </c>
       <c r="B18">
         <v>2025</v>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Direzione dei Lavori Edili dei lavori di manutenzione straordinaria dell'immobile di proprietà regionale sito in Roma, Via Portuense 332, complesso ex "Ospedale Forlanini". &amp;nbsp;Perfezionamento per euro 147.946,84, variazione in diminuzione di euro 28.634,24 delle prenotazioni n. 50248/2025 e 2366/2026, ed impegno di euro 12.477,44, cap. U0000S22501, es. fin. 2025-2026-2027, a favore dell'Arch. OMISSIS OMISSIS , con studio professionale in Perugia, Via Bartolomeo Grazioli n. 7, C.F. OMISSIS, P. IVA OMISSIS.CIG B8AE5AF29D.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b), del d.lgs. 36/2023, per l'acquisizione di un servizio di assistenza e formazione informatica, in ambiente DRUPAL, per il personale dell'ente alla società EMPOWER S.R.L.</t>
         </is>
       </c>
       <c r="D18" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E18" s="2">
-        <v>46014</v>
+        <v>46045</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
-        <v>3602</v>
+        <v>3644</v>
       </c>
       <c r="B19">
         <v>2025</v>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>Decisioni a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. d) e b), del D.lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria delle sedi istituzionali di proprietà della Regione Lazio - 3 Lotti Funzionali, ed incarichi professionali di CSP e CSE, e Collaudatore. &amp;nbsp;Prenotazioni a favore creditori diversi cap. U0000S22501, es. fin. 2025-2026, di euro 2.562.000,00 per lavori, di euro 65.626,02 per incarico CSP e CSE, di euro 15.000,24 per incarico di Collaudatore. &amp;nbsp;Impegno di spesa sul cap. U0000S22501 di € 42.000,00 e accertamento di € 42.000,00 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, es. fin. 2025-2026. &amp;nbsp; Impegno di spesa di € 695,00 sul cap. U0000T19427, es. fin. 2025, a favore di ANAC.</t>
+          <t>Affidamento in house providing, ai sensi dell’art. 7, comma 2, del D. Lgs 36/2023, a LAZIOcrea S.p.A. delle attività necessarie alla realizzazione del progetto previsto nel POA 2025 (DGR n. 1095/2024), SIRA02 SIRA-ORD “3.7 NUOVO SISTEMA INFORMATIVO REGIONALE DELL'AMBIENTE”.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
       <c r="E19" s="2">
-        <v>46014</v>
+        <v>46044</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
-        <v>3601</v>
+        <v>3643</v>
       </c>
       <c r="B20">
         <v>2025</v>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Collaudatore dell'Accordo Quadro avente ad oggetto gli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà della Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento- 3 Lotti Funzionali". &amp;nbsp; &amp;nbsp;Perfezionamento per euro 14.696,61 e variazione in diminuzione di euro 7.350,51 della prenotazione n. 865/2027, impegno di euro 7.348,30, cap. U0000S22501, es. fin. 2026-2027, a favore del Dott. For. OMISSIS OMISSIS , con studio in Roma, via Pericle Fazzini n. 42, C.F: OMISSIS, P.IVA OMISSIS. &amp;nbsp;CIG B841E4DD4D.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. 36/2023, per la fornitura di n. 2 autobotti di acqua potabile e relativo servizio di stazionamento a favore della Società "Acea ATO 2 S.p.A.", P.IVA 05848061007, da utilizzare in occasione dell'evento "Giubileo dei Giovani 2025". Impegno di spesa della somma complessiva pari a € 33.000,00 (IVA inclusa), sul capitolo U0000E47146 del bilancio della Regione Lazio, Missione 11 Programma 01 piano dei conti 1.03.02.07.000 - es.fin. 2025 a favore della società "Acea ATO 2 S.p.A."" (cod. cred. 89736). CIG n. B58B8DBF66.</t>
         </is>
       </c>
       <c r="D20" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="E20" s="2">
-        <v>46014</v>
+        <v>46044</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
-        <v>3600</v>
+        <v>3642</v>
       </c>
       <c r="B21">
         <v>2025</v>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Coordinatore per la Sicurezza in fase di Esecuzione dell'Accordo Quadro avente ad oggetto gli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà della Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento- 3 Lotti Funzionali". &amp;nbsp;Perfezionamento per euro 77.737,17 e variazione in diminuzione di euro 11.753,91 delle prenotazioni n. 50103/2025, 2343/2026 e 871/2027, impegno di euro 424,34, cap. U0000S22501, es. fin. 2025-2026-2027, a favore dell'Arch. OMISSIS OMISSIS , con studio in Roma, via Biagio Longo n. 18, C.F: OMISSIS, P.IVA OMISSIS.CIG B798233771.</t>
+          <t>Determina a contrarre per l’affidamento diretto, ex art. 50 comma 1, lettera b) D.lgs. n. 36/2023, tramite RDO sulla piattaforma MePA (www.acquistinretepa.it) per la fornitura di n. 100 defibrillatori e accessori a favore della società “Iredeem S.p.A.”. Intervento n. 253 - CUP F89120000090001. Impegno di spesa di € 98.210,00 (IVA inclusa) sul cap. U0000E46174 Miss 11, Prog 01, p.d.c. 2.02.01.05.000, es. fin. 2025 a favore della società Iredeem S.p.A. (cod. cred.253641). Impegno di spesa di €1.288,00 sul cap. U0000E46174 e relativi accertamenti a favore del fondo incentivi sul cap. E0000341560 per l’anno 2025.Impegno di spesa di € 161,00 pari allo 0,20% dell’importo sul cap. U0000E46174 a favore della società Giubileo 2025 S.p.A.”. Impegno di spesa di €35,00 sul cap. U0000T19427 a favore di A.N.A.C. (Cod. Cred. 159683) es. fin. 2025.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D21" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="E21" s="2">
-        <v>46014</v>
+        <v>46044</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
-        <v>3599</v>
+        <v>3641</v>
       </c>
       <c r="B22">
         <v>2025</v>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Direttore dei Lavori e redazione V.T.A. dell'Accordo Quadro avente ad oggetto gli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà della Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento- 3 Lotti Funzionali". Perfezionamento per euro 130.195,60 e variazione in diminuzione di euro 47.013,60 delle prenotazioni n. 50095/2025, 2336/2026 e 863/2027, cap. U0000S22501, es. fin. 2025-2026-2027, a favore dell'Agr. Dott. OMISSIS OMISSIS , con studio in Roma, via Francesco Cherubini n. 12/D, C.F.: OMISSIS , P.IVA OMISSIS . &amp;nbsp;CIG B79824671F</t>
+          <t>Procedura negoziata, ai sensi ai sensi dell'art. 50 comma 1 lettera d) del Dlgs 36/2023, per l'affidamento dei lavori di "Messa in sicurezza operativa dell'area di impianto, per la bonifica dell'acquifero sotteso e per la bonifica della collina antropica del sito "ex stabilimento Caffaro Chetoni-Fenilglicina" nel Comune di Colleferro (RM). CUP F57F19000120001. Accordo di Programma SIN Bacino del Fiume Sacco. Impegno di € 2.250.264,52 sul cap. U0000E32113 e.f. 2025, impegno di € 537.214,74 sul cap. U0000E32537 e.f. 2026 di cui alla miss.09 progr.03 e impegno di € 660,00 in favore di ANAC cod. cred. 159683 sul cap. U0000T19427 e.f. 2025.</t>
         </is>
       </c>
       <c r="D22" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E22" s="2">
-        <v>46014</v>
+        <v>46044</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
-        <v>3598</v>
+        <v>3640</v>
       </c>
       <c r="B23">
         <v>2025</v>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione ordinaria degli immobili di proprietà o ad uso della Regione Lazio - 3 Lotti Funzionali".&amp;nbsp;</t>
+          <t>Procedura aperta, ai sensi dell'art.71, del D.Lgs. n. 36 del 31.03.2023 finalizzata all'affidamento in concessione del servizio di bar, tavola calda/fredda presso la sede della Regione Lazio di via R. Raimondi Garibaldi 7 Roma.</t>
         </is>
       </c>
       <c r="D23" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="E23" s="2">
-        <v>46014</v>
+        <v>46043</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
-        <v>3597</v>
+        <v>3639</v>
       </c>
       <c r="B24">
         <v>2025</v>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per la “Fornitura di prodotti nutrizionali da somministrare per via enterale, parenterale, supplenti orali e latti occorrenti alle aziende sanitarie della Regione Lazio”.&amp;nbsp;</t>
+          <t>Procedura negoziata per l'affidamento in concessione del servizio di distribuzione automatica di generi di ristoro (bevande &amp;nbsp;calde fredde non alcoliche, snack e alimenti preconfezionati e distributori di gelati) presso le sedi della Regione Lazio.</t>
         </is>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
       <c r="E24" s="2">
-        <v>46013</v>
+        <v>46043</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
-        <v>3596</v>
+        <v>3638</v>
       </c>
       <c r="B25">
         <v>2025</v>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>Procedura aperta sopra soglia, ai sensi art. 71 D.lgs. n. 36/2023, per l'acquisto della fornitura di moduli antincendio boschivo (AIB) da allestire sui pick-up. Indizione e approvazione atti di gara.</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett b) del D.lgs. n. 36/2023, del servizio di sorveglianza sanitaria e medico competente dott. Francesco Maria Arleo ai sensi del d.lgs. n. 81/2008 presso la Giunta della Regione Lazio nelle more dell'attivazione dell'Accordo Quadro CONSIP.</t>
         </is>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
       <c r="E25" s="2">
-        <v>46013</v>
+        <v>46043</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
-        <v>3595</v>
+        <v>3635</v>
       </c>
       <c r="B26">
-        <v>2025</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>2026</v>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>Affidamento servizio di "Revisione legale ai sensi dell'art. 17 comma 3 della Legge Regionale n. 15/2025, recante "Contributo straordinario in favore dei Comuni della Provincia di Frosinone per le spese relative alla gestione dei rifiuti"</t>
+        </is>
       </c>
       <c r="D26" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="E26" s="2">
-        <v>46013</v>
+        <v>46042</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
-        <v>3594</v>
+        <v>3632</v>
       </c>
       <c r="B27">
         <v>2025</v>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Accordo Quadro per l'affidamento del servizio di giardinaggio aree interne ed esterne, comprendente attività ordinarie e extra canone degli immobili sedi istituzionali di proprietà ed in uso della Giunta della Regione Lazio. Modifiche contrattuali ai sensi dell'art. 120, comma 9, del D.lgs. 36/2023. Impegni di spesa sul capitolo di bilancio U0000S21900, es. fin. 2025, di: &amp;nbsp;euro 52.069,60 a favore de L'OPEROSA S.P.A. SOCIETÀ BENEFIT, impegno di euro 3.633,97 a favore dell'Agr. Dott. Aurelio Valentini. &amp;nbsp;CIG: A03554EC27: B149472A3E.</t>
+          <t>Procedura aperta finalizzata all’affidamento del servizio di banche dati online di legislazione nazionale ed europea, giurisprudenza e dottrina occorrente alla Regione Lazio. Indizione e approvazione atti di gara.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D27" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="E27" s="2">
-        <v>46013</v>
+        <v>46042</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
-        <v>3593</v>
+        <v>3631</v>
       </c>
       <c r="B28">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Rettifica gruppo di lavoro Lotto 1 Fase esecuzione costituito con det. n. G11710 del 15/09/2025. Gara comunitaria a procedura aperta per l'affidamento, tramite accordo quadro, dei servizi di rilevazione dei beni mobiliari e immobiliari di proprietà della Regione Lazio della durata di 36 mesi, suddivisa in due lotti</t>
-[...3 lines deleted...]
-        <v>6</v>
+          <t>Gara comunitaria a procedura aperta, suddivisa in 10 lotti per l'acquisizione del servizio di sorveglianza attiva antincendio e di sicurezza per le Aziende sanitarie e ospedaliere della Regione Lazio - II Edizione, autorizzata con Determinazione a contrarre n. G16607 del 05/12/2025.</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>I CIG verranno rilasciati attraverso il sistema di e-procurement STEL.LA. della Regione Lazio, all’atto di pubblicazione della procedura di gara e in linea con quanto previsto dal codice degli appalti in materia di tecnologie di interoperabilità</t>
+        </is>
       </c>
       <c r="E28" s="2">
-        <v>46013</v>
+        <v>46042</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
-        <v>3592</v>
+        <v>3630</v>
       </c>
       <c r="B29">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>Appalto Specifico per l'acquisizione di soluzioni infusionali, grandi volumi e soluzioni per preparazioni galeniche occorrenti alle Aziende sanitarie della Regione Lazio nell'ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, soluzioni infusionali, vaccini e mezzi di contrasto destinati alle AA.SS. della Regione Lazio e di altri Soggetti Aggregatori. Determinazione a contrarre. Impegno di spesa di € 880,00 sul Cap. U0000T19427 a favore dell'A.N.A.C. es. fin. 2025. Impegno di spesa complessivo di € 49.915,84 sul capitolo U0000H11715 e relativo accertamento a carico del Fondo incentivi ex art. 383 sexies R.R. n.1/2002 per importo di € 49.915,84 sul cap. n. E0000341560, es. fin. 2025&amp;nbsp;</t>
+          <t>"Farmaci 2025 - Tredicesima tranche", recepimento della Determinazione di PuntoZero S.c.a.r.l. del 04/12/2025 avente ad oggetto "appalto specifico indetto da puntozero s.c. A r.l. (cras) per l'affidamento in convenzione della fornitura di farmaci genericati suddivisa in n. 13 lotti occorrenti alle aziende sanitarie della regione Umbria e della regione Lazio, nell' ambito del sistema dinamico di acquisizione della pubblica amministrazione per la fornitura di prodotti farmaceutici - farmaci 2025 - 7 edizione - aggiudicazione"</t>
         </is>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>36</v>
       </c>
       <c r="E29" s="2">
-        <v>46010</v>
+        <v>46042</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
-        <v>3591</v>
+        <v>3629</v>
       </c>
       <c r="B30">
         <v>2025</v>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>Procedura aperta, ai sensi art. 71 D.lgs. n. 36/2023, per l'affidamento del ""Servizio di assistenza professionale per attività concernenti il piano di sviluppo strategico della Zona Logistica Semplificata della Regione Lazio.&amp;nbsp;</t>
+          <t>Fondo per la Progettazione di Opere Pubbliche - art. 1, c. 134, L. 30 dicembre 2018, n. 145, e s.m.i. Affidamento diretto ai sensi dell’art. 50, comma 1, lett. a) del D.Lgs. 36/2023 delle attività relative alle indagini geotecniche necessarie alla progettazione dei lavori relativi all’intervento “Messa in sicurezza del territorio dal rischio idrogeologico delle aree limitrofe all’abitato di Via San Pietro e di Via San Filippo nel comune di Contigliano (RI)” – codice Rendis 12IR086/MT - CUP: F84J23001000001 - CIG B86CEB6562. Perfezionamento q.p. impegno n. 47253/2025 di spesa per complessivi € 54.531,57 a favore di G.I.A. CONSULTING SRL sul Cap. U0000C12170 - es. fin. 2025.Impegno di € 35,00 a favore dell’Autorità Nazionale Anticorruzione (Cod. cred. 159683) per contributo riferito alla procedura di affidamento sul cap. U0000T19427 – es. fin. 2025.</t>
         </is>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="E30" s="2">
-        <v>46010</v>
+        <v>46041</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
-        <v>3590</v>
+        <v>3628</v>
       </c>
       <c r="B31">
         <v>2025</v>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025 Undicesima tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini, mezzi di contrasto e soluzioni infusionali destinato alla AA.SS. della Regione Lazio - Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.&amp;nbsp;&amp;nbsp;</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50 comma 1, lettera b) del D.lgs. n. 36/2023, per il servizio di realizzazione di una "Campagna di comunicazione media - Promozione del volontariato di protezione civile - Anno 2025".</t>
         </is>
       </c>
       <c r="D31" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="E31" s="2">
-        <v>46010</v>
+        <v>46036</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
-        <v>3589</v>
+        <v>3627</v>
       </c>
       <c r="B32">
         <v>2025</v>
       </c>
-      <c r="C32" t="s">
-        <v>28</v>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>Affidamento diretto su S.TEL.LA, ai sensi dell'art. 50, comma 1, lett. a) del d.lgs. 36/2023, interventi di bonifica e messa in sicurezza case cantoniere di proprietà della Regione Lazio. Impegno di € 67.732,14 iva compresa in favore della società "Logistic &amp;amp; Green company srl"(cod. cred. 255898) es. fin. 2025/2026 - Cap. U0000S22501.</t>
+        </is>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
       <c r="E32" s="2">
-        <v>46008</v>
+        <v>46035</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
-        <v>3587</v>
+        <v>3626</v>
       </c>
       <c r="B33">
         <v>2025</v>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>Affidamento diretto in house providing alla Società LAZIOcrea S.p.A. (cod. cred. 164838), ai sensi dell'art. 7 del D.lgs. 36/2023, per l'acquisto di servizi per le attività dell'Ufficio Stampa e dell'Ufficio Social Media, ivi incluse le attività connesse al progetto di visibilità del Presidente e della Giunta regionale. CIG B9558A445F.</t>
+          <t>Affidamento servizi di facchinaggio interno ed esterno, servizio di trasloco e movimentazione materiale nelle sedi regionali delle province di Latina e Frosinone di cui alla d.d. G10370/2025 - conferma proroga ex art. 120, comma 11, d. lgs. 36/2023. Impegno di spesa a favore della Società Pianeta Servizi srl (cod.cred. 139237) di € 73.200,00 sul capitolo U0000S23429, es. fin. 2025/2026.</t>
         </is>
       </c>
       <c r="D33" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="E33" s="2">
-        <v>46007</v>
+        <v>46035</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
-        <v>3586</v>
+        <v>3625</v>
       </c>
       <c r="B34">
         <v>2025</v>
       </c>
-      <c r="C34" t="s">
-        <v>30</v>
+      <c r="C34" t="inlineStr">
+        <is>
+          <t>Affidamento diretto su S.TEL.LA, ai sensi dell'art. 50, comma 1, lett. a) del d.lgs. 36/2023, fornitura e installazione tende verticali sedi regionali di Latina e Frosinone. Impegno di euro 71.736,00 iva compresa in favore della società ""Home happening 2000 srl"" (cod. cred. 123012) es. fin. 2026 - Cap. U0000S22509</t>
+        </is>
       </c>
       <c r="D34" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="E34" s="2">
-        <v>46007</v>
+        <v>46035</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
-        <v>3585</v>
+        <v>3624</v>
       </c>
       <c r="B35">
         <v>2025</v>
       </c>
-      <c r="C35" t="s">
-        <v>32</v>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, elaborazione relazioni tecniche asseverate per n. 2 immobili di proprietà regionale</t>
+        </is>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="E35" s="2">
-        <v>46007</v>
+        <v>46035</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
-        <v>3584</v>
+        <v>3623</v>
       </c>
       <c r="B36">
         <v>2025</v>
       </c>
-      <c r="C36" t="s">
-        <v>33</v>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento del servizio di pulizia e sanificazione a basso impatto ambientale occorrente alle Aziende Sanitarie della Regione Lazio. Approvazione atti di gara e indizione della procedura.</t>
+        </is>
       </c>
       <c r="D36" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="E36" s="2">
-        <v>46007</v>
+        <v>46030</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
-        <v>3583</v>
+        <v>3622</v>
       </c>
       <c r="B37">
         <v>2025</v>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>Procedura aperta, ai sensi dell’art. 71 D.lgs. n. 36/2023, per l’individuazione di un centro media che si occuperà dell’acquisto di spazi pubblicitari per la promozione della Via Francigena azioni trasversali scheda 33 PSC di cui al Decreto MIT prot. 1145205/24. CUP J59E2200004001 - CUI S80143490581202400033. Provvedimento di aggiudicazione.</t>
+          <t>Affidamento in house providing alla Società LAZIOcrea SpA (cod. cred. 164838), ai sensi dell'art. 7 del D.lgs. 36/2023, di un servizio per la realizzazione di una campagna di comunicazione istituzionale per la promozione della mostra "MOVIE ICONS" presso lo spazio culturale WEGIL. Impegno di spesa complessivo di € 15.000,00 IVA inclusa in favore di LAZIOcrea S.p.a. Capitolo di spesa U0000R31902 - Es. Fin. 2025.</t>
         </is>
       </c>
       <c r="D37" t="s">
-        <v>35</v>
+        <v>6</v>
       </c>
       <c r="E37" s="2">
-        <v>46007</v>
+        <v>46030</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
-        <v>3582</v>
+        <v>3621</v>
       </c>
       <c r="B38">
         <v>2025</v>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta, suddivisa in 10 lotti finalizzata alla stipula di convenzioni quadro per l’acquisizione del servizio di sorveglianza attiva antincendio e di sicurezza per le Aziende sanitarie e ospedaliere della Regione Lazio - II Edizione.</t>
+          <t>&amp;nbsp;Approvazione del programma di studio e monitoraggio degli organismi nocivi per le piante e schema accordo di collaborazione tra la Regione Lazio e il dipartimento di Scienze Agrarie e Forestali (DAFNE). Impegno &amp;nbsp;complessivo di euro 297.400,87, a favore dell’Università degli Studi della Tuscia, Dipartimento DAFNE</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
       <c r="E38" s="2">
-        <v>46006</v>
+        <v>46029</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
-        <v>3581</v>
+        <v>3620</v>
       </c>
       <c r="B39">
         <v>2025</v>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>D.G.R. n.189 del 12.04.2022. intervento "Opere di collettamento e depurazione relativamente ai poli di Civita Castellana, Sutri e Vignanello - III lotto" - CUP: F22E22000040005- CIG: B937BAC8F5. Determina affidamento diretto incarico professionale per la redazione di tre VPIA Verifica preventiva dell'interesse archeologico art. 41 co. 4 e Allegato I.8 del D.lgs 36/2023 - all'Operatore Economico Matrix Srl Archeologia e Patrimonio (cod. cred. 255878) Perfezionamento di prenotazione impegno n. 9379/2025 per complessivi € 9.012,75 sul cap. U0000C12170. Esercizio Fin. 2025.</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura della licenza ad uso commerciale perpetua della banca dati territoriale CAP Zone (un singolo aggiornamento). Impegno di spesa a favore di POSTE ITALIANE S.P.A. - C.F. 97103880585 - (cod. cred. 61121), sul capitolo U0000F31182, PCF 1.03.02.05.000, Miss. 15 Prog. 01, Es. Fin. 2025, per un importo complessivo di € 23.058,00 IVA inclusa. CUP F81J25000530001.</t>
         </is>
       </c>
       <c r="D39" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="E39" s="2">
-        <v>46003</v>
+        <v>46029</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
-        <v>3580</v>
+        <v>3619</v>
       </c>
       <c r="B40">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>PR Lazio FESR 2021-2027 - Azione 2.4.1.b) "Interventi di prevenzione dell'erosione costiera". Determina a contrarre per l'affidamento di lavori e servizi per la realizzazione di opere rigide a difesa della costa del Lazio, per la conclusione di un accordo quadro con unico operatore economico per ciascuno dei lotti, ai sensi dell'art. 59, comma 4 lettera c) del D.lgs. n. 36/2023. Approvazione degli atti di gara e indizione della procedura - CUP: F88H25001890006</t>
+          <t>Lavori di ricostruzione dell'ospedale di Amatrice di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Codice Opera: OOPP_M_002_2017. Collegio consultivo tecnico - sostituzione di un componente. CUP: F78I18000070008.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
       <c r="E40" s="2">
-        <v>46002</v>
+        <v>46021</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
-        <v>3579</v>
+        <v>3618</v>
       </c>
       <c r="B41">
         <v>2025</v>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>PR Lazio FESR 2021-2027 - Azione 2.4.1.b) "Interventi di prevenzione dell'erosione costiera". Determina a contrarre per l'affidamento di lavori e servizi per la realizzazione di interventi di dragaggio e ripascimento a difesa della costa del Lazio, per la conclusione di un accordo quadro con unico operatore economico per ciascuno dei lotti, ai sensi dell'art. 59, comma 3 del D.lgs. n. 36/2023. Approvazione degli atti di gara e indizione della procedura - CUP: F88H25001880006</t>
+          <t>PROGETTO DI FATTIBILITÀ TECNICA ED ECONOMICA DELLA FERMATA DI DIVINO AMOREAvviso di avvio del procedimento finalizzato all’approvazione del progetto, anche ai fini dell’apposizione del vincolo preordinato all’esproprio e/o asservimento sulle aree interessate dalle opere e dichiarazione di pubblica utilità delle stesse ex art. 14, comma 5 della L. 241/1990, in conformità a quanto stabilito dal combinato disposto degli artt. 53-bis, comma 1 e 48, comma 5-quater del D.L. 77/2021, convertito in L. 108/2021</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
       <c r="E41" s="2">
-        <v>46002</v>
+        <v>46020</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
-        <v>3578</v>
+        <v>3617</v>
       </c>
       <c r="B42">
         <v>2025</v>
       </c>
-      <c r="C42" t="s">
-        <v>37</v>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, dell'incarico professionale per verifiche strutturali analitiche al fuoco R60 dei pilastri all'interno del Centro Elaborazione Dati presso il Palazzo della Regione Lazio Sede della Giunta Regionale, in via R. Raimondi Garibaldi n. 7, Roma".Impegno sul Capitolo U0000S21909 del Bilancio della Regione Lazio, es. fin. 2025-2026, per euro 11.090,90 a favore di STRUCTURA ENGINEERING S.R.L.</t>
+        </is>
       </c>
       <c r="D42" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
       <c r="E42" s="2">
-        <v>46002</v>
+        <v>46015</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
-        <v>3577</v>
+        <v>3616</v>
       </c>
       <c r="B43">
         <v>2025</v>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>Campagna di comunicazione istituzionale denominata: "Bollo Auto". Impegno di spesa complessivo di € 125.130,52 (IVA inclusa) a creditori vari. Capitolo di bilancio U0000R31902 - Es. Fin. 2025.</t>
-[...5 lines deleted...]
-        </is>
+          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Coordinatore per la Sicurezza nelle fasi di Progettazione ed Esecuzione dell'Accordo Quadro con unico operatore avente ad oggetto gli interventi di rifacimento di parte delle condotte idriche degli acquedotti regionali di Palidoro, Castel di Guido, Paola Merla, Malagrotta, Cecanibbio, Massimina, monitoraggio e pronto intervento - 2 Lotti Funzionali". Perfezionamento delle prenotazioni n. 63561/2025 e 5747/2026 per euro 20.724,37, cap. U0000S22501, es. fin. 2025-2026, a favore dell'Arch. OMISSIS OMISSIS. CIG B96842903D.</t>
+        </is>
+      </c>
+      <c r="D43" t="s">
+        <v>45</v>
       </c>
       <c r="E43" s="2">
-        <v>46000</v>
+        <v>46015</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
-        <v>3576</v>
+        <v>3615</v>
       </c>
       <c r="B44">
         <v>2025</v>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>Campagna di comunicazione istituzionale denominata: "Anche Oggi". Impegno di spesa complessivo di € 432.629,57 (IVA inclusa) a creditori vari. Capitolo di bilancio U0000R31902 - Es. Fin. 2025</t>
-[...5 lines deleted...]
-        </is>
+          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Direttore dei Lavori dell'Accordo Quadro con unico operatore avente ad oggetto gli interventi di rifacimento di parte delle condotte idriche degli acquedotti regionali di Palidoro, Castel di Guido, Paola Merla, Malagrotta, Cecanibbio, Massimina, monitoraggio e pronto intervento - 2 Lotti Funzionali".Perfezionamento delle prenotazioni n. 63557/2025 e 5743/2026 per euro 30.798,90, cap. U0000S22501, es. fin. 2025-2026, a favore dell'Ing. OMISSIS. CIG B968413E11.</t>
+        </is>
+      </c>
+      <c r="D44" t="s">
+        <v>46</v>
       </c>
       <c r="E44" s="2">
-        <v>45996</v>
+        <v>46015</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
-        <v>3575</v>
+        <v>3614</v>
       </c>
       <c r="B45">
         <v>2025</v>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>Servizi di ristorazione per le Aziende Sanitarie della Regione Lazio. Determinazione a contrarre ai sensi dell'art. 17, comma 1 D. Lgs. n. 36/2023 e conferimento di incarichi al gruppo di lavoro.</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, dei servizi tecnici di redazione del Progetto esecutivo e Coordinamento della Sicurezza in fase di Progettazione relativi alla messa a norma per l'ottenimento del Certificato di Prevenzione Incendi delle autorimesse poste al piano S2 ed. B/C e piano S1 ed. A del fabbricato sede della Giunta Regionale della Regione Lazio in via R. Raimondi Garibaldi, 7 - Roma. &amp;nbsp;Impegno sul Capitolo U0000S22506 del Bilancio della Regione Lazio, es. fin. 2025-2026, per euro 134.912,26 a favore dell'Arch.OMISSIS OMISSIS, con studio in Roma, via Reggio Emilia n. 81, C.F. OMISSIS, P. IVA OMISSIS. &amp;nbsp; CIG B963F24B4E.</t>
         </is>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>47</v>
       </c>
       <c r="E45" s="2">
-        <v>45995</v>
+        <v>46015</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
-        <v>3574</v>
+        <v>3613</v>
       </c>
       <c r="B46">
         <v>2025</v>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>Affidamento del "Servizio di tesoreria reso in favore dell'Azienda Regionale Sanitaria Lazio.0 per la centralizzazione dei pagamenti dei fornitori del servizio sanitario regionale" per la durata di 12 mesi. Impegno complessivo di euro 39.700,00 IVA esente sul capitolo U0000H11715, in favore di Intesa Sanpaolo S.p.A., (cod. cred 66251) Es. Fin. 2026</t>
+          <t>Servizio di manutenzione impianti degli immobili in uso a qualsiasi titolo alle Strutture della Giunta Regionale" - Lotto n. 1 "Città Metropolitana di Roma Capitale" e Lotto n. 2 "Altre Province", e incarico di Direttore dell'Esecuzione del Contratto. Proroga tecnica ai sensi dell'art. 106 comma 11 del D.Lgs. 50/2016.Impegno di spesa per euro 234.422,34, cap. U0000S21900, es. fin. 2026, a favore del CONSORZIO STABILE CMF, ed euro 31.824,24, cap. U0000S21909, es. fin. 2026, a favore dell'Ing. OMISSIS OMISSIS. CIG: 98572392F4, 9540113E49, 98742443EC.</t>
         </is>
       </c>
       <c r="D46" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="E46" s="2">
-        <v>45995</v>
+        <v>46015</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
-        <v>3573</v>
+        <v>3612</v>
       </c>
       <c r="B47">
         <v>2025</v>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>PSC Lazio Del. CIPESS 29/2021 - Promozione e valorizzazione del Claim Lazio - CUP F89I21000140001 - Cod. SIGEM FESR A0461P0001 - Attuazione MIS. 2 - LR 13/2007 e s.m.i. - DGR 325/2022 - Partecipazione della Regione Lazio alla manifestazione World Travel Market 2025, Londra 4/6 novembre 2025. Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. Acquisizione dei servizi accessori per il funzionamento dell'area espositiva della Regione Lazio e organizzazione di un evento promozionale enogastronomico. Perfezionamento della prenotazione 52943/2025 per € 21.350,00 sul Cap. U0000C17110 - Piano FSC Lazio delibera CIPE 38/2020 - Iniziative per l'attrattività turistica del territorio regionale - Missione 07 - Programma 02 - PdC 1.03.02.02.000 - Bilancio Regionale - E.F. 2025, in favore della Società Universal Marketing Srl. CIG:B8D76D700E</t>
+          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Accordo Quadro con unico operatore avente ad oggetto gli interventi di rifacimento di parte delle condotte idriche degli acquedotti regionali di Palidoro, Castel di Guido, Paola Merla, Malagrotta, Cecanibbio, Massimina, monitoraggio e pronto intervento - 2 Lotti Funzionali". Lotto n. 2. &amp;nbsp;Perfezionamento delle prenotazioni n. 63553/2025 e 5739/2026 per euro 732.000,00, cap. U0000S22501, es. fin. 2025-2026, a favore di CME CONSORZIO IMPRENDITORI EDILI SOC. COOP. &amp;nbsp; CIG B936E03326.</t>
         </is>
       </c>
       <c r="D47" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="E47" s="2">
-        <v>45992</v>
+        <v>46015</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
-        <v>3572</v>
+        <v>3611</v>
       </c>
       <c r="B48">
         <v>2025</v>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>Partecipazione della Regione Lazio alla manifestazione internazionale ILTM - International Luxury Travel Market - Cannes 01/04 dicembre 2025. Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. per l'acquisizione dei servizi accessori necessari al funzionamento dell'area espositiva della Regione Lazio. Impegno in favore della Società Hollywood Service S.r.l. dell'importo complessivo € 1.830,00 sul capitolo U0000B43907 "Spese per la promozione turistica" - Missione 07 - Programma 01 - PdC 1.03.02.02.000 - Bilancio Regionale - Esercizio Finanziario 2025. CIG: B8E6532286.</t>
+          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Accordo Quadro con unico operatore avente ad oggetto gli interventi di rifacimento di parte delle condotte idriche degli acquedotti regionali di Palidoro, Castel di Guido, Paola Merla, Malagrotta, Cecanibbio, Massimina, monitoraggio e pronto intervento - 2 Lotti Funzionali". Lotto n. 1.Perfezionamento delle prenotazioni n. 63554/2025 e 5740/2026 per euro 732.000,00, cap. U0000S22501, es. fin. 2025-2026, a favore di COSTRUZIONI TECNOLOGICHE 2000 S.R.L. CIG B936E02253.</t>
         </is>
       </c>
       <c r="D48" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="E48" s="2">
-        <v>45992</v>
+        <v>46015</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
-        <v>3571</v>
+        <v>3610</v>
       </c>
       <c r="B49">
         <v>2025</v>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>PSC Lazio Del. CIPESS 29/2021 - Promozione e valorizzazione del Claim Lazio - CUP F89I21000140001 - Cod. SIGEM FESR A0461P0001 - Attuazione MIS. 2 - LR 13/2007 e s.m.i. - DGR 325/2022 - Partecipazione della Regione Lazio alla manifestazione ACE - Art Cities Exchange 2025. Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione di un evento promozionale enogastronomico dedicato al Lazio, presso il Castello di Santa Severa - Santa Marinella (Roma). Perfezionamento della prenotazione 52943/2025 per l'importo di € 15.635,20 sul Cap. U0000C17110 - Piano FSC Lazio delibera CIPE 38/2020 - Iniziative per l'attrattività turistica del territorio regionale - Missione 07 - Programma 02 - PdC 1.03.02.02.000 - Bilancio Regionale - E.F. 2025, in favore della Società Servizi Cherubini Srl. CIG: B8CF0463D6</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, dei servizi tecnici di redazione del Progetto di Fattibilità Tecnico-Economica in forma semplificata, Coordinamento della Sicurezza in fase di Progettazione ed in fase di Esecuzione relativi all'intervento di "lavori di adeguamento antincendio nella Sede della Giunta Regionale, in via R. Raimondi Garibaldi n. 7, Roma". &amp;nbsp;Impegno sul Capitolo U0000S22506 del Bilancio della Regione Lazio, es. fin. 2025, per euro 48.681,78 a favore dell'Ing. OMISSIS OMISSIS.</t>
         </is>
       </c>
       <c r="D49" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="E49" s="2">
-        <v>45992</v>
+        <v>46015</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
-        <v>3570</v>
+        <v>3609</v>
       </c>
       <c r="B50">
         <v>2025</v>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>Studio di Valutazione di Incidenza Ambientale per i lavori di " Manutenzione del fiume Mignone dalla traversa della Vecchia Mola a monte per circa 6 Km in Comune di Tarquinia (VT)”..</t>
+          <t>Accordo Quadro avente ad oggetto gli interventi di rifacimento di parte delle condotte idriche degli acquedotti regionali di Palidoro, Castel di Guido, Paola Merla, Malagrotta, Cecanibbio, Massimina, monitoraggio e pronto intervento - 2 Lotti Funzionali. Decisione a contrarre di autorizzazione a procedure ex art. 50, comma 1, lett. b) e d), del D.lgs. 31 marzo 2023, n. 36. &amp;nbsp; Prenotazioni sul cap. U0000S22501, es. fin. 2025-2026, a favore creditori diversi: &amp;nbsp;euro 1.464.000,00 per lavori, &amp;nbsp;euro 41.620,13 per incarico di DL, &amp;nbsp;euro 28.985,15 per incarico di CSP e CSE, &amp;nbsp;euro 6.625,17 per incarico di collaudatore. &amp;nbsp;Impegno di euro 25.217,38, cap. U0000S22501, es. fin. 2025-2026, e accertamento di euro 25.217,38 sui cap. E0000341559, E0000341560, E0000341562 e E00000341563, a Fondo Incentivi, es. fin. 2025-2026. &amp;nbsp;Impegno di spesa di € 250,00 cap. U0000T19427, es. fin. 2025, a favore di ANAC.</t>
         </is>
       </c>
       <c r="D50" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
       <c r="E50" s="2">
-        <v>45987</v>
+        <v>46015</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
-        <v>3569</v>
+        <v>3608</v>
       </c>
       <c r="B51">
         <v>2025</v>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>Servizio di progettazione esecutiva dell’intervento “Manutenzione del fiume Mignone dalla traversa della Vecchia Mola a monte per circa 6 Km in Comune di Tarquinia (VT)”.</t>
+          <t>Decisione a contrarre di autorizzazione di una procedura ex art. 50, comma 1, lett. e) e, del D.lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro con unico operatore avente ad oggetto l'affidamento del servizio di autospurgo, video-ispezione e manutenzione dei tratti fecali e relativi pozzetti di scarico degli immobili sede degli Uffici della Giunta Regione Lazio e dei Centri per l'Impiego.Prenotazione impegno di spesa a favore creditori diversi sul cap. U0000S21900, es. fin. 2025-2026, di complessivi euro 268.400,00 per servizio. Impegno di spesa sul cap. U0000S21900 di euro 4.420,00 e accertamento di euro 4.420,00 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, es. fin.2025-2026-2027. Impegno di spesa di euro 250,00 sul cap. U0000T19427, es. fin. 2026, a favore di ANAC.</t>
         </is>
       </c>
       <c r="D51" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="E51" s="2">
-        <v>45987</v>
+        <v>46015</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
-        <v>3568</v>
+        <v>3607</v>
       </c>
       <c r="B52">
         <v>2025</v>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b), del d.lgs. 36/2023, per l'acquisizione di un servizio di formazione informatica per il personale dell'ente alla società SAS Institute s.r.l., partita IVA 01573850516, mediante OdA sul MePa. Impegno di spesa di euro 6.097,56 a favore del creditore SAS INSTITUTE S.R.L., codice creditore 15518, assunto sul capitolo di spesa U0000S27505, missione 01, programma 08, PdC finanziario 1.03.02.04.000, esercizio finanziario 2025</t>
+          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Coordinatore per la Sicurezza nelle fasi di Progettazione ed Esecuzione dell'Coordinatore per la Sicurezza nelle fasi di Progettazione ed Esecuzione dell'Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria delle sedi istituzionali di proprietà della Regione Lazio - 3 Lotti Funzionali". Perfezionamento delle prenotazioni n. 63296/2025 e 5680/2026 per euro 50.151,60, cap. U0000S22501, es. fin. 2025-2026, a favore dell'Arch. OMISSIS OMISSIS . &amp;nbsp; CIG B95F1CB702.</t>
         </is>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>53</v>
       </c>
       <c r="E52" s="2">
-        <v>45986</v>
+        <v>46014</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
-        <v>3567</v>
+        <v>3606</v>
       </c>
       <c r="B53">
         <v>2025</v>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>Nomina Responsabile Unico del Progetto (RUP), ai sensi dell'art. 15 del d.lgs. n. 36/2023, nell'ambito della procedura per l'affidamento di un servizio di assistenza e formazione informatica nell'utilizzo del software DRUPAL</t>
+          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Direttore dei Lavori Impianti dei lavori di manutenzione straordinaria dell'immobile di proprietà regionale sito in Roma, Via Portuense 332, complesso ex "Ospedale Forlanini". &amp;nbsp; &amp;nbsp;Perfezionamento per euro 96.382,78, variazione in diminuzione di euro 13.849,74 delle prenotazioni n. 50249/2025 e 2367/2026, ed impegno di euro 8.128,67, cap. U0000S22501, es. fin. 2025-2026-2027, a favore dell'Ing. OMISSIS OMISSIS . &amp;nbsp;CIG B956FA3E77.</t>
         </is>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
       <c r="E53" s="2">
-        <v>45986</v>
+        <v>46014</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
-        <v>3566</v>
+        <v>3605</v>
       </c>
       <c r="B54">
         <v>2025</v>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>Nomina del Responsabile Unico del Progetto (RUP), ai sensi dell'art. 15 del d.lgs. n. 36/2023, nell'ambito della procedura per l'affidamento di un servizio di consulenza strategica per la promozione informatica del sito istituzionale "Statistica Lazio"</t>
+          <t>Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria delle sedi istituzionali di proprietà della Regione Lazio - 3 Lotti Funzionali</t>
         </is>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>55</v>
       </c>
       <c r="E54" s="2">
-        <v>45986</v>
+        <v>46014</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
-        <v>3565</v>
+        <v>3604</v>
       </c>
       <c r="B55">
         <v>2025</v>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 “Inclusione e coesione”, Componente 1 “Politiche per il Lavoro”, Investimento 1.1 “Potenziamento dei Centri per l'Impiego (PES)”. PNRR “Soluzioni digitali Punti di Accesso (PdA) per CpI – LEP A”.</t>
+          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Coordinamento per la Sicurezza in fase di Esecuzione dei lavori di manutenzione straordinaria dell'immobile di proprietà regionale sito in Roma, Via Portuense 332, complesso ex "Ospedale Forlanini". &amp;nbsp;Perfezionamento per euro 144.589,89, variazione in diminuzione di euro 27.700,46 delle prenotazioni n. 50255/2025 e 2372/2026, ed impegno di euro 12.194,33, cap. U0000S22501, es. fin. 2025-2026-2027, a favore dell'Arch. OMISSIS OMISSIS , con studio in Roma, via Umberto Biancamano n. 35, C.F.: OMISSIS, P.IVA: OMISSIS. &amp;nbsp;CIG B8AE56ECF6.</t>
         </is>
       </c>
       <c r="D55" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="E55" s="2">
-        <v>45986</v>
+        <v>46014</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
-        <v>3564</v>
+        <v>3603</v>
       </c>
       <c r="B56">
         <v>2025</v>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>Affidamento in house providing, ai sensi dell'art. 7 del d.lgs. 36/2023, a LAZIOcrea S.p.A. per l'allestimento degli spazi del Castello di Santa Severa e la realizzazione di una campagna di comunicazione istituzionale per la promozione degli eventi natalizi, che si svolgeranno dall' 8 dicembre 2025 al 6 gennaio 2026 presso il Castello di Santa Severa.</t>
+          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Direzione dei Lavori Edili dei lavori di manutenzione straordinaria dell'immobile di proprietà regionale sito in Roma, Via Portuense 332, complesso ex "Ospedale Forlanini". &amp;nbsp;Perfezionamento per euro 147.946,84, variazione in diminuzione di euro 28.634,24 delle prenotazioni n. 50248/2025 e 2366/2026, ed impegno di euro 12.477,44, cap. U0000S22501, es. fin. 2025-2026-2027, a favore dell'Arch. OMISSIS OMISSIS , con studio professionale in Perugia, Via Bartolomeo Grazioli n. 7, C.F. OMISSIS, P. IVA OMISSIS.CIG B8AE5AF29D.</t>
         </is>
       </c>
       <c r="D56" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="E56" s="2">
-        <v>45985</v>
+        <v>46014</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
-        <v>3563</v>
+        <v>3602</v>
       </c>
       <c r="B57">
         <v>2025</v>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA alla BRAND BUILD srl (Cod. Cred. 255501), per l'attivazione di un servizio di agenzia creativa per la comunicazione in ambito sanitario. Impegno di spesa complessivo di € 42.700,00 IVA inclusa sul capitolo U0000R31902 Es. Fin. 2025. CIG: B905870F5B.</t>
+          <t>Decisioni a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. d) e b), del D.lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria delle sedi istituzionali di proprietà della Regione Lazio - 3 Lotti Funzionali, ed incarichi professionali di CSP e CSE, e Collaudatore. &amp;nbsp;Prenotazioni a favore creditori diversi cap. U0000S22501, es. fin. 2025-2026, di euro 2.562.000,00 per lavori, di euro 65.626,02 per incarico CSP e CSE, di euro 15.000,24 per incarico di Collaudatore. &amp;nbsp;Impegno di spesa sul cap. U0000S22501 di € 42.000,00 e accertamento di € 42.000,00 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, es. fin. 2025-2026. &amp;nbsp; Impegno di spesa di € 695,00 sul cap. U0000T19427, es. fin. 2025, a favore di ANAC.</t>
         </is>
       </c>
       <c r="D57" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
       <c r="E57" s="2">
-        <v>45985</v>
+        <v>46014</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
-        <v>3562</v>
+        <v>3601</v>
       </c>
       <c r="B58">
         <v>2025</v>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023, in favore del dott. Edoardo Bottoni del servizio di consulenza medico-legale nell'ambito del contenzioso Torroni Gabriele c/ Regione Lazio + a. pendente innanzi al Tribunale Civile di Rieti (prima udienza 06.03.2026).</t>
+          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Collaudatore dell'Accordo Quadro avente ad oggetto gli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà della Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento- 3 Lotti Funzionali". &amp;nbsp; &amp;nbsp;Perfezionamento per euro 14.696,61 e variazione in diminuzione di euro 7.350,51 della prenotazione n. 865/2027, impegno di euro 7.348,30, cap. U0000S22501, es. fin. 2026-2027, a favore del Dott. For. OMISSIS OMISSIS , con studio in Roma, via Pericle Fazzini n. 42, C.F: OMISSIS, P.IVA OMISSIS. &amp;nbsp;CIG B841E4DD4D.</t>
         </is>
       </c>
       <c r="D58" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E58" s="2">
-        <v>45985</v>
+        <v>46014</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
-        <v>3561</v>
+        <v>3600</v>
       </c>
       <c r="B59">
         <v>2025</v>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata, a procedura aperta, per la fornitura di antisettici e disinfettanti occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio.</t>
+          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Coordinatore per la Sicurezza in fase di Esecuzione dell'Accordo Quadro avente ad oggetto gli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà della Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento- 3 Lotti Funzionali". &amp;nbsp;Perfezionamento per euro 77.737,17 e variazione in diminuzione di euro 11.753,91 delle prenotazioni n. 50103/2025, 2343/2026 e 871/2027, impegno di euro 424,34, cap. U0000S22501, es. fin. 2025-2026-2027, a favore dell'Arch. OMISSIS OMISSIS , con studio in Roma, via Biagio Longo n. 18, C.F: OMISSIS, P.IVA OMISSIS.CIG B798233771.</t>
         </is>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>59</v>
       </c>
       <c r="E59" s="2">
-        <v>45985</v>
+        <v>46014</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
-        <v>3560</v>
+        <v>3599</v>
       </c>
       <c r="B60">
         <v>2025</v>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, per l'espletamento del servizio di vigilanza antincendio della sede della Regione Lazio sita in via Rosa Raimondi Garibaldi n. 7, Roma. Impegno di spesa sul Capitolo U0000S21909 del Bilancio della Re-gione Lazio, es. fin. 2025 per complessivi euro 169.580,00 a favore di DM QUALITY SERVICE S.R.L.. Impegno di spesa sul cap. U0000S21909 di € 2.336.59 e accertamento di € 2.336.59 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, es. fin. 2025.Impegno sul Capitolo U0000T19427, es. fin. 2025, in favore della Autorità Nazionale Anticorruzio-ne. CIG: B6317B9D06.</t>
+          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Direttore dei Lavori e redazione V.T.A. dell'Accordo Quadro avente ad oggetto gli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà della Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento- 3 Lotti Funzionali". Perfezionamento per euro 130.195,60 e variazione in diminuzione di euro 47.013,60 delle prenotazioni n. 50095/2025, 2336/2026 e 863/2027, cap. U0000S22501, es. fin. 2025-2026-2027, a favore dell'Agr. Dott. OMISSIS OMISSIS , con studio in Roma, via Francesco Cherubini n. 12/D, C.F.: OMISSIS , P.IVA OMISSIS . &amp;nbsp;CIG B79824671F</t>
         </is>
       </c>
       <c r="D60" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="E60" s="2">
-        <v>45981</v>
+        <v>46014</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
-        <v>3559</v>
+        <v>3598</v>
       </c>
       <c r="B61">
         <v>2025</v>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>Appalto specifico per l’acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio – Farmaci 2025 decima tranche – nell’ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini, mezzi di contrasto e soluzioni infusionali destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre, approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto</t>
+          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione ordinaria degli immobili di proprietà o ad uso della Regione Lazio - 3 Lotti Funzionali".&amp;nbsp;</t>
         </is>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>61</v>
       </c>
       <c r="E61" s="2">
-        <v>45981</v>
+        <v>46014</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
-        <v>3558</v>
+        <v>3597</v>
       </c>
       <c r="B62">
         <v>2025</v>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>Procedura aperta, ai sensi art. 71 D.lgs. n. 36/2023, per l'affidamento del "Servizio di vigilanza antincendio della sede della Regione Lazio sita in via Rosa Raimondi Garibaldi n. 7, Roma". Indizione e approvazione atti di gara.</t>
-[...5 lines deleted...]
-        </is>
+          <t>Gara comunitaria centralizzata a procedura aperta per la “Fornitura di prodotti nutrizionali da somministrare per via enterale, parenterale, supplenti orali e latti occorrenti alle aziende sanitarie della Regione Lazio”.&amp;nbsp;</t>
+        </is>
+      </c>
+      <c r="D62" t="s">
+        <v>6</v>
       </c>
       <c r="E62" s="2">
-        <v>45980</v>
+        <v>46013</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
-        <v>3557</v>
+        <v>3596</v>
       </c>
       <c r="B63">
         <v>2025</v>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>Indizione procedura aperta, ai sensi art. 71 D.lgs. n. 36/2023, per l'espletamento del servizio di vigilanza antincendio della sede della Regione Lazio sita in via Rosa Raimondi Garibaldi n. 7, Roma.&amp;nbsp;</t>
+          <t>Procedura aperta sopra soglia, ai sensi art. 71 D.lgs. n. 36/2023, per l'acquisto della fornitura di moduli antincendio boschivo (AIB) da allestire sui pick-up. Indizione e approvazione atti di gara.</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
       <c r="E63" s="2">
-        <v>45980</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>46013</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
-        <v>3556</v>
+        <v>3595</v>
       </c>
       <c r="B64">
         <v>2025</v>
       </c>
-      <c r="C64" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C64" t="s">
+        <v>62</v>
       </c>
       <c r="D64" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="E64" s="2">
-        <v>45980</v>
+        <v>46013</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
-        <v>3555</v>
+        <v>3594</v>
       </c>
       <c r="B65">
         <v>2025</v>
       </c>
-      <c r="C65" t="s">
-        <v>52</v>
+      <c r="C65" t="inlineStr">
+        <is>
+          <t>Accordo Quadro per l'affidamento del servizio di giardinaggio aree interne ed esterne, comprendente attività ordinarie e extra canone degli immobili sedi istituzionali di proprietà ed in uso della Giunta della Regione Lazio. Modifiche contrattuali ai sensi dell'art. 120, comma 9, del D.lgs. 36/2023. Impegni di spesa sul capitolo di bilancio U0000S21900, es. fin. 2025, di: &amp;nbsp;euro 52.069,60 a favore de L'OPEROSA S.P.A. SOCIETÀ BENEFIT, impegno di euro 3.633,97 a favore dell'Agr. Dott. Aurelio Valentini. &amp;nbsp;CIG: A03554EC27: B149472A3E.</t>
+        </is>
       </c>
       <c r="D65" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="E65" s="2">
-        <v>45980</v>
+        <v>46013</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
-        <v>3554</v>
+        <v>3593</v>
       </c>
       <c r="B66">
         <v>2025</v>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50 comma 1 lettera b) del Dlgs 36/2023 del servizio di Coordinamento per la Sicurezza in fase di Esecuzione, per l'Applicativo n.2, dell'intervento di "Servizio di Messa in Sicurezza e Caratterizzazione ambientale per il sito "ex discarica Le Lame", S.I.N. Bacino del fiume Sacco, nel comune di Frosinone (FR)." Perfezionamento tramite generazione di impegno perfetto di parte della prenotazione di spesa n. 787/2025 sul capitolo U0000E32114, missione 09 programma 03 piano dei conti finanziario 2.02.03.06 per un importo complessivo di € 13.799,94 in favore dello Studio di ingegneria Ing. Mauro Annarelli (cod.cred.252113) esercizio finanziario 2025. CUP: F47G20000080001 - CIG: B88A9E2530</t>
+          <t>Rettifica gruppo di lavoro Lotto 1 Fase esecuzione costituito con det. n. G11710 del 15/09/2025. Gara comunitaria a procedura aperta per l'affidamento, tramite accordo quadro, dei servizi di rilevazione dei beni mobiliari e immobiliari di proprietà della Regione Lazio della durata di 36 mesi, suddivisa in due lotti</t>
         </is>
       </c>
       <c r="D66" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
       <c r="E66" s="2">
-        <v>45979</v>
+        <v>46013</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
-        <v>3553</v>
+        <v>3592</v>
       </c>
       <c r="B67">
         <v>2025</v>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio - farmaci 2025, Nona tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - provvedimento di aggiudicazione.</t>
+          <t>Appalto Specifico per l'acquisizione di soluzioni infusionali, grandi volumi e soluzioni per preparazioni galeniche occorrenti alle Aziende sanitarie della Regione Lazio nell'ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, soluzioni infusionali, vaccini e mezzi di contrasto destinati alle AA.SS. della Regione Lazio e di altri Soggetti Aggregatori. Determinazione a contrarre. Impegno di spesa di € 880,00 sul Cap. U0000T19427 a favore dell'A.N.A.C. es. fin. 2025. Impegno di spesa complessivo di € 49.915,84 sul capitolo U0000H11715 e relativo accertamento a carico del Fondo incentivi ex art. 383 sexies R.R. n.1/2002 per importo di € 49.915,84 sul cap. n. E0000341560, es. fin. 2025&amp;nbsp;</t>
         </is>
       </c>
       <c r="D67" t="s">
-        <v>55</v>
+        <v>6</v>
       </c>
       <c r="E67" s="2">
-        <v>45978</v>
+        <v>46010</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
-        <v>3552</v>
+        <v>3591</v>
       </c>
       <c r="B68">
         <v>2025</v>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell’art. 50, comma 1, lett. b) D.lgs. n. 36/2023, del servizio di formazione per l’abbonamento annuale alla rivista “www.esproprionline.it (EOL)” - organizzatore “EXEO s.r.l.” (codice creditore n. 238793). Impegno di spesa di € 1.040,00 sul capitolo U0000E51908 - esercizio 2025.</t>
+          <t>Procedura aperta, ai sensi art. 71 D.lgs. n. 36/2023, per l'affidamento del ""Servizio di assistenza professionale per attività concernenti il piano di sviluppo strategico della Zona Logistica Semplificata della Regione Lazio.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D68" t="s">
-        <v>56</v>
+        <v>6</v>
       </c>
       <c r="E68" s="2">
-        <v>45975</v>
+        <v>46010</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
-        <v>3551</v>
+        <v>3590</v>
       </c>
       <c r="B69">
         <v>2025</v>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>Nomina Responsabile Unico del Procedimento (RUP), ai sensi dell'art. 31 del d.lgs. n. 50/2016, nell'ambito della procedura per l'affidamento di servizi professionali tecnici e di supporto all'adozione del cloud e PMO per le Pubbliche Amministrazioni, tramite contratto esecutivo in adesione all'Accordo Quadro CONSIP ID 2652 - Lotto 4, ex art. 54, co. 3 del d.lgs. 50/2016</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025 Undicesima tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini, mezzi di contrasto e soluzioni infusionali destinato alla AA.SS. della Regione Lazio - Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.&amp;nbsp;&amp;nbsp;</t>
         </is>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>65</v>
       </c>
       <c r="E69" s="2">
-        <v>45975</v>
+        <v>46010</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
-        <v>3550</v>
+        <v>3589</v>
       </c>
       <c r="B70">
         <v>2025</v>
       </c>
-      <c r="C70" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C70" t="s">
+        <v>66</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
       <c r="E70" s="2">
-        <v>45975</v>
+        <v>46008</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
-        <v>3549</v>
+        <v>3587</v>
       </c>
       <c r="B71">
         <v>2025</v>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>Approvazione Avviso Pubblico per la consultazione preliminare di mercato indetta ai sensi dell'art. 77 del d.lgs. 36/2023 per acquisizione di istanze di interesse per la fornitura di un servizio zoologico specialistico di gestione e controllo della fauna selvatica e attività accessorie</t>
+          <t>Affidamento diretto in house providing alla Società LAZIOcrea S.p.A. (cod. cred. 164838), ai sensi dell'art. 7 del D.lgs. 36/2023, per l'acquisto di servizi per le attività dell'Ufficio Stampa e dell'Ufficio Social Media, ivi incluse le attività connesse al progetto di visibilità del Presidente e della Giunta regionale. CIG B9558A445F.</t>
         </is>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>67</v>
       </c>
       <c r="E71" s="2">
-        <v>45975</v>
+        <v>46007</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
-        <v>3548</v>
+        <v>3586</v>
       </c>
       <c r="B72">
         <v>2025</v>
       </c>
-      <c r="C72" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C72" t="s">
+        <v>68</v>
       </c>
       <c r="D72" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="E72" s="2">
-        <v>45972</v>
+        <v>46007</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
-        <v>3547</v>
+        <v>3585</v>
       </c>
       <c r="B73">
         <v>2025</v>
       </c>
-      <c r="C73" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C73" t="s">
+        <v>70</v>
       </c>
       <c r="D73" t="s">
-        <v>58</v>
+        <v>6</v>
       </c>
       <c r="E73" s="2">
-        <v>45972</v>
+        <v>46007</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
-        <v>3546</v>
+        <v>3584</v>
       </c>
       <c r="B74">
         <v>2025</v>
       </c>
-      <c r="C74" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C74" t="s">
+        <v>71</v>
       </c>
       <c r="D74" t="s">
-        <v>59</v>
+        <v>72</v>
       </c>
       <c r="E74" s="2">
-        <v>45972</v>
+        <v>46007</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
-        <v>3545</v>
+        <v>3583</v>
       </c>
       <c r="B75">
         <v>2025</v>
       </c>
-      <c r="C75" t="s">
-        <v>60</v>
+      <c r="C75" t="inlineStr">
+        <is>
+          <t>Procedura aperta, ai sensi dell’art. 71 D.lgs. n. 36/2023, per l’individuazione di un centro media che si occuperà dell’acquisto di spazi pubblicitari per la promozione della Via Francigena azioni trasversali scheda 33 PSC di cui al Decreto MIT prot. 1145205/24. CUP J59E2200004001 - CUI S80143490581202400033. Provvedimento di aggiudicazione.</t>
+        </is>
       </c>
       <c r="D75" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="E75" s="2">
-        <v>45972</v>
+        <v>46007</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
-        <v>3544</v>
+        <v>3582</v>
       </c>
       <c r="B76">
         <v>2025</v>
       </c>
-      <c r="C76" t="s">
-        <v>62</v>
+      <c r="C76" t="inlineStr">
+        <is>
+          <t>Gara comunitaria a procedura aperta, suddivisa in 10 lotti finalizzata alla stipula di convenzioni quadro per l’acquisizione del servizio di sorveglianza attiva antincendio e di sicurezza per le Aziende sanitarie e ospedaliere della Regione Lazio - II Edizione.</t>
+        </is>
       </c>
       <c r="D76" t="s">
-        <v>63</v>
+        <v>6</v>
       </c>
       <c r="E76" s="2">
-        <v>45972</v>
+        <v>46006</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
-        <v>3543</v>
+        <v>3581</v>
       </c>
       <c r="B77">
         <v>2025</v>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione ordinaria degli immobili di proprietà o ad uso della Regione Lazio - 3 Lotti Funzionali. Lotto 1.</t>
+          <t>D.G.R. n.189 del 12.04.2022. intervento "Opere di collettamento e depurazione relativamente ai poli di Civita Castellana, Sutri e Vignanello - III lotto" - CUP: F22E22000040005- CIG: B937BAC8F5. Determina affidamento diretto incarico professionale per la redazione di tre VPIA Verifica preventiva dell'interesse archeologico art. 41 co. 4 e Allegato I.8 del D.lgs 36/2023 - all'Operatore Economico Matrix Srl Archeologia e Patrimonio (cod. cred. 255878) Perfezionamento di prenotazione impegno n. 9379/2025 per complessivi € 9.012,75 sul cap. U0000C12170. Esercizio Fin. 2025.</t>
         </is>
       </c>
       <c r="D77" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="E77" s="2">
-        <v>45972</v>
+        <v>46003</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
-        <v>3542</v>
+        <v>3580</v>
       </c>
       <c r="B78">
         <v>2025</v>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>Accordo Quadro con unico operatore relativo agli interventi di manutenzione ordinaria del complesso di proprietà regionale "Santa Maria della Pietà", Padiglione 11</t>
+          <t>PR Lazio FESR 2021-2027 - Azione 2.4.1.b) "Interventi di prevenzione dell'erosione costiera". Determina a contrarre per l'affidamento di lavori e servizi per la realizzazione di opere rigide a difesa della costa del Lazio, per la conclusione di un accordo quadro con unico operatore economico per ciascuno dei lotti, ai sensi dell'art. 59, comma 4 lettera c) del D.lgs. n. 36/2023. Approvazione degli atti di gara e indizione della procedura - CUP: F88H25001890006</t>
         </is>
       </c>
       <c r="D78" t="s">
-        <v>65</v>
+        <v>6</v>
       </c>
       <c r="E78" s="2">
-        <v>45972</v>
+        <v>46002</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
-        <v>3541</v>
+        <v>3579</v>
       </c>
       <c r="B79">
         <v>2025</v>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>Assistenza al RUP relativa all'intervento "Lavori di manutenzione straordinaria dell'immobile di proprietà regionale sito in Roma, Via Portuense 332, complesso ex "Ospedale Forlanini"</t>
+          <t>PR Lazio FESR 2021-2027 - Azione 2.4.1.b) "Interventi di prevenzione dell'erosione costiera". Determina a contrarre per l'affidamento di lavori e servizi per la realizzazione di interventi di dragaggio e ripascimento a difesa della costa del Lazio, per la conclusione di un accordo quadro con unico operatore economico per ciascuno dei lotti, ai sensi dell'art. 59, comma 3 del D.lgs. n. 36/2023. Approvazione degli atti di gara e indizione della procedura - CUP: F88H25001880006</t>
         </is>
       </c>
       <c r="D79" t="s">
-        <v>66</v>
+        <v>6</v>
       </c>
       <c r="E79" s="2">
-        <v>45972</v>
+        <v>46002</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
-        <v>3540</v>
+        <v>3578</v>
       </c>
       <c r="B80">
         <v>2025</v>
       </c>
       <c r="C80" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="D80" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="E80" s="2">
-        <v>45972</v>
+        <v>46002</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
-        <v>3539</v>
+        <v>3577</v>
       </c>
       <c r="B81">
         <v>2025</v>
       </c>
-      <c r="C81" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="C81" t="inlineStr">
+        <is>
+          <t>Campagna di comunicazione istituzionale denominata: "Bollo Auto". Impegno di spesa complessivo di € 125.130,52 (IVA inclusa) a creditori vari. Capitolo di bilancio U0000R31902 - Es. Fin. 2025.</t>
+        </is>
+      </c>
+      <c r="D81" t="inlineStr">
+        <is>
+          <t>B9298FB69D; B929A2E3F6; B929B1201E; B929BD72AF; B929DDFFC9; B92C3BE05F; B92FF9412F; B93001C16A; B930102F33; B9301C936F; B93023A0B0; B930337178; B9303D8653; B930642451; B93057B01A; B93070ECA7; B930780ABB; B9307EO9F4; B930891C04; B93091CEB8&amp;nbsp;</t>
+        </is>
       </c>
       <c r="E81" s="2">
-        <v>45972</v>
+        <v>46000</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
-        <v>3538</v>
+        <v>3576</v>
       </c>
       <c r="B82">
         <v>2025</v>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>Nomina Responsabile Unico del Procedimento (RUP), ai sensi dell'art. 15 del d.lgs. n. 36/2023, nell'ambito della procedura per comprensivo del servizio di assistenza veterinaria tramite medico veterinario e fornitura dei farmaci e materiali sanitari indispensabili per l'attività di telenarcosi necessari alla sedazione, gestione e risveglio in sicurezza degli animali catturati</t>
-[...3 lines deleted...]
-        <v>6</v>
+          <t>Campagna di comunicazione istituzionale denominata: "Anche Oggi". Impegno di spesa complessivo di € 432.629,57 (IVA inclusa) a creditori vari. Capitolo di bilancio U0000R31902 - Es. Fin. 2025</t>
+        </is>
+      </c>
+      <c r="D82" t="inlineStr">
+        <is>
+          <t>B9329CC838, B932BD562A,B932D4DC71,B932E86EBC, B93404970C, B93427E94C, B9342BFEEE, B9346D1AD2, B934CA9D5B, B9347EF6D7, B934ECD198, B9351A27E0, B94F1488E2, B95B3E634E, B95B6CB6CB, B95BC0CCB7, B95BD135C2, B95BE7AE01, B95C138154, B95C441287, B95C6E7208, B95C7BF447, B95C83FDE5, B95D1E5437, B95D47B683, B95D5A3AC6, B95D84AB1A, B95D947BE2, B95DC8372D, B95DC410B8, B95F9090FC, B95F18C306, B95F2BEF87, B95F2D84FF, B95F457110, B95F721E42, B95F7DEA3B&amp;nbsp;</t>
+        </is>
       </c>
       <c r="E82" s="2">
-        <v>45972</v>
+        <v>45996</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
-        <v>3537</v>
+        <v>3575</v>
       </c>
       <c r="B83">
         <v>2025</v>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA alla ICARUS srl (Cod. Cred. 157330), per l'attivazione di un servizio di supporto all'Ufficio Stampa del Presidente della Regione Lazio, per la durata di 28 mesi. Impegno di spesa complessivo di € 168.360,00 IVA inclusa sul capitolo U0000R31906 suddiviso in € 6.012,89 Es. Fin. 2025, € 72.154,28 Es. Fin. 2026, € 72.154,28 Es. Fin. 2027 € 18.038,55 Es. Fin. 2028. Impegno di spesa in favore di ANAC di € 35,00 sul capitolo U0000T19427, Es. Fin. 2025. CIG: B855D27D35.</t>
+          <t>Servizi di ristorazione per le Aziende Sanitarie della Regione Lazio. Determinazione a contrarre ai sensi dell'art. 17, comma 1 D. Lgs. n. 36/2023 e conferimento di incarichi al gruppo di lavoro.</t>
         </is>
       </c>
       <c r="D83" t="s">
-        <v>71</v>
+        <v>6</v>
       </c>
       <c r="E83" s="2">
-        <v>45971</v>
+        <v>45995</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
-        <v>3536</v>
+        <v>3574</v>
       </c>
       <c r="B84">
         <v>2025</v>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>Affidamento diretto in favore del dott. Enrico Tittoni (codice creditore n. 102864), ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023, del servizio di consulenza medico-legale nell'ambito della richiesta stragiudiziale di risarcimento danni da parte dell'Avv. Raffaella De Angelis per gli assistiti Bizzoni Francesco, Bizzoni Marzia, Bizzoni Camilla e Galli Simonetta. Impegno di spesa sul capitolo di bilancio U0000R21420 di € 2.196,00 per l'esercizio finanziario 2025 - CIG: B89C1966AD.</t>
+          <t>Affidamento del "Servizio di tesoreria reso in favore dell'Azienda Regionale Sanitaria Lazio.0 per la centralizzazione dei pagamenti dei fornitori del servizio sanitario regionale" per la durata di 12 mesi. Impegno complessivo di euro 39.700,00 IVA esente sul capitolo U0000H11715, in favore di Intesa Sanpaolo S.p.A., (cod. cred 66251) Es. Fin. 2026</t>
         </is>
       </c>
       <c r="D84" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="E84" s="2">
-        <v>45968</v>
+        <v>45995</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
-        <v>3535</v>
+        <v>3573</v>
       </c>
       <c r="B85">
         <v>2025</v>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023, in favore del dott. Domenico Spagnolo del servizio di consulenza medico-legale nell'ambito del contenzioso relativo al ricorso ex artt. 281 decies e undecies c.p.c. proposto da Sellaroli Carla + 6 / Regione Lazio. CIG: B89C5509F0.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;</t>
+          <t>PSC Lazio Del. CIPESS 29/2021 - Promozione e valorizzazione del Claim Lazio - CUP F89I21000140001 - Cod. SIGEM FESR A0461P0001 - Attuazione MIS. 2 - LR 13/2007 e s.m.i. - DGR 325/2022 - Partecipazione della Regione Lazio alla manifestazione World Travel Market 2025, Londra 4/6 novembre 2025. Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. Acquisizione dei servizi accessori per il funzionamento dell'area espositiva della Regione Lazio e organizzazione di un evento promozionale enogastronomico. Perfezionamento della prenotazione 52943/2025 per € 21.350,00 sul Cap. U0000C17110 - Piano FSC Lazio delibera CIPE 38/2020 - Iniziative per l'attrattività turistica del territorio regionale - Missione 07 - Programma 02 - PdC 1.03.02.02.000 - Bilancio Regionale - E.F. 2025, in favore della Società Universal Marketing Srl. CIG:B8D76D700E</t>
         </is>
       </c>
       <c r="D85" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="E85" s="2">
-        <v>45968</v>
+        <v>45992</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
-        <v>3534</v>
+        <v>3572</v>
       </c>
       <c r="B86">
         <v>2025</v>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>DGR n. 1095/2024 - Progetto CURLAU "NUE 112 GESTIONE TECNICA SALA OPERATIVA CUR ROMA" - Affidamento in house providing, ai sensi dell'art. 7, comma 2, del D. Lgs. 36/2023, a LAZIOcrea S.p.A. della realizzazione degli interventi di cui alla Scheda 9.17 del POA 2025 necessarie alla continuità operativa della CUR NUE 112. E.F. 2025: Capitolo U0000E47920 Impegno di spesa per euro 155.245,00 (iva inclusa) a favore di LAZIOcrea S.p.A. - Capitolo U0000T19427 Impegno di spesa di euro 35,00 a favore dell'Autorità Nazionale Anticorruzione (ANAC).</t>
+          <t>Partecipazione della Regione Lazio alla manifestazione internazionale ILTM - International Luxury Travel Market - Cannes 01/04 dicembre 2025. Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. per l'acquisizione dei servizi accessori necessari al funzionamento dell'area espositiva della Regione Lazio. Impegno in favore della Società Hollywood Service S.r.l. dell'importo complessivo € 1.830,00 sul capitolo U0000B43907 "Spese per la promozione turistica" - Missione 07 - Programma 01 - PdC 1.03.02.02.000 - Bilancio Regionale - Esercizio Finanziario 2025. CIG: B8E6532286.</t>
         </is>
       </c>
       <c r="D86" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="E86" s="2">
-        <v>45966</v>
+        <v>45992</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
-        <v>3533</v>
+        <v>3571</v>
       </c>
       <c r="B87">
         <v>2025</v>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>PSC Lazio Del. CIPESS 29/2021 - Promozione e valorizzazione del Claim Lazio - CUP F89I21000140001 - Cod. SIGEM FESR A0461P0001 - Attuazione MIS. 2 - LR 13/2007 e s.m.i. - DGR 325/2022 - Affidamento ai sensi dell'art. 76 co. 2, lett. b)del D.Lgs 36/2023 attraverso la piattaforma S.TEL.LA. Partecipazione della Regione Lazio alla manifestazione turistica internazionale WORLD TRAVEL MARKET, in programma a Londra dal 4 al 6 novembre 2025. Perfezionamento della prenotazione 52943/2025 per l'importo di € 134.200,00 sul Cap. U0000C17110 - Piano FSC Lazio delibera CIPE 38/2020 - Iniziative per l'attrattività turistica del territorio regionale - Missione 07 - Programma 02 - PdC 1.03.02.02.000 - Bilancio Regionale - E.F. 2025, in favore di Enit Spa. Impegno in favore di ANAC della somma di € 35,00 sul Cap. U0000T19427 - Bilancio Regionale E.F. 2025, per i costi di funzionamento dell'Autorità.</t>
+          <t>PSC Lazio Del. CIPESS 29/2021 - Promozione e valorizzazione del Claim Lazio - CUP F89I21000140001 - Cod. SIGEM FESR A0461P0001 - Attuazione MIS. 2 - LR 13/2007 e s.m.i. - DGR 325/2022 - Partecipazione della Regione Lazio alla manifestazione ACE - Art Cities Exchange 2025. Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione di un evento promozionale enogastronomico dedicato al Lazio, presso il Castello di Santa Severa - Santa Marinella (Roma). Perfezionamento della prenotazione 52943/2025 per l'importo di € 15.635,20 sul Cap. U0000C17110 - Piano FSC Lazio delibera CIPE 38/2020 - Iniziative per l'attrattività turistica del territorio regionale - Missione 07 - Programma 02 - PdC 1.03.02.02.000 - Bilancio Regionale - E.F. 2025, in favore della Società Servizi Cherubini Srl. CIG: B8CF0463D6</t>
         </is>
       </c>
       <c r="D87" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="E87" s="2">
-        <v>45966</v>
+        <v>45992</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
-        <v>3532</v>
+        <v>3570</v>
       </c>
       <c r="B88">
         <v>2025</v>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>PSC Lazio Del. CIPESS 29/2021 - Promozione e valorizzazione del Claim Lazio - CUP F89I21000140001 - Cod. SIGEM FESR A0461P0001 - Attuazione MIS. 2 - LR 13/2007 e s.m.i. - DGR 325/2022 - Affidamento ai sensi dell'art. 76 co. 2, lett. b) del D.Lgs 36/2023 attraverso la piattaforma S.TEL.LA. Partecipazione della Regione Lazio alla manifestazione ILTM - International Luxury Travel Market - Cannes 01/04 dicembre 2025. Perfezionamento della prenotazione 52943/2025 per l'importo di € 94.476,80 sul Cap. U0000C17110 - Piano FSC Lazio delibera CIPE 38/2020 - Iniziative per l'attrattività turistica del territorio regionale - Missione 07 - Programma 02 - PdC 1.03.02.02.000 - Bilancio Regionale - E.F. 2025, in favore di Enit Spa. CIG: B85C513F85. Impegno in favore di ANAC della somma di € 35,00 sul Cap. U0000T19427 - Bilancio Regionale E.F. 2025, per i costi di funzionamento dell'Autorità</t>
+          <t>Studio di Valutazione di Incidenza Ambientale per i lavori di " Manutenzione del fiume Mignone dalla traversa della Vecchia Mola a monte per circa 6 Km in Comune di Tarquinia (VT)”..</t>
         </is>
       </c>
       <c r="D88" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="E88" s="2">
-        <v>45966</v>
+        <v>45987</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
-        <v>3531</v>
+        <v>3569</v>
       </c>
       <c r="B89">
         <v>2025</v>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>Servizio di Valutazione sull'efficacia delle azioni di capacità amministrativa, previste dal PRIGA del PR Lazio FESR 2021-2027 nei confronti dell'Organismo Intermedio Lazio Innova S.p.A</t>
+          <t>Servizio di progettazione esecutiva dell’intervento “Manutenzione del fiume Mignone dalla traversa della Vecchia Mola a monte per circa 6 Km in Comune di Tarquinia (VT)”.</t>
         </is>
       </c>
       <c r="D89" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="E89" s="2">
-        <v>45965</v>
+        <v>45987</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
-        <v>3530</v>
+        <v>3568</v>
       </c>
       <c r="B90">
         <v>2025</v>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>Servizio di Valutazione sull'efficacia delle azioni di capacità amministrativa, previste dal PRIGA del PR Lazio FESR 2021-2027 nei confronti dell'Organismo Intermedio Lazio Innova S.p.A.- Differimento del termine di validità dell'offerta presentata da t33 S.r.l.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b), del d.lgs. 36/2023, per l'acquisizione di un servizio di formazione informatica per il personale dell'ente alla società SAS Institute s.r.l., partita IVA 01573850516, mediante OdA sul MePa. Impegno di spesa di euro 6.097,56 a favore del creditore SAS INSTITUTE S.R.L., codice creditore 15518, assunto sul capitolo di spesa U0000S27505, missione 01, programma 08, PdC finanziario 1.03.02.04.000, esercizio finanziario 2025</t>
         </is>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
       <c r="E90" s="2">
-        <v>45965</v>
+        <v>45986</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
-        <v>3529</v>
+        <v>3567</v>
       </c>
       <c r="B91">
         <v>2025</v>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>Servizio di Valutazione sull'efficacia delle azioni di capacità amministrativa, previste dal PRIGA del PR Lazio FESR 2021-2027 nei confronti dell'Organismo Intermedio Lazio Innova S.p.A.- Avvio Procedura finalizzata alla decisione a contrarre per affidamento diretto.</t>
+          <t>Nomina Responsabile Unico del Progetto (RUP), ai sensi dell'art. 15 del d.lgs. n. 36/2023, nell'ambito della procedura per l'affidamento di un servizio di assistenza e formazione informatica nell'utilizzo del software DRUPAL</t>
         </is>
       </c>
       <c r="D91" t="s">
         <v>6</v>
       </c>
       <c r="E91" s="2">
-        <v>45965</v>
+        <v>45986</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
-        <v>3528</v>
+        <v>3566</v>
       </c>
       <c r="B92">
         <v>2025</v>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>Adesione alla convenzione "Servizi postali di recapito per le amministrazioni della Regione Lazio, Lotto 1" sulla piattaforma S.TEL.LA, per il servizio di postalizzazione - Impegno di spesa di € 25.010,00 IVA compresa in favore della società Poste Italiane Spa cod. (cred. 61121) - Cap. U0000S23427 - es. fin. 2025. CIG B7D9E76208</t>
+          <t>Nomina del Responsabile Unico del Progetto (RUP), ai sensi dell'art. 15 del d.lgs. n. 36/2023, nell'ambito della procedura per l'affidamento di un servizio di consulenza strategica per la promozione informatica del sito istituzionale "Statistica Lazio"</t>
         </is>
       </c>
       <c r="D92" t="s">
-        <v>78</v>
+        <v>6</v>
       </c>
       <c r="E92" s="2">
-        <v>45965</v>
+        <v>45986</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
-        <v>3527</v>
+        <v>3565</v>
       </c>
       <c r="B93">
         <v>2025</v>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un accordo di collaborazione tra Dimensione Advertising srl e la Regione Lazio finalizzata alla realizzazione di un appuntamentoquotidiano in radio, attraverso dei notiziari dedicati, per la durata complessiva di 8 mesi: dal mese di novembre 2025 al mese di giugno 2026. Impegno di spesa in favore di Dimensione Advertising s.r.l. (Cod. Cred. 156941) di € 48.678,00 IVA inclusa sul capitolo U0000R31902 così ripartito: € 12.169,50 per l'Es. Fin. 2025 ed € 36.508,50 per l'Es. fin. 2026. CIG: B894D578C5.</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 “Inclusione e coesione”, Componente 1 “Politiche per il Lavoro”, Investimento 1.1 “Potenziamento dei Centri per l'Impiego (PES)”. PNRR “Soluzioni digitali Punti di Accesso (PdA) per CpI – LEP A”.</t>
         </is>
       </c>
       <c r="D93" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="E93" s="2">
-        <v>45964</v>
+        <v>45986</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
-        <v>3526</v>
+        <v>3564</v>
       </c>
       <c r="B94">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>D.G.R. n. 311 del 24/05/2022. Intervento cod. Rendis 12IR009/CI "Lavori straordinari di manutenzione dell'alveo del fiume Tronto nel Comune di Amatrice". CUP: F77H21007280005&amp;nbsp;</t>
+          <t>Affidamento in house providing, ai sensi dell'art. 7 del d.lgs. 36/2023, a LAZIOcrea S.p.A. per l'allestimento degli spazi del Castello di Santa Severa e la realizzazione di una campagna di comunicazione istituzionale per la promozione degli eventi natalizi, che si svolgeranno dall' 8 dicembre 2025 al 6 gennaio 2026 presso il Castello di Santa Severa.</t>
         </is>
       </c>
       <c r="D94" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="E94" s="2">
-        <v>45964</v>
+        <v>45985</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
-        <v>3525</v>
+        <v>3563</v>
       </c>
       <c r="B95">
         <v>2025</v>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>Affidamento in house providing, ai sensi dell'art. 7 del d.lgs. 36/2023, a Lazio Innova S.p.A. per la realizzazione di una campagna di sensibilizzazione del cittadino alle attività di vaccinazione. Impegno di spesa in favore di Lazio Innova S.p.A. (cod. cred. 59621) di euro 257.299,71 (IVA inclusa) sul capitolo U0000H11786, Es. Fin. 2025. Impegno di spesa a favore di ANAC di euro 250,00 sul capitolo U0000T19427, Es. Fin. 2025. CIG B8765D8D5F.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA alla BRAND BUILD srl (Cod. Cred. 255501), per l'attivazione di un servizio di agenzia creativa per la comunicazione in ambito sanitario. Impegno di spesa complessivo di € 42.700,00 IVA inclusa sul capitolo U0000R31902 Es. Fin. 2025. CIG: B905870F5B.</t>
         </is>
       </c>
       <c r="D95" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E95" s="2">
-        <v>45960</v>
+        <v>45985</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
-        <v>3524</v>
+        <v>3562</v>
       </c>
       <c r="B96">
         <v>2025</v>
       </c>
-      <c r="C96" t="s">
-        <v>82</v>
+      <c r="C96" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023, in favore del dott. Edoardo Bottoni del servizio di consulenza medico-legale nell'ambito del contenzioso Torroni Gabriele c/ Regione Lazio + a. pendente innanzi al Tribunale Civile di Rieti (prima udienza 06.03.2026).</t>
+        </is>
       </c>
       <c r="D96" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="E96" s="2">
-        <v>45960</v>
+        <v>45985</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
-        <v>3523</v>
+        <v>3561</v>
       </c>
       <c r="B97">
         <v>2025</v>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>Affidamento servizio di “Predisposizione dell’allegato tecnico per l’aggiornamento dei criteri per la programmazione dei flussi agli impianti minimi, predisposizione della procedura per la dichiarazione e verifica dei flussi minimi, monitoraggio del PRGR 2019-2025.</t>
+          <t>Gara comunitaria centralizzata, a procedura aperta, per la fornitura di antisettici e disinfettanti occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio.</t>
         </is>
       </c>
       <c r="D97" t="s">
-        <v>84</v>
+        <v>6</v>
       </c>
       <c r="E97" s="2">
-        <v>45959</v>
+        <v>45985</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
-        <v>3522</v>
+        <v>3560</v>
       </c>
       <c r="B98">
         <v>2025</v>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>Acquisto dell''abbonamento al periodico "La Protezione civile italiana", Edizioni Nazionali S.r.l., per la durata di 12 mesi. Impegno per complessivi € 4.200,00 sul capitolo di spesa U0000E47902 - missione 11, programma 01, PCF U.1.03.01.01.000 - esercizio finanziario 2025 - in favore di Edizioni Nazionali S.r.l.</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, per l'espletamento del servizio di vigilanza antincendio della sede della Regione Lazio sita in via Rosa Raimondi Garibaldi n. 7, Roma. Impegno di spesa sul Capitolo U0000S21909 del Bilancio della Re-gione Lazio, es. fin. 2025 per complessivi euro 169.580,00 a favore di DM QUALITY SERVICE S.R.L.. Impegno di spesa sul cap. U0000S21909 di € 2.336.59 e accertamento di € 2.336.59 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, es. fin. 2025.Impegno sul Capitolo U0000T19427, es. fin. 2025, in favore della Autorità Nazionale Anticorruzio-ne. CIG: B6317B9D06.</t>
         </is>
       </c>
       <c r="D98" t="s">
-        <v>6</v>
+        <v>87</v>
       </c>
       <c r="E98" s="2">
-        <v>45958</v>
+        <v>45981</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
-        <v>3521</v>
+        <v>3559</v>
       </c>
       <c r="B99">
         <v>2025</v>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>Acquisto dell'abbonamento al periodico "112Emergencies" della "Rigo Editore s.r.l." Impegno per complessivi € 6.000,00 sul capitolo di spesa U0000E47902 - missione 11, programma 01, PCF U.1.03.01.01.000 - esercizio finanziario 2025 - in favore di "Rigo Editore s.r.l.".</t>
+          <t>Appalto specifico per l’acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio – Farmaci 2025 decima tranche – nell’ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini, mezzi di contrasto e soluzioni infusionali destinato alla AA.SS. della Regione Lazio.</t>
         </is>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
       <c r="E99" s="2">
-        <v>45958</v>
+        <v>45981</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
-        <v>3520</v>
+        <v>3558</v>
       </c>
       <c r="B100">
         <v>2025</v>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>Convenzione con Centro di Servizio per il Volontariato del Lazio - CSV Lazio per la realizzazione iniziative di formazione in materia di Protezione Civile a favore dei soggetti del Sistema Integrato della Protezione Civile.&amp;nbsp;</t>
+          <t>Procedura aperta, ai sensi art. 71 D.lgs. n. 36/2023, per l'affidamento del "Servizio di vigilanza antincendio della sede della Regione Lazio sita in via Rosa Raimondi Garibaldi n. 7, Roma".</t>
         </is>
       </c>
       <c r="D100" t="s">
-        <v>6</v>
+        <v>88</v>
       </c>
       <c r="E100" s="2">
-        <v>45958</v>
+        <v>46056</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
-        <v>3519</v>
+        <v>3557</v>
       </c>
       <c r="B101">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>2025</v>
+      </c>
+      <c r="C101" t="inlineStr">
+        <is>
+          <t>Indizione procedura aperta, ai sensi art. 71 D.lgs. n. 36/2023, per l'espletamento del servizio di vigilanza antincendio della sede della Regione Lazio sita in via Rosa Raimondi Garibaldi n. 7, Roma.&amp;nbsp;</t>
+        </is>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
       <c r="E101" s="2">
-        <v>45958</v>
+        <v>45980</v>
+      </c>
+      <c r="F101" t="s">
+        <v>89</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
-        <v>3518</v>
+        <v>3556</v>
       </c>
       <c r="B102">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>2025</v>
+      </c>
+      <c r="C102" t="inlineStr">
+        <is>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. 36/2023, per la fornitura di n. 2 divani per la sala d'attesa dell'Ufficio della Presidenza</t>
+        </is>
       </c>
       <c r="D102" t="s">
-        <v>6</v>
+        <v>90</v>
       </c>
       <c r="E102" s="2">
-        <v>45958</v>
+        <v>45980</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
-        <v>3517</v>
+        <v>3555</v>
       </c>
       <c r="B103">
-        <v>2024</v>
-[...4 lines deleted...]
-        </is>
+        <v>2025</v>
+      </c>
+      <c r="C103" t="s">
+        <v>91</v>
       </c>
       <c r="D103" t="s">
-        <v>6</v>
+        <v>92</v>
       </c>
       <c r="E103" s="2">
-        <v>45958</v>
+        <v>45980</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
-        <v>3516</v>
+        <v>3554</v>
       </c>
       <c r="B104">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>Convenzione con Centro di Servizio per il Volontariato del Lazio - CSV Lazio per la realizzione lniziative di formazione in materia di Protezione Civile a favore dei soggetti del Sistema Integrato della Protezione Civile.&amp;nbsp;</t>
+          <t>Affidamento diretto ai sensi dell'art. 50 comma 1 lettera b) del Dlgs 36/2023 del servizio di Coordinamento per la Sicurezza in fase di Esecuzione, per l'Applicativo n.2, dell'intervento di "Servizio di Messa in Sicurezza e Caratterizzazione ambientale per il sito "ex discarica Le Lame", S.I.N. Bacino del fiume Sacco, nel comune di Frosinone (FR)." Perfezionamento tramite generazione di impegno perfetto di parte della prenotazione di spesa n. 787/2025 sul capitolo U0000E32114, missione 09 programma 03 piano dei conti finanziario 2.02.03.06 per un importo complessivo di € 13.799,94 in favore dello Studio di ingegneria Ing. Mauro Annarelli (cod.cred.252113) esercizio finanziario 2025. CUP: F47G20000080001 - CIG: B88A9E2530</t>
         </is>
       </c>
       <c r="D104" t="s">
-        <v>6</v>
+        <v>93</v>
       </c>
       <c r="E104" s="2">
-        <v>45958</v>
+        <v>45979</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
-        <v>3515</v>
+        <v>3553</v>
       </c>
       <c r="B105">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>Convenzione con Centro di Servizio per il Volontariato del Lazio - CSV Lazio per la realizzazione iniziative di formazione in materia di Protezione Civile a favore dei soggetti del Sistema Integrato della Protezione Civile.&amp;nbsp;</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio - farmaci 2025, Nona tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - provvedimento di aggiudicazione.</t>
         </is>
       </c>
       <c r="D105" t="s">
-        <v>6</v>
+        <v>94</v>
       </c>
       <c r="E105" s="2">
-        <v>45958</v>
+        <v>45978</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
-        <v>3514</v>
+        <v>3552</v>
       </c>
       <c r="B106">
         <v>2025</v>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>Attuazione DGR n. 468 del 26/06/2025. Procedura negoziata, ai sensi dell'art. 50, comma 1, lett. e) del D.lgs. 36/2023 finalizzata all'affidamento del servizio di consulenza specialistica alle attività strategico-direzionali e organizzativo-gestionali della Direzione Generale.</t>
+          <t>Affidamento diretto, ai sensi dell’art. 50, comma 1, lett. b) D.lgs. n. 36/2023, del servizio di formazione per l’abbonamento annuale alla rivista “www.esproprionline.it (EOL)” - organizzatore “EXEO s.r.l.” (codice creditore n. 238793). Impegno di spesa di € 1.040,00 sul capitolo U0000E51908 - esercizio 2025.</t>
         </is>
       </c>
       <c r="D106" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="E106" s="2">
-        <v>45958</v>
+        <v>45975</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
-        <v>3513</v>
+        <v>3551</v>
       </c>
       <c r="B107">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>Acquisto del corso denominato "Rafforzamento delle capacità dei valutatori e percorso di co-design dell'impianto di valutazione degli RT"da destinare ai responsabili degli operatori delle Centrali Uniche di risposta Roma e Lazio.&amp;nbsp;</t>
+          <t>Nomina Responsabile Unico del Procedimento (RUP), ai sensi dell'art. 31 del d.lgs. n. 50/2016, nell'ambito della procedura per l'affidamento di servizi professionali tecnici e di supporto all'adozione del cloud e PMO per le Pubbliche Amministrazioni, tramite contratto esecutivo in adesione all'Accordo Quadro CONSIP ID 2652 - Lotto 4, ex art. 54, co. 3 del d.lgs. 50/2016</t>
         </is>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
       <c r="E107" s="2">
-        <v>45958</v>
+        <v>45975</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
-        <v>3512</v>
+        <v>3550</v>
       </c>
       <c r="B108">
         <v>2025</v>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>Procedura negoziata, ai sensi dell'art. 76, comma 2, lett. b) punto 3 del D.lgs. 36/2023 finalizzata all'affidamento del servizio di comunicazione 2025 all'interno delle grandi stazioni ferroviarie italiane.</t>
+          <t>Nomina Responsabile Unico del Progetto (RUP) ai sensi dell'art. 15 del d.lgs. n. 36/2023, nell'ambito della procedura per l'affidamento in house del servizio di realizzazione del Progetto "LA.S.E.R. per l'attuazione della programmazione europea regionale e delle attività a carattere internazionale di competenza" a favore di FORMEZ PA - Centro servizi, assistenza, studi e formazione per l'ammodernamento della PA</t>
         </is>
       </c>
       <c r="D108" t="s">
-        <v>88</v>
+        <v>6</v>
       </c>
       <c r="E108" s="2">
-        <v>45958</v>
+        <v>45975</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
-        <v>3511</v>
+        <v>3549</v>
       </c>
       <c r="B109">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>AZIONE 7 - Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per il servizio di allestimento di un corner, stand o desk tematico brandizzato sulla via Francigena, per la partecipazione a due fiere individuate nel Travel Adventure Show presso New York il 25 e 26 gennaio 2025 e Destinations Nature presso a Parigi dal 13 al 16 Marzo 2025.</t>
+          <t>Approvazione Avviso Pubblico per la consultazione preliminare di mercato indetta ai sensi dell'art. 77 del d.lgs. 36/2023 per acquisizione di istanze di interesse per la fornitura di un servizio zoologico specialistico di gestione e controllo della fauna selvatica e attività accessorie</t>
         </is>
       </c>
       <c r="D109" t="s">
-        <v>89</v>
+        <v>6</v>
       </c>
       <c r="E109" s="2">
-        <v>45958</v>
+        <v>45975</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
-        <v>3510</v>
+        <v>3548</v>
       </c>
       <c r="B110">
         <v>2025</v>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>AZIONE 6 - Procedura negoziata, tramite RdO sul Mercato Elettronico Regione Lazio (M.E.LA.), ai sensi dell'art. 50, comma 1, lett. e) del D.lgs. 36/2023 finalizzata all'affidamento del servizio di organizzazione di un press tour e convegno con giornalisti ed instagrammer internazionali alla scoperta della Via Francigena. Indizione della procedura, approvazione atti di gara e nomina del Responsabile Unico del Progetto. Pren. impegno € 235.582,00 cap. U0000B41113 a favore di Creditori Diversi (c.c. 3805). Imp. € 1.558,09 capitolo U0000B41113 "Fondo incentivi ex art. 383 sexies R.R. n.1/2002" (c.c. 176734). Acc. € 1.558,09 cap. E0000341560 ""Fondo incentivi ex art.383 sexies R.R. n.1/2002" (c.c. 176734). Accertamento di € 8.528,61 sul capitolo E0000221159 Ministero del Turismo (c.c. 1356). Imp. € 250,00 sul capitolo U0000T19427 a favore dell'ANAC (c.c. 159683). Esercizio Finanziario 2025.</t>
+          <t>CSE Accordo Quadro con unico operatore relativo igli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà e/o in uso alla Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento - 2 Lotti Funzionali</t>
         </is>
       </c>
       <c r="D110" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="E110" s="2">
-        <v>45958</v>
+        <v>45972</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
-        <v>3509</v>
+        <v>3547</v>
       </c>
       <c r="B111">
         <v>2025</v>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>Attuazione DGR 637/2025. Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per il service per un momento di intrattenimento musicale nell'ambito della 25ª edizione del Global Summit del World Travel and Tourism Council Perfezionamento della prenotazione n. 54520/2025 per l'importo complessivo di € 100.650,00 Iva inclusa sul capitolo U0000B41922 in favore della Società ONE GROUP s.r.l. (c.c. 254847) Impegno di spesa di € 35,00 sul capitolo U0000T19427, in favore dell'Autorità Nazionale Anticorruzione (codice creditore 159683), E.F. 2025. CUP F89I25002030002.</t>
+          <t>DL Accordo Quadro con unico operatore relativo igli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà e/o in uso alla Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento - 2 Lotti Funzionali</t>
         </is>
       </c>
       <c r="D111" t="s">
-        <v>6</v>
+        <v>97</v>
       </c>
       <c r="E111" s="2">
-        <v>45958</v>
+        <v>45972</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
-        <v>3508</v>
+        <v>3546</v>
       </c>
       <c r="B112">
         <v>2025</v>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>Attuazione DGR 637/2025. Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per il servizio di organizzazione di una Cena di Gala nell'ambito della 25ª edizione del Global Summit del World Travel and Tourism Council. Perfezionamento della prenotazione n. 54520/2025 per l'importo complessivo di € 156.140,00 Iva inclusa sul capitolo U0000B41922 in favore della Società Show Food s.r.l. (c.c. 240374) Impegno di spesa di € 35,00 sul capitolo U0000T19427,in favore dell'Autorità Nazionale Anticorruzione (codice creditore 159683), E.F. 2025.</t>
+          <t>Incarico professionale di presentazione di pratiche edilizie nell'ambito dei lavori di manutenzione straordinaria e riqualificazione architettonica di beni immobili appartenenti o in uso alla Regione Lazio</t>
         </is>
       </c>
       <c r="D112" t="s">
-        <v>6</v>
+        <v>98</v>
       </c>
       <c r="E112" s="2">
-        <v>45958</v>
+        <v>45972</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
-        <v>3507</v>
+        <v>3545</v>
       </c>
       <c r="B113">
         <v>2025</v>
       </c>
-      <c r="C113" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C113" t="s">
+        <v>99</v>
       </c>
       <c r="D113" t="s">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="E113" s="2">
-        <v>45958</v>
+        <v>45972</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
-        <v>3506</v>
+        <v>3544</v>
       </c>
       <c r="B114">
         <v>2025</v>
       </c>
-      <c r="C114" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C114" t="s">
+        <v>101</v>
       </c>
       <c r="D114" t="s">
-        <v>6</v>
+        <v>102</v>
       </c>
       <c r="E114" s="2">
-        <v>45958</v>
+        <v>45972</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
-        <v>3505</v>
+        <v>3543</v>
       </c>
       <c r="B115">
         <v>2025</v>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>Attuazione DGR 484/2025. Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per il servizio di realizzazione dell'iniziativa "Cammini diVini". Perfezionamento della prenotazione n. 54921/2025 per l'importo complessivo di € 49.930,00 Iva inclusa in favore della Taste Roots Società Cooperativa - (c.c. 254799) e variazione in diminuzione della prenotazione n. 54921/2025 dell'importo di € 70,26, sul capitolo U0000B41921 in favore di creditori diversi (c.c. 3805). Impegno di spesa di € 35,00 sul capitolo U0000T19427, in favore dell'Autorità Nazionale Anticorruzione (codice creditore 159683). E.F. 2025. CUP F89I25001970002. MIR I202500452.</t>
+          <t>Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione ordinaria degli immobili di proprietà o ad uso della Regione Lazio - 3 Lotti Funzionali. Lotto 1.</t>
         </is>
       </c>
       <c r="D115" t="s">
-        <v>6</v>
+        <v>103</v>
       </c>
       <c r="E115" s="2">
-        <v>45958</v>
+        <v>45972</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
-        <v>3504</v>
+        <v>3542</v>
       </c>
       <c r="B116">
         <v>2025</v>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione di un servizio di pubblicità e marketing sulla rivista gratuita "SPORT CLUB". Impegno di spesa in favore di Marketing Xpression di Oddino Marco (cod. cred. 173589) per € 24.400,00 iva inclusa sul Cap. U0000G31904. E.F. 2025. CUP F89I25001620002. MIR I202500323.</t>
+          <t>Accordo Quadro con unico operatore relativo agli interventi di manutenzione ordinaria del complesso di proprietà regionale "Santa Maria della Pietà", Padiglione 11</t>
         </is>
       </c>
       <c r="D116" t="s">
-        <v>91</v>
+        <v>104</v>
       </c>
       <c r="E116" s="2">
-        <v>45958</v>
+        <v>45972</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
-        <v>3503</v>
+        <v>3541</v>
       </c>
       <c r="B117">
         <v>2025</v>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione del servizio di produzione e stampa di un volume finalizzato alla diffusione della consapevolezza dell'importanza dello Sport nel benessere psico-fisico anche in presenza di abilità diverse. Impegno di spesa per euro 12.200,00 iva inclusa sul Cap. U0000G31929 in favore della Società Edizioni Antilia sas (codice creditore 254154) E.F. 2025. CUP F89I25001420002. MIR I202500269.</t>
+          <t>Assistenza al RUP relativa all'intervento "Lavori di manutenzione straordinaria dell'immobile di proprietà regionale sito in Roma, Via Portuense 332, complesso ex "Ospedale Forlanini"</t>
         </is>
       </c>
       <c r="D117" t="s">
-        <v>92</v>
+        <v>105</v>
       </c>
       <c r="E117" s="2">
-        <v>45958</v>
+        <v>45972</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
-        <v>3502</v>
+        <v>3540</v>
       </c>
       <c r="B118">
         <v>2025</v>
       </c>
       <c r="C118" t="s">
-        <v>93</v>
+        <v>106</v>
       </c>
       <c r="D118" t="s">
-        <v>6</v>
+        <v>107</v>
       </c>
       <c r="E118" s="2">
-        <v>45957</v>
+        <v>45972</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
-        <v>3501</v>
+        <v>3539</v>
       </c>
       <c r="B119">
         <v>2025</v>
       </c>
-      <c r="C119" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C119" t="s">
+        <v>108</v>
       </c>
       <c r="D119" t="s">
-        <v>6</v>
+        <v>109</v>
       </c>
       <c r="E119" s="2">
-        <v>45957</v>
+        <v>45972</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
-        <v>3500</v>
+        <v>3538</v>
       </c>
       <c r="B120">
         <v>2025</v>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell’art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, per l’espletamento dell’incarico professionale per la redazione di uno studio sull’impatto acustico di due gruppi elettrogeni siti presso la sede della Regione Lazio – via R.R. Garibaldi 7 Roma. Impegno di spesa sul Capitolo U0000S21909 del Bilancio della Regione Lazio, es. fin. 2025 per complessivi euro 2.537,60 a favore dell’Ing. Paolo Caporaletti, con studio in OMISSIS, C.F.: OMISSIS, P.IVA OMISSIS.</t>
+          <t>Nomina Responsabile Unico del Procedimento (RUP), ai sensi dell'art. 15 del d.lgs. n. 36/2023, nell'ambito della procedura per comprensivo del servizio di assistenza veterinaria tramite medico veterinario e fornitura dei farmaci e materiali sanitari indispensabili per l'attività di telenarcosi necessari alla sedazione, gestione e risveglio in sicurezza degli animali catturati</t>
         </is>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
       <c r="E120" s="2">
-        <v>45957</v>
+        <v>45972</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
-        <v>3499</v>
+        <v>3537</v>
       </c>
       <c r="B121">
         <v>2025</v>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>Progetto "LIFE TURTLENEST" (Project: 101074584 ¿ LIFE21-NAT-IT-LIFE TURTLENEST ¿ LIFE-2021-SAP-NAT) - CUP F89I22002590008. Acquisto di attrezzature tecnico scientifiche necessarie alle attività di gestione e monitoraggio dei siti di nidificazione di Caretta Caretta lungo le coste della Regione Lazio attraverso il MEPA" - Acquisto dal fornitore: "Toolbox Srl P. Iva 14285721008" - Impegno di spesa sul capitolo U0000E22107 per l'esercizio finanziario 2025 a favore della società Toolbox Srl - (codice creditore 253845) della somma complessiva di €8.496,15 inclusa Iva al 22% CIG B6F60EBC54.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA alla ICARUS srl (Cod. Cred. 157330), per l'attivazione di un servizio di supporto all'Ufficio Stampa del Presidente della Regione Lazio, per la durata di 28 mesi. Impegno di spesa complessivo di € 168.360,00 IVA inclusa sul capitolo U0000R31906 suddiviso in € 6.012,89 Es. Fin. 2025, € 72.154,28 Es. Fin. 2026, € 72.154,28 Es. Fin. 2027 € 18.038,55 Es. Fin. 2028. Impegno di spesa in favore di ANAC di € 35,00 sul capitolo U0000T19427, Es. Fin. 2025. CIG: B855D27D35.</t>
         </is>
       </c>
       <c r="D121" t="s">
-        <v>94</v>
+        <v>110</v>
       </c>
       <c r="E121" s="2">
-        <v>45954</v>
+        <v>45971</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
-        <v>3498</v>
+        <v>3536</v>
       </c>
       <c r="B122">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>Affidamento ai sensi dell'art. 50, comma 1 del D. Lgs 36/2023, per acquisizione di servizi per il rilancio del progetto "Accessibile?¿Naturalmente!" attraverso una nuova azione progettuale denominata "Il territorio e la disabilità, la forza dell'inclusione", &amp;nbsp;con la revisione dello stesso e mediante l'organizzazione di un incontro programmatico con gli stakeholder delle cinque provincie del Lazio. Impegno di spesa a favore dell'Associazione Dolomiti Open Asd (codice creditore 252085), della somma di € 3.000,00 inclusa IVA al 22%, sul capitolo U0000E21936, Missione 09 Programma 05 Piano dei Conti Finanziario 1.03.02.02.000, Esercizio Finanziario 2024. CIG: B49E78C910</t>
+          <t>Affidamento diretto in favore del dott. Enrico Tittoni (codice creditore n. 102864), ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023, del servizio di consulenza medico-legale nell'ambito della richiesta stragiudiziale di risarcimento danni da parte dell'Avv. Raffaella De Angelis per gli assistiti Bizzoni Francesco, Bizzoni Marzia, Bizzoni Camilla e Galli Simonetta. Impegno di spesa sul capitolo di bilancio U0000R21420 di € 2.196,00 per l'esercizio finanziario 2025 - CIG: B89C1966AD.</t>
         </is>
       </c>
       <c r="D122" t="s">
-        <v>95</v>
+        <v>111</v>
       </c>
       <c r="E122" s="2">
-        <v>45954</v>
+        <v>45968</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
-        <v>3497</v>
+        <v>3535</v>
       </c>
       <c r="B123">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>Affidamento ai sensi dell'art. 50, comma 1, lettera b) del D.Lgs. n. 36 del 31/03/2023 per l'acquisizione di un servizio di accoglienza, animazione naturalistica, laboratori didattici e visite guidate per l'organizzazione di eventi e iniziative nell'ambito di progetti di sistema regionali finalizzati a promuovere e valorizzare il territorio, presso il Parco Nazionale del Circeo. Impegno di spesa, per l'esercizio finanziario 2024, a favore dell'Associazione Pro Loco Sabaudia (codice creditore 1097) per la somma complessiva di € 9.999,12, IVA al 22% inclusa, sul capitolo U0000E21918. CIG: B46003E214.</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023, in favore del dott. Domenico Spagnolo del servizio di consulenza medico-legale nell'ambito del contenzioso relativo al ricorso ex artt. 281 decies e undecies c.p.c. proposto da Sellaroli Carla + 6 / Regione Lazio. CIG: B89C5509F0.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;</t>
         </is>
       </c>
       <c r="D123" t="s">
-        <v>96</v>
+        <v>112</v>
       </c>
       <c r="E123" s="2">
-        <v>45954</v>
+        <v>45968</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
-        <v>3496</v>
+        <v>3534</v>
       </c>
       <c r="B124">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>Affidamento ai sensi dell'art. 50, comma 1, lettera b) del D.Lgs. n. 36 del 31/03/2023 per l'acquisizione di un servizio di accoglienza, animazione naturalistica e visite guidate nell'ambito di eventi e iniziative da realizzare per progetti di sistema regionali finalizzati a promuovere e valorizzare il territorio, presso il Parco Nazionale del Circeo. Impegno di spesa a favore dell'Associazione Pro Loco San Felice Circeo (codice creditore 1098) per la somma di € 15.000,00, IVA al 22% inclusa, sul capitolo di spesa U0000E21936 per l'esercizio finanziario 2024. CIG: B45FDC8A2D</t>
+          <t>DGR n. 1095/2024 - Progetto CURLAU "NUE 112 GESTIONE TECNICA SALA OPERATIVA CUR ROMA" - Affidamento in house providing, ai sensi dell'art. 7, comma 2, del D. Lgs. 36/2023, a LAZIOcrea S.p.A. della realizzazione degli interventi di cui alla Scheda 9.17 del POA 2025 necessarie alla continuità operativa della CUR NUE 112. E.F. 2025: Capitolo U0000E47920 Impegno di spesa per euro 155.245,00 (iva inclusa) a favore di LAZIOcrea S.p.A. - Capitolo U0000T19427 Impegno di spesa di euro 35,00 a favore dell'Autorità Nazionale Anticorruzione (ANAC).</t>
         </is>
       </c>
       <c r="D124" t="s">
-        <v>97</v>
+        <v>113</v>
       </c>
       <c r="E124" s="2">
-        <v>45954</v>
+        <v>45966</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
-        <v>3495</v>
+        <v>3533</v>
       </c>
       <c r="B125">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>2025</v>
+      </c>
+      <c r="C125" t="inlineStr">
+        <is>
+          <t>PSC Lazio Del. CIPESS 29/2021 - Promozione e valorizzazione del Claim Lazio - CUP F89I21000140001 - Cod. SIGEM FESR A0461P0001 - Attuazione MIS. 2 - LR 13/2007 e s.m.i. - DGR 325/2022 - Affidamento ai sensi dell'art. 76 co. 2, lett. b)del D.Lgs 36/2023 attraverso la piattaforma S.TEL.LA. Partecipazione della Regione Lazio alla manifestazione turistica internazionale WORLD TRAVEL MARKET, in programma a Londra dal 4 al 6 novembre 2025. Perfezionamento della prenotazione 52943/2025 per l'importo di € 134.200,00 sul Cap. U0000C17110 - Piano FSC Lazio delibera CIPE 38/2020 - Iniziative per l'attrattività turistica del territorio regionale - Missione 07 - Programma 02 - PdC 1.03.02.02.000 - Bilancio Regionale - E.F. 2025, in favore di Enit Spa. Impegno in favore di ANAC della somma di € 35,00 sul Cap. U0000T19427 - Bilancio Regionale E.F. 2025, per i costi di funzionamento dell'Autorità.</t>
+        </is>
       </c>
       <c r="D125" t="s">
-        <v>99</v>
+        <v>114</v>
       </c>
       <c r="E125" s="2">
-        <v>45954</v>
+        <v>45966</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
-        <v>3494</v>
+        <v>3532</v>
       </c>
       <c r="B126">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>2025</v>
+      </c>
+      <c r="C126" t="inlineStr">
+        <is>
+          <t>PSC Lazio Del. CIPESS 29/2021 - Promozione e valorizzazione del Claim Lazio - CUP F89I21000140001 - Cod. SIGEM FESR A0461P0001 - Attuazione MIS. 2 - LR 13/2007 e s.m.i. - DGR 325/2022 - Affidamento ai sensi dell'art. 76 co. 2, lett. b) del D.Lgs 36/2023 attraverso la piattaforma S.TEL.LA. Partecipazione della Regione Lazio alla manifestazione ILTM - International Luxury Travel Market - Cannes 01/04 dicembre 2025. Perfezionamento della prenotazione 52943/2025 per l'importo di € 94.476,80 sul Cap. U0000C17110 - Piano FSC Lazio delibera CIPE 38/2020 - Iniziative per l'attrattività turistica del territorio regionale - Missione 07 - Programma 02 - PdC 1.03.02.02.000 - Bilancio Regionale - E.F. 2025, in favore di Enit Spa. CIG: B85C513F85. Impegno in favore di ANAC della somma di € 35,00 sul Cap. U0000T19427 - Bilancio Regionale E.F. 2025, per i costi di funzionamento dell'Autorità</t>
+        </is>
       </c>
       <c r="D126" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="E126" s="2">
-        <v>45954</v>
+        <v>45966</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
-        <v>3493</v>
+        <v>3531</v>
       </c>
       <c r="B127">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>Acquisizione di servizi di organizzazione e gestione integrata di eventi di promozione dei prodotti alimentari provenienti dalle Aree Naturali Protette della Regione Lazio e a marchio regionale Natura in Campo, i prodotti dei parchi.</t>
+          <t>Servizio di Valutazione sull'efficacia delle azioni di capacità amministrativa, previste dal PRIGA del PR Lazio FESR 2021-2027 nei confronti dell'Organismo Intermedio Lazio Innova S.p.A</t>
         </is>
       </c>
       <c r="D127" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="E127" s="2">
-        <v>45954</v>
+        <v>45965</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
-        <v>3492</v>
+        <v>3530</v>
       </c>
       <c r="B128">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>2025</v>
+      </c>
+      <c r="C128" t="inlineStr">
+        <is>
+          <t>Servizio di Valutazione sull'efficacia delle azioni di capacità amministrativa, previste dal PRIGA del PR Lazio FESR 2021-2027 nei confronti dell'Organismo Intermedio Lazio Innova S.p.A.- Differimento del termine di validità dell'offerta presentata da t33 S.r.l.</t>
+        </is>
       </c>
       <c r="D128" t="s">
-        <v>104</v>
+        <v>6</v>
       </c>
       <c r="E128" s="2">
-        <v>45954</v>
+        <v>45965</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
-        <v>3491</v>
+        <v>3529</v>
       </c>
       <c r="B129">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>Affidamento ai sensi dell'art. 50, comma 1, lett. b) del D. Lgs 36/2023, per la fornitura di un servizio di accoglienza per l'organizzazione e la gestione integrata di eventi promozionali per il sistema delle Aree Naturali Protette della Regione Lazio. Impegno di spesa di euro 439,20, IVA al 22% inclusa, a favore di SPAZIO EVENTI s.r.l. (codice creditore 251463), sul capitolo U0000E21936 per l'esercizio finanziario 2024. CIG: B3F3D24539.</t>
+          <t>Servizio di Valutazione sull'efficacia delle azioni di capacità amministrativa, previste dal PRIGA del PR Lazio FESR 2021-2027 nei confronti dell'Organismo Intermedio Lazio Innova S.p.A.- Avvio Procedura finalizzata alla decisione a contrarre per affidamento diretto.</t>
         </is>
       </c>
       <c r="D129" t="s">
-        <v>105</v>
+        <v>6</v>
       </c>
       <c r="E129" s="2">
-        <v>45954</v>
+        <v>45965</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
-        <v>3490</v>
+        <v>3528</v>
       </c>
       <c r="B130">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>2025</v>
+      </c>
+      <c r="C130" t="inlineStr">
+        <is>
+          <t>Adesione alla convenzione "Servizi postali di recapito per le amministrazioni della Regione Lazio, Lotto 1" sulla piattaforma S.TEL.LA, per il servizio di postalizzazione - Impegno di spesa di € 25.010,00 IVA compresa in favore della società Poste Italiane Spa cod. (cred. 61121) - Cap. U0000S23427 - es. fin. 2025. CIG B7D9E76208</t>
+        </is>
       </c>
       <c r="D130" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="E130" s="2">
-        <v>45954</v>
+        <v>45965</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
-        <v>3489</v>
+        <v>3527</v>
       </c>
       <c r="B131">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>2025</v>
+      </c>
+      <c r="C131" t="inlineStr">
+        <is>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un accordo di collaborazione tra Dimensione Advertising srl e la Regione Lazio finalizzata alla realizzazione di un appuntamentoquotidiano in radio, attraverso dei notiziari dedicati, per la durata complessiva di 8 mesi: dal mese di novembre 2025 al mese di giugno 2026. Impegno di spesa in favore di Dimensione Advertising s.r.l. (Cod. Cred. 156941) di € 48.678,00 IVA inclusa sul capitolo U0000R31902 così ripartito: € 12.169,50 per l'Es. Fin. 2025 ed € 36.508,50 per l'Es. fin. 2026. CIG: B894D578C5.</t>
+        </is>
       </c>
       <c r="D131" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="E131" s="2">
-        <v>45954</v>
+        <v>45964</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
-        <v>3488</v>
+        <v>3526</v>
       </c>
       <c r="B132">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>Affidamento ai sensi dell'art. 50, comma 1, lettera b) del D.Lgs. n. 36 del 31/03/2023 per l'acquisizione di un servizio di accoglienza, animazione naturalistica e visite guidate nell'ambito di eventi e iniziative da realizzare per progetti di sistema regionali finalizzati a promuovere e valorizzare il territorio, presso il Parco Nazionale del Circeo. Impegno di spesa a favore dell'Associazione Pro Loco San Felice Circeo (codice creditore 1098) per la somma di € 10.000,00, IVA al 22% inclusa, sul capitolo di spesa U0000E21936 per l'esercizio finanziario 2024. CIG: B293A6CA76</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50 comma 1, lettera b) del D.lgs. n. 36/2023, per la fornitura di n. 3.000 Patch Jacquard HD in microricamo comprese di ideazione e progettazione grafica (prezzo unitario 3,90 €) e n. 20 Targhe commemorative in metallo con astuccio di velluto blu (prezzo unitario 25,00 €), per un importo complessivo pari a € 12.200,00 (IVA esclusa), destinati ai volontari della Protezione civile da utilizzare in occasione degli eventi giubilari 2025.</t>
         </is>
       </c>
       <c r="D132" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="E132" s="2">
-        <v>45954</v>
+        <v>46036</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
-        <v>3487</v>
+        <v>3525</v>
       </c>
       <c r="B133">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>Affidamento diretto per la fornitura di un servizio di visite guidate nell’area archeologica di Pyrgi, nell’ambito di iniziative da realizzare per l’estate 2024.</t>
+          <t>Affidamento in house providing, ai sensi dell'art. 7 del d.lgs. 36/2023, a Lazio Innova S.p.A. per la realizzazione di una campagna di sensibilizzazione del cittadino alle attività di vaccinazione. Impegno di spesa in favore di Lazio Innova S.p.A. (cod. cred. 59621) di euro 257.299,71 (IVA inclusa) sul capitolo U0000H11786, Es. Fin. 2025. Impegno di spesa a favore di ANAC di euro 250,00 sul capitolo U0000T19427, Es. Fin. 2025. CIG B8765D8D5F.</t>
         </is>
       </c>
       <c r="D133" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="E133" s="2">
-        <v>45954</v>
+        <v>45960</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
-        <v>3486</v>
+        <v>3524</v>
       </c>
       <c r="B134">
-        <v>2024</v>
-[...4 lines deleted...]
-        </is>
+        <v>2025</v>
+      </c>
+      <c r="C134" t="s">
+        <v>121</v>
       </c>
       <c r="D134" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="E134" s="2">
-        <v>45954</v>
+        <v>45960</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
-        <v>3485</v>
+        <v>3523</v>
       </c>
       <c r="B135">
         <v>2025</v>
       </c>
-      <c r="C135" t="s">
-        <v>113</v>
+      <c r="C135" t="inlineStr">
+        <is>
+          <t>Affidamento servizio di “Predisposizione dell’allegato tecnico per l’aggiornamento dei criteri per la programmazione dei flussi agli impianti minimi, predisposizione della procedura per la dichiarazione e verifica dei flussi minimi, monitoraggio del PRGR 2019-2025.</t>
+        </is>
       </c>
       <c r="D135" t="s">
-        <v>6</v>
+        <v>123</v>
       </c>
       <c r="E135" s="2">
-        <v>45953</v>
+        <v>45959</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
-        <v>3484</v>
+        <v>3522</v>
       </c>
       <c r="B136">
         <v>2025</v>
       </c>
-      <c r="C136" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C136" t="s">
+        <v>124</v>
       </c>
       <c r="D136" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="E136" s="2">
-        <v>45953</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
-        <v>3483</v>
+        <v>3521</v>
       </c>
       <c r="B137">
         <v>2025</v>
       </c>
-      <c r="C137" t="s">
-        <v>115</v>
+      <c r="C137" t="inlineStr">
+        <is>
+          <t>Acquisto dell'abbonamento al periodico "112Emergencies" della "Rigo Editore s.r.l." Impegno per complessivi € 6.000,00 sul capitolo di spesa U0000E47902 - missione 11, programma 01, PCF U.1.03.01.01.000 - esercizio finanziario 2025 - in favore di "Rigo Editore s.r.l.".</t>
+        </is>
       </c>
       <c r="D137" t="s">
-        <v>116</v>
+        <v>6</v>
       </c>
       <c r="E137" s="2">
-        <v>45952</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
-        <v>3482</v>
+        <v>3520</v>
       </c>
       <c r="B138">
         <v>2025</v>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>Impegno di spesa di euro 10.000,00 iva compresa Cap.U0000S21401 es fin. 2025, per il pagamento di canoni di locazione(spesa obbligatoria) in favore del creditore Kryalos sgr spa (cod. cred. 190900).</t>
+          <t>Convenzione con Centro di Servizio per il Volontariato del Lazio - CSV Lazio per la realizzazione iniziative di formazione in materia di Protezione Civile a favore dei soggetti del Sistema Integrato della Protezione Civile.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D138" t="s">
         <v>6</v>
       </c>
       <c r="E138" s="2">
-        <v>45952</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
-        <v>3481</v>
+        <v>3519</v>
       </c>
       <c r="B139">
-        <v>2025</v>
-[...4 lines deleted...]
-        </is>
+        <v>2024</v>
+      </c>
+      <c r="C139" t="s">
+        <v>126</v>
       </c>
       <c r="D139" t="s">
         <v>6</v>
       </c>
       <c r="E139" s="2">
-        <v>45952</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
-        <v>3480</v>
+        <v>3518</v>
       </c>
       <c r="B140">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C140" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="D140" t="s">
-        <v>118</v>
+        <v>6</v>
       </c>
       <c r="E140" s="2">
-        <v>45951</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
-        <v>3479</v>
+        <v>3517</v>
       </c>
       <c r="B141">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C141" t="inlineStr">
         <is>
-          <t>Procedura aperta per l'affidamento servizio di assistenza professionale per attività concernenti il piano di sviluppo strategico della Zona Logistica Semplificata della Regione Lazio, prenotazione di impegno per € 1.621.197,00 IVA inclusa cap. es. fin. 2025-2028 Cap. U0000C11949, in favore di Creditori diversi - Approvazione doc tecnici e schema di contratto. impegni di spesa per complessivi € 24.361,30 sul Cap. U0000C11949 e relativi accertamenti sui Cap. E0000341559, E0000341562 e E0000341563 al fondo incentivi ex art. 383 sexies R.R. n. 1/2002 per gli es. fin. 2025-2028. Impegno di spesa sul Cap. U0000T19427 di € 660,00 in favore dell'Autorità Nazionale Anticorruzione (ANAC), es. fin. 2025</t>
+          <t>Affidamenteo diretto &amp;nbsp;in favore di "ANEMADISTRICT S.R.L.S." per realizzazione della campagna di promozione per la diffusione del servizio N.U.E. 112.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
       <c r="E141" s="2">
-        <v>45950</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
-        <v>3478</v>
+        <v>3516</v>
       </c>
       <c r="B142">
-        <v>2025</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>2024</v>
+      </c>
+      <c r="C142" t="inlineStr">
+        <is>
+          <t>Convenzione con Centro di Servizio per il Volontariato del Lazio - CSV Lazio per la realizzione lniziative di formazione in materia di Protezione Civile a favore dei soggetti del Sistema Integrato della Protezione Civile.&amp;nbsp;</t>
+        </is>
       </c>
       <c r="D142" t="s">
-        <v>120</v>
+        <v>6</v>
       </c>
       <c r="E142" s="2">
-        <v>45947</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
-        <v>3477</v>
+        <v>3515</v>
       </c>
       <c r="B143">
-        <v>2025</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>2024</v>
+      </c>
+      <c r="C143" t="inlineStr">
+        <is>
+          <t>Convenzione con Centro di Servizio per il Volontariato del Lazio - CSV Lazio per la realizzazione iniziative di formazione in materia di Protezione Civile a favore dei soggetti del Sistema Integrato della Protezione Civile.&amp;nbsp;</t>
+        </is>
       </c>
       <c r="D143" t="s">
-        <v>122</v>
+        <v>6</v>
       </c>
       <c r="E143" s="2">
-        <v>45944</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
-        <v>3476</v>
+        <v>3514</v>
       </c>
       <c r="B144">
         <v>2025</v>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>Avviso per la consultazione preliminare di mercato indetta ai sensi dell'art. 77 del d.lgs. 36/2023 per la verifica preventiva dell'infungibilità del servizio di accesso a banche dati, analisi strategica, ricerca di mercato e benchmarking internazionali nel settore dell'Information and Communication Technology.</t>
+          <t>Attuazione DGR n. 468 del 26/06/2025. Procedura negoziata, ai sensi dell'art. 50, comma 1, lett. e) del D.lgs. 36/2023 finalizzata all'affidamento del servizio di consulenza specialistica alle attività strategico-direzionali e organizzativo-gestionali della Direzione Generale.</t>
         </is>
       </c>
       <c r="D144" t="s">
-        <v>6</v>
+        <v>128</v>
       </c>
       <c r="E144" s="2">
-        <v>45943</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
-        <v>3475</v>
+        <v>3513</v>
       </c>
       <c r="B145">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di fornitura apparecchiature hardware. Impegno di spesa a favore di L2 Soluzioni S.r.l. (cod. cred. 253837) di € 48.500,00 (Iva inclusa) sul capitolo U0000C12629 "Armo - Spese per i servizi di assistenza tecnica a supporto delle attività relative alla Programmazione Regionale Unitaria, compresa la gestione sistemi informativi - parte in conto capitale (L.R. N. 9/2024, Art. 9, C. 3-Bis) § Hardware" Miss. 1 Progr. 3 pdf 2.02.01.07- Esercizio Finanziario 2025. CIG: B7002A525A</t>
+          <t>Acquisto del corso denominato "Rafforzamento delle capacità dei valutatori e percorso di co-design dell'impianto di valutazione degli RT"da destinare ai responsabili degli operatori delle Centrali Uniche di risposta Roma e Lazio.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D145" t="s">
-        <v>123</v>
+        <v>6</v>
       </c>
       <c r="E145" s="2">
-        <v>45940</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
-        <v>3474</v>
+        <v>3512</v>
       </c>
       <c r="B146">
         <v>2025</v>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto ai sensi dell'art. 50 comma 1, lettera b) del D.lgs. 36/2023, per la fornitura di n. 4 serbatoi per acqua potabile e servizi accessori, a favore della società Ecolservizi Aprilia S.r.l., P.IVA 01540220595, da utilizzare per potenziare la capacità operativa e la dotazione della "Colonna Mobile della Regione Lazio". CUP F80J21000010001 - Impegno di spesa della somma complessiva pari a € 9.479,40 (IVA inclusa), sul Capitolo U0000E46147 Missione 11, Programma 01, Piano dei Conti 2.02.01.05.000 - es.fin. 2025 a favore della società Ecolservizi Aprilia S.r.l. (cod. cred. 253965).</t>
+          <t>Procedura negoziata, ai sensi dell'art. 76, comma 2, lett. b) punto 3 del D.lgs. 36/2023 finalizzata all'affidamento del servizio di comunicazione 2025 all'interno delle grandi stazioni ferroviarie italiane.</t>
         </is>
       </c>
       <c r="D146" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="E146" s="2">
-        <v>45939</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
-        <v>3473</v>
+        <v>3511</v>
       </c>
       <c r="B147">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D. lgs. n. 36/2023, di un servizio di noleggio di n. 12 Cisterne da 5.000 litri cadauna e servizio di carico acqua, a favore della società IMPREGETAL S.r.l., da impiegare per l'alimentazione dei moduli doccia, installati presso il “Villaggio Campato Accoglienza Regione Lazio”, in occasione dell'evento “Giubileo dei Giovani 2025”. Impegno di spesa della somma complessiva pari a € 104.066,00 (IVA inclusa), sul capitolo U0000E47146 Missione 11, Programma 0 1, piano dei conti 1.03.02.07.000, es. fin. 2025 a favore della società IMPREGETAL S.r.l. (cod. cred. 204121). Impegno di spesa di € 1.147,11 sul capitolo U0000E47146 e relativi accertamenti a favore del fondo incentivi sul capitolo E0000341560 per l'annualità 2025. Impegno di spesa di euro 35,00 sul cap punto U0000T19427 a favore di A.N.A.C.&amp;nbsp;</t>
+          <t>AZIONE 7 - Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per il servizio di allestimento di un corner, stand o desk tematico brandizzato sulla via Francigena, per la partecipazione a due fiere individuate nel Travel Adventure Show presso New York il 25 e 26 gennaio 2025 e Destinations Nature presso a Parigi dal 13 al 16 Marzo 2025.</t>
         </is>
       </c>
       <c r="D147" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="E147" s="2">
-        <v>45939</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
-        <v>3472</v>
+        <v>3510</v>
       </c>
       <c r="B148">
         <v>2025</v>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, del servizio di noleggio di recinzioni perimetrali e forniture accessorie, a favore della società Mezza Manica Group S.r.l., da impiegare come barriera antintrusione presso il "Villaggio Campale Accoglienza Regione Lazio", in occasione dell'evento "Giubileo dei Giovani 2025". Impegno di spesa della somma complessiva pari a € 98.820,00 (IVA inclusa), sul capitolo U0000E47146 Missione 11, Programma 01, piano dei conti 1.03.02.07.000, es. fin. 2025 a favore della società Mezza Manica Group S.r.l. (cod. cred. 253949). Impegno di spesa di € 1.089,29 sul cap. U0000E47146 e relativi accertamenti a favore del fondo incentivi sul cap. E0000341560 per l'annualità 2025. Impegno di spesa di €35,00 sul cap. U0000T19427 a favore di A.N.A.C. (cod. cred. 159683) es. fin. 2025.</t>
+          <t>AZIONE 6 - Procedura negoziata, tramite RdO sul Mercato Elettronico Regione Lazio (M.E.LA.), ai sensi dell'art. 50, comma 1, lett. e) del D.lgs. 36/2023 finalizzata all'affidamento del servizio di organizzazione di un press tour e convegno con giornalisti ed instagrammer internazionali alla scoperta della Via Francigena. Indizione della procedura, approvazione atti di gara e nomina del Responsabile Unico del Progetto. Pren. impegno € 235.582,00 cap. U0000B41113 a favore di Creditori Diversi (c.c. 3805). Imp. € 1.558,09 capitolo U0000B41113 "Fondo incentivi ex art. 383 sexies R.R. n.1/2002" (c.c. 176734). Acc. € 1.558,09 cap. E0000341560 ""Fondo incentivi ex art.383 sexies R.R. n.1/2002" (c.c. 176734). Accertamento di € 8.528,61 sul capitolo E0000221159 Ministero del Turismo (c.c. 1356). Imp. € 250,00 sul capitolo U0000T19427 a favore dell'ANAC (c.c. 159683). Esercizio Finanziario 2025.</t>
         </is>
       </c>
       <c r="D148" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="E148" s="2">
-        <v>45939</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
-        <v>3471</v>
+        <v>3509</v>
       </c>
       <c r="B149">
         <v>2025</v>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. N. 36/2023, per il servizio di pulizia e sanificazione, a favore della società Yes Clean S.r.l., da eseguirsi presso il "Villaggio Campale Accoglienza Regione Lazio" allestito in occasione dell'evento "Giubileo dei Giovani 2025". Impegno di spesa della somma complessiva pari a € 126.880,00 (IVA inclusa), sul capitolo U0000E47150 Missione 11, Programma 01, piano dei conti 1.03.02.99.000, esercizio finanziario 2025 a favore della società Yes Clean S.r.l. (cod. cred. 253954). Impegno di spesa di € 1.398,59 sul cap. U0000E47150 e relativi accertamenti a favore del fondo incentivi sul cap. E0000341560 per l'annualità 2025. Impegno di spesa di € 35,00 sul cap. U0000T19427 a favore di A.N.A.C. (Cod. cred. 159683) es. fin. 2025.</t>
+          <t>Attuazione DGR 637/2025. Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per il service per un momento di intrattenimento musicale nell'ambito della 25ª edizione del Global Summit del World Travel and Tourism Council Perfezionamento della prenotazione n. 54520/2025 per l'importo complessivo di € 100.650,00 Iva inclusa sul capitolo U0000B41922 in favore della Società ONE GROUP s.r.l. (c.c. 254847) Impegno di spesa di € 35,00 sul capitolo U0000T19427, in favore dell'Autorità Nazionale Anticorruzione (codice creditore 159683), E.F. 2025. CUP F89I25002030002.</t>
         </is>
       </c>
       <c r="D149" t="s">
-        <v>127</v>
+        <v>6</v>
       </c>
       <c r="E149" s="2">
-        <v>45939</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
-        <v>3470</v>
+        <v>3508</v>
       </c>
       <c r="B150">
         <v>2025</v>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per il servizio di vigilanza armata, a favore della società Csm Global security service S.r.l., da eseguirsi presso il "Villaggio Campale Accoglienza Regione Lazio" allestito in occasione dell'evento "Giubileo dei Giovani 2025". Impegno di spesa della somma complessiva pari a € 44.375,60 (IVA inclusa), sul capitolo U000E47150 Missione 11 Programma 01 piano dei conti1.03.02.99.000, esercizio finanziario 2025 a favore della società Csm Global security service S.r.l. (cod. cred. 250312).</t>
+          <t>Attuazione DGR 637/2025. Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per il servizio di organizzazione di una Cena di Gala nell'ambito della 25ª edizione del Global Summit del World Travel and Tourism Council. Perfezionamento della prenotazione n. 54520/2025 per l'importo complessivo di € 156.140,00 Iva inclusa sul capitolo U0000B41922 in favore della Società Show Food s.r.l. (c.c. 240374) Impegno di spesa di € 35,00 sul capitolo U0000T19427,in favore dell'Autorità Nazionale Anticorruzione (codice creditore 159683), E.F. 2025.</t>
         </is>
       </c>
       <c r="D150" t="s">
-        <v>128</v>
+        <v>6</v>
       </c>
       <c r="E150" s="2">
-        <v>45939</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
-        <v>3469</v>
+        <v>3507</v>
       </c>
       <c r="B151">
         <v>2025</v>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>Affidamento in house providing, ai sensi dell'art. 7 del d.lgs. 36/2023, a Lazio Innova S.p.A. per la realizzazione di una campagna di comunicazione istituzionale relativa agli screening oncologici: cervice uterina, mammella e colon retto e di una campagna di comunicazione per la promozione dei tre programmi screening. Impegno di spesa in favore di Lazio Innova S.p.A. (cod. cred. 59621) di euro 427.000,00 (IVA inclusa) sul capitolo U0000H11726, Es. Fin. 2025. Impegno di spesa a favore di ANAC di euro 250,00 sul capitolo U0000T19427, Es. Fin. 2025.</t>
+          <t>Attuazione DGR 637/2025. Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per l'esecuzione di un servizio integrato nell'ambito della 25ª edizione del Global Summit del World Travel and Tourism Council. Perfezionamento della prenotazione n. 54520/2025 per l'importo complessivo di € 39.431,73 inclusa sul capitolo U0000B41922 in favore della B BEST s.r.l. (c.c. 254959). CUP F89I25002210002. E.F. 2025</t>
         </is>
       </c>
       <c r="D151" t="s">
-        <v>129</v>
+        <v>6</v>
       </c>
       <c r="E151" s="2">
-        <v>45938</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
-        <v>3468</v>
+        <v>3506</v>
       </c>
       <c r="B152">
         <v>2025</v>
       </c>
-      <c r="C152" t="s">
-        <v>130</v>
+      <c r="C152" t="inlineStr">
+        <is>
+          <t>Attuazione DGR 484/2025. Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per il servizio di realizzazione dell'iniziativa "Regina Viarum Festival". Perfezionamento della prenotazione n. 54921/2025 per l'importo complessivo di € 99.999,74 Iva inclusa sul capitolo U0000B41921 in favore della Società Guercio Design s.a.s. di Luca e Sara Guercio - (c.c. 254779). Impegno di spesa di € 35,00 sul capitolo U0000T19427, in favore dell'Autorità Nazionale Anticorruzione (codice creditore 159683), E.F. 2025. CUP F89I25001960002. MIR I202500451.</t>
+        </is>
       </c>
       <c r="D152" t="s">
         <v>6</v>
       </c>
       <c r="E152" s="2">
-        <v>45937</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
-        <v>3467</v>
+        <v>3505</v>
       </c>
       <c r="B153">
         <v>2025</v>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>Partecipazione della Regione Lazio alla 25ª edizione del Global Summit del WTTC – Roma 28/30 settembre 2025. Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. per l’acquisizione dei servizi di transfer necessari per gli spostamenti dei rappresentanti istituzionali internazionali del Global Summit WTTC 2025. Perfezionamento della prenotazione 54520/2025 per l'importo complessivo di € 153.120,00 in favore della Società Limolane Srl, sul capitolo U0000B41922 "Spese relative al World Travel and Tourism Council Global Summit (L.R. n. 22/2024, Art. 13, cc. 33-37)” - Missione 07 - Programma 01 - PdC 1.03.02.02.000 - Bilancio Regionale – E. F. 2025. Codice CUP F89I25002200002. Impegno in favore di ANAC della somma di € 35,00 sul Cap. U0000T19427 - Bilancio Regionale E.F. 2025, per i costi di funzionamento dell’Autorità.</t>
+          <t>Attuazione DGR 484/2025. Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per il servizio di realizzazione dell'iniziativa "Cammini diVini". Perfezionamento della prenotazione n. 54921/2025 per l'importo complessivo di € 49.930,00 Iva inclusa in favore della Taste Roots Società Cooperativa - (c.c. 254799) e variazione in diminuzione della prenotazione n. 54921/2025 dell'importo di € 70,26, sul capitolo U0000B41921 in favore di creditori diversi (c.c. 3805). Impegno di spesa di € 35,00 sul capitolo U0000T19427, in favore dell'Autorità Nazionale Anticorruzione (codice creditore 159683). E.F. 2025. CUP F89I25001970002. MIR I202500452.</t>
         </is>
       </c>
       <c r="D153" t="s">
         <v>6</v>
       </c>
       <c r="E153" s="2">
-        <v>45936</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
-        <v>3466</v>
+        <v>3504</v>
       </c>
       <c r="B154">
         <v>2025</v>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>PSC 2014-2020. Rimodulazione Quadro Finanziario. Progetto A0461P0001. PSC Lazio Del. CIPESS 29/2021 - Promozione e valorizzazione del Claim Lazio - CUP F89I21000140001 - Cod. SIGEM FESR A0461P0001 - Attuazione MIS. 2 - LR 13/2007 e s.m.i. - DGR 325/2022 - Affidamento ai sensi dell''art. 76 co. 2, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. Partecipazione della Regione Lazio alla 11^ edizione del Workshop BMII - Borsa del Matrimonio in Italia - Bridal and Tourism in Italy, Roma 4/5 novembre 2025. Perfezionamento della prenotazione 52943/2025 per l''importo di € 26.352,00 sul Cap. U0000C17110 - Piano FSC Lazio delibera CIPE 38/2020 - Iniziative per l''attrattività turistica del territorio regionale - Missione 07 - Programma 02 - PdC 1.03.02.02.000 - Bilancio Regionale - E.F. 2025, in favore della Società Tecnicon Srl. CIG: B8070C4297</t>
+          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione di un servizio di pubblicità e marketing sulla rivista gratuita "SPORT CLUB". Impegno di spesa in favore di Marketing Xpression di Oddino Marco (cod. cred. 173589) per € 24.400,00 iva inclusa sul Cap. U0000G31904. E.F. 2025. CUP F89I25001620002. MIR I202500323.</t>
         </is>
       </c>
       <c r="D154" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E154" s="2">
-        <v>45936</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
-        <v>3465</v>
+        <v>3503</v>
       </c>
       <c r="B155">
         <v>2025</v>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>Partecipazione della Regione Lazio alla manifestazione turistica internazionale "TEJ 2025 Aichi/Central Japan", in programma dal 25 al 28 settembre 2025. Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. per l'acquisizione dei servizi accessori necessari al funzionamento dell'area espositiva della Regione Lazio. Impegno in favore della Società Primacom Srl dell'importo complessivo € 2.684,00 sul capitolo U0000B43907 "Spese per la promozione turistica" - Missione 07 - Programma 01 - PdC 1.03.02.02.000 - Bilancio Regionale - Esercizio Finanziario 2025. CIG: B81F6995AD.</t>
+          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione del servizio di produzione e stampa di un volume finalizzato alla diffusione della consapevolezza dell'importanza dello Sport nel benessere psico-fisico anche in presenza di abilità diverse. Impegno di spesa per euro 12.200,00 iva inclusa sul Cap. U0000G31929 in favore della Società Edizioni Antilia sas (codice creditore 254154) E.F. 2025. CUP F89I25001420002. MIR I202500269.</t>
         </is>
       </c>
       <c r="D155" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E155" s="2">
-        <v>45936</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
-        <v>3464</v>
+        <v>3502</v>
       </c>
       <c r="B156">
         <v>2025</v>
       </c>
-      <c r="C156" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C156" t="s">
+        <v>134</v>
       </c>
       <c r="D156" t="s">
-        <v>133</v>
+        <v>6</v>
       </c>
       <c r="E156" s="2">
-        <v>45936</v>
+        <v>45957</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
-        <v>3463</v>
+        <v>3501</v>
       </c>
       <c r="B157">
         <v>2025</v>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta l'acquisizione di dispositivi informatici “Notebook e monitor docking station” per gli uffici della Giunta della Regione Lazio, i Centri per l’impiego della Regione Lazio e altri Enti</t>
+          <t>Approvazione del progetto. Decisioni a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. d) e b), del D.Lgs. 31 marzo 2023, n. 36, per il progetto “Accordo Quadro avente ad oggetto gli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà della Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento – 3 Lotti Funzionali”, ed incarichi professionali di Direzione dei Lavori, CSE e Collaudatore. Prenotazioni a favore creditori diversi cap. U0000S22501, es. fin. 2025-2026-2027: € 6.588.000,00 per Lavori e servizio; € 288.747,40 per Spese Tecniche.Impegno di € 84.859,25, cap. U0000S22501 e accertamento di € 84.859,25, cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, es. fin. 2025-2026-2027. Impegno di € 950,00, cap. &amp;nbsp;U0000T19427, es. fin. 2025, per ANAC.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D157" t="s">
-        <v>134</v>
+        <v>6</v>
       </c>
       <c r="E157" s="2">
-        <v>45936</v>
+        <v>45957</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
-        <v>3462</v>
+        <v>3500</v>
       </c>
       <c r="B158">
         <v>2025</v>
       </c>
-      <c r="C158" t="s">
-        <v>135</v>
+      <c r="C158" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ai sensi dell’art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, per l’espletamento dell’incarico professionale per la redazione di uno studio sull’impatto acustico di due gruppi elettrogeni siti presso la sede della Regione Lazio – via R.R. Garibaldi 7 Roma. Impegno di spesa sul Capitolo U0000S21909 del Bilancio della Regione Lazio, es. fin. 2025 per complessivi euro 2.537,60 a favore dell’Ing. Paolo Caporaletti, con studio in OMISSIS, C.F.: OMISSIS, P.IVA OMISSIS.</t>
+        </is>
       </c>
       <c r="D158" t="s">
-        <v>136</v>
+        <v>6</v>
       </c>
       <c r="E158" s="2">
-        <v>45936</v>
+        <v>45957</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
-        <v>3461</v>
+        <v>3499</v>
       </c>
       <c r="B159">
         <v>2025</v>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>Aumento delle prestazioni fino al quinto dell'importo del contratto - Appalto specifico per l'acquisizione di vaccini antinfluenzali 2025/2026 occorrenti alle Aziende Sanitarie della Regione Lazio Farmaci 2025 - quarta tranche.</t>
+          <t>Progetto "LIFE TURTLENEST" (Project: 101074584 ¿ LIFE21-NAT-IT-LIFE TURTLENEST ¿ LIFE-2021-SAP-NAT) - CUP F89I22002590008. Acquisto di attrezzature tecnico scientifiche necessarie alle attività di gestione e monitoraggio dei siti di nidificazione di Caretta Caretta lungo le coste della Regione Lazio attraverso il MEPA" - Acquisto dal fornitore: "Toolbox Srl P. Iva 14285721008" - Impegno di spesa sul capitolo U0000E22107 per l'esercizio finanziario 2025 a favore della società Toolbox Srl - (codice creditore 253845) della somma complessiva di €8.496,15 inclusa Iva al 22% CIG B6F60EBC54.</t>
         </is>
       </c>
       <c r="D159" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="E159" s="2">
-        <v>45933</v>
+        <v>45954</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
-        <v>3460</v>
+        <v>3498</v>
       </c>
       <c r="B160">
-        <v>2025</v>
-[...2 lines deleted...]
-        <v>138</v>
+        <v>2024</v>
+      </c>
+      <c r="C160" t="inlineStr">
+        <is>
+          <t>Affidamento ai sensi dell'art. 50, comma 1 del D. Lgs 36/2023, per acquisizione di servizi per il rilancio del progetto "Accessibile?¿Naturalmente!" attraverso una nuova azione progettuale denominata "Il territorio e la disabilità, la forza dell'inclusione", &amp;nbsp;con la revisione dello stesso e mediante l'organizzazione di un incontro programmatico con gli stakeholder delle cinque provincie del Lazio. Impegno di spesa a favore dell'Associazione Dolomiti Open Asd (codice creditore 252085), della somma di € 3.000,00 inclusa IVA al 22%, sul capitolo U0000E21936, Missione 09 Programma 05 Piano dei Conti Finanziario 1.03.02.02.000, Esercizio Finanziario 2024. CIG: B49E78C910</t>
+        </is>
       </c>
       <c r="D160" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="E160" s="2">
-        <v>45932</v>
+        <v>45954</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
-        <v>3459</v>
+        <v>3497</v>
       </c>
       <c r="B161">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>Regolamento (UE) 2016/2031 - Accordo di collaborazione tra la Regione Lazio e il Dipartimento di Scienze Agrarie e Forestali (DAFNE) dell'Università degli Studi della Tuscia per l'attuazione del programma di studio e monitoraggio degli organismi nocivi per le piante anno 2025.&amp;nbsp;</t>
+          <t>Affidamento ai sensi dell'art. 50, comma 1, lettera b) del D.Lgs. n. 36 del 31/03/2023 per l'acquisizione di un servizio di accoglienza, animazione naturalistica, laboratori didattici e visite guidate per l'organizzazione di eventi e iniziative nell'ambito di progetti di sistema regionali finalizzati a promuovere e valorizzare il territorio, presso il Parco Nazionale del Circeo. Impegno di spesa, per l'esercizio finanziario 2024, a favore dell'Associazione Pro Loco Sabaudia (codice creditore 1097) per la somma complessiva di € 9.999,12, IVA al 22% inclusa, sul capitolo U0000E21918. CIG: B46003E214.</t>
         </is>
       </c>
       <c r="D161" t="s">
-        <v>6</v>
+        <v>137</v>
       </c>
       <c r="E161" s="2">
-        <v>45930</v>
+        <v>45954</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
-        <v>3458</v>
+        <v>3496</v>
       </c>
       <c r="B162">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>Procedura aperta, ai sensi dell'art. 71 D.lgs. n. 36/2023, per l'individuazione di un centro media che si occuperà dell'acquisto di spazi pubblicitari per la promozione della Via Francigena azioni trasversali scheda 33 PSC di cui al Decreto MIT prot. 1145205/24. CUP J59E2200004001 - CUI S80143490581202400033. Pubblicazione e approvazione atti di gara.</t>
+          <t>Affidamento ai sensi dell'art. 50, comma 1, lettera b) del D.Lgs. n. 36 del 31/03/2023 per l'acquisizione di un servizio di accoglienza, animazione naturalistica e visite guidate nell'ambito di eventi e iniziative da realizzare per progetti di sistema regionali finalizzati a promuovere e valorizzare il territorio, presso il Parco Nazionale del Circeo. Impegno di spesa a favore dell'Associazione Pro Loco San Felice Circeo (codice creditore 1098) per la somma di € 15.000,00, IVA al 22% inclusa, sul capitolo di spesa U0000E21936 per l'esercizio finanziario 2024. CIG: B45FDC8A2D</t>
         </is>
       </c>
       <c r="D162" t="s">
-        <v>6</v>
+        <v>138</v>
       </c>
       <c r="E162" s="2">
-        <v>45929</v>
+        <v>45954</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
-        <v>3457</v>
+        <v>3495</v>
       </c>
       <c r="B163">
-        <v>2025</v>
-[...4 lines deleted...]
-        </is>
+        <v>2024</v>
+      </c>
+      <c r="C163" t="s">
+        <v>139</v>
       </c>
       <c r="D163" t="s">
         <v>140</v>
       </c>
       <c r="E163" s="2">
-        <v>45929</v>
+        <v>45954</v>
       </c>
     </row>
     <row r="164">
       <c r="A164">
-        <v>3456</v>
+        <v>3494</v>
       </c>
       <c r="B164">
-        <v>2025</v>
-[...4 lines deleted...]
-        </is>
+        <v>2024</v>
+      </c>
+      <c r="C164" t="s">
+        <v>141</v>
       </c>
       <c r="D164" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E164" s="2">
-        <v>45926</v>
+        <v>45954</v>
       </c>
     </row>
     <row r="165">
       <c r="A165">
-        <v>3455</v>
+        <v>3493</v>
       </c>
       <c r="B165">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>Manutenzione dei corsi d'acqua e delle opere idrauliche di competenza regionale 2025 - 2026. Approvazione del progetto esecutivo ed affidamento dei lavori con procedura negoziata, ai sensi dell'art. 50 comma 1 lettera d) del D.lgs. n.36/2023, per la stipula di un accordo quadro ai sensi dell'art. 59 del D.lgs. n.36/2023.&amp;nbsp;</t>
+          <t>Acquisizione di servizi di organizzazione e gestione integrata di eventi di promozione dei prodotti alimentari provenienti dalle Aree Naturali Protette della Regione Lazio e a marchio regionale Natura in Campo, i prodotti dei parchi.</t>
         </is>
       </c>
       <c r="D165" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E165" s="2">
-        <v>45924</v>
+        <v>45954</v>
       </c>
     </row>
     <row r="166">
       <c r="A166">
-        <v>3454</v>
+        <v>3492</v>
       </c>
       <c r="B166">
-        <v>2025</v>
-[...4 lines deleted...]
-        </is>
+        <v>2024</v>
+      </c>
+      <c r="C166" t="s">
+        <v>144</v>
       </c>
       <c r="D166" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="E166" s="2">
-        <v>45923</v>
+        <v>45954</v>
       </c>
     </row>
     <row r="167">
       <c r="A167">
-        <v>3453</v>
+        <v>3491</v>
       </c>
       <c r="B167">
-        <v>2025</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>2024</v>
+      </c>
+      <c r="C167" t="inlineStr">
+        <is>
+          <t>Affidamento ai sensi dell'art. 50, comma 1, lett. b) del D. Lgs 36/2023, per la fornitura di un servizio di accoglienza per l'organizzazione e la gestione integrata di eventi promozionali per il sistema delle Aree Naturali Protette della Regione Lazio. Impegno di spesa di euro 439,20, IVA al 22% inclusa, a favore di SPAZIO EVENTI s.r.l. (codice creditore 251463), sul capitolo U0000E21936 per l'esercizio finanziario 2024. CIG: B3F3D24539.</t>
+        </is>
       </c>
       <c r="D167" t="s">
-        <v>6</v>
+        <v>146</v>
       </c>
       <c r="E167" s="2">
-        <v>45916</v>
+        <v>45954</v>
       </c>
     </row>
     <row r="168">
       <c r="A168">
-        <v>3452</v>
+        <v>3490</v>
       </c>
       <c r="B168">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C168" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="D168" t="s">
-        <v>6</v>
+        <v>148</v>
       </c>
       <c r="E168" s="2">
-        <v>45912</v>
+        <v>45954</v>
       </c>
     </row>
     <row r="169">
       <c r="A169">
-        <v>3451</v>
+        <v>3489</v>
       </c>
       <c r="B169">
-        <v>2025</v>
-[...4 lines deleted...]
-        </is>
+        <v>2024</v>
+      </c>
+      <c r="C169" t="s">
+        <v>149</v>
       </c>
       <c r="D169" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="E169" s="2">
-        <v>45912</v>
+        <v>45954</v>
       </c>
     </row>
     <row r="170">
       <c r="A170">
-        <v>3450</v>
+        <v>3488</v>
       </c>
       <c r="B170">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>PSC 2014-2020. Rimodulazione Quadro Finanziario. Progetti A0335C0006, A0335C0008, A0335C0010 Affidamento diretto ai sensi dell''articolo 50, comma 1, lett. b), del d.lgs. n. 36/2023, dell''incarico di direzione dell''esecuzione del contratto relativo ai seguenti interventi nel SIN Bacino del Fiume Sacco. Aggiudicazione definitiva a favore dell'operatore economico dott. geol. Maurizio Felici (cod. cred. 191050).</t>
+          <t>Affidamento ai sensi dell'art. 50, comma 1, lettera b) del D.Lgs. n. 36 del 31/03/2023 per l'acquisizione di un servizio di accoglienza, animazione naturalistica e visite guidate nell'ambito di eventi e iniziative da realizzare per progetti di sistema regionali finalizzati a promuovere e valorizzare il territorio, presso il Parco Nazionale del Circeo. Impegno di spesa a favore dell'Associazione Pro Loco San Felice Circeo (codice creditore 1098) per la somma di € 10.000,00, IVA al 22% inclusa, sul capitolo di spesa U0000E21936 per l'esercizio finanziario 2024. CIG: B293A6CA76</t>
         </is>
       </c>
       <c r="D170" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="E170" s="2">
-        <v>45912</v>
+        <v>45954</v>
       </c>
     </row>
     <row r="171">
       <c r="A171">
-        <v>3449</v>
+        <v>3487</v>
       </c>
       <c r="B171">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>PSC 2014-2020. Rimodulazione Quadro Finanziario. Progetti A0335C0001, A0335C0002, A0335C0004, A0335C0007. Affidamento diretto ai sensi dell'articolo 50, comma 1, lett. b), del d.lgs. n. 36/2023, dell'incarico di direzione dell'esecuzione del contratto relativo agli interventi nel SIN Bacino del Fiume Sacco sopra citati.. Aggiudicazione definitiva a favore dell'operatore economico Ambrosini Sergio (cod. cred. 253890).</t>
+          <t>Affidamento diretto per la fornitura di un servizio di visite guidate nell’area archeologica di Pyrgi, nell’ambito di iniziative da realizzare per l’estate 2024.</t>
         </is>
       </c>
       <c r="D171" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="E171" s="2">
-        <v>45912</v>
+        <v>45954</v>
       </c>
     </row>
     <row r="172">
       <c r="A172">
-        <v>3448</v>
+        <v>3486</v>
       </c>
       <c r="B172">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>PSC Lazio Del. CIPESS 29/2021 - Promozione e valorizzazione del Claim Lazio - CUP F89I21000140001 - Cod. SIGEM FESR A0461P0001 - Attuazione MIS. 2 - LR 13/2007 e s.m.i. - DGR 325/2022 - Affidamento ai sensi dell'art. 76 co. 2, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. Partecipazione della Regione Lazio alla manifestazione TTG TRAVEL EXPERIENCE, Rimini, 08/10 ottobre 2025. Perfezionamento della prenotazione 52943/2025 per l'importo di € 549.070,76 - Cap. U0000C17110 - Piano FSC Lazio delibera CIPE 38/2020 - Iniziative per l'attrattività turistica del territorio regionale - Missione 07 - Programma 02 - PdC 1.03.02.02.000 - Bilancio Regionale - E.F. 2025, in favore della Società Italian Exhibition Group Spa. CIG B7E92FED2C. Impegno in favore di ANAC di € 250,00 sul Cap. U0000T19427 - E.F. 2025, per i costi di funzionamento dell'Autorità Nazionale Anticorruzione</t>
+          <t>Affidamento ai sensi dell'art. 50, comma 1, lettera b) del D.Lgs. n. 36 del 31/03/2023 per fornitura di materiale promozionale per l'organizzazione e partecipazione ad eventi, nell'ambito dei progetti di sistema, per promuovere e valorizzare le Aree Naturali Protette della Regione Lazio in occasione della partecipazione alla manifestazione Settimana Europea dei Parchi 2024. Impegno di spesa a favore di Arti Grafiche Pegasus s.r.l. (codice creditore 250075) per la somma di € 20.300,80, IVA al 22% inclusa, di cui € 8000,00 sul capitolo U0000E21921 e € 12.300,80 sul capitolo di spesa U0000E21918 per l'esercizio finanziario 2024</t>
         </is>
       </c>
       <c r="D172" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="E172" s="2">
-        <v>45910</v>
+        <v>45954</v>
       </c>
     </row>
     <row r="173">
       <c r="A173">
-        <v>3447</v>
+        <v>3485</v>
       </c>
       <c r="B173">
         <v>2025</v>
       </c>
-      <c r="C173" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C173" t="s">
+        <v>154</v>
       </c>
       <c r="D173" t="s">
-        <v>149</v>
+        <v>6</v>
       </c>
       <c r="E173" s="2">
-        <v>45910</v>
+        <v>45953</v>
       </c>
     </row>
     <row r="174">
       <c r="A174">
-        <v>3446</v>
+        <v>3484</v>
       </c>
       <c r="B174">
         <v>2025</v>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>Affidamento ai sensi dell'art. 76 co. 2, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. Partecipazione della Regione Lazio alla 25^ edizione della manifestazione WTTC - World Travel &amp;amp; Tourism Council 2025 - Roma 28/30 settembre - Auditorium Parco della Musica. Perfezionamento della prenotazione 54520/2025 per l'importo complessivo di € 30.500,00 sul capitolo U0000B41922 - "Spese relative al "World Travel and Tourism Council Global Summit" (L.R. n. 22/2024, art. 13, cc. 33-37)" - Missione 07 - Programma 01 - Piano dei Conti 1.03.02.02.000, Es. Fin. 2025 del Bilancio Regionale, in favore di ENIT Spa.</t>
+          <t>Nomina Responsabile Unico del Procedimento (RUP), ai sensi dell'art. 15 del d.lgs. n. 36/2023, nell'ambito della procedura per l'affidamento di un servizio di cattura di cinghiali e attività accessorie.</t>
         </is>
       </c>
       <c r="D174" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="E174" s="2">
-        <v>45910</v>
+        <v>45953</v>
       </c>
     </row>
     <row r="175">
       <c r="A175">
-        <v>3445</v>
+        <v>3483</v>
       </c>
       <c r="B175">
         <v>2025</v>
       </c>
-      <c r="C175" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C175" t="s">
+        <v>156</v>
       </c>
       <c r="D175" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="E175" s="2">
-        <v>45910</v>
+        <v>45952</v>
       </c>
     </row>
     <row r="176">
       <c r="A176">
-        <v>3444</v>
+        <v>3482</v>
       </c>
       <c r="B176">
         <v>2025</v>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>D.G.R. n.189 del 12.04.2022. intervento "Opere di collettamento e depurazione relativamente ai poli di Civita Castellana, Sutri e Vignanello - III lotto" - CUP: F22E22000040005- CIG: B3F3130807. Determina semplificata per l'affidamento diretto indagini geognostiche e geofisiche preliminari, ambientali DPR 120/2017 e Topografiche necessarie alla definizione del PFTE - all'Operatore Economico Geovit Srl. (cod. cred 191015) Perfezionamento di prenotazione impegno n. 9379/2025 per complessivi € 97.604,40 sul cap. U0000C12170. Esercizio Fin. 2025.</t>
+          <t>Impegno di spesa di euro 10.000,00 iva compresa Cap.U0000S21401 es fin. 2025, per il pagamento di canoni di locazione(spesa obbligatoria) in favore del creditore Kryalos sgr spa (cod. cred. 190900).</t>
         </is>
       </c>
       <c r="D176" t="s">
-        <v>152</v>
+        <v>6</v>
       </c>
       <c r="E176" s="2">
-        <v>45908</v>
+        <v>45952</v>
       </c>
     </row>
     <row r="177">
       <c r="A177">
-        <v>3443</v>
+        <v>3481</v>
       </c>
       <c r="B177">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>Piano straordinario di potenziamento Missione 5 Comp 1 - Inv. 1.1 &amp;nbsp;PNRR Approvazione proposta progettuale realizzazione delle attività formative personale dell'Agenzia regionale Spazio Lavoro - Piano formativo 2023-2025, predisposta da LAZIOcrea S.p.A. e approvazione schema di Convenzione</t>
+          <t>Determinazione a contrarre ai sensi dell'art. 17, comma 2, del D.lgs. n. 36/2023 per procedura di affidamento diretto, ex art. 50, comma 1, lett. b) del D.lgs. n. 36/2023, attraverso la piattaforma S.TEL.LA., servizio di redazione perizie di stima valore di mercato n. 364 terreni agricoli appartenenti alla c.d. "banca della terra". Prenotazione impegno di spesa di € 86.912,80 iva e cnpaia inclusi sul Cap. U0000S21909, es. fin. 2025-2026 in favore di creditori diversi (cod. cred 3805). Impegno sul Cap. U0000T19427 di euro 35,00 in favore dell'Autorità Nazionale Anticorruzione (cod. cred. 159683), es. fin. 2025.</t>
         </is>
       </c>
       <c r="D177" t="s">
         <v>6</v>
       </c>
       <c r="E177" s="2">
-        <v>45908</v>
+        <v>45952</v>
       </c>
     </row>
     <row r="178">
       <c r="A178">
-        <v>3442</v>
+        <v>3480</v>
       </c>
       <c r="B178">
         <v>2025</v>
       </c>
-      <c r="C178" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C178" t="s">
+        <v>158</v>
       </c>
       <c r="D178" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="E178" s="2">
-        <v>45903</v>
+        <v>45951</v>
       </c>
     </row>
     <row r="179">
       <c r="A179">
-        <v>3441</v>
+        <v>3479</v>
       </c>
       <c r="B179">
         <v>2025</v>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per l'illuminazione del palazzo della Regione Lazio in occasione della "Giornata regionale della celiachia" il giorno 15 settembre 2025 dalle ore 20:00 alle ore 00:00. Impegno di spesa in favore di Areti Spa (Cod. Cred. 65858) di € 3.050,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B7AEE9BF20.</t>
+          <t>Procedura aperta per l'affidamento servizio di assistenza professionale per attività concernenti il piano di sviluppo strategico della Zona Logistica Semplificata della Regione Lazio, prenotazione di impegno per € 1.621.197,00 IVA inclusa cap. es. fin. 2025-2028 Cap. U0000C11949, in favore di Creditori diversi - Approvazione doc tecnici e schema di contratto. impegni di spesa per complessivi € 24.361,30 sul Cap. U0000C11949 e relativi accertamenti sui Cap. E0000341559, E0000341562 e E0000341563 al fondo incentivi ex art. 383 sexies R.R. n. 1/2002 per gli es. fin. 2025-2028. Impegno di spesa sul Cap. U0000T19427 di € 660,00 in favore dell'Autorità Nazionale Anticorruzione (ANAC), es. fin. 2025</t>
         </is>
       </c>
       <c r="D179" t="s">
-        <v>154</v>
+        <v>6</v>
       </c>
       <c r="E179" s="2">
-        <v>45902</v>
+        <v>45950</v>
       </c>
     </row>
     <row r="180">
       <c r="A180">
-        <v>3440</v>
+        <v>3478</v>
       </c>
       <c r="B180">
         <v>2025</v>
       </c>
-      <c r="C180" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C180" t="s">
+        <v>160</v>
       </c>
       <c r="D180" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="E180" s="2">
-        <v>45887</v>
+        <v>45947</v>
       </c>
     </row>
     <row r="181">
       <c r="A181">
-        <v>3439</v>
+        <v>3477</v>
       </c>
       <c r="B181">
         <v>2025</v>
       </c>
-      <c r="C181" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C181" t="s">
+        <v>162</v>
       </c>
       <c r="D181" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="E181" s="2">
-        <v>45877</v>
+        <v>45944</v>
       </c>
     </row>
     <row r="182">
       <c r="A182">
-        <v>3438</v>
+        <v>3476</v>
       </c>
       <c r="B182">
         <v>2025</v>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>Programma FSE+ 2021- 2027 Priorità 5 Assistenza Tecnica, - Obiettivo specifico AT “Art. 59 d.lgs 36/2023 - Adesione Accordo Quadro CONSIP - Affidamento dei servizi di supporto specialistici per la Digitalizzazione dei processi di assistenza tecnica</t>
+          <t>Avviso per la consultazione preliminare di mercato indetta ai sensi dell'art. 77 del d.lgs. 36/2023 per la verifica preventiva dell'infungibilità del servizio di accesso a banche dati, analisi strategica, ricerca di mercato e benchmarking internazionali nel settore dell'Information and Communication Technology.</t>
         </is>
       </c>
       <c r="D182" t="s">
-        <v>157</v>
+        <v>6</v>
       </c>
       <c r="E182" s="2">
-        <v>45877</v>
+        <v>45943</v>
       </c>
     </row>
     <row r="183">
       <c r="A183">
-        <v>3437</v>
+        <v>3475</v>
       </c>
       <c r="B183">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>Art. 54, comma 3, del d.lgs. 50/2016 – Adesione Accordo Quadro per affidamento servizi specialistici di supporto alla Digital Transformation per la PA, Ed. 2 - ID 2536, Lotto 4 “Transizione al digitale” CIG 9853673432- Approvazione schema di Contratto</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di fornitura apparecchiature hardware. Impegno di spesa a favore di L2 Soluzioni S.r.l. (cod. cred. 253837) di € 48.500,00 (Iva inclusa) sul capitolo U0000C12629 "Armo - Spese per i servizi di assistenza tecnica a supporto delle attività relative alla Programmazione Regionale Unitaria, compresa la gestione sistemi informativi - parte in conto capitale (L.R. N. 9/2024, Art. 9, C. 3-Bis) § Hardware" Miss. 1 Progr. 3 pdf 2.02.01.07- Esercizio Finanziario 2025. CIG: B7002A525A</t>
         </is>
       </c>
       <c r="D183" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="E183" s="2">
-        <v>45877</v>
+        <v>45940</v>
       </c>
     </row>
     <row r="184">
       <c r="A184">
-        <v>3436</v>
+        <v>3474</v>
       </c>
       <c r="B184">
         <v>2025</v>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>PR FESR Lazio 2021-2027. Progetto A0650B0003. Affidamento in house, ex art. 7 del D.lgs. 36/2023, a LAZIOcrea S.p.A. del servizio di supporto all'Area Coordinamento dei Controlli nell'ambito del PR Lazio FESR 2021-2027&amp;nbsp;</t>
+          <t>Determina a contrarre per l'affidamento diretto ai sensi dell'art. 50 comma 1, lettera b) del D.lgs. 36/2023, per la fornitura di n. 4 serbatoi per acqua potabile e servizi accessori, a favore della società Ecolservizi Aprilia S.r.l., P.IVA 01540220595, da utilizzare per potenziare la capacità operativa e la dotazione della "Colonna Mobile della Regione Lazio". CUP F80J21000010001 - Impegno di spesa della somma complessiva pari a € 9.479,40 (IVA inclusa), sul Capitolo U0000E46147 Missione 11, Programma 01, Piano dei Conti 2.02.01.05.000 - es.fin. 2025 a favore della società Ecolservizi Aprilia S.r.l. (cod. cred. 253965).</t>
         </is>
       </c>
       <c r="D184" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="E184" s="2">
-        <v>45875</v>
+        <v>45939</v>
       </c>
     </row>
     <row r="185">
       <c r="A185">
-        <v>3435</v>
+        <v>3473</v>
       </c>
       <c r="B185">
         <v>2025</v>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>PR FESR LAZIO 2021/2027. Progetto A0648B0001. Lotto 3 "Servizio inerente alle verifiche di gestione, ai sensi dell'art. 74 del reg. UE 1060/2021, a valere sugli interventi di natura infrastrutturale e sulle operazioni di acquisto di beni e servizi finanziati nell'ambito del PR FESR Lazio 2021-2027". Autorizzazione subappalto richiesto dal BDO Italia S.p.A. in favore della società ABACO AUDIT S.R.L. - SOCIETÀ BENEFIT in qualità di subappaltatrice. CUP F81B22000700009 - CIG 9125334FD3.</t>
+          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D. lgs. n. 36/2023, di un servizio di noleggio di n. 12 Cisterne da 5.000 litri cadauna e servizio di carico acqua, a favore della società IMPREGETAL S.r.l., da impiegare per l'alimentazione dei moduli doccia, installati presso il “Villaggio Campato Accoglienza Regione Lazio”, in occasione dell'evento “Giubileo dei Giovani 2025”. Impegno di spesa della somma complessiva pari a € 104.066,00 (IVA inclusa), sul capitolo U0000E47146 Missione 11, Programma 0 1, piano dei conti 1.03.02.07.000, es. fin. 2025 a favore della società IMPREGETAL S.r.l. (cod. cred. 204121). Impegno di spesa di € 1.147,11 sul capitolo U0000E47146 e relativi accertamenti a favore del fondo incentivi sul capitolo E0000341560 per l'annualità 2025. Impegno di spesa di euro 35,00 sul cap punto U0000T19427 a favore di A.N.A.C.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D185" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="E185" s="2">
-        <v>45875</v>
+        <v>45939</v>
       </c>
     </row>
     <row r="186">
       <c r="A186">
-        <v>3434</v>
+        <v>3472</v>
       </c>
       <c r="B186">
         <v>2025</v>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>OPCM 3734/2009 - Lavori di ripristino dell’officiosità idraulica del fosso di Pratolungo, compresa la manutenzione straordinaria dell’alveo e la costituzione di opportune opere di accumulo e laminazione delle piene - II lotto.CUP F85D12000040002 Avviso di Indizione della Conferenza di Servizi, ai sensi dell’art. 14-bis della Legge n° 241/1990, in forma semplificata e in modalità asincrona.</t>
+          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, del servizio di noleggio di recinzioni perimetrali e forniture accessorie, a favore della società Mezza Manica Group S.r.l., da impiegare come barriera antintrusione presso il "Villaggio Campale Accoglienza Regione Lazio", in occasione dell'evento "Giubileo dei Giovani 2025". Impegno di spesa della somma complessiva pari a € 98.820,00 (IVA inclusa), sul capitolo U0000E47146 Missione 11, Programma 01, piano dei conti 1.03.02.07.000, es. fin. 2025 a favore della società Mezza Manica Group S.r.l. (cod. cred. 253949). Impegno di spesa di € 1.089,29 sul cap. U0000E47146 e relativi accertamenti a favore del fondo incentivi sul cap. E0000341560 per l'annualità 2025. Impegno di spesa di €35,00 sul cap. U0000T19427 a favore di A.N.A.C. (cod. cred. 159683) es. fin. 2025.</t>
         </is>
       </c>
       <c r="D186" t="s">
-        <v>6</v>
+        <v>167</v>
       </c>
       <c r="E186" s="2">
-        <v>45875</v>
+        <v>45939</v>
       </c>
     </row>
     <row r="187">
       <c r="A187">
-        <v>3433</v>
+        <v>3471</v>
       </c>
       <c r="B187">
         <v>2025</v>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del d.lgs. 36/2023, dei servizi per la realizzazione di una campagna di comunicazione per attività di sensibilizzazione sulla raccolta differenziata, in materia di valorizzazione dei rifiuti e di economia circolare al fine di promuovere il recupero, il riciclo e il riuso, per ridurre lo smaltimento finale degli stessi - D.G.R. 584 del 5 agosto 2024&amp;nbsp;</t>
+          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. N. 36/2023, per il servizio di pulizia e sanificazione, a favore della società Yes Clean S.r.l., da eseguirsi presso il "Villaggio Campale Accoglienza Regione Lazio" allestito in occasione dell'evento "Giubileo dei Giovani 2025". Impegno di spesa della somma complessiva pari a € 126.880,00 (IVA inclusa), sul capitolo U0000E47150 Missione 11, Programma 01, piano dei conti 1.03.02.99.000, esercizio finanziario 2025 a favore della società Yes Clean S.r.l. (cod. cred. 253954). Impegno di spesa di € 1.398,59 sul cap. U0000E47150 e relativi accertamenti a favore del fondo incentivi sul cap. E0000341560 per l'annualità 2025. Impegno di spesa di € 35,00 sul cap. U0000T19427 a favore di A.N.A.C. (Cod. cred. 159683) es. fin. 2025.</t>
         </is>
       </c>
       <c r="D187" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="E187" s="2">
-        <v>45874</v>
+        <v>45939</v>
       </c>
     </row>
     <row r="188">
       <c r="A188">
-        <v>3432</v>
+        <v>3470</v>
       </c>
       <c r="B188">
         <v>2025</v>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>Progetto BILTC5. Affidamento in house providing, ai sensi dell'art. 7, comma 2 del D. Lgs. 36/2023, a LAZIOcrea S.p.A per l'evoluzione del Progetto "Servizi di manutenzione adattiva ed evolutiva del sistema tributario della Regione Lazio (BILTC5).</t>
+          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per il servizio di vigilanza armata, a favore della società Csm Global security service S.r.l., da eseguirsi presso il "Villaggio Campale Accoglienza Regione Lazio" allestito in occasione dell'evento "Giubileo dei Giovani 2025". Impegno di spesa della somma complessiva pari a € 44.375,60 (IVA inclusa), sul capitolo U000E47150 Missione 11 Programma 01 piano dei conti1.03.02.99.000, esercizio finanziario 2025 a favore della società Csm Global security service S.r.l. (cod. cred. 250312).</t>
         </is>
       </c>
       <c r="D188" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="E188" s="2">
-        <v>45869</v>
+        <v>45939</v>
       </c>
     </row>
     <row r="189">
       <c r="A189">
-        <v>3431</v>
+        <v>3469</v>
       </c>
       <c r="B189">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>Programma Regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana - Fondo per la Progettazione di Opere Pubbliche - Interventi di mitigazione del rischio idrogeologico del bacino idrografico del Torrente Mollarino. CUP F21J22000050005</t>
+          <t>Affidamento in house providing, ai sensi dell'art. 7 del d.lgs. 36/2023, a Lazio Innova S.p.A. per la realizzazione di una campagna di comunicazione istituzionale relativa agli screening oncologici: cervice uterina, mammella e colon retto e di una campagna di comunicazione per la promozione dei tre programmi screening. Impegno di spesa in favore di Lazio Innova S.p.A. (cod. cred. 59621) di euro 427.000,00 (IVA inclusa) sul capitolo U0000H11726, Es. Fin. 2025. Impegno di spesa a favore di ANAC di euro 250,00 sul capitolo U0000T19427, Es. Fin. 2025.</t>
         </is>
       </c>
       <c r="D189" t="s">
-        <v>6</v>
+        <v>170</v>
       </c>
       <c r="E189" s="2">
-        <v>45869</v>
+        <v>45938</v>
       </c>
     </row>
     <row r="190">
       <c r="A190">
-        <v>3430</v>
+        <v>3468</v>
       </c>
       <c r="B190">
         <v>2025</v>
       </c>
-      <c r="C190" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C190" t="s">
+        <v>171</v>
       </c>
       <c r="D190" t="s">
-        <v>163</v>
+        <v>6</v>
       </c>
       <c r="E190" s="2">
-        <v>45863</v>
+        <v>45937</v>
       </c>
     </row>
     <row r="191">
       <c r="A191">
-        <v>3429</v>
+        <v>3467</v>
       </c>
       <c r="B191">
         <v>2025</v>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>Affidamento diretto su S.TEL.LA, ai sensi dell'art. 50, comma 1, lett. a) del d.lgs. 36/2023 degli interventi di messa in sicurezza, bonifica e smaltimenti immobili vari Regione Lazio. Impegno di euro 138.840,77 iva compresa in favore della società "Opere Italian Ecology" (cod. cred. 254053) es. fin. 2025 Cap. U0000S22501 - CIG: B73A96647B. Impegno di spesa di euro 35,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC (cod. cred. 159683).</t>
+          <t>Partecipazione della Regione Lazio alla 25ª edizione del Global Summit del WTTC – Roma 28/30 settembre 2025. Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. per l’acquisizione dei servizi di transfer necessari per gli spostamenti dei rappresentanti istituzionali internazionali del Global Summit WTTC 2025. Perfezionamento della prenotazione 54520/2025 per l'importo complessivo di € 153.120,00 in favore della Società Limolane Srl, sul capitolo U0000B41922 "Spese relative al World Travel and Tourism Council Global Summit (L.R. n. 22/2024, Art. 13, cc. 33-37)” - Missione 07 - Programma 01 - PdC 1.03.02.02.000 - Bilancio Regionale – E. F. 2025. Codice CUP F89I25002200002. Impegno in favore di ANAC della somma di € 35,00 sul Cap. U0000T19427 - Bilancio Regionale E.F. 2025, per i costi di funzionamento dell’Autorità.</t>
         </is>
       </c>
       <c r="D191" t="s">
-        <v>164</v>
+        <v>6</v>
       </c>
       <c r="E191" s="2">
-        <v>45863</v>
+        <v>45936</v>
       </c>
     </row>
     <row r="192">
       <c r="A192">
-        <v>3428</v>
+        <v>3466</v>
       </c>
       <c r="B192">
         <v>2025</v>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), D.Lgs. 31 marzo 2023, n. 36, trattamento fitosanitario per alberature ad alto fusto presso il Castello di Santa Severa di proprietà della Regione Lazio. Impegno di spesa sul capitolo U0000S21909 del bilancio della Regione Lazio, es. fin. 2025 per complessivi € 5.124,00 a favore della Società Gmast Ecologica Srl (cod. creditore 166572). CIG: B66062D82B.</t>
+          <t>PSC 2014-2020. Rimodulazione Quadro Finanziario. Progetto A0461P0001. PSC Lazio Del. CIPESS 29/2021 - Promozione e valorizzazione del Claim Lazio - CUP F89I21000140001 - Cod. SIGEM FESR A0461P0001 - Attuazione MIS. 2 - LR 13/2007 e s.m.i. - DGR 325/2022 - Affidamento ai sensi dell''art. 76 co. 2, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. Partecipazione della Regione Lazio alla 11^ edizione del Workshop BMII - Borsa del Matrimonio in Italia - Bridal and Tourism in Italy, Roma 4/5 novembre 2025. Perfezionamento della prenotazione 52943/2025 per l''importo di € 26.352,00 sul Cap. U0000C17110 - Piano FSC Lazio delibera CIPE 38/2020 - Iniziative per l''attrattività turistica del territorio regionale - Missione 07 - Programma 02 - PdC 1.03.02.02.000 - Bilancio Regionale - E.F. 2025, in favore della Società Tecnicon Srl. CIG: B8070C4297</t>
         </is>
       </c>
       <c r="D192" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="E192" s="2">
-        <v>45863</v>
+        <v>45936</v>
       </c>
     </row>
     <row r="193">
       <c r="A193">
-        <v>3427</v>
+        <v>3465</v>
       </c>
       <c r="B193">
         <v>2025</v>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025 nona tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre, approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.</t>
+          <t>Partecipazione della Regione Lazio alla manifestazione turistica internazionale "TEJ 2025 Aichi/Central Japan", in programma dal 25 al 28 settembre 2025. Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. per l'acquisizione dei servizi accessori necessari al funzionamento dell'area espositiva della Regione Lazio. Impegno in favore della Società Primacom Srl dell'importo complessivo € 2.684,00 sul capitolo U0000B43907 "Spese per la promozione turistica" - Missione 07 - Programma 01 - PdC 1.03.02.02.000 - Bilancio Regionale - Esercizio Finanziario 2025. CIG: B81F6995AD.</t>
         </is>
       </c>
       <c r="D193" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="E193" s="2">
-        <v>45863</v>
+        <v>45936</v>
       </c>
     </row>
     <row r="194">
       <c r="A194">
-        <v>3426</v>
+        <v>3464</v>
       </c>
       <c r="B194">
         <v>2025</v>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>Approvazione schema di Convenzione tra Regione Lazio e Formez PA per la realizzazione del progetto relativo all'attività di supporto alla Regione Lazio per l'organizzazione e la realizzazione dei concorsi pubblici per l'assunzione a tempo pieno e indeterminato di n.55 unità di personale dell'Area degli Istruttori - profilo professionale istruttore area vigilanza - Guardiaparco (COD. REG-LAZIO-GP), di n. 9 unità di personale con il profilo professionale di Funzionario area legale - Esperto legale - Avvocato (COD. REG-Lazio- AVVOCATO2024), di n. 14 unità di personale con il profilo professionale di Funzionario area tecnica - Ispettore fitosanitario (COD. REG-Lazio-IFITO2024), di n. 40 unità di personale con il profilo professionale di Istruttore area tecnica - Agente Fitosanitario (COD. REG-Lazio-AFITO2024).</t>
+          <t>PSC 2014-2020. Rimodulazione Quadro Finanziario. Progetto A0461P0001. PSC Lazio Del. CIPESS 29/2021 - Promozione e valorizzazione del Claim Lazio - CUP F89I21000140001 - Cod. SIGEM FESR A0461P0001 - Attuazione MIS. 2 - LR 13/2007 e s.m.i. - DGR 325/2022 - Affidamento ai sensi dell''art. 76 co. 2, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. Partecipazione della Regione Lazio alla 11^ edizione del Workshop BMII - Borsa del Matrimonio in Italia - Bridal and Tourism in Italy, Roma 4/5 novembre 2025. Perfezionamento della prenotazione 52943/2025 per l''importo di € 26.352,00 sul Cap. U0000C17110 - Piano FSC Lazio delibera CIPE 38/2020 - Iniziative per l''attrattività turistica del territorio regionale - Missione 07 - Programma 02 - PdC 1.03.02.02.000 - Bilancio Regionale - E.F. 2025, in favore della Società Tecnicon Srl. CIG: B8070C4297</t>
         </is>
       </c>
       <c r="D194" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="E194" s="2">
-        <v>45862</v>
+        <v>45936</v>
       </c>
     </row>
     <row r="195">
       <c r="A195">
-        <v>3425</v>
+        <v>3463</v>
       </c>
       <c r="B195">
-        <v>2023</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>2025</v>
+      </c>
+      <c r="C195" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta l'acquisizione di dispositivi informatici “Notebook e monitor docking station” per gli uffici della Giunta della Regione Lazio, i Centri per l’impiego della Regione Lazio e altri Enti</t>
+        </is>
       </c>
       <c r="D195" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="E195" s="2">
-        <v>45862</v>
+        <v>45936</v>
       </c>
     </row>
     <row r="196">
       <c r="A196">
-        <v>3424</v>
+        <v>3462</v>
       </c>
       <c r="B196">
         <v>2025</v>
       </c>
-      <c r="C196" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C196" t="s">
+        <v>176</v>
       </c>
       <c r="D196" t="s">
-        <v>6</v>
+        <v>177</v>
       </c>
       <c r="E196" s="2">
-        <v>45861</v>
+        <v>45936</v>
       </c>
     </row>
     <row r="197">
       <c r="A197">
-        <v>3423</v>
+        <v>3461</v>
       </c>
       <c r="B197">
         <v>2025</v>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per la realizzazione di un piano mezzi multicanale finalizzato alla diffusione e promozione della Campagna informativa sul progetto benessere psico-oncologico.</t>
+          <t>Aumento delle prestazioni fino al quinto dell'importo del contratto - Appalto specifico per l'acquisizione di vaccini antinfluenzali 2025/2026 occorrenti alle Aziende Sanitarie della Regione Lazio Farmaci 2025 - quarta tranche.</t>
         </is>
       </c>
       <c r="D197" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="E197" s="2">
-        <v>45859</v>
+        <v>45933</v>
       </c>
     </row>
     <row r="198">
       <c r="A198">
-        <v>3422</v>
+        <v>3460</v>
       </c>
       <c r="B198">
         <v>2025</v>
       </c>
-      <c r="C198" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C198" t="s">
+        <v>179</v>
       </c>
       <c r="D198" t="s">
-        <v>171</v>
+        <v>180</v>
       </c>
       <c r="E198" s="2">
-        <v>45859</v>
+        <v>45932</v>
       </c>
     </row>
     <row r="199">
       <c r="A199">
-        <v>3421</v>
+        <v>3459</v>
       </c>
       <c r="B199">
         <v>2025</v>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per l’esecuzione di servizi di produzione video e pianificazione della campagna di comunicazione per la realizzazione di una Campagna informativa sul progetto benessere psico-oncologico.</t>
+          <t>Regolamento (UE) 2016/2031 - Accordo di collaborazione tra la Regione Lazio e il Dipartimento di Scienze Agrarie e Forestali (DAFNE) dell'Università degli Studi della Tuscia per l'attuazione del programma di studio e monitoraggio degli organismi nocivi per le piante anno 2025.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D199" t="s">
-        <v>172</v>
+        <v>6</v>
       </c>
       <c r="E199" s="2">
-        <v>45859</v>
+        <v>45930</v>
       </c>
     </row>
     <row r="200">
       <c r="A200">
-        <v>3420</v>
+        <v>3458</v>
       </c>
       <c r="B200">
         <v>2025</v>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>Affidamento, ai sensi dell'articolo 50, comma 1, lettera b) del Decreto Legislativo 31 marzo 2023 n. 36, attraverso la piattaforma S.TEL.LA, del servizio di coffee break e allestimento sala riunioni per evento SILD rivolto alle imprese.</t>
+          <t>Procedura aperta, ai sensi dell'art. 71 D.lgs. n. 36/2023, per l'individuazione di un centro media che si occuperà dell'acquisto di spazi pubblicitari per la promozione della Via Francigena azioni trasversali scheda 33 PSC di cui al Decreto MIT prot. 1145205/24. CUP J59E2200004001 - CUI S80143490581202400033. Pubblicazione e approvazione atti di gara.</t>
         </is>
       </c>
       <c r="D200" t="s">
-        <v>173</v>
+        <v>6</v>
       </c>
       <c r="E200" s="2">
-        <v>45859</v>
+        <v>45929</v>
       </c>
     </row>
     <row r="201">
       <c r="A201">
-        <v>3419</v>
+        <v>3457</v>
       </c>
       <c r="B201">
         <v>2025</v>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura della licenza d’uso della piattaforma LinkedIN, della validità di 6 mesi</t>
+          <t>Affidamento diretto in house providing alla Società Laziocrea SpA (cod. cred. 164838), ai sensi dell'art. 7 del D.lgs. 36/2023, per l'acquisto di pagine pubblicitarie finalizzato alla promozione del sito culturale delle Grotte di Pastena (FR). Impegno di spesa complessivo di € 15.250,00 IVA inclusa in favore di Laziocrea S.p.a. Capitolo di spesa U0000R31902 - Es. Fin. 2025.</t>
         </is>
       </c>
       <c r="D201" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="E201" s="2">
-        <v>45859</v>
+        <v>45929</v>
       </c>
     </row>
     <row r="202">
       <c r="A202">
-        <v>3418</v>
+        <v>3456</v>
       </c>
       <c r="B202">
         <v>2025</v>
       </c>
       <c r="C202" t="inlineStr">
         <is>
-          <t>Rinnovo del contratto stipulato con il R.T.I. tra CLES S.r.l. (mandataria), IZI S.p.A. e I.S.R.I. S.c.ar.l. in data 14 settembre 2022 (Registro Cronologico n. 26898 del 03/10/2022)</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per la fornitura di materiale informatico - Impegno di spesa di € 13.932,40 IVA inclusa in favore della società ECO LASER INFORMATICA SRL (Codice creditore n. 122953) - Cap. U0000S24101 - es. fin. 2025. CIG B8413A0DF5</t>
         </is>
       </c>
       <c r="D202" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="E202" s="2">
-        <v>45859</v>
+        <v>45926</v>
       </c>
     </row>
     <row r="203">
       <c r="A203">
-        <v>3417</v>
+        <v>3455</v>
       </c>
       <c r="B203">
         <v>2025</v>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>Ratifica affidamento incarico per l’esecuzione dei servizi di supporto legale ed amministrativo da rendersi ai sensi all’art. 15 comma 6 d.lgs. 36/2023 sulle procedure di appalto in capo all’AdG FSE+</t>
+          <t>Manutenzione dei corsi d'acqua e delle opere idrauliche di competenza regionale 2025 - 2026. Approvazione del progetto esecutivo ed affidamento dei lavori con procedura negoziata, ai sensi dell'art. 50 comma 1 lettera d) del D.lgs. n.36/2023, per la stipula di un accordo quadro ai sensi dell'art. 59 del D.lgs. n.36/2023.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D203" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="E203" s="2">
-        <v>45859</v>
+        <v>45924</v>
       </c>
     </row>
     <row r="204">
       <c r="A204">
-        <v>3416</v>
+        <v>3454</v>
       </c>
       <c r="B204">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per l’esecuzione di servizi di produzione video e cortometraggi per sensibilizzazione alla problematica dei disturbi alimentari</t>
+          <t>Procedura per l’affidamento diretto, ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs 36/2023, del servizio di geologia comprendente la redazione della relazione geologica-sismica, idrologica, piano delle indagini e il supporto alla redazione del DOCFAP per l’intervento Codice ReNDiS 12IR149/MT - Mitigazione del rischio idrogeologico tramite “Interventi di consolidamento della parete rocciosa della SS Trinità” nel Comune di Vallepietra CUP G78E22000210006 - CIG: B7CBB6614A.</t>
         </is>
       </c>
       <c r="D204" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="E204" s="2">
-        <v>45859</v>
+        <v>45923</v>
       </c>
     </row>
     <row r="205">
       <c r="A205">
-        <v>3415</v>
+        <v>3453</v>
       </c>
       <c r="B205">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C205" t="s">
-        <v>178</v>
+        <v>162</v>
       </c>
       <c r="D205" t="s">
-        <v>179</v>
+        <v>6</v>
       </c>
       <c r="E205" s="2">
-        <v>45859</v>
+        <v>45916</v>
       </c>
     </row>
     <row r="206">
       <c r="A206">
-        <v>3414</v>
+        <v>3452</v>
       </c>
       <c r="B206">
-        <v>2024</v>
-[...4 lines deleted...]
-        </is>
+        <v>2025</v>
+      </c>
+      <c r="C206" t="s">
+        <v>185</v>
       </c>
       <c r="D206" t="s">
-        <v>180</v>
+        <v>6</v>
       </c>
       <c r="E206" s="2">
-        <v>45859</v>
+        <v>45912</v>
       </c>
     </row>
     <row r="207">
       <c r="A207">
-        <v>3413</v>
+        <v>3451</v>
       </c>
       <c r="B207">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per il servizio di produzione e stampa del volume riferito al Convegno "ACCOGLIERE, FORMARE, INCLUDERE - La risposta del Lazio all'emergenza Ucraina" svoltosi il 29/11/2023</t>
+          <t>PSC 2014-2020. Rimodulazione: QF A0335C005-A0335C0001-A0335C0002-A0335C0006-A0335C0007-A0335C0010-A0335C0004-A0335C0009 e QE sito Ex Discarica Le Lame - SIN Bacino del Fiume Sacco CUP F47F20000080001-CIG 9412247FEC. Affidamento diretto ai sensi art. 50, comma 1, lett. b), d.lgs. n. 36/2023, incarico supporto giuridicoamministrativo al Rup per attuazione interventi messa in sicurezza e bonifica "SIN bacino del fiume Sacco". Aggiudicazione definitiva a favore OE avv. Francesca Rapisarda (cod. cred. 212418).</t>
         </is>
       </c>
       <c r="D207" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="E207" s="2">
-        <v>45859</v>
+        <v>45912</v>
       </c>
     </row>
     <row r="208">
       <c r="A208">
-        <v>3412</v>
+        <v>3450</v>
       </c>
       <c r="B208">
         <v>2025</v>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>Sistema Dinamico di Acquisizione ai sensi dell'art. 32 del D.Lgs. n. 36/2023 e s.m.i. per la fornitura di farmaci, emoderivati, soluzioni infusionali, vaccini e mezzi di contrasto destinati alle AA.SS. della Regione Lazio e di altri Soggetti Aggregatori.</t>
+          <t>PSC 2014-2020. Rimodulazione Quadro Finanziario. Progetti A0335C0006, A0335C0008, A0335C0010 Affidamento diretto ai sensi dell''articolo 50, comma 1, lett. b), del d.lgs. n. 36/2023, dell''incarico di direzione dell''esecuzione del contratto relativo ai seguenti interventi nel SIN Bacino del Fiume Sacco. Aggiudicazione definitiva a favore dell'operatore economico dott. geol. Maurizio Felici (cod. cred. 191050).</t>
         </is>
       </c>
       <c r="D208" t="s">
-        <v>6</v>
+        <v>187</v>
       </c>
       <c r="E208" s="2">
-        <v>45856</v>
+        <v>45912</v>
       </c>
     </row>
     <row r="209">
       <c r="A209">
-        <v>3411</v>
+        <v>3449</v>
       </c>
       <c r="B209">
         <v>2025</v>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2025 – Settima tranche, per l'immunizzazione passiva contro il virus respiratoria sinciziale in età pediatrica, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.&amp;nbsp;</t>
+          <t>PSC 2014-2020. Rimodulazione Quadro Finanziario. Progetti A0335C0001, A0335C0002, A0335C0004, A0335C0007. Affidamento diretto ai sensi dell'articolo 50, comma 1, lett. b), del d.lgs. n. 36/2023, dell'incarico di direzione dell'esecuzione del contratto relativo agli interventi nel SIN Bacino del Fiume Sacco sopra citati.. Aggiudicazione definitiva a favore dell'operatore economico Ambrosini Sergio (cod. cred. 253890).</t>
         </is>
       </c>
       <c r="D209" t="s">
-        <v>6</v>
+        <v>188</v>
       </c>
       <c r="E209" s="2">
-        <v>45856</v>
+        <v>45912</v>
       </c>
     </row>
     <row r="210">
       <c r="A210">
-        <v>3410</v>
+        <v>3448</v>
       </c>
       <c r="B210">
         <v>2025</v>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>PNRR, Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto, ai sensi dell'art. 50 comma 1 lett. b) del D. Lgs. n. 36/2023 e ss.mm.ii., mediante piattaforma S.TEL.LA., allo Studio a&amp;amp;m sas del servizio di realizzazione ed erogazione di un progetto formativo di sviluppo di competenze trasversali da destinare a personale selezionato della Direzione regionale Istruzione, Formazione e Politiche per l'Occupazione, con funzioni di Coordinamento ovvero Responsabilità, anche operante presso i Centri per l'Impiego della Regione Lazio. Impegno di spesa a favore dello Studio a&amp;amp;m sas - C.F. 04857881009 - (cod. cred. 253094) sul Cap. U0000F31207, PCF 1.03.02.04.004, Miss. 15 Prog. 04, Es. Fin. 2025, per un importo complessivo di euro 5856,00 IVA compresa. CUP F84G25000180006. CIG B70E0EF2AB.</t>
+          <t>PSC Lazio Del. CIPESS 29/2021 - Promozione e valorizzazione del Claim Lazio - CUP F89I21000140001 - Cod. SIGEM FESR A0461P0001 - Attuazione MIS. 2 - LR 13/2007 e s.m.i. - DGR 325/2022 - Affidamento ai sensi dell'art. 76 co. 2, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. Partecipazione della Regione Lazio alla manifestazione TTG TRAVEL EXPERIENCE, Rimini, 08/10 ottobre 2025. Perfezionamento della prenotazione 52943/2025 per l'importo di € 549.070,76 - Cap. U0000C17110 - Piano FSC Lazio delibera CIPE 38/2020 - Iniziative per l'attrattività turistica del territorio regionale - Missione 07 - Programma 02 - PdC 1.03.02.02.000 - Bilancio Regionale - E.F. 2025, in favore della Società Italian Exhibition Group Spa. CIG B7E92FED2C. Impegno in favore di ANAC di € 250,00 sul Cap. U0000T19427 - E.F. 2025, per i costi di funzionamento dell'Autorità Nazionale Anticorruzione</t>
         </is>
       </c>
       <c r="D210" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="E210" s="2">
-        <v>45855</v>
+        <v>45910</v>
       </c>
     </row>
     <row r="211">
       <c r="A211">
-        <v>3409</v>
+        <v>3447</v>
       </c>
       <c r="B211">
         <v>2025</v>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>Approvazione schema di avviso di indagine di mercato per la manifestazione di interesse a partecipare alla procedura negoziata senza pubblicazione di bando, ai sensi dell'art. 50 comma 1 lettera e) del d.lgs. 36/2023 del decreto legislativo 36/2023, per l'affidamento del servizio di aggiornamento del Piano Regionale delle Attività Estrattive (PRAE), approvato con D.C.R. n.7 del 20 aprile 2011, comprensivo del Rapporto ambientale e dello Studio di incidenza.</t>
+          <t>PSC Lazio Del. CIPESS 29/2021 - Promozione e valorizzazione del Claim Lazio - CUP F89I21000140001 - Cod. SIGEM FESR A0461P0001 - Attuazione MIS. 2 - LR 13/2007 e s.m.i. - DGR 325/2022 - Affidamento ai sensi dell'art. 76 co. 2, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. Partecipazione della Regione Lazio alla manifestazione BMTA - Borsa Mediterranea del Turismo Archeologico - Paestum 30 ott. /02 nov. 2025. Perfezionamento della prenotazione 52943/2025 per l'importo di € 61.000,00 sul Cap. U0000C17110 - Piano FSC Lazio delibera CIPE 38/2020 - Iniziative per l'attrattività turistica del territorio regionale - Missione 07 - Programma 02 - PdC 1.03.02.02.000 - Bilancio Regionale - E.F. 2025, in favore Leader Srl. CIG: B7B517C815. Impegno in favore di ANAC della somma di € 35,00 sul Cap. U0000T19427 - Bilancio Regionale - E.F. 2025, per la copertura dei costi dell'Autorit</t>
         </is>
       </c>
       <c r="D211" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="E211" s="2">
-        <v>45854</v>
+        <v>45910</v>
       </c>
     </row>
     <row r="212">
       <c r="A212">
-        <v>3408</v>
+        <v>3446</v>
       </c>
       <c r="B212">
         <v>2025</v>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>Appalto specifico per l’acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio – Farmaci 2025 ottava tranche – nell’ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre, approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto</t>
+          <t>Affidamento ai sensi dell'art. 76 co. 2, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. Partecipazione della Regione Lazio alla 25^ edizione della manifestazione WTTC - World Travel &amp;amp; Tourism Council 2025 - Roma 28/30 settembre - Auditorium Parco della Musica. Perfezionamento della prenotazione 54520/2025 per l'importo complessivo di € 30.500,00 sul capitolo U0000B41922 - "Spese relative al "World Travel and Tourism Council Global Summit" (L.R. n. 22/2024, art. 13, cc. 33-37)" - Missione 07 - Programma 01 - Piano dei Conti 1.03.02.02.000, Es. Fin. 2025 del Bilancio Regionale, in favore di ENIT Spa.</t>
         </is>
       </c>
       <c r="D212" t="s">
-        <v>6</v>
+        <v>191</v>
       </c>
       <c r="E212" s="2">
-        <v>45848</v>
+        <v>45910</v>
       </c>
     </row>
     <row r="213">
       <c r="A213">
-        <v>3407</v>
+        <v>3445</v>
       </c>
       <c r="B213">
         <v>2025</v>
       </c>
-      <c r="C213" t="s">
-        <v>184</v>
+      <c r="C213" t="inlineStr">
+        <is>
+          <t>PSC Lazio Del. CIPESS 29/2021 - Promozione e valorizzazione del Claim Lazio - CUP F89I21000140001 - Cod. SIGEM FESR A0461P0001 - Attuazione MIS. 2 - LR 13/2007 e s.m.i. - DGR 325/2022 - Affidamento ai sensi dell'art. 76 co. 2, lett. b) del D.Lgs 36/2023 attraverso la piattaforma S.TEL.LA. Partecipazione della Regione Lazio alla manifestazione ACE - Art Cities Exchange 2025 - Roma 9/12 novembre. Organizzazione di un Post Tour per selezionati Buyers Internazionali partecipanti ad ACE 2025, in programma nelle province di Frosinone e Latina, dal 12 al 15 novembre. Perfezionamento della prenotazione 52943/2025 per € 43.620,00 sul Cap. U0000C17110 - Piano FSC Lazio delibera CIPE 38/2020 - Iniziative per l'attrattività turistica del territorio regionale - Missione 07 - Programma 02 - PdC 1.03.02.02.000 - Bilancio Regionale - E.F. 2025, in favore di Comitel &amp;amp; Partners Srl. CIG: B7C11AF3B0.</t>
+        </is>
       </c>
       <c r="D213" t="s">
-        <v>6</v>
+        <v>192</v>
       </c>
       <c r="E213" s="2">
-        <v>45845</v>
+        <v>45910</v>
       </c>
     </row>
     <row r="214">
       <c r="A214">
-        <v>3406</v>
+        <v>3444</v>
       </c>
       <c r="B214">
         <v>2025</v>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>DGR 409 del 30.05.2025 - Affidamento diretto ai sensi dell'articolo 7 del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione di eventi di rappresentanza in occasione dell’iniziativa del National Italian American Foundation (NIAF) “Lazio Regione d’Onore 2025”, in programma nelle giornate del 2, 3 e 5 giugno 2025. Perfezionamento della prenotazione di impegno n. 50943/2025 per l'importo complessivo di € 25.000,00, in favore di Laziocrea Spa, sul capitolo U0000B43907 "Spese per la promozione turistica" - Missione 07 - Programma 01 - PdC 1.03.02.02.000 - Bilancio Regionale – Esercizio Finanziario 2025.</t>
+          <t>D.G.R. n.189 del 12.04.2022. intervento "Opere di collettamento e depurazione relativamente ai poli di Civita Castellana, Sutri e Vignanello - III lotto" - CUP: F22E22000040005- CIG: B3F3130807. Determina semplificata per l'affidamento diretto indagini geognostiche e geofisiche preliminari, ambientali DPR 120/2017 e Topografiche necessarie alla definizione del PFTE - all'Operatore Economico Geovit Srl. (cod. cred 191015) Perfezionamento di prenotazione impegno n. 9379/2025 per complessivi € 97.604,40 sul cap. U0000C12170. Esercizio Fin. 2025.</t>
         </is>
       </c>
       <c r="D214" t="s">
-        <v>185</v>
+        <v>193</v>
       </c>
       <c r="E214" s="2">
-        <v>45845</v>
+        <v>45908</v>
       </c>
     </row>
     <row r="215">
       <c r="A215">
-        <v>3405</v>
+        <v>3443</v>
       </c>
       <c r="B215">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>Accordo di programma finalizzato alla programmazione ed al finanziamento di interventi urgenti e prioritari per la mitigazione del rischio idrogeologico da effettuare nel territorio della Regione Lazio. Intervento n. 31 "Consolidamento delle cavità sotterranee lungo via G. Valli - Roma". CUP: J87D18000320002.</t>
+          <t>Piano straordinario di potenziamento Missione 5 Comp 1 - Inv. 1.1 &amp;nbsp;PNRR Approvazione proposta progettuale realizzazione delle attività formative personale dell'Agenzia regionale Spazio Lavoro - Piano formativo 2023-2025, predisposta da LAZIOcrea S.p.A. e approvazione schema di Convenzione</t>
         </is>
       </c>
       <c r="D215" t="s">
-        <v>186</v>
+        <v>6</v>
       </c>
       <c r="E215" s="2">
-        <v>45842</v>
+        <v>45908</v>
       </c>
     </row>
     <row r="216">
       <c r="A216">
-        <v>3404</v>
+        <v>3442</v>
       </c>
       <c r="B216">
         <v>2025</v>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ex art.50 comma 1, lettera b) D.lgs. n. 36/2023, per la fornitura di n. 20 climatizzatori campali a favore della società PROTEC S.r.l da utilizzare nel Villaggio Campale di accoglienza per gli eventi del Giubileo della Chiesa Cattolica 2025. Intervento n.253 - CUP F89120000090001.</t>
+          <t>Affidamento in house providing, ai sensi dell'art. 7 del d.lgs. 36/2023, a Lazio Innova S.p.A. per la realizzazione di una campagna di comunicazione istituzionale relativa agli screening oncologici: cervice uterina, mammella e colon retto e di una campagna di comunicazione per la promozione dei tre programmi screening. Impegno di spesa in favore di Lazio Innova S.p.A. (cod. cred. 59621) di euro 427.000,00 (IVA inclusa) sul capitolo U0000H11726, Es. Fin. 2025. Impegno di spesa a favore di ANAC di euro 250,00 sul capitolo U0000T19427, Es. Fin. 2025.</t>
         </is>
       </c>
       <c r="D216" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="E216" s="2">
-        <v>45842</v>
+        <v>45903</v>
       </c>
     </row>
     <row r="217">
       <c r="A217">
-        <v>3403</v>
+        <v>3441</v>
       </c>
       <c r="B217">
         <v>2025</v>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>Approvazione dello schema di avviso per la formazione di un elenco di ingegneri a cui affidare l'incarico di Ingegnere Indipendente per le attività inerenti al Target comunitario PNRR M6C1-3 (per Case della Comunità) e M6C1-11 (per Ospedali di Comunità).</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per l'illuminazione del palazzo della Regione Lazio in occasione della "Giornata regionale della celiachia" il giorno 15 settembre 2025 dalle ore 20:00 alle ore 00:00. Impegno di spesa in favore di Areti Spa (Cod. Cred. 65858) di € 3.050,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B7AEE9BF20.</t>
         </is>
       </c>
       <c r="D217" t="s">
-        <v>6</v>
+        <v>195</v>
       </c>
       <c r="E217" s="2">
-        <v>45841</v>
+        <v>45902</v>
       </c>
     </row>
     <row r="218">
       <c r="A218">
-        <v>3402</v>
+        <v>3440</v>
       </c>
       <c r="B218">
         <v>2025</v>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>L.R. 55/1984 - D.lgs. 36/2023. Comune di Tarquinia (VT). Interventi urgenti di sistemazione idraulica del tratto del fiume Mignone a monte dell'attraversamento della via Aurelia a seguito degli eventi di piena che hanno interessato la piana di Monte Riccio. - Impegno di spesa complessivo di € 293.453,99 sul Cap. U0000E46551 a favore dell'Impresa EUROSTRADE S.r.l.- Esercizio 2025. CUP: F88H25001000002 - CIG: B696EB83C1.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Determinazione n. G05926 del 14/05/2025</t>
+          <t>Procedura aperta, suddivisa in tre lotti, finalizzata alla stipula di Convenzioni per l'affidamento dei servizi di manutenzione impianti, destinati alle Amministrazioni del territorio della Regione Lazio e della Regione Umbria.</t>
         </is>
       </c>
       <c r="D218" t="s">
-        <v>188</v>
+        <v>196</v>
       </c>
       <c r="E218" s="2">
-        <v>45840</v>
+        <v>45887</v>
       </c>
     </row>
     <row r="219">
       <c r="A219">
-        <v>3401</v>
+        <v>3439</v>
       </c>
       <c r="B219">
         <v>2025</v>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>Servizio di "assistenza e supporto di natura giuridico-legale per i contenziosi di competenza della Direzione Regionale Lavori Pubblici e Infrastrutture, Innovazione Tecnologica con particolare riferimento ai contenziosi concernenti le richieste giudiziali e stragiudiziali di risarcimento danni da parte dei parenti delle vittime del crollo delle palazzine A.T.E.R. di Amatrice del 24 agosto 2016 ed ai contenziosi in merito ai lavori di ripristino della officiosità idraulica del fosso di Pratolungo, compresa la manutenzione straordinaria dell'alveo e la costituzione di opportune opere di accumulo e laminazione delle piene. II Lotto". CIG: B67C2E5683.</t>
+          <t>Determinazione dirigenziale n. G16742 del 13/11/2023. Adesione all’ “Accordo Quadro “Sanità digitale - sistemi informativi sanitari e servizi al cittadino per le Pubbliche Amministrazioni del SSN - ID 2365 “Sanità Digitale 2”, Lotto 4 CIG 90305727C2”. Verifica e regolare esecuzione delle prestazioni.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D219" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="E219" s="2">
-        <v>45840</v>
+        <v>45877</v>
       </c>
     </row>
     <row r="220">
       <c r="A220">
-        <v>3400</v>
+        <v>3438</v>
       </c>
       <c r="B220">
         <v>2025</v>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>Servizio di "progettazione e sviluppo del sistema informativo per la mappatura delle piste ciclabili e ciclopedonali nel territorio regionale Map.PiC (Mappatura delle Piste Ciclabili) della Regione Lazio". CIG: B5610753E.</t>
+          <t>Programma FSE+ 2021- 2027 Priorità 5 Assistenza Tecnica, - Obiettivo specifico AT “Art. 59 d.lgs 36/2023 - Adesione Accordo Quadro CONSIP - Affidamento dei servizi di supporto specialistici per la Digitalizzazione dei processi di assistenza tecnica</t>
         </is>
       </c>
       <c r="D220" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="E220" s="2">
-        <v>45840</v>
+        <v>45877</v>
       </c>
     </row>
     <row r="221">
       <c r="A221">
-        <v>3399</v>
+        <v>3437</v>
       </c>
       <c r="B221">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>Ripetizione dei servizi analoghi dei contratti di gestione, manutenzione, evoluzione e change management del Sistema Telematico Acquisti della Regione Lazio "S.Tel.La.", aggiudicati con procedura aperta di gara - Lotto 1 CIG 89231131CB - Lotto 2 CIG 8923140811. Impegni di spesa di euro 2.196.000,00 a favore del RTI Deloitte Consulting S.r.l. S.B. - Intellera Consulting S.p.A. - Hspi S.p.A. (cod. cred. 163670) e di euro 1.569.220,61 a favore di LAZIOcrea S.p.A. (cod. cred. 164838), sul cap. U0000H11726, Es.Fin.2025-2028.Impegni di spesa di euro 9.504,00 a favore del "Fondo incentivi ex art. 383 sexies R.R. 1/2002" (cod. cred. 176734) sul cap. U0000H11726 e relativi accertamenti sul cap. E0000341560 a carico del "Fondo incentivi ex art. 383 sexies R.R. N. 1/2002", Es.Fin.2025-2028. Accertamento di euro 783.893,03 sul cap. E0000121503, Es.Fin.2028, a carico del debitore MEF (cod. 69720).</t>
+          <t>Art. 54, comma 3, del d.lgs. 50/2016 – Adesione Accordo Quadro per affidamento servizi specialistici di supporto alla Digital Transformation per la PA, Ed. 2 - ID 2536, Lotto 4 “Transizione al digitale” CIG 9853673432- Approvazione schema di Contratto</t>
         </is>
       </c>
       <c r="D221" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="E221" s="2">
-        <v>45839</v>
+        <v>45877</v>
       </c>
     </row>
     <row r="222">
       <c r="A222">
-        <v>3398</v>
+        <v>3436</v>
       </c>
       <c r="B222">
         <v>2025</v>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>Ordinanza n. 129 del 13 dicembre 2022 del Commissario Straordinario del Governo per la Ricostruzione dal Sisma 2016 – Allegato B - Nuovo Piano di ricostruzione di altre opere pubbliche per le Regioni Abruzzo, Lazio e Umbria - “Intervento per la messa in sicurezza post-sisma della viabilità pubblica nella frazione di Santa Rufina - via Contra” - CUP: H35F21001530001. Comunicazione avvio del procedimento finalizzato all’apposizione del vincolo preordinato all’esproprio, all’approvazione del progetto ai fini della dichiarazione di pubblica utilità dell’opera, ai sensi e per gli effetti degli artt.11 e 16 comma 4 del D.P.R. 8 giugno 2001 n.327 ss.mm.ii.</t>
+          <t>PR FESR Lazio 2021-2027. Progetto A0650B0003. Affidamento in house, ex art. 7 del D.lgs. 36/2023, a LAZIOcrea S.p.A. del servizio di supporto all'Area Coordinamento dei Controlli nell'ambito del PR Lazio FESR 2021-2027&amp;nbsp;</t>
         </is>
       </c>
       <c r="D222" t="s">
-        <v>6</v>
+        <v>200</v>
       </c>
       <c r="E222" s="2">
-        <v>45839</v>
+        <v>45875</v>
       </c>
     </row>
     <row r="223">
       <c r="A223">
-        <v>3397</v>
+        <v>3435</v>
       </c>
       <c r="B223">
         <v>2025</v>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per la realizzazione di un video emozionale al castello di Santa Severa. Impegno di spesa in favore Videomnia srl (Cod. Cred. 250658) di € 12.200,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B761AE0D53.</t>
+          <t>PR FESR LAZIO 2021/2027. Progetto A0648B0001. Lotto 3 "Servizio inerente alle verifiche di gestione, ai sensi dell'art. 74 del reg. UE 1060/2021, a valere sugli interventi di natura infrastrutturale e sulle operazioni di acquisto di beni e servizi finanziati nell'ambito del PR FESR Lazio 2021-2027". Autorizzazione subappalto richiesto dal BDO Italia S.p.A. in favore della società ABACO AUDIT S.R.L. - SOCIETÀ BENEFIT in qualità di subappaltatrice. CUP F81B22000700009 - CIG 9125334FD3.</t>
         </is>
       </c>
       <c r="D223" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="E223" s="2">
-        <v>45839</v>
+        <v>45875</v>
       </c>
     </row>
     <row r="224">
       <c r="A224">
-        <v>3396</v>
+        <v>3434</v>
       </c>
       <c r="B224">
         <v>2025</v>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>Affidamento del servizio di Direzione Lavori e rilascio del C.R.E per l'intervento di "Completamento della fase finale dell'intervento di bonifica della ex discarica abusiva in via Donegani, loc. Lunghezza e sistemazione finale dell'area" - CUP F81G21000010005.</t>
+          <t>OPCM 3734/2009 - Lavori di ripristino dell’officiosità idraulica del fosso di Pratolungo, compresa la manutenzione straordinaria dell’alveo e la costituzione di opportune opere di accumulo e laminazione delle piene - II lotto.CUP F85D12000040002 Avviso di Indizione della Conferenza di Servizi, ai sensi dell’art. 14-bis della Legge n° 241/1990, in forma semplificata e in modalità asincrona.</t>
         </is>
       </c>
       <c r="D224" t="s">
-        <v>193</v>
+        <v>6</v>
       </c>
       <c r="E224" s="2">
-        <v>45832</v>
+        <v>45875</v>
       </c>
     </row>
     <row r="225">
       <c r="A225">
-        <v>3395</v>
+        <v>3433</v>
       </c>
       <c r="B225">
         <v>2025</v>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di pubblicità e di promozione d'immagine della Regione Lazio in occasione della iniziativa: "Verso l'orizzonte" che si terrà dal 4 al 14 giugno 2025. Impegno di spesa in favore della Società Sportiva Usc Team Nardecchia (Cod. Cred. 253898) € 10.675,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B718144213.</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del d.lgs. 36/2023, dei servizi per la realizzazione di una campagna di comunicazione per attività di sensibilizzazione sulla raccolta differenziata, in materia di valorizzazione dei rifiuti e di economia circolare al fine di promuovere il recupero, il riciclo e il riuso, per ridurre lo smaltimento finale degli stessi - D.G.R. 584 del 5 agosto 2024&amp;nbsp;</t>
         </is>
       </c>
       <c r="D225" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="E225" s="2">
-        <v>45831</v>
+        <v>45874</v>
       </c>
     </row>
     <row r="226">
       <c r="A226">
-        <v>3394</v>
+        <v>3432</v>
       </c>
       <c r="B226">
         <v>2025</v>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per il servizio di "Campagna social Salute Lazio"- ADV Social (esclusi creatività e video) per la realizzazione di una campagna social informativa per il lancio del nuovo portale Salute Lazio. Impegno di spesa in favore SPIN FACTOR SRL (cod. cred. 248036) di € 48.190,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B7477DC4FB.</t>
+          <t>Progetto BILTC5. Affidamento in house providing, ai sensi dell'art. 7, comma 2 del D. Lgs. 36/2023, a LAZIOcrea S.p.A per l'evoluzione del Progetto "Servizi di manutenzione adattiva ed evolutiva del sistema tributario della Regione Lazio (BILTC5).</t>
         </is>
       </c>
       <c r="D226" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="E226" s="2">
-        <v>45831</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="227">
       <c r="A227">
-        <v>3393</v>
+        <v>3431</v>
       </c>
       <c r="B227">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1. Determina sostituzione CIG a seguito di scadenza dei termini di validità, relativo al servizio per la redazione del progetto esecutivo nonché del coordinamento della sicurezza in fase di progettazione dell'intervento n. 78 denominato "Dragaggio della marrana di Prima Porta". CUP: F88H22000930001. CIG. 993898885BDPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1. Determina sostituzione CIG a seguito di scadenza dei termini di validità, relativo al servizio per la redazione del progetto esecutivo nonché del coordinamento della sicurezza in fase di progettazione dell'intervento n. 78 denominato &amp;nbsp;Dragaggio della marrana di Prima Porta". CUP: F88H22000930001. CIG. 993898885B. Determinazione n. G09261 del 06/07/2023.</t>
+          <t>Programma Regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana - Fondo per la Progettazione di Opere Pubbliche - Interventi di mitigazione del rischio idrogeologico del bacino idrografico del Torrente Mollarino. CUP F21J22000050005</t>
         </is>
       </c>
       <c r="D227" t="s">
-        <v>196</v>
+        <v>6</v>
       </c>
       <c r="E227" s="2">
-        <v>45825</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="228">
       <c r="A228">
-        <v>3392</v>
+        <v>3430</v>
       </c>
       <c r="B228">
         <v>2025</v>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>Procedura di affidamento mediante trattativa diretta, ex art. 50, comma 1, lett. b) del D. lgs n. 36/2023, fornitura accessori igienici e appendiabiti Ostelli della Gioventù - Giubileo 2025 presso comprensorio S. Maria della Pietà in Roma. Impegno di spesa di € 46.570,49 sul capitolo U0000B44126, es. fin. 2025, in favore della Ditta "All office srl" (cod. cred. 238413). Accertamento di € 46.570,49, cap. E0000431159, es. fin. 2025, a carico della Presidenza del Consiglio dei Ministri - CIG B68233F989.</t>
+          <t>Gara comunitaria a procedura aperta per l'affidamento del "Servizio di manutenzione dei sistemi di rilevazione e controllo accessi del personale regionale e dei visitatori in uso presso le sedi della Giunta Regionale del Lazio". Determina d'indizione, approvazione documentazione di gara, nomina RUP per la fase di affidamento.</t>
         </is>
       </c>
       <c r="D228" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="E228" s="2">
-        <v>45825</v>
+        <v>45863</v>
       </c>
     </row>
     <row r="229">
       <c r="A229">
-        <v>3391</v>
+        <v>3429</v>
       </c>
       <c r="B229">
         <v>2025</v>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>Piano Sviluppo e Coesione MASE (ex FSC 2014/2020 - Piano Operativo Ambiente) "Opere di difesa del litorale fra Foce verde e capo Portiere (Comune di Latina)" - Codice Rendis n. 12IR851/G1.</t>
+          <t>Affidamento diretto su S.TEL.LA, ai sensi dell'art. 50, comma 1, lett. a) del d.lgs. 36/2023 degli interventi di messa in sicurezza, bonifica e smaltimenti immobili vari Regione Lazio. Impegno di euro 138.840,77 iva compresa in favore della società "Opere Italian Ecology" (cod. cred. 254053) es. fin. 2025 Cap. U0000S22501 - CIG: B73A96647B. Impegno di spesa di euro 35,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC (cod. cred. 159683).</t>
         </is>
       </c>
       <c r="D229" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="E229" s="2">
-        <v>46010</v>
+        <v>45863</v>
       </c>
     </row>
     <row r="230">
       <c r="A230">
-        <v>3390</v>
+        <v>3428</v>
       </c>
       <c r="B230">
         <v>2025</v>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>Affidamento in house providing, ex art. 7, comma 2, del D.lgs. 36/2023, a LAZIOcrea S.p.A. del servizio di organizzazione del Comitato di Sorveglianza del PR FESR Lazio e della riunione tecnica che si svolgeranno nei giorni 11 e 12 giugno 2025</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), D.Lgs. 31 marzo 2023, n. 36, trattamento fitosanitario per alberature ad alto fusto presso il Castello di Santa Severa di proprietà della Regione Lazio. Impegno di spesa sul capitolo U0000S21909 del bilancio della Regione Lazio, es. fin. 2025 per complessivi € 5.124,00 a favore della Società Gmast Ecologica Srl (cod. creditore 166572). CIG: B66062D82B.</t>
         </is>
       </c>
       <c r="D230" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="E230" s="2">
-        <v>45821</v>
+        <v>45863</v>
       </c>
     </row>
     <row r="231">
       <c r="A231">
-        <v>3389</v>
+        <v>3427</v>
       </c>
       <c r="B231">
         <v>2025</v>
       </c>
-      <c r="C231" t="s">
-        <v>200</v>
+      <c r="C231" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025 nona tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre, approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.</t>
+        </is>
       </c>
       <c r="D231" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="E231" s="2">
-        <v>45820</v>
+        <v>45863</v>
       </c>
     </row>
     <row r="232">
       <c r="A232">
-        <v>3388</v>
+        <v>3426</v>
       </c>
       <c r="B232">
         <v>2025</v>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025 sesta tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
+          <t>Approvazione schema di Convenzione tra Regione Lazio e Formez PA per la realizzazione del progetto relativo all'attività di supporto alla Regione Lazio per l'organizzazione e la realizzazione dei concorsi pubblici per l'assunzione a tempo pieno e indeterminato di n.55 unità di personale dell'Area degli Istruttori - profilo professionale istruttore area vigilanza - Guardiaparco (COD. REG-LAZIO-GP), di n. 9 unità di personale con il profilo professionale di Funzionario area legale - Esperto legale - Avvocato (COD. REG-Lazio- AVVOCATO2024), di n. 14 unità di personale con il profilo professionale di Funzionario area tecnica - Ispettore fitosanitario (COD. REG-Lazio-IFITO2024), di n. 40 unità di personale con il profilo professionale di Istruttore area tecnica - Agente Fitosanitario (COD. REG-Lazio-AFITO2024).</t>
         </is>
       </c>
       <c r="D232" t="s">
-        <v>6</v>
+        <v>208</v>
       </c>
       <c r="E232" s="2">
-        <v>45820</v>
+        <v>45862</v>
       </c>
     </row>
     <row r="233">
       <c r="A233">
-        <v>3387</v>
+        <v>3425</v>
       </c>
       <c r="B233">
         <v>2023</v>
       </c>
-      <c r="C233" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C233" t="s">
+        <v>209</v>
       </c>
       <c r="D233" t="s">
-        <v>6</v>
+        <v>210</v>
       </c>
       <c r="E233" s="2">
-        <v>45820</v>
+        <v>45862</v>
       </c>
     </row>
     <row r="234">
       <c r="A234">
-        <v>3386</v>
+        <v>3424</v>
       </c>
       <c r="B234">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>D.G.R. n. 86 del 19.02.2019. "Opere di regimentazione e laminazione nel rispetto del principio dell'invarianza idraulica (Comuni di Guidonia Montecelio, Fonte Nuova e Sant'Angelo Romano)" - CUP F96B19004490002 - Affidamento servizi catastali all'Impresa Geoservice 2000 s.r.l. - Disimpegno € 19.215,00 - Impegno n. 17345/2023 - Cap. U0000D32503 - Bil. 2023.</t>
+          <t>Avviso pubblico ex art. 193 comma 16 del D.Lgs. 36/2023, per la presentazione da parte di operatori economici, in qualità di proponenti, di proposte di Partenariato Pubblico-Privato (PPP), mediante finanza di progetto, volte alla valorizzazione e recupero della ex Colonia Marina di S. Severa (Comune di S. Marinella).</t>
         </is>
       </c>
       <c r="D234" t="s">
         <v>6</v>
       </c>
       <c r="E234" s="2">
-        <v>45820</v>
+        <v>45861</v>
       </c>
     </row>
     <row r="235">
       <c r="A235">
-        <v>3385</v>
+        <v>3423</v>
       </c>
       <c r="B235">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>Progettazione di fattibilità tecnica ed economica (PFTE) e relazione geologica, dell'intervento "Opere di collettamento e depurazione relativamente ai poli di Civita Castellana, Sutri e Vignanello - III lotto" - CUP: F22E22000040005- CIG: A01AD56D69. Determina per la decisione a contrarre per l'affidamento del servizio tecnico professionale relativa alla redazione del progetto di fattibilità tecnica ed economica (PFTE) e relazione geologica all'Operatore Economico RTP: TJT società d'ingegneria a.r.l. - Geovit Srl.</t>
+          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per la realizzazione di un piano mezzi multicanale finalizzato alla diffusione e promozione della Campagna informativa sul progetto benessere psico-oncologico.</t>
         </is>
       </c>
       <c r="D235" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="E235" s="2">
-        <v>45820</v>
+        <v>45859</v>
       </c>
     </row>
     <row r="236">
       <c r="A236">
-        <v>3384</v>
+        <v>3422</v>
       </c>
       <c r="B236">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>D.G.R. n. 1179 del 13 dicembre 2022 - Gestione delle risorse idriche e bonifica siti inquinati - Impegno di € 300.000,00 sul capitolo U0000D34129 per l'esercizio finanziario 2023 a favore del Consorzio Industriale del Lazio per l'intervento denominato: "Interventi straordinari per la riqualificazione dell'acquedotto posto a servizio del Consorzio Industriale del Lazio - Agglomerato Industriale di Cisterna di Latina" (CUP G51E22000150002).</t>
+          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per il servizio di creazione di contenuti mirati ai Social Media per la realizzazione di una Campagna informativa sul progetto benessere psico-oncologico.</t>
         </is>
       </c>
       <c r="D236" t="s">
-        <v>6</v>
+        <v>212</v>
       </c>
       <c r="E236" s="2">
-        <v>45820</v>
+        <v>45859</v>
       </c>
     </row>
     <row r="237">
       <c r="A237">
-        <v>3383</v>
+        <v>3421</v>
       </c>
       <c r="B237">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="C237" t="inlineStr">
         <is>
-          <t>D.G.R. n.189 del 12.04.2022. "Opere di regimentazione e laminazione nel rispetto del principio dell'invarianza idraulica - Comuni di Guidonia Montecelio, Fonte Nuova e Sant'Angelo Romano"" - Affidamento diretto ai sensi dell'art. 1, comma 2, lett. a) del D.L. 76/2020, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della Legge n. 108/2021, del servizio per la redazione del progetto di fattibilità tecnica ed economica, esteso all'intero quadrante riferito ai territori comunali. CUP F95E22000270005 - CIG 9715695D23. Aggiudicazione all'RTI: O2H Engineering srls (capogruppo mandataria) + HHS - HYDROLOGY &amp;amp; HYDRAULIC SYSTEMS s.r.l. (mandante).</t>
+          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per l’esecuzione di servizi di produzione video e pianificazione della campagna di comunicazione per la realizzazione di una Campagna informativa sul progetto benessere psico-oncologico.</t>
         </is>
       </c>
       <c r="D237" t="s">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="E237" s="2">
-        <v>45820</v>
+        <v>45859</v>
       </c>
     </row>
     <row r="238">
       <c r="A238">
-        <v>3382</v>
+        <v>3420</v>
       </c>
       <c r="B238">
         <v>2025</v>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di pubblicità e di promozione d'immagine della Regione Lazio in occasione della iniziativa: "Back Home - L'avventura ha le ali grandi" che si terrà dall'11 al 24 giugno 2025. Impegno di spesa in favore dell'Ass. Juppiter APS Giovanile (Cod. Cred. 53815) € 12.566,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B6EC2B8F7E&amp;nbsp;</t>
+          <t>Affidamento, ai sensi dell'articolo 50, comma 1, lettera b) del Decreto Legislativo 31 marzo 2023 n. 36, attraverso la piattaforma S.TEL.LA, del servizio di coffee break e allestimento sala riunioni per evento SILD rivolto alle imprese.</t>
         </is>
       </c>
       <c r="D238" t="s">
-        <v>204</v>
+        <v>214</v>
       </c>
       <c r="E238" s="2">
-        <v>45820</v>
+        <v>45859</v>
       </c>
     </row>
     <row r="239">
       <c r="A239">
-        <v>3381</v>
+        <v>3419</v>
       </c>
       <c r="B239">
         <v>2025</v>
       </c>
       <c r="C239" t="inlineStr">
         <is>
-          <t>Gara a procedura aperta ai sensi dell'art. 71 del D.lgs. 36/2023 finalizzata all'acquisizione dei "Servizi di Rassegna Stampa telematica e monitoraggio dei flussi di Agenzia di Stampa mediante Concentratore per l'Ufficio Stampa della Regione Lazio". Approvazione atti di gara e nomina RUP. Prenotazione di impegno di spesa per complessivi € 307.440,00.&amp;nbsp;</t>
+          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura della licenza d’uso della piattaforma LinkedIN, della validità di 6 mesi</t>
         </is>
       </c>
       <c r="D239" t="s">
-        <v>205</v>
+        <v>215</v>
       </c>
       <c r="E239" s="2">
-        <v>45819</v>
+        <v>45859</v>
       </c>
     </row>
     <row r="240">
       <c r="A240">
-        <v>3380</v>
+        <v>3418</v>
       </c>
       <c r="B240">
         <v>2025</v>
       </c>
       <c r="C240" t="inlineStr">
         <is>
-          <t>Tratto di litorale Ostia Levante - Interventi di somma urgenza per la messa in sicurezza del tratto di costa compreso tra lo storico stabilimento Kursaal e la terrazza belvedere denominata "Rotonda"</t>
+          <t>Rinnovo del contratto stipulato con il R.T.I. tra CLES S.r.l. (mandataria), IZI S.p.A. e I.S.R.I. S.c.ar.l. in data 14 settembre 2022 (Registro Cronologico n. 26898 del 03/10/2022)</t>
         </is>
       </c>
       <c r="D240" t="s">
-        <v>206</v>
+        <v>216</v>
       </c>
       <c r="E240" s="2">
-        <v>45818</v>
+        <v>45859</v>
       </c>
     </row>
     <row r="241">
       <c r="A241">
-        <v>3379</v>
+        <v>3417</v>
       </c>
       <c r="B241">
         <v>2025</v>
       </c>
       <c r="C241" t="inlineStr">
         <is>
-          <t>Censimento degli sbarramenti regionali mediante RDO su MePA di Consip - Affidamento diretto ai sensi dell'art. 1, comma 2, lett. a) della Legge n. 120 dell'11.9.2020, come modificato dall'art. 51, comma 1, lett. a), sub. 2.1) della Legge n. 108 del 29.7.2021 alla Soc. TECNOSTUDI Ambiente S.r.l. (codice creditore 68117).Attribuzione di quota parte dell'impegno n. 71216/2022 per € 37.409,55 a favore della Soc. TECNOSTUDI Ambiente S.r.l. (codice creditore 68117) sul capitolo U0000E42567, esercizio finanziario 2023 - Codice CIG Z7C3847BFA.</t>
+          <t>Ratifica affidamento incarico per l’esecuzione dei servizi di supporto legale ed amministrativo da rendersi ai sensi all’art. 15 comma 6 d.lgs. 36/2023 sulle procedure di appalto in capo all’AdG FSE+</t>
         </is>
       </c>
       <c r="D241" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="E241" s="2">
-        <v>45818</v>
+        <v>45859</v>
       </c>
     </row>
     <row r="242">
       <c r="A242">
-        <v>3378</v>
+        <v>3416</v>
       </c>
       <c r="B242">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>Partecipazione della Regione Lazio alla manifestazione turistica internazionale IMEX 2025, in programma a Francoforte dal 20 al 22 maggio 2025. Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. per l'acquisizione dei servizi accessori necessari al funzionamento dell'area espositiva della Regione Lazio. Impegno in favore della Società AB Comunicazioni Srl dell'importo complessivo € 1.281,00 sul capitolo U0000B43907 "Spese per la promozione turistica" - Missione 07 - Programma 01 - PdC 1.03.02.02.000 - Bilancio Regionale - Esercizio Finanziario 2025. CIG: B6DBB446F4.</t>
+          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per l’esecuzione di servizi di produzione video e cortometraggi per sensibilizzazione alla problematica dei disturbi alimentari</t>
         </is>
       </c>
       <c r="D242" t="s">
-        <v>208</v>
+        <v>218</v>
       </c>
       <c r="E242" s="2">
-        <v>45817</v>
+        <v>45859</v>
       </c>
     </row>
     <row r="243">
       <c r="A243">
-        <v>3377</v>
+        <v>3415</v>
       </c>
       <c r="B243">
-        <v>2025</v>
-[...4 lines deleted...]
-        </is>
+        <v>2024</v>
+      </c>
+      <c r="C243" t="s">
+        <v>219</v>
       </c>
       <c r="D243" t="s">
-        <v>209</v>
+        <v>220</v>
       </c>
       <c r="E243" s="2">
-        <v>45817</v>
+        <v>45859</v>
       </c>
     </row>
     <row r="244">
       <c r="A244">
-        <v>3376</v>
+        <v>3414</v>
       </c>
       <c r="B244">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>Partecipazione della Regione Lazio alla manifestazione turistica internazionale IMEX Francoforte 2025. Affidamento diretto, ai sensi dell'art. 50 comma 1, lett. b) del D.Lgs. 36/2023, attraverso la piattaforma S.TEL.LA. del servizio di trasporto internazionale del materiale promozionale della Regione Lazio. Impegno complessivo di € 724,68 sul capitolo U0000B43907 - "Spese per la promozione turistica" - Missione 07 - Programma 01 - PdC 1.03.02.02.000 - Bilancio Regionale - Esercizio Finanziario 2025, in favore della Società OTIM Organizzazione Trasporti Internazionali e Marittimi Spa. CIG: B6B5D0B1A5.</t>
+          <t>Proroga del contratto sottoscritto digitalmente (Reg. cron. 28569 dell'11/08/2023) per l'esecuzione dei "Servizi analoghi a quelli oggetto del contratto stipulato in data 30/09/2019 (Reg. Cron. n. 13461 del 30.09.2019)</t>
         </is>
       </c>
       <c r="D244" t="s">
-        <v>210</v>
+        <v>221</v>
       </c>
       <c r="E244" s="2">
-        <v>45817</v>
+        <v>45859</v>
       </c>
     </row>
     <row r="245">
       <c r="A245">
-        <v>3375</v>
+        <v>3413</v>
       </c>
       <c r="B245">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>Adesione alla Convenzione Quadro per la fornitura di mobilio - LOTTO n. 2 - Impegni di spesa sul capitolo U0000S22509 es. fin. 2025/2026 per un totale complessivo di € 263.764,00, in &amp;nbsp;favore della Società All Offices S.r.l.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per il servizio di produzione e stampa del volume riferito al Convegno "ACCOGLIERE, FORMARE, INCLUDERE - La risposta del Lazio all'emergenza Ucraina" svoltosi il 29/11/2023</t>
         </is>
       </c>
       <c r="D245" t="s">
-        <v>211</v>
+        <v>222</v>
       </c>
       <c r="E245" s="2">
-        <v>45817</v>
+        <v>45859</v>
       </c>
     </row>
     <row r="246">
       <c r="A246">
-        <v>3374</v>
+        <v>3412</v>
       </c>
       <c r="B246">
         <v>2025</v>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>Adesione all'accordo quadro Consip "Veicoli in noleggio 3 - lotto 2 - sub-lotto B2- Crossover" per l'affidamento del servizio di noleggio a lungo termine senza conducente di n. 4 Alfa Romeo Tonale MY25 1,5 160cv per 48 mesi e 120.000 km. Ordinativi di esecuzione n. 8411706 CIG derivato B5D7D6AC07 e n. 8445020 CIG derivato B615E5B2BD</t>
+          <t>Sistema Dinamico di Acquisizione ai sensi dell'art. 32 del D.Lgs. n. 36/2023 e s.m.i. per la fornitura di farmaci, emoderivati, soluzioni infusionali, vaccini e mezzi di contrasto destinati alle AA.SS. della Regione Lazio e di altri Soggetti Aggregatori.</t>
         </is>
       </c>
       <c r="D246" t="s">
-        <v>212</v>
+        <v>6</v>
       </c>
       <c r="E246" s="2">
-        <v>45817</v>
+        <v>45856</v>
       </c>
     </row>
     <row r="247">
       <c r="A247">
-        <v>3373</v>
+        <v>3411</v>
       </c>
       <c r="B247">
         <v>2025</v>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>Affidamento Diretto, su S.TEL.LA ai sensi dell'art. 50, comma 1, lett. b) del d.lgs. 36/2023 di "Fornitura e la Stampa di Tesserini Venatori ed Opuscoli contenenti Il calendario Venatorio per la Stagione 2025/2026" - Impegno complessivo di € &amp;nbsp;81.591,16 IVA compresa in favore della Società S.T.I. Stampa Tipolitografica Italiana S.r.l.</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2025 – Settima tranche, per l'immunizzazione passiva contro il virus respiratoria sinciziale in età pediatrica, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D247" t="s">
-        <v>213</v>
+        <v>6</v>
       </c>
       <c r="E247" s="2">
-        <v>45817</v>
+        <v>45856</v>
       </c>
     </row>
     <row r="248">
       <c r="A248">
-        <v>3372</v>
+        <v>3410</v>
       </c>
       <c r="B248">
         <v>2025</v>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>Adesione alla Convenzione Consip "Energia Elettrica 22" Lotto 11 (regione Lazio esclusa provincia di Roma) per la fornitura di energia elettrica e dei servizi connessi per le Pubbliche Amministrazioni, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388, del D.M. 24 febbraio 2000 e del D.M. 2 maggio 2001, stipulata con GLOBAL POWER S.P.A. - durata contratto 24 mesi</t>
+          <t>PNRR, Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto, ai sensi dell'art. 50 comma 1 lett. b) del D. Lgs. n. 36/2023 e ss.mm.ii., mediante piattaforma S.TEL.LA., allo Studio a&amp;amp;m sas del servizio di realizzazione ed erogazione di un progetto formativo di sviluppo di competenze trasversali da destinare a personale selezionato della Direzione regionale Istruzione, Formazione e Politiche per l'Occupazione, con funzioni di Coordinamento ovvero Responsabilità, anche operante presso i Centri per l'Impiego della Regione Lazio. Impegno di spesa a favore dello Studio a&amp;amp;m sas - C.F. 04857881009 - (cod. cred. 253094) sul Cap. U0000F31207, PCF 1.03.02.04.004, Miss. 15 Prog. 04, Es. Fin. 2025, per un importo complessivo di euro 5856,00 IVA compresa. CUP F84G25000180006. CIG B70E0EF2AB.</t>
         </is>
       </c>
       <c r="D248" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="E248" s="2">
-        <v>45817</v>
+        <v>45855</v>
       </c>
     </row>
     <row r="249">
       <c r="A249">
-        <v>3371</v>
+        <v>3409</v>
       </c>
       <c r="B249">
         <v>2025</v>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>Adesione alla Convenzione Consip "Energia Elettrica 22" Lotto 10 (Regione Lazio Roma e provincia di Roma) per la fornitura di energia elettrica e dei servizi connessi per le Pubbliche Amministrazioni, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388, del D.M. 24 febbraio 2000 e del D.M. 2 maggio 2001, stipulata con "a2a Energia Spa" - durata contratto 24 mesi</t>
+          <t>Approvazione schema di avviso di indagine di mercato per la manifestazione di interesse a partecipare alla procedura negoziata senza pubblicazione di bando, ai sensi dell'art. 50 comma 1 lettera e) del d.lgs. 36/2023 del decreto legislativo 36/2023, per l'affidamento del servizio di aggiornamento del Piano Regionale delle Attività Estrattive (PRAE), approvato con D.C.R. n.7 del 20 aprile 2011, comprensivo del Rapporto ambientale e dello Studio di incidenza.</t>
         </is>
       </c>
       <c r="D249" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="E249" s="2">
-        <v>45817</v>
+        <v>45854</v>
       </c>
     </row>
     <row r="250">
       <c r="A250">
-        <v>3370</v>
+        <v>3408</v>
       </c>
       <c r="B250">
         <v>2025</v>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>Affidamento Diretto, su S.TEL.LA ai sensi dell'art. 50, comma 1, lett. b) del d.lgs. 36/2023 di "incarico professionale per attività concernenti il Piano di Sviluppo Strategico della Zona Logistica Semplificata del Tirreno centro-settentrionale". Impegno complessivo di € 142.862,00 IVA compresa in favore della Società KPMG S.p.a.</t>
+          <t>Appalto specifico per l’acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio – Farmaci 2025 ottava tranche – nell’ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre, approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto</t>
         </is>
       </c>
       <c r="D250" t="s">
-        <v>216</v>
+        <v>6</v>
       </c>
       <c r="E250" s="2">
-        <v>45817</v>
+        <v>45848</v>
       </c>
     </row>
     <row r="251">
       <c r="A251">
-        <v>3369</v>
+        <v>3407</v>
       </c>
       <c r="B251">
         <v>2025</v>
       </c>
-      <c r="C251" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C251" t="s">
+        <v>225</v>
       </c>
       <c r="D251" t="s">
-        <v>217</v>
+        <v>6</v>
       </c>
       <c r="E251" s="2">
-        <v>45817</v>
+        <v>45845</v>
       </c>
     </row>
     <row r="252">
       <c r="A252">
-        <v>3368</v>
+        <v>3406</v>
       </c>
       <c r="B252">
         <v>2025</v>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>Expo 2025 Osaka. Integrazione della Convenzione con Lazio Innova SpA per la partecipazione ad Expo 2025 Osaka. Impegno a favore di Lazio Innova SpA (c.c. 59621) sul capitolo U0000B25929 "Spese per la partecipazione della Regione Lazio ad Expo 2025 Osaka (L.R. n. 17/24 Art. 27)" dell'importo di Euro 299.194,46 Esercizio finanziario 2025. CIG B6AE6722F4.</t>
+          <t>DGR 409 del 30.05.2025 - Affidamento diretto ai sensi dell'articolo 7 del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione di eventi di rappresentanza in occasione dell’iniziativa del National Italian American Foundation (NIAF) “Lazio Regione d’Onore 2025”, in programma nelle giornate del 2, 3 e 5 giugno 2025. Perfezionamento della prenotazione di impegno n. 50943/2025 per l'importo complessivo di € 25.000,00, in favore di Laziocrea Spa, sul capitolo U0000B43907 "Spese per la promozione turistica" - Missione 07 - Programma 01 - PdC 1.03.02.02.000 - Bilancio Regionale – Esercizio Finanziario 2025.</t>
         </is>
       </c>
       <c r="D252" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="E252" s="2">
-        <v>45812</v>
+        <v>45845</v>
       </c>
     </row>
     <row r="253">
       <c r="A253">
-        <v>3367</v>
+        <v>3405</v>
       </c>
       <c r="B253">
         <v>2025</v>
       </c>
       <c r="C253" t="inlineStr">
         <is>
-          <t>Comunicazione Unitaria Interfondo Fondi Europei 2021-2027. Quota PR FESR 2021-27. SIGEM A0826B0002. Affidamento ai sensi dell'art. 76 co. 2, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. Partecipazione della Regione Lazio - Autorità di Gestione dei fondi SIE all'evento FORUM PA 2025 - Roma 19/21 maggio 2025 presso il Palazzo dei Congressi. Perfezionamento delle prenotazioni di spesa in favore della Società FPA Srl (c.c. 147986) dell'importo complessivo di € 87.840,00 sui capitoli U0000A45125, U0000A45126 e U0000A45127 - Bilancio Regionale - E.F. 2025. Impegno in favore di ANAC (c.c. 159683), della somma di € 35,00 sul Cap. U0000T19427 - Bilancio Regionale - E.F. 2025, per la copertura dei costi di funzionamento dell'Autorità. CUP F89B24000240006- CIG B6860D6CDF.</t>
+          <t>Accordo di programma finalizzato alla programmazione ed al finanziamento di interventi urgenti e prioritari per la mitigazione del rischio idrogeologico da effettuare nel territorio della Regione Lazio. Intervento n. 31 "Consolidamento delle cavità sotterranee lungo via G. Valli - Roma". CUP: J87D18000320002.</t>
         </is>
       </c>
       <c r="D253" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E253" s="2">
-        <v>45812</v>
+        <v>45842</v>
       </c>
     </row>
     <row r="254">
       <c r="A254">
-        <v>3366</v>
+        <v>3404</v>
       </c>
       <c r="B254">
         <v>2025</v>
       </c>
-      <c r="C254" t="s">
-        <v>220</v>
+      <c r="C254" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ex art.50 comma 1, lettera b) D.lgs. n. 36/2023, per la fornitura di n. 20 climatizzatori campali a favore della società PROTEC S.r.l da utilizzare nel Villaggio Campale di accoglienza per gli eventi del Giubileo della Chiesa Cattolica 2025. Intervento n.253 - CUP F89120000090001.</t>
+        </is>
       </c>
       <c r="D254" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="E254" s="2">
-        <v>45812</v>
+        <v>45842</v>
       </c>
     </row>
     <row r="255">
       <c r="A255">
-        <v>3365</v>
+        <v>3403</v>
       </c>
       <c r="B255">
         <v>2025</v>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>DGR 1027 del 28.11.2024. Convenzione con Lazio Innova SpA per la partecipazione all'Expo 2025 Osaka. Approvazione del Piano di lavoro previsto all'Art. 2.2 della Convenzione. SIGEM 24039D. GIP A0837S0001. CUP F89B24000260009. CIG B6AE54C057.</t>
+          <t>Approvazione dello schema di avviso per la formazione di un elenco di ingegneri a cui affidare l'incarico di Ingegnere Indipendente per le attività inerenti al Target comunitario PNRR M6C1-3 (per Case della Comunità) e M6C1-11 (per Ospedali di Comunità).</t>
         </is>
       </c>
       <c r="D255" t="s">
-        <v>222</v>
+        <v>6</v>
       </c>
       <c r="E255" s="2">
-        <v>45812</v>
+        <v>45841</v>
       </c>
     </row>
     <row r="256">
       <c r="A256">
-        <v>3364</v>
+        <v>3402</v>
       </c>
       <c r="B256">
         <v>2025</v>
       </c>
       <c r="C256" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 per la fornitura di gadgets a logo regionale e fondi di coesione da utilizzare presso Expo Osaka e altri eventi. Impegno di spesa a favore della ditta GLD MEDIA WEB s.r.l.s. (c.c 251879), Roma - P.IVA 17705621005, sul capitolo U0000B25929 per un importo complessivo di € 5.843,80 IVA compresa - Esercizio Finanziario 2025.</t>
+          <t>L.R. 55/1984 - D.lgs. 36/2023. Comune di Tarquinia (VT). Interventi urgenti di sistemazione idraulica del tratto del fiume Mignone a monte dell'attraversamento della via Aurelia a seguito degli eventi di piena che hanno interessato la piana di Monte Riccio. - Impegno di spesa complessivo di € 293.453,99 sul Cap. U0000E46551 a favore dell'Impresa EUROSTRADE S.r.l.- Esercizio 2025. CUP: F88H25001000002 - CIG: B696EB83C1.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Determinazione n. G05926 del 14/05/2025</t>
         </is>
       </c>
       <c r="D256" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="E256" s="2">
-        <v>45812</v>
+        <v>45840</v>
       </c>
     </row>
     <row r="257">
       <c r="A257">
-        <v>3363</v>
+        <v>3401</v>
       </c>
       <c r="B257">
         <v>2025</v>
       </c>
       <c r="C257" t="inlineStr">
         <is>
-          <t>DGR 164 del 20 Marzo 2024. Convenzione con la Camera di Commercio di Roma per la compartecipazione all’Expo 2025 Osaka. Impegno a favore di Lazio Innova SpA (c.c. 59621) sul capitolo 0000B41114 “Utilizzazione delle entrate derivanti dal contributo della Camera di commercio per Expo 2025 § Organizzazione eventi, pubblicità e servizi per trasferta” dell’importo di Euro 400.000,00.</t>
+          <t>Servizio di "assistenza e supporto di natura giuridico-legale per i contenziosi di competenza della Direzione Regionale Lavori Pubblici e Infrastrutture, Innovazione Tecnologica con particolare riferimento ai contenziosi concernenti le richieste giudiziali e stragiudiziali di risarcimento danni da parte dei parenti delle vittime del crollo delle palazzine A.T.E.R. di Amatrice del 24 agosto 2016 ed ai contenziosi in merito ai lavori di ripristino della officiosità idraulica del fosso di Pratolungo, compresa la manutenzione straordinaria dell'alveo e la costituzione di opportune opere di accumulo e laminazione delle piene. II Lotto". CIG: B67C2E5683.</t>
         </is>
       </c>
       <c r="D257" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="E257" s="2">
-        <v>45812</v>
+        <v>45840</v>
       </c>
     </row>
     <row r="258">
       <c r="A258">
-        <v>3362</v>
+        <v>3400</v>
       </c>
       <c r="B258">
         <v>2025</v>
       </c>
-      <c r="C258" t="s">
-        <v>225</v>
+      <c r="C258" t="inlineStr">
+        <is>
+          <t>Servizio di "progettazione e sviluppo del sistema informativo per la mappatura delle piste ciclabili e ciclopedonali nel territorio regionale Map.PiC (Mappatura delle Piste Ciclabili) della Regione Lazio". CIG: B5610753E.</t>
+        </is>
       </c>
       <c r="D258" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="E258" s="2">
-        <v>45811</v>
+        <v>45840</v>
       </c>
     </row>
     <row r="259">
       <c r="A259">
-        <v>3361</v>
+        <v>3399</v>
       </c>
       <c r="B259">
         <v>2025</v>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2025 - Quinta tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Determinazione a contrarre, approvazione schemi, atti e indizione gara.</t>
+          <t>Ripetizione dei servizi analoghi dei contratti di gestione, manutenzione, evoluzione e change management del Sistema Telematico Acquisti della Regione Lazio "S.Tel.La.", aggiudicati con procedura aperta di gara - Lotto 1 CIG 89231131CB - Lotto 2 CIG 8923140811. Impegni di spesa di euro 2.196.000,00 a favore del RTI Deloitte Consulting S.r.l. S.B. - Intellera Consulting S.p.A. - Hspi S.p.A. (cod. cred. 163670) e di euro 1.569.220,61 a favore di LAZIOcrea S.p.A. (cod. cred. 164838), sul cap. U0000H11726, Es.Fin.2025-2028.Impegni di spesa di euro 9.504,00 a favore del "Fondo incentivi ex art. 383 sexies R.R. 1/2002" (cod. cred. 176734) sul cap. U0000H11726 e relativi accertamenti sul cap. E0000341560 a carico del "Fondo incentivi ex art. 383 sexies R.R. N. 1/2002", Es.Fin.2025-2028. Accertamento di euro 783.893,03 sul cap. E0000121503, Es.Fin.2028, a carico del debitore MEF (cod. 69720).</t>
         </is>
       </c>
       <c r="D259" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="E259" s="2">
-        <v>45807</v>
+        <v>45839</v>
       </c>
     </row>
     <row r="260">
       <c r="A260">
-        <v>3360</v>
+        <v>3398</v>
       </c>
       <c r="B260">
         <v>2025</v>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023, del servizio di pubblicità legale relativa alla pubblicazione di due Avvisi Pubblici finalizzati al rilascio delle Concessioni Minerarie denominate "Anastasia", nel comune di Sermoneta (LT) e "Terme di Cretone" nel Comune di Palombara Sabina (RM).</t>
+          <t>Ordinanza n. 129 del 13 dicembre 2022 del Commissario Straordinario del Governo per la Ricostruzione dal Sisma 2016 – Allegato B - Nuovo Piano di ricostruzione di altre opere pubbliche per le Regioni Abruzzo, Lazio e Umbria - “Intervento per la messa in sicurezza post-sisma della viabilità pubblica nella frazione di Santa Rufina - via Contra” - CUP: H35F21001530001. Comunicazione avvio del procedimento finalizzato all’apposizione del vincolo preordinato all’esproprio, all’approvazione del progetto ai fini della dichiarazione di pubblica utilità dell’opera, ai sensi e per gli effetti degli artt.11 e 16 comma 4 del D.P.R. 8 giugno 2001 n.327 ss.mm.ii.</t>
         </is>
       </c>
       <c r="D260" t="s">
-        <v>228</v>
+        <v>6</v>
       </c>
       <c r="E260" s="2">
-        <v>45806</v>
+        <v>45839</v>
       </c>
     </row>
     <row r="261">
       <c r="A261">
-        <v>3359</v>
+        <v>3397</v>
       </c>
       <c r="B261">
         <v>2025</v>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di pubblicità e marketing della Regione Lazio in occasione della iniziativa: "Festival Treccani" che si svolgerà a Roma dal 24 al 25 maggio 2025. Impegno di spesa in favore della Fondazione Treccani Cultura (cod. cred. 253822) di € 10.000,00 Iva esente sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B6E99A0620.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per la realizzazione di un video emozionale al castello di Santa Severa. Impegno di spesa in favore Videomnia srl (Cod. Cred. 250658) di € 12.200,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B761AE0D53.</t>
         </is>
       </c>
       <c r="D261" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="E261" s="2">
-        <v>45805</v>
+        <v>45839</v>
       </c>
     </row>
     <row r="262">
       <c r="A262">
-        <v>3358</v>
+        <v>3396</v>
       </c>
       <c r="B262">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>SUPPORTO_EDITORIALE - "Procedura negoziata, tramite RdO sul Mercato Elettronico Regione Lazio (M.E.LA), ai sensi dell'art. 76 del D.lgs. 36/2023 finalizzata all'affidamento di un servizio di supporto editoriale nella comunicazione video per l'ufficio stampa della Regione Lazio" (CIG B0BB55185C). Provvedimento di aggiudicazione, perfezionamento delle prenotazioni di impegno pari ad € 82.350,00: n. 5409/2024, 2488/2025 sul capitolo U0000R31906 a favore di AGENZIA VISTA SRL (cod. cred. 250241) Esercizi Finanziari 2024 - 2025. Impegno di spesa di € 27.450,00 sul capitolo U0000R31906 a favore di AGENZIA VISTA SRL (cod. cred. 250241) Esercizio Finanziario 2026.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;</t>
+          <t>Affidamento del servizio di Direzione Lavori e rilascio del C.R.E per l'intervento di "Completamento della fase finale dell'intervento di bonifica della ex discarica abusiva in via Donegani, loc. Lunghezza e sistemazione finale dell'area" - CUP F81G21000010005.</t>
         </is>
       </c>
       <c r="D262" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="E262" s="2">
-        <v>45805</v>
+        <v>45832</v>
       </c>
     </row>
     <row r="263">
       <c r="A263">
-        <v>3357</v>
+        <v>3395</v>
       </c>
       <c r="B263">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>OMBUDSMAN - Affidamento in house a LAZIOcrea S.p.A. per il servizio di supporto all'evento "International Conference of Ombudsman" che si tiene a Cassino il 12-13 settembre 2024. Impegno complessivo di Euro 18.300,00 (IVA inclusa) sul Capitolo U0000C21924 Es. Fin. 2024.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di pubblicità e di promozione d'immagine della Regione Lazio in occasione della iniziativa: "Verso l'orizzonte" che si terrà dal 4 al 14 giugno 2025. Impegno di spesa in favore della Società Sportiva Usc Team Nardecchia (Cod. Cred. 253898) € 10.675,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B718144213.</t>
         </is>
       </c>
       <c r="D263" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="E263" s="2">
-        <v>45805</v>
+        <v>45831</v>
       </c>
     </row>
     <row r="264">
       <c r="A264">
-        <v>3356</v>
+        <v>3394</v>
       </c>
       <c r="B264">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>IT-SA2024 ed2 - Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per la fornitura di materiale informatico - Impegno di euro 2.338,74 (IVA inclusa) sul capitolo U0000S24101 e di euro 3.059,76 sul capitolo U0000C12163 a favore di CONNEX ITALY SRL (cod. cred. 185638). Esercizio finanziario 2024. Nomina del Responsabile Unico del Procedimento.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per il servizio di "Campagna social Salute Lazio"- ADV Social (esclusi creatività e video) per la realizzazione di una campagna social informativa per il lancio del nuovo portale Salute Lazio. Impegno di spesa in favore SPIN FACTOR SRL (cod. cred. 248036) di € 48.190,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B7477DC4FB.</t>
         </is>
       </c>
       <c r="D264" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="E264" s="2">
-        <v>45805</v>
+        <v>45831</v>
       </c>
     </row>
     <row r="265">
       <c r="A265">
-        <v>3355</v>
+        <v>3393</v>
       </c>
       <c r="B265">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>FOTO2024 - Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per la fornitura di materiale hardware e attrezzatura fotografica - Impegno complessivo di € 17.291,06 (IVA inclusa) sul capitolo U0000S26502 a favore di TT TECNOSISTEMI SPA SB (cod. cred 246424). Esercizio finanziario 2024. Nomina del Responsabile Unico del Progetto.</t>
+          <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1. Determina sostituzione CIG a seguito di scadenza dei termini di validità, relativo al servizio per la redazione del progetto esecutivo nonché del coordinamento della sicurezza in fase di progettazione dell'intervento n. 78 denominato "Dragaggio della marrana di Prima Porta". CUP: F88H22000930001. CIG. 993898885BDPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1. Determina sostituzione CIG a seguito di scadenza dei termini di validità, relativo al servizio per la redazione del progetto esecutivo nonché del coordinamento della sicurezza in fase di progettazione dell'intervento n. 78 denominato &amp;nbsp;Dragaggio della marrana di Prima Porta". CUP: F88H22000930001. CIG. 993898885B. Determinazione n. G09261 del 06/07/2023.</t>
         </is>
       </c>
       <c r="D265" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E265" s="2">
-        <v>45805</v>
+        <v>45825</v>
       </c>
     </row>
     <row r="266">
       <c r="A266">
-        <v>3354</v>
+        <v>3392</v>
       </c>
       <c r="B266">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>IT-SA2024 - Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per la fornitura di materiale informatico - Impegno complessivo di euro 6.455,02 (IVA inclusa) sul capitolo U0000S24101 a favore di TT TECNOSISTEMI SPA SB (cod. cred. 246424). Esercizio finanziario 2024. Nomina del Responsabile Unico del Procedimento. CIG: B1C89607B3.</t>
+          <t>Procedura di affidamento mediante trattativa diretta, ex art. 50, comma 1, lett. b) del D. lgs n. 36/2023, fornitura accessori igienici e appendiabiti Ostelli della Gioventù - Giubileo 2025 presso comprensorio S. Maria della Pietà in Roma. Impegno di spesa di € 46.570,49 sul capitolo U0000B44126, es. fin. 2025, in favore della Ditta "All office srl" (cod. cred. 238413). Accertamento di € 46.570,49, cap. E0000431159, es. fin. 2025, a carico della Presidenza del Consiglio dei Ministri - CIG B68233F989.</t>
         </is>
       </c>
       <c r="D266" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="E266" s="2">
-        <v>45805</v>
+        <v>45825</v>
       </c>
     </row>
     <row r="267">
       <c r="A267">
-        <v>3353</v>
+        <v>3391</v>
       </c>
       <c r="B267">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>IT-DRCA2024 Adesione Accordi Quadro "Workstation Ed.1: Lotto 1 - Laptop Grafica 14 pollici, CIG 9463702DEF Lotto 3 - Monitor 32" - 27" - 24" Docking Station con Webcam integrata" CIG 94669527ED e Accordo Quadro "AIO - DESKTOP ALL IN ONE Lotto 2 Computer Desktop All in One da 27 pollici CIG 9785935906. Approvazione ordinativo di fornitura e impegno di spesa per complessivi euro 14.219,10 (iva inclusa) in favore di T.T. TECNOSISTEMI SPA SB (cod. cred. 246424), di euro 10.493,82 (iva inclusa) in favore di ECOLASER INFORMATICA SRL (cod. cred. 122953), di euro 8.294,41 (iva inclusa) in favore di HITECH DISTRIBUZIONE INFORMATICA (cod. cred. 249978) sul capitolo U0000S24101. Esercizio Finanziario 2024 e nomina del Responsabile Unico del Procedimento.</t>
+          <t>Piano Sviluppo e Coesione MASE (ex FSC 2014/2020 - Piano Operativo Ambiente) "Opere di difesa del litorale fra Foce verde e capo Portiere (Comune di Latina)" - Codice Rendis n. 12IR851/G1.</t>
         </is>
       </c>
       <c r="D267" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="E267" s="2">
-        <v>45805</v>
+        <v>46010</v>
       </c>
     </row>
     <row r="268">
       <c r="A268">
-        <v>3352</v>
+        <v>3390</v>
       </c>
       <c r="B268">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>Affidamento dei servizi di messa in sicurezza e gestione dei siti di nidificazione, di applicazione di protocolli di intervento e di Trattiva diretta Mepa n. 1748721 del 08/07/2021.</t>
+          <t>Affidamento in house providing, ex art. 7, comma 2, del D.lgs. 36/2023, a LAZIOcrea S.p.A. del servizio di organizzazione del Comitato di Sorveglianza del PR FESR Lazio e della riunione tecnica che si svolgeranno nei giorni 11 e 12 giugno 2025</t>
         </is>
       </c>
       <c r="D268" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="E268" s="2">
-        <v>45804</v>
+        <v>45821</v>
       </c>
     </row>
     <row r="269">
       <c r="A269">
-        <v>3351</v>
+        <v>3389</v>
       </c>
       <c r="B269">
-        <v>2022</v>
-[...4 lines deleted...]
-        </is>
+        <v>2025</v>
+      </c>
+      <c r="C269" t="s">
+        <v>241</v>
       </c>
       <c r="D269" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="E269" s="2">
-        <v>45804</v>
+        <v>45820</v>
       </c>
     </row>
     <row r="270">
       <c r="A270">
-        <v>3350</v>
+        <v>3388</v>
       </c>
       <c r="B270">
-        <v>2023</v>
-[...2 lines deleted...]
-        <v>238</v>
+        <v>2025</v>
+      </c>
+      <c r="C270" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025 sesta tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
+        </is>
       </c>
       <c r="D270" t="s">
-        <v>239</v>
+        <v>6</v>
       </c>
       <c r="E270" s="2">
-        <v>45804</v>
+        <v>45820</v>
       </c>
     </row>
     <row r="271">
       <c r="A271">
-        <v>3349</v>
+        <v>3387</v>
       </c>
       <c r="B271">
         <v>2023</v>
       </c>
-      <c r="C271" t="s">
-        <v>240</v>
+      <c r="C271" t="inlineStr">
+        <is>
+          <t>D.G.R. n.189 del 12.04.2022. "Opere di collettamento e depurazione relativamente ai poli di Civita Castellana, Sutri e Vignanello - III lotto". - Approvazione del Quadro Esigenziale e del Documento di Indirizzo alla Progettazione di cui al D. Lgs. N. 36/2023. Rettifica determinazione n. G18354 del 21/12/2022 - CUP F22E22000040005.</t>
+        </is>
       </c>
       <c r="D271" t="s">
-        <v>241</v>
+        <v>6</v>
       </c>
       <c r="E271" s="2">
-        <v>45804</v>
+        <v>45820</v>
       </c>
     </row>
     <row r="272">
       <c r="A272">
-        <v>3348</v>
+        <v>3386</v>
       </c>
       <c r="B272">
         <v>2023</v>
       </c>
-      <c r="C272" t="s">
-        <v>242</v>
+      <c r="C272" t="inlineStr">
+        <is>
+          <t>D.G.R. n. 86 del 19.02.2019. "Opere di regimentazione e laminazione nel rispetto del principio dell'invarianza idraulica (Comuni di Guidonia Montecelio, Fonte Nuova e Sant'Angelo Romano)" - CUP F96B19004490002 - Affidamento servizi catastali all'Impresa Geoservice 2000 s.r.l. - Disimpegno € 19.215,00 - Impegno n. 17345/2023 - Cap. U0000D32503 - Bil. 2023.</t>
+        </is>
       </c>
       <c r="D272" t="s">
-        <v>243</v>
+        <v>6</v>
       </c>
       <c r="E272" s="2">
-        <v>45804</v>
+        <v>45820</v>
       </c>
     </row>
     <row r="273">
       <c r="A273">
-        <v>3347</v>
+        <v>3385</v>
       </c>
       <c r="B273">
         <v>2023</v>
       </c>
-      <c r="C273" t="s">
-        <v>244</v>
+      <c r="C273" t="inlineStr">
+        <is>
+          <t>Progettazione di fattibilità tecnica ed economica (PFTE) e relazione geologica, dell'intervento "Opere di collettamento e depurazione relativamente ai poli di Civita Castellana, Sutri e Vignanello - III lotto" - CUP: F22E22000040005- CIG: A01AD56D69. Determina per la decisione a contrarre per l'affidamento del servizio tecnico professionale relativa alla redazione del progetto di fattibilità tecnica ed economica (PFTE) e relazione geologica all'Operatore Economico RTP: TJT società d'ingegneria a.r.l. - Geovit Srl.</t>
+        </is>
       </c>
       <c r="D273" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="E273" s="2">
-        <v>45804</v>
+        <v>45820</v>
       </c>
     </row>
     <row r="274">
       <c r="A274">
-        <v>3346</v>
+        <v>3384</v>
       </c>
       <c r="B274">
         <v>2023</v>
       </c>
-      <c r="C274" t="s">
-        <v>246</v>
+      <c r="C274" t="inlineStr">
+        <is>
+          <t>D.G.R. n. 1179 del 13 dicembre 2022 - Gestione delle risorse idriche e bonifica siti inquinati - Impegno di € 300.000,00 sul capitolo U0000D34129 per l'esercizio finanziario 2023 a favore del Consorzio Industriale del Lazio per l'intervento denominato: "Interventi straordinari per la riqualificazione dell'acquedotto posto a servizio del Consorzio Industriale del Lazio - Agglomerato Industriale di Cisterna di Latina" (CUP G51E22000150002).</t>
+        </is>
       </c>
       <c r="D274" t="s">
-        <v>247</v>
+        <v>6</v>
       </c>
       <c r="E274" s="2">
-        <v>45804</v>
+        <v>45820</v>
       </c>
     </row>
     <row r="275">
       <c r="A275">
-        <v>3345</v>
+        <v>3383</v>
       </c>
       <c r="B275">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>2023</v>
+      </c>
+      <c r="C275" t="inlineStr">
+        <is>
+          <t>D.G.R. n.189 del 12.04.2022. "Opere di regimentazione e laminazione nel rispetto del principio dell'invarianza idraulica - Comuni di Guidonia Montecelio, Fonte Nuova e Sant'Angelo Romano"" - Affidamento diretto ai sensi dell'art. 1, comma 2, lett. a) del D.L. 76/2020, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della Legge n. 108/2021, del servizio per la redazione del progetto di fattibilità tecnica ed economica, esteso all'intero quadrante riferito ai territori comunali. CUP F95E22000270005 - CIG 9715695D23. Aggiudicazione all'RTI: O2H Engineering srls (capogruppo mandataria) + HHS - HYDROLOGY &amp;amp; HYDRAULIC SYSTEMS s.r.l. (mandante).</t>
+        </is>
+      </c>
+      <c r="D275" t="s">
+        <v>244</v>
       </c>
       <c r="E275" s="2">
-        <v>45804</v>
+        <v>45820</v>
       </c>
     </row>
     <row r="276">
       <c r="A276">
-        <v>3344</v>
+        <v>3382</v>
       </c>
       <c r="B276">
         <v>2025</v>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>Approvazione del Piano Formativo per il personale della Giunta Regionale anno 2025. Impegno di spesa €800.000,00 in favore di LazioCrea S.p.A sul Cap. U0000S15902 Esercizio finanziario 2025.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di pubblicità e di promozione d'immagine della Regione Lazio in occasione della iniziativa: "Back Home - L'avventura ha le ali grandi" che si terrà dall'11 al 24 giugno 2025. Impegno di spesa in favore dell'Ass. Juppiter APS Giovanile (Cod. Cred. 53815) € 12.566,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B6EC2B8F7E&amp;nbsp;</t>
         </is>
       </c>
       <c r="D276" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="E276" s="2">
-        <v>45804</v>
+        <v>45820</v>
       </c>
     </row>
     <row r="277">
       <c r="A277">
-        <v>3343</v>
+        <v>3381</v>
       </c>
       <c r="B277">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) - Missione 1 - Componente 1 - Asse 1 - MISURA 1.4.2 "Citizen Inclusion - Miglioramento dell'accessibilità dei servizi pubblici digitali". Avvio intervento n. 2 - Diffusione, disseminazione ed erogazione di interventi formativi ai dipendenti dell'Amministrazione sui temi dell'accessibilità. Affidamento alla società in house LAZIOcrea S.p.A. per il biennio 2024-2025. Impegno per € 70.000,00 (iva inclusa) esercizio finanziario 2024, impegno per €80.000,00 (iva inclusa) esercizio finanziario 2025, per una somma complessiva di € 150.000,00 sul capitolo U0000S25108 a favore di LAZIOcrea S.p.A. (cod. cred. 164838). CUP: F54F24000050006.</t>
+          <t>Gara a procedura aperta ai sensi dell'art. 71 del D.lgs. 36/2023 finalizzata all'acquisizione dei "Servizi di Rassegna Stampa telematica e monitoraggio dei flussi di Agenzia di Stampa mediante Concentratore per l'Ufficio Stampa della Regione Lazio". Approvazione atti di gara e nomina RUP. Prenotazione di impegno di spesa per complessivi € 307.440,00.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D277" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="E277" s="2">
-        <v>45804</v>
+        <v>45819</v>
       </c>
     </row>
     <row r="278">
       <c r="A278">
-        <v>3342</v>
+        <v>3380</v>
       </c>
       <c r="B278">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>Approvazione del Piano Formativo per il personale della Giunta Regionale anno 2024. Impegno di spesa €700.000,00 in favore di LazioCrea S.p.A sul Cap. U0000S15902 Esercizio finanziario 2024.</t>
+          <t>Tratto di litorale Ostia Levante - Interventi di somma urgenza per la messa in sicurezza del tratto di costa compreso tra lo storico stabilimento Kursaal e la terrazza belvedere denominata "Rotonda"</t>
         </is>
       </c>
       <c r="D278" t="s">
-        <v>6</v>
+        <v>247</v>
       </c>
       <c r="E278" s="2">
-        <v>45804</v>
+        <v>45818</v>
       </c>
     </row>
     <row r="279">
       <c r="A279">
-        <v>3341</v>
+        <v>3379</v>
       </c>
       <c r="B279">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 - Diciassettesima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - provvedimento di aggiudicazione.</t>
+          <t>Censimento degli sbarramenti regionali mediante RDO su MePA di Consip - Affidamento diretto ai sensi dell'art. 1, comma 2, lett. a) della Legge n. 120 dell'11.9.2020, come modificato dall'art. 51, comma 1, lett. a), sub. 2.1) della Legge n. 108 del 29.7.2021 alla Soc. TECNOSTUDI Ambiente S.r.l. (codice creditore 68117).Attribuzione di quota parte dell'impegno n. 71216/2022 per € 37.409,55 a favore della Soc. TECNOSTUDI Ambiente S.r.l. (codice creditore 68117) sul capitolo U0000E42567, esercizio finanziario 2023 - Codice CIG Z7C3847BFA.</t>
         </is>
       </c>
       <c r="D279" t="s">
-        <v>6</v>
+        <v>248</v>
       </c>
       <c r="E279" s="2">
-        <v>45804</v>
+        <v>45818</v>
       </c>
     </row>
     <row r="280">
       <c r="A280">
-        <v>3340</v>
+        <v>3378</v>
       </c>
       <c r="B280">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico" - Finanziato dall'Unione Europea - Next Generation EU. Lavori di recupero e miglioramento della funzionalità idraulica degli affluenti in sinistra idraulica del canale Elena nei comuni di San Felice Circeo e Terracina" - CUP F31B21004250005</t>
+          <t>Partecipazione della Regione Lazio alla manifestazione turistica internazionale IMEX 2025, in programma a Francoforte dal 20 al 22 maggio 2025. Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. per l'acquisizione dei servizi accessori necessari al funzionamento dell'area espositiva della Regione Lazio. Impegno in favore della Società AB Comunicazioni Srl dell'importo complessivo € 1.281,00 sul capitolo U0000B43907 "Spese per la promozione turistica" - Missione 07 - Programma 01 - PdC 1.03.02.02.000 - Bilancio Regionale - Esercizio Finanziario 2025. CIG: B6DBB446F4.</t>
         </is>
       </c>
       <c r="D280" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="E280" s="2">
-        <v>183045</v>
+        <v>45817</v>
       </c>
     </row>
     <row r="281">
       <c r="A281">
-        <v>3339</v>
+        <v>3377</v>
       </c>
       <c r="B281">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>2025</v>
+      </c>
+      <c r="C281" t="inlineStr">
+        <is>
+          <t>Affidamento ai sensi dell'art. 76 co. 2, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. Partecipazione della Regione Lazio alla manifestazione IMEX FRANCOFORTE 2025, in programma a Francoforte dal 20 al 22 maggio 2025. Impegno in favore di ENIT Spa dell'importo complessivo di € 100.650,00 sul Capitolo U0000B43907 "Spese per la promozione turistica" - Missione 07 - Programma 01 - PdC 1.03.02.02.000 - Bilancio Regionale - Esercizio Finanziario 2025. CIG: B690350157. Impegno in favore di ANAC della somma di € 35,00 sul Cap. U0000T19427 - Bilancio Regionale - E.F. 2025, per la copertura dei costi di funzionamento dell'Autorità.</t>
+        </is>
       </c>
       <c r="D281" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="E281" s="2">
-        <v>45803</v>
+        <v>45817</v>
       </c>
     </row>
     <row r="282">
       <c r="A282">
-        <v>3338</v>
+        <v>3376</v>
       </c>
       <c r="B282">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>254</v>
+        <v>2025</v>
+      </c>
+      <c r="C282" t="inlineStr">
+        <is>
+          <t>Partecipazione della Regione Lazio alla manifestazione turistica internazionale IMEX Francoforte 2025. Affidamento diretto, ai sensi dell'art. 50 comma 1, lett. b) del D.Lgs. 36/2023, attraverso la piattaforma S.TEL.LA. del servizio di trasporto internazionale del materiale promozionale della Regione Lazio. Impegno complessivo di € 724,68 sul capitolo U0000B43907 - "Spese per la promozione turistica" - Missione 07 - Programma 01 - PdC 1.03.02.02.000 - Bilancio Regionale - Esercizio Finanziario 2025, in favore della Società OTIM Organizzazione Trasporti Internazionali e Marittimi Spa. CIG: B6B5D0B1A5.</t>
+        </is>
       </c>
       <c r="D282" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="E282" s="2">
-        <v>45803</v>
+        <v>45817</v>
       </c>
     </row>
     <row r="283">
       <c r="A283">
-        <v>3337</v>
+        <v>3375</v>
       </c>
       <c r="B283">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>Servizio di animazione territoriale e di coinvolgimento degli stake holders per la promozione e il rafforzamento del progetto di sistema della Rete IN.F.E.A.S. della Regione Lazio CUP F89G24000070001UP</t>
+          <t>Adesione alla Convenzione Quadro per la fornitura di mobilio - LOTTO n. 2 - Impegni di spesa sul capitolo U0000S22509 es. fin. 2025/2026 per un totale complessivo di € 263.764,00, in &amp;nbsp;favore della Società All Offices S.r.l.</t>
         </is>
       </c>
       <c r="D283" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="E283" s="2">
-        <v>45803</v>
+        <v>45817</v>
       </c>
     </row>
     <row r="284">
       <c r="A284">
-        <v>3336</v>
+        <v>3374</v>
       </c>
       <c r="B284">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>257</v>
+        <v>2025</v>
+      </c>
+      <c r="C284" t="inlineStr">
+        <is>
+          <t>Adesione all'accordo quadro Consip "Veicoli in noleggio 3 - lotto 2 - sub-lotto B2- Crossover" per l'affidamento del servizio di noleggio a lungo termine senza conducente di n. 4 Alfa Romeo Tonale MY25 1,5 160cv per 48 mesi e 120.000 km. Ordinativi di esecuzione n. 8411706 CIG derivato B5D7D6AC07 e n. 8445020 CIG derivato B615E5B2BD</t>
+        </is>
       </c>
       <c r="D284" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="E284" s="2">
-        <v>45803</v>
+        <v>45817</v>
       </c>
     </row>
     <row r="285">
       <c r="A285">
-        <v>3335</v>
+        <v>3373</v>
       </c>
       <c r="B285">
         <v>2025</v>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>Procedura di affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del D.Lgs. 36/2023, "Trattativa diretta" sulla piattaforma Mepa, per l'acquisizione di ausili informatici destinati a persone con disabilità, in attuazione al Piano nazionale di Ripresa e Resilienza (PNRR), Missione 1, Componente 1, Asse 1, Misura 1.4.2 "Citizen inclusion - Miglioramento dell'accessibilità dei servizi pubblici digitali", alla Società T.T. TECNOSISTEMI SPA SB - P.IVA 00305120974, e impegni di spesa sui capitoli U0000S26111 e U0000S26112 per l'Intervento Missione 1 - Componente 1 - Investimento 1.4 " M1C1I1.4S1.4.2 SERVIZI DIGITALI E CITTADINANZA DIGITALE - CITIZEN INCLUSION, per un importo complessivo di € 74.952,54 € Iva inclusa - Impegno di spesa a favore dell'Autorità Nazionale Anticorruzione di euro 35,00 sul capitolo U0000T19427 e.f. 2025 CUP F54F24000050006 CIG B6EB50B663.</t>
+          <t>Affidamento Diretto, su S.TEL.LA ai sensi dell'art. 50, comma 1, lett. b) del d.lgs. 36/2023 di "Fornitura e la Stampa di Tesserini Venatori ed Opuscoli contenenti Il calendario Venatorio per la Stagione 2025/2026" - Impegno complessivo di € &amp;nbsp;81.591,16 IVA compresa in favore della Società S.T.I. Stampa Tipolitografica Italiana S.r.l.</t>
         </is>
       </c>
       <c r="D285" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="E285" s="2">
-        <v>45803</v>
+        <v>45817</v>
       </c>
     </row>
     <row r="286">
       <c r="A286">
-        <v>3334</v>
+        <v>3372</v>
       </c>
       <c r="B286">
         <v>2025</v>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>Affidamento alla Società Volo.com (cod. cred. 253642) per un servizio di attività di ricerca multimediale per la durata di 36 mesi. Impegno di spesa complessivo di € 165.272,27 (IVA inclusa) sul capitolo di spesa U0000R31906, suddiviso in € 32.136,27 Es. Fin. 2025, € 55.090,75 Es. Fin 2026, € 55.090,75 Es. Fin. 2027 ed € 22.954,50 Es. Fin. 2028. Impegno di spesa di € 35,00 sul capitolo di spesa U0000T19427 in favore dell'Autorità Nazionale Anticorruzione (Codice Creditore n. 159683). CIG: B67BF9283E.</t>
+          <t>Adesione alla Convenzione Consip "Energia Elettrica 22" Lotto 11 (regione Lazio esclusa provincia di Roma) per la fornitura di energia elettrica e dei servizi connessi per le Pubbliche Amministrazioni, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388, del D.M. 24 febbraio 2000 e del D.M. 2 maggio 2001, stipulata con GLOBAL POWER S.P.A. - durata contratto 24 mesi</t>
         </is>
       </c>
       <c r="D286" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="E286" s="2">
-        <v>45800</v>
+        <v>45817</v>
       </c>
     </row>
     <row r="287">
       <c r="A287">
-        <v>3333</v>
+        <v>3371</v>
       </c>
       <c r="B287">
         <v>2025</v>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1. lettera b) del D. lgs.36/2023, attraverso la piattaforma STELLA, per un servizio di pubblicità mper la Regione Lazio, in occasione dell'evento benefico pro ADMO: "La notte dei Leoni", che si svolgerà a Frosinone il 27 maggio 2024. Impegno di spesa in favore dell'A.C.A.I. Associazione Calciatori Attori Italiani (cod cred 136336) di € 12,000,00 iva esente sul cap U000R31902 - Esercizio Finanziario 2025 CIG B6E6069F07.</t>
+          <t>Adesione alla Convenzione Consip "Energia Elettrica 22" Lotto 10 (Regione Lazio Roma e provincia di Roma) per la fornitura di energia elettrica e dei servizi connessi per le Pubbliche Amministrazioni, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388, del D.M. 24 febbraio 2000 e del D.M. 2 maggio 2001, stipulata con "a2a Energia Spa" - durata contratto 24 mesi</t>
         </is>
       </c>
       <c r="D287" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="E287" s="2">
-        <v>45800</v>
+        <v>45817</v>
       </c>
     </row>
     <row r="288">
       <c r="A288">
-        <v>3332</v>
+        <v>3370</v>
       </c>
       <c r="B288">
         <v>2025</v>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di pubblicità e marketing della Regione Lazio in occasione della iniziativa: concerto "Messaggeri di speranza" che si svolgerà a Roma il 23 maggio 2025. Impegno di spesa in favore del Movimento Gruppi di Preghiera Figli Spirituali di Giovanni Paolo II (cod. cred. 253818) di € 12.000,00 Iva esente sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B6E658DD07</t>
+          <t>Affidamento Diretto, su S.TEL.LA ai sensi dell'art. 50, comma 1, lett. b) del d.lgs. 36/2023 di "incarico professionale per attività concernenti il Piano di Sviluppo Strategico della Zona Logistica Semplificata del Tirreno centro-settentrionale". Impegno complessivo di € 142.862,00 IVA compresa in favore della Società KPMG S.p.a.</t>
         </is>
       </c>
       <c r="D288" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="E288" s="2">
-        <v>45799</v>
+        <v>45817</v>
       </c>
     </row>
     <row r="289">
       <c r="A289">
-        <v>3331</v>
+        <v>3369</v>
       </c>
       <c r="B289">
         <v>2025</v>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di pubblicità e marketing della Regione Lazio in occasione della iniziativa: "Assaggi-Salone dell'Enogastronomia Regionale" che si svolgerà a Viterbo dal 17 al 19 maggio 2025. Impegno di spesa in favore Camera di Commercio di Rieti-Viterbo (cod. cred. 209170) di € 12.2000,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B6CEBC4AF0</t>
+          <t>Affidamento fornitura carburante per autotrazione tramite adesione all’Accordo Quadro di CONSIP “Fuel Card 3”. Impegno complessivo di spesa di € 936.960,00 (IVA compresa) per esercizi finanziari 2025-2026- 2027, Cap. U0000S23420 a favore della Società IP Plus Srl.</t>
         </is>
       </c>
       <c r="D289" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="E289" s="2">
-        <v>45799</v>
+        <v>45817</v>
       </c>
     </row>
     <row r="290">
       <c r="A290">
-        <v>3330</v>
+        <v>3368</v>
       </c>
       <c r="B290">
         <v>2025</v>
       </c>
-      <c r="C290" t="s">
-        <v>264</v>
+      <c r="C290" t="inlineStr">
+        <is>
+          <t>Expo 2025 Osaka. Integrazione della Convenzione con Lazio Innova SpA per la partecipazione ad Expo 2025 Osaka. Impegno a favore di Lazio Innova SpA (c.c. 59621) sul capitolo U0000B25929 "Spese per la partecipazione della Regione Lazio ad Expo 2025 Osaka (L.R. n. 17/24 Art. 27)" dell'importo di Euro 299.194,46 Esercizio finanziario 2025. CIG B6AE6722F4.</t>
+        </is>
       </c>
       <c r="D290" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="E290" s="2">
-        <v>45796</v>
+        <v>45812</v>
       </c>
     </row>
     <row r="291">
       <c r="A291">
-        <v>3329</v>
+        <v>3367</v>
       </c>
       <c r="B291">
         <v>2025</v>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>D.G.R. n. 1172/2022. Attuazione dell'intervento rivolto agli Enti Locali della Regione Lazio e ai distretti sociosanitari -DSS e Aziende pubbliche dei servizi alla persona -ASP, per la realizzazione dell'iniziativa "Rete dei servizi di facilitazione digitale - Regione Lazio" (PNRR, Missione 1 - Componente 1 - Misura 1.7.2). Autorizzazione per la concessione ai Soggetti Sub Attuatori: di un'integrazione del contributo pari al 20%, di un anticipo del 30% e della liquidazione della 2^ tranche di cui alla Determinazione n. G02910/2025. Es.Fin. 2025. CODICE INTERVENTO MIR: I202300781</t>
+          <t>Comunicazione Unitaria Interfondo Fondi Europei 2021-2027. Quota PR FESR 2021-27. SIGEM A0826B0002. Affidamento ai sensi dell'art. 76 co. 2, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. Partecipazione della Regione Lazio - Autorità di Gestione dei fondi SIE all'evento FORUM PA 2025 - Roma 19/21 maggio 2025 presso il Palazzo dei Congressi. Perfezionamento delle prenotazioni di spesa in favore della Società FPA Srl (c.c. 147986) dell'importo complessivo di € 87.840,00 sui capitoli U0000A45125, U0000A45126 e U0000A45127 - Bilancio Regionale - E.F. 2025. Impegno in favore di ANAC (c.c. 159683), della somma di € 35,00 sul Cap. U0000T19427 - Bilancio Regionale - E.F. 2025, per la copertura dei costi di funzionamento dell'Autorità. CUP F89B24000240006- CIG B6860D6CDF.</t>
         </is>
       </c>
       <c r="D291" t="s">
-        <v>6</v>
+        <v>260</v>
       </c>
       <c r="E291" s="2">
-        <v>45796</v>
+        <v>45812</v>
       </c>
     </row>
     <row r="292">
       <c r="A292">
-        <v>3328</v>
+        <v>3366</v>
       </c>
       <c r="B292">
         <v>2025</v>
       </c>
-      <c r="C292" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C292" t="s">
+        <v>261</v>
       </c>
       <c r="D292" t="s">
-        <v>6</v>
+        <v>262</v>
       </c>
       <c r="E292" s="2">
-        <v>45796</v>
+        <v>45812</v>
       </c>
     </row>
     <row r="293">
       <c r="A293">
-        <v>3327</v>
+        <v>3365</v>
       </c>
       <c r="B293">
         <v>2025</v>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>Aff.to lavori "Completamento della fase finale dell'intervento di bonifica della ex discarica abusiva in via Donegani, loc.Lunghezza e sistemazione finale dell'area" - CUP F81G21000010005.</t>
+          <t>DGR 1027 del 28.11.2024. Convenzione con Lazio Innova SpA per la partecipazione all'Expo 2025 Osaka. Approvazione del Piano di lavoro previsto all'Art. 2.2 della Convenzione. SIGEM 24039D. GIP A0837S0001. CUP F89B24000260009. CIG B6AE54C057.</t>
         </is>
       </c>
       <c r="D293" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="E293" s="2">
-        <v>45796</v>
+        <v>45812</v>
       </c>
     </row>
     <row r="294">
       <c r="A294">
-        <v>3326</v>
+        <v>3364</v>
       </c>
       <c r="B294">
         <v>2025</v>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>Indizione procedura ad evidenza pubblica, ex art. 12 r.r. n. 5/2012 e ss..mm.ii. Per svolgimento indagine esplorativa e non vincolante per ricerca immobile uso deposito/magazzino sito nel Comune di Roma Capitale. Approvazione schema Avviso pubblico</t>
+          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 per la fornitura di gadgets a logo regionale e fondi di coesione da utilizzare presso Expo Osaka e altri eventi. Impegno di spesa a favore della ditta GLD MEDIA WEB s.r.l.s. (c.c 251879), Roma - P.IVA 17705621005, sul capitolo U0000B25929 per un importo complessivo di € 5.843,80 IVA compresa - Esercizio Finanziario 2025.</t>
         </is>
       </c>
       <c r="D294" t="s">
-        <v>6</v>
+        <v>264</v>
       </c>
       <c r="E294" s="2">
-        <v>45793</v>
+        <v>45812</v>
       </c>
     </row>
     <row r="295">
       <c r="A295">
-        <v>3325</v>
+        <v>3363</v>
       </c>
       <c r="B295">
         <v>2025</v>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione della iniziativa: "Bicentenario dell'Osteria Romanesca" che si terrà a Roma il 21 giugno 2025. Impegno di spesa in favore di Officine pubblicitarie Unipersonale srl di €18.300,00 Iva Inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B68813103C</t>
+          <t>DGR 164 del 20 Marzo 2024. Convenzione con la Camera di Commercio di Roma per la compartecipazione all’Expo 2025 Osaka. Impegno a favore di Lazio Innova SpA (c.c. 59621) sul capitolo 0000B41114 “Utilizzazione delle entrate derivanti dal contributo della Camera di commercio per Expo 2025 § Organizzazione eventi, pubblicità e servizi per trasferta” dell’importo di Euro 400.000,00.</t>
         </is>
       </c>
       <c r="D295" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="E295" s="2">
-        <v>45791</v>
+        <v>45812</v>
       </c>
     </row>
     <row r="296">
       <c r="A296">
-        <v>3324</v>
+        <v>3362</v>
       </c>
       <c r="B296">
         <v>2025</v>
       </c>
-      <c r="C296" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C296" t="s">
+        <v>266</v>
       </c>
       <c r="D296" t="s">
-        <v>6</v>
+        <v>267</v>
       </c>
       <c r="E296" s="2">
-        <v>45789</v>
+        <v>45811</v>
       </c>
     </row>
     <row r="297">
       <c r="A297">
-        <v>3323</v>
+        <v>3361</v>
       </c>
       <c r="B297">
         <v>2025</v>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>Procedura negoziata, ai sensi dell’art. 76 comma 2 lett. b co. 2 del d. lgs. 36/2023, per l’affidamento del servizio di promozione di immagine, in occasione delle due tappe del tour del mediterraneo della nave “Amerigo Vespucci”, che si svolgeranno a Gaeta dal 24 al 27 maggio 2025 e a Civitavecchia dal 28 maggio al 3 giugno 2025.</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2025 - Quinta tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Determinazione a contrarre, approvazione schemi, atti e indizione gara.</t>
         </is>
       </c>
       <c r="D297" t="s">
         <v>268</v>
       </c>
       <c r="E297" s="2">
-        <v>45786</v>
+        <v>45807</v>
       </c>
     </row>
     <row r="298">
       <c r="A298">
-        <v>3322</v>
+        <v>3360</v>
       </c>
       <c r="B298">
         <v>2025</v>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>Piano di Sviluppo e Coesione PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 Sezione speciale 2 ex POR FESR 2014-2020. Affidamento servizi di ingegneria e architettura importo inferiore a € 5.000,00 ai sensi dell'art. 50 comma 1 lett. b) del D.lgs. 36/2023 attraverso la piattaforma S.TEL.LA. Incarico redazione Attestato Prestazione Energetica APE del Polo amministrativo e Socioeducativo Via G. Mameli, nel Comune di Poggio Mirteto (RI). Dossier LI-ES2-3190420 Interv.A0100E0343. Perfezionamento prenotazione impegni nn. 32952, 32949 e 32957 a favore del creditore certo arch. Antonio Ciolfi (cod. cr 177417) per l'importo di € 3.318,20 comprensivo di IVA e oneri di legge, e variazione in diminuzione della medesima prenotazione di impegno per € 951,80 sui Cap.U0000A42200, U0000A42201, U0000A42202. Es.Fin. 2025. CUP: F42B16000000006 CIG: B6A187DCE5</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023, del servizio di pubblicità legale relativa alla pubblicazione di due Avvisi Pubblici finalizzati al rilascio delle Concessioni Minerarie denominate "Anastasia", nel comune di Sermoneta (LT) e "Terme di Cretone" nel Comune di Palombara Sabina (RM).</t>
         </is>
       </c>
       <c r="D298" t="s">
         <v>269</v>
       </c>
       <c r="E298" s="2">
-        <v>45786</v>
+        <v>45806</v>
       </c>
     </row>
     <row r="299">
       <c r="A299">
-        <v>3321</v>
+        <v>3359</v>
       </c>
       <c r="B299">
         <v>2025</v>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto, ex art.50 comma1, lettera b) D.lgs. n.36/2023, per il noleggio di n.200 bagni/lavabi chimici e servizi accessori a favore della società GSN S.r.l., in occasione dell'evento "Giubileo degli Adolescenti 2025". Impegno di spesa di € 47.580,00 (compresa IVA) sul cap.U0000E47146 Missione 11 Programma 01 piano dei conti 1.03.02.07.000 esercizio finanziario 2025 a favore della società GSN S.r.l. (cod. cred. 212910).</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di pubblicità e marketing della Regione Lazio in occasione della iniziativa: "Festival Treccani" che si svolgerà a Roma dal 24 al 25 maggio 2025. Impegno di spesa in favore della Fondazione Treccani Cultura (cod. cred. 253822) di € 10.000,00 Iva esente sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B6E99A0620.</t>
         </is>
       </c>
       <c r="D299" t="s">
         <v>270</v>
       </c>
       <c r="E299" s="2">
-        <v>45786</v>
+        <v>45805</v>
       </c>
     </row>
     <row r="300">
       <c r="A300">
-        <v>3320</v>
+        <v>3358</v>
       </c>
       <c r="B300">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per la fornitura di gadget di rappresentanza, da utilizzare in occasione degli eventi giubilari programmati dalla Direzione Emergenza, Protezione Civile e NUE 112, a favore delle società "Carto Copy Service S.r.l.", "Duegi S.r.l" e "Silan S.p.A.". Impegno di spesa della somma complessiva pari a € 51.593,80 (IVA inclusa) di cui € 11.590,00 (IVA inclusa) a favore della società Carto Copy Service S.r.l (cod. cred. 182416), € 20.276,40 (IVA inclusa) a favore della società Duegi S.r.l. (cod. cred. 251397) ed € 19.727,40 (IVA inlcusa) a favore della società Silan S.p.A (cod.cred. 253412), sul Capitolo U0000E47147 Missione 11, Programma 01, piano dei conti 1.03.02.02.000, es. fin. 2025.</t>
+          <t>SUPPORTO_EDITORIALE - "Procedura negoziata, tramite RdO sul Mercato Elettronico Regione Lazio (M.E.LA), ai sensi dell'art. 76 del D.lgs. 36/2023 finalizzata all'affidamento di un servizio di supporto editoriale nella comunicazione video per l'ufficio stampa della Regione Lazio" (CIG B0BB55185C). Provvedimento di aggiudicazione, perfezionamento delle prenotazioni di impegno pari ad € 82.350,00: n. 5409/2024, 2488/2025 sul capitolo U0000R31906 a favore di AGENZIA VISTA SRL (cod. cred. 250241) Esercizi Finanziari 2024 - 2025. Impegno di spesa di € 27.450,00 sul capitolo U0000R31906 a favore di AGENZIA VISTA SRL (cod. cred. 250241) Esercizio Finanziario 2026.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;</t>
         </is>
       </c>
       <c r="D300" t="s">
         <v>271</v>
       </c>
       <c r="E300" s="2">
-        <v>45786</v>
+        <v>45805</v>
       </c>
     </row>
     <row r="301">
       <c r="A301">
-        <v>3319</v>
+        <v>3357</v>
       </c>
       <c r="B301">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per la fornitura di articoli di abbigliamento tecnico e di rappresentanza per il personale della Direzione Emergenza, Protezione Civile e NUE 112 a favore della società "Pro.tec S.r.l". P.IVA n.07605650725, da utilizzare in occasione degli eventi giubilari. Impegno di spesa della somma complessiva pari a 118.632,80 euro (IVA inclusa), sul capitolo U0000E47145 Miss.11, Prog.01, piano dei conti 1.03.01.02.000, es. fin. 2025 a favore della società Pro.tec S.r.l. (cod. cred. 253130). Registro di sistema n. PI048055-25. Impegno di spesa di € 1.307,68 sul capitolo U0000E47145 e relativi accertamenti a favore del fondo incentivi sul capitolo E0000341560 per l'annualità 2025. Impegno di spesa di € 35,00 sul capitolo U0000T19427 a favore di A.N.A.C. (cod. cred. 159683) es. fin. 2025.</t>
+          <t>OMBUDSMAN - Affidamento in house a LAZIOcrea S.p.A. per il servizio di supporto all'evento "International Conference of Ombudsman" che si tiene a Cassino il 12-13 settembre 2024. Impegno complessivo di Euro 18.300,00 (IVA inclusa) sul Capitolo U0000C21924 Es. Fin. 2024.</t>
         </is>
       </c>
       <c r="D301" t="s">
         <v>272</v>
       </c>
       <c r="E301" s="2">
-        <v>45784</v>
+        <v>45805</v>
       </c>
     </row>
     <row r="302">
       <c r="A302">
-        <v>3318</v>
+        <v>3356</v>
       </c>
       <c r="B302">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50 comma 1, lettera b) del D.lgs. 36/2023, per l'acquisto di n. 1 pulmino a 9 posti a favore della società AUTOIN BY FERI S.r.l., P.IVA 01436971004, da utilizzare per le esigenze della Direzione Emergenza, Protezione Civile e NUE 112. Impegno di spesa della somma complessiva pari a € 43.800,00 (IVA inclusa), sul Capitolo U0000E46146 del bilancio della Regione Lazio, Missione 11 Programma 01 Piano dei Conti 2.02.01.01 - es.fin. 2025 a favore della società AUTOIN BY FERI S.r.l. (cod. cred. 158879).</t>
+          <t>IT-SA2024 ed2 - Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per la fornitura di materiale informatico - Impegno di euro 2.338,74 (IVA inclusa) sul capitolo U0000S24101 e di euro 3.059,76 sul capitolo U0000C12163 a favore di CONNEX ITALY SRL (cod. cred. 185638). Esercizio finanziario 2024. Nomina del Responsabile Unico del Procedimento.</t>
         </is>
       </c>
       <c r="D302" t="s">
         <v>273</v>
       </c>
       <c r="E302" s="2">
-        <v>45785</v>
+        <v>45805</v>
       </c>
     </row>
     <row r="303">
       <c r="A303">
-        <v>3317</v>
+        <v>3355</v>
       </c>
       <c r="B303">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per il servizio di catering a favore della società PDP Catering S.r.l., da utilizzare per ristorare i volontari e il personale operativo della Direzione, in occasione del funerale del Santo Padre.</t>
+          <t>FOTO2024 - Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per la fornitura di materiale hardware e attrezzatura fotografica - Impegno complessivo di € 17.291,06 (IVA inclusa) sul capitolo U0000S26502 a favore di TT TECNOSISTEMI SPA SB (cod. cred 246424). Esercizio finanziario 2024. Nomina del Responsabile Unico del Progetto.</t>
         </is>
       </c>
       <c r="D303" t="s">
         <v>274</v>
       </c>
       <c r="E303" s="2">
-        <v>45785</v>
+        <v>45805</v>
       </c>
     </row>
     <row r="304">
       <c r="A304">
-        <v>3316</v>
+        <v>3354</v>
       </c>
       <c r="B304">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per la fornitura di elettrodomestici da cucina a favore di CDS Group S.r.l. per il potenziamento dei moduli cucina da utilizzare per l'allestimento del Villaggio Campale in occasione del Giubileo della Chiesa Cattolica 2025. Intervento n.253 - CUP F89120000090001.</t>
+          <t>IT-SA2024 - Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per la fornitura di materiale informatico - Impegno complessivo di euro 6.455,02 (IVA inclusa) sul capitolo U0000S24101 a favore di TT TECNOSISTEMI SPA SB (cod. cred. 246424). Esercizio finanziario 2024. Nomina del Responsabile Unico del Procedimento. CIG: B1C89607B3.</t>
         </is>
       </c>
       <c r="D304" t="s">
         <v>275</v>
       </c>
       <c r="E304" s="2">
-        <v>45785</v>
+        <v>45805</v>
       </c>
     </row>
     <row r="305">
       <c r="A305">
-        <v>3315</v>
+        <v>3353</v>
       </c>
       <c r="B305">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Impegno di spesa per un importo complessivo di € 4.000,00 a favore di Poste Italiane SPA per il pagamento del servizio bollettino report gold (BRG) sui conti correnti postali intestati alla Regione Lazio sul capitolo U0000T19420. Esercizi finanziari 2025-2026-2027-2028.</t>
+          <t>IT-DRCA2024 Adesione Accordi Quadro "Workstation Ed.1: Lotto 1 - Laptop Grafica 14 pollici, CIG 9463702DEF Lotto 3 - Monitor 32" - 27" - 24" Docking Station con Webcam integrata" CIG 94669527ED e Accordo Quadro "AIO - DESKTOP ALL IN ONE Lotto 2 Computer Desktop All in One da 27 pollici CIG 9785935906. Approvazione ordinativo di fornitura e impegno di spesa per complessivi euro 14.219,10 (iva inclusa) in favore di T.T. TECNOSISTEMI SPA SB (cod. cred. 246424), di euro 10.493,82 (iva inclusa) in favore di ECOLASER INFORMATICA SRL (cod. cred. 122953), di euro 8.294,41 (iva inclusa) in favore di HITECH DISTRIBUZIONE INFORMATICA (cod. cred. 249978) sul capitolo U0000S24101. Esercizio Finanziario 2024 e nomina del Responsabile Unico del Procedimento.</t>
         </is>
       </c>
       <c r="D305" t="s">
         <v>276</v>
       </c>
       <c r="E305" s="2">
-        <v>45785</v>
-[...2 lines deleted...]
-        <v>277</v>
+        <v>45805</v>
       </c>
     </row>
     <row r="306">
       <c r="A306">
-        <v>3314</v>
+        <v>3352</v>
       </c>
       <c r="B306">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ex art.50 comma1, lettera b)D.lgs. n. 36/2023,tramite RDO sulla piattaforma MePA (www.acquistinretepa.it) per la fornitura di n.500 brandine a castello e n.40 armadi pensili a favore di Seraman ltd per l'allestimento del Villaggio Campale di accoglienza per il Giubileo della Chiesa Cattolica 2025. Intervento n.253 - CUP F89120000090001.</t>
+          <t>Affidamento dei servizi di messa in sicurezza e gestione dei siti di nidificazione, di applicazione di protocolli di intervento e di Trattiva diretta Mepa n. 1748721 del 08/07/2021.</t>
         </is>
       </c>
       <c r="D306" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E306" s="2">
-        <v>45784</v>
+        <v>45804</v>
       </c>
     </row>
     <row r="307">
       <c r="A307">
-        <v>3313</v>
+        <v>3351</v>
       </c>
       <c r="B307">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione di un evento di rappresentanza in occasione della conferenza “Turismo delle Radici - Il Lazio si racconta”, in programma il giorno 16 aprile 2025 presso la sede regionale di Via Parigi, 11 – Roma. Impegno di spesa in favore della Società Pasticceria Fratelli Palmieri Srl, per l’importo complessivo di € 1.980,00 sul capitolo U0000B43907 "Spese per la promozione turistica" - Missione 07 - Programma 01 - PdC 1.03.02.02.000 - Bilancio Regionale – Esercizio Finanziario 2025. CIG: B66FC0DF31.</t>
+          <t>Affidamento dei servizi di messa in sicurezza e gestione dei siti di nidificazione, di applicazione di protocolli di intervento e di Trattiva diretta Mepa n. 3284273 del 09/11/2022.</t>
         </is>
       </c>
       <c r="D307" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="E307" s="2">
-        <v>45783</v>
+        <v>45804</v>
       </c>
     </row>
     <row r="308">
       <c r="A308">
-        <v>3312</v>
+        <v>3350</v>
       </c>
       <c r="B308">
-        <v>2025</v>
-[...4 lines deleted...]
-        </is>
+        <v>2023</v>
+      </c>
+      <c r="C308" t="s">
+        <v>279</v>
       </c>
       <c r="D308" t="s">
         <v>280</v>
       </c>
       <c r="E308" s="2">
-        <v>45783</v>
+        <v>45804</v>
       </c>
     </row>
     <row r="309">
       <c r="A309">
-        <v>3311</v>
+        <v>3349</v>
       </c>
       <c r="B309">
-        <v>2025</v>
-[...4 lines deleted...]
-        </is>
+        <v>2023</v>
+      </c>
+      <c r="C309" t="s">
+        <v>281</v>
       </c>
       <c r="D309" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E309" s="2">
-        <v>45783</v>
+        <v>45804</v>
       </c>
     </row>
     <row r="310">
       <c r="A310">
-        <v>3310</v>
+        <v>3348</v>
       </c>
       <c r="B310">
-        <v>2025</v>
-[...4 lines deleted...]
-        </is>
+        <v>2023</v>
+      </c>
+      <c r="C310" t="s">
+        <v>283</v>
       </c>
       <c r="D310" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="E310" s="2">
-        <v>45783</v>
+        <v>45804</v>
       </c>
     </row>
     <row r="311">
       <c r="A311">
-        <v>3309</v>
+        <v>3347</v>
       </c>
       <c r="B311">
-        <v>2025</v>
-[...4 lines deleted...]
-        </is>
+        <v>2023</v>
+      </c>
+      <c r="C311" t="s">
+        <v>285</v>
       </c>
       <c r="D311" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="E311" s="2">
-        <v>45783</v>
+        <v>45804</v>
       </c>
     </row>
     <row r="312">
       <c r="A312">
-        <v>3308</v>
+        <v>3346</v>
       </c>
       <c r="B312">
-        <v>2025</v>
-[...4 lines deleted...]
-        </is>
+        <v>2023</v>
+      </c>
+      <c r="C312" t="s">
+        <v>287</v>
       </c>
       <c r="D312" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="E312" s="2">
-        <v>45782</v>
+        <v>45804</v>
       </c>
     </row>
     <row r="313">
       <c r="A313">
-        <v>3307</v>
+        <v>3345</v>
       </c>
       <c r="B313">
-        <v>2025</v>
-[...7 lines deleted...]
-        <v>285</v>
+        <v>2024</v>
+      </c>
+      <c r="C313" t="s">
+        <v>289</v>
       </c>
       <c r="E313" s="2">
-        <v>45777</v>
+        <v>45804</v>
       </c>
     </row>
     <row r="314">
       <c r="A314">
-        <v>3306</v>
+        <v>3344</v>
       </c>
       <c r="B314">
         <v>2025</v>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>SISTEMA SM@RTC6 2024 - Affidamento diretto, ai sensi dell'art. 50, comma 1 lett. b) del D.Lgs. 36/2023, del servizio di aggiornamento, manutenzione e assistenza del ""Sistema Sm@rtC6"" per la segnalazione assenze per malattie tramite canale telefonico ed APP. Impegno di euro 121.158,20 (IVA inclusa) sul capitolo U0000S25904 in favore di MAPS SpA (cod. cred 253364) sugli esercizi finanziari 2025-2028. Impegno di euro 11.895,00 (IVA inclusa) sul capitolo U0000S26515 in favore di MAPS SpA (cod. cred 253364) esercizio finanziario 2026. Impegno di euro 35,00 a favore di ANAC (cod. cred. 159683) sul Capitolo di Uscita U0000T19427 sull'esercizio finanziario 2025.</t>
+          <t>Approvazione del Piano Formativo per il personale della Giunta Regionale anno 2025. Impegno di spesa €800.000,00 in favore di LazioCrea S.p.A sul Cap. U0000S15902 Esercizio finanziario 2025.</t>
         </is>
       </c>
       <c r="D314" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="E314" s="2">
-        <v>45777</v>
+        <v>45804</v>
       </c>
     </row>
     <row r="315">
       <c r="A315">
-        <v>3305</v>
+        <v>3343</v>
       </c>
       <c r="B315">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>DGR n. 456 del 20/06/2024 e successivo Accordo Istituzionale tra Min della Cultura, Direzione Generale Archivi e Regione Lazio, Direzione Lavori pubblici e infrastrutture, innovazione tecnologica, sottoscritto in data 1/07/2024 - Affidamento diretto ai sensi dell'art. 50, c. 1, lett. b) D.Lgs. n. 36/2023 dei servizi tecnici di Verifica vulnerabilità sismica e statica, redazione Progetto di Fattibilità Tecnico-Economica per appalto integrato, CSP, redazione Relazione Geologica inerenti i lavori di "Ristrutturazione immobile denominato ex Banca d'Italia, sito a Rieti in via G. Garibaldi n. 263 da destinare a nuova &amp;nbsp;dell'Archivio di Stato di Rieti - Verifica della vulnerabilità sismica e interventi di adeguamento antincendio". CUP MASTER: F53C22000160001 - CUP COLLEGATO: F13C25000220001 (Vuln. sismica), CUP MASTER: F59I22000180001 - CUP COLLEGATO: F19I25000220001 (Adeg. antincendio).</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) - Missione 1 - Componente 1 - Asse 1 - MISURA 1.4.2 "Citizen Inclusion - Miglioramento dell'accessibilità dei servizi pubblici digitali". Avvio intervento n. 2 - Diffusione, disseminazione ed erogazione di interventi formativi ai dipendenti dell'Amministrazione sui temi dell'accessibilità. Affidamento alla società in house LAZIOcrea S.p.A. per il biennio 2024-2025. Impegno per € 70.000,00 (iva inclusa) esercizio finanziario 2024, impegno per €80.000,00 (iva inclusa) esercizio finanziario 2025, per una somma complessiva di € 150.000,00 sul capitolo U0000S25108 a favore di LAZIOcrea S.p.A. (cod. cred. 164838). CUP: F54F24000050006.</t>
         </is>
       </c>
       <c r="D315" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="E315" s="2">
-        <v>45777</v>
+        <v>45804</v>
       </c>
     </row>
     <row r="316">
       <c r="A316">
-        <v>3304</v>
+        <v>3342</v>
       </c>
       <c r="B316">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Intervento di "Ripascimento con sabbie dragate nel porto di Anzio - Lido di Cincinnato - Anzio (RM)" - Affidamento diretto ai sensi dell'articolo 50, comma 1, lett. b), del d.lgs. n. 36/2023, dei rilievi topo-batimetrici di un tratto del litorale di ponente del comune di Anzio (RM) compreso tra Tor Caldara e le grotte di Nerone - Impegno per € 61.732,00 a favore de Geocoste Snc (cod. Cred. 253540) sul capitolo U0000E42551 - Es. Fin. 2025 - CUP F82B21000030005 - CIG B5E1332681</t>
+          <t>Approvazione del Piano Formativo per il personale della Giunta Regionale anno 2024. Impegno di spesa €700.000,00 in favore di LazioCrea S.p.A sul Cap. U0000S15902 Esercizio finanziario 2024.</t>
         </is>
       </c>
       <c r="D316" t="s">
-        <v>288</v>
+        <v>6</v>
       </c>
       <c r="E316" s="2">
-        <v>45776</v>
+        <v>45804</v>
       </c>
     </row>
     <row r="317">
       <c r="A317">
-        <v>3303</v>
+        <v>3341</v>
       </c>
       <c r="B317">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2025 - Terza tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Determinazione a contrarre, approvazione schemi, atti e indizione gara.</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 - Diciassettesima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - provvedimento di aggiudicazione.</t>
         </is>
       </c>
       <c r="D317" t="s">
         <v>6</v>
       </c>
       <c r="E317" s="2">
-        <v>183047</v>
+        <v>45804</v>
       </c>
     </row>
     <row r="318">
       <c r="A318">
-        <v>3302</v>
+        <v>3340</v>
       </c>
       <c r="B318">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di un Accordo Quadro per l’affidamento del “Fornitura di test genomici ormonoresponsivo nelle pazienti con carcinoma mammario in stadio precoce” occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio.&amp;nbsp;</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico" - Finanziato dall'Unione Europea - Next Generation EU. Lavori di recupero e miglioramento della funzionalità idraulica degli affluenti in sinistra idraulica del canale Elena nei comuni di San Felice Circeo e Terracina" - CUP F31B21004250005</t>
         </is>
       </c>
       <c r="D318" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E318" s="2">
-        <v>45770</v>
+        <v>183045</v>
       </c>
     </row>
     <row r="319">
       <c r="A319">
-        <v>3301</v>
+        <v>3339</v>
       </c>
       <c r="B319">
         <v>2024</v>
       </c>
-      <c r="C319" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C319" t="s">
+        <v>293</v>
       </c>
       <c r="D319" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="E319" s="2">
-        <v>45770</v>
+        <v>45803</v>
       </c>
     </row>
     <row r="320">
       <c r="A320">
-        <v>3300</v>
+        <v>3338</v>
       </c>
       <c r="B320">
-        <v>2025</v>
-[...4 lines deleted...]
-        </is>
+        <v>2024</v>
+      </c>
+      <c r="C320" t="s">
+        <v>295</v>
       </c>
       <c r="D320" t="s">
-        <v>6</v>
+        <v>296</v>
       </c>
       <c r="E320" s="2">
-        <v>45770</v>
+        <v>45803</v>
       </c>
     </row>
     <row r="321">
       <c r="A321">
-        <v>3299</v>
+        <v>3337</v>
       </c>
       <c r="B321">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Recepimento della Determinazione di PuntoZero S.c.a.r.l. del 08/04/2025 avente ad oggetto ""procedura aperta finalizzata alla stipula di accordi quadro per la fornitura di farmaci suddivisa in 22 lotti per le esigenze delle aziende sanitarie della Regione Umbria e della Regione Lazio - aggiudicazione</t>
+          <t>Servizio di animazione territoriale e di coinvolgimento degli stake holders per la promozione e il rafforzamento del progetto di sistema della Rete IN.F.E.A.S. della Regione Lazio CUP F89G24000070001UP</t>
         </is>
       </c>
       <c r="D321" t="s">
-        <v>6</v>
+        <v>297</v>
       </c>
       <c r="E321" s="2">
-        <v>45770</v>
+        <v>45803</v>
       </c>
     </row>
     <row r="322">
       <c r="A322">
-        <v>3298</v>
+        <v>3336</v>
       </c>
       <c r="B322">
-        <v>2025</v>
-[...4 lines deleted...]
-        </is>
+        <v>2024</v>
+      </c>
+      <c r="C322" t="s">
+        <v>298</v>
       </c>
       <c r="D322" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="E322" s="2">
-        <v>45769</v>
+        <v>45803</v>
       </c>
     </row>
     <row r="323">
       <c r="A323">
-        <v>3297</v>
+        <v>3335</v>
       </c>
       <c r="B323">
         <v>2025</v>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>Convenzione tra Regione Lazio e Formez PA per la realizzazione del progetto “Attività di supporto alla Regione Lazio per l’organizzazione e la realizzazione del: a)concorso pubblico, per titoli ed esami, per la copertura di n. 15 posti di personale dirigenziale a tempo indeterminato profilo amministrativo – giurista ed economista, vacanti nell’organico dirigenziale della Giunta regionale del Lazio (COD. REG-LAZIO-DAM); b) avviso di procedura comparativa riservata al personale dipendente del ruolo della Giunta regionale del Lazio per la copertura di n. 8 posti a tempo indeterminato di dirigente profilo amministrativo - giurista ed economista, ai sensi dell’articolo 16, comma 1 bis, della l.r. 6/2002 e dell’articolo 28, comma 1 ter, del d.lgs. 165/2001 (COD. GIUNTA-LAZIO-DAMF).”</t>
+          <t>Procedura di affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del D.Lgs. 36/2023, "Trattativa diretta" sulla piattaforma Mepa, per l'acquisizione di ausili informatici destinati a persone con disabilità, in attuazione al Piano nazionale di Ripresa e Resilienza (PNRR), Missione 1, Componente 1, Asse 1, Misura 1.4.2 "Citizen inclusion - Miglioramento dell'accessibilità dei servizi pubblici digitali", alla Società T.T. TECNOSISTEMI SPA SB - P.IVA 00305120974, e impegni di spesa sui capitoli U0000S26111 e U0000S26112 per l'Intervento Missione 1 - Componente 1 - Investimento 1.4 " M1C1I1.4S1.4.2 SERVIZI DIGITALI E CITTADINANZA DIGITALE - CITIZEN INCLUSION, per un importo complessivo di € 74.952,54 € Iva inclusa - Impegno di spesa a favore dell'Autorità Nazionale Anticorruzione di euro 35,00 sul capitolo U0000T19427 e.f. 2025 CUP F54F24000050006 CIG B6EB50B663.</t>
         </is>
       </c>
       <c r="D323" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="E323" s="2">
-        <v>45769</v>
+        <v>45803</v>
       </c>
     </row>
     <row r="324">
       <c r="A324">
-        <v>3296</v>
+        <v>3334</v>
       </c>
       <c r="B324">
         <v>2025</v>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>AZIONE 5 - Determinazione a contrarre ex art. 17, comma 1 del D.lgs. 36/2023 per indizione di una procedura aperta, ai sensi dell’art. 71 D.lgs. n. 36/2023, per l’individuazione di un centro media che si occuperà dell’acquisto di spazi pubblicitari per la promozione della Via Francigena azioni trasversali scheda 33 PSC di cui al Decreto MiT prot. 1145205/24; Approvazione documenti tecnici e schema di contratto.</t>
+          <t>Affidamento alla Società Volo.com (cod. cred. 253642) per un servizio di attività di ricerca multimediale per la durata di 36 mesi. Impegno di spesa complessivo di € 165.272,27 (IVA inclusa) sul capitolo di spesa U0000R31906, suddiviso in € 32.136,27 Es. Fin. 2025, € 55.090,75 Es. Fin 2026, € 55.090,75 Es. Fin. 2027 ed € 22.954,50 Es. Fin. 2028. Impegno di spesa di € 35,00 sul capitolo di spesa U0000T19427 in favore dell'Autorità Nazionale Anticorruzione (Codice Creditore n. 159683). CIG: B67BF9283E.</t>
         </is>
       </c>
       <c r="D324" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="E324" s="2">
-        <v>45769</v>
+        <v>45800</v>
       </c>
     </row>
     <row r="325">
       <c r="A325">
-        <v>3295</v>
+        <v>3333</v>
       </c>
       <c r="B325">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>294</v>
+        <v>2025</v>
+      </c>
+      <c r="C325" t="inlineStr">
+        <is>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1. lettera b) del D. lgs.36/2023, attraverso la piattaforma STELLA, per un servizio di pubblicità mper la Regione Lazio, in occasione dell'evento benefico pro ADMO: "La notte dei Leoni", che si svolgerà a Frosinone il 27 maggio 2024. Impegno di spesa in favore dell'A.C.A.I. Associazione Calciatori Attori Italiani (cod cred 136336) di € 12,000,00 iva esente sul cap U000R31902 - Esercizio Finanziario 2025 CIG B6E6069F07.</t>
+        </is>
       </c>
       <c r="D325" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="E325" s="2">
-        <v>45769</v>
+        <v>45800</v>
       </c>
     </row>
     <row r="326">
       <c r="A326">
-        <v>3294</v>
+        <v>3332</v>
       </c>
       <c r="B326">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>296</v>
+        <v>2025</v>
+      </c>
+      <c r="C326" t="inlineStr">
+        <is>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di pubblicità e marketing della Regione Lazio in occasione della iniziativa: concerto "Messaggeri di speranza" che si svolgerà a Roma il 23 maggio 2025. Impegno di spesa in favore del Movimento Gruppi di Preghiera Figli Spirituali di Giovanni Paolo II (cod. cred. 253818) di € 12.000,00 Iva esente sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B6E658DD07</t>
+        </is>
       </c>
       <c r="D326" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="E326" s="2">
-        <v>45769</v>
+        <v>45799</v>
       </c>
     </row>
     <row r="327">
       <c r="A327">
-        <v>3293</v>
+        <v>3331</v>
       </c>
       <c r="B327">
         <v>2025</v>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre in adesione all'Accordo Quadro "Servizio di Assistenza Tecnica per la gestione e attuazione del Piano di Sviluppo e Coesione della Regione Lazio " (variante ex art. 106, co. 1, lett. c, punto 1, del d.lgs. 50/2016). Importo pari a euro 1.899.953,58 (Iva inclusa 22%). Approvazione Schema del IV Contratto Attuativo. CUP F81C23000470001 CIG B6585B5423</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di pubblicità e marketing della Regione Lazio in occasione della iniziativa: "Assaggi-Salone dell'Enogastronomia Regionale" che si svolgerà a Viterbo dal 17 al 19 maggio 2025. Impegno di spesa in favore Camera di Commercio di Rieti-Viterbo (cod. cred. 209170) di € 12.2000,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B6CEBC4AF0</t>
         </is>
       </c>
       <c r="D327" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="E327" s="2">
-        <v>45763</v>
+        <v>45799</v>
       </c>
     </row>
     <row r="328">
       <c r="A328">
-        <v>3292</v>
+        <v>3330</v>
       </c>
       <c r="B328">
-        <v>2024</v>
-[...4 lines deleted...]
-        </is>
+        <v>2025</v>
+      </c>
+      <c r="C328" t="s">
+        <v>305</v>
       </c>
       <c r="D328" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="E328" s="2">
-        <v>45762</v>
+        <v>45796</v>
       </c>
     </row>
     <row r="329">
       <c r="A329">
-        <v>3291</v>
+        <v>3329</v>
       </c>
       <c r="B329">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>AZIONE 7 - Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per il servizio di allestimento di un corner, stand o desk tematico brandizzato sulla via Francigena, per la partecipazione a due fiere individuate nel Travel Adventure Show presso New York il 25 e 26 gennaio 2025 e Destinations Nature presso a Parigi dal 13 al 16 Marzo 2025.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;</t>
+          <t>D.G.R. n. 1172/2022. Attuazione dell'intervento rivolto agli Enti Locali della Regione Lazio e ai distretti sociosanitari -DSS e Aziende pubbliche dei servizi alla persona -ASP, per la realizzazione dell'iniziativa "Rete dei servizi di facilitazione digitale - Regione Lazio" (PNRR, Missione 1 - Componente 1 - Misura 1.7.2). Autorizzazione per la concessione ai Soggetti Sub Attuatori: di un'integrazione del contributo pari al 20%, di un anticipo del 30% e della liquidazione della 2^ tranche di cui alla Determinazione n. G02910/2025. Es.Fin. 2025. CODICE INTERVENTO MIR: I202300781</t>
         </is>
       </c>
       <c r="D329" t="s">
-        <v>300</v>
+        <v>6</v>
       </c>
       <c r="E329" s="2">
-        <v>45762</v>
+        <v>45796</v>
       </c>
     </row>
     <row r="330">
       <c r="A330">
-        <v>3290</v>
+        <v>3328</v>
       </c>
       <c r="B330">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>AZIONE 4 - Determinazione a contrarre ai sensi dell'art 17. co. 2 del D.Lgs. 36/2023 per Affidamento per un servizio attraverso portale e App di promozione turistica della Via Francigena ai sensi dell'art. 50, comma 1 lett. a) del D.lgs 36/2023&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;</t>
+          <t>D.G.R. n. 708/2024. Accordo tra la Regione Lazio e la Regione Veneto per l'adesione alla Community Software Partecipato Aperto e Condiviso (SPAC Reload) ed alla conseguente adozione della piattaforma digitale MyPay-MyPivot. Autorizzazione all'erogazione del contributo annuo 2024 a favore della Regione Veneto (Cod. Cred. 2344): € 60.000,00 a valere sull'impegno di spesa n.6951/25. Es.Fin. 25. CUP: F81F22003770006. CODICE INTERVENTO MIR I202400937.</t>
         </is>
       </c>
       <c r="D330" t="s">
-        <v>301</v>
+        <v>6</v>
       </c>
       <c r="E330" s="2">
-        <v>45762</v>
+        <v>45796</v>
       </c>
     </row>
     <row r="331">
       <c r="A331">
-        <v>3289</v>
+        <v>3327</v>
       </c>
       <c r="B331">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>AZIONE 3 - Determinazione a contrarre ai sensi dell'art 17. co. 2 del D.Lgs. 36/2023 per l'Affidamento del servizio di comunicazione canali social e digital, con produzione grafica di post non advertising, per promuovere turisticamente la via francigena ai sensi dell'art. 50, comma 1 lett. B) del D.lgs 36/2023</t>
+          <t>Aff.to lavori "Completamento della fase finale dell'intervento di bonifica della ex discarica abusiva in via Donegani, loc.Lunghezza e sistemazione finale dell'area" - CUP F81G21000010005.</t>
         </is>
       </c>
       <c r="D331" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="E331" s="2">
-        <v>45762</v>
+        <v>45796</v>
       </c>
     </row>
     <row r="332">
       <c r="A332">
-        <v>3288</v>
+        <v>3326</v>
       </c>
       <c r="B332">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>AZIONE 2 - Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per la fornitura, la stampa e la distribuzione di prodotti tipografici e allestimento di un desk all’aeroporto di Santiago di Compostela di promozione della Via Francigena.</t>
+          <t>Indizione procedura ad evidenza pubblica, ex art. 12 r.r. n. 5/2012 e ss..mm.ii. Per svolgimento indagine esplorativa e non vincolante per ricerca immobile uso deposito/magazzino sito nel Comune di Roma Capitale. Approvazione schema Avviso pubblico</t>
         </is>
       </c>
       <c r="D332" t="s">
-        <v>303</v>
+        <v>6</v>
       </c>
       <c r="E332" s="2">
-        <v>45762</v>
+        <v>45793</v>
       </c>
     </row>
     <row r="333">
       <c r="A333">
-        <v>3287</v>
+        <v>3325</v>
       </c>
       <c r="B333">
         <v>2025</v>
       </c>
       <c r="C333" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione del servizio di organizzazione dell'evento di socializzazione propedeutico alla partecipazione della Regione Lazio alla fiera Destinations Nature di Parigi 2025. Impegno di spesa per euro 6.039,00 iva inclusa sul Cap. U0000B43907 in favore della Società Edil.Tur.Appalti SRL (cod. cred. 160390). E.F. 2025.CUP F89I25000340002. MIR I202500043</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione della iniziativa: "Bicentenario dell'Osteria Romanesca" che si terrà a Roma il 21 giugno 2025. Impegno di spesa in favore di Officine pubblicitarie Unipersonale srl di €18.300,00 Iva Inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B68813103C</t>
         </is>
       </c>
       <c r="D333" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="E333" s="2">
-        <v>45762</v>
+        <v>45791</v>
       </c>
     </row>
     <row r="334">
       <c r="A334">
-        <v>3286</v>
+        <v>3324</v>
       </c>
       <c r="B334">
         <v>2025</v>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>Integrazione DE G16566 del 05.12.2024 del PR FSE+ 2021-2027 - Priorità 2 Ob. spec. f. Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n 36/2023 per affidamento diretto ai sensi dell'art. 50 co. 1 lett. b) del D.lgs. n 36/2023 tramite la piattaforma Telematica STELLA di un servizio di organizzazione logistica per la partecipazione della Regione Lazio all'evento Job&amp;amp;Orienta 2024 di Verona. Impegno di spesa della somma complessiva pari ad € 690,00 (IVA inclusa) in favore di COMPETITION TRAVEL SRL (Cod. Creditore 192819) sui capitoli U0000A43143 U0000A43144 U0000A43145 - CUP F31I24000480009. CIG B51ED4A64B. SIGEM 24037D. GIP A0832S0001. Esercizio Finanziario 2025.</t>
+          <t>Appalto specifico per l'acquisizione di Vaccini antinfluenzali 2025/2026 occorrenti alle Aziende Sanitarie della Regione Lazio - Quarta tranche 2025 Vaccini anti-influenzali, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori. Determinazione a contrarre. Approvazione schemi, atti e indizione gara.</t>
         </is>
       </c>
       <c r="D334" t="s">
-        <v>305</v>
+        <v>6</v>
       </c>
       <c r="E334" s="2">
-        <v>45762</v>
+        <v>45789</v>
       </c>
     </row>
     <row r="335">
       <c r="A335">
-        <v>3285</v>
+        <v>3323</v>
       </c>
       <c r="B335">
         <v>2025</v>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione del servizio di organizzazione dell'evento di socializzazione propedeutico alla partecipazione della Regione Lazio alla fiera internazionale Travel Adventure Show New York 2025. Impegno di spesa per euro 4.880,00 iva inclusa sul Cap. U0000B43907 in favore della Società Universal Marketing s.r.l. (codice creditore 18683). E.F. 2025.CUP F89I25000050002. MIR I202500008.</t>
+          <t>Procedura negoziata, ai sensi dell’art. 76 comma 2 lett. b co. 2 del d. lgs. 36/2023, per l’affidamento del servizio di promozione di immagine, in occasione delle due tappe del tour del mediterraneo della nave “Amerigo Vespucci”, che si svolgeranno a Gaeta dal 24 al 27 maggio 2025 e a Civitavecchia dal 28 maggio al 3 giugno 2025.</t>
         </is>
       </c>
       <c r="D335" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="E335" s="2">
-        <v>45762</v>
+        <v>45786</v>
       </c>
     </row>
     <row r="336">
       <c r="A336">
-        <v>3284</v>
+        <v>3322</v>
       </c>
       <c r="B336">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>Attuazione della Memoria di Giunta n. M4/2024 avente ad oggetto "Diplomazia istituzionale ed economica e Missioni di sistema. Affidamento ai sensi dell'Art. 50, comma 1 lett. b) del D.lgs. 36/23, a favore di "Empresa Srl" (codice creditore 198910). Impegno di spesa per l'importo complessivo di € 766,70 sul capitolo U0000R31902. Esercizio finanziario 2024.</t>
+          <t>Piano di Sviluppo e Coesione PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 Sezione speciale 2 ex POR FESR 2014-2020. Affidamento servizi di ingegneria e architettura importo inferiore a € 5.000,00 ai sensi dell'art. 50 comma 1 lett. b) del D.lgs. 36/2023 attraverso la piattaforma S.TEL.LA. Incarico redazione Attestato Prestazione Energetica APE del Polo amministrativo e Socioeducativo Via G. Mameli, nel Comune di Poggio Mirteto (RI). Dossier LI-ES2-3190420 Interv.A0100E0343. Perfezionamento prenotazione impegni nn. 32952, 32949 e 32957 a favore del creditore certo arch. Antonio Ciolfi (cod. cr 177417) per l'importo di € 3.318,20 comprensivo di IVA e oneri di legge, e variazione in diminuzione della medesima prenotazione di impegno per € 951,80 sui Cap.U0000A42200, U0000A42201, U0000A42202. Es.Fin. 2025. CUP: F42B16000000006 CIG: B6A187DCE5</t>
         </is>
       </c>
       <c r="D336" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="E336" s="2">
-        <v>45762</v>
+        <v>45786</v>
       </c>
     </row>
     <row r="337">
       <c r="A337">
-        <v>3283</v>
+        <v>3321</v>
       </c>
       <c r="B337">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>PR FSE+ 2021-2027 - Priorità 2 Ob. spec. f. Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n 36/2023 per affidamento diretto ai sensi dell'art. 50 co. 1 lett. b) del D.lgs. n 36/2023 tramite la piattaforma Telematica STELLA di un servizio di organizzazione logistica per la partecipazione della Regione Lazio all'evento Job&amp;amp;Orienta 2024 di Verona. Impegno di spesa della somma complessiva pari ad € 8.465,00 (IVA inclusa) in favore di COMPETITION TRAVEL SRL (Cod. Creditore 192819) sui capitoli U0000A43143 U0000A43144 U0000A43145 - CUP F31I24000480009. SIGEM 24037D. GIP A0832S0001. Esercizio Finanziario 2024.</t>
+          <t>Determina a contrarre per l'affidamento diretto, ex art.50 comma1, lettera b) D.lgs. n.36/2023, per il noleggio di n.200 bagni/lavabi chimici e servizi accessori a favore della società GSN S.r.l., in occasione dell'evento "Giubileo degli Adolescenti 2025". Impegno di spesa di € 47.580,00 (compresa IVA) sul cap.U0000E47146 Missione 11 Programma 01 piano dei conti 1.03.02.07.000 esercizio finanziario 2025 a favore della società GSN S.r.l. (cod. cred. 212910).</t>
         </is>
       </c>
       <c r="D337" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="E337" s="2">
-        <v>45762</v>
+        <v>45786</v>
       </c>
     </row>
     <row r="338">
       <c r="A338">
-        <v>3282</v>
+        <v>3320</v>
       </c>
       <c r="B338">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>Attuazione della Memoria di Giunta n. M4/2024 avente ad oggetto "Diplomazia istituzionale ed economica e Missioni di sistema. Affidamento ai sensi dell'Art. 50 Comma 1 lettera b) Dlgs 36/23, a favore di "Empresa Srl" (codice creditore 198910). Impegno di spesa per l'importo complessivo di € 49.900,00 sul capitolo U0000R31902. Esercizio finanziario 2024.</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per la fornitura di gadget di rappresentanza, da utilizzare in occasione degli eventi giubilari programmati dalla Direzione Emergenza, Protezione Civile e NUE 112.</t>
         </is>
       </c>
       <c r="D338" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="E338" s="2">
-        <v>45762</v>
+        <v>45786</v>
       </c>
     </row>
     <row r="339">
       <c r="A339">
-        <v>3281</v>
+        <v>3319</v>
       </c>
       <c r="B339">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>Affidamento del servizio di ideazione, progettazione e pianificazione dei servizi di comunicazione dedicati alla promozione della via Francigena, ai sensi dell'art. 50, comma 1 lett. b) del D.lgs 36/2023. Impegno di spesa € 120.597,00 IVA compresa a favore della società The Big Fusion SRL, sul Cap. U0000B41113, PCF: U.1.03.02.02.000, Missione 07, Programma 01, denominato "Utilizzazione dell'assegnazione dello stato per le attività di promozione previste dall'intervento "Via Francigena - azioni trasversali" scheda 33 PSC di cui al decreto MIT n. 6658 del 6/03/2024" - Organizzazione eventi, pubblicità e servizi per trasferta" - CIG, B2F15A3B6A - impegno sul Cap. U0000T19427 di euro 35,00 in favore dell'Autorità Nazionale Anticorruzione (ANAC) - es. fin. 2024.</t>
+          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per la fornitura di articoli di abbigliamento tecnico e di rappresentanza per il personale della Direzione Emergenza, Protezione Civile e NUE 112 a favore della società "Pro.tec S.r.l". P.IVA n.07605650725, da utilizzare in occasione degli eventi giubilari. Impegno di spesa della somma complessiva pari a 118.632,80 euro (IVA inclusa), sul capitolo U0000E47145 Miss.11, Prog.01, piano dei conti 1.03.01.02.000, es. fin. 2025 a favore della società Pro.tec S.r.l. (cod. cred. 253130). Registro di sistema n. PI048055-25. Impegno di spesa di € 1.307,68 sul capitolo U0000E47145 e relativi accertamenti a favore del fondo incentivi sul capitolo E0000341560 per l'annualità 2025. Impegno di spesa di € 35,00 sul capitolo U0000T19427 a favore di A.N.A.C. (cod. cred. 159683) es. fin. 2025.</t>
         </is>
       </c>
       <c r="D339" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="E339" s="2">
-        <v>45762</v>
+        <v>45784</v>
       </c>
     </row>
     <row r="340">
       <c r="A340">
-        <v>3280</v>
+        <v>3318</v>
       </c>
       <c r="B340">
         <v>2025</v>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto, ex art.50 comma1, lettera b) D.lgs. n.36/2023, per il noleggio di n.182 moduli bagno/doccia a favore di Sebach S.p.A., P.IVA 03912150483 per l'allestimento del Villaggio Campale di accoglienza per il Giubileo della Chiesa Cattolica2025 e serv. acc. Intervento n.253-CUP F89120000090001. Impegno di spesa di € 167.872,00(compresa IVA) sul cap.U0000E47146 Miss.11 Prog.01 p. d. c.1.03.02.07.000 e.f.2025 a favore di Sebach S.p.A. (cod. cred.89536). CIG n. B54763CD19Impegno di spesa di €1.850,44 sul cap.U0000E47146 e relativi accertamenti a favore del fondo incentivi sul cap.E0000341560 per l'annualità2025.Impegno di spesa di €275,20, pari allo 0,20% dell'importo, sul cap.U0000E47146 a favore della "Giubileo2025S.p.A."Impegno di spesa di €35,00 sul cap.U0000T19427 a favore di A.N.A.C. (Cod.Cred.159683) e.f.2025.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50 comma 1, lettera b) del D.lgs. 36/2023, per l'acquisto di n. 1 pulmino a 9 posti a favore della società AUTOIN BY FERI S.r.l., P.IVA 01436971004, da utilizzare per le esigenze della Direzione Emergenza, Protezione Civile e NUE 112. Impegno di spesa della somma complessiva pari a € 43.800,00 (IVA inclusa), sul Capitolo U0000E46146 del bilancio della Regione Lazio, Missione 11 Programma 01 Piano dei Conti 2.02.01.01 - es.fin. 2025 a favore della società AUTOIN BY FERI S.r.l. (cod. cred. 158879).</t>
         </is>
       </c>
       <c r="D340" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="E340" s="2">
-        <v>45762</v>
+        <v>45785</v>
       </c>
     </row>
     <row r="341">
       <c r="A341">
-        <v>3279</v>
+        <v>3317</v>
       </c>
       <c r="B341">
         <v>2025</v>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>Rettifica determinazione n. G01630 - Disimpegno dell'importo € 275,20 dall'impegno n. 7930/2025 assunto sul Cap. U0000E47146 in favore del creditore "Giubileo 2025 S.p.A." (Cod. Cred. 245261) per l'esercizio finanziario 2025.</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per il servizio di catering a favore della società PDP Catering S.r.l., da utilizzare per ristorare i volontari e il personale operativo della Direzione, in occasione del funerale del Santo Padre.</t>
         </is>
       </c>
       <c r="D341" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="E341" s="2">
-        <v>45762</v>
+        <v>45785</v>
       </c>
     </row>
     <row r="342">
       <c r="A342">
-        <v>3278</v>
+        <v>3316</v>
       </c>
       <c r="B342">
         <v>2025</v>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per la fornitura di n. 750.000 bottiglie d'acqua naturale e servizio di refrigerazione a favore della società "GSN S.r.l." P.IVA n. 04754201210, da utilizzare in occasione dell'evento "Giubileo dei Giovani 2025". Impegno di spesa della somma complessiva pari a 254.112,84 euro (IVA inclusa), sul capitolo U0000E47145 Missione 11, Programma 01, piano dei conti 1.03.01.02.000, esercizio finanziario 2025 a favore della società GSN S.r.l. (cod. cred. 212910). Registro di sistema n. PI026404-25. Impegno di spesa di € 2.479,47 sul capitolo U0000E47145 e relativi accertamenti a favore del fondo incentivi sul capitolo E0000341560 per l'annualità 2025. Impegno di spesa di € 250,00 sul capitolo U0000T19427 a favore di A.N.A.C. (cod. cred. 159683) es. fin. 2025.</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per la fornitura di elettrodomestici da cucina a favore di CDS Group S.r.l. per il potenziamento dei moduli cucina da utilizzare per l'allestimento del Villaggio Campale in occasione del Giubileo della Chiesa Cattolica 2025. Intervento n.253 - CUP F89120000090001.</t>
         </is>
       </c>
       <c r="D342" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="E342" s="2">
-        <v>45762</v>
+        <v>45785</v>
       </c>
     </row>
     <row r="343">
       <c r="A343">
-        <v>3277</v>
+        <v>3315</v>
       </c>
       <c r="B343">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art.50 comma,1 lettera b) del d.lgs. 36/2023, per la fornitura di un servizio di smontaggio, trasporto e pulizia delle strutture del Presidio di Assistenza Socio Sanitaria (PASS) sito in Amatrice (RI) a favore della società GSN srl. Impegno di spesa di € 130.540,00 Iva inclusa, sul capitolo U0000E47120.Impegno di spesa di € 1.438,94 sul capitolo U0000E47120 e relativi accertamenti a favore del fondo incentivi sul Capitolo E0000341560 per l'annualità 2024.</t>
+          <t>Impegno di spesa per un importo complessivo di € 4.000,00 a favore di Poste Italiane SPA per il pagamento del servizio bollettino report gold (BRG) sui conti correnti postali intestati alla Regione Lazio sul capitolo U0000T19420. Esercizi finanziari 2025-2026-2027-2028.</t>
         </is>
       </c>
       <c r="D343" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="E343" s="2">
-        <v>45762</v>
+        <v>45785</v>
+      </c>
+      <c r="F343" t="s">
+        <v>318</v>
       </c>
     </row>
     <row r="344">
       <c r="A344">
-        <v>3276</v>
+        <v>3314</v>
       </c>
       <c r="B344">
         <v>2025</v>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50 comma 1 lettera b) del Dlgs 36/2023 del servizio di Rilievi topografici dell'intervento di "Messa in sicurezza operativa dell'area di impianto, per la bonifica dell'acquifero sotteso e per la bonifica della collina antropica del sito "ex stabilimento Caffaro Chetoni-Fenilglicina" nel Comune di Colleferro (RM).</t>
+          <t>Affidamento diretto, ex art.50 comma1, lettera b)D.lgs. n. 36/2023,tramite RDO sulla piattaforma MePA (www.acquistinretepa.it) per la fornitura di n.500 brandine a castello e n.40 armadi pensili a favore di Seraman ltd per l'allestimento del Villaggio Campale di accoglienza per il Giubileo della Chiesa Cattolica 2025. Intervento n.253 - CUP F89120000090001.</t>
         </is>
       </c>
       <c r="D344" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="E344" s="2">
-        <v>45762</v>
+        <v>45784</v>
       </c>
     </row>
     <row r="345">
       <c r="A345">
-        <v>3275</v>
+        <v>3313</v>
       </c>
       <c r="B345">
         <v>2025</v>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>Procedura di affidamento mediante trattativa diretta, ex art. 50, comma 1, lett. b) del D. lgs n. 36/2023, fornitura di arredi per le camere degli Ostelli della Gioventù - Giubileo 2025 presso comprensorio S. Maria della Pietà in Roma. Impegno di spesa di € 140.096,99 sul capitolo U0000B44126, es. fin. 2025, in favore della Ditta 'Metalplex spa' (cod. cred. 240480). Impegno di spesa di € 35,00 sul cap. U0000T19427, es. fin. 2025, a favore di ANAC. Accertamento di euro 140.096,99, cap. E0000431159, es.fin. 2025, a carico della Presidenza del Consiglio dei Ministri - CIG B61991485B.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione di un evento di rappresentanza in occasione della conferenza “Turismo delle Radici - Il Lazio si racconta”, in programma il giorno 16 aprile 2025 presso la sede regionale di Via Parigi, 11 – Roma. Impegno di spesa in favore della Società Pasticceria Fratelli Palmieri Srl, per l’importo complessivo di € 1.980,00 sul capitolo U0000B43907 "Spese per la promozione turistica" - Missione 07 - Programma 01 - PdC 1.03.02.02.000 - Bilancio Regionale – Esercizio Finanziario 2025. CIG: B66FC0DF31.</t>
         </is>
       </c>
       <c r="D345" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="E345" s="2">
-        <v>45758</v>
+        <v>45783</v>
       </c>
     </row>
     <row r="346">
       <c r="A346">
-        <v>3274</v>
+        <v>3312</v>
       </c>
       <c r="B346">
         <v>2025</v>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>Procedura di affidamento mediante trattativa diretta, ex art. 50, comma 1, lett. b) del D. lgs n. 36/2023, fornitura di materassi, cuscini e tende da interno Ostelli della Gioventù - Giubileo 2025 presso comprensorio S. Maria della Pietà in Roma. Impegno di spesa di € 56.505,52 sul capitolo U0000B44126, es. fin. 2025, in favore della Ditta Flomar srl (cod. cred. 233897). Impegno di spesa di € 35,00 sul cap. U0000T19427, es. fin. 2025, a favore di ANAC. Accertamento di euro 56.505,52, cap. E0000431159, es.fin. 2025, a carico della Presidenza del Consiglio dei Ministri - CIG B5EF01F6D1.</t>
+          <t>PSC Lazio (Del. CIPESS 29/2021) - "Promozione e valorizzazione del Claim Lazio" - CUP F89I21000140001 - Cod. SIGEM FESR A0461P0001 - Attuazione MISURA 2 - L.R. 13/2007 e s.m.i. - DGR 325/2022 - Affidamento ai sensi dell'art. 76, co. 2, lett. b) del D. Lgs. 36/2023 attraverso la piattaforma STELLA. Partecipazione della Regione Lazio alla manifestazione Amour Sardinia 2025 - Forte Village - Pula, Cagliari 23/27 aprile 2025 - Impegno in favore della Società Big Worldwide Limited dell'importo complessivo di € 164.669,50 sul Cap. U0000C17110 - Piano FSC Lazio Delibera CIPE 38/2020 - Iniziative per l'attrattività turistica del territorio regionale - Missione 07 - Programma 02 - PdC 1.03.02.02.000 - Bilancio Regionale - E.F. 2025. CIG: B64F41360E. Impegno in favore di ANAC della somma di € 35,00 sul Cap. U0000T19427 - Bilancio Regionale E.F. 2025, per i costi di funzionamento dell'Autorità.</t>
         </is>
       </c>
       <c r="D346" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="E346" s="2">
-        <v>45758</v>
+        <v>45783</v>
       </c>
     </row>
     <row r="347">
       <c r="A347">
-        <v>3273</v>
+        <v>3311</v>
       </c>
       <c r="B347">
         <v>2025</v>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>Procedura di affidamento mediante trattativa diretta, ex art. 50, comma 1, lett. b) del D. lgs n. 36/2023, fornitura di piante e vasi da interno per uffici regionali provinciali. Impegno di spesa di € 38.949,00 sul capitolo U0000S21908, es. fin. 2025, in favore della Ditta 'Annibaldi Karim' (cod. cred. 251521) - CIG B5E6212D76</t>
+          <t>Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione di una degustazione di prodotti tipici dolciari in occasione della conferenza "Turismo delle Radici - Il Lazio si racconta" - Roma 16 aprile 2025 e della manifestazione internazionale Amour Sardinia 2025 - Pula, Cagliari 23/27 aprile 2025. Impegno di spesa in favore della Società L'Amaretto di Guarcino Srls, per l'importo complessivo di € 808,75 sul capitolo U0000B43907 "Spese per la promozione turistica" - Missione 07 - Programma 01 - PdC 1.03.02.02.000 - Bilancio Regionale - Esercizio Finanziario 2025. CIG B66F0A665E.</t>
         </is>
       </c>
       <c r="D347" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="E347" s="2">
-        <v>45758</v>
+        <v>45783</v>
       </c>
     </row>
     <row r="348">
       <c r="A348">
-        <v>3272</v>
+        <v>3310</v>
       </c>
       <c r="B348">
         <v>2025</v>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>Lavori di ripristino dell’officiosità idraulica del Fosso di Pratolungo nel territorio di Roma Capitale, compresa la manutenzione straordinaria dell’alveo e la costituzione di opportune opere di accumulo e laminazione delle piene – II Lotto. Comunicazione di avvio dei procedimenti finalizzati all’approvazione del progetto esecutivo ed all’apposizione del vincolo preordinato all’esproprio sugli immobili interessati dall’intervento.</t>
+          <t>Partecipazione della Regione Lazio alla manifestazione turistica internazionale ATM Dubai 2025. Affidamento diretto, ai sensi dell'art. 50 comma 1, lett. b) del D.Lgs. 36/2023, attraverso la piattaforma S.TEL.LA. del servizio di trasporto internazionale del materiale promozionale della Regione Lazio. Impegno complessivo di € 1.280,00 sul capitolo U0000B43907 - "Spese per la promozione turistica" - Missione 07 - Programma 01 - PdC 1.03.02.02.000 - Bilancio Regionale - Esercizio Finanziario 2025, in favore della Società Stelci &amp;amp; Tavani Trasporti Internazionali Srl. CIG: B665F0DFB4.</t>
         </is>
       </c>
       <c r="D348" t="s">
-        <v>6</v>
+        <v>323</v>
       </c>
       <c r="E348" s="2">
-        <v>45757</v>
+        <v>45783</v>
       </c>
     </row>
     <row r="349">
       <c r="A349">
-        <v>3271</v>
+        <v>3309</v>
       </c>
       <c r="B349">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>Determina a contrarre ai sensi dell'art.71D.lgs. n.36/2023 per l'indizione di una procedura aperta sopra soglia comunitaria per l'acquisto di n.10 Tende a 6 moduli da utilizzare per l'allestimento del Villaggio campale di accoglienza in occasione del Giubileo della Chiesa Cattolica 2025 e servizi accessori. Intervento n.253 - CUP F89120000090001.Prenotazione impegni di spesa a favore di cred. diversi per € 1.220.000,00 (compresa Iva) sul capitolo U0000E46174 per le annualità 2024- 2026.Impegno di spesa di € 8.800,00 sul capitolo U0000E46174 e relativi accertamenti a favore del fondo incentivi sul capitolo E0000341560 per le annualità 2024-2026. Impegno di spesa di € 2.000,00 pari allo 0,20% dell'importo, sul capitolo U0000E46174 a favore della società "Giubileo 2025 S.p.A." e. f. 2024.Impegno di spesa di € 660,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683)E.F. 2024&amp;nbsp;</t>
+          <t>PSC Lazio Del. CIPESS 29/2021 - Promozione e valorizzazione del Claim Lazio - CUP F89I21000140001 - Cod. SIGEM FESR A0461P0001 - Attuazione MIS. 2 - LR 13/2007 e s.m.i. - DGR 325/2022 - Affidamento ai sensi dell'art. 76 co. 2, lett. b) del D.Lgs. 36/2023 attraverso la piattaforma S.TEL.LA. Partecipazione della Regione Lazio alla manifestazione ATM Arabian Travel Market 2025, in programma a Dubai UAE, dal 28 aprile al 1 maggio 2025. Impegno in favore di ENIT Spa dell'importo complessivo di € 98.820,00 sul Cap. U0000C17110 - Piano FSC Lazio delibera CIPE 38/2020 - Iniziative per l'attrattività turistica del territorio regionale - Missione 07 - Programma 02 - PdC 1.03.02.02.000 - Bilancio Regionale - E.F. 2025. CIG: B62EDB1D97. Impegno in favore di ANAC della somma di € 35,00 sul Cap. U0000T19427 - Bilancio Regionale - E.F. 2025, per la copertura dei costi di funzionamento dell'Autorità.</t>
         </is>
       </c>
       <c r="D349" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="E349" s="2">
-        <v>45757</v>
+        <v>45783</v>
       </c>
     </row>
     <row r="350">
       <c r="A350">
-        <v>3270</v>
+        <v>3308</v>
       </c>
       <c r="B350">
         <v>2025</v>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione della iniziativa: "Sacra Rappresentazione della Passione di Sezze". Impegno di spesa in favore dell'Associazione della Passione di Cristo APS (cod. cred. 3075) di € 10.000,00 Iva esente sul capitolo U0000R31902. Esercizio Finanziario 2025. CIG : B63F06E21B.</t>
+          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs 36/2023 del servizio di redazione del progetto di fattibilità tecnica ed economica, esecutivo, del coordinamento della sicurezza in fase di progettazione e della relazione geologica dell’intervento denominato “Messa in sicurezza via Tocciarello a rischio idrogeologico (RM)”. CUP: H98H22000160001.</t>
         </is>
       </c>
       <c r="D350" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="E350" s="2">
-        <v>45756</v>
+        <v>45782</v>
       </c>
     </row>
     <row r="351">
       <c r="A351">
-        <v>3269</v>
+        <v>3307</v>
       </c>
       <c r="B351">
         <v>2025</v>
       </c>
-      <c r="C351" t="s">
-        <v>319</v>
+      <c r="C351" t="inlineStr">
+        <is>
+          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 50 comma 1 lett. b) del D.lgs. 36/2023 attraverso la piattaforma S.TEL.LA. - Incarico per la redazione dell'Attestato di Prestazione Energetica APE del "Plesso scolastico Risorgimento" sito nel Comune di Frascati. Dossier LI-ES2-0820168 - Intervento A0100E0452. Perfezionamento di prenotazione impegno n. 34514/2025 a favore di creditore certo arch. Gerardo Getuli (cod. cred. 177418) per l'importo di € 4.612,95 comprensivo di IVA e oneri di legge, e variazione in diminuzione della medesima prenotazione di impegno per € 885,93 sul Capitolo U0000A42502. Es. Fin. 2025. CUP: F17D17000230009 CIG: B688F5C154.</t>
+        </is>
       </c>
       <c r="D351" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="E351" s="2">
-        <v>45754</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="352">
       <c r="A352">
-        <v>3268</v>
+        <v>3306</v>
       </c>
       <c r="B352">
         <v>2025</v>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>Servizio di ricerca e analisi sul livello digitalizzazione dei Capoluoghi della Regione Lazio (Frosinone, Latina, Rieti e Viterbo), tramite ICity Rank, quale strumento di misurazione dell’avanzamento della trasformazione digitale nei capoluoghi</t>
+          <t>SISTEMA SM@RTC6 2024 - Affidamento diretto, ai sensi dell'art. 50, comma 1 lett. b) del D.Lgs. 36/2023, del servizio di aggiornamento, manutenzione e assistenza del ""Sistema Sm@rtC6"" per la segnalazione assenze per malattie tramite canale telefonico ed APP. Impegno di euro 121.158,20 (IVA inclusa) sul capitolo U0000S25904 in favore di MAPS SpA (cod. cred 253364) sugli esercizi finanziari 2025-2028. Impegno di euro 11.895,00 (IVA inclusa) sul capitolo U0000S26515 in favore di MAPS SpA (cod. cred 253364) esercizio finanziario 2026. Impegno di euro 35,00 a favore di ANAC (cod. cred. 159683) sul Capitolo di Uscita U0000T19427 sull'esercizio finanziario 2025.</t>
         </is>
       </c>
       <c r="D352" t="s">
-        <v>6</v>
+        <v>327</v>
       </c>
       <c r="E352" s="2">
-        <v>45754</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="353">
       <c r="A353">
-        <v>3267</v>
+        <v>3305</v>
       </c>
       <c r="B353">
         <v>2025</v>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025 seconda tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
+          <t>DGR n. 456 del 20/06/2024 e successivo Accordo Istituzionale tra Min della Cultura, Direzione Generale Archivi e Regione Lazio, Direzione Lavori pubblici e infrastrutture, innovazione tecnologica, sottoscritto in data 1/07/2024 - Affidamento diretto ai sensi dell'art. 50, c. 1, lett. b) D.Lgs. n. 36/2023 dei servizi tecnici di Verifica vulnerabilità sismica e statica, redazione Progetto di Fattibilità Tecnico-Economica per appalto integrato, CSP, redazione Relazione Geologica inerenti i lavori di "Ristrutturazione immobile denominato ex Banca d'Italia, sito a Rieti in via G. Garibaldi n. 263 da destinare a nuova &amp;nbsp;dell'Archivio di Stato di Rieti - Verifica della vulnerabilità sismica e interventi di adeguamento antincendio". CUP MASTER: F53C22000160001 - CUP COLLEGATO: F13C25000220001 (Vuln. sismica), CUP MASTER: F59I22000180001 - CUP COLLEGATO: F19I25000220001 (Adeg. antincendio).</t>
         </is>
       </c>
       <c r="D353" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="E353" s="2">
-        <v>45754</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="354">
       <c r="A354">
-        <v>3266</v>
+        <v>3304</v>
       </c>
       <c r="B354">
         <v>2025</v>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione della iniziativa: "Etica, Epica ed Estetica dell'Immaginario". Impegno di spesa in favore dell'Associazione Culturale Mediterraneo (cod. cred. 82150) di € 6.100,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B62ED7A038</t>
+          <t>Intervento di "Ripascimento con sabbie dragate nel porto di Anzio - Lido di Cincinnato - Anzio (RM)" - Affidamento diretto ai sensi dell'articolo 50, comma 1, lett. b), del d.lgs. n. 36/2023, dei rilievi topo-batimetrici di un tratto del litorale di ponente del comune di Anzio (RM) compreso tra Tor Caldara e le grotte di Nerone - Impegno per € 61.732,00 a favore de Geocoste Snc (cod. Cred. 253540) sul capitolo U0000E42551 - Es. Fin. 2025 - CUP F82B21000030005 - CIG B5E1332681</t>
         </is>
       </c>
       <c r="D354" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="E354" s="2">
-        <v>45751</v>
+        <v>45776</v>
       </c>
     </row>
     <row r="355">
       <c r="A355">
-        <v>3265</v>
+        <v>3303</v>
       </c>
       <c r="B355">
         <v>2025</v>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>Esecuzione campagna di indagini geofisiche a mare nell'ambito dello studio specialistico avente ad oggetto il "Supporto per la ricerca di sabbie relitte e valutazione della loro compatibilità per il ripascimento dei litorali in erosione nella Regione Lazio" di cui all'Accordo di Cooperazione istituzionale tra la Regione Lazio e il Dipartimento di Scienze della Terra dell'Università degli Studi di Roma "La Sapienza" - Perfezionare della prenotazione d'impegno n 44744/2025 per 206.709,75 a favore della PRISMA S.r.l. (cod. Cred. 253294) assunta sul capitolo U0000E42531 - Variazione in diminuzione della restante parte della prenotazione d'impegno n. 44744/2025 pari ad € 52.552,45 - Es. Fin. 2025 - CIG B4A5B82AB9</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2025 - Terza tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Determinazione a contrarre, approvazione schemi, atti e indizione gara.</t>
         </is>
       </c>
       <c r="D355" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="E355" s="2">
-        <v>45749</v>
+        <v>183047</v>
       </c>
     </row>
     <row r="356">
       <c r="A356">
-        <v>3264</v>
+        <v>3302</v>
       </c>
       <c r="B356">
         <v>2025</v>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>Opere di difesa costiera del tratto di litorale di Ostia-Levante - Municipio X di Roma Capitale" - I^ Stralcio - Approvazione schema di avviso di indagine di mercato per la manifestazione di interesse a partecipare al possibile affidamento con procedura negoziata senza bando, ai sensi dell'art. 50, comma 1, lett. b) del D.Lgs 36/2023 del servizio di progettazione e coordinamento per la sicurezza in fase di progettazione - CUP: F84D25000500002</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di un Accordo Quadro per l’affidamento del “Fornitura di test genomici ormonoresponsivo nelle pazienti con carcinoma mammario in stadio precoce” occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D356" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="E356" s="2">
-        <v>45748</v>
+        <v>45770</v>
       </c>
     </row>
     <row r="357">
       <c r="A357">
-        <v>3263</v>
+        <v>3301</v>
       </c>
       <c r="B357">
         <v>2024</v>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>Determina a contrarre ai sensi dell'art. 71 D.Lgs. n. 36/2023, per l'indizione di una procedura aperta sopra soglia comunitaria per l'acquisto delle forniture di automezzi ed attrezzature per la colonna mobile della Protezione Civile della Regione Lazio e approvazione schemi atti di gara. Procedura suddivisa in 3 lotti. Prenotazione impegni di spesa a favore di cred. diversi per € 1.958.100,00 (compresa Iva) sul Cap. U0000E46146, per i lotti 1-2, e di € 400.160,00 (compresa Iva) sul capitolo U0000E46147 per il lotto 3, risorse di cui all'articolo 41, comma 4, del d.l. n. 50/2017.Impegno di spesa di € 14.124,00 sul capitolo U0000E46146 e di € 2.886,40 sul capitolo U0000E46147 e relativi accertamenti a favore del fondo incentivi sul Capitolo E000341560 per le annualità 2024. Impegno di spesa di € 660,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683) Es. Fin. 2024.</t>
+          <t>Procedura aperta, suddivisa in 4 lotti, finalizzata alla stipula di Convenzioni Quadro per l’affidamento dei servizi di facchinaggio e trasloco, per le Strutture Regionali, gli Enti S.S.R., gli Enti Locali e le altre Amministrazioni Pubbliche del territorio della Regione Lazio – Edizione 2. Approvazione dei verbali di valutazione delle documentazioni amministrative e dell’elenco degli operatori economici ammessi al prosieguo della procedura. Esclusione degli operatori economici Consorzio Stabile Impero e Consorzio Metra Scarl.</t>
         </is>
       </c>
       <c r="D357" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="E357" s="2">
-        <v>45748</v>
+        <v>45770</v>
       </c>
     </row>
     <row r="358">
       <c r="A358">
-        <v>3262</v>
+        <v>3300</v>
       </c>
       <c r="B358">
         <v>2025</v>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>Procedura aperta, ai sensi dell'art. 71 del D.lgs. 36/2023, per l'affidamento del "Servizio aereo di spegnimento incendi boschivi e lo svolgimento di altre attività connesse con gli interventi di Protezione Civile nell'intero territorio della Regione Lazio". Determinazione di indizione e approvazione atti di gara</t>
+          <t>Recepimento della Determinazione n. 345 prot. Usc. N. 3360 del 09/04/2025 della Regione Autonoma della Sardegna avente ad oggetto ""Appalto specifico indetto dalla Regione Autonoma della Sardegna, Centrale regionale di committenza per l'affidamento di medicinali ed. 21 destinati al fabbisogno delle aziende sanitarie della Regione Autonoma della Sardegna, della Regione Emilia Romagna, della Regione Campania e della Regione Lazio nell'ambito del sistema dinamico di acquisizione della pubblica amministrazione per la fornitura di prodotti farmaceutici - Numero Appalto Specifico 4878034 - AGGIUDICAZIONE</t>
         </is>
       </c>
       <c r="D358" t="s">
-        <v>326</v>
+        <v>6</v>
       </c>
       <c r="E358" s="2">
-        <v>45747</v>
+        <v>45770</v>
       </c>
     </row>
     <row r="359">
       <c r="A359">
-        <v>3261</v>
+        <v>3299</v>
       </c>
       <c r="B359">
         <v>2025</v>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 50 comma 1 lett. b) del D.lgs. 36/2023 attraverso la piattaforma S.TEL.LA. Incarico per la redazione dell'Attestato di Prestazione Energetica APE presso la "Scuola Materna, Elementare e Media C. Rosatelli" nel comune di Roviano (RM). Dossier LI-ES2- 2740248 Intervento A0100E0174. Perfezionamento delle prenotazioni impegno nn. 31465, 31457, 31455 a favore dell'ing. Riccardo Soccodato (cod. cred. 253630) per l'importo di € 3.236,50 comprensivo di IVA e oneri di legge, e variazione in diminuzione delle medesime prenotazioni di impegno per € 1.033,50 sui Capitoli U0000A42200, U0000A42201, U0000A42202. Es. Fin. 2025. CUP: F94D17000130006 CIG: B69D7185CB.</t>
+          <t>Recepimento della Determinazione di PuntoZero S.c.a.r.l. del 08/04/2025 avente ad oggetto ""procedura aperta finalizzata alla stipula di accordi quadro per la fornitura di farmaci suddivisa in 22 lotti per le esigenze delle aziende sanitarie della Regione Umbria e della Regione Lazio - aggiudicazione</t>
         </is>
       </c>
       <c r="D359" t="s">
-        <v>327</v>
+        <v>6</v>
       </c>
       <c r="E359" s="2">
-        <v>45792</v>
+        <v>45770</v>
       </c>
     </row>
     <row r="360">
       <c r="A360">
-        <v>3260</v>
+        <v>3298</v>
       </c>
       <c r="B360">
         <v>2025</v>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>Procedura di gara negoziata ai sensi dell’art. 50, comma 1, lettera c) del D.Lgs. 36/2023 per l’affidamento dei lavori relativi all’Intervento Cod. ReNDiS 12IR008/CI denominato “Interventi di ripristino dell’officiosità idraulica del fiume Nera nel tratto terminale fino alla confluenza con il fiume Tevere”, rientranti nel “Piano di interventi urgenti e prioritari finalizzati al recupero e al miglioramento della funzionalità idraulica dei reticoli idrografici”, approvato con D.G.R. n. 311 del 24/05/2022.</t>
+          <t>Servizio di smaltimento del percolato e delle acque meteoriche, delle manutenzioni ordinarie di discarica, nonché tutte quelle attività di presidio del sito, e attività di monitoraggio in adempimento alle prescrizioni AIA</t>
         </is>
       </c>
       <c r="D360" t="s">
-        <v>6</v>
+        <v>333</v>
       </c>
       <c r="E360" s="2">
-        <v>45747</v>
+        <v>45769</v>
       </c>
     </row>
     <row r="361">
       <c r="A361">
-        <v>3259</v>
+        <v>3297</v>
       </c>
       <c r="B361">
         <v>2025</v>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>Costituzione del Gruppo Tecnico di Progettazione per la predisposizione degli atti di gara dell'iniziativa centralizzata finalizzata all'acquisizione di SOLUZIONI INFUSIONALI occorrenti le Aziende Sanitarie della Regione Lazio e individuazione del Responsabile Unico del Progetto ai sensi dell'art. 15 del D.lgs. 36/2023</t>
+          <t>Convenzione tra Regione Lazio e Formez PA per la realizzazione del progetto “Attività di supporto alla Regione Lazio per l’organizzazione e la realizzazione del: a)concorso pubblico, per titoli ed esami, per la copertura di n. 15 posti di personale dirigenziale a tempo indeterminato profilo amministrativo – giurista ed economista, vacanti nell’organico dirigenziale della Giunta regionale del Lazio (COD. REG-LAZIO-DAM); b) avviso di procedura comparativa riservata al personale dipendente del ruolo della Giunta regionale del Lazio per la copertura di n. 8 posti a tempo indeterminato di dirigente profilo amministrativo - giurista ed economista, ai sensi dell’articolo 16, comma 1 bis, della l.r. 6/2002 e dell’articolo 28, comma 1 ter, del d.lgs. 165/2001 (COD. GIUNTA-LAZIO-DAMF).”</t>
         </is>
       </c>
       <c r="D361" t="s">
-        <v>6</v>
+        <v>334</v>
       </c>
       <c r="E361" s="2">
-        <v>45744</v>
+        <v>45769</v>
       </c>
     </row>
     <row r="362">
       <c r="A362">
-        <v>3258</v>
+        <v>3296</v>
       </c>
       <c r="B362">
         <v>2025</v>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>Costituzione del Gruppo Tecnico di Progettazione per la predisposizione degli atti di gara dell'iniziativa centralizzata finalizzata all'acquisizione di PRODOTTI NUTRIZIONALI DA SOMMINISTRARE PER VIA ENTERALE E/O OS E LATTI occorrenti le Aziende Sanitarie della Regione Lazio e individuazione del Responsabile Unico del Progetto ai sensi dell'art. 15 del D.Lgs. 36/2023.</t>
+          <t>AZIONE 5 - Determinazione a contrarre ex art. 17, comma 1 del D.lgs. 36/2023 per indizione di una procedura aperta, ai sensi dell’art. 71 D.lgs. n. 36/2023, per l’individuazione di un centro media che si occuperà dell’acquisto di spazi pubblicitari per la promozione della Via Francigena azioni trasversali scheda 33 PSC di cui al Decreto MiT prot. 1145205/24; Approvazione documenti tecnici e schema di contratto.</t>
         </is>
       </c>
       <c r="D362" t="s">
-        <v>6</v>
+        <v>335</v>
       </c>
       <c r="E362" s="2">
-        <v>45744</v>
+        <v>45769</v>
       </c>
     </row>
     <row r="363">
       <c r="A363">
-        <v>3257</v>
+        <v>3295</v>
       </c>
       <c r="B363">
-        <v>2025</v>
-[...4 lines deleted...]
-        </is>
+        <v>2024</v>
+      </c>
+      <c r="C363" t="s">
+        <v>336</v>
       </c>
       <c r="D363" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
       <c r="E363" s="2">
-        <v>45744</v>
+        <v>45769</v>
       </c>
     </row>
     <row r="364">
       <c r="A364">
-        <v>3256</v>
+        <v>3294</v>
       </c>
       <c r="B364">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C364" t="s">
-        <v>328</v>
+        <v>338</v>
       </c>
       <c r="D364" t="s">
-        <v>6</v>
+        <v>339</v>
       </c>
       <c r="E364" s="2">
-        <v>46007</v>
+        <v>45769</v>
       </c>
     </row>
     <row r="365">
       <c r="A365">
-        <v>3255</v>
+        <v>3293</v>
       </c>
       <c r="B365">
         <v>2025</v>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>Opere di difesa costiera del tratto di litorale di Ostia-Levante - Municipio X di Roma Capitale" - I^ Stralcio - Approvazione schema di avviso di indagine di mercato per la manifestazione di interesse a partecipare al possibile affidamento con procedura negoziata senza bando, ai sensi dell'art. 50, comma 1, lett. b) del D.Lgs 36/2023 del servizio di progettazione e coordinamento per la sicurezza in fase di progettazione - CUP: F84D25000500002</t>
+          <t>Determinazione a contrarre in adesione all'Accordo Quadro "Servizio di Assistenza Tecnica per la gestione e attuazione del Piano di Sviluppo e Coesione della Regione Lazio " (variante ex art. 106, co. 1, lett. c, punto 1, del d.lgs. 50/2016). Importo pari a euro 1.899.953,58 (Iva inclusa 22%). Approvazione Schema del IV Contratto Attuativo. CUP F81C23000470001 CIG B6585B5423</t>
         </is>
       </c>
       <c r="D365" t="s">
-        <v>6</v>
+        <v>340</v>
       </c>
       <c r="E365" s="2">
-        <v>45744</v>
+        <v>45763</v>
       </c>
     </row>
     <row r="366">
       <c r="A366">
-        <v>3254</v>
+        <v>3292</v>
       </c>
       <c r="B366">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell’art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, per l’espletamento dell’incarico professionale di redazione del capitolato, del piano di sicurezza e coordinamento ed altri elaborati tecnici dei lavori di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà della Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia. Impegno di spesa sul Capitolo U0000S22506 del Bilancio della Regione Lazio, es. fin. 2025 per complessivi euro 15.073,34 a favore del Dott. For. Andrea Bosco, con studio professionale sito in Aprilia (LT), via Muzio Clementi n. 58, C.F. BSCNDR65B27L025W, P. IVA 01807120595. CIG: B5CDB07A8E.&amp;nbsp;</t>
+          <t>AZIONE 8 - Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per il servizio di verifica, ex post, dell'efficacia della campagna di comunicazione e promozione della via Francigena.</t>
         </is>
       </c>
       <c r="D366" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
       <c r="E366" s="2">
-        <v>45741</v>
+        <v>45762</v>
       </c>
     </row>
     <row r="367">
       <c r="A367">
-        <v>3253</v>
+        <v>3291</v>
       </c>
       <c r="B367">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, della fornitura di un Quadro di Media Tensione a servizio della cabina elettrica del compendio di Via Cristoforo Colombo n. 212, Roma. Impegno di spesa sul Capitolo U0000S22508 del Bilancio della Regione Lazio, es. fin. 2025 per complessivi € 170.432,30 a favore di SCHNEIDER ELECTRIC S.P.A., con sede in Stezzano (BG), Via Circonvallazione Est n. 1, C.F. 00509110011, P.IVA 02424870166. Impegno di spesa di euro 35,00 sul cap. U0000T19427, es. fin. 2025, a favore di ANAC CIG: B5D80A1333.</t>
+          <t>AZIONE 7 - Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per il servizio di allestimento di un corner, stand o desk tematico brandizzato sulla via Francigena, per la partecipazione a due fiere individuate nel Travel Adventure Show presso New York il 25 e 26 gennaio 2025 e Destinations Nature presso a Parigi dal 13 al 16 Marzo 2025.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;</t>
         </is>
       </c>
       <c r="D367" t="s">
-        <v>330</v>
+        <v>342</v>
       </c>
       <c r="E367" s="2">
-        <v>45741</v>
+        <v>45762</v>
       </c>
     </row>
     <row r="368">
       <c r="A368">
-        <v>3252</v>
+        <v>3290</v>
       </c>
       <c r="B368">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, per l'espletamento dell'incarico professionale di redazione del piano di sicurezza e coordinamento ed altri elaborati tecnici di manutenzione del verde regionale. Impegno di spesa sul Capitolo U0000S21909 del Bilancio della Regione Lazio, es. fin. 2025 per complessivi euro 1.903,20 a favore dell'Arch. Alberto De Davide, con studio in Roma, via Pio Foà n. 70, C.F.: DDVLRT74M30H501R, P.IVA 12790981000.CIG: B5BD499A37.</t>
+          <t>AZIONE 4 - Determinazione a contrarre ai sensi dell'art 17. co. 2 del D.Lgs. 36/2023 per Affidamento per un servizio attraverso portale e App di promozione turistica della Via Francigena ai sensi dell'art. 50, comma 1 lett. a) del D.lgs 36/2023&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;</t>
         </is>
       </c>
       <c r="D368" t="s">
-        <v>331</v>
+        <v>343</v>
       </c>
       <c r="E368" s="2">
-        <v>45741</v>
+        <v>45762</v>
       </c>
     </row>
     <row r="369">
       <c r="A369">
-        <v>3251</v>
+        <v>3289</v>
       </c>
       <c r="B369">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>Direttore dei Lavori Lotti 1 e 3, Coordinatore per la Sicurezza in fase di Programmazione ed Esecuzione dell’Accordo Quadro con unico operatore avente ad oggetto l’affidamento degli interventi di manutenzione ordinaria degli Uffici appartenenti o in uso alla Regione Lazio, suddiviso in 3 Lotti funzionali. Perfezionamento delle prenotazioni n. 7594/2025, 1749/2026, 702/2027 e 452/2028 per euro 149.282,72, capitolo U0000S2501, es. fin. 2025-2026-2027-2028, impegno di euro 4.103,92, capitolo U0000S2501, es. fin. 2028, a favore dell'Arch. Pierluigi Milone. Variazione in diminuzione per euro 9.749,56, capitolo U0000S22501, es. fin. 2025-2026-2027, a favore di creditori diversi. &amp;nbsp;CIG B554825648</t>
+          <t>AZIONE 3 - Determinazione a contrarre ai sensi dell'art 17. co. 2 del D.Lgs. 36/2023 per l'Affidamento del servizio di comunicazione canali social e digital, con produzione grafica di post non advertising, per promuovere turisticamente la via francigena ai sensi dell'art. 50, comma 1 lett. B) del D.lgs 36/2023</t>
         </is>
       </c>
       <c r="D369" t="s">
-        <v>332</v>
+        <v>344</v>
       </c>
       <c r="E369" s="2">
-        <v>45741</v>
+        <v>45762</v>
       </c>
     </row>
     <row r="370">
       <c r="A370">
-        <v>3250</v>
+        <v>3288</v>
       </c>
       <c r="B370">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura “Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria degli immobili di proprietà della Regione Lazio – 3 Lotti Funzionali. Lotto 3”. &amp;nbsp;Perfezionamento delle prenotazioni n. 7595/2025, 1750/2026, 703/2027 e 453/2028 per complessivi euro 1.067.500,00, cap. U0000S22501, ess. finn. 2025-2026-2027-2028, ed impegno di euro 30.500,00 sul cap. U0000S22501, es. fin. 2028, a favore di PEGASO S.R.L., con sede in Grottaferrata (RM), viale 1° Maggio n. 83, C.F./P.IVA 06265941002; variazione in diminuzione di euro di euro 30.500,00 dalla prenotazione n. 7595/2025, cap. U0000S22501, es. fin. 2025, a favore di creditori diversi. CIG B533E6674E&amp;nbsp;</t>
+          <t>AZIONE 2 - Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per la fornitura, la stampa e la distribuzione di prodotti tipografici e allestimento di un desk all’aeroporto di Santiago di Compostela di promozione della Via Francigena.</t>
         </is>
       </c>
       <c r="D370" t="s">
-        <v>333</v>
+        <v>345</v>
       </c>
       <c r="E370" s="2">
-        <v>45741</v>
+        <v>45762</v>
       </c>
     </row>
     <row r="371">
       <c r="A371">
-        <v>3249</v>
+        <v>3287</v>
       </c>
       <c r="B371">
         <v>2025</v>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura “Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria degli immobili di proprietà della Regione Lazio – 3 Lotti Funzionali. Lotto 2”. &amp;nbsp;Perfezionamento delle prenotazioni n. 7593/2025, 1748/2026, 701/2027 e 451/2028 per complessivi euro 1.067.500,00, cap. U0000S22501, ess. finn. 2025-2026-2027-2028, ed impegno di euro 30.500,00 sul cap. U0000S22501, es. fin. 2028, a favore di D.E.B. APPALTI E COSTRUZIONI S.R.L., con sede in Roma, via Cristoforo Colombo n. 440, C.F./P.IVA 04406741001; variazione in diminuzione di euro di euro 30.500,00 dalla prenotazione n. 7593/2025, cap. U0000S22501, es. fin. 2025, a favore di creditori diversi.CIG B533E6567B.&amp;nbsp;</t>
+          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione del servizio di organizzazione dell'evento di socializzazione propedeutico alla partecipazione della Regione Lazio alla fiera Destinations Nature di Parigi 2025. Impegno di spesa per euro 6.039,00 iva inclusa sul Cap. U0000B43907 in favore della Società Edil.Tur.Appalti SRL (cod. cred. 160390). E.F. 2025.CUP F89I25000340002. MIR I202500043</t>
         </is>
       </c>
       <c r="D371" t="s">
-        <v>334</v>
+        <v>346</v>
       </c>
       <c r="E371" s="2">
-        <v>45741</v>
+        <v>45762</v>
       </c>
     </row>
     <row r="372">
       <c r="A372">
-        <v>3248</v>
+        <v>3286</v>
       </c>
       <c r="B372">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>Infrastruttura Dati Territoriali Regionale - Manutenzione correttiva e adeguativa della piattaforma (MAC) e dei prodotti cartografici. Affidamento in house alla Società LazioCrea SpA. ex Art. 7 D.Lgs. 36/2023. POA 2024.</t>
+          <t>Integrazione DE G16566 del 05.12.2024 del PR FSE+ 2021-2027 - Priorità 2 Ob. spec. f. Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n 36/2023 per affidamento diretto ai sensi dell'art. 50 co. 1 lett. b) del D.lgs. n 36/2023 tramite la piattaforma Telematica STELLA di un servizio di organizzazione logistica per la partecipazione della Regione Lazio all'evento Job&amp;amp;Orienta 2024 di Verona. Impegno di spesa della somma complessiva pari ad € 690,00 (IVA inclusa) in favore di COMPETITION TRAVEL SRL (Cod. Creditore 192819) sui capitoli U0000A43143 U0000A43144 U0000A43145 - CUP F31I24000480009. CIG B51ED4A64B. SIGEM 24037D. GIP A0832S0001. Esercizio Finanziario 2025.</t>
         </is>
       </c>
       <c r="D372" t="s">
-        <v>6</v>
+        <v>347</v>
       </c>
       <c r="E372" s="2">
-        <v>45740</v>
+        <v>45762</v>
       </c>
     </row>
     <row r="373">
       <c r="A373">
-        <v>3247</v>
+        <v>3285</v>
       </c>
       <c r="B373">
         <v>2025</v>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>D.G.R. n. 1172/2022. Attuazione dell'intervento rivolto agli Enti Locali della Regione Lazio e ai distretti sociosanitari -DSS e Aziende pubbliche dei servizi alla persona -ASP, per la realizzazione dell'iniziativa "Rete dei servizi di facilitazione digitale - Regione Lazio" (PNRR, Missione 1 - Componente 1 - Misura 1.7.2). Autorizzazione per la concessione di un'integrazione delcontributo pari al 20% e di un anticipo totale del 30% ai Soggetti Sub Attuatori. Es.Fin. 2025. CODICE INTERVENTO MIR: I202300781. Rettifica determina n. G02410 del 26/02/2025 e rimodulazione importi.</t>
+          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione del servizio di organizzazione dell'evento di socializzazione propedeutico alla partecipazione della Regione Lazio alla fiera internazionale Travel Adventure Show New York 2025. Impegno di spesa per euro 4.880,00 iva inclusa sul Cap. U0000B43907 in favore della Società Universal Marketing s.r.l. (codice creditore 18683). E.F. 2025.CUP F89I25000050002. MIR I202500008.</t>
         </is>
       </c>
       <c r="D373" t="s">
-        <v>6</v>
+        <v>348</v>
       </c>
       <c r="E373" s="2">
-        <v>45737</v>
+        <v>45762</v>
       </c>
     </row>
     <row r="374">
       <c r="A374">
-        <v>3246</v>
+        <v>3284</v>
       </c>
       <c r="B374">
         <v>2024</v>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione dei principi attivi Emicizumab e Desflurano occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2024 dodicesima tranche</t>
+          <t>Attuazione della Memoria di Giunta n. M4/2024 avente ad oggetto "Diplomazia istituzionale ed economica e Missioni di sistema. Affidamento ai sensi dell'Art. 50, comma 1 lett. b) del D.lgs. 36/23, a favore di "Empresa Srl" (codice creditore 198910). Impegno di spesa per l'importo complessivo di € 766,70 sul capitolo U0000R31902. Esercizio finanziario 2024.</t>
         </is>
       </c>
       <c r="D374" t="s">
-        <v>6</v>
+        <v>349</v>
       </c>
       <c r="E374" s="2">
-        <v>45736</v>
+        <v>45762</v>
       </c>
     </row>
     <row r="375">
       <c r="A375">
-        <v>3245</v>
+        <v>3283</v>
       </c>
       <c r="B375">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>Piano di Sviluppo e Coesione – PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020 Affidamento diretto dei servizi di ingegneria ed architettura di importo inferiore a 5.000,00 euro, ai sensi dell’art. 50 comma 1 lett. b) del D.lgs 36/2023.</t>
+          <t>PR FSE+ 2021-2027 - Priorità 2 Ob. spec. f. Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n 36/2023 per affidamento diretto ai sensi dell'art. 50 co. 1 lett. b) del D.lgs. n 36/2023 tramite la piattaforma Telematica STELLA di un servizio di organizzazione logistica per la partecipazione della Regione Lazio all'evento Job&amp;amp;Orienta 2024 di Verona. Impegno di spesa della somma complessiva pari ad € 8.465,00 (IVA inclusa) in favore di COMPETITION TRAVEL SRL (Cod. Creditore 192819) sui capitoli U0000A43143 U0000A43144 U0000A43145 - CUP F31I24000480009. SIGEM 24037D. GIP A0832S0001. Esercizio Finanziario 2024.</t>
         </is>
       </c>
       <c r="D375" t="s">
-        <v>6</v>
+        <v>347</v>
       </c>
       <c r="E375" s="2">
-        <v>45735</v>
+        <v>45762</v>
       </c>
     </row>
     <row r="376">
       <c r="A376">
-        <v>3244</v>
+        <v>3282</v>
       </c>
       <c r="B376">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>Affidamento, ai sensi dell'art. 50, comma 1, lett. b) del Codice Appalti D.lgs. 36/2023 e ss.mm.ii., del "servizio di assistenza tecnica per l'affidamento dei servizi pubblici di trasporto marittimo per la continuità territoriale con le Isole Pontine" alla società TBridge S.p.A. - Impegno di € 43.920,00 (IVA 22% compresa) di cui € 22.956,55 sul Cap. U0000D41910 e € 20.963,45 sul Cap. U0000D41115 es. fin. 2025 entrambi a favore della società T Bridge S.p.A. (codice creditore 239709) - CIG B58C9FF481 - CUP F19B25000000003.</t>
+          <t>Attuazione della Memoria di Giunta n. M4/2024 avente ad oggetto "Diplomazia istituzionale ed economica e Missioni di sistema. Affidamento ai sensi dell'Art. 50 Comma 1 lettera b) Dlgs 36/23, a favore di "Empresa Srl" (codice creditore 198910). Impegno di spesa per l'importo complessivo di € 49.900,00 sul capitolo U0000R31902. Esercizio finanziario 2024.</t>
         </is>
       </c>
       <c r="D376" t="s">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="E376" s="2">
-        <v>45733</v>
+        <v>45762</v>
       </c>
     </row>
     <row r="377">
       <c r="A377">
-        <v>3243</v>
+        <v>3281</v>
       </c>
       <c r="B377">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Procedura di affidamento mediante trattativa diretta, ex art. 50, comma 1, lett. b) del D. lgs n. 36/2023, servizi tecnici per il collaudo taglio lotto boschivo sito nei Comuni di Viterbo, Orte e San Lorenzo Nuovo. Impegno di spesa di € 5.892,31 sul capitolo U0000E23913, es. fin. 2025, in favore del dottore forestale Roncoloni Marcello (cod. cred. 252247) - CIG B53871C810.</t>
+          <t>Affidamento del servizio di ideazione, progettazione e pianificazione dei servizi di comunicazione dedicati alla promozione della via Francigena, ai sensi dell'art. 50, comma 1 lett. b) del D.lgs 36/2023. Impegno di spesa € 120.597,00 IVA compresa a favore della società The Big Fusion SRL, sul Cap. U0000B41113, PCF: U.1.03.02.02.000, Missione 07, Programma 01, denominato "Utilizzazione dell'assegnazione dello stato per le attività di promozione previste dall'intervento "Via Francigena - azioni trasversali" scheda 33 PSC di cui al decreto MIT n. 6658 del 6/03/2024" - Organizzazione eventi, pubblicità e servizi per trasferta" - CIG, B2F15A3B6A - impegno sul Cap. U0000T19427 di euro 35,00 in favore dell'Autorità Nazionale Anticorruzione (ANAC) - es. fin. 2024.</t>
         </is>
       </c>
       <c r="D377" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="E377" s="2">
-        <v>45733</v>
+        <v>45762</v>
       </c>
     </row>
     <row r="378">
       <c r="A378">
-        <v>3242</v>
+        <v>3280</v>
       </c>
       <c r="B378">
         <v>2025</v>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, per l'affidamento della fornitura di strisce reattive per diabetologia occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio e di altri soggetti Aggregatori.</t>
+          <t>Determina a contrarre per l'affidamento diretto, ex art.50 comma1, lettera b) D.lgs. n.36/2023, per il noleggio di n.182 moduli bagno/doccia a favore di Sebach S.p.A., P.IVA 03912150483 per l'allestimento del Villaggio Campale di accoglienza per il Giubileo della Chiesa Cattolica2025 e serv. acc. Intervento n.253-CUP F89120000090001. Impegno di spesa di € 167.872,00(compresa IVA) sul cap.U0000E47146 Miss.11 Prog.01 p. d. c.1.03.02.07.000 e.f.2025 a favore di Sebach S.p.A. (cod. cred.89536). CIG n. B54763CD19Impegno di spesa di €1.850,44 sul cap.U0000E47146 e relativi accertamenti a favore del fondo incentivi sul cap.E0000341560 per l'annualità2025.Impegno di spesa di €275,20, pari allo 0,20% dell'importo, sul cap.U0000E47146 a favore della "Giubileo2025S.p.A."Impegno di spesa di €35,00 sul cap.U0000T19427 a favore di A.N.A.C. (Cod.Cred.159683) e.f.2025.</t>
         </is>
       </c>
       <c r="D378" t="s">
-        <v>6</v>
+        <v>352</v>
       </c>
       <c r="E378" s="2">
-        <v>45730</v>
+        <v>45762</v>
       </c>
     </row>
     <row r="379">
       <c r="A379">
-        <v>3241</v>
+        <v>3279</v>
       </c>
       <c r="B379">
         <v>2025</v>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per l'acquisizione di dotazioni informatiche "Workstation mobile e monitor docking station" per la Giunta Regionale e altri enti della Regione Lazio. Accordo Quadro Workstation Ed.1</t>
+          <t>Rettifica determinazione n. G01630 - Disimpegno dell'importo € 275,20 dall'impegno n. 7930/2025 assunto sul Cap. U0000E47146 in favore del creditore "Giubileo 2025 S.p.A." (Cod. Cred. 245261) per l'esercizio finanziario 2025.</t>
         </is>
       </c>
       <c r="D379" t="s">
-        <v>337</v>
+        <v>352</v>
       </c>
       <c r="E379" s="2">
-        <v>45730</v>
+        <v>45762</v>
       </c>
     </row>
     <row r="380">
       <c r="A380">
-        <v>3240</v>
+        <v>3278</v>
       </c>
       <c r="B380">
         <v>2025</v>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Procedura di gara aperta, suddivisa in 7 lotti, per la conclusione di convenzioni quadro, ai sensi dell'art. 1, comma 456, della L. n. 296/2006, per l'affidamento dei "Servizi di vigilanza armata e guardiania per le amministrazioni del territorio della Regione Lazio" indetta con determinazione n. G17928 del 16/12/2022. Autorizzazione al subappalto lotto 4 richiesto da URBAN SECURITY INVESTIGATION ITALIA SRL in favore della ditta CORPO VIGILI GIURATI SPA. Ordinativo di fornitura emesso a sistema dalla CAMERA DI COMMERCIO I.A.A. DI FROSINONE LATINA.</t>
+          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per la fornitura di n. 750.000 bottiglie d'acqua naturale e servizio di refrigerazione a favore della società "GSN S.r.l." P.IVA n. 04754201210, da utilizzare in occasione dell'evento "Giubileo dei Giovani 2025". Impegno di spesa della somma complessiva pari a 254.112,84 euro (IVA inclusa), sul capitolo U0000E47145 Missione 11, Programma 01, piano dei conti 1.03.01.02.000, esercizio finanziario 2025 a favore della società GSN S.r.l. (cod. cred. 212910). Registro di sistema n. PI026404-25. Impegno di spesa di € 2.479,47 sul capitolo U0000E47145 e relativi accertamenti a favore del fondo incentivi sul capitolo E0000341560 per l'annualità 2025. Impegno di spesa di € 250,00 sul capitolo U0000T19427 a favore di A.N.A.C. (cod. cred. 159683) es. fin. 2025.</t>
         </is>
       </c>
       <c r="D380" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E380" s="2">
-        <v>45729</v>
+        <v>45762</v>
       </c>
     </row>
     <row r="381">
       <c r="A381">
-        <v>3239</v>
+        <v>3277</v>
       </c>
       <c r="B381">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>Intervento denominato "Sistemazione del Parco della Pace nella sede del Consiglio Regionale con annessa Cappella" - CUP: F85H24000130001. Nomina del Responsabile unico del Progetto, ai sensi dell'art. 15, comma 1 e 2, del D.lgs. 31 marzo 2023, n. 36.&amp;nbsp;</t>
+          <t>Affidamento diretto, ai sensi dell'art.50 comma,1 lettera b) del d.lgs. 36/2023, per la fornitura di un servizio di smontaggio, trasporto e pulizia delle strutture del Presidio di Assistenza Socio Sanitaria (PASS) sito in Amatrice (RI) a favore della società GSN srl. Impegno di spesa di € 130.540,00 Iva inclusa, sul capitolo U0000E47120.Impegno di spesa di € 1.438,94 sul capitolo U0000E47120 e relativi accertamenti a favore del fondo incentivi sul Capitolo E0000341560 per l'annualità 2024.</t>
         </is>
       </c>
       <c r="D381" t="s">
-        <v>6</v>
+        <v>354</v>
       </c>
       <c r="E381" s="2">
-        <v>45729</v>
+        <v>45762</v>
       </c>
     </row>
     <row r="382">
       <c r="A382">
-        <v>3238</v>
+        <v>3276</v>
       </c>
       <c r="B382">
         <v>2025</v>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di fornitura gadget. Impegno di spesa in favore di WE MADE srl (cod. cred. 253095) di € 43.310,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B5E609D9A8</t>
+          <t>Affidamento diretto ai sensi dell'art. 50 comma 1 lettera b) del Dlgs 36/2023 del servizio di Rilievi topografici dell'intervento di "Messa in sicurezza operativa dell'area di impianto, per la bonifica dell'acquifero sotteso e per la bonifica della collina antropica del sito "ex stabilimento Caffaro Chetoni-Fenilglicina" nel Comune di Colleferro (RM).</t>
         </is>
       </c>
       <c r="D382" t="s">
-        <v>339</v>
+        <v>355</v>
       </c>
       <c r="E382" s="2">
-        <v>45728</v>
+        <v>45762</v>
       </c>
     </row>
     <row r="383">
       <c r="A383">
-        <v>3237</v>
+        <v>3275</v>
       </c>
       <c r="B383">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>Affidamento diretto del servizio di traduzione dalla lingua italiana alla lingua rumena di documenti da inviare al Fondo di Garanzia Rumeno, comprensivo di certificazione e asseverazione legale, ai sensi dell'art.50, c.1, lett. b), del D.Lgs. n.36/2023 "Codice dei contratti pubblici in attuazione dell'articolo 1 della legge 21 giugno 2022, n. 78, recante delega al Governo in materia di contratti pubblici" ed impegno di spesa a favore della ditta TRANSLATED SRL - Cod. 241858, per un importo di 1.912,96€ oneri di legge compresi, gravante sul capitolo U0000S21909, missione U.01.06.000, piano dei conti finanziario U.1.03.02.11.000, esercizio finanziario 2024. &amp;nbsp;Approvazione schema di contratto e dichiarazioni allegate. CIG: B3546F5AD4</t>
+          <t>Procedura di affidamento mediante trattativa diretta, ex art. 50, comma 1, lett. b) del D. lgs n. 36/2023, fornitura di arredi per le camere degli Ostelli della Gioventù - Giubileo 2025 presso comprensorio S. Maria della Pietà in Roma. Impegno di spesa di € 140.096,99 sul capitolo U0000B44126, es. fin. 2025, in favore della Ditta 'Metalplex spa' (cod. cred. 240480). Impegno di spesa di € 35,00 sul cap. U0000T19427, es. fin. 2025, a favore di ANAC. Accertamento di euro 140.096,99, cap. E0000431159, es.fin. 2025, a carico della Presidenza del Consiglio dei Ministri - CIG B61991485B.</t>
         </is>
       </c>
       <c r="D383" t="s">
-        <v>340</v>
+        <v>356</v>
       </c>
       <c r="E383" s="2">
-        <v>45727</v>
+        <v>45758</v>
       </c>
     </row>
     <row r="384">
       <c r="A384">
-        <v>3236</v>
+        <v>3274</v>
       </c>
       <c r="B384">
         <v>2025</v>
       </c>
-      <c r="C384" t="s">
-        <v>341</v>
+      <c r="C384" t="inlineStr">
+        <is>
+          <t>Procedura di affidamento mediante trattativa diretta, ex art. 50, comma 1, lett. b) del D. lgs n. 36/2023, fornitura di materassi, cuscini e tende da interno Ostelli della Gioventù - Giubileo 2025 presso comprensorio S. Maria della Pietà in Roma. Impegno di spesa di € 56.505,52 sul capitolo U0000B44126, es. fin. 2025, in favore della Ditta Flomar srl (cod. cred. 233897). Impegno di spesa di € 35,00 sul cap. U0000T19427, es. fin. 2025, a favore di ANAC. Accertamento di euro 56.505,52, cap. E0000431159, es.fin. 2025, a carico della Presidenza del Consiglio dei Ministri - CIG B5EF01F6D1.</t>
+        </is>
       </c>
       <c r="D384" t="s">
-        <v>6</v>
+        <v>357</v>
       </c>
       <c r="E384" s="2">
-        <v>45726</v>
+        <v>45758</v>
       </c>
     </row>
     <row r="385">
       <c r="A385">
-        <v>3235</v>
+        <v>3273</v>
       </c>
       <c r="B385">
         <v>2025</v>
       </c>
-      <c r="C385" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="C385" t="inlineStr">
+        <is>
+          <t>Procedura di affidamento mediante trattativa diretta, ex art. 50, comma 1, lett. b) del D. lgs n. 36/2023, fornitura di piante e vasi da interno per uffici regionali provinciali. Impegno di spesa di € 38.949,00 sul capitolo U0000S21908, es. fin. 2025, in favore della Ditta 'Annibaldi Karim' (cod. cred. 251521) - CIG B5E6212D76</t>
+        </is>
+      </c>
+      <c r="D385" t="s">
+        <v>358</v>
       </c>
       <c r="E385" s="2">
-        <v>45726</v>
+        <v>45758</v>
       </c>
     </row>
     <row r="386">
       <c r="A386">
-        <v>3234</v>
+        <v>3272</v>
       </c>
       <c r="B386">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b)del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura della licenza di accesso alla banca dati statistici per l'utilizzo interno. Impegno di spesa a favore di MOODY'S ANALYTICS ITALY S.P.A. - P. IVA 11139860156 - (cod. cred. 251791), sul capitolo U0000F31182, PCF 1.03.02.05.000, Miss. 15 Prog. 01 Es. Fin. 2024, per un importo complessivo di € 170.629,20 IVA compresa e di € 35,00 in favore dell'ANAC (cod. cred. 159683), per il contributo obbligatorio, sul capitolo U0000T19427 PCF 1.04.01.01.000, Miss. 01 Prog. 01 - Es. Fin. 2024. CUP F81J24000840001</t>
+          <t>Lavori di ripristino dell’officiosità idraulica del Fosso di Pratolungo nel territorio di Roma Capitale, compresa la manutenzione straordinaria dell’alveo e la costituzione di opportune opere di accumulo e laminazione delle piene – II Lotto. Comunicazione di avvio dei procedimenti finalizzati all’approvazione del progetto esecutivo ed all’apposizione del vincolo preordinato all’esproprio sugli immobili interessati dall’intervento.</t>
         </is>
       </c>
       <c r="D386" t="s">
-        <v>343</v>
+        <v>6</v>
       </c>
       <c r="E386" s="2">
-        <v>45720</v>
+        <v>45757</v>
       </c>
     </row>
     <row r="387">
       <c r="A387">
-        <v>3233</v>
+        <v>3271</v>
       </c>
       <c r="B387">
         <v>2024</v>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura del software Stata18/MP2 Licenza Commerciale perpetua (Stand Alone PC) - 1' utente per l'utilizzo interno. Impegno di spesa a favore di TStat s.r.l. - P. I. 01501640666 - (cod. cred. 251722), sul capitolo U0000F32117, PCF U.2.02.03.02, Miss. 15 Prog. 01 Es. Fin. 2024, per un importo complessivo di € 6.488,63 IVA compresa. Codice CUP F89F24000220001</t>
+          <t>Determina a contrarre ai sensi dell'art.71D.lgs. n.36/2023 per l'indizione di una procedura aperta sopra soglia comunitaria per l'acquisto di n.10 Tende a 6 moduli da utilizzare per l'allestimento del Villaggio campale di accoglienza in occasione del Giubileo della Chiesa Cattolica 2025 e servizi accessori. Intervento n.253 - CUP F89120000090001.Prenotazione impegni di spesa a favore di cred. diversi per € 1.220.000,00 (compresa Iva) sul capitolo U0000E46174 per le annualità 2024- 2026.Impegno di spesa di € 8.800,00 sul capitolo U0000E46174 e relativi accertamenti a favore del fondo incentivi sul capitolo E0000341560 per le annualità 2024-2026. Impegno di spesa di € 2.000,00 pari allo 0,20% dell'importo, sul capitolo U0000E46174 a favore della società "Giubileo 2025 S.p.A." e. f. 2024.Impegno di spesa di € 660,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683)E.F. 2024&amp;nbsp;</t>
         </is>
       </c>
       <c r="D387" t="s">
-        <v>344</v>
+        <v>359</v>
       </c>
       <c r="E387" s="2">
-        <v>45720</v>
+        <v>45757</v>
       </c>
     </row>
     <row r="388">
       <c r="A388">
-        <v>3232</v>
+        <v>3270</v>
       </c>
       <c r="B388">
         <v>2025</v>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>D.G.R. n. 1172/2022. Attuazione dell'intervento rivolto agli Enti Locali della Regione Lazio e ai distretti sociosanitari -DSS e Aziende pubbliche dei servizi alla persona -ASP, per la realizzazione dell'iniziativa "Rete dei servizi di facilitazione digitale - Regione Lazio" (PNRR, Missione 1 - Componente 1 - Misura 1.7.2). Autorizzazione per la concessione di un'integrazione del contributo pari al 20% e di un anticipo totale del 30% ai Soggetti Sub Attuatori. Es.Fin. 2025. CODICE INTERVENTO MIR:I202300781.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione della iniziativa: "Sacra Rappresentazione della Passione di Sezze". Impegno di spesa in favore dell'Associazione della Passione di Cristo APS (cod. cred. 3075) di € 10.000,00 Iva esente sul capitolo U0000R31902. Esercizio Finanziario 2025. CIG : B63F06E21B.</t>
         </is>
       </c>
       <c r="D388" t="s">
-        <v>6</v>
+        <v>360</v>
       </c>
       <c r="E388" s="2">
-        <v>45715</v>
+        <v>45756</v>
       </c>
     </row>
     <row r="389">
       <c r="A389">
-        <v>3231</v>
+        <v>3269</v>
       </c>
       <c r="B389">
         <v>2025</v>
       </c>
-      <c r="C389" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C389" t="s">
+        <v>361</v>
       </c>
       <c r="D389" t="s">
-        <v>345</v>
+        <v>362</v>
       </c>
       <c r="E389" s="2">
-        <v>45715</v>
+        <v>45754</v>
       </c>
     </row>
     <row r="390">
       <c r="A390">
-        <v>3230</v>
+        <v>3268</v>
       </c>
       <c r="B390">
         <v>2025</v>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria degli immobili di proprietà della Regione Lazio - 3 Lotti Funzionali. Lotto 1". Perfezionamento delle prenotazioni n. 7599/2025, 1754/2026, 707/2027 e 457/2028 per complessivi euro 1.067.500,00, cap. U0000S22501, ess. finn. 2025-2026-2027-2028, ed impegno di euro 30.500,00 sul cap. U0000S22501, es. fin. 2028, a favore di ICR IMPIANTI E COSTRUZIONI S.R.L., con sede in Roma, via Gaudenzio Fantoli n. 25, C.F./P.IVA 12487131000, variazione in diminuzione di euro di euro 30.500,00 dalla prenotazione n. 7599/2025, cap. U0000S22501, es. fin. 2025, a favore di creditori diversi.</t>
+          <t>Servizio di ricerca e analisi sul livello digitalizzazione dei Capoluoghi della Regione Lazio (Frosinone, Latina, Rieti e Viterbo), tramite ICity Rank, quale strumento di misurazione dell’avanzamento della trasformazione digitale nei capoluoghi</t>
         </is>
       </c>
       <c r="D390" t="s">
-        <v>346</v>
+        <v>6</v>
       </c>
       <c r="E390" s="2">
-        <v>45715</v>
+        <v>45754</v>
       </c>
     </row>
     <row r="391">
       <c r="A391">
-        <v>3229</v>
+        <v>3267</v>
       </c>
       <c r="B391">
         <v>2025</v>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020 Call for proposal "Energia sostenibile 2.0" Asse Prioritario 4 Azione 4.1.1 _ 15^ Aggiornamento elenco operatori economici abilitati a svolgere il servizio di certificazione della prestazione energetica degli edifici, di importo inferiore a 5.000,00 euro, mediante affidamento diretto ai sensi dell'art. 50 del D.lgs. 36/2023.</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025 seconda tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
         </is>
       </c>
       <c r="D391" t="s">
-        <v>6</v>
+        <v>363</v>
       </c>
       <c r="E391" s="2">
-        <v>45715</v>
+        <v>45754</v>
       </c>
     </row>
     <row r="392">
       <c r="A392">
-        <v>3228</v>
+        <v>3266</v>
       </c>
       <c r="B392">
         <v>2025</v>
       </c>
       <c r="C392" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione della iniziativa: 4 ed. "Boat Days". Impegno di spesa infavore del Consorzio Mare Lazio (cod. cred. 252968) di € 18.300,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B5BC84E53C&amp;nbsp;</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione della iniziativa: "Etica, Epica ed Estetica dell'Immaginario". Impegno di spesa in favore dell'Associazione Culturale Mediterraneo (cod. cred. 82150) di € 6.100,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B62ED7A038</t>
         </is>
       </c>
       <c r="D392" t="s">
-        <v>347</v>
+        <v>364</v>
       </c>
       <c r="E392" s="2">
-        <v>45714</v>
+        <v>45751</v>
       </c>
     </row>
     <row r="393">
       <c r="A393">
-        <v>3227</v>
+        <v>3265</v>
       </c>
       <c r="B393">
         <v>2025</v>
       </c>
       <c r="C393" t="inlineStr">
         <is>
-          <t>Affidamento alla ditta individuale Giorgia Lai (cod. cred. 252942) di un servizio di grafica finalizzato alla realizzazione di attività quotidiane di comunicazione per la durata di 24 mesi. Impegno di spesa complessivo di € 74.420,00 (IVA inclusa) sulcapitolo di spesa U0000R31902, suddiviso in € 31.008,33 Es. Fin. 2025, € 37.210,00 Es. Fin 2026 ed € 6.201,67 Es. Fin. 2027. Impegno di spesa di € 35,00 sul capitolo di spesa U0000T19427 in favore dell'Autorità Nazionale Anticorruzione - ANAC (Codice Creditore n. 159683). CIG: B4E5AD10BE</t>
+          <t>Esecuzione campagna di indagini geofisiche a mare nell'ambito dello studio specialistico avente ad oggetto il "Supporto per la ricerca di sabbie relitte e valutazione della loro compatibilità per il ripascimento dei litorali in erosione nella Regione Lazio" di cui all'Accordo di Cooperazione istituzionale tra la Regione Lazio e il Dipartimento di Scienze della Terra dell'Università degli Studi di Roma "La Sapienza" - Perfezionare della prenotazione d'impegno n 44744/2025 per 206.709,75 a favore della PRISMA S.r.l. (cod. Cred. 253294) assunta sul capitolo U0000E42531 - Variazione in diminuzione della restante parte della prenotazione d'impegno n. 44744/2025 pari ad € 52.552,45 - Es. Fin. 2025 - CIG B4A5B82AB9</t>
         </is>
       </c>
       <c r="D393" t="s">
-        <v>348</v>
+        <v>365</v>
       </c>
       <c r="E393" s="2">
-        <v>45714</v>
+        <v>45749</v>
       </c>
     </row>
     <row r="394">
       <c r="A394">
-        <v>3226</v>
+        <v>3264</v>
       </c>
       <c r="B394">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>349</v>
+        <v>2025</v>
+      </c>
+      <c r="C394" t="inlineStr">
+        <is>
+          <t>Opere di difesa costiera del tratto di litorale di Ostia-Levante - Municipio X di Roma Capitale" - I^ Stralcio - Approvazione schema di avviso di indagine di mercato per la manifestazione di interesse a partecipare al possibile affidamento con procedura negoziata senza bando, ai sensi dell'art. 50, comma 1, lett. b) del D.Lgs 36/2023 del servizio di progettazione e coordinamento per la sicurezza in fase di progettazione - CUP: F84D25000500002</t>
+        </is>
       </c>
       <c r="D394" t="s">
-        <v>350</v>
+        <v>366</v>
       </c>
       <c r="E394" s="2">
-        <v>45709</v>
+        <v>45748</v>
       </c>
     </row>
     <row r="395">
       <c r="A395">
-        <v>3225</v>
+        <v>3263</v>
       </c>
       <c r="B395">
         <v>2024</v>
       </c>
-      <c r="C395" t="s">
-        <v>349</v>
+      <c r="C395" t="inlineStr">
+        <is>
+          <t>Determina a contrarre ai sensi dell'art. 71 D.Lgs. n. 36/2023, per l'indizione di una procedura aperta sopra soglia comunitaria per l'acquisto delle forniture di automezzi ed attrezzature per la colonna mobile della Protezione Civile della Regione Lazio e approvazione schemi atti di gara. Procedura suddivisa in 3 lotti. Prenotazione impegni di spesa a favore di cred. diversi per € 1.958.100,00 (compresa Iva) sul Cap. U0000E46146, per i lotti 1-2, e di € 400.160,00 (compresa Iva) sul capitolo U0000E46147 per il lotto 3, risorse di cui all'articolo 41, comma 4, del d.l. n. 50/2017.Impegno di spesa di € 14.124,00 sul capitolo U0000E46146 e di € 2.886,40 sul capitolo U0000E46147 e relativi accertamenti a favore del fondo incentivi sul Capitolo E000341560 per le annualità 2024. Impegno di spesa di € 660,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683) Es. Fin. 2024.</t>
+        </is>
       </c>
       <c r="D395" t="s">
-        <v>6</v>
+        <v>367</v>
       </c>
       <c r="E395" s="2">
-        <v>45709</v>
+        <v>45748</v>
       </c>
     </row>
     <row r="396">
       <c r="A396">
-        <v>3224</v>
+        <v>3262</v>
       </c>
       <c r="B396">
         <v>2025</v>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>Servizio di ricondizionamento e riutilizzo degli ausili per disabili di cui al DM 332/99 e al DPCM del 12 gennaio 2017 (GU n.65 del 18/03/2017)" occorrente alle Aziende sanitarie della Regione Lazio</t>
+          <t>Procedura aperta, ai sensi dell'art. 71 del D.lgs. 36/2023, per l'affidamento del "Servizio aereo di spegnimento incendi boschivi e lo svolgimento di altre attività connesse con gli interventi di Protezione Civile nell'intero territorio della Regione Lazio". Determinazione di indizione e approvazione atti di gara</t>
         </is>
       </c>
       <c r="D396" t="s">
-        <v>6</v>
+        <v>368</v>
       </c>
       <c r="E396" s="2">
-        <v>45709</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="397">
       <c r="A397">
-        <v>3223</v>
+        <v>3261</v>
       </c>
       <c r="B397">
         <v>2025</v>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del d.lgs. 36/2023 attraverso la Piattaforma Stella, per la fornitura di carta in risme per fotocopie conforme ai Criteri Ambientali minimi di cui al punto 5 del dm 4 aprile 2013 in g.u. n. 102 del 3 maggio 2013.&amp;nbsp;</t>
+          <t>PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 50 comma 1 lett. b) del D.lgs. 36/2023 attraverso la piattaforma S.TEL.LA. Incarico per la redazione dell'Attestato di Prestazione Energetica APE presso la "Scuola Materna, Elementare e Media C. Rosatelli" nel comune di Roviano (RM). Dossier LI-ES2- 2740248 Intervento A0100E0174. Perfezionamento delle prenotazioni impegno nn. 31465, 31457, 31455 a favore dell'ing. Riccardo Soccodato (cod. cred. 253630) per l'importo di € 3.236,50 comprensivo di IVA e oneri di legge, e variazione in diminuzione delle medesime prenotazioni di impegno per € 1.033,50 sui Capitoli U0000A42200, U0000A42201, U0000A42202. Es. Fin. 2025. CUP: F94D17000130006 CIG: B69D7185CB.</t>
         </is>
       </c>
       <c r="D397" t="s">
-        <v>351</v>
+        <v>369</v>
       </c>
       <c r="E397" s="2">
-        <v>45706</v>
+        <v>45792</v>
       </c>
     </row>
     <row r="398">
       <c r="A398">
-        <v>3222</v>
+        <v>3260</v>
       </c>
       <c r="B398">
         <v>2025</v>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>Costituzione del Gruppo Tecnico di Progettazione per la predisposizione degli atti di gara dell'iniziativa centralizzata finalizzata all'affidamento del "Servizio di vigilanza antincendio" per le Aziende Sanitarie e Ospedaliere" e individuazione del Responsabile Unico del Progetto ai sensi dell'art. 15 del D.Lgs. 36/2023</t>
+          <t>Procedura di gara negoziata ai sensi dell’art. 50, comma 1, lettera c) del D.Lgs. 36/2023 per l’affidamento dei lavori relativi all’Intervento Cod. ReNDiS 12IR008/CI denominato “Interventi di ripristino dell’officiosità idraulica del fiume Nera nel tratto terminale fino alla confluenza con il fiume Tevere”, rientranti nel “Piano di interventi urgenti e prioritari finalizzati al recupero e al miglioramento della funzionalità idraulica dei reticoli idrografici”, approvato con D.G.R. n. 311 del 24/05/2022.</t>
         </is>
       </c>
       <c r="D398" t="s">
         <v>6</v>
       </c>
       <c r="E398" s="2">
-        <v>45705</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="399">
       <c r="A399">
-        <v>3221</v>
+        <v>3259</v>
       </c>
       <c r="B399">
         <v>2025</v>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>Contratto Ponte di Servizio per l’affidamento “dei servizi pubblici di cabotaggio marittimo di collegamento con le isole dell’arcipelago pontino”. Affidamento in regime di emergenza, ai sensi dell’articolo 5 paragrafo 5 del Regolamento (CE) n. 1370/2007 e s.m.i. Impegno pari a complessivi € 20.080.500,00 (IVA 10% compresa) di cui € 10.495.876,55 sul cap. U0000D41910 es. fin. 2025 ed € 9.584.623,45 sul cap. U0000D41115 es. fin. 2025, entrambi a favore di Laziomar S.p.A. (cod. cred. 133508). Impegno dell’importo complessivo di euro 153.265,68, a favore del Fondo incentivi sui capitoli U0000D41910 e U0000D41115, nonché contestuale accertamento di pari importo sui capitoli E0000341559, E0000341560, E0000341562 e E0000341563 - e.f. 2025. Impegno di € 880,00 a favore di A.N.AC. sul capitolo U0000T19427, e.f. 2025 - CIG B5182217DD – CUP F19I25000050003 – CUI S80143490581202300079</t>
+          <t>Costituzione del Gruppo Tecnico di Progettazione per la predisposizione degli atti di gara dell'iniziativa centralizzata finalizzata all'acquisizione di SOLUZIONI INFUSIONALI occorrenti le Aziende Sanitarie della Regione Lazio e individuazione del Responsabile Unico del Progetto ai sensi dell'art. 15 del D.lgs. 36/2023</t>
         </is>
       </c>
       <c r="D399" t="s">
-        <v>352</v>
+        <v>6</v>
       </c>
       <c r="E399" s="2">
-        <v>45702</v>
+        <v>45744</v>
       </c>
     </row>
     <row r="400">
       <c r="A400">
-        <v>3220</v>
+        <v>3258</v>
       </c>
       <c r="B400">
         <v>2025</v>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>Contratto di servizio sottoscritto in data 14.01.2014 tra la Regione Lazio e Laziomar S.p.A. per l'affidamento dei servizi pubblici di cabotaggio marittimo di collegamento con le isole dell'arcipelago pontino, avente durata di dieci anni. Proroga dal 01/01/2025 al 14/01/2025 agli stessi prezzi, patti e condizioni, secondo quanto previsto dall'art. 2 del contratto di servizio medesimo. Impegno pari a complessivi € 651.696,91 (IVA 10% compresa) di cui € 340.635,46 a valere sul cap. U0000D41910 es. fin. 2025 ed € 311.061,45 sul cap. U0000D41115 es. fin. 2025, entrambi a favore di Laziomar S.p.A. (cod. cred. 133508).</t>
+          <t>Costituzione del Gruppo Tecnico di Progettazione per la predisposizione degli atti di gara dell'iniziativa centralizzata finalizzata all'acquisizione di PRODOTTI NUTRIZIONALI DA SOMMINISTRARE PER VIA ENTERALE E/O OS E LATTI occorrenti le Aziende Sanitarie della Regione Lazio e individuazione del Responsabile Unico del Progetto ai sensi dell'art. 15 del D.Lgs. 36/2023.</t>
         </is>
       </c>
       <c r="D400" t="s">
-        <v>353</v>
+        <v>6</v>
       </c>
       <c r="E400" s="2">
-        <v>45702</v>
+        <v>45744</v>
       </c>
     </row>
     <row r="401">
       <c r="A401">
-        <v>3219</v>
+        <v>3257</v>
       </c>
       <c r="B401">
         <v>2025</v>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>Affidamento del servizio per il progetto: "Raccontare la Sanità, Esaltare un'Eccellenza" alla Società SocialCom srl (cod. cred. 252138) che si svolgerà nell'anno 2025. Impegno di spesa complessivo di € 164.700,00 (IVA inclusa) sul capitolo di spesa U0000R31902 Es. Fin. 2025. Impegno di spesa di € 35,00 sul capitolo di spesa U0000T19427 in favore dell'Autorità Nazionale Anticorruzione - ANAC (Codice Creditore n. 159683). CIG: B4DA20943E.</t>
+          <t>Costituzione del gruppo tecnico di progettazione delle iniziative di gara centralizzate per la fornitura di Medicazioni generali e Medicazioni avanzate per le Aziende Sanitarie della Regione Lazio e individuazione del Responsabile Unico del Progetto ai sensi dell'art. 15, comma 9 del D.lgs. 36/2023.</t>
         </is>
       </c>
       <c r="D401" t="s">
-        <v>354</v>
+        <v>6</v>
       </c>
       <c r="E401" s="2">
-        <v>45701</v>
+        <v>45744</v>
       </c>
     </row>
     <row r="402">
       <c r="A402">
-        <v>3218</v>
+        <v>3256</v>
       </c>
       <c r="B402">
-        <v>2024</v>
-[...4 lines deleted...]
-        </is>
+        <v>2025</v>
+      </c>
+      <c r="C402" t="s">
+        <v>370</v>
       </c>
       <c r="D402" t="s">
-        <v>355</v>
+        <v>6</v>
       </c>
       <c r="E402" s="2">
-        <v>45700</v>
+        <v>46007</v>
       </c>
     </row>
     <row r="403">
       <c r="A403">
-        <v>3217</v>
+        <v>3255</v>
       </c>
       <c r="B403">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell’articolo 50, comma 1, lett. b), del d.lgs. N. 36/2023, dell’incarico di presidente della commissione di collaudo tecnico-amministrativo e tecnico-funzionale degli impianti, nonché di collaudatore statico, sia in corso d’opera che finale, relativamente all’intervento: “Opere di collettamento e depurazione relativamente ai Poli di Civita Castellana, Sutri e Vignanello – I Lotto” – CUP F73J08000040001</t>
+          <t>Opere di difesa costiera del tratto di litorale di Ostia-Levante - Municipio X di Roma Capitale" - I^ Stralcio - Approvazione schema di avviso di indagine di mercato per la manifestazione di interesse a partecipare al possibile affidamento con procedura negoziata senza bando, ai sensi dell'art. 50, comma 1, lett. b) del D.Lgs 36/2023 del servizio di progettazione e coordinamento per la sicurezza in fase di progettazione - CUP: F84D25000500002</t>
         </is>
       </c>
       <c r="D403" t="s">
-        <v>356</v>
+        <v>6</v>
       </c>
       <c r="E403" s="2">
-        <v>45700</v>
+        <v>45744</v>
       </c>
     </row>
     <row r="404">
       <c r="A404">
-        <v>3216</v>
+        <v>3254</v>
       </c>
       <c r="B404">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C404" t="inlineStr">
         <is>
-          <t>Proroga e integrazione alla Convenzione tra ENEA e Regione Lazio avente per oggetto: "Gestione del Catasto degli Attestati di Prestazione Energetica del Sistema Informativo APE Lazio, per il supporto tecnico alla realizzazione del Catasto Unico Regionale degli Impianti Termici (CURITEL) e realizzazione del Sistema Informativo dell'Efficienza Energetica della Regione Lazio (SIERL)" Reg Cron. n. 27742/2023. Impegno di spesa sul Capitolo U0000E11111 per l'importo complessivo di € 35.000,00 a valere sull'E.F. 2025 a favore di ENEA - Agenzia nazionale per le nuove tecnologie, l'energia e lo sviluppo economico sostenibile - (codice creditore 6889).</t>
+          <t>Affidamento diretto, ai sensi dell’art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, per l’espletamento dell’incarico professionale di redazione del capitolato, del piano di sicurezza e coordinamento ed altri elaborati tecnici dei lavori di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà della Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia. Impegno di spesa sul Capitolo U0000S22506 del Bilancio della Regione Lazio, es. fin. 2025 per complessivi euro 15.073,34 a favore del Dott. For. Andrea Bosco, con studio professionale sito in Aprilia (LT), via Muzio Clementi n. 58, C.F. BSCNDR65B27L025W, P. IVA 01807120595. CIG: B5CDB07A8E.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D404" t="s">
-        <v>6</v>
+        <v>371</v>
       </c>
       <c r="E404" s="2">
-        <v>45694</v>
+        <v>45741</v>
       </c>
     </row>
     <row r="405">
       <c r="A405">
-        <v>3215</v>
+        <v>3253</v>
       </c>
       <c r="B405">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>Approvazione dello schema di Protocollo d’intesa tra la Regione Lazio e l’ANCI Lazio per l’istituzione di un “tavolo di coordinamento per adottare una strategia integrata inerente al sistema infrastrutturale dei percorsi verdi e ciclopedonali regionali”.</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, della fornitura di un Quadro di Media Tensione a servizio della cabina elettrica del compendio di Via Cristoforo Colombo n. 212, Roma. Impegno di spesa sul Capitolo U0000S22508 del Bilancio della Regione Lazio, es. fin. 2025 per complessivi € 170.432,30 a favore di SCHNEIDER ELECTRIC S.P.A., con sede in Stezzano (BG), Via Circonvallazione Est n. 1, C.F. 00509110011, P.IVA 02424870166. Impegno di spesa di euro 35,00 sul cap. U0000T19427, es. fin. 2025, a favore di ANAC CIG: B5D80A1333.</t>
         </is>
       </c>
       <c r="D405" t="s">
-        <v>6</v>
+        <v>372</v>
       </c>
       <c r="E405" s="2">
-        <v>45694</v>
+        <v>45741</v>
       </c>
     </row>
     <row r="406">
       <c r="A406">
-        <v>3214</v>
+        <v>3252</v>
       </c>
       <c r="B406">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, per fornitura e posa in opera di arredamento da ufficio per la sede regionale degli Uffici della Regione Lazio siti in Roma, via Cristoforo Colombo n. 212. Impegno di spesa sul Capitolo U0000S22509 del Bilancio della Regione Lazio, es. fin. 2025 per complessivi € 42.321,80 a favore di CATALANO UF-FICIO S.r.l., con sede in Roma, Via Tacito n. 88, C.F. e P.I.VA 03567161009</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, per l'espletamento dell'incarico professionale di redazione del piano di sicurezza e coordinamento ed altri elaborati tecnici di manutenzione del verde regionale. Impegno di spesa sul Capitolo U0000S21909 del Bilancio della Regione Lazio, es. fin. 2025 per complessivi euro 1.903,20 a favore dell'Arch. Alberto De Davide, con studio in Roma, via Pio Foà n. 70, C.F.: DDVLRT74M30H501R, P.IVA 12790981000.CIG: B5BD499A37.</t>
         </is>
       </c>
       <c r="D406" t="s">
-        <v>357</v>
+        <v>373</v>
       </c>
       <c r="E406" s="2">
-        <v>45692</v>
+        <v>45741</v>
       </c>
     </row>
     <row r="407">
       <c r="A407">
-        <v>3213</v>
+        <v>3251</v>
       </c>
       <c r="B407">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, per l'espletamento del servizio di verifica degli impianti di messa a terra e degli impianti di protezione contro le scariche atmosferiche di cui al DPR 462/01. Impegno di spesa sul Capitolo U0000S21900 del Bilancio della Regione Lazio, ess. finn. 2024-2025 per complessivi € 12.565,99 a favore di SIDELMED S.P.A</t>
+          <t>Direttore dei Lavori Lotti 1 e 3, Coordinatore per la Sicurezza in fase di Programmazione ed Esecuzione dell’Accordo Quadro con unico operatore avente ad oggetto l’affidamento degli interventi di manutenzione ordinaria degli Uffici appartenenti o in uso alla Regione Lazio, suddiviso in 3 Lotti funzionali. Perfezionamento delle prenotazioni n. 7594/2025, 1749/2026, 702/2027 e 452/2028 per euro 149.282,72, capitolo U0000S2501, es. fin. 2025-2026-2027-2028, impegno di euro 4.103,92, capitolo U0000S2501, es. fin. 2028, a favore dell'Arch. Pierluigi Milone. Variazione in diminuzione per euro 9.749,56, capitolo U0000S22501, es. fin. 2025-2026-2027, a favore di creditori diversi. &amp;nbsp;CIG B554825648</t>
         </is>
       </c>
       <c r="D407" t="s">
-        <v>358</v>
+        <v>374</v>
       </c>
       <c r="E407" s="2">
-        <v>45692</v>
+        <v>45741</v>
       </c>
     </row>
     <row r="408">
       <c r="A408">
-        <v>3212</v>
+        <v>3250</v>
       </c>
       <c r="B408">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>Accordo Quadro con unico operatore relativo agli interventi di manutenzione straordinaria della Palazzina C del compendio di Roma, via Cristoforo Colombo n. 212, mediante affidamento diretto, ai sensi dell'art. 50, comma 1, lett. a), del D.Lgs. 31 marzo 2023, n. 36. Impegno di euro 179.340,00 a favore di SISTEMI SMART S.R.L.S., cap. U0000S22515, es. fin. 2024. Impegno di spesa di euro 35,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC.</t>
+          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura “Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria degli immobili di proprietà della Regione Lazio – 3 Lotti Funzionali. Lotto 3”. &amp;nbsp;Perfezionamento delle prenotazioni n. 7595/2025, 1750/2026, 703/2027 e 453/2028 per complessivi euro 1.067.500,00, cap. U0000S22501, ess. finn. 2025-2026-2027-2028, ed impegno di euro 30.500,00 sul cap. U0000S22501, es. fin. 2028, a favore di PEGASO S.R.L., con sede in Grottaferrata (RM), viale 1° Maggio n. 83, C.F./P.IVA 06265941002; variazione in diminuzione di euro di euro 30.500,00 dalla prenotazione n. 7595/2025, cap. U0000S22501, es. fin. 2025, a favore di creditori diversi. CIG B533E6674E&amp;nbsp;</t>
         </is>
       </c>
       <c r="D408" t="s">
-        <v>359</v>
+        <v>375</v>
       </c>
       <c r="E408" s="2">
-        <v>45692</v>
+        <v>45741</v>
       </c>
     </row>
     <row r="409">
       <c r="A409">
-        <v>3211</v>
+        <v>3249</v>
       </c>
       <c r="B409">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell''art. 50, comma 1, lett. a), del D.Lgs. 31 marzo 2023, n. 36, degli interventi per la realizzazione di un sistema di sicurezza integrata presso il complesso di via Campo Romano n. 63, Roma - Edificio A5A - e di un tornello per il varco di accesso assessori in via Cristoforo Colombo n. 212, Roma. Modifica contrattuale ai sensi dell''art. 120, comma 9, del D.lgs. 36/2023. Impegno di spesa per euro 7.381,00 sul Capitolo del Bilancio della Regione Lazio U0000S22501, es. fin. 2024, a favore di PROSYSTEM S.R.L.</t>
+          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura “Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria degli immobili di proprietà della Regione Lazio – 3 Lotti Funzionali. Lotto 2”. &amp;nbsp;Perfezionamento delle prenotazioni n. 7593/2025, 1748/2026, 701/2027 e 451/2028 per complessivi euro 1.067.500,00, cap. U0000S22501, ess. finn. 2025-2026-2027-2028, ed impegno di euro 30.500,00 sul cap. U0000S22501, es. fin. 2028, a favore di D.E.B. APPALTI E COSTRUZIONI S.R.L., con sede in Roma, via Cristoforo Colombo n. 440, C.F./P.IVA 04406741001; variazione in diminuzione di euro di euro 30.500,00 dalla prenotazione n. 7593/2025, cap. U0000S22501, es. fin. 2025, a favore di creditori diversi.CIG B533E6567B.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D409" t="s">
-        <v>360</v>
+        <v>376</v>
       </c>
       <c r="E409" s="2">
-        <v>45692</v>
+        <v>45741</v>
       </c>
     </row>
     <row r="410">
       <c r="A410">
-        <v>3210</v>
+        <v>3248</v>
       </c>
       <c r="B410">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C410" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025_ prima tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.</t>
+          <t>Infrastruttura Dati Territoriali Regionale - Manutenzione correttiva e adeguativa della piattaforma (MAC) e dei prodotti cartografici. Affidamento in house alla Società LazioCrea SpA. ex Art. 7 D.Lgs. 36/2023. POA 2024.</t>
         </is>
       </c>
       <c r="D410" t="s">
         <v>6</v>
       </c>
       <c r="E410" s="2">
-        <v>45691</v>
+        <v>45740</v>
       </c>
     </row>
     <row r="411">
       <c r="A411">
-        <v>3209</v>
+        <v>3247</v>
       </c>
       <c r="B411">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>Accordo Quadro con unico operatore relativo agli interventi di manutenzione ordinaria dell'immobile di proprietà della Regione Lazio sito in Roma, viale Giulio Cesare n. 31, mediante affidamento diretto, ai sensi dell'art. 50, comma 1, lett. a), del D.Lgs. 31 marzo 2023, n. 36, Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36 dell'incarico di CSE.Impegni sul cap. U0000S21900, es. fin. 2024, di:euro 181.840,00 a favore di EDIL PIERSANTI S.R.L,euro 6.177,62 a favore dell'Arch. Walter Basciano.Impegno di spesa sul cap. U0000S21900 di € 2.793,75 e accertamento di € 2.793,75 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, es. fin. 2024. Impegno di spesa di euro 35,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC.</t>
+          <t>D.G.R. n. 1172/2022. Attuazione dell'intervento rivolto agli Enti Locali della Regione Lazio e ai distretti sociosanitari -DSS e Aziende pubbliche dei servizi alla persona -ASP, per la realizzazione dell'iniziativa "Rete dei servizi di facilitazione digitale - Regione Lazio" (PNRR, Missione 1 - Componente 1 - Misura 1.7.2). Autorizzazione per la concessione di un'integrazione delcontributo pari al 20% e di un anticipo totale del 30% ai Soggetti Sub Attuatori. Es.Fin. 2025. CODICE INTERVENTO MIR: I202300781. Rettifica determina n. G02410 del 26/02/2025 e rimodulazione importi.</t>
         </is>
       </c>
       <c r="D411" t="s">
-        <v>361</v>
+        <v>6</v>
       </c>
       <c r="E411" s="2">
-        <v>45692</v>
+        <v>45737</v>
       </c>
     </row>
     <row r="412">
       <c r="A412">
-        <v>3208</v>
+        <v>3246</v>
       </c>
       <c r="B412">
         <v>2024</v>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>Determina a contrarre in adesione all’Accordo Quadro “Servizio di Assistenza Tecnica per la gestione e attuazione del Piano di Sviluppo e Coesione della Regione Lazio – CIG 9281807571 e A05F323F72 (variante ex art. 106, co. 1, lett. c, punto 1, del d.lgs. 50/2016”. Approvazione Schema del III Contratto Attuativo. CIG B4124C2A31 CUP F81C23000470001</t>
+          <t>Appalto specifico per l'acquisizione dei principi attivi Emicizumab e Desflurano occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2024 dodicesima tranche</t>
         </is>
       </c>
       <c r="D412" t="s">
-        <v>362</v>
+        <v>6</v>
       </c>
       <c r="E412" s="2">
-        <v>45688</v>
+        <v>45736</v>
       </c>
     </row>
     <row r="413">
       <c r="A413">
-        <v>3207</v>
+        <v>3245</v>
       </c>
       <c r="B413">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR Lazio 2014-2020. Dossier LI-ES2-2160153_ Intervento A0100E0072 Lavori di efficientamento energetico presso Scuola Elementare Nino Manfredi sita in Via Corropoli n. 122, Roma Capitale. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Incarico per la redazione APE. Liquidazione a favore dell'ing. Lanfranco Zonetti (cod. cred. 197084) - C.F. ZNTLFR66E28D493O - P.IVA IT00855800579. Rettifica del codice CIG negli atti e documenti relativi alla procedura di gara. &amp;nbsp;CUP F87D18000550006 -CIG Z413BE0362</t>
+          <t>Piano di Sviluppo e Coesione – PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020 Affidamento diretto dei servizi di ingegneria ed architettura di importo inferiore a 5.000,00 euro, ai sensi dell’art. 50 comma 1 lett. b) del D.lgs 36/2023.</t>
         </is>
       </c>
       <c r="D413" t="s">
-        <v>363</v>
+        <v>6</v>
       </c>
       <c r="E413" s="2">
-        <v>45687</v>
+        <v>45735</v>
       </c>
     </row>
     <row r="414">
       <c r="A414">
-        <v>3206</v>
+        <v>3244</v>
       </c>
       <c r="B414">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>Autorizzazione alla liquidazione della fattura n. PA002067/2024 per complessivi Euro 28.514,51, emessa dall'impresa Intellera Consulting S.p.A. (cod. cred. 191021) relativa all'appalto di servizi/forniture CIG 8127321D72 - CIG derivato 9565359FF1 aggiudicato con determinazione dirigenziale n. G03198/2023. Impegno di spesa n. 1901/2024 sul Capitolo U0000S25904 ARMO - SPESE PER L'INFORMATIZZAZIONE (PARTE CORRENTE) § SERVIZI INFORMATICI E DI TELECOMUNICAZIONI. Esercizio finanziario 2024.</t>
+          <t>Affidamento, ai sensi dell'art. 50, comma 1, lett. b) del Codice Appalti D.lgs. 36/2023 e ss.mm.ii., del "servizio di assistenza tecnica per l'affidamento dei servizi pubblici di trasporto marittimo per la continuità territoriale con le Isole Pontine" alla società TBridge S.p.A. - Impegno di € 43.920,00 (IVA 22% compresa) di cui € 22.956,55 sul Cap. U0000D41910 e € 20.963,45 sul Cap. U0000D41115 es. fin. 2025 entrambi a favore della società T Bridge S.p.A. (codice creditore 239709) - CIG B58C9FF481 - CUP F19B25000000003.</t>
         </is>
       </c>
       <c r="D414" t="s">
-        <v>364</v>
+        <v>377</v>
       </c>
       <c r="E414" s="2">
-        <v>45686</v>
+        <v>45733</v>
       </c>
     </row>
     <row r="415">
       <c r="A415">
-        <v>3205</v>
+        <v>3243</v>
       </c>
       <c r="B415">
         <v>2025</v>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d’immagine della Regione Lazio in occasione della iniziativa: “Maratona Maga Circe” V edizione. San Felice Circeo – Sabaudia (LT), 31 gennaio - 2 febbraio 2025. Lettera/contratto.</t>
+          <t>Procedura di affidamento mediante trattativa diretta, ex art. 50, comma 1, lett. b) del D. lgs n. 36/2023, servizi tecnici per il collaudo taglio lotto boschivo sito nei Comuni di Viterbo, Orte e San Lorenzo Nuovo. Impegno di spesa di € 5.892,31 sul capitolo U0000E23913, es. fin. 2025, in favore del dottore forestale Roncoloni Marcello (cod. cred. 252247) - CIG B53871C810.</t>
         </is>
       </c>
       <c r="D415" t="s">
-        <v>365</v>
+        <v>378</v>
       </c>
       <c r="E415" s="2">
-        <v>45685</v>
+        <v>45733</v>
       </c>
     </row>
     <row r="416">
       <c r="A416">
-        <v>3204</v>
+        <v>3242</v>
       </c>
       <c r="B416">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>Aumento delle prestazioni fino a concorrenza del quinto dell'importo del contratto, ai sensi dell'articolo 120, comma 9 del D.lgs. 36/2023 con riferimento agli Appalti specifici per l'acquisizione di farmaci e vaccini occorrenti alle Aziende Sanitarie della Regione Lazio Farmaci - Tranche 2022, 2023 e 2024.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta, per l'affidamento della fornitura di strisce reattive per diabetologia occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio e di altri soggetti Aggregatori.</t>
         </is>
       </c>
       <c r="D416" t="s">
         <v>6</v>
       </c>
       <c r="E416" s="2">
-        <v>45684</v>
+        <v>45730</v>
       </c>
     </row>
     <row r="417">
       <c r="A417">
-        <v>3203</v>
+        <v>3241</v>
       </c>
       <c r="B417">
         <v>2025</v>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>Gara europea a procedura aperta, ai sensi dell'art. 71 d.lgs. n. 36/2023 per l'affidamento dei servizi di realizzazione ed attuazione della strategia di comunicazione relativa all'iniziativa 1.7.2 del PNRR "Rete dei servizi di facilitazione digitale" della Regione Lazio. Importo € 569.657,05 di cui l'importo a base d'asta € 462.420,00 IVA esclusa ovvero pari a € 564.152,40 IVA inclusa, al netto dei costi per rischi da interferenza stimati pari ad € 0,00 ed € 5.504,65 quali incentivi tecnici per le fasi di programmazione, affidamento ed esecuzione, al netto dei costi per rischi da interferenza stimati pari ad € 0,00. Indizione e approvazione atti di gara. CUP F89I22002660006. CUI S80143490581202300084. INTERVENTO MIR I202401137</t>
+          <t>Gara comunitaria centralizzata a procedura aperta per l'acquisizione di dotazioni informatiche "Workstation mobile e monitor docking station" per la Giunta Regionale e altri enti della Regione Lazio. Accordo Quadro Workstation Ed.1</t>
         </is>
       </c>
       <c r="D417" t="s">
-        <v>6</v>
+        <v>379</v>
       </c>
       <c r="E417" s="2">
-        <v>45684</v>
+        <v>45730</v>
       </c>
     </row>
     <row r="418">
       <c r="A418">
-        <v>3202</v>
+        <v>3240</v>
       </c>
       <c r="B418">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t>Affidamento diretto per servizio di assistenza informatica specialistica per l’annualità 2024/2025 per il supporto alla migrazione dei dati nel software informatico gestionale delle derivazioni idriche demaniali nel sistema SICONIDR - all’Operatore Economico Alpha Consult Srl (cod. creditore 30880) Impegno di € 32.775,30 (iva inclusa) sul Cap. U0000E41915 Esercizio Finanziario 2024 - CIG: B41B4096AA</t>
+          <t>Procedura di gara aperta, suddivisa in 7 lotti, per la conclusione di convenzioni quadro, ai sensi dell'art. 1, comma 456, della L. n. 296/2006, per l'affidamento dei "Servizi di vigilanza armata e guardiania per le amministrazioni del territorio della Regione Lazio" indetta con determinazione n. G17928 del 16/12/2022. Autorizzazione al subappalto lotto 4 richiesto da URBAN SECURITY INVESTIGATION ITALIA SRL in favore della ditta CORPO VIGILI GIURATI SPA. Ordinativo di fornitura emesso a sistema dalla CAMERA DI COMMERCIO I.A.A. DI FROSINONE LATINA.</t>
         </is>
       </c>
       <c r="D418" t="s">
-        <v>366</v>
+        <v>380</v>
       </c>
       <c r="E418" s="2">
-        <v>45684</v>
+        <v>45729</v>
       </c>
     </row>
     <row r="419">
       <c r="A419">
-        <v>3201</v>
+        <v>3239</v>
       </c>
       <c r="B419">
         <v>2025</v>
       </c>
       <c r="C419" t="inlineStr">
         <is>
-          <t>PNRR Mis. 1.7.2. Decisione a contrarre per indizione procedura aperta - Affidamento servizi realizzazione ed attuazione strategia di comunicazione "Rete dei servizi di facilitazione digitale" Regione Lazio. Approvazione documenti tecnici e schema di contratto. Importo complessivo procedura aperta e incentivi tecnici pari ad € 569.657,05, esercizio finanziario 2025. CUP F89I22002660006. CUI S80143490581202300084. INTERVENTO MIR I202401137</t>
+          <t>Intervento denominato "Sistemazione del Parco della Pace nella sede del Consiglio Regionale con annessa Cappella" - CUP: F85H24000130001. Nomina del Responsabile unico del Progetto, ai sensi dell'art. 15, comma 1 e 2, del D.lgs. 31 marzo 2023, n. 36.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D419" t="s">
         <v>6</v>
       </c>
       <c r="E419" s="2">
-        <v>45681</v>
+        <v>45729</v>
       </c>
     </row>
     <row r="420">
       <c r="A420">
-        <v>3200</v>
+        <v>3238</v>
       </c>
       <c r="B420">
         <v>2025</v>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di visibilità e promozione d'immagine della Regione Lazio in occasione della iniziativa: festival organistico "Iubilemus Deo" che si terrà a Tarquinia (VT) dall¿8 febbraio al 30 marzo 2025. Impegno di spesa in favore della Diocesi di Civitavecchia-Tarquinia (cod. cred. 28220) di € 8.540,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B53921CBE5</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di fornitura gadget. Impegno di spesa in favore di WE MADE srl (cod. cred. 253095) di € 43.310,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B5E609D9A8</t>
         </is>
       </c>
       <c r="D420" t="s">
-        <v>367</v>
+        <v>381</v>
       </c>
       <c r="E420" s="2">
-        <v>45681</v>
+        <v>45728</v>
       </c>
     </row>
     <row r="421">
       <c r="A421">
-        <v>3199</v>
+        <v>3237</v>
       </c>
       <c r="B421">
         <v>2024</v>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>L.R. 55/1984 - D.lgs. 36/2023. Comune di Caprarola (VT). Intervento di somma urgenza in Via Rosolino Pilo - Impegno di spesa complessivo di € 328.027,40 sul Cap. U0000E46551 a favore dell'Impresa SAI-ECO RECYCLING S.A.S. di Oroni Alessandro e C. - Esercizio 2024. CUP: F98E24000190002 - CIG: B4957FF2D6</t>
+          <t>Affidamento diretto del servizio di traduzione dalla lingua italiana alla lingua rumena di documenti da inviare al Fondo di Garanzia Rumeno, comprensivo di certificazione e asseverazione legale, ai sensi dell'art.50, c.1, lett. b), del D.Lgs. n.36/2023 "Codice dei contratti pubblici in attuazione dell'articolo 1 della legge 21 giugno 2022, n. 78, recante delega al Governo in materia di contratti pubblici" ed impegno di spesa a favore della ditta TRANSLATED SRL - Cod. 241858, per un importo di 1.912,96€ oneri di legge compresi, gravante sul capitolo U0000S21909, missione U.01.06.000, piano dei conti finanziario U.1.03.02.11.000, esercizio finanziario 2024. &amp;nbsp;Approvazione schema di contratto e dichiarazioni allegate. CIG: B3546F5AD4</t>
         </is>
       </c>
       <c r="D421" t="s">
-        <v>368</v>
+        <v>382</v>
       </c>
       <c r="E421" s="2">
-        <v>45680</v>
+        <v>45727</v>
       </c>
     </row>
     <row r="422">
       <c r="A422">
-        <v>3198</v>
+        <v>3236</v>
       </c>
       <c r="B422">
-        <v>2024</v>
-[...4 lines deleted...]
-        </is>
+        <v>2025</v>
+      </c>
+      <c r="C422" t="s">
+        <v>383</v>
       </c>
       <c r="D422" t="s">
-        <v>369</v>
+        <v>6</v>
       </c>
       <c r="E422" s="2">
-        <v>45680</v>
+        <v>45726</v>
       </c>
     </row>
     <row r="423">
       <c r="A423">
-        <v>3197</v>
+        <v>3235</v>
       </c>
       <c r="B423">
-        <v>2024</v>
-[...7 lines deleted...]
-        <v>370</v>
+        <v>2025</v>
+      </c>
+      <c r="C423" t="s">
+        <v>384</v>
+      </c>
+      <c r="D423" t="inlineStr">
+        <is>
+          <t>B613DC705B; B613DC812E; B613DC9201; B613DCA2D4; B613DCB3A7; B613DCC47A; B613DCD54D; B613DCE620; B613DCF6F3; B613DD07C6; B613DD1899; B613DD296C; B613DD3A3F; B613DD4B12; B613DD5BE5; B613DD6CB8; B613DD7D8B; B613DD8E5E; B613DD9F31; B613DDA009</t>
+        </is>
       </c>
       <c r="E423" s="2">
-        <v>45680</v>
+        <v>45726</v>
       </c>
     </row>
     <row r="424">
       <c r="A424">
-        <v>3196</v>
+        <v>3234</v>
       </c>
       <c r="B424">
         <v>2024</v>
       </c>
       <c r="C424" t="inlineStr">
         <is>
-          <t>Servizio di supporto all'attività contabile relativa alla gestione commissariale di cui all'Accordo di programma concernente gli interventi di mitigazione del rischio idrogeologico da effettuare nel territorio della Regione Lazio, e la relativa contabilità speciale. Liquidazione a favore della Dott.ssa Paola Parroni. CIG B1392B375A</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b)del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura della licenza di accesso alla banca dati statistici per l'utilizzo interno. Impegno di spesa a favore di MOODY'S ANALYTICS ITALY S.P.A. - P. IVA 11139860156 - (cod. cred. 251791), sul capitolo U0000F31182, PCF 1.03.02.05.000, Miss. 15 Prog. 01 Es. Fin. 2024, per un importo complessivo di € 170.629,20 IVA compresa e di € 35,00 in favore dell'ANAC (cod. cred. 159683), per il contributo obbligatorio, sul capitolo U0000T19427 PCF 1.04.01.01.000, Miss. 01 Prog. 01 - Es. Fin. 2024. CUP F81J24000840001</t>
         </is>
       </c>
       <c r="D424" t="s">
-        <v>371</v>
+        <v>385</v>
       </c>
       <c r="E424" s="2">
-        <v>45680</v>
+        <v>45720</v>
       </c>
     </row>
     <row r="425">
       <c r="A425">
-        <v>3195</v>
+        <v>3233</v>
       </c>
       <c r="B425">
         <v>2024</v>
       </c>
       <c r="C425" t="inlineStr">
         <is>
-          <t>L.R. 55/1984 - D.lgs. 36/2023. Comune di Bomarzo (VT). Intervento di somma urgenza in Via Teverina - Impegno di spesa complessivo di € 343.314,81 sul Cap. U0000E46551 a favore dell'Impresa EUROSTRADE S.r.l. - Esercizio 2024. CUP: F39J24000440002 - CIG: B2DAED74C1</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura del software Stata18/MP2 Licenza Commerciale perpetua (Stand Alone PC) - 1' utente per l'utilizzo interno. Impegno di spesa a favore di TStat s.r.l. - P. I. 01501640666 - (cod. cred. 251722), sul capitolo U0000F32117, PCF U.2.02.03.02, Miss. 15 Prog. 01 Es. Fin. 2024, per un importo complessivo di € 6.488,63 IVA compresa. Codice CUP F89F24000220001</t>
         </is>
       </c>
       <c r="D425" t="s">
-        <v>372</v>
+        <v>386</v>
       </c>
       <c r="E425" s="2">
-        <v>45680</v>
+        <v>45720</v>
       </c>
     </row>
     <row r="426">
       <c r="A426">
-        <v>3194</v>
+        <v>3232</v>
       </c>
       <c r="B426">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>L.R. 55/1984 - D.lgs. 50/2016. Comune Itri (LT) - Lavori di somma urgenza per l'eliminazione del pericolo per la pubblica e privata incolumità causato da fenomeni franosi lungo la strada comunale via 8 Marzo. Presa d'atto della Contabilità finale e del certificato di regolare esecuzione lavori - Liquidazione della rata di saldo sul Cap. U0000E46551 a favore dell'Impresa Lombardi Benedetto S.r.l. - Esercizio 2024. CUP: F17H23001460002 - CIG: 9822365803.</t>
-[...3 lines deleted...]
-        <v>9822365803</v>
+          <t>D.G.R. n. 1172/2022. Attuazione dell'intervento rivolto agli Enti Locali della Regione Lazio e ai distretti sociosanitari -DSS e Aziende pubbliche dei servizi alla persona -ASP, per la realizzazione dell'iniziativa "Rete dei servizi di facilitazione digitale - Regione Lazio" (PNRR, Missione 1 - Componente 1 - Misura 1.7.2). Autorizzazione per la concessione di un'integrazione del contributo pari al 20% e di un anticipo totale del 30% ai Soggetti Sub Attuatori. Es.Fin. 2025. CODICE INTERVENTO MIR:I202300781.</t>
+        </is>
+      </c>
+      <c r="D426" t="s">
+        <v>6</v>
       </c>
       <c r="E426" s="2">
-        <v>45680</v>
+        <v>45715</v>
       </c>
     </row>
     <row r="427">
       <c r="A427">
-        <v>3193</v>
+        <v>3231</v>
       </c>
       <c r="B427">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>L.R. 55/1984 - D.lgs. 36/2023. Comune di Roma. Intervento di somma urgenza per il ripristino del funzionamento dell'impianto idrovoro di Pratolungo in Roma, manomesso a seguito di furto dei cavi elettrici. Presa d'atto della Contabilità finale e del certificato di regolare esecuzione lavori - Liquidazione della rata di saldo sul Cap. U0000E46551 a favore dell'Impresa G.T.A. S.r.l. ed a favore di Costruire Energie S.r.l.-Esercizio 2024. CUP:F88H24000090002 - CIG: A050892D72- CIG: A0513CE2CF</t>
+          <t>Lavori di messa in sicurezza e ripristino della sala rossa del Palazzo Caetani, immobile di proprietà regionale sito in Fondi (LT), mediante affidamento diretto, ai sensi dell'art. 50, comma 1, lett. a), del D.Lgs. 31 marzo 2023, n. 36, Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36 dell'incarico di DL, CSP e CSE. Impegni sul cap. U0000S22501, es. fin. 2025, di: euro 73.846,32 a favore di CONSORZIO APPALTI LAVORI S.R.L., euro 10.370,88 a favore dell'Ing. Leonardo Villa. Impegno di spesa sul cap. U0000S22501 di € 1.092,38 e accertamento di € 1.092,38 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, es. fin. 2025. Impegno di spesa di euro 35,00 sul cap. U0000T19427, es. fin. 2025, a favore di ANAC.</t>
         </is>
       </c>
       <c r="D427" t="s">
-        <v>373</v>
+        <v>387</v>
       </c>
       <c r="E427" s="2">
-        <v>45680</v>
+        <v>45715</v>
       </c>
     </row>
     <row r="428">
       <c r="A428">
-        <v>3192</v>
+        <v>3230</v>
       </c>
       <c r="B428">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>Consulenza Tecnica di Parte per la Regione Lazio – CTP Fascicolo n. 156-1/2019 - ricorso in riassunzione presso il Tribunale Regionale delle Acque Pubbliche - per i lavori di ripristino della officiosità idraulica del fosso di Pratolungo, compresa la manutenzione straordinaria dell'alveo e la costituzione di opportune opere di accumulo e laminazione delle piene. II Lotto. CIG: B29124F03A.&amp;nbsp;</t>
+          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria degli immobili di proprietà della Regione Lazio - 3 Lotti Funzionali. Lotto 1". Perfezionamento delle prenotazioni n. 7599/2025, 1754/2026, 707/2027 e 457/2028 per complessivi euro 1.067.500,00, cap. U0000S22501, ess. finn. 2025-2026-2027-2028, ed impegno di euro 30.500,00 sul cap. U0000S22501, es. fin. 2028, a favore di ICR IMPIANTI E COSTRUZIONI S.R.L., con sede in Roma, via Gaudenzio Fantoli n. 25, C.F./P.IVA 12487131000, variazione in diminuzione di euro di euro 30.500,00 dalla prenotazione n. 7599/2025, cap. U0000S22501, es. fin. 2025, a favore di creditori diversi.</t>
         </is>
       </c>
       <c r="D428" t="s">
-        <v>374</v>
+        <v>388</v>
       </c>
       <c r="E428" s="2">
-        <v>45680</v>
+        <v>45715</v>
       </c>
     </row>
     <row r="429">
       <c r="A429">
-        <v>3191</v>
+        <v>3229</v>
       </c>
       <c r="B429">
         <v>2025</v>
       </c>
       <c r="C429" t="inlineStr">
         <is>
-          <t>Consultazione preliminare di mercato, ai sensi degli articoli 77 e 78 del D.Lgs. n. 36/2023, per la gara centralizzata avente oggetto affidamento del Servizio di Ristorazione per le Aziende Sanitarie della Regione Lazio. Approvazione schema di avviso pubblico e avvio consultazione.</t>
+          <t>POR FESR Lazio 2014-2020 Call for proposal "Energia sostenibile 2.0" Asse Prioritario 4 Azione 4.1.1 _ 15^ Aggiornamento elenco operatori economici abilitati a svolgere il servizio di certificazione della prestazione energetica degli edifici, di importo inferiore a 5.000,00 euro, mediante affidamento diretto ai sensi dell'art. 50 del D.lgs. 36/2023.</t>
         </is>
       </c>
       <c r="D429" t="s">
         <v>6</v>
       </c>
       <c r="E429" s="2">
-        <v>45679</v>
+        <v>45715</v>
       </c>
     </row>
     <row r="430">
       <c r="A430">
-        <v>3190</v>
+        <v>3228</v>
       </c>
       <c r="B430">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C430" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lett. a), del D.Lgs. 18 aprile 2016, n. 50, di un incarico professionale per assistenza archeologica durante i lavori di manutenzione per un tratto di tubazione dello scarico delle acque reflue e posa di nuova distribuzione idrica presso la Cooperativa agricola Sant'lppolito Isola Sacra a.r.l. - Fiumicino (RM), loc. Isola Sacra, via Val Sarca, 51, e presso Via Salvatore Ottolenghi. Modifica del quadro economico approvato con Determinazione Dirigenziale n. G04952 del 29/04/2024.Impegno di spesa sul Capitolo U0000S21900 del Bilancio della Regione Lazio, es. fin. 2024, per complessivi euro 36.160,80 a favore al Dott. Stefano Buonaguro.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione della iniziativa: 4 ed. "Boat Days". Impegno di spesa infavore del Consorzio Mare Lazio (cod. cred. 252968) di € 18.300,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B5BC84E53C&amp;nbsp;</t>
         </is>
       </c>
       <c r="D430" t="s">
-        <v>375</v>
+        <v>389</v>
       </c>
       <c r="E430" s="2">
-        <v>45678</v>
+        <v>45714</v>
       </c>
     </row>
     <row r="431">
       <c r="A431">
-        <v>3189</v>
+        <v>3227</v>
       </c>
       <c r="B431">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C431" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, per la stipula di un Accordo Quadro per servizi di architettura e ingegneria strutturale su beni immobili di proprietà o in uso alla Regione Lazio. Impegno di spesa sul Capitolo U0000S21909 del Bilancio della Regione Lazio, ess. finn. 2024-2025 per complessivi € 38.064,00 a favore dell'Ing. Michele Carini.</t>
+          <t>Affidamento alla ditta individuale Giorgia Lai (cod. cred. 252942) di un servizio di grafica finalizzato alla realizzazione di attività quotidiane di comunicazione per la durata di 24 mesi. Impegno di spesa complessivo di € 74.420,00 (IVA inclusa) sulcapitolo di spesa U0000R31902, suddiviso in € 31.008,33 Es. Fin. 2025, € 37.210,00 Es. Fin 2026 ed € 6.201,67 Es. Fin. 2027. Impegno di spesa di € 35,00 sul capitolo di spesa U0000T19427 in favore dell'Autorità Nazionale Anticorruzione - ANAC (Codice Creditore n. 159683). CIG: B4E5AD10BE</t>
         </is>
       </c>
       <c r="D431" t="s">
-        <v>376</v>
+        <v>390</v>
       </c>
       <c r="E431" s="2">
-        <v>45678</v>
+        <v>45714</v>
       </c>
     </row>
     <row r="432">
       <c r="A432">
-        <v>3188</v>
+        <v>3226</v>
       </c>
       <c r="B432">
         <v>2024</v>
       </c>
-      <c r="C432" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C432" t="s">
+        <v>391</v>
       </c>
       <c r="D432" t="s">
-        <v>6</v>
+        <v>392</v>
       </c>
       <c r="E432" s="2">
-        <v>45678</v>
+        <v>45709</v>
       </c>
     </row>
     <row r="433">
       <c r="A433">
-        <v>3187</v>
+        <v>3225</v>
       </c>
       <c r="B433">
         <v>2024</v>
       </c>
-      <c r="C433" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C433" t="s">
+        <v>391</v>
       </c>
       <c r="D433" t="s">
-        <v>377</v>
+        <v>6</v>
       </c>
       <c r="E433" s="2">
-        <v>45678</v>
+        <v>45709</v>
       </c>
     </row>
     <row r="434">
       <c r="A434">
-        <v>3186</v>
+        <v>3224</v>
       </c>
       <c r="B434">
         <v>2025</v>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione della iniziativa: "Il Mare d'Inverno" XXXIV edizione. Impegno di spesa in favore dell'Ass.ne Fare Verde Onlus (cod. cred. 44317) di € 8.540,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B52BE96DE6</t>
+          <t>Servizio di ricondizionamento e riutilizzo degli ausili per disabili di cui al DM 332/99 e al DPCM del 12 gennaio 2017 (GU n.65 del 18/03/2017)" occorrente alle Aziende sanitarie della Regione Lazio</t>
         </is>
       </c>
       <c r="D434" t="s">
-        <v>378</v>
+        <v>6</v>
       </c>
       <c r="E434" s="2">
-        <v>45678</v>
+        <v>45709</v>
       </c>
     </row>
     <row r="435">
       <c r="A435">
-        <v>3185</v>
+        <v>3223</v>
       </c>
       <c r="B435">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>Adesione all'Accordo Quadro ex art. 54, comma 3, del D.lgs. n. 50/2016, suddiviso in 8 lotti, per l'affidamento di servizidi supporto alla Digital Transformation per la PA - Ed. 2 (ID 2536) - Lotto 1: Strategia della Trasformazione Digitale (CIG: 9853648F8D). Impegno di spesa compl. di € 975.687,68 comprensivo di IVA, sul capitolo U0000S25904, in favore di Intellera Consulting S.p.A. (cod. cred. 191021). Impegno compl. € 5.982,08 sul cap. U0000S25904 ai sensi dell'art. 113 del D.Lgs. n. 50/2016 in favore del "Fondo incentivi ex art.383 sexies R.R. n.1/2002" (cod. cred.176734) e relativi accertamenti sui capitoli in entrata E0000341559-E0000341562-E0000341563. Approvazione schema di contratto, Piano Operativo, nomina RUP, DEC e definizione del gruppo di lavoro. Esercizi finanziari 2024-2026. CIG derivato B2BB444AF3. CUP F89I24001310002.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del d.lgs. 36/2023 attraverso la Piattaforma Stella, per la fornitura di carta in risme per fotocopie conforme ai Criteri Ambientali minimi di cui al punto 5 del dm 4 aprile 2013 in g.u. n. 102 del 3 maggio 2013.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D435" t="s">
-        <v>379</v>
+        <v>393</v>
       </c>
       <c r="E435" s="2">
-        <v>45677</v>
+        <v>45706</v>
       </c>
     </row>
     <row r="436">
       <c r="A436">
-        <v>3184</v>
+        <v>3222</v>
       </c>
       <c r="B436">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>380</v>
+        <v>2025</v>
+      </c>
+      <c r="C436" t="inlineStr">
+        <is>
+          <t>Costituzione del Gruppo Tecnico di Progettazione per la predisposizione degli atti di gara dell'iniziativa centralizzata finalizzata all'affidamento del "Servizio di vigilanza antincendio" per le Aziende Sanitarie e Ospedaliere" e individuazione del Responsabile Unico del Progetto ai sensi dell'art. 15 del D.Lgs. 36/2023</t>
+        </is>
       </c>
       <c r="D436" t="s">
         <v>6</v>
       </c>
       <c r="E436" s="2">
-        <v>45677</v>
+        <v>45705</v>
       </c>
     </row>
     <row r="437">
       <c r="A437">
-        <v>3183</v>
+        <v>3221</v>
       </c>
       <c r="B437">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>PNRR Missione 1 - Componente 1 - Investimento 1.3 M1C1I1.3S1.3.1 DATI E INTEROPERABILITA' - PIATTAFORMA NAZIONALE DIGITALE DEI DATI - Deliberazione della Giunta Regionale n. 990 del 29 dicembre 2023, affidamento ai sensi dell'art. 7 del D.Lgs. n. 36/2023, alla Società LAZIOcrea S.p.A. (cod. creditore 164838) e impegni di spesa pari ad euro 117.120,00 sul capitolo U0000S25106 e pari ad euro 172.020,00 sul capitolo U000026110 - CUP F51F23001270006. C.I.G. n. B2BD2F5EBF. Esercizio finanziario 2024.</t>
+          <t>Contratto Ponte di Servizio per l’affidamento “dei servizi pubblici di cabotaggio marittimo di collegamento con le isole dell’arcipelago pontino”. Affidamento in regime di emergenza, ai sensi dell’articolo 5 paragrafo 5 del Regolamento (CE) n. 1370/2007 e s.m.i. Impegno pari a complessivi € 20.080.500,00 (IVA 10% compresa) di cui € 10.495.876,55 sul cap. U0000D41910 es. fin. 2025 ed € 9.584.623,45 sul cap. U0000D41115 es. fin. 2025, entrambi a favore di Laziomar S.p.A. (cod. cred. 133508). Impegno dell’importo complessivo di euro 153.265,68, a favore del Fondo incentivi sui capitoli U0000D41910 e U0000D41115, nonché contestuale accertamento di pari importo sui capitoli E0000341559, E0000341560, E0000341562 e E0000341563 - e.f. 2025. Impegno di € 880,00 a favore di A.N.AC. sul capitolo U0000T19427, e.f. 2025 - CIG B5182217DD – CUP F19I25000050003 – CUI S80143490581202300079</t>
         </is>
       </c>
       <c r="D437" t="s">
-        <v>381</v>
+        <v>394</v>
       </c>
       <c r="E437" s="2">
-        <v>45677</v>
+        <v>45702</v>
       </c>
     </row>
     <row r="438">
       <c r="A438">
-        <v>3182</v>
+        <v>3220</v>
       </c>
       <c r="B438">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C438" t="inlineStr">
         <is>
-          <t>Accertamento pari ad euro 1.773.876,00 sul capitolo di entrata E0000229183 (Titolo e Tipologia 2.01.01, P.d.C. 2.01.01.01.003) esercizio finanziario 2024, e di euro 600.000,00 sul capitolo di entrata E0000439132 (Titolo e Tipologia 4.02.00, P.d.C. 4.02.01.01.003), a carico della Presidenza del Consiglio dei Ministri (cod. deb. 4761), ENTRATE DERIVANTI DAL PNRR - DPCM N. 175-4/2022 - M1C1I1.3S1.3.1 DATI E INTEROPERABILITA' - PIATTAFORMA NAZIONALE DIGITALE DEI DATI - CUP F51F23001270006. Esercizio finanziario 2024.</t>
+          <t>Contratto di servizio sottoscritto in data 14.01.2014 tra la Regione Lazio e Laziomar S.p.A. per l'affidamento dei servizi pubblici di cabotaggio marittimo di collegamento con le isole dell'arcipelago pontino, avente durata di dieci anni. Proroga dal 01/01/2025 al 14/01/2025 agli stessi prezzi, patti e condizioni, secondo quanto previsto dall'art. 2 del contratto di servizio medesimo. Impegno pari a complessivi € 651.696,91 (IVA 10% compresa) di cui € 340.635,46 a valere sul cap. U0000D41910 es. fin. 2025 ed € 311.061,45 sul cap. U0000D41115 es. fin. 2025, entrambi a favore di Laziomar S.p.A. (cod. cred. 133508).</t>
         </is>
       </c>
       <c r="D438" t="s">
-        <v>6</v>
+        <v>395</v>
       </c>
       <c r="E438" s="2">
-        <v>45677</v>
+        <v>45702</v>
       </c>
     </row>
     <row r="439">
       <c r="A439">
-        <v>3181</v>
+        <v>3219</v>
       </c>
       <c r="B439">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>Affidamento diretto su S.TEL.LA, ai sensi dell'art. 50, comma 1, lett. b) del d.lgs. 36/2023 dei servizi tecnico-amministrativi per valutazione preliminare procedura di valorizzazione dell' "ex Colonia marina" sita nel Comune di S. Marinella (Rm), in località S. Severa, e di strutturazione, valutazione e realizzazione dell'intervento mediante un contratto di partenariato pubblico-privato. Impegno di € 144.692,00 iva compresa in favore della società Cantierabili srl (cod. cred. 251824) es. fin. 2024/2025/2026 - Cap. U0000S21909 - CIG B43CB05256. Impegno di spesa di € 35,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC.</t>
+          <t>Affidamento del servizio per il progetto: "Raccontare la Sanità, Esaltare un'Eccellenza" alla Società SocialCom srl (cod. cred. 252138) che si svolgerà nell'anno 2025. Impegno di spesa complessivo di € 164.700,00 (IVA inclusa) sul capitolo di spesa U0000R31902 Es. Fin. 2025. Impegno di spesa di € 35,00 sul capitolo di spesa U0000T19427 in favore dell'Autorità Nazionale Anticorruzione - ANAC (Codice Creditore n. 159683). CIG: B4DA20943E.</t>
         </is>
       </c>
       <c r="D439" t="s">
-        <v>382</v>
+        <v>396</v>
       </c>
       <c r="E439" s="2">
-        <v>45677</v>
+        <v>45701</v>
       </c>
     </row>
     <row r="440">
       <c r="A440">
-        <v>3180</v>
+        <v>3218</v>
       </c>
       <c r="B440">
         <v>2024</v>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>Affidamento diretto su S.TEL.LA, ai sensi dell'art. 50, comma 1, lett. a) del d.lgs. 36/2023 degli interventi di messa in sicurezza dell'"ex Colonia marina" sita nel Comune di S. Marinella (Rm), in località S. Severa, Impegno di euro 111.361,36 iva compresa in favore della società Assisi Green Building srls (cod. cred. 251831) es. fin. 2024/2025 - Cap. U0000S21909 - CIG B44D815BE6. Impegno di spesa di € 35,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC.</t>
+          <t>Affidamento diretto ai sensi dell’articolo 50, comma 1, lett. b), del d.lgs. N. 36/2023, dell’incarico di membro della commissione di collaudo tecnico-amministrativo e tecnico-funzionale degli impianti, sia in corso d’opera che finale, relativamente all’intervento: “Opere di collettamento e depurazione relativamente ai Poli di Civita Castellana, Sutri e Vignanello – I Lotto” – CUP F73J08000040001</t>
         </is>
       </c>
       <c r="D440" t="s">
-        <v>383</v>
+        <v>397</v>
       </c>
       <c r="E440" s="2">
-        <v>45677</v>
+        <v>45700</v>
       </c>
     </row>
     <row r="441">
       <c r="A441">
-        <v>3179</v>
+        <v>3217</v>
       </c>
       <c r="B441">
         <v>2024</v>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, tramite piattaforma telematica S.TEL.LA - mercato elettronico della Regione Lazio (Me.La), incarico per espletamento servizi tecnico-amministrativi per adesione al Gruppo di certificazione della gestione forestale sostenibile "Monti cimini e altri comprensori forestali della Regione Lazio". Approvazione schema di contratto ed impegno di spesa di euro 12.028,22 (iva inclusa) sul capitolo U0000E23913 a favore della dott.ssa Elena Mingarelli (cod. cred. 251764), esercizi finanziari 2025-2026. Cig: B42339364C.</t>
+          <t>Affidamento diretto ai sensi dell’articolo 50, comma 1, lett. b), del d.lgs. N. 36/2023, dell’incarico di presidente della commissione di collaudo tecnico-amministrativo e tecnico-funzionale degli impianti, nonché di collaudatore statico, sia in corso d’opera che finale, relativamente all’intervento: “Opere di collettamento e depurazione relativamente ai Poli di Civita Castellana, Sutri e Vignanello – I Lotto” – CUP F73J08000040001</t>
         </is>
       </c>
       <c r="D441" t="s">
-        <v>384</v>
+        <v>398</v>
       </c>
       <c r="E441" s="2">
-        <v>45677</v>
+        <v>45700</v>
       </c>
     </row>
     <row r="442">
       <c r="A442">
-        <v>3178</v>
+        <v>3216</v>
       </c>
       <c r="B442">
         <v>2024</v>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>Contratto di servizio sottoscritto in data 14.01.2014 tra la Regione Lazio e Laziomar S.p.A. per l'affidamento dei servizi pubblici di cabotaggio marittimo di collegamento con le isole dell'arcipelago pontino, avente durata di dieci anni. Proroga dal 01/01/2025 al 14/01/2025 agli stessi prezzi, patti e condizioni, secondo quanto previsto dall'art. 2 del contratto di servizio medesimo, in attuazione della DGR N. 1036 del 03/12/2024.</t>
+          <t>Proroga e integrazione alla Convenzione tra ENEA e Regione Lazio avente per oggetto: "Gestione del Catasto degli Attestati di Prestazione Energetica del Sistema Informativo APE Lazio, per il supporto tecnico alla realizzazione del Catasto Unico Regionale degli Impianti Termici (CURITEL) e realizzazione del Sistema Informativo dell'Efficienza Energetica della Regione Lazio (SIERL)" Reg Cron. n. 27742/2023. Impegno di spesa sul Capitolo U0000E11111 per l'importo complessivo di € 35.000,00 a valere sull'E.F. 2025 a favore di ENEA - Agenzia nazionale per le nuove tecnologie, l'energia e lo sviluppo economico sostenibile - (codice creditore 6889).</t>
         </is>
       </c>
       <c r="D442" t="s">
         <v>6</v>
       </c>
       <c r="E442" s="2">
-        <v>45677</v>
+        <v>45694</v>
       </c>
     </row>
     <row r="443">
       <c r="A443">
-        <v>3177</v>
+        <v>3215</v>
       </c>
       <c r="B443">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>Adesione all'AQ ex art. 59 comma 4, del D.lgs. n. 36/2023, lotto 1, per l'affidamento avente ad oggetto Servizi Applicativi in ottica Cloud e Servizi di Demand e PMO per le Pubbliche Amministrazioni Locali (PAL) (ed. 3) - ID 2610 &amp;nbsp;(CIG: A02590F330). Imp. di spesa compl. di € 899.445,00 IVA incl., sul cap. U0000S25904, in fav. di IBM Italia spa (cod. cred. 1977)in qualità di mandataria dell'RTI.. Imp. compl. € 5.514,62 sul cap. U0000S25904 ex art. 45 del D.Lgs. n. 36/2023 in fav. del "Fondo incentivi ex art.383 sexies R.R. n.1/2002" (cod. cred.176734) e relat. accert. &amp;nbsp;sui cap. in entr. E0000341559-E0000341562-E0000341563. Approv. Schema di contratto, Piano Op., nomina RUP, DEC e definizione del gruppo di lav. Es. fin. 2025, 2026 e 2027. CIG deriv. B52A3EAB42 CUP F81F24000830002</t>
+          <t>Approvazione dello schema di Protocollo d’intesa tra la Regione Lazio e l’ANCI Lazio per l’istituzione di un “tavolo di coordinamento per adottare una strategia integrata inerente al sistema infrastrutturale dei percorsi verdi e ciclopedonali regionali”.</t>
         </is>
       </c>
       <c r="D443" t="s">
-        <v>385</v>
+        <v>6</v>
       </c>
       <c r="E443" s="2">
-        <v>45677</v>
+        <v>45694</v>
       </c>
     </row>
     <row r="444">
       <c r="A444">
-        <v>3176</v>
+        <v>3214</v>
       </c>
       <c r="B444">
         <v>2024</v>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>Affidamento ai sensi dell'art. 50, comma 1, lett. b) del d.lgs 36/2023 del servizio di "Aggiornamento dello stato qualitativo delle acque sotterranee e gestione dell'impianto di messa in sicurezza del sito Caffaro Chetoni Fenilglicina"</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, per fornitura e posa in opera di arredamento da ufficio per la sede regionale degli Uffici della Regione Lazio siti in Roma, via Cristoforo Colombo n. 212. Impegno di spesa sul Capitolo U0000S22509 del Bilancio della Regione Lazio, es. fin. 2025 per complessivi € 42.321,80 a favore di CATALANO UF-FICIO S.r.l., con sede in Roma, Via Tacito n. 88, C.F. e P.I.VA 03567161009</t>
         </is>
       </c>
       <c r="D444" t="s">
-        <v>386</v>
+        <v>399</v>
       </c>
       <c r="E444" s="2">
-        <v>45672</v>
+        <v>45692</v>
       </c>
     </row>
     <row r="445">
       <c r="A445">
-        <v>3175</v>
+        <v>3213</v>
       </c>
       <c r="B445">
         <v>2024</v>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del d.lgs 36/2023, del servizio di analisi del contesto normativo ARERA e Regionale, coordinamento con ARERA e con i soggetti gestori degli impianti minimi per l'individuazione della soluzione regolatoria per il periodo transitorio e la eterointegrazione</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, per l'espletamento del servizio di verifica degli impianti di messa a terra e degli impianti di protezione contro le scariche atmosferiche di cui al DPR 462/01. Impegno di spesa sul Capitolo U0000S21900 del Bilancio della Regione Lazio, ess. finn. 2024-2025 per complessivi € 12.565,99 a favore di SIDELMED S.P.A</t>
         </is>
       </c>
       <c r="D445" t="s">
-        <v>387</v>
+        <v>400</v>
       </c>
       <c r="E445" s="2">
-        <v>45672</v>
+        <v>45692</v>
       </c>
     </row>
     <row r="446">
       <c r="A446">
-        <v>3174</v>
+        <v>3212</v>
       </c>
       <c r="B446">
         <v>2024</v>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del d.lgs 36/2023, del servizio , del servizio di supporto per la validazione dei pef 2024-2025 dei gestori degli impianti in applicazione del metodo tariffario rifiuti (MTR-2 ARERA)&amp;nbsp;</t>
+          <t>Accordo Quadro con unico operatore relativo agli interventi di manutenzione straordinaria della Palazzina C del compendio di Roma, via Cristoforo Colombo n. 212, mediante affidamento diretto, ai sensi dell'art. 50, comma 1, lett. a), del D.Lgs. 31 marzo 2023, n. 36. Impegno di euro 179.340,00 a favore di SISTEMI SMART S.R.L.S., cap. U0000S22515, es. fin. 2024. Impegno di spesa di euro 35,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC.</t>
         </is>
       </c>
       <c r="D446" t="s">
-        <v>388</v>
+        <v>401</v>
       </c>
       <c r="E446" s="2">
-        <v>46007</v>
+        <v>45692</v>
       </c>
     </row>
     <row r="447">
       <c r="A447">
-        <v>3173</v>
+        <v>3211</v>
       </c>
       <c r="B447">
         <v>2024</v>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50 comma 1 lettera b) del Dlgs 36/2023 del servizio di Coordinamento per la Sicurezza in fase di Esecuzione, per l'Applicativo n.1, dell'intervento di "Servizio di Messa in Sicurezza e Caratterizzazione ambientale per il sito "ex discarica Le Lame", S.I.N. Bacino del fiume Sacco, nel comune di Frosinone (FR)."</t>
+          <t>Affidamento diretto, ai sensi dell''art. 50, comma 1, lett. a), del D.Lgs. 31 marzo 2023, n. 36, degli interventi per la realizzazione di un sistema di sicurezza integrata presso il complesso di via Campo Romano n. 63, Roma - Edificio A5A - e di un tornello per il varco di accesso assessori in via Cristoforo Colombo n. 212, Roma. Modifica contrattuale ai sensi dell''art. 120, comma 9, del D.lgs. 36/2023. Impegno di spesa per euro 7.381,00 sul Capitolo del Bilancio della Regione Lazio U0000S22501, es. fin. 2024, a favore di PROSYSTEM S.R.L.</t>
         </is>
       </c>
       <c r="D447" t="s">
-        <v>389</v>
+        <v>402</v>
       </c>
       <c r="E447" s="2">
-        <v>45672</v>
+        <v>45692</v>
       </c>
     </row>
     <row r="448">
       <c r="A448">
-        <v>3172</v>
+        <v>3210</v>
       </c>
       <c r="B448">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>PNRR Misura 1.7.2 "Reti di facilitazione digitale- Regione Lazio". Adesione alla convenzione Consip "PC Desktop, Workstation e Monitor 3" lotto 5 Personal Computer All-in-one da 23,8" o da 27" CIG: 9824002EE6. Somma complessiva di € 63.625,44 IVA inclusa. Impegno di spesa di € 37.795,44 IVA inclusa, cap. spesa U0000S26109 in favore di ITALWARE SRL (cod. cred. n. 198845), Es. Fin. 2024. Perfezionamento prenotazione di € 25.830,00 IVA inclusa (rif. boll. n. 2495/2024), cap. spesa U0000S26109 in favore di ITALWARE SRL (cod. cred. n. 198845), Es. Fin. 2024. CIG Derivato: B498EB9C3E, CUP: F89I22002660006, CODICE INTERVENTO MIR: I202300781.</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025_ prima tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.</t>
         </is>
       </c>
       <c r="D448" t="s">
-        <v>390</v>
+        <v>6</v>
       </c>
       <c r="E448" s="2">
-        <v>45672</v>
+        <v>45691</v>
       </c>
     </row>
     <row r="449">
       <c r="A449">
-        <v>3171</v>
+        <v>3209</v>
       </c>
       <c r="B449">
         <v>2024</v>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento del servizio di consulenza assicurativa e brokeraggio per le Aziende Sanitarie della Regione Lazio a Lotto unico. Approvazione atti di gara e indizione procedura.</t>
+          <t>Accordo Quadro con unico operatore relativo agli interventi di manutenzione ordinaria dell'immobile di proprietà della Regione Lazio sito in Roma, viale Giulio Cesare n. 31, mediante affidamento diretto, ai sensi dell'art. 50, comma 1, lett. a), del D.Lgs. 31 marzo 2023, n. 36, Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36 dell'incarico di CSE.Impegni sul cap. U0000S21900, es. fin. 2024, di:euro 181.840,00 a favore di EDIL PIERSANTI S.R.L,euro 6.177,62 a favore dell'Arch. Walter Basciano.Impegno di spesa sul cap. U0000S21900 di € 2.793,75 e accertamento di € 2.793,75 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, es. fin. 2024. Impegno di spesa di euro 35,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC.</t>
         </is>
       </c>
       <c r="D449" t="s">
-        <v>391</v>
+        <v>403</v>
       </c>
       <c r="E449" s="2">
-        <v>45666</v>
+        <v>45692</v>
       </c>
     </row>
     <row r="450">
       <c r="A450">
-        <v>3170</v>
+        <v>3208</v>
       </c>
       <c r="B450">
         <v>2024</v>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento della fornitura di sistemi per prelievo ematico sottovuoto e dispositivi di raccolta campione occorrenti alle Aziende Sanitarie della Regione Lazio suddivisa in 3 Lotti. Impegno di spesa a favore dell’Autorità Nazionale Anticorruzione di € 880,00 sul capitolo U0000T19427 Es.Fin. 2024. Sostituzione RUP, approvazione atti di gara e indizione procedura.</t>
+          <t>Determina a contrarre in adesione all’Accordo Quadro “Servizio di Assistenza Tecnica per la gestione e attuazione del Piano di Sviluppo e Coesione della Regione Lazio – CIG 9281807571 e A05F323F72 (variante ex art. 106, co. 1, lett. c, punto 1, del d.lgs. 50/2016”. Approvazione Schema del III Contratto Attuativo. CIG B4124C2A31 CUP F81C23000470001</t>
         </is>
       </c>
       <c r="D450" t="s">
-        <v>392</v>
+        <v>404</v>
       </c>
       <c r="E450" s="2">
-        <v>45666</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="451">
       <c r="A451">
-        <v>3169</v>
+        <v>3207</v>
       </c>
       <c r="B451">
         <v>2024</v>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura di sistemi diagnostici per la ricerca del sangue occulto nelle feci per le Aziende Sanitarie della Regione Lazio a Lotto unico. Approvazione atti di gara e indizione della procedura.</t>
+          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR Lazio 2014-2020. Dossier LI-ES2-2160153_ Intervento A0100E0072 Lavori di efficientamento energetico presso Scuola Elementare Nino Manfredi sita in Via Corropoli n. 122, Roma Capitale. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Incarico per la redazione APE. Liquidazione a favore dell'ing. Lanfranco Zonetti (cod. cred. 197084) - C.F. ZNTLFR66E28D493O - P.IVA IT00855800579. Rettifica del codice CIG negli atti e documenti relativi alla procedura di gara. &amp;nbsp;CUP F87D18000550006 -CIG Z413BE0362</t>
         </is>
       </c>
       <c r="D451" t="s">
-        <v>393</v>
+        <v>405</v>
       </c>
       <c r="E451" s="2">
-        <v>45666</v>
+        <v>45687</v>
       </c>
     </row>
     <row r="452">
       <c r="A452">
-        <v>3168</v>
+        <v>3206</v>
       </c>
       <c r="B452">
         <v>2024</v>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>Affidamento del servizio per attività di fotoreporter e attività correlate e di videomaker, alla Società MAIM Srl (cod. cred. 251833). Impegno di spesa complessivo di € 124.440,00 (IVA inclusa) sul capitolo di spesa U0000R31906 di cui € 62.220,00 Es. Fin. 2025 e € 62.220,00 Es. Fin. 2026. Impegno di spesa di € 35,00 sul capitolo di spesa U0000T19427 a favore dell'Autorità Nazionale Anticorruzione - ANAC (Codice Creditore n. 159683). CIG: B43823E38C.</t>
+          <t>Autorizzazione alla liquidazione della fattura n. PA002067/2024 per complessivi Euro 28.514,51, emessa dall'impresa Intellera Consulting S.p.A. (cod. cred. 191021) relativa all'appalto di servizi/forniture CIG 8127321D72 - CIG derivato 9565359FF1 aggiudicato con determinazione dirigenziale n. G03198/2023. Impegno di spesa n. 1901/2024 sul Capitolo U0000S25904 ARMO - SPESE PER L'INFORMATIZZAZIONE (PARTE CORRENTE) § SERVIZI INFORMATICI E DI TELECOMUNICAZIONI. Esercizio finanziario 2024.</t>
         </is>
       </c>
       <c r="D452" t="s">
-        <v>394</v>
+        <v>406</v>
       </c>
       <c r="E452" s="2">
-        <v>45665</v>
+        <v>45686</v>
       </c>
     </row>
     <row r="453">
       <c r="A453">
-        <v>3167</v>
+        <v>3205</v>
       </c>
       <c r="B453">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>395</v>
+        <v>2025</v>
+      </c>
+      <c r="C453" t="inlineStr">
+        <is>
+          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d’immagine della Regione Lazio in occasione della iniziativa: “Maratona Maga Circe” V edizione. San Felice Circeo – Sabaudia (LT), 31 gennaio - 2 febbraio 2025. Lettera/contratto.</t>
+        </is>
       </c>
       <c r="D453" t="s">
-        <v>396</v>
+        <v>407</v>
       </c>
       <c r="E453" s="2">
-        <v>45664</v>
+        <v>45685</v>
       </c>
     </row>
     <row r="454">
       <c r="A454">
-        <v>3166</v>
+        <v>3204</v>
       </c>
       <c r="B454">
         <v>2024</v>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>Affidamento del servizio per attività di videomaker e montatore video, al professionista PARA Benedetta (cod. cred. 248637). Impegno di spesa complessivo di € 80.000,00 (IVA inclusa) sul capitolo di spesa U0000R31906 di cui € 40.000,00 Es. Fin. 2025 e € 40.000,00 Es. Fin. 2026. Impegno di spesa di € 35,00 sul capitolo di spesa U0000T19427 a favore dell'Autorità Nazionale Anticorruzione - ANAC (Codice Creditore n. 159683). CIG: B3F97FFF25.</t>
+          <t>Aumento delle prestazioni fino a concorrenza del quinto dell'importo del contratto, ai sensi dell'articolo 120, comma 9 del D.lgs. 36/2023 con riferimento agli Appalti specifici per l'acquisizione di farmaci e vaccini occorrenti alle Aziende Sanitarie della Regione Lazio Farmaci - Tranche 2022, 2023 e 2024.</t>
         </is>
       </c>
       <c r="D454" t="s">
-        <v>397</v>
+        <v>6</v>
       </c>
       <c r="E454" s="2">
-        <v>45664</v>
+        <v>45684</v>
       </c>
     </row>
     <row r="455">
       <c r="A455">
-        <v>3165</v>
+        <v>3203</v>
       </c>
       <c r="B455">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>398</v>
+        <v>2025</v>
+      </c>
+      <c r="C455" t="inlineStr">
+        <is>
+          <t>Gara europea a procedura aperta, ai sensi dell'art. 71 d.lgs. n. 36/2023 per l'affidamento dei servizi di realizzazione ed attuazione della strategia di comunicazione relativa all'iniziativa 1.7.2 del PNRR "Rete dei servizi di facilitazione digitale" della Regione Lazio. Importo € 569.657,05 di cui l'importo a base d'asta € 462.420,00 IVA esclusa ovvero pari a € 564.152,40 IVA inclusa, al netto dei costi per rischi da interferenza stimati pari ad € 0,00 ed € 5.504,65 quali incentivi tecnici per le fasi di programmazione, affidamento ed esecuzione, al netto dei costi per rischi da interferenza stimati pari ad € 0,00. Indizione e approvazione atti di gara. CUP F89I22002660006. CUI S80143490581202300084. INTERVENTO MIR I202401137</t>
+        </is>
       </c>
       <c r="D455" t="s">
-        <v>399</v>
+        <v>6</v>
       </c>
       <c r="E455" s="2">
-        <v>45660</v>
+        <v>45684</v>
       </c>
     </row>
     <row r="456">
       <c r="A456">
-        <v>3164</v>
+        <v>3202</v>
       </c>
       <c r="B456">
         <v>2024</v>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di Accordi Quadro per la fornitura di guanti monouso per le Aziende Sanitarie della Regione Lazio suddivisa in 16 Lotti. Approvazione atti di gara e indizione della procedura.</t>
-[...5 lines deleted...]
-        </is>
+          <t>Affidamento diretto per servizio di assistenza informatica specialistica per l’annualità 2024/2025 per il supporto alla migrazione dei dati nel software informatico gestionale delle derivazioni idriche demaniali nel sistema SICONIDR - all’Operatore Economico Alpha Consult Srl (cod. creditore 30880) Impegno di € 32.775,30 (iva inclusa) sul Cap. U0000E41915 Esercizio Finanziario 2024 - CIG: B41B4096AA</t>
+        </is>
+      </c>
+      <c r="D456" t="s">
+        <v>408</v>
       </c>
       <c r="E456" s="2">
-        <v>45659</v>
+        <v>45684</v>
       </c>
     </row>
     <row r="457">
       <c r="A457">
-        <v>3163</v>
+        <v>3201</v>
       </c>
       <c r="B457">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C457" t="inlineStr">
         <is>
-          <t>Proroga Noleggio e manutenzione di un plotter per le esigenze del Centro Stampa - per la durata di 6 mesi - Impegno di spesa complessivo di € 2.708,40 IVA compresa</t>
+          <t>PNRR Mis. 1.7.2. Decisione a contrarre per indizione procedura aperta - Affidamento servizi realizzazione ed attuazione strategia di comunicazione "Rete dei servizi di facilitazione digitale" Regione Lazio. Approvazione documenti tecnici e schema di contratto. Importo complessivo procedura aperta e incentivi tecnici pari ad € 569.657,05, esercizio finanziario 2025. CUP F89I22002660006. CUI S80143490581202300084. INTERVENTO MIR I202401137</t>
         </is>
       </c>
       <c r="D457" t="s">
-        <v>400</v>
+        <v>6</v>
       </c>
       <c r="E457" s="2">
-        <v>45657</v>
+        <v>45681</v>
       </c>
     </row>
     <row r="458">
       <c r="A458">
-        <v>3162</v>
+        <v>3200</v>
       </c>
       <c r="B458">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C458" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art 50, comma 1, lettera b), del D.lgs. n. 36/2023 del “Servizio fornito da soggetto esterno all’amministrazione di supporto tecnico nella predisposizione del piano di azione e delle attività conseguenti o correlate, per il progetto europeo InterRevita – Programma Interreg Europe – programmazione 2021-2027 - codice identificativo progetto n.01C0034”- CUP F32B23000520007-CIG: B33713439F</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di visibilità e promozione d'immagine della Regione Lazio in occasione della iniziativa: festival organistico "Iubilemus Deo" che si terrà a Tarquinia (VT) dall¿8 febbraio al 30 marzo 2025. Impegno di spesa in favore della Diocesi di Civitavecchia-Tarquinia (cod. cred. 28220) di € 8.540,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B53921CBE5</t>
         </is>
       </c>
       <c r="D458" t="s">
-        <v>401</v>
+        <v>409</v>
       </c>
       <c r="E458" s="2">
-        <v>45657</v>
+        <v>45681</v>
       </c>
     </row>
     <row r="459">
       <c r="A459">
-        <v>3161</v>
+        <v>3199</v>
       </c>
       <c r="B459">
         <v>2024</v>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di agenzia creativa. Impegno di spesa in favore KLEOS srl (cod. cred. 252140) di € 47.580,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B4B7491A91</t>
+          <t>L.R. 55/1984 - D.lgs. 36/2023. Comune di Caprarola (VT). Intervento di somma urgenza in Via Rosolino Pilo - Impegno di spesa complessivo di € 328.027,40 sul Cap. U0000E46551 a favore dell'Impresa SAI-ECO RECYCLING S.A.S. di Oroni Alessandro e C. - Esercizio 2024. CUP: F98E24000190002 - CIG: B4957FF2D6</t>
         </is>
       </c>
       <c r="D459" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="E459" s="2">
-        <v>45656</v>
+        <v>45680</v>
       </c>
     </row>
     <row r="460">
       <c r="A460">
-        <v>3160</v>
+        <v>3198</v>
       </c>
       <c r="B460">
         <v>2024</v>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di pianificazione campagne promo pubblicitarie. Impegno di spesa in favore BSG srl (cod. cred. 138810) di € 18.300,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B4BF5A7100</t>
+          <t>L.R. 55/1984 - D.lgs. 50/2016. Comune di Roma. Intervento di somma urgenza per il ripristino del funzionamento dell'impianto idrovoro di Via Frassineto in Roma, manomesso a seguito di furto dei cavi elettrici. Presa d'atto della Contabilità finale e del certificato di regolare esecuzione lavori - Liquidazione della rata di saldo sul Cap. U0000E46551 a favore dell'Impresa COSAR S.r.l. ed a favore di R. ERRE CONSULTING S.r.l. - Esercizio 2024. CUP: F88H23000310002 - CIG: 997820319B - CIG ZC43BFC378.</t>
         </is>
       </c>
       <c r="D460" t="s">
-        <v>403</v>
+        <v>411</v>
       </c>
       <c r="E460" s="2">
-        <v>45656</v>
+        <v>45680</v>
       </c>
     </row>
     <row r="461">
       <c r="A461">
-        <v>3159</v>
+        <v>3197</v>
       </c>
       <c r="B461">
         <v>2024</v>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione dell'iniziativa: 24^ edizione "Befana In¿ Polizia" in programma a Roma il 29 dicembre 2024. Impegno di spesa in favore dell'Associazione ACAH APS (cod. cred. 252147) di € 6.100,00 Iva inclusa sul capitolo U0000R31902, nell'esercizio finanziario 2024. CIG: B4C183441F&amp;nbsp;</t>
+          <t>L.R. 55/1984 - D.lgs. 36/2023. Comune di Magliano Sabina (RI). Intervento di somma urgenza per la messa in sicurezza della frana in Via S. Croce. CUP: F45I24000170002 - CIG: B4A9E05DD8. – Variazione della ragione sociale da Impresa ROSSETTI COSTRUZIONI S.n.c. a ROSSETTI COSTRUZIONI S.r.l. (Cod. Cred. 18142).</t>
         </is>
       </c>
       <c r="D461" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
       <c r="E461" s="2">
-        <v>45656</v>
+        <v>45680</v>
       </c>
     </row>
     <row r="462">
       <c r="A462">
-        <v>3158</v>
+        <v>3196</v>
       </c>
       <c r="B462">
         <v>2024</v>
       </c>
-      <c r="C462" t="s">
-        <v>405</v>
+      <c r="C462" t="inlineStr">
+        <is>
+          <t>Servizio di supporto all'attività contabile relativa alla gestione commissariale di cui all'Accordo di programma concernente gli interventi di mitigazione del rischio idrogeologico da effettuare nel territorio della Regione Lazio, e la relativa contabilità speciale. Liquidazione a favore della Dott.ssa Paola Parroni. CIG B1392B375A</t>
+        </is>
       </c>
       <c r="D462" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="E462" s="2">
-        <v>45656</v>
+        <v>45680</v>
       </c>
     </row>
     <row r="463">
       <c r="A463">
-        <v>3157</v>
+        <v>3195</v>
       </c>
       <c r="B463">
         <v>2024</v>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>Adesione Convenzione CONSIP ID 2556 per l'affidamento dei Servizi di Posta Elettronica Certificata (PEC) e servizi di Recapito Certificato, CIG 9774270EC1 tra la Regione Lazio e INFOCERT S.P.A. in esito all'aggiudicazione della gara a procedura aperta ai sensi del d.lgs. 50/2016 e s.m.i., Impegno pluriennale di spesa a favore di INFOCERT S.P.A. (codice creditore 234849) dell'importo complessivo di euro 147.945,88 IVA inclusa, esercizi finanziari dal 2025-2028, sul capitolo di bilancio regionale U0000S25904. Impegno compl. € 1.386,18 sul cap. U0000S25904 ai sensi dell'art. 113 del D.Lgs. n. 50/2016 in fav. del "Fondo incentivi ex art.383 sexies R.R. n.1/2002" (cod. cred.176734) e relativi accert. sui cap. in entrata E0000341559-E0000341562- E0000341563 CIG Derivato B46561CE2F.</t>
+          <t>L.R. 55/1984 - D.lgs. 36/2023. Comune di Bomarzo (VT). Intervento di somma urgenza in Via Teverina - Impegno di spesa complessivo di € 343.314,81 sul Cap. U0000E46551 a favore dell'Impresa EUROSTRADE S.r.l. - Esercizio 2024. CUP: F39J24000440002 - CIG: B2DAED74C1</t>
         </is>
       </c>
       <c r="D463" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="E463" s="2">
-        <v>45656</v>
+        <v>45680</v>
       </c>
     </row>
     <row r="464">
       <c r="A464">
-        <v>3156</v>
+        <v>3194</v>
       </c>
       <c r="B464">
         <v>2024</v>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs 36/2023, del servizio di incarico professionale per servizi tecnici attinenti all’architettura e all’ingegneria: COLLAUDO TECNICO AMMINISTRATIVO E STATICO IN CORSO D'OPERA E FINALE AI SENSI DELL’ART.116, D. LGS. N. 36/2023 E DEGLI ARTT. DAL 13 AL 30 DELL’ALLEGATO II.14, SEZIONE III DEL D. LGS. N. 36/2023, dell’intervento denominato “Ripristino e realizzazione di scivoli di alaggio di soccorso per la sicurezza della navigazione e della fruizione fluviale”&amp;nbsp;</t>
-[...3 lines deleted...]
-        <v>408</v>
+          <t>L.R. 55/1984 - D.lgs. 50/2016. Comune Itri (LT) - Lavori di somma urgenza per l'eliminazione del pericolo per la pubblica e privata incolumità causato da fenomeni franosi lungo la strada comunale via 8 Marzo. Presa d'atto della Contabilità finale e del certificato di regolare esecuzione lavori - Liquidazione della rata di saldo sul Cap. U0000E46551 a favore dell'Impresa Lombardi Benedetto S.r.l. - Esercizio 2024. CUP: F17H23001460002 - CIG: 9822365803.</t>
+        </is>
+      </c>
+      <c r="D464">
+        <v>9822365803</v>
       </c>
       <c r="E464" s="2">
-        <v>45656</v>
+        <v>45680</v>
       </c>
     </row>
     <row r="465">
       <c r="A465">
-        <v>3155</v>
+        <v>3193</v>
       </c>
       <c r="B465">
         <v>2024</v>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento del servizio di manutenzione delle apparecchiature elettromedicali in uso presso le Aziende Sanitarie della Regione Lazio – Seconda edizione</t>
+          <t>L.R. 55/1984 - D.lgs. 36/2023. Comune di Roma. Intervento di somma urgenza per il ripristino del funzionamento dell'impianto idrovoro di Pratolungo in Roma, manomesso a seguito di furto dei cavi elettrici. Presa d'atto della Contabilità finale e del certificato di regolare esecuzione lavori - Liquidazione della rata di saldo sul Cap. U0000E46551 a favore dell'Impresa G.T.A. S.r.l. ed a favore di Costruire Energie S.r.l.-Esercizio 2024. CUP:F88H24000090002 - CIG: A050892D72- CIG: A0513CE2CF</t>
         </is>
       </c>
       <c r="D465" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="E465" s="2">
-        <v>45653</v>
+        <v>45680</v>
       </c>
     </row>
     <row r="466">
       <c r="A466">
-        <v>3154</v>
+        <v>3192</v>
       </c>
       <c r="B466">
         <v>2024</v>
       </c>
       <c r="C466" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio - Tranche 17, nell'ambito del bando SDAPA Consip per la fornitura di prodotti farmaceutici destinato al fabbisogno delle Aziende Sanitarie della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara.</t>
+          <t>Consulenza Tecnica di Parte per la Regione Lazio – CTP Fascicolo n. 156-1/2019 - ricorso in riassunzione presso il Tribunale Regionale delle Acque Pubbliche - per i lavori di ripristino della officiosità idraulica del fosso di Pratolungo, compresa la manutenzione straordinaria dell'alveo e la costituzione di opportune opere di accumulo e laminazione delle piene. II Lotto. CIG: B29124F03A.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D466" t="s">
-        <v>6</v>
+        <v>416</v>
       </c>
       <c r="E466" s="2">
-        <v>45653</v>
+        <v>45680</v>
       </c>
     </row>
     <row r="467">
       <c r="A467">
-        <v>3153</v>
+        <v>3191</v>
       </c>
       <c r="B467">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>Gara europea a procedura aperta, suddivisa in 8 lotti, finalizzata alla stipula di convenzioni quadro, per la fornitura di cancelleria e toner, cartucce a getto d'inchiostro, materiale di consumo accessorio per le Amm.ni aventi sede sul territorio della Regione Lazio e della Regione Umbria. Impegno di spesa di € 880,00 sul Cap. U0000T19427 a favore dell'A.N.A.C. es. fin. 2024. Impegno di spesa complessivo di € 2.068,00 sul Cap. U0000S23908 a favore del "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002" es. fin. 2024-2025 e accertamenti di € 1.468,28 sul Cap. di entrata n. E0000341559, di € 299,86 sul Cap. di entrata E0000341562 e di € 299,86 sul Cap. E0000341563 a carico del "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002" es. fin. 2024-2025.</t>
+          <t>Consultazione preliminare di mercato, ai sensi degli articoli 77 e 78 del D.Lgs. n. 36/2023, per la gara centralizzata avente oggetto affidamento del Servizio di Ristorazione per le Aziende Sanitarie della Regione Lazio. Approvazione schema di avviso pubblico e avvio consultazione.</t>
         </is>
       </c>
       <c r="D467" t="s">
-        <v>410</v>
+        <v>6</v>
       </c>
       <c r="E467" s="2">
-        <v>45653</v>
+        <v>45679</v>
       </c>
     </row>
     <row r="468">
       <c r="A468">
-        <v>3152</v>
+        <v>3190</v>
       </c>
       <c r="B468">
         <v>2024</v>
       </c>
       <c r="C468" t="inlineStr">
         <is>
-          <t>Procedura aperta sopra soglia, ai sensi dell'art. 71 d.lgs. n. 36/23, per l'affidamento della gestione di 3 centri antiviolenza e di 3 case rifugio per donne vittime di violenza. Indizione e approvazione atti di gara. CUP S80143490581202400037.</t>
+          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lett. a), del D.Lgs. 18 aprile 2016, n. 50, di un incarico professionale per assistenza archeologica durante i lavori di manutenzione per un tratto di tubazione dello scarico delle acque reflue e posa di nuova distribuzione idrica presso la Cooperativa agricola Sant'lppolito Isola Sacra a.r.l. - Fiumicino (RM), loc. Isola Sacra, via Val Sarca, 51, e presso Via Salvatore Ottolenghi. Modifica del quadro economico approvato con Determinazione Dirigenziale n. G04952 del 29/04/2024.Impegno di spesa sul Capitolo U0000S21900 del Bilancio della Regione Lazio, es. fin. 2024, per complessivi euro 36.160,80 a favore al Dott. Stefano Buonaguro.</t>
         </is>
       </c>
       <c r="D468" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="E468" s="2">
-        <v>45649</v>
+        <v>45678</v>
       </c>
     </row>
     <row r="469">
       <c r="A469">
-        <v>3151</v>
+        <v>3189</v>
       </c>
       <c r="B469">
         <v>2024</v>
       </c>
       <c r="C469" t="inlineStr">
         <is>
-          <t>Determina a contrarre (art. 17 d.lgs. n. 36/23) per l'indizione di una procedura aperta sopra soglia per l'affidamento della gestione di 3 centri antiviolenza e di 3 case rifugio per donne vittime di violenza. Durata affidamento 24 mesi. Nomina RUP e gruppo di lavoro. Prenotazione impegno di spesa a creditori diversi (3805) per complessivi €1.575.000,00 sul cap. U0000H41976 es. fin. 2025-2026-2027. Impegno di spesa in favore di ANAC (cod. cred. 159683) di €660,00 sul cap. U0000T19427 es. fin. 2024. Impegno di spesa per complessivi € 16.500,00 sul cap. H000041976 a favore del fondo incentivi, di cui € 11.022,00 es. fin. 2024-25-26-27 con accertamento sul cap. E0000341559, € 2.739,00, es. fin. 2024- 25-26-27 con accertamento sul cap. E0000341562, ed € 2.739,00 es. fin. 24-25-26-27, con accertamento sul cap. E0000341563 - CUI S80143490581202400037.</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, per la stipula di un Accordo Quadro per servizi di architettura e ingegneria strutturale su beni immobili di proprietà o in uso alla Regione Lazio. Impegno di spesa sul Capitolo U0000S21909 del Bilancio della Regione Lazio, ess. finn. 2024-2025 per complessivi € 38.064,00 a favore dell'Ing. Michele Carini.</t>
         </is>
       </c>
       <c r="D469" t="s">
-        <v>6</v>
+        <v>418</v>
       </c>
       <c r="E469" s="2">
-        <v>45649</v>
+        <v>45678</v>
       </c>
     </row>
     <row r="470">
       <c r="A470">
-        <v>3150</v>
+        <v>3188</v>
       </c>
       <c r="B470">
         <v>2024</v>
       </c>
       <c r="C470" t="inlineStr">
         <is>
-          <t>Procedura negoziata, ai sensi ai sensi dell'art. 50 comma 1 lettera d) del Dlgs 36/2023, per l'affidamento dei lavori afferenti "Completamento della fase finale dell'intervento di bonifica della ex discarica abusiva in via Donegani, loc. Lunghezza e sistemazione finale dell'area</t>
+          <t>Convenzione tra Regione Lazio e SIAE per il pagamento dei diritti di esecuzione musicale in occasione di manifestazioni culturali e ricreative organizzate dai centri anziani del Lazio nel corso del 2024. Impegno di spesa per la somma di euro 61.000,00 sul capitolo di bilancio U0000R31920, a favore della Società Italiana Autori ed Editori (SIAE) - Esercizio finanziario 2024</t>
         </is>
       </c>
       <c r="D470" t="s">
         <v>6</v>
       </c>
       <c r="E470" s="2">
-        <v>45649</v>
+        <v>45678</v>
       </c>
     </row>
     <row r="471">
       <c r="A471">
-        <v>3149</v>
+        <v>3187</v>
       </c>
       <c r="B471">
         <v>2024</v>
       </c>
       <c r="C471" t="inlineStr">
         <is>
-          <t>Prog. Reg. di int. per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana-Fondo per la Prog. di Opere Pubbliche–Aff. diretto dei servizi relativi servizio di progettazione dell’int di “Ripascimento protetto da barriera e pennelli in loc. Fregene Nord nel comune di Fiumicino – I stralcio” – Impegno di € 125.617,63 a favore di Interprogetti S.r.l. (cod. Cred. 198816) sul cap. U0000C12170 – Impegno di € 1.394,26 a favore del “Fondo incentivi ex art. 383 sexies R.R. N. 1/2002” (cod. Cred. 176734) sul cap. U0000C12170 – Acc. per € 1.394,26 al “Fondo incentivi ex art. 383 sexies R.R. N. 1/2002” (cod. Cred. 176734) sul cap. E0000341560 - Impegno di € 35,00 all’Autorità nazionale anticorruzione (cod. cred. 159683) sul cap.U0000T19427 – Es fin 2024; CUP: F12B23000350001 - CIG: B3EAF69F88</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, per l'espletamento dell'incarico professionale della pratica catastale di frazionamento terreni di Casal del Selce a Roma, finalizzato al riordino catastale delle particelle 63/p,67,68,69,70,71,190 Foglio 325 sez. D del comune di ROMA. Impegno di spesa sul Capitolo U0000S21909 del Bilancio della Regione Lazio, es. fin. 2024 per complessivi euro 1.015,04 a favore dell'Arch. Mauro Fulvi. CIG: B4A1DD76E2</t>
         </is>
       </c>
       <c r="D471" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="E471" s="2">
-        <v>45646</v>
+        <v>45678</v>
       </c>
     </row>
     <row r="472">
       <c r="A472">
-        <v>3148</v>
+        <v>3186</v>
       </c>
       <c r="B472">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>Programma Regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana - Fondo per la Progettazione di Opere Pubbliche - Affidamento diretto dei servizi di supporto al Rup per la verifica della Progettazione Esecutiva del Progetto dell’intervento di “Ricarica delle scogliere esistenti in località Capo D’Anzio (RM)” – Perfezionamento della prenotazione d’impegno n. 1684/2024 per € 29.290,88 a favore di SEACON SRL (cod. Cred. 123589) - Es. Fin. 2024; CUP: F82B21000030005 – CIG B42BD81907</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione della iniziativa: "Il Mare d'Inverno" XXXIV edizione. Impegno di spesa in favore dell'Ass.ne Fare Verde Onlus (cod. cred. 44317) di € 8.540,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B52BE96DE6</t>
         </is>
       </c>
       <c r="D472" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="E472" s="2">
-        <v>45646</v>
+        <v>45678</v>
       </c>
     </row>
     <row r="473">
       <c r="A473">
-        <v>3147</v>
+        <v>3185</v>
       </c>
       <c r="B473">
         <v>2024</v>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>Servizio di monitoraggio ambientale previsto ai sensi del DM 173/2016, dell’intervento di “Riqualificazione della scogliera sommersa e ripascimento in loc. Santa Severa (Santa Marinella – RM)</t>
+          <t>Adesione all'Accordo Quadro ex art. 54, comma 3, del D.lgs. n. 50/2016, suddiviso in 8 lotti, per l'affidamento di servizidi supporto alla Digital Transformation per la PA - Ed. 2 (ID 2536) - Lotto 1: Strategia della Trasformazione Digitale (CIG: 9853648F8D). Impegno di spesa compl. di € 975.687,68 comprensivo di IVA, sul capitolo U0000S25904, in favore di Intellera Consulting S.p.A. (cod. cred. 191021). Impegno compl. € 5.982,08 sul cap. U0000S25904 ai sensi dell'art. 113 del D.Lgs. n. 50/2016 in favore del "Fondo incentivi ex art.383 sexies R.R. n.1/2002" (cod. cred.176734) e relativi accertamenti sui capitoli in entrata E0000341559-E0000341562-E0000341563. Approvazione schema di contratto, Piano Operativo, nomina RUP, DEC e definizione del gruppo di lavoro. Esercizi finanziari 2024-2026. CIG derivato B2BB444AF3. CUP F89I24001310002.</t>
         </is>
       </c>
       <c r="D473" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="E473" s="2">
-        <v>45646</v>
+        <v>45677</v>
       </c>
     </row>
     <row r="474">
       <c r="A474">
-        <v>3146</v>
+        <v>3184</v>
       </c>
       <c r="B474">
         <v>2024</v>
       </c>
-      <c r="C474" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C474" t="s">
+        <v>422</v>
       </c>
       <c r="D474" t="s">
         <v>6</v>
       </c>
       <c r="E474" s="2">
-        <v>45646</v>
+        <v>45677</v>
       </c>
     </row>
     <row r="475">
       <c r="A475">
-        <v>3145</v>
+        <v>3183</v>
       </c>
       <c r="B475">
         <v>2024</v>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, dell'incarico professionale di redazione di uno studio di fattibilità per lo sviluppo di un sistema di trasposto aereo a guida autonoma supportato da un sistema distribuito per aree per il decollo verticale. Impegno di spesa sul Capitolo U0000D41928 del Bilancio della Regione Lazio, es. fin. 2024, per complessivi euro 30.298,94 a favore dell'Avv. G M ... OMISSIS, con studio in Roma, Via di Grottarossa n. 50, C.F. ... OMISSIS ..., P.IVA ... OMISSIS ... C.I.G: B42715E48D&amp;nbsp;</t>
+          <t>PNRR Missione 1 - Componente 1 - Investimento 1.3 M1C1I1.3S1.3.1 DATI E INTEROPERABILITA' - PIATTAFORMA NAZIONALE DIGITALE DEI DATI - Deliberazione della Giunta Regionale n. 990 del 29 dicembre 2023, affidamento ai sensi dell'art. 7 del D.Lgs. n. 36/2023, alla Società LAZIOcrea S.p.A. (cod. creditore 164838) e impegni di spesa pari ad euro 117.120,00 sul capitolo U0000S25106 e pari ad euro 172.020,00 sul capitolo U000026110 - CUP F51F23001270006. C.I.G. n. B2BD2F5EBF. Esercizio finanziario 2024.</t>
         </is>
       </c>
       <c r="D475" t="s">
-        <v>415</v>
+        <v>423</v>
       </c>
       <c r="E475" s="2">
-        <v>45646</v>
+        <v>45677</v>
       </c>
     </row>
     <row r="476">
       <c r="A476">
-        <v>3144</v>
+        <v>3182</v>
       </c>
       <c r="B476">
         <v>2024</v>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, dell'incarico professionale di redazione di uno studio di fattibilità per lo sviluppo di un sistema di trasporto pubblico fluviale nel bacino del Tevere, nel tratto di competenza della Regione Lazio. &amp;nbsp;Impegno di spesa sul Capitolo U0000D41928 del Bilancio della Regione Lazio, es. fin. 2024, per complessivi euro 30.451,20 a favore dell'Avv. A.C. ... OMISSIS ..., con studio in Roma, Via Ezio n. 36, C.F ... OMISSIS ..., P.IVA ... OMISSIS .... &amp;nbsp;C.I.G: B42713EA23.&amp;nbsp;</t>
+          <t>Accertamento pari ad euro 1.773.876,00 sul capitolo di entrata E0000229183 (Titolo e Tipologia 2.01.01, P.d.C. 2.01.01.01.003) esercizio finanziario 2024, e di euro 600.000,00 sul capitolo di entrata E0000439132 (Titolo e Tipologia 4.02.00, P.d.C. 4.02.01.01.003), a carico della Presidenza del Consiglio dei Ministri (cod. deb. 4761), ENTRATE DERIVANTI DAL PNRR - DPCM N. 175-4/2022 - M1C1I1.3S1.3.1 DATI E INTEROPERABILITA' - PIATTAFORMA NAZIONALE DIGITALE DEI DATI - CUP F51F23001270006. Esercizio finanziario 2024.</t>
         </is>
       </c>
       <c r="D476" t="s">
-        <v>416</v>
+        <v>6</v>
       </c>
       <c r="E476" s="2">
-        <v>45646</v>
+        <v>45677</v>
       </c>
     </row>
     <row r="477">
       <c r="A477">
-        <v>3143</v>
+        <v>3181</v>
       </c>
       <c r="B477">
         <v>2024</v>
       </c>
       <c r="C477" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, dell'incarico professionale di redazione di uno studio di fattibilità per la istituzione di società "in house" preposta all'emissione dei titoli di viaggio per il Trasporto Pubblico Locale Regionale ed al monitoraggio successivo dell'uso dei titoli stessi. &amp;nbsp;Impegno di spesa sul Capitolo U0000D41928 del Bilancio della Regione Lazio, es. fin. 2024, per complessivi euro 29.233,15 a favore dell'Avv. D.R. ... OMISSIS ..., con studio in Roma, Via Caterina Troiani n. 278, C.F. &amp;nbsp; ... OMISSIS ..., P.IVA &amp;nbsp;... OMISSIS .... &amp;nbsp;C.I.G: B426166706.&amp;nbsp;</t>
+          <t>Affidamento diretto su S.TEL.LA, ai sensi dell'art. 50, comma 1, lett. b) del d.lgs. 36/2023 dei servizi tecnico-amministrativi per valutazione preliminare procedura di valorizzazione dell' "ex Colonia marina" sita nel Comune di S. Marinella (Rm), in località S. Severa, e di strutturazione, valutazione e realizzazione dell'intervento mediante un contratto di partenariato pubblico-privato. Impegno di € 144.692,00 iva compresa in favore della società Cantierabili srl (cod. cred. 251824) es. fin. 2024/2025/2026 - Cap. U0000S21909 - CIG B43CB05256. Impegno di spesa di € 35,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC.</t>
         </is>
       </c>
       <c r="D477" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="E477" s="2">
-        <v>45646</v>
+        <v>45677</v>
       </c>
     </row>
     <row r="478">
       <c r="A478">
-        <v>3142</v>
+        <v>3180</v>
       </c>
       <c r="B478">
         <v>2024</v>
       </c>
       <c r="C478" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione del convegno "Ripartenza famiglia: l'esempio delle iniziative legislative del Lazio" che si terrà a Roma il 19 dicembre 2024. Impegno di spesa in favore del Comitato per la Pubblica Agenda Sussidiaria e Condivisa Ditelo sui Tetti (MT 10,27) (cod. cred. 252041) di € 12.200,00 Iva inclusa sul capitolo U0000R31902, nell'esercizio finanziario 2024. CIG: B49461170B</t>
+          <t>Affidamento diretto su S.TEL.LA, ai sensi dell'art. 50, comma 1, lett. a) del d.lgs. 36/2023 degli interventi di messa in sicurezza dell'"ex Colonia marina" sita nel Comune di S. Marinella (Rm), in località S. Severa, Impegno di euro 111.361,36 iva compresa in favore della società Assisi Green Building srls (cod. cred. 251831) es. fin. 2024/2025 - Cap. U0000S21909 - CIG B44D815BE6. Impegno di spesa di € 35,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC.</t>
         </is>
       </c>
       <c r="D478" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="E478" s="2">
-        <v>45643</v>
+        <v>45677</v>
       </c>
     </row>
     <row r="479">
       <c r="A479">
-        <v>3141</v>
+        <v>3179</v>
       </c>
       <c r="B479">
         <v>2024</v>
       </c>
       <c r="C479" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di servizio di visibilità e promozione di immagine per la Regione Lazio, in occasione dell'iniziativa "Giovani generazioni contro cyberbullismo e cyber risk per la cittadinanza digitale" - province della Regione Lazio, 12 - 13 - 16 -17 e 18 dicembre 2024. Impegno di spesa in favore del MOIGE (Cod. Cred. 89115). Impegno di spesa di € 35.380,00 IVA inclusa sul capitolo U0000R31902, nell'esercizio finanziario 2024. CIG: B499083634.</t>
+          <t>Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, tramite piattaforma telematica S.TEL.LA - mercato elettronico della Regione Lazio (Me.La), incarico per espletamento servizi tecnico-amministrativi per adesione al Gruppo di certificazione della gestione forestale sostenibile "Monti cimini e altri comprensori forestali della Regione Lazio". Approvazione schema di contratto ed impegno di spesa di euro 12.028,22 (iva inclusa) sul capitolo U0000E23913 a favore della dott.ssa Elena Mingarelli (cod. cred. 251764), esercizi finanziari 2025-2026. Cig: B42339364C.</t>
         </is>
       </c>
       <c r="D479" t="s">
-        <v>419</v>
+        <v>426</v>
       </c>
       <c r="E479" s="2">
-        <v>45643</v>
+        <v>45677</v>
       </c>
     </row>
     <row r="480">
       <c r="A480">
-        <v>3140</v>
+        <v>3178</v>
       </c>
       <c r="B480">
         <v>2024</v>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di visibilità e promozione della Regione Lazio in occasione delle iniziative di presentazione dei libri "Liberi pensieri. Insoliti haiku per Roma" - Roma,12 dicembre 2024 e "Cuori nascosti" - Civitavecchia, 22 dicembre 2024. Impegno di spesa in favore della Prospettiva Editrice sas di Patti Francesca &amp;amp; C. (cod. cred. 251940) di € 5.000,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B4803B8490.&amp;nbsp;</t>
+          <t>Contratto di servizio sottoscritto in data 14.01.2014 tra la Regione Lazio e Laziomar S.p.A. per l'affidamento dei servizi pubblici di cabotaggio marittimo di collegamento con le isole dell'arcipelago pontino, avente durata di dieci anni. Proroga dal 01/01/2025 al 14/01/2025 agli stessi prezzi, patti e condizioni, secondo quanto previsto dall'art. 2 del contratto di servizio medesimo, in attuazione della DGR N. 1036 del 03/12/2024.</t>
         </is>
       </c>
       <c r="D480" t="s">
-        <v>420</v>
+        <v>6</v>
       </c>
       <c r="E480" s="2">
-        <v>45643</v>
+        <v>45677</v>
       </c>
     </row>
     <row r="481">
       <c r="A481">
-        <v>3139</v>
+        <v>3177</v>
       </c>
       <c r="B481">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C481" t="inlineStr">
         <is>
-          <t>Procedura aperta per l'affidamento del servizio di noleggio e manutenzione di n. 110 erogatori d'acqua naturale e frizzante allacciati alla rete idrica presso le sedi della Regione Lazio.</t>
+          <t>Adesione all'AQ ex art. 59 comma 4, del D.lgs. n. 36/2023, lotto 1, per l'affidamento avente ad oggetto Servizi Applicativi in ottica Cloud e Servizi di Demand e PMO per le Pubbliche Amministrazioni Locali (PAL) (ed. 3) - ID 2610 &amp;nbsp;(CIG: A02590F330). Imp. di spesa compl. di € 899.445,00 IVA incl., sul cap. U0000S25904, in fav. di IBM Italia spa (cod. cred. 1977)in qualità di mandataria dell'RTI.. Imp. compl. € 5.514,62 sul cap. U0000S25904 ex art. 45 del D.Lgs. n. 36/2023 in fav. del "Fondo incentivi ex art.383 sexies R.R. n.1/2002" (cod. cred.176734) e relat. accert. &amp;nbsp;sui cap. in entr. E0000341559-E0000341562-E0000341563. Approv. Schema di contratto, Piano Op., nomina RUP, DEC e definizione del gruppo di lav. Es. fin. 2025, 2026 e 2027. CIG deriv. B52A3EAB42 CUP F81F24000830002</t>
         </is>
       </c>
       <c r="D481" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="E481" s="2">
-        <v>45639</v>
+        <v>45677</v>
       </c>
     </row>
     <row r="482">
       <c r="A482">
-        <v>3138</v>
+        <v>3176</v>
       </c>
       <c r="B482">
         <v>2024</v>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione della iniziativa: "Il Villaggio di Natale del Giubileo" - Civitavecchia (RM), 8 - 29 dicembre 2024. Impegno di spesa in favore della Associazione Culturale P.A.U.I. Eventi &amp;amp; Fiere di € 18.300,00 Iva inclusa sul capitolo U0000R31902, nell'esercizio finanziario 2024. CIG: B492511B87</t>
+          <t>Affidamento ai sensi dell'art. 50, comma 1, lett. b) del d.lgs 36/2023 del servizio di "Aggiornamento dello stato qualitativo delle acque sotterranee e gestione dell'impianto di messa in sicurezza del sito Caffaro Chetoni Fenilglicina"</t>
         </is>
       </c>
       <c r="D482" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="E482" s="2">
-        <v>45638</v>
+        <v>45672</v>
       </c>
     </row>
     <row r="483">
       <c r="A483">
-        <v>3137</v>
+        <v>3175</v>
       </c>
       <c r="B483">
         <v>2024</v>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>Campagna di comunicazione istituzionale per il Villaggio di Natale presso il Castello di Santa Severa. Impegno di spesa complessivo di € 48.238,80 (IVA inclusa) a creditori vari. Capitolo di bilancio U0000R31902 - Es. Fin. 2024.&amp;nbsp;</t>
-[...5 lines deleted...]
-        </is>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del d.lgs 36/2023, del servizio di analisi del contesto normativo ARERA e Regionale, coordinamento con ARERA e con i soggetti gestori degli impianti minimi per l'individuazione della soluzione regolatoria per il periodo transitorio e la eterointegrazione</t>
+        </is>
+      </c>
+      <c r="D483" t="s">
+        <v>429</v>
       </c>
       <c r="E483" s="2">
-        <v>45638</v>
+        <v>45672</v>
       </c>
     </row>
     <row r="484">
       <c r="A484">
-        <v>3136</v>
+        <v>3174</v>
       </c>
       <c r="B484">
         <v>2024</v>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>Rifacimento pavimentazione in Sinistra idraulica della banchina nel tratto del Fiume Tevere da Ponte Testaccio all'area archeologica Soprintendenza in comune di Roma (RM)</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del d.lgs 36/2023, del servizio , del servizio di supporto per la validazione dei pef 2024-2025 dei gestori degli impianti in applicazione del metodo tariffario rifiuti (MTR-2 ARERA)&amp;nbsp;</t>
         </is>
       </c>
       <c r="D484" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
       <c r="E484" s="2">
-        <v>45637</v>
+        <v>46007</v>
       </c>
     </row>
     <row r="485">
       <c r="A485">
-        <v>3135</v>
+        <v>3173</v>
       </c>
       <c r="B485">
         <v>2024</v>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>D.G.R. n. 311 del 24/05/2022. Intervento cod. Rendis 12IR009/CI "Lavori straordinari di manutenzione dell'alveo del fiume Tronto nel Comune di Amatrice". CUP: F77H21007280005</t>
+          <t>Affidamento diretto ai sensi dell'art. 50 comma 1 lettera b) del Dlgs 36/2023 del servizio di Coordinamento per la Sicurezza in fase di Esecuzione, per l'Applicativo n.1, dell'intervento di "Servizio di Messa in Sicurezza e Caratterizzazione ambientale per il sito "ex discarica Le Lame", S.I.N. Bacino del fiume Sacco, nel comune di Frosinone (FR)."</t>
         </is>
       </c>
       <c r="D485" t="s">
-        <v>424</v>
+        <v>431</v>
       </c>
       <c r="E485" s="2">
-        <v>45637</v>
+        <v>45672</v>
       </c>
     </row>
     <row r="486">
       <c r="A486">
-        <v>3134</v>
+        <v>3172</v>
       </c>
       <c r="B486">
         <v>2024</v>
       </c>
       <c r="C486" t="inlineStr">
         <is>
-          <t>Ades. all'AQ ex art. 54, comma 3, del D.lgs. n. 50/2016, sudd. in 2 lotti, per l'affid. di serv. di sicur. da remoto, di compliance e controllo per le PA - ID 2296 - Lotto 2: Serv. di Compl.e e Contr. PA Locali (CIG: 8884642E81), prog. Vulnerability Assessment Privacy. Imp. di spesa compl. di € 183.018,30 IVA incl., sul cap. U0000S25904, in fav. di Deloitte Risk Advisory S.r.l. (cod. cred. 247471). Imp. di € 1.220,12 sul cap. U0000S25904, per contr. ex art. 18, comma 3, D.Lgs. 177/2009, in fav. di Consip SpA (144527). Imp. compl. € 1.714,78 sul cap. U0000S25904 ex art. 113 del D.Lgs. n. 50/2016 in fav. del "Fondo incentivi ex art.383 sexies R.R. n.1/2002" (cod. cred.176734) e relat. accert. sui cap. in entr. E0000341559-E0000341562- E0000341563. Approv. Sch. di contr., Piano Op., nom. RUP, DEC e definiz. del gruppo di lav. Es. fin. 2024 - 2025. CIG deriv. B35B788108. CUP F89I24001640002.</t>
+          <t>PNRR Misura 1.7.2 "Reti di facilitazione digitale- Regione Lazio". Adesione alla convenzione Consip "PC Desktop, Workstation e Monitor 3" lotto 5 Personal Computer All-in-one da 23,8" o da 27" CIG: 9824002EE6. Somma complessiva di € 63.625,44 IVA inclusa. Impegno di spesa di € 37.795,44 IVA inclusa, cap. spesa U0000S26109 in favore di ITALWARE SRL (cod. cred. n. 198845), Es. Fin. 2024. Perfezionamento prenotazione di € 25.830,00 IVA inclusa (rif. boll. n. 2495/2024), cap. spesa U0000S26109 in favore di ITALWARE SRL (cod. cred. n. 198845), Es. Fin. 2024. CIG Derivato: B498EB9C3E, CUP: F89I22002660006, CODICE INTERVENTO MIR: I202300781.</t>
         </is>
       </c>
       <c r="D486" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="E486" s="2">
-        <v>45637</v>
+        <v>45672</v>
       </c>
     </row>
     <row r="487">
       <c r="A487">
-        <v>3133</v>
+        <v>3171</v>
       </c>
       <c r="B487">
         <v>2024</v>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>Impegno di spesa per il fondo incentivi quota parte fabbisogno ASL relativo alla gara a procedura aperta suddivisa in 4 lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi di facchinaggio e trasloco, per le Strutture Regionali, gli Enti S.S.R., gli Enti Locali e le altre Amministrazioni Pubbliche del territorio della Regione Lazio - Edizione 2. Impegno di € 29.184,16 € sul cap. U0000H11727 e accertamento per importo di € 29.184,16 sul cap. E0000341560 al Fondo incentivi ex art. 383 sexies R.R. n.1/2002, es. fin. 2024 - 2025</t>
+          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento del servizio di consulenza assicurativa e brokeraggio per le Aziende Sanitarie della Regione Lazio a Lotto unico. Approvazione atti di gara e indizione procedura.</t>
         </is>
       </c>
       <c r="D487" t="s">
-        <v>6</v>
+        <v>433</v>
       </c>
       <c r="E487" s="2">
-        <v>45636</v>
+        <v>45666</v>
       </c>
     </row>
     <row r="488">
       <c r="A488">
-        <v>3132</v>
+        <v>3170</v>
       </c>
       <c r="B488">
         <v>2024</v>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>Determina a contrarre ai sensi dell'art. 71 D.Lgs. n. 36/2023, indizione, approvazione atti e autorizzazione all'espletamento della Procedura aperta, suddivisa in 4 lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi di facchinaggio e trasloco, per le Strutture Regionali, gli Enti S.S.R., gli Enti Locali e le altre Amministrazioni Pubbliche del territorio della Regione Lazio - Edizione 2. Impegno di spesa di € 880,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683) Es. Fin. 2024. Impegno complessivo di € 14.215,09 sul Cap. U0000S23429, (Cod. Cred. 176734) e relativi accertamenti per € 14.215,09 di cui € 10.092,71 sul Cap. E0000341559, € 2.061,19 sul Cap. E0000341562 e € 2.061,19 sul Cap. E0000341563 al fondo incentivi ex art. 383 sexies R.R. 1/2002, (Cod. Cred. 176734) Es. Fin. 2024-2025.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento della fornitura di sistemi per prelievo ematico sottovuoto e dispositivi di raccolta campione occorrenti alle Aziende Sanitarie della Regione Lazio suddivisa in 3 Lotti. Impegno di spesa a favore dell’Autorità Nazionale Anticorruzione di € 880,00 sul capitolo U0000T19427 Es.Fin. 2024. Sostituzione RUP, approvazione atti di gara e indizione procedura.</t>
         </is>
       </c>
       <c r="D488" t="s">
-        <v>6</v>
+        <v>434</v>
       </c>
       <c r="E488" s="2">
-        <v>45636</v>
+        <v>45666</v>
       </c>
     </row>
     <row r="489">
       <c r="A489">
-        <v>3131</v>
+        <v>3169</v>
       </c>
       <c r="B489">
         <v>2024</v>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>"Campagna di comunicazione contro la violenza sulle donne" - Affidamento del servizio per la realizzazione di una campagna di comunicazione istituzionale della Regione Lazio. Impegno di spesa complessivo di € 268.475,03 (IVA inclusa) a creditori vari. Capitolo di bilancio U0000R31902 - Es. Fin. 2024.</t>
-[...5 lines deleted...]
-        </is>
+          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura di sistemi diagnostici per la ricerca del sangue occulto nelle feci per le Aziende Sanitarie della Regione Lazio a Lotto unico. Approvazione atti di gara e indizione della procedura.</t>
+        </is>
+      </c>
+      <c r="D489" t="s">
+        <v>435</v>
       </c>
       <c r="E489" s="2">
-        <v>45631</v>
+        <v>45666</v>
       </c>
     </row>
     <row r="490">
       <c r="A490">
-        <v>3130</v>
+        <v>3168</v>
       </c>
       <c r="B490">
         <v>2024</v>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>Avviso pubblico di indagine di mercato per la manifestazione di interesse a partecipare alla procedura negoziata senza pubblicazione di bando, ai sensi dell’art. 50 comma 1 lettera e) del d.lgs. 36/2023 del decreto legislativo 36/2023, per l'affidamento del servizio di “attività idrografiche per rilievi batimetrici e rilievi geofisici (side scan sonar, multibeam, sbp-chirp, sub bottom profiler chirp, spk sparker) nelle aree identificate come “sito di Terracina”, “sito di Anzio” e &amp;nbsp;“sito di Montalto di Castro”</t>
+          <t>Affidamento del servizio per attività di fotoreporter e attività correlate e di videomaker, alla Società MAIM Srl (cod. cred. 251833). Impegno di spesa complessivo di € 124.440,00 (IVA inclusa) sul capitolo di spesa U0000R31906 di cui € 62.220,00 Es. Fin. 2025 e € 62.220,00 Es. Fin. 2026. Impegno di spesa di € 35,00 sul capitolo di spesa U0000T19427 a favore dell'Autorità Nazionale Anticorruzione - ANAC (Codice Creditore n. 159683). CIG: B43823E38C.</t>
         </is>
       </c>
       <c r="D490" t="s">
-        <v>6</v>
+        <v>436</v>
       </c>
       <c r="E490" s="2">
-        <v>45631</v>
+        <v>45665</v>
       </c>
     </row>
     <row r="491">
       <c r="A491">
-        <v>3129</v>
+        <v>3167</v>
       </c>
       <c r="B491">
         <v>2024</v>
       </c>
-      <c r="C491" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C491" t="s">
+        <v>437</v>
       </c>
       <c r="D491" t="s">
-        <v>426</v>
+        <v>33</v>
       </c>
       <c r="E491" s="2">
-        <v>45625</v>
+        <v>45664</v>
       </c>
     </row>
     <row r="492">
       <c r="A492">
-        <v>3128</v>
+        <v>3166</v>
       </c>
       <c r="B492">
         <v>2024</v>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione dell'iniziativa: "Il magico villaggio di Babbo Natale" che si svolgerà ad Aquino (FR) dal 15 al 27 dicembre 2024. Impegno di spesa in favore del Comune di Aquino (cod. cred. 20) di € 10.370,00 Iva inclusa sul capitolo U0000R31902, nell'esercizio finanziario 2024. CIG: B44BCD70C9</t>
+          <t>Affidamento del servizio per attività di videomaker e montatore video, al professionista PARA Benedetta (cod. cred. 248637). Impegno di spesa complessivo di € 80.000,00 (IVA inclusa) sul capitolo di spesa U0000R31906 di cui € 40.000,00 Es. Fin. 2025 e € 40.000,00 Es. Fin. 2026. Impegno di spesa di € 35,00 sul capitolo di spesa U0000T19427 a favore dell'Autorità Nazionale Anticorruzione - ANAC (Codice Creditore n. 159683). CIG: B3F97FFF25.</t>
         </is>
       </c>
       <c r="D492" t="s">
-        <v>427</v>
+        <v>438</v>
       </c>
       <c r="E492" s="2">
-        <v>45625</v>
+        <v>45664</v>
       </c>
     </row>
     <row r="493">
       <c r="A493">
-        <v>3127</v>
+        <v>3165</v>
       </c>
       <c r="B493">
         <v>2024</v>
       </c>
-      <c r="C493" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C493" t="s">
+        <v>439</v>
       </c>
       <c r="D493" t="s">
-        <v>428</v>
+        <v>440</v>
       </c>
       <c r="E493" s="2">
-        <v>45624</v>
+        <v>45660</v>
       </c>
     </row>
     <row r="494">
       <c r="A494">
-        <v>3126</v>
+        <v>3164</v>
       </c>
       <c r="B494">
         <v>2024</v>
       </c>
       <c r="C494" t="inlineStr">
         <is>
-          <t>Programma Regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana - Fondo per la Progettazione di Opere Pubbliche - Affidamento diretto dei servizi relativi servizio di progettazione dell'intervento di "Ripascimento di un tratto del litorale di Ostia Levante dal Canale Pescatori allo Stabilimento "Mariposa" (RM)" - Perfezionamento delle prenotazioni d'impegno n 1683/2024 e n 1684/2024 per € 166.397,77 all'Ing. Andrea Ritossa S.R.L. (cod. Cred. 212321) sul cap.U0000C12170 - Impegno di € 35,00 all'Autorità nazionale anticorruzione (cod. cred. 159683) sul cap.U0000T19427 - Es fin 2024 - CUP: F82B21000030005</t>
-[...3 lines deleted...]
-        <v>429</v>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di Accordi Quadro per la fornitura di guanti monouso per le Aziende Sanitarie della Regione Lazio suddivisa in 16 Lotti. Approvazione atti di gara e indizione della procedura.</t>
+        </is>
+      </c>
+      <c r="D494" t="inlineStr">
+        <is>
+          <t>B50F694EA7; B50F695F7A; B50F696052; B50F697125; B50F6981F8; B50F6992CB; B50F69A39E; B50F69B471; B50F69C544; B50F69D617; B50F69E6EA; B50F69F7BD; B50F6A0890; B50F6A1963; B50F6A2A36; B50F6A3B09</t>
+        </is>
       </c>
       <c r="E494" s="2">
-        <v>45624</v>
+        <v>45659</v>
       </c>
     </row>
     <row r="495">
       <c r="A495">
-        <v>3125</v>
+        <v>3163</v>
       </c>
       <c r="B495">
         <v>2024</v>
       </c>
-      <c r="C495" t="s">
-        <v>430</v>
+      <c r="C495" t="inlineStr">
+        <is>
+          <t>Proroga Noleggio e manutenzione di un plotter per le esigenze del Centro Stampa - per la durata di 6 mesi - Impegno di spesa complessivo di € 2.708,40 IVA compresa</t>
+        </is>
       </c>
       <c r="D495" t="s">
-        <v>431</v>
+        <v>441</v>
       </c>
       <c r="E495" s="2">
-        <v>45621</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="496">
       <c r="A496">
-        <v>3124</v>
+        <v>3162</v>
       </c>
       <c r="B496">
         <v>2024</v>
       </c>
       <c r="C496" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione dell'iniziativa: "Social Football Summit 2024" che si svolgerà a Roma dal 19 al 20 novembre 2024. Impegno di spesa in favore Go Project (cod. cred. 177809) di € 42.700,00 Iva inclusa sul capitolo U0000R31902, nell'esercizio finanziario 2024. CIG: B44AB90ECB</t>
+          <t>Affidamento diretto, ai sensi dell'art 50, comma 1, lettera b), del D.lgs. n. 36/2023 del “Servizio fornito da soggetto esterno all’amministrazione di supporto tecnico nella predisposizione del piano di azione e delle attività conseguenti o correlate, per il progetto europeo InterRevita – Programma Interreg Europe – programmazione 2021-2027 - codice identificativo progetto n.01C0034”- CUP F32B23000520007-CIG: B33713439F</t>
         </is>
       </c>
       <c r="D496" t="s">
-        <v>432</v>
+        <v>442</v>
       </c>
       <c r="E496" s="2">
-        <v>45618</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="497">
       <c r="A497">
-        <v>3123</v>
+        <v>3161</v>
       </c>
       <c r="B497">
         <v>2024</v>
       </c>
       <c r="C497" t="inlineStr">
         <is>
-          <t>"Lavori di raccolta del materiale galleggiante con apposita barriera sul Fiume Tevere in comune di Fiumicino (RM) e sul Fiume Aniene in comune di Roma (RM)".CUP F91G24000390002</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di agenzia creativa. Impegno di spesa in favore KLEOS srl (cod. cred. 252140) di € 47.580,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B4B7491A91</t>
         </is>
       </c>
       <c r="D497" t="s">
-        <v>433</v>
+        <v>443</v>
       </c>
       <c r="E497" s="2">
-        <v>46007</v>
+        <v>45656</v>
       </c>
     </row>
     <row r="498">
       <c r="A498">
-        <v>3122</v>
+        <v>3160</v>
       </c>
       <c r="B498">
         <v>2024</v>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art 50, comma 1, lettera b), del D.lgs. n. 36/2023 per il "Servizio di controllo di primo livello per la verifica e la certificazione delle spese sostenute e da rendicontare per il progetto europeo InterRevita - Programma Interreg Europe - Programmazione 2021-2027. Codice progetto n. 01C0034" - CUP F32B23000520007- CIG: B30B6EF8AC</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di pianificazione campagne promo pubblicitarie. Impegno di spesa in favore BSG srl (cod. cred. 138810) di € 18.300,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2025. CIG: B4BF5A7100</t>
         </is>
       </c>
       <c r="D498" t="s">
-        <v>434</v>
+        <v>444</v>
       </c>
       <c r="E498" s="2">
-        <v>45617</v>
+        <v>45656</v>
       </c>
     </row>
     <row r="499">
       <c r="A499">
-        <v>3121</v>
+        <v>3159</v>
       </c>
       <c r="B499">
         <v>2024</v>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>Determine a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. c) e b), del D.Lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro per gli interventi di riparazione rotture, malfunzionamenti, monitoraggio, controllo delle stazioni di pompaggio, degli acquedotti regionali; manutenzione del Complesso sito in Roma, Piazza Carlo Forlanini n. 1, e per l’incarico di DL, CSP e CSE. Prenotazioni a favore creditori diversi cap. U0000S21900, ess. finn. 2024-2025-2026, di € 427.000,00 per interventi, di € 27.945,51 per DL, CSP e CSE. Impegno di spesa sul cap. U0000S21900 di € 6.537,97 e accertamento di € 6.537,97 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, ess. finn. 2024-2025-2026. Impegno di spesa di € 250,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC.&amp;nbsp;</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione dell'iniziativa: 24^ edizione "Befana In¿ Polizia" in programma a Roma il 29 dicembre 2024. Impegno di spesa in favore dell'Associazione ACAH APS (cod. cred. 252147) di € 6.100,00 Iva inclusa sul capitolo U0000R31902, nell'esercizio finanziario 2024. CIG: B4C183441F&amp;nbsp;</t>
         </is>
       </c>
       <c r="D499" t="s">
-        <v>435</v>
+        <v>445</v>
       </c>
       <c r="E499" s="2">
-        <v>45616</v>
+        <v>45656</v>
       </c>
     </row>
     <row r="500">
       <c r="A500">
-        <v>3120</v>
+        <v>3158</v>
       </c>
       <c r="B500">
         <v>2024</v>
       </c>
-      <c r="C500" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C500" t="s">
+        <v>446</v>
       </c>
       <c r="D500" t="s">
-        <v>436</v>
+        <v>447</v>
       </c>
       <c r="E500" s="2">
-        <v>45616</v>
+        <v>45656</v>
       </c>
     </row>
     <row r="501">
       <c r="A501">
-        <v>3119</v>
+        <v>3157</v>
       </c>
       <c r="B501">
         <v>2024</v>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. a), del D.Lgs. 31 marzo 2023, n. 36, degli interventi per la realizzazione di un sistema di sicurezza integrata presso il complesso di via Campo Romano n. 63, Roma - Edificio A5A - e di un tornello per il varco di accesso assessori in via Cristoforo Colombo n. 212, Roma.Impegno di spesa di euro 11.184,35 sul Capitolo del Bilancio della Regione Lazio U0000S22501, es. fin. 2024, e di euro 29.487,40 sul Capitolo del Bilancio della Regione Lazio U0000S21900, es. fin. 2024, a favore di PROSYSTEM S.R.L.</t>
+          <t>Adesione Convenzione CONSIP ID 2556 per l'affidamento dei Servizi di Posta Elettronica Certificata (PEC) e servizi di Recapito Certificato, CIG 9774270EC1 tra la Regione Lazio e INFOCERT S.P.A. in esito all'aggiudicazione della gara a procedura aperta ai sensi del d.lgs. 50/2016 e s.m.i., Impegno pluriennale di spesa a favore di INFOCERT S.P.A. (codice creditore 234849) dell'importo complessivo di euro 147.945,88 IVA inclusa, esercizi finanziari dal 2025-2028, sul capitolo di bilancio regionale U0000S25904. Impegno compl. € 1.386,18 sul cap. U0000S25904 ai sensi dell'art. 113 del D.Lgs. n. 50/2016 in fav. del "Fondo incentivi ex art.383 sexies R.R. n.1/2002" (cod. cred.176734) e relativi accert. sui cap. in entrata E0000341559-E0000341562- E0000341563 CIG Derivato B46561CE2F.</t>
         </is>
       </c>
       <c r="D501" t="s">
-        <v>6</v>
+        <v>448</v>
       </c>
       <c r="E501" s="2">
-        <v>45616</v>
+        <v>45656</v>
       </c>
     </row>
     <row r="502">
       <c r="A502">
-        <v>3118</v>
+        <v>3156</v>
       </c>
       <c r="B502">
         <v>2024</v>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, dell'incarico di Coordinatore per la Sicurezza in fase di Esecuzione dell'Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria del compendio di Roma, via Cristoforo Colombo n. 212. Impegno di spesa di complessivi euro 11.678,34 sul capitolo U0000S22506, es. fin. 2024, a favore dell'Ing. Vincenzo Americo Nesticò, con studio in Roma, Via Eugenio Checchi n. 51, C.F.: NSTVCN66M28Z404M, P.I.: 10880600589.CIG B344352887.</t>
+          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs 36/2023, del servizio di incarico professionale per servizi tecnici attinenti all’architettura e all’ingegneria: COLLAUDO TECNICO AMMINISTRATIVO E STATICO IN CORSO D'OPERA E FINALE AI SENSI DELL’ART.116, D. LGS. N. 36/2023 E DEGLI ARTT. DAL 13 AL 30 DELL’ALLEGATO II.14, SEZIONE III DEL D. LGS. N. 36/2023, dell’intervento denominato “Ripristino e realizzazione di scivoli di alaggio di soccorso per la sicurezza della navigazione e della fruizione fluviale”&amp;nbsp;</t>
         </is>
       </c>
       <c r="D502" t="s">
-        <v>437</v>
+        <v>449</v>
       </c>
       <c r="E502" s="2">
-        <v>45609</v>
+        <v>45656</v>
       </c>
     </row>
     <row r="503">
       <c r="A503">
-        <v>3117</v>
+        <v>3155</v>
       </c>
       <c r="B503">
         <v>2024</v>
       </c>
       <c r="C503" t="inlineStr">
         <is>
-          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria del compendio di Roma, via Cristoforo Colombo n. 212". Perfezionamento della prenotazione n. 56237/2024 per euro 492 880,00, cap. U0000S22515, es. fin. 2024, a favore di DIEMME DUEMILA S.R.L., con sede in Roma, Vicolo del Casale Rocchi n. 25, C.F. 07103630583, P.IVA 01688091006. CIG B2FE1C2D9A.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento del servizio di manutenzione delle apparecchiature elettromedicali in uso presso le Aziende Sanitarie della Regione Lazio – Seconda edizione</t>
         </is>
       </c>
       <c r="D503" t="s">
-        <v>438</v>
+        <v>450</v>
       </c>
       <c r="E503" s="2">
-        <v>45609</v>
+        <v>45653</v>
       </c>
     </row>
     <row r="504">
       <c r="A504">
-        <v>3116</v>
+        <v>3154</v>
       </c>
       <c r="B504">
         <v>2024</v>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria degli immobili di proprietà della Regione Lazio - 2 Lotti Funzionali. Lotto 2". Perfezionamento delle prenotazioni n. 55528/2024 per euro 106.750,00, n. 4366/2025 per euro 213.500,00, cap. U0000S22501, ess. finn. 2024 -2025, ed impegno di euro 106.750,00 sul cap. U0000S22501, es. fin. 2025, a favore di SERVIZI E APPALTI S.R.L., con sede in Roma, Via Cristoforo Colombo n. 456, C.F./P.IVA 13885581002, variazione in diminuzione di euro di euro 106.750,00 dalla prenotazione n. 55528/2024, cap. U0000S22501, es. fin. 2024, a favore di creditori diversi. CIG B2F2CC7410.</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio - Tranche 17, nell'ambito del bando SDAPA Consip per la fornitura di prodotti farmaceutici destinato al fabbisogno delle Aziende Sanitarie della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara.</t>
         </is>
       </c>
       <c r="D504" t="s">
-        <v>439</v>
+        <v>6</v>
       </c>
       <c r="E504" s="2">
-        <v>45609</v>
+        <v>45653</v>
       </c>
     </row>
     <row r="505">
       <c r="A505">
-        <v>3115</v>
+        <v>3153</v>
       </c>
       <c r="B505">
         <v>2024</v>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria degli immobili di proprietà della Regione Lazio - 2 Lotti Funzionali. Lotto 1". Perfezionamento delle prenotazioni n. 55524/2024 per euro 106.750,00, n. 4362/2025 per euro 213.500,00, cap. U0000S22501, ess. finn. 2024 -2025, ed impegno di euro 106.750,00 sul cap. U0000S22501, es. fin. 2025, a favore di LATER S.R.L., con sede in Roma, Via Salasco n. 1, C.F/ P.IVA 12618631001, variazione in diminuzione di euro di euro 106.750,00 dalla prenotazione n. 55524/2024, cap. U0000S22501, es. fin. 2024, a favore di creditori diversi. CIG B316E8ACC5.</t>
+          <t>Gara europea a procedura aperta, suddivisa in 8 lotti, finalizzata alla stipula di convenzioni quadro, per la fornitura di cancelleria e toner, cartucce a getto d'inchiostro, materiale di consumo accessorio per le Amm.ni aventi sede sul territorio della Regione Lazio e della Regione Umbria. Impegno di spesa di € 880,00 sul Cap. U0000T19427 a favore dell'A.N.A.C. es. fin. 2024. Impegno di spesa complessivo di € 2.068,00 sul Cap. U0000S23908 a favore del "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002" es. fin. 2024-2025 e accertamenti di € 1.468,28 sul Cap. di entrata n. E0000341559, di € 299,86 sul Cap. di entrata E0000341562 e di € 299,86 sul Cap. E0000341563 a carico del "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002" es. fin. 2024-2025.</t>
         </is>
       </c>
       <c r="D505" t="s">
-        <v>440</v>
+        <v>451</v>
       </c>
       <c r="E505" s="2">
-        <v>45609</v>
+        <v>45653</v>
       </c>
     </row>
     <row r="506">
       <c r="A506">
-        <v>3114</v>
+        <v>3152</v>
       </c>
       <c r="B506">
         <v>2024</v>
       </c>
       <c r="C506" t="inlineStr">
         <is>
-          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Accordo Quadro con unico operatore avente ad oggetto gli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà e/o in uso alla Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento. Lotto 2". Perfezionamento delle prenotazioni n. 55387/2024 per euro 106.750,00, n. 4350/2025 per euro 213.500,00, cap. U0000S22501, ess. finn. 2024 -2025, ed impegno di euro 106.750,00 sul cap. U0000S22501, es. fin. 2025, a favore di IPOMAGI s.r.l., con sede in Roma, via Malatesta n. 38/b, C.F. 05182860584, P.IVA 01369051006, variazione in diminuzione di euro di euro 106.750,00 dalla prenotazione n. 55387/2024, cap. U0000S22501, es. fin. 2024, a favore di creditori diversi. CIG B2CA16062E.</t>
+          <t>Procedura aperta sopra soglia, ai sensi dell'art. 71 d.lgs. n. 36/23, per l'affidamento della gestione di 3 centri antiviolenza e di 3 case rifugio per donne vittime di violenza. Indizione e approvazione atti di gara. CUP S80143490581202400037.</t>
         </is>
       </c>
       <c r="D506" t="s">
-        <v>441</v>
+        <v>452</v>
       </c>
       <c r="E506" s="2">
-        <v>45609</v>
+        <v>45649</v>
       </c>
     </row>
     <row r="507">
       <c r="A507">
-        <v>3113</v>
+        <v>3151</v>
       </c>
       <c r="B507">
         <v>2024</v>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Accordo Quadro con unico operatore avente ad oggetto gli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà e/o in uso alla Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento. Lotto 1". Perfezionamento delle prenotazioni n. 55384/2024 per euro 106.750,00, n. 4347/2025 per euro 213.500,00, cap. U0000S22501, ess. finn. 2024 -2025, ed impegno di euro 106.750,00 sul cap. U0000S22501, es. fin. 2025, a favore di EKOGEO S.R.L., con sede in Roma Via Giovanni Battista de Rossi n. 13, C.F./P.IVA 13440961004, variazione in diminuzione di euro di euro 106.750,00 dalla prenotazione n. 55384/2024, cap. U0000S22501, es. fin. 2024, a favore di creditori diversi.CIG B2CA15F55B.</t>
+          <t>Determina a contrarre (art. 17 d.lgs. n. 36/23) per l'indizione di una procedura aperta sopra soglia per l'affidamento della gestione di 3 centri antiviolenza e di 3 case rifugio per donne vittime di violenza. Durata affidamento 24 mesi. Nomina RUP e gruppo di lavoro. Prenotazione impegno di spesa a creditori diversi (3805) per complessivi €1.575.000,00 sul cap. U0000H41976 es. fin. 2025-2026-2027. Impegno di spesa in favore di ANAC (cod. cred. 159683) di €660,00 sul cap. U0000T19427 es. fin. 2024. Impegno di spesa per complessivi € 16.500,00 sul cap. H000041976 a favore del fondo incentivi, di cui € 11.022,00 es. fin. 2024-25-26-27 con accertamento sul cap. E0000341559, € 2.739,00, es. fin. 2024- 25-26-27 con accertamento sul cap. E0000341562, ed € 2.739,00 es. fin. 24-25-26-27, con accertamento sul cap. E0000341563 - CUI S80143490581202400037.</t>
         </is>
       </c>
       <c r="D507" t="s">
-        <v>442</v>
+        <v>6</v>
       </c>
       <c r="E507" s="2">
-        <v>45609</v>
+        <v>45649</v>
       </c>
     </row>
     <row r="508">
       <c r="A508">
-        <v>3112</v>
+        <v>3150</v>
       </c>
       <c r="B508">
         <v>2024</v>
       </c>
       <c r="C508" t="inlineStr">
         <is>
-          <t>"Vaccinazione antinfluenzale 2024-2025" - Affidamento del servizio per la realizzazione di una campagna di comunicazione istituzionale della Regione Lazio. Impegno di spesa complessivo di € 174.750,39 (IVA inclusa) a creditori vari. Capitolo di bilancio U0000H11786 - Es. Fin. 2024.</t>
+          <t>Procedura negoziata, ai sensi ai sensi dell'art. 50 comma 1 lettera d) del Dlgs 36/2023, per l'affidamento dei lavori afferenti "Completamento della fase finale dell'intervento di bonifica della ex discarica abusiva in via Donegani, loc. Lunghezza e sistemazione finale dell'area</t>
         </is>
       </c>
       <c r="D508" t="s">
-        <v>443</v>
+        <v>6</v>
       </c>
       <c r="E508" s="2">
-        <v>45609</v>
+        <v>45649</v>
       </c>
     </row>
     <row r="509">
       <c r="A509">
-        <v>3111</v>
+        <v>3149</v>
       </c>
       <c r="B509">
         <v>2024</v>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>Determine a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. d) e b), del D.Lgs. 31 marzo, n.36, avente ad oggetto gli interventi di strip out, bonifica, pulizia e separazioni degli impianti non funzionanti, e messa in sicurezza del complesso immobiliare denominato "Ex ospedale Forlanini", suddiviso in 5 Lotti funzionali, e per gli incarichi di DL e CSE. Prenotazioni impegni a creditori diversi sul cap. U0000S22501, ess. finn. 2025-2026, di complessivi € 6.001.496,01 per lavori, € 300.074,82 per imprevisti, € 174.437,16 per incarico DL, € 90.913,33 per incarico CSE. Impegni di spesa sul cap. U0000S22501 di complessivi € 83.453,52 e accertamento di € 83.453,52 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, ess. finn. 2024-2025-2026. Impegno di spesa di € 660,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC. CUP: F82F24000400</t>
+          <t>Prog. Reg. di int. per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana-Fondo per la Prog. di Opere Pubbliche–Aff. diretto dei servizi relativi servizio di progettazione dell’int di “Ripascimento protetto da barriera e pennelli in loc. Fregene Nord nel comune di Fiumicino – I stralcio” – Impegno di € 125.617,63 a favore di Interprogetti S.r.l. (cod. Cred. 198816) sul cap. U0000C12170 – Impegno di € 1.394,26 a favore del “Fondo incentivi ex art. 383 sexies R.R. N. 1/2002” (cod. Cred. 176734) sul cap. U0000C12170 – Acc. per € 1.394,26 al “Fondo incentivi ex art. 383 sexies R.R. N. 1/2002” (cod. Cred. 176734) sul cap. E0000341560 - Impegno di € 35,00 all’Autorità nazionale anticorruzione (cod. cred. 159683) sul cap.U0000T19427 – Es fin 2024; CUP: F12B23000350001 - CIG: B3EAF69F88</t>
         </is>
       </c>
       <c r="D509" t="s">
-        <v>6</v>
+        <v>453</v>
       </c>
       <c r="E509" s="2">
-        <v>45608</v>
+        <v>45646</v>
       </c>
     </row>
     <row r="510">
       <c r="A510">
-        <v>3110</v>
+        <v>3148</v>
       </c>
       <c r="B510">
         <v>2024</v>
       </c>
       <c r="C510" t="inlineStr">
         <is>
-          <t>Determine a contrarre di autorizzazione a procedure ex art. 50, comma 1, lett. c) e b), del D.Lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria del compendio di Roma, via Cristoforo Colombo n. 212. Prenotazione a favore creditori diversi cap. U0000S22515, es. finn. 2024, di € 492.880,00 per lavori. Impegno di spesa sul cap. U0000S22515 di € 7.070,00 e accertamento di € 7.070,00 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, es. fin. 2024. Impegno di spesa di € 250,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC.</t>
+          <t>Programma Regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana - Fondo per la Progettazione di Opere Pubbliche - Affidamento diretto dei servizi di supporto al Rup per la verifica della Progettazione Esecutiva del Progetto dell’intervento di “Ricarica delle scogliere esistenti in località Capo D’Anzio (RM)” – Perfezionamento della prenotazione d’impegno n. 1684/2024 per € 29.290,88 a favore di SEACON SRL (cod. Cred. 123589) - Es. Fin. 2024; CUP: F82B21000030005 – CIG B42BD81907</t>
         </is>
       </c>
       <c r="D510" t="s">
-        <v>6</v>
+        <v>454</v>
       </c>
       <c r="E510" s="2">
-        <v>45608</v>
+        <v>45646</v>
       </c>
     </row>
     <row r="511">
       <c r="A511">
-        <v>3109</v>
+        <v>3147</v>
       </c>
       <c r="B511">
         <v>2024</v>
       </c>
       <c r="C511" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. a), del D.Lgs. 31 marzo 2023, n. 36, degli interventi di manutenzione straordinaria delle sedi istituzionali di proprietà della Regione Lazio. Impegno di spesa sul cap. U0000S22501 di euro 180.053,09, es. fin. 2024, a favore di SIAN Costruzioni Restauri Edili Di Lurci Andrea. Impegno di spesa di euro 35,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC. CIG: B2B5BEB2D2.</t>
+          <t>Servizio di monitoraggio ambientale previsto ai sensi del DM 173/2016, dell’intervento di “Riqualificazione della scogliera sommersa e ripascimento in loc. Santa Severa (Santa Marinella – RM)</t>
         </is>
       </c>
       <c r="D511" t="s">
-        <v>444</v>
+        <v>455</v>
       </c>
       <c r="E511" s="2">
-        <v>45608</v>
+        <v>45646</v>
       </c>
     </row>
     <row r="512">
       <c r="A512">
-        <v>3108</v>
+        <v>3146</v>
       </c>
       <c r="B512">
         <v>2024</v>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. a), del D.Lgs. 31 marzo 2023, n. 36, degli interventi di manutenzione straordinaria delle alberature ed aree a verde di proprietà della Regione Lazio. Impegno di spesa di euro 44.415,93 sul cap. U0000S22501, es. fin. 2024a favore di GREAT GREEN Cooperativa Sociale a r.l. C.I.G. B2A0A66B26</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 - Quattordicesima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
         </is>
       </c>
       <c r="D512" t="s">
-        <v>445</v>
+        <v>6</v>
       </c>
       <c r="E512" s="2">
-        <v>45608</v>
+        <v>45646</v>
       </c>
     </row>
     <row r="513">
       <c r="A513">
-        <v>3107</v>
+        <v>3145</v>
       </c>
       <c r="B513">
         <v>2024</v>
       </c>
       <c r="C513" t="inlineStr">
         <is>
-          <t>Determine a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. c) e b), del D.Lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria degli immobili di proprietà della Regione Lazio - 2 Lotti Funzionali, ed incarico professionale di CSE. Prenotazioni a favore creditori diversi cap. U0000S22501, ess. finn. 2024-2025, di € 854.000,00 per lavori, di € 13.695,76 CSE.Impegno di spesa sul cap. U0000S22501 di € 12.452,39 e accertamento di € 12.452,39 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, ess. finn. 2024-2025. Impegno di spesa di € 410,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, dell'incarico professionale di redazione di uno studio di fattibilità per lo sviluppo di un sistema di trasposto aereo a guida autonoma supportato da un sistema distribuito per aree per il decollo verticale. Impegno di spesa sul Capitolo U0000D41928 del Bilancio della Regione Lazio, es. fin. 2024, per complessivi euro 30.298,94 a favore dell'Avv. G M ... OMISSIS, con studio in Roma, Via di Grottarossa n. 50, C.F. ... OMISSIS ..., P.IVA ... OMISSIS ... C.I.G: B42715E48D&amp;nbsp;</t>
         </is>
       </c>
       <c r="D513" t="s">
-        <v>6</v>
+        <v>456</v>
       </c>
       <c r="E513" s="2">
-        <v>45608</v>
+        <v>45646</v>
       </c>
     </row>
     <row r="514">
       <c r="A514">
-        <v>3106</v>
+        <v>3144</v>
       </c>
       <c r="B514">
         <v>2024</v>
       </c>
       <c r="C514" t="inlineStr">
         <is>
-          <t>Determine a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. c) e b), del D.Lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro con unico operatore avente ad oggetto gli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà e/o in uso alla Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento - 2 Lotti Funzionali. Incarico di CSE. Rettifica della Determinazione Dirigenziale n. G10925 del 09/08/2024. Approvazione del nuovo quadro economico ed atti. Variazione in aumento delle prenotazioni d'impegno 55388/2024 e 4351/2025 a favore creditori diversi cap. U0000S22501, ess. finn. 2024- 2025, per complessivi euro 10.745,88.</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, dell'incarico professionale di redazione di uno studio di fattibilità per lo sviluppo di un sistema di trasporto pubblico fluviale nel bacino del Tevere, nel tratto di competenza della Regione Lazio. &amp;nbsp;Impegno di spesa sul Capitolo U0000D41928 del Bilancio della Regione Lazio, es. fin. 2024, per complessivi euro 30.451,20 a favore dell'Avv. A.C. ... OMISSIS ..., con studio in Roma, Via Ezio n. 36, C.F ... OMISSIS ..., P.IVA ... OMISSIS .... &amp;nbsp;C.I.G: B42713EA23.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D514" t="s">
-        <v>6</v>
+        <v>457</v>
       </c>
       <c r="E514" s="2">
-        <v>45608</v>
+        <v>45646</v>
       </c>
     </row>
     <row r="515">
       <c r="A515">
-        <v>3105</v>
+        <v>3143</v>
       </c>
       <c r="B515">
         <v>2024</v>
       </c>
       <c r="C515" t="inlineStr">
         <is>
-          <t>Determine a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. c) e b), del D.Lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro con unico operatore avente ad oggetto gli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà e/o in uso alla Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento - 2 Lotti Funzionali, ed incarichi di DL e CSE. Prenotazioni a favore creditori diversi cap. U0000S22501, ess. finn. 2024-2025, di € 854.000,00 per lavori, di € 38.168,71 per DL e di € 7.163,95 per CSE.Impegno di spesa sul cap. U0000S22501 di € 12.919,91 e accertamento di € 12.919,91 cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, ess. finn. 2024-2025. Impegno di € 410,00 cap. U0000T19427, es. fin. 2024, a favore di ANAC</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, dell'incarico professionale di redazione di uno studio di fattibilità per la istituzione di società "in house" preposta all'emissione dei titoli di viaggio per il Trasporto Pubblico Locale Regionale ed al monitoraggio successivo dell'uso dei titoli stessi. &amp;nbsp;Impegno di spesa sul Capitolo U0000D41928 del Bilancio della Regione Lazio, es. fin. 2024, per complessivi euro 29.233,15 a favore dell'Avv. D.R. ... OMISSIS ..., con studio in Roma, Via Caterina Troiani n. 278, C.F. &amp;nbsp; ... OMISSIS ..., P.IVA &amp;nbsp;... OMISSIS .... &amp;nbsp;C.I.G: B426166706.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D515" t="s">
-        <v>6</v>
+        <v>458</v>
       </c>
       <c r="E515" s="2">
-        <v>45608</v>
+        <v>45646</v>
       </c>
     </row>
     <row r="516">
       <c r="A516">
-        <v>3104</v>
+        <v>3142</v>
       </c>
       <c r="B516">
         <v>2024</v>
       </c>
       <c r="C516" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, dell'incarico professionale di verifica e validazione della progettazione esecutiva per l'immobile di proprietà regionale sito in Roma, Via Portuense 332, complesso ex "Ospedale Forlanini", Edificio R. Impegno di spesa sul Capitolo U0000S22506 del Bilancio della Regione Lazio, es. fin. 2024, per complessivi euro 66.719,56 a favore della PA INGEGNERIA S.R.L. Impegno di spesa di euro 35,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC. C.I.G: B265F59D44</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione del convegno "Ripartenza famiglia: l'esempio delle iniziative legislative del Lazio" che si terrà a Roma il 19 dicembre 2024. Impegno di spesa in favore del Comitato per la Pubblica Agenda Sussidiaria e Condivisa Ditelo sui Tetti (MT 10,27) (cod. cred. 252041) di € 12.200,00 Iva inclusa sul capitolo U0000R31902, nell'esercizio finanziario 2024. CIG: B49461170B</t>
         </is>
       </c>
       <c r="D516" t="s">
-        <v>446</v>
+        <v>459</v>
       </c>
       <c r="E516" s="2">
-        <v>45608</v>
+        <v>45643</v>
       </c>
     </row>
     <row r="517">
       <c r="A517">
-        <v>3103</v>
+        <v>3141</v>
       </c>
       <c r="B517">
         <v>2024</v>
       </c>
       <c r="C517" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, dell'incarico professionale di redazione di progettazione esecutiva dei locali adibiti a bar tavola calda/fredda dell'immobile di Roma, via Cristoforo Colombo n. 212. Impegno di spesa sul Capitolo U0000S22506 del Bilancio della Regione Lazio, es. fin. 2024, per complessivi euro 48.596,26 a favore dell'Arch. Flavio Mangione. C.I.G: B242D54239.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di servizio di visibilità e promozione di immagine per la Regione Lazio, in occasione dell'iniziativa "Giovani generazioni contro cyberbullismo e cyber risk per la cittadinanza digitale" - province della Regione Lazio, 12 - 13 - 16 -17 e 18 dicembre 2024. Impegno di spesa in favore del MOIGE (Cod. Cred. 89115). Impegno di spesa di € 35.380,00 IVA inclusa sul capitolo U0000R31902, nell'esercizio finanziario 2024. CIG: B499083634.</t>
         </is>
       </c>
       <c r="D517" t="s">
-        <v>447</v>
+        <v>460</v>
       </c>
       <c r="E517" s="2">
-        <v>45608</v>
+        <v>45643</v>
       </c>
     </row>
     <row r="518">
       <c r="A518">
-        <v>3102</v>
+        <v>3140</v>
       </c>
       <c r="B518">
         <v>2024</v>
       </c>
       <c r="C518" t="inlineStr">
         <is>
-          <t>Accordo per la Coesione Territoriale (Delibera CIPESS n.21/2024) - Affidamento del servizio di Assistenza Tecnica per la gestione e attuazione degli interventi finanziati con risorse FSC 2021-2027, CUP F81C24000160001 - Impegno di spesa a favore di Lazio Innova S.p.A. (codice creditore 59621) per complessivi € 1.400.000,00, di cui € 1.300.000,00 sul cap. U0000C11943 ed € 100.000,00 sul cap. U0000C11944, esercizi finanziari 2024, 2025 e 2026.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di visibilità e promozione della Regione Lazio in occasione delle iniziative di presentazione dei libri "Liberi pensieri. Insoliti haiku per Roma" - Roma,12 dicembre 2024 e "Cuori nascosti" - Civitavecchia, 22 dicembre 2024. Impegno di spesa in favore della Prospettiva Editrice sas di Patti Francesca &amp;amp; C. (cod. cred. 251940) di € 5.000,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B4803B8490.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D518" t="s">
-        <v>448</v>
+        <v>461</v>
       </c>
       <c r="E518" s="2">
-        <v>45604</v>
+        <v>45643</v>
       </c>
     </row>
     <row r="519">
       <c r="A519">
-        <v>3101</v>
+        <v>3139</v>
       </c>
       <c r="B519">
         <v>2024</v>
       </c>
       <c r="C519" t="inlineStr">
         <is>
-          <t>Servizio di promozione d'immagine della Regione Lazio in occasione della 37^ edizione del Festival internazionale "Franz Liszt", che si svolgerà nel territorio dei Castelli Romani, dal 3 novembre al 22 dicembre 2024, a cura della Associazione Amici della Musica "Cesare De Sanctis" (cod. cred. 126672). Impegno di spesa di € 45.000,00 (IVA inclusa) sul capitolo di spesa U0000R31902 - Es. Fin. 2024. CIG: B3F32BE07A</t>
+          <t>Procedura aperta per l'affidamento del servizio di noleggio e manutenzione di n. 110 erogatori d'acqua naturale e frizzante allacciati alla rete idrica presso le sedi della Regione Lazio.</t>
         </is>
       </c>
       <c r="D519" t="s">
-        <v>449</v>
+        <v>462</v>
       </c>
       <c r="E519" s="2">
-        <v>45604</v>
+        <v>45639</v>
       </c>
     </row>
     <row r="520">
       <c r="A520">
-        <v>3100</v>
+        <v>3138</v>
       </c>
       <c r="B520">
         <v>2024</v>
       </c>
       <c r="C520" t="inlineStr">
         <is>
-          <t>Affidamento per i servizi propedeutici per le campagne istituzionali in ambito sanitario. Impegno di spesa complessivo di € 56.300,00 IVA inclusa, suddivisa rispettivamente a Pro Format srl € 38.000,00 e a NMK srl € 18.300,00 sul Capitolo di spesa U0000H11786 - Es. Fin. 2024.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione della iniziativa: "Il Villaggio di Natale del Giubileo" - Civitavecchia (RM), 8 - 29 dicembre 2024. Impegno di spesa in favore della Associazione Culturale P.A.U.I. Eventi &amp;amp; Fiere di € 18.300,00 Iva inclusa sul capitolo U0000R31902, nell'esercizio finanziario 2024. CIG: B492511B87</t>
         </is>
       </c>
       <c r="D520" t="s">
-        <v>450</v>
+        <v>463</v>
       </c>
       <c r="E520" s="2">
-        <v>45602</v>
+        <v>45638</v>
       </c>
     </row>
     <row r="521">
       <c r="A521">
-        <v>3099</v>
+        <v>3137</v>
       </c>
       <c r="B521">
         <v>2024</v>
       </c>
       <c r="C521" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 - Tredicesima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Determinazione a contrarre, approvazione schemi, atti e indizione gara.</t>
-[...3 lines deleted...]
-        <v>6</v>
+          <t>Campagna di comunicazione istituzionale per il Villaggio di Natale presso il Castello di Santa Severa. Impegno di spesa complessivo di € 48.238,80 (IVA inclusa) a creditori vari. Capitolo di bilancio U0000R31902 - Es. Fin. 2024.&amp;nbsp;</t>
+        </is>
+      </c>
+      <c r="D521" t="inlineStr">
+        <is>
+          <t>B47E90D2BF; B47B7CBCA2; B47B97F471; B47BA8D341; B47BB2E81C; B47BBBFFC2; B47BD6D29F; B47BEF77C1; B47E8EE928; B47C2E2376; B47C4096E6; B47C4BB9C9; B47E8DA8A7; B47CDCE6CA</t>
+        </is>
       </c>
       <c r="E521" s="2">
-        <v>45602</v>
+        <v>45638</v>
       </c>
     </row>
     <row r="522">
       <c r="A522">
-        <v>3098</v>
+        <v>3136</v>
       </c>
       <c r="B522">
         <v>2024</v>
       </c>
       <c r="C522" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs 36/2023 della redazione del progetto di fattibilità tecnica ed economica, del coordinamento della sicurezza in fase di progettazione, della verifica preventiva dell’interesse archeologico e della relazione geologica dell’intervento “Realizzazione della cassa di laminazione delle piene del fiume Marta (VT)”</t>
+          <t>Rifacimento pavimentazione in Sinistra idraulica della banchina nel tratto del Fiume Tevere da Ponte Testaccio all'area archeologica Soprintendenza in comune di Roma (RM)</t>
         </is>
       </c>
       <c r="D522" t="s">
-        <v>451</v>
+        <v>464</v>
       </c>
       <c r="E522" s="2">
-        <v>45602</v>
+        <v>45637</v>
       </c>
     </row>
     <row r="523">
       <c r="A523">
-        <v>3097</v>
+        <v>3135</v>
       </c>
       <c r="B523">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C523" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. 36/2023 della redazione del progetto di fattibilità tecnica ed economica, esecutivo, del coordinamento della sicurezza in fase di progettazione e della relazione geologica dell'intervento "Lavori di ripristino delle difese idrauliche del fiume Paglia a protezione della SS Cassia a valle del ponte Gregoriano in Comune di Acquapendente (VT).</t>
+          <t>PR Lazio FESR 2021/2027. Progetto A0652B0005. Decisione a contrarre. Avvio della procedura negoziata per l'affidamento di un servizio di valutazione ex ante e in itinere sulle azioni di Housing da realizzare nell'ambito del PR Lazio FESR 2021-2027</t>
         </is>
       </c>
       <c r="D523" t="s">
-        <v>452</v>
+        <v>465</v>
       </c>
       <c r="E523" s="2">
-        <v>45595</v>
+        <v>46037</v>
       </c>
     </row>
     <row r="524">
       <c r="A524">
-        <v>3096</v>
+        <v>3134</v>
       </c>
       <c r="B524">
         <v>2024</v>
       </c>
       <c r="C524" t="inlineStr">
         <is>
-          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Accordo Quadro con unico operatore avente ad oggetto l'affidamento del servizio di autospurgo, video-ispezione e manutenzione dei tratti fecali e relativi pozzetti di scarico degli immobili sede degli Uffici della Giunta Regione Lazio e dei Centri per l'Impiego". Perfezionamento delle prenotazioni d'impegno di spesa n. 49619/2024 e 3633/2025, ess. finn. 2024-2025 per euro 190.116,67, impegno di euro 78.283,33, cap. U0000S21900, es. fin. 2026, a favore di GMAST ECOLOGICA S.R.L., con sede in Roma, Via Acuto n. 8, C.F. / P.IVA 13614531005. Variazione in diminuzione di euro 22.366,66 dalla prenotazione n. 49619/2024, es. fin. 2024, e di euro 55.916,67 dalla prenotazione n. 928/2026, cap. U0000S21900, es. fin. 2026, acquisite a favore di creditori diversi. CIG B154828799.</t>
+          <t>Ades. all'AQ ex art. 54, comma 3, del D.lgs. n. 50/2016, sudd. in 2 lotti, per l'affid. di serv. di sicur. da remoto, di compliance e controllo per le PA - ID 2296 - Lotto 2: Serv. di Compl.e e Contr. PA Locali (CIG: 8884642E81), prog. Vulnerability Assessment Privacy. Imp. di spesa compl. di € 183.018,30 IVA incl., sul cap. U0000S25904, in fav. di Deloitte Risk Advisory S.r.l. (cod. cred. 247471). Imp. di € 1.220,12 sul cap. U0000S25904, per contr. ex art. 18, comma 3, D.Lgs. 177/2009, in fav. di Consip SpA (144527). Imp. compl. € 1.714,78 sul cap. U0000S25904 ex art. 113 del D.Lgs. n. 50/2016 in fav. del "Fondo incentivi ex art.383 sexies R.R. n.1/2002" (cod. cred.176734) e relat. accert. sui cap. in entr. E0000341559-E0000341562- E0000341563. Approv. Sch. di contr., Piano Op., nom. RUP, DEC e definiz. del gruppo di lav. Es. fin. 2024 - 2025. CIG deriv. B35B788108. CUP F89I24001640002.</t>
         </is>
       </c>
       <c r="D524" t="s">
-        <v>453</v>
+        <v>466</v>
       </c>
       <c r="E524" s="2">
-        <v>45594</v>
+        <v>45637</v>
       </c>
     </row>
     <row r="525">
       <c r="A525">
-        <v>3095</v>
+        <v>3133</v>
       </c>
       <c r="B525">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C525" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera a) del D.lgs. 36/2023, del servizio di ideazione e progettazione della campagna di comunicazione relativa all'iniziativa PNRR "Rete dei servizi di facilitazione digitale" della Regione Lazio.</t>
+          <t>Impegno di spesa per il fondo incentivi quota parte fabbisogno ASL relativo alla gara a procedura aperta suddivisa in 4 lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi di facchinaggio e trasloco, per le Strutture Regionali, gli Enti S.S.R., gli Enti Locali e le altre Amministrazioni Pubbliche del territorio della Regione Lazio - Edizione 2. Impegno di € 29.184,16 € sul cap. U0000H11727 e accertamento per importo di € 29.184,16 sul cap. E0000341560 al Fondo incentivi ex art. 383 sexies R.R. n.1/2002, es. fin. 2024 - 2025</t>
         </is>
       </c>
       <c r="D525" t="s">
-        <v>454</v>
+        <v>6</v>
       </c>
       <c r="E525" s="2">
-        <v>45594</v>
+        <v>45636</v>
       </c>
     </row>
     <row r="526">
       <c r="A526">
-        <v>3094</v>
+        <v>3132</v>
       </c>
       <c r="B526">
         <v>2024</v>
       </c>
       <c r="C526" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell'art. 71 del D.Lgs. n. 36/2023, per l'affidamento del servizio di Call Center ReCUP occorrente alle Aziende Sanitarie e Ospedaliere della Regione Lazio. Approvazione atti di gara e indizione della procedura.</t>
+          <t>Determina a contrarre ai sensi dell'art. 71 D.Lgs. n. 36/2023, indizione, approvazione atti e autorizzazione all'espletamento della Procedura aperta, suddivisa in 4 lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi di facchinaggio e trasloco, per le Strutture Regionali, gli Enti S.S.R., gli Enti Locali e le altre Amministrazioni Pubbliche del territorio della Regione Lazio - Edizione 2. Impegno di spesa di € 880,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683) Es. Fin. 2024. Impegno complessivo di € 14.215,09 sul Cap. U0000S23429, (Cod. Cred. 176734) e relativi accertamenti per € 14.215,09 di cui € 10.092,71 sul Cap. E0000341559, € 2.061,19 sul Cap. E0000341562 e € 2.061,19 sul Cap. E0000341563 al fondo incentivi ex art. 383 sexies R.R. 1/2002, (Cod. Cred. 176734) Es. Fin. 2024-2025.</t>
         </is>
       </c>
       <c r="D526" t="s">
-        <v>455</v>
+        <v>6</v>
       </c>
       <c r="E526" s="2">
-        <v>45594</v>
+        <v>45636</v>
       </c>
     </row>
     <row r="527">
       <c r="A527">
-        <v>3093</v>
+        <v>3131</v>
       </c>
       <c r="B527">
         <v>2024</v>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>Avviso pubblico di indagine di mercato per la manifestazione di interesse a partecipare al possibile affidamento diretto, ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs 36/2023 del servizio di “attività idrografiche per rilievi batimetrici e rilievi geofisici (side scan sonar, multibeam, sbp-chirp, sub bottom profiler chirp, spk sparker) nelle aree identificate come “sito di Terracina”, “sito di Anzio” e “sito di Montalto di Castro”</t>
-[...3 lines deleted...]
-        <v>6</v>
+          <t>"Campagna di comunicazione contro la violenza sulle donne" - Affidamento del servizio per la realizzazione di una campagna di comunicazione istituzionale della Regione Lazio. Impegno di spesa complessivo di € 268.475,03 (IVA inclusa) a creditori vari. Capitolo di bilancio U0000R31902 - Es. Fin. 2024.</t>
+        </is>
+      </c>
+      <c r="D527" t="inlineStr">
+        <is>
+          <t>B457088A00; B45C6C43B3; B45731333B; B45740E25D; B457541FB1; B4576191F5; B461B38516; B45DB7DD83; B457A75AE6; B45EB998C0; B457CF17BF; B457E09ECD; B457FAC894; B465498DFF; B4581FB04C; B458EDAF66B458FCC71D; B4592942AE; B459316DF2; B4593A3251; B4646CDC20; B4595EA36C; B4596CBD16; B459704C20; B45985D8D5; B46401F8FE; B45C08A04B; B45C2F4E44; B45C693B41</t>
+        </is>
       </c>
       <c r="E527" s="2">
-        <v>45594</v>
+        <v>45631</v>
       </c>
     </row>
     <row r="528">
       <c r="A528">
-        <v>3092</v>
+        <v>3130</v>
       </c>
       <c r="B528">
         <v>2024</v>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>Promozione d'immagine per la Regione Lazio sulla pubblicazione "La Cappella dell'Avvocata Nostra e la Vicovaro sacra: culto, arte e storia nei secoli", a cura della Parrocchia di San Pietro Apostolo (cod. cred. 91575). Impegno di spesa di € 9.000,00 (IVA esente) sul capitolo di spesa U0000R31902 - Es. Fin. 2024. CIG: B3A0DDB5C5.&amp;nbsp;</t>
+          <t>Avviso pubblico di indagine di mercato per la manifestazione di interesse a partecipare alla procedura negoziata senza pubblicazione di bando, ai sensi dell’art. 50 comma 1 lettera e) del d.lgs. 36/2023 del decreto legislativo 36/2023, per l'affidamento del servizio di “attività idrografiche per rilievi batimetrici e rilievi geofisici (side scan sonar, multibeam, sbp-chirp, sub bottom profiler chirp, spk sparker) nelle aree identificate come “sito di Terracina”, “sito di Anzio” e &amp;nbsp;“sito di Montalto di Castro”</t>
         </is>
       </c>
       <c r="D528" t="s">
-        <v>456</v>
+        <v>6</v>
       </c>
       <c r="E528" s="2">
-        <v>45593</v>
+        <v>45631</v>
       </c>
     </row>
     <row r="529">
       <c r="A529">
-        <v>3091</v>
+        <v>3129</v>
       </c>
       <c r="B529">
         <v>2024</v>
       </c>
       <c r="C529" t="inlineStr">
         <is>
-          <t>Procedura aperta, ai sensi art. 71 D.Lgs n. 36/2023, per individuazione di un Organismo Intermedio per gestione e controllo dell'intervento "Buoni servizio per la fruizione di interventi in materia di inclusione sociale"&amp;nbsp;</t>
+          <t>Lavori di manutenzione straordinaria delle arginature e delle opere idrauliche del fiume Mignone a valle del ponte della sat &amp;nbsp;in dx e sx idraulica per 3,00 km circa (VT)&amp;nbsp;</t>
         </is>
       </c>
       <c r="D529" t="s">
-        <v>457</v>
+        <v>467</v>
       </c>
       <c r="E529" s="2">
-        <v>45593</v>
+        <v>45625</v>
       </c>
     </row>
     <row r="530">
       <c r="A530">
-        <v>3090</v>
+        <v>3128</v>
       </c>
       <c r="B530">
         <v>2024</v>
       </c>
-      <c r="C530" t="s">
-        <v>458</v>
+      <c r="C530" t="inlineStr">
+        <is>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione dell'iniziativa: "Il magico villaggio di Babbo Natale" che si svolgerà ad Aquino (FR) dal 15 al 27 dicembre 2024. Impegno di spesa in favore del Comune di Aquino (cod. cred. 20) di € 10.370,00 Iva inclusa sul capitolo U0000R31902, nell'esercizio finanziario 2024. CIG: B44BCD70C9</t>
+        </is>
       </c>
       <c r="D530" t="s">
-        <v>6</v>
+        <v>468</v>
       </c>
       <c r="E530" s="2">
-        <v>45590</v>
+        <v>45625</v>
       </c>
     </row>
     <row r="531">
       <c r="A531">
-        <v>3089</v>
+        <v>3127</v>
       </c>
       <c r="B531">
         <v>2024</v>
       </c>
-      <c r="C531" t="s">
-        <v>459</v>
+      <c r="C531" t="inlineStr">
+        <is>
+          <t>Programma Regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana - Fondo per la Progettazione di Opere Pubbliche - Affidamento diretto dei servizi relativi servizio di progettazione dell'intervento di "Ripascimento con sabbie dragate nel porto di Anzio - Lido di Cincinnato - Anzio (RM)" - Perfezionamento della prenotazione d'impegno n 1684/2024 per € 151.713,95 a favore di ACQUATECNO S.R.L. (cod. Cred. 250131) sul cap.U0000C12170 - Impegno di € 35,00 all'Autorità nazionale anticorruzione (cod. cred. 159683) sul cap.U0000T19427 - Es fin 2024 - CUP F82B21000030005</t>
+        </is>
       </c>
       <c r="D531" t="s">
-        <v>6</v>
+        <v>469</v>
       </c>
       <c r="E531" s="2">
-        <v>45589</v>
+        <v>45624</v>
       </c>
     </row>
     <row r="532">
       <c r="A532">
-        <v>3088</v>
+        <v>3126</v>
       </c>
       <c r="B532">
         <v>2024</v>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>L.R. n. 17/2024: affidamento in house providing a LAZIOcrea S.p.A., ai sensi art. 7 d.lgs n. 36/2023, per attività di promozione culturale, sociale e ambientale e di valorizzazione del patrimonio regionale di cui alla L.R. n. 28/2019, art. 7, c. 105.</t>
+          <t>Programma Regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana - Fondo per la Progettazione di Opere Pubbliche - Affidamento diretto dei servizi relativi servizio di progettazione dell'intervento di "Ripascimento di un tratto del litorale di Ostia Levante dal Canale Pescatori allo Stabilimento "Mariposa" (RM)" - Perfezionamento delle prenotazioni d'impegno n 1683/2024 e n 1684/2024 per € 166.397,77 all'Ing. Andrea Ritossa S.R.L. (cod. Cred. 212321) sul cap.U0000C12170 - Impegno di € 35,00 all'Autorità nazionale anticorruzione (cod. cred. 159683) sul cap.U0000T19427 - Es fin 2024 - CUP: F82B21000030005</t>
         </is>
       </c>
       <c r="D532" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="E532" s="2">
-        <v>45588</v>
+        <v>45624</v>
       </c>
     </row>
     <row r="533">
       <c r="A533">
-        <v>3087</v>
+        <v>3125</v>
       </c>
       <c r="B533">
         <v>2024</v>
       </c>
-      <c r="C533" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C533" t="s">
+        <v>471</v>
       </c>
       <c r="D533" t="s">
-        <v>461</v>
+        <v>472</v>
       </c>
       <c r="E533" s="2">
-        <v>45588</v>
+        <v>45621</v>
       </c>
     </row>
     <row r="534">
       <c r="A534">
-        <v>3086</v>
+        <v>3124</v>
       </c>
       <c r="B534">
         <v>2024</v>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b), del d.lgs. 36/2023, per l'acquisizione di un servizio di Cloud Computing IaaS, alla ditta Aruba S.p.A. , tramite Oda sul MePa, procedura n. Nr. Procedura 732275. Impegno di spesa di euro 4191,14, assunto sul capitolo di spesa U0000C11141, missione 01, programma 03, PdC finanziario 1.03.02.07.000, esercizio finanziario 2024, a favore del creditore ARUBA S.p.A., partita IVA 01573850516, codice creditore. CIG: B29A54FF1E, CUP: F86G24000350007</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione dell'iniziativa: "Social Football Summit 2024" che si svolgerà a Roma dal 19 al 20 novembre 2024. Impegno di spesa in favore Go Project (cod. cred. 177809) di € 42.700,00 Iva inclusa sul capitolo U0000R31902, nell'esercizio finanziario 2024. CIG: B44AB90ECB</t>
         </is>
       </c>
       <c r="D534" t="s">
-        <v>462</v>
+        <v>473</v>
       </c>
       <c r="E534" s="2">
-        <v>45588</v>
+        <v>45618</v>
       </c>
     </row>
     <row r="535">
       <c r="A535">
-        <v>3085</v>
+        <v>3123</v>
       </c>
       <c r="B535">
         <v>2024</v>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>Servizio di promozione d'immagine e di visibilità della Regione Lazio in occasione dell'iniziativa "Dominate The Water" che si svolgerà a Roma il 19 ottobre 2024, a cura della Dominate the Water srl (cod. cred. 251460). Impegno di spesa di € 18.300,00 (IVA inclusa) sul capitolo di spesa U0000R31902 - Es. Fin. 2024. CIG: B3607F6070.</t>
+          <t>"Lavori di raccolta del materiale galleggiante con apposita barriera sul Fiume Tevere in comune di Fiumicino (RM) e sul Fiume Aniene in comune di Roma (RM)".CUP F91G24000390002</t>
         </is>
       </c>
       <c r="D535" t="s">
-        <v>463</v>
+        <v>474</v>
       </c>
       <c r="E535" s="2">
-        <v>45586</v>
+        <v>46041</v>
+      </c>
+      <c r="F535" t="s" s="3">
+        <v>475</v>
       </c>
     </row>
     <row r="536">
       <c r="A536">
-        <v>3084</v>
+        <v>3122</v>
       </c>
       <c r="B536">
         <v>2024</v>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>Visibilità Regione Lazio in occasione della manifestazione "Tennis&amp;amp;Friends", che si svolgerà dall'11 al 13 ottobre presso il Foro Italico di Roma, a cura REAL SPORT EVENTS A.S. (cod. cred. 156895). Impegno di spesa di € 24.400,00 (IVA inclusa) sul capitolo di spesa U0000R31902 - Es. Fin. 2024. CIG:B3560FE6F7</t>
+          <t>Affidamento diretto ai sensi dell'art 50, comma 1, lettera b), del D.lgs. n. 36/2023 per il "Servizio di controllo di primo livello per la verifica e la certificazione delle spese sostenute e da rendicontare per il progetto europeo InterRevita - Programma Interreg Europe - Programmazione 2021-2027. Codice progetto n. 01C0034" - CUP F32B23000520007- CIG: B30B6EF8AC</t>
         </is>
       </c>
       <c r="D536" t="s">
-        <v>464</v>
+        <v>476</v>
       </c>
       <c r="E536" s="2">
-        <v>45586</v>
+        <v>45617</v>
       </c>
     </row>
     <row r="537">
       <c r="A537">
-        <v>3083</v>
+        <v>3121</v>
       </c>
       <c r="B537">
         <v>2024</v>
       </c>
       <c r="C537" t="inlineStr">
         <is>
-          <t>Adesione alla Convenzione Consip "Energia Elettrica 21" Lotto 11 (Regione Lazio esclusa provincia di Roma) per la fornitura di energia elettrica e dei servizi connessi per le Pubbliche Amministrazioni, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388, del D.M. 24 febbraio 2000 e del D.M. 2 maggio 2001, stipulata con HERA COMM S.P.A. - durata contratto 12 mesi - Impegno complessivo di Euro 341.600,00 Iva compresa sul Capitolo U0000S23418 sull'esercizio finanziario 2024 -2025 CIG B2AA04BD8C</t>
+          <t>Determine a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. c) e b), del D.Lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro per gli interventi di riparazione rotture, malfunzionamenti, monitoraggio, controllo delle stazioni di pompaggio, degli acquedotti regionali; manutenzione del Complesso sito in Roma, Piazza Carlo Forlanini n. 1, e per l’incarico di DL, CSP e CSE. Prenotazioni a favore creditori diversi cap. U0000S21900, ess. finn. 2024-2025-2026, di € 427.000,00 per interventi, di € 27.945,51 per DL, CSP e CSE. Impegno di spesa sul cap. U0000S21900 di € 6.537,97 e accertamento di € 6.537,97 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, ess. finn. 2024-2025-2026. Impegno di spesa di € 250,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D537" t="s">
-        <v>465</v>
+        <v>477</v>
       </c>
       <c r="E537" s="2">
-        <v>45581</v>
+        <v>45616</v>
       </c>
     </row>
     <row r="538">
       <c r="A538">
-        <v>3082</v>
+        <v>3120</v>
       </c>
       <c r="B538">
         <v>2024</v>
       </c>
       <c r="C538" t="inlineStr">
         <is>
-          <t>Adesione alla Convenzione Consip "Energia Elettrica 21" Lotto 10 (Provincia di Roma) per la fornitura di energia elettrica e dei servizi connessi per le Pubbliche Amministrazioni, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388, del D.M. 24 febbraio 2000 e del D.M. 2 maggio 2001, stipulata con HERA COMM S.P.A. - durata contratto 12 mesi - Impegno complessivo di Euro 2.141.100,00 Iva compresa sul Capitolo U0000S23418 dell'esercizio finanziario 2024 -2025 CIG B2A5A52F45</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione dell'iniziativa: "Rassegna di Cinema e del Premio per i Migliori Corti #24FrameAlSecondo" che si svolgerà a Roma dal mese di novembre al mese di maggio 2025. Impegno di spesa in favore dell'Associazione Culturale Controchiave APS (cod. cred. 122332) di € 10.000,00 Iva inclusa sul capitolo U0000R31902, di cui € 4.000,00 nell'esercizio finanziario 2024 ed € 6.000,00 nell'esercizio finanziario 2025. CIG: B427CDC05F.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D538" t="s">
-        <v>466</v>
+        <v>478</v>
       </c>
       <c r="E538" s="2">
-        <v>45581</v>
+        <v>45616</v>
       </c>
     </row>
     <row r="539">
       <c r="A539">
-        <v>3081</v>
+        <v>3119</v>
       </c>
       <c r="B539">
         <v>2024</v>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'iniziativa: "Saperi &amp;amp; Sapori" che si svolgerà a Collepardo dal 29 al 30 giugno 2024. Impegno di spesa in favore dell'Ass. Noi Amiamo Collepardo ODV (cod. cred. 250375) di € 9.760,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B22929F51F</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. a), del D.Lgs. 31 marzo 2023, n. 36, degli interventi per la realizzazione di un sistema di sicurezza integrata presso il complesso di via Campo Romano n. 63, Roma - Edificio A5A - e di un tornello per il varco di accesso assessori in via Cristoforo Colombo n. 212, Roma.Impegno di spesa di euro 11.184,35 sul Capitolo del Bilancio della Regione Lazio U0000S22501, es. fin. 2024, e di euro 29.487,40 sul Capitolo del Bilancio della Regione Lazio U0000S21900, es. fin. 2024, a favore di PROSYSTEM S.R.L.</t>
         </is>
       </c>
       <c r="D539" t="s">
-        <v>467</v>
+        <v>6</v>
       </c>
       <c r="E539" s="2">
-        <v>45580</v>
+        <v>45616</v>
       </c>
     </row>
     <row r="540">
       <c r="A540">
-        <v>3080</v>
+        <v>3118</v>
       </c>
       <c r="B540">
         <v>2024</v>
       </c>
       <c r="C540" t="inlineStr">
         <is>
-          <t>Adesione all'Accordo Quadro ex art. 54, comma 3, del D.lgs. n. 50/2016, sudd. in 8 lotti, per l'affid. di serv. di supp. alla Digital Transformation per la PA - Ed. 2 (ID 2536) - Lotto 1: Strategia della Trasformazione Digitale (CIG: 9853648F8D), prog. Data Strategy. Imp. di spesa compl. di € 550.107,76 IVA incl., sul cap. U0000S25904, in favore di McKinsey &amp;amp; Company Inc. Italy (cod. cred. 172162) per Euro 302.558,78 e di Intellera Consulting S.p.A. (cod. cred. 191021) per Euro 247.548,98. Impegno compl. € 4.562,46 sul cap. U0000S25904 ai sensi dell'art. 113 del D.Lgs. n. 50/2016 in fav. del "Fondo incentivi ex art.383 sexies R.R. n.1/2002" (cod. cred.176734) e relativi accert. &amp;nbsp;sui cap. in entrata E0000341559-E0000341562-E0000341563. Approv. schema di contr., Piano Op., nomina RUP, DEC e definiz. del gruppo di lavoro. Es. fin. 2024-2026. CIG derivato B31D427762. CUP F89I24001460002.</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, dell'incarico di Coordinatore per la Sicurezza in fase di Esecuzione dell'Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria del compendio di Roma, via Cristoforo Colombo n. 212. Impegno di spesa di complessivi euro 11.678,34 sul capitolo U0000S22506, es. fin. 2024, a favore dell'Ing. Vincenzo Americo Nesticò, con studio in Roma, Via Eugenio Checchi n. 51, C.F.: NSTVCN66M28Z404M, P.I.: 10880600589.CIG B344352887.</t>
         </is>
       </c>
       <c r="D540" t="s">
-        <v>468</v>
+        <v>479</v>
       </c>
       <c r="E540" s="2">
-        <v>45576</v>
+        <v>45609</v>
       </c>
     </row>
     <row r="541">
       <c r="A541">
-        <v>3079</v>
+        <v>3117</v>
       </c>
       <c r="B541">
         <v>2024</v>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>"Ottobre Rosa 2024"- Campagna di comunicazione istituzionale della Regione Lazio. Impegno di spesa complessivo di € 197.903,70 (IVA inclusa) a creditori vari. Capitolo di spesa U0000H11726 - Es. Fin. 2024.</t>
-[...5 lines deleted...]
-        </is>
+          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria del compendio di Roma, via Cristoforo Colombo n. 212". Perfezionamento della prenotazione n. 56237/2024 per euro 492 880,00, cap. U0000S22515, es. fin. 2024, a favore di DIEMME DUEMILA S.R.L., con sede in Roma, Vicolo del Casale Rocchi n. 25, C.F. 07103630583, P.IVA 01688091006. CIG B2FE1C2D9A.</t>
+        </is>
+      </c>
+      <c r="D541" t="s">
+        <v>480</v>
       </c>
       <c r="E541" s="2">
-        <v>45574</v>
+        <v>45609</v>
       </c>
     </row>
     <row r="542">
       <c r="A542">
-        <v>3078</v>
+        <v>3116</v>
       </c>
       <c r="B542">
         <v>2024</v>
       </c>
-      <c r="C542" t="s">
-        <v>469</v>
+      <c r="C542" t="inlineStr">
+        <is>
+          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria degli immobili di proprietà della Regione Lazio - 2 Lotti Funzionali. Lotto 2". Perfezionamento delle prenotazioni n. 55528/2024 per euro 106.750,00, n. 4366/2025 per euro 213.500,00, cap. U0000S22501, ess. finn. 2024 -2025, ed impegno di euro 106.750,00 sul cap. U0000S22501, es. fin. 2025, a favore di SERVIZI E APPALTI S.R.L., con sede in Roma, Via Cristoforo Colombo n. 456, C.F./P.IVA 13885581002, variazione in diminuzione di euro di euro 106.750,00 dalla prenotazione n. 55528/2024, cap. U0000S22501, es. fin. 2024, a favore di creditori diversi. CIG B2F2CC7410.</t>
+        </is>
       </c>
       <c r="D542" t="s">
-        <v>470</v>
+        <v>481</v>
       </c>
       <c r="E542" s="2">
-        <v>45561</v>
+        <v>45609</v>
       </c>
     </row>
     <row r="543">
       <c r="A543">
-        <v>3077</v>
+        <v>3115</v>
       </c>
       <c r="B543">
         <v>2024</v>
       </c>
       <c r="C543" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione del Festival e Premio Letterario al Femminile "Le Parole di Lavinia" che si svolgerà a Pomezia (RM), 20 - 21 settembre 2024. Impegno di spesa in favore del Centro Studi Femininum Ingenium (cod. cred. 251208) di € 5.000,00 Iva esente sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B318C050C4</t>
+          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria degli immobili di proprietà della Regione Lazio - 2 Lotti Funzionali. Lotto 1". Perfezionamento delle prenotazioni n. 55524/2024 per euro 106.750,00, n. 4362/2025 per euro 213.500,00, cap. U0000S22501, ess. finn. 2024 -2025, ed impegno di euro 106.750,00 sul cap. U0000S22501, es. fin. 2025, a favore di LATER S.R.L., con sede in Roma, Via Salasco n. 1, C.F/ P.IVA 12618631001, variazione in diminuzione di euro di euro 106.750,00 dalla prenotazione n. 55524/2024, cap. U0000S22501, es. fin. 2024, a favore di creditori diversi. CIG B316E8ACC5.</t>
         </is>
       </c>
       <c r="D543" t="s">
-        <v>471</v>
+        <v>482</v>
       </c>
       <c r="E543" s="2">
-        <v>45559</v>
+        <v>45609</v>
       </c>
     </row>
     <row r="544">
       <c r="A544">
-        <v>3076</v>
+        <v>3114</v>
       </c>
       <c r="B544">
         <v>2024</v>
       </c>
       <c r="C544" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'evento: "Nato il sei ottobre". Impegno di spesa in favore della Duea Film spa (cod. cred. 157803) di € 24.400,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B2F88D8DCE</t>
+          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Accordo Quadro con unico operatore avente ad oggetto gli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà e/o in uso alla Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento. Lotto 2". Perfezionamento delle prenotazioni n. 55387/2024 per euro 106.750,00, n. 4350/2025 per euro 213.500,00, cap. U0000S22501, ess. finn. 2024 -2025, ed impegno di euro 106.750,00 sul cap. U0000S22501, es. fin. 2025, a favore di IPOMAGI s.r.l., con sede in Roma, via Malatesta n. 38/b, C.F. 05182860584, P.IVA 01369051006, variazione in diminuzione di euro di euro 106.750,00 dalla prenotazione n. 55387/2024, cap. U0000S22501, es. fin. 2024, a favore di creditori diversi. CIG B2CA16062E.</t>
         </is>
       </c>
       <c r="D544" t="s">
-        <v>472</v>
+        <v>483</v>
       </c>
       <c r="E544" s="2">
-        <v>45551</v>
+        <v>45609</v>
       </c>
     </row>
     <row r="545">
       <c r="A545">
-        <v>3075</v>
+        <v>3113</v>
       </c>
       <c r="B545">
         <v>2024</v>
       </c>
       <c r="C545" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per l'acquisto di uno spazio pubblicitario per campagne istituzionali. Impegno di spesa in favore della G QUADRO ADVERTISING SRL (cod. cred. 250799) di € 115.900,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. Impegno di spesa in favore dell'Anac di € 35,00 sul capitolo U0000T19427 per il contributo obbligatorio - Esercizio finanziario 2024. CIG: B2EE836EDB</t>
+          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Accordo Quadro con unico operatore avente ad oggetto gli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà e/o in uso alla Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento. Lotto 1". Perfezionamento delle prenotazioni n. 55384/2024 per euro 106.750,00, n. 4347/2025 per euro 213.500,00, cap. U0000S22501, ess. finn. 2024 -2025, ed impegno di euro 106.750,00 sul cap. U0000S22501, es. fin. 2025, a favore di EKOGEO S.R.L., con sede in Roma Via Giovanni Battista de Rossi n. 13, C.F./P.IVA 13440961004, variazione in diminuzione di euro di euro 106.750,00 dalla prenotazione n. 55384/2024, cap. U0000S22501, es. fin. 2024, a favore di creditori diversi.CIG B2CA15F55B.</t>
         </is>
       </c>
       <c r="D545" t="s">
-        <v>473</v>
+        <v>484</v>
       </c>
       <c r="E545" s="2">
-        <v>45551</v>
+        <v>45609</v>
       </c>
     </row>
     <row r="546">
       <c r="A546">
-        <v>3074</v>
+        <v>3112</v>
       </c>
       <c r="B546">
         <v>2024</v>
       </c>
       <c r="C546" t="inlineStr">
         <is>
-          <t>Rimborso degli oneri sostenuti dalle emittenti televisive e radiofoniche per la trasmissione di messaggi autogestiti relativi alle tornate elettorali 2023 ai sensi dell'art. 4, comma 5, della Legge n. 28 del 22 febbraio 2000. Impegno di spesa di € 14.309,28 sul cap. U0000R31113 e di € 57.990,24 sul cap. U0000R31109 a favore di vari creditori. Esercizio finanziario 2024.</t>
+          <t>"Vaccinazione antinfluenzale 2024-2025" - Affidamento del servizio per la realizzazione di una campagna di comunicazione istituzionale della Regione Lazio. Impegno di spesa complessivo di € 174.750,39 (IVA inclusa) a creditori vari. Capitolo di bilancio U0000H11786 - Es. Fin. 2024.</t>
         </is>
       </c>
       <c r="D546" t="s">
-        <v>6</v>
+        <v>485</v>
       </c>
       <c r="E546" s="2">
-        <v>45548</v>
+        <v>45609</v>
       </c>
     </row>
     <row r="547">
       <c r="A547">
-        <v>3073</v>
+        <v>3111</v>
       </c>
       <c r="B547">
         <v>2024</v>
       </c>
       <c r="C547" t="inlineStr">
         <is>
-          <t>Rimborso degli oneri sostenuti dalle emittenti televisive e radiofoniche per la trasmissione di messaggi autogestiti relativi alle tornate elettorali 2022 ai sensi dell'art. 4, comma 5, della Legge n. 28 del 22 febbraio 2000. Impegno di spesa di € 36.931,80 sul cap. U0000R31113 e di € 66.922,33 sul cap. U0000R31109 a favore di vari creditori. Esercizio finanziario 2024.</t>
+          <t>Determine a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. d) e b), del D.Lgs. 31 marzo, n.36, avente ad oggetto gli interventi di strip out, bonifica, pulizia e separazioni degli impianti non funzionanti, e messa in sicurezza del complesso immobiliare denominato "Ex ospedale Forlanini", suddiviso in 5 Lotti funzionali, e per gli incarichi di DL e CSE. Prenotazioni impegni a creditori diversi sul cap. U0000S22501, ess. finn. 2025-2026, di complessivi € 6.001.496,01 per lavori, € 300.074,82 per imprevisti, € 174.437,16 per incarico DL, € 90.913,33 per incarico CSE. Impegni di spesa sul cap. U0000S22501 di complessivi € 83.453,52 e accertamento di € 83.453,52 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, ess. finn. 2024-2025-2026. Impegno di spesa di € 660,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC. CUP: F82F24000400</t>
         </is>
       </c>
       <c r="D547" t="s">
         <v>6</v>
       </c>
       <c r="E547" s="2">
-        <v>45548</v>
+        <v>45608</v>
       </c>
     </row>
     <row r="548">
       <c r="A548">
-        <v>3072</v>
+        <v>3110</v>
       </c>
       <c r="B548">
         <v>2024</v>
       </c>
       <c r="C548" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 76, comma 2, lettera b) punto 3) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per una campagna di comunicazione istituzionale sulla Sanità. Impegno di spesa complessivo di € 304.268,00 (IVA inclusa) a creditori vari. Capitolo U0000R31902 - Es. Fin. 2024.</t>
-[...5 lines deleted...]
-        </is>
+          <t>Determine a contrarre di autorizzazione a procedure ex art. 50, comma 1, lett. c) e b), del D.Lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria del compendio di Roma, via Cristoforo Colombo n. 212. Prenotazione a favore creditori diversi cap. U0000S22515, es. finn. 2024, di € 492.880,00 per lavori. Impegno di spesa sul cap. U0000S22515 di € 7.070,00 e accertamento di € 7.070,00 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, es. fin. 2024. Impegno di spesa di € 250,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC.</t>
+        </is>
+      </c>
+      <c r="D548" t="s">
+        <v>6</v>
       </c>
       <c r="E548" s="2">
-        <v>45547</v>
+        <v>45608</v>
       </c>
     </row>
     <row r="549">
       <c r="A549">
-        <v>3071</v>
+        <v>3109</v>
       </c>
       <c r="B549">
         <v>2024</v>
       </c>
       <c r="C549" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'evento: "1 Congresso Giuridico Forense del Lazio" che si terrà a Roma il 19 e 20 settembre 2024. Impegno di spesa in favore dell'Ordine degli Avvocati di Roma (cod. cred. 62193) di € 12.200,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B2F237C8D8</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. a), del D.Lgs. 31 marzo 2023, n. 36, degli interventi di manutenzione straordinaria delle sedi istituzionali di proprietà della Regione Lazio. Impegno di spesa sul cap. U0000S22501 di euro 180.053,09, es. fin. 2024, a favore di SIAN Costruzioni Restauri Edili Di Lurci Andrea. Impegno di spesa di euro 35,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC. CIG: B2B5BEB2D2.</t>
         </is>
       </c>
       <c r="D549" t="s">
-        <v>474</v>
+        <v>486</v>
       </c>
       <c r="E549" s="2">
-        <v>45547</v>
+        <v>45608</v>
       </c>
     </row>
     <row r="550">
       <c r="A550">
-        <v>3070</v>
+        <v>3108</v>
       </c>
       <c r="B550">
         <v>2024</v>
       </c>
       <c r="C550" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'iniziativa: "100 Vele" che si svolgerà ad Ostia (RM) il 15 settembre 2024. Impegno di spesa in favore del CS Yacht Club ASD (cod. cred. 251031) di € 6.100,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B2ECB9A2EA&amp;nbsp;</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. a), del D.Lgs. 31 marzo 2023, n. 36, degli interventi di manutenzione straordinaria delle alberature ed aree a verde di proprietà della Regione Lazio. Impegno di spesa di euro 44.415,93 sul cap. U0000S22501, es. fin. 2024a favore di GREAT GREEN Cooperativa Sociale a r.l. C.I.G. B2A0A66B26</t>
         </is>
       </c>
       <c r="D550" t="s">
-        <v>475</v>
+        <v>487</v>
       </c>
       <c r="E550" s="2">
-        <v>45547</v>
+        <v>45608</v>
       </c>
     </row>
     <row r="551">
       <c r="A551">
-        <v>3069</v>
+        <v>3107</v>
       </c>
       <c r="B551">
         <v>2024</v>
       </c>
       <c r="C551" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'iniziativa: "Grand Prix Fiumicino Aquabike" - Trofeo Regione Lazio che si svolgerà a Fiumicino (RM) dal 20 al 22 settembre 2024. Impegno di spesa in favore del Comitato reg.le Lazio - Federazione Italiana Motonautica (cod. cred. 94883) di € 18.300,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B2E9A20E96</t>
+          <t>Determine a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. c) e b), del D.Lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria degli immobili di proprietà della Regione Lazio - 2 Lotti Funzionali, ed incarico professionale di CSE. Prenotazioni a favore creditori diversi cap. U0000S22501, ess. finn. 2024-2025, di € 854.000,00 per lavori, di € 13.695,76 CSE.Impegno di spesa sul cap. U0000S22501 di € 12.452,39 e accertamento di € 12.452,39 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, ess. finn. 2024-2025. Impegno di spesa di € 410,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC</t>
         </is>
       </c>
       <c r="D551" t="s">
-        <v>476</v>
+        <v>6</v>
       </c>
       <c r="E551" s="2">
-        <v>45547</v>
+        <v>45608</v>
       </c>
     </row>
     <row r="552">
       <c r="A552">
-        <v>3068</v>
+        <v>3106</v>
       </c>
       <c r="B552">
         <v>2024</v>
       </c>
       <c r="C552" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine per la Regione Lazio in occasione dell'evento "Cultura che InSegni" che si svolgerà presso il Comune di Segni (RM) dal 30 agosto al 31 dicembre 2024. Impegno di spesa in favore del Comune di Segni (cod. cred. 312) di € 24.400,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B2D787B8E7.</t>
+          <t>Determine a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. c) e b), del D.Lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro con unico operatore avente ad oggetto gli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà e/o in uso alla Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento - 2 Lotti Funzionali. Incarico di CSE. Rettifica della Determinazione Dirigenziale n. G10925 del 09/08/2024. Approvazione del nuovo quadro economico ed atti. Variazione in aumento delle prenotazioni d'impegno 55388/2024 e 4351/2025 a favore creditori diversi cap. U0000S22501, ess. finn. 2024- 2025, per complessivi euro 10.745,88.</t>
         </is>
       </c>
       <c r="D552" t="s">
-        <v>477</v>
+        <v>6</v>
       </c>
       <c r="E552" s="2">
-        <v>45547</v>
+        <v>45608</v>
       </c>
     </row>
     <row r="553">
       <c r="A553">
-        <v>3067</v>
+        <v>3105</v>
       </c>
       <c r="B553">
         <v>2024</v>
       </c>
       <c r="C553" t="inlineStr">
         <is>
-          <t>Approvazione dello studio di fattibilità di LAZIOcrea S.p.A. (cod. cred. 164838) per il progetto/servizio &amp;nbsp;ICT "Sistema Informativo delle attività estrattive (SIAE)" Impegni di spesa di importo complessivo di € 468.631,88 di cui € 222.172,91 sul capitolo U0000S25904, pdcf fino al IV livello1.03.02.19, ed € 246.458,97 sul capitolo U0000S26515, pdcf fino al IV livello 2.02.03.02 Missione 01 programma 08. Esercizi finanziari 2024-2025 e 2026.</t>
+          <t>Determine a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. c) e b), del D.Lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro con unico operatore avente ad oggetto gli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà e/o in uso alla Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento - 2 Lotti Funzionali, ed incarichi di DL e CSE. Prenotazioni a favore creditori diversi cap. U0000S22501, ess. finn. 2024-2025, di € 854.000,00 per lavori, di € 38.168,71 per DL e di € 7.163,95 per CSE.Impegno di spesa sul cap. U0000S22501 di € 12.919,91 e accertamento di € 12.919,91 cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, ess. finn. 2024-2025. Impegno di € 410,00 cap. U0000T19427, es. fin. 2024, a favore di ANAC</t>
         </is>
       </c>
       <c r="D553" t="s">
-        <v>478</v>
+        <v>6</v>
       </c>
       <c r="E553" s="2">
-        <v>45541</v>
+        <v>45608</v>
       </c>
     </row>
     <row r="554">
       <c r="A554">
-        <v>3066</v>
+        <v>3104</v>
       </c>
       <c r="B554">
         <v>2024</v>
       </c>
-      <c r="C554" t="s">
-        <v>479</v>
+      <c r="C554" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, dell'incarico professionale di verifica e validazione della progettazione esecutiva per l'immobile di proprietà regionale sito in Roma, Via Portuense 332, complesso ex "Ospedale Forlanini", Edificio R. Impegno di spesa sul Capitolo U0000S22506 del Bilancio della Regione Lazio, es. fin. 2024, per complessivi euro 66.719,56 a favore della PA INGEGNERIA S.R.L. Impegno di spesa di euro 35,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC. C.I.G: B265F59D44</t>
+        </is>
       </c>
       <c r="D554" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="E554" s="2">
-        <v>45539</v>
+        <v>45608</v>
       </c>
     </row>
     <row r="555">
       <c r="A555">
-        <v>3065</v>
+        <v>3103</v>
       </c>
       <c r="B555">
         <v>2024</v>
       </c>
       <c r="C555" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di visibilità e promozione d'immagine della Regione Lazio in occasione della XXI edizione del Premio Le Maschere del Teatro Italiano che si terrà a Roma il 5 settembre 2024. Impegno di spesa in favore della Fondazione Teatro di Roma (cod. cred. 13311) di € 40.260,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B2E0B50455.&amp;nbsp;</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, dell'incarico professionale di redazione di progettazione esecutiva dei locali adibiti a bar tavola calda/fredda dell'immobile di Roma, via Cristoforo Colombo n. 212. Impegno di spesa sul Capitolo U0000S22506 del Bilancio della Regione Lazio, es. fin. 2024, per complessivi euro 48.596,26 a favore dell'Arch. Flavio Mangione. C.I.G: B242D54239.</t>
         </is>
       </c>
       <c r="D555" t="s">
-        <v>481</v>
+        <v>489</v>
       </c>
       <c r="E555" s="2">
-        <v>45538</v>
+        <v>45608</v>
       </c>
     </row>
     <row r="556">
       <c r="A556">
-        <v>3064</v>
+        <v>3102</v>
       </c>
       <c r="B556">
         <v>2024</v>
       </c>
       <c r="C556" t="inlineStr">
         <is>
-          <t>Procedura aperta finalizzata all’affidamento del servizio di raccolta, carico, trasporto e conferimento presso impianto di trattamento autorizzato dei rifiuti prodotti dalle sedi regionali site nel territorio della Regione Lazio.</t>
+          <t>Accordo per la Coesione Territoriale (Delibera CIPESS n.21/2024) - Affidamento del servizio di Assistenza Tecnica per la gestione e attuazione degli interventi finanziati con risorse FSC 2021-2027, CUP F81C24000160001 - Impegno di spesa a favore di Lazio Innova S.p.A. (codice creditore 59621) per complessivi € 1.400.000,00, di cui € 1.300.000,00 sul cap. U0000C11943 ed € 100.000,00 sul cap. U0000C11944, esercizi finanziari 2024, 2025 e 2026.</t>
         </is>
       </c>
       <c r="D556" t="s">
-        <v>482</v>
+        <v>490</v>
       </c>
       <c r="E556" s="2">
-        <v>45686</v>
+        <v>45604</v>
       </c>
     </row>
     <row r="557">
       <c r="A557">
-        <v>3063</v>
+        <v>3101</v>
       </c>
       <c r="B557">
         <v>2024</v>
       </c>
       <c r="C557" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine per la Regione Lazio in occasione dell'evento "Festeggiamenti in onore della Madonna di Canneto - Pellegrinaggio di Canneto" - che si terrà nel Comune di Settefrati (FR) dal 18 al 22 agosto 2024. Impegno di spesa in favore del Comune di Settefrati (cod. cred. 315) di € 36.600,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG B2C4C919B1</t>
+          <t>Servizio di promozione d'immagine della Regione Lazio in occasione della 37^ edizione del Festival internazionale "Franz Liszt", che si svolgerà nel territorio dei Castelli Romani, dal 3 novembre al 22 dicembre 2024, a cura della Associazione Amici della Musica "Cesare De Sanctis" (cod. cred. 126672). Impegno di spesa di € 45.000,00 (IVA inclusa) sul capitolo di spesa U0000R31902 - Es. Fin. 2024. CIG: B3F32BE07A</t>
         </is>
       </c>
       <c r="D557" t="s">
-        <v>483</v>
+        <v>491</v>
       </c>
       <c r="E557" s="2">
-        <v>45533</v>
+        <v>45604</v>
       </c>
     </row>
     <row r="558">
       <c r="A558">
-        <v>3062</v>
+        <v>3100</v>
       </c>
       <c r="B558">
         <v>2024</v>
       </c>
       <c r="C558" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine per la Regione Lazio in occasione della programmazione "Alle radici culturali di una comunità" che si terrà a Subiaco nel periodo compreso tra il 10 agosto ed il 15 ottobre 2024. Impegno di spesa in favore del Comune di Subiaco (cod. cred. 325) di € 20.130,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B2C399E686</t>
+          <t>Affidamento per i servizi propedeutici per le campagne istituzionali in ambito sanitario. Impegno di spesa complessivo di € 56.300,00 IVA inclusa, suddivisa rispettivamente a Pro Format srl € 38.000,00 e a NMK srl € 18.300,00 sul Capitolo di spesa U0000H11786 - Es. Fin. 2024.</t>
         </is>
       </c>
       <c r="D558" t="s">
-        <v>484</v>
+        <v>492</v>
       </c>
       <c r="E558" s="2">
-        <v>45533</v>
+        <v>45602</v>
       </c>
     </row>
     <row r="559">
       <c r="A559">
-        <v>3061</v>
+        <v>3099</v>
       </c>
       <c r="B559">
         <v>2024</v>
       </c>
       <c r="C559" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine per la Regione Lazio in occasione dell'evento "Velletri Libris ed. 2024 - De Cultour" in programma dall'01/09 al 08/09/2024 presso il Comune di Velletri (RM). Impegno di spesa in favore della Fondazione De Cultura (cod. cred. 209291) con sede a Velletri (RM) Piazza Cairoli, 28 - 00049, cod fiscale 9504070585, di € 30.500,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG B2C6072147</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 - Tredicesima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Determinazione a contrarre, approvazione schemi, atti e indizione gara.</t>
         </is>
       </c>
       <c r="D559" t="s">
-        <v>485</v>
+        <v>6</v>
       </c>
       <c r="E559" s="2">
-        <v>45533</v>
+        <v>45602</v>
       </c>
     </row>
     <row r="560">
       <c r="A560">
-        <v>3060</v>
+        <v>3098</v>
       </c>
       <c r="B560">
         <v>2024</v>
       </c>
       <c r="C560" t="inlineStr">
         <is>
-          <t>Procedura aperta, suddivisa in quattro lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi postali e servizi "a monte" del recapito, destinati alle Amministrazioni della Regione Lazio e della Regione Umbria.</t>
-[...5 lines deleted...]
-        </is>
+          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs 36/2023 della redazione del progetto di fattibilità tecnica ed economica, del coordinamento della sicurezza in fase di progettazione, della verifica preventiva dell’interesse archeologico e della relazione geologica dell’intervento “Realizzazione della cassa di laminazione delle piene del fiume Marta (VT)”</t>
+        </is>
+      </c>
+      <c r="D560" t="s">
+        <v>493</v>
       </c>
       <c r="E560" s="2">
-        <v>45526</v>
+        <v>45602</v>
       </c>
     </row>
     <row r="561">
       <c r="A561">
-        <v>3059</v>
+        <v>3097</v>
       </c>
       <c r="B561">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="C561" t="inlineStr">
         <is>
-          <t>Procedura aperta, ai sensi dell'art. 71 D.lgs. 36/2023, per l'acquisizione del "Servizio di assistenza organizzativa/gestionale e del supporto tecnico-specialistico alla Direzione Regionale Programmazione economica, centrale acquisti, fondi europei, PNRR". Proroga dell'attuale contratto, ai sensi dell'art. 106, comma 11 del D.lgs 50/2016 per la durata di 6 mesi Impegno di spesa complessivo di 612.135,00 IVA inclusa sul cap. capitolo U0000H11785 di cui € 408.090,00 IVA inclusa Es. Fin. 2024 ed € 204.045,00 IVA inclusa Es. Fin. 2025, in favore di Intellera Consulting S.r.l. in qualità di capogruppo (cod. cred. 191021).</t>
-[...3 lines deleted...]
-        <v>8145970817</v>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. 36/2023 della redazione del progetto di fattibilità tecnica ed economica, esecutivo, del coordinamento della sicurezza in fase di progettazione e della relazione geologica dell'intervento "Lavori di ripristino delle difese idrauliche del fiume Paglia a protezione della SS Cassia a valle del ponte Gregoriano in Comune di Acquapendente (VT).</t>
+        </is>
+      </c>
+      <c r="D561" t="s">
+        <v>494</v>
       </c>
       <c r="E561" s="2">
-        <v>45523</v>
+        <v>45595</v>
       </c>
     </row>
     <row r="562">
       <c r="A562">
-        <v>3058</v>
+        <v>3096</v>
       </c>
       <c r="B562">
         <v>2024</v>
       </c>
       <c r="C562" t="inlineStr">
         <is>
-          <t>D.G.R. n. 311 del 24/05/2022. Intervento cod. Rendis 12IR009/CI "Lavori straordinari di manutenzione dell'alveo del fiume Tronto nel Comune di Amatrice". CUP: F77H21007280005</t>
+          <t>Approvazione proposta ex art. 17, comma 5, D.Lgs. n. 36/2023 e ss.mm.ii, ed aggiudicazione della procedura "Accordo Quadro con unico operatore avente ad oggetto l'affidamento del servizio di autospurgo, video-ispezione e manutenzione dei tratti fecali e relativi pozzetti di scarico degli immobili sede degli Uffici della Giunta Regione Lazio e dei Centri per l'Impiego". Perfezionamento delle prenotazioni d'impegno di spesa n. 49619/2024 e 3633/2025, ess. finn. 2024-2025 per euro 190.116,67, impegno di euro 78.283,33, cap. U0000S21900, es. fin. 2026, a favore di GMAST ECOLOGICA S.R.L., con sede in Roma, Via Acuto n. 8, C.F. / P.IVA 13614531005. Variazione in diminuzione di euro 22.366,66 dalla prenotazione n. 49619/2024, es. fin. 2024, e di euro 55.916,67 dalla prenotazione n. 928/2026, cap. U0000S21900, es. fin. 2026, acquisite a favore di creditori diversi. CIG B154828799.</t>
         </is>
       </c>
       <c r="D562" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="E562" s="2">
-        <v>45523</v>
+        <v>45594</v>
       </c>
     </row>
     <row r="563">
       <c r="A563">
-        <v>3057</v>
+        <v>3095</v>
       </c>
       <c r="B563">
         <v>2023</v>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>SIGN_PAD - "Gara comunitaria centralizzata a procedura aperta ex art. 60 D.lgs. 50/2016 e s.m.i. per l'acquisizione di Sign- Pad e relativo software per la gestione della firma elettronica grafometrica per i Centri per l'Impiego, in attuazione del Piano straordinario di Potenziamento dei CPI e delle Politiche Attive del Lavoro della Regione Lazio". CIG: 990524311C – Codice gara: 9170927. Indizione procedura di gara, approvazione atti e nomina del Responsabile Unico del Procedimento.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera a) del D.lgs. 36/2023, del servizio di ideazione e progettazione della campagna di comunicazione relativa all'iniziativa PNRR "Rete dei servizi di facilitazione digitale" della Regione Lazio.</t>
         </is>
       </c>
       <c r="D563" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="E563" s="2">
-        <v>45523</v>
+        <v>45594</v>
       </c>
     </row>
     <row r="564">
       <c r="A564">
-        <v>3056</v>
+        <v>3094</v>
       </c>
       <c r="B564">
         <v>2024</v>
       </c>
       <c r="C564" t="inlineStr">
         <is>
-          <t>Programma regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana", in attuazione dell'articolo 1, comma 134, della legge 30 dicembre 2018, n. 145, e s.m.i. - Fondo per la Progettazione di Opere Pubbliche. Attività progettuale relativa all'intervento di "Adeguamento del corpo arginale e di ripristino dell'officiosità idraulica dell'alveo del fiume Velino nel tratto compreso nei Comuni di Cittaducale e Castel San Angelo (RI)</t>
+          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell'art. 71 del D.Lgs. n. 36/2023, per l'affidamento del servizio di Call Center ReCUP occorrente alle Aziende Sanitarie e Ospedaliere della Regione Lazio. Approvazione atti di gara e indizione della procedura.</t>
         </is>
       </c>
       <c r="D564" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
       <c r="E564" s="2">
-        <v>45522</v>
+        <v>45594</v>
       </c>
     </row>
     <row r="565">
       <c r="A565">
-        <v>3055</v>
+        <v>3093</v>
       </c>
       <c r="B565">
         <v>2024</v>
       </c>
       <c r="C565" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende sanitarie della Regione Lazio - Farmaci 2024 - Decima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
+          <t>Avviso pubblico di indagine di mercato per la manifestazione di interesse a partecipare al possibile affidamento diretto, ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs 36/2023 del servizio di “attività idrografiche per rilievi batimetrici e rilievi geofisici (side scan sonar, multibeam, sbp-chirp, sub bottom profiler chirp, spk sparker) nelle aree identificate come “sito di Terracina”, “sito di Anzio” e “sito di Montalto di Castro”</t>
         </is>
       </c>
       <c r="D565" t="s">
         <v>6</v>
       </c>
       <c r="E565" s="2">
-        <v>45511</v>
+        <v>45594</v>
       </c>
     </row>
     <row r="566">
       <c r="A566">
-        <v>3054</v>
+        <v>3092</v>
       </c>
       <c r="B566">
         <v>2024</v>
       </c>
       <c r="C566" t="inlineStr">
         <is>
-          <t>Approvazione "Avviso Pubblico per la consultazione preliminare di mercato indetta ai sensi dell'art. 77 del d.lgs. 36/2023 per acquisizione istanze di interesse per la fornitura di un servizio specialistico statistico-econometrico</t>
+          <t>Promozione d'immagine per la Regione Lazio sulla pubblicazione "La Cappella dell'Avvocata Nostra e la Vicovaro sacra: culto, arte e storia nei secoli", a cura della Parrocchia di San Pietro Apostolo (cod. cred. 91575). Impegno di spesa di € 9.000,00 (IVA esente) sul capitolo di spesa U0000R31902 - Es. Fin. 2024. CIG: B3A0DDB5C5.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D566" t="s">
-        <v>6</v>
+        <v>498</v>
       </c>
       <c r="E566" s="2">
-        <v>45510</v>
+        <v>45593</v>
       </c>
     </row>
     <row r="567">
       <c r="A567">
-        <v>3053</v>
+        <v>3091</v>
       </c>
       <c r="B567">
         <v>2024</v>
       </c>
       <c r="C567" t="inlineStr">
         <is>
-          <t>"Programma regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana", in attuazione dell'articolo 1, comma 134, della legge 30 dicembre 2018, n. 145, e s.m.i. - Fondo per la Progettazione di Opere Pubbliche. Procedura aperta in ambito comunitario suddivisa in due lotti per la conclusione di un accordo quadro con unico operatore economico per ciascuno dei lotti, ai sensi dell’art. 59, comma 3 del D.Lgs. n. 36/2023, per l’affidamento di servizi di progettazione relativi a interventi a favore dei comuni, finalizzati alla mitigazione del rischio idrogeologico nei territori della Regione Lazio.</t>
+          <t>Procedura aperta, ai sensi art. 71 D.Lgs n. 36/2023, per individuazione di un Organismo Intermedio per gestione e controllo dell'intervento "Buoni servizio per la fruizione di interventi in materia di inclusione sociale"&amp;nbsp;</t>
         </is>
       </c>
       <c r="D567" t="s">
-        <v>489</v>
+        <v>499</v>
       </c>
       <c r="E567" s="2">
-        <v>45506</v>
+        <v>45593</v>
       </c>
     </row>
     <row r="568">
       <c r="A568">
-        <v>3052</v>
+        <v>3090</v>
       </c>
       <c r="B568">
         <v>2024</v>
       </c>
-      <c r="C568" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C568" t="s">
+        <v>500</v>
       </c>
       <c r="D568" t="s">
-        <v>490</v>
+        <v>6</v>
       </c>
       <c r="E568" s="2">
-        <v>45506</v>
+        <v>45590</v>
       </c>
     </row>
     <row r="569">
       <c r="A569">
-        <v>3051</v>
+        <v>3089</v>
       </c>
       <c r="B569">
         <v>2024</v>
       </c>
-      <c r="C569" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C569" t="s">
+        <v>501</v>
       </c>
       <c r="D569" t="s">
-        <v>491</v>
+        <v>6</v>
       </c>
       <c r="E569" s="2">
-        <v>45505</v>
+        <v>45589</v>
       </c>
     </row>
     <row r="570">
       <c r="A570">
-        <v>3050</v>
+        <v>3088</v>
       </c>
       <c r="B570">
         <v>2024</v>
       </c>
       <c r="C570" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'evento: 3 Grand Prix Storico di Roma - 1 Giornata del Made in Italy Motoristico, che si svolgerà a Roma dal 14 al 15 giugno 2024. Impegno di spesa a favore dell'Ass.ne Orgoglio Motoristico (cod. cred. 250310) di € 15.000,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B208010071.</t>
+          <t>L.R. n. 17/2024: affidamento in house providing a LAZIOcrea S.p.A., ai sensi art. 7 d.lgs n. 36/2023, per attività di promozione culturale, sociale e ambientale e di valorizzazione del patrimonio regionale di cui alla L.R. n. 28/2019, art. 7, c. 105.</t>
         </is>
       </c>
       <c r="D570" t="s">
-        <v>492</v>
+        <v>502</v>
       </c>
       <c r="E570" s="2">
-        <v>45505</v>
+        <v>45588</v>
       </c>
     </row>
     <row r="571">
       <c r="A571">
-        <v>3049</v>
+        <v>3087</v>
       </c>
       <c r="B571">
         <v>2024</v>
       </c>
       <c r="C571" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'evento: "L'avventura ha le ali grandi - Destinazione Capo Nord" che si terrà dal 19 giugno al 1 luglio 2024. Impegno di spesa a favore di Juppiter APS Giovanile (cod. cred. 53815) di € 18.300,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B208399B4</t>
+          <t>Decisione a contrarre, ai sensi dell'art. 50, co. 1, lett. b), del d.lgs. n. 36/2023, del servizio di stampa aggiuntiva del volume "Lazio in Numeri 2023". Impegno di spesa di 944,28 euro (IVA inclusa, 22%), a favore della ditta Tipografia Carnicella, ViaD. Silveri, 24-28 - 00165 - ROMA - P.IVA 09069311000, a valere sul Capitolo di bilancio U0000C11131, Missione 01 - programma 03 - PdC 1.03.02.13.000, esercizio finanziario 2024. CIG: B2D4F9F10C, CUP: F89B23000160007.</t>
         </is>
       </c>
       <c r="D571" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="E571" s="2">
-        <v>45505</v>
+        <v>45588</v>
       </c>
     </row>
     <row r="572">
       <c r="A572">
-        <v>3048</v>
+        <v>3086</v>
       </c>
       <c r="B572">
         <v>2024</v>
       </c>
       <c r="C572" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'evento: "Ebraica - Festival Internazionale di Cultura che si svolgerà a Roma dal 23 al 26 giugno 2024. Impegno di spesa a favore dell'Artix Soc. Cooperativa (cod. cred. 250369) di € 14.945,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B22306CBC1</t>
+          <t>Affidamento diretto ai sensi dell'art. 50 co. 1, lett. b), del d.lgs. 36/2023, per l'acquisizione di un servizio di Cloud Computing IaaS, alla ditta Aruba S.p.A. , tramite Oda sul MePa, procedura n. Nr. Procedura 732275. Impegno di spesa di euro 4191,14, assunto sul capitolo di spesa U0000C11141, missione 01, programma 03, PdC finanziario 1.03.02.07.000, esercizio finanziario 2024, a favore del creditore ARUBA S.p.A., partita IVA 01573850516, codice creditore. CIG: B29A54FF1E, CUP: F86G24000350007</t>
         </is>
       </c>
       <c r="D572" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
       <c r="E572" s="2">
-        <v>45505</v>
+        <v>45588</v>
       </c>
     </row>
     <row r="573">
       <c r="A573">
-        <v>3047</v>
+        <v>3085</v>
       </c>
       <c r="B573">
         <v>2024</v>
       </c>
       <c r="C573" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dellìart.50, comma 1. letterab) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'iniziativa: "60^ edizione Coppa dei Canottieri Lazio (cod cred. 73378) di € 12.200 I.V.A. inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024 CIG B2353A6FA8.</t>
+          <t>Servizio di promozione d'immagine e di visibilità della Regione Lazio in occasione dell'iniziativa "Dominate The Water" che si svolgerà a Roma il 19 ottobre 2024, a cura della Dominate the Water srl (cod. cred. 251460). Impegno di spesa di € 18.300,00 (IVA inclusa) sul capitolo di spesa U0000R31902 - Es. Fin. 2024. CIG: B3607F6070.</t>
         </is>
       </c>
       <c r="D573" t="s">
-        <v>495</v>
+        <v>505</v>
       </c>
       <c r="E573" s="2">
-        <v>45505</v>
+        <v>45586</v>
       </c>
     </row>
     <row r="574">
       <c r="A574">
-        <v>3046</v>
+        <v>3084</v>
       </c>
       <c r="B574">
         <v>2024</v>
       </c>
       <c r="C574" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di presenza pubblicitaria istituzionale per la Regione Lazio su ""Il Libro dei Fatti 2024"". Impegno di spesa in favore della GMC GIUSEPPE MARRA COMMUNICATIONS S.A.P.A. DI GIUSEPPE PASQUALE MARRA (cod. cred. 127155) di € 19.520,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B236E40376.&amp;nbsp;</t>
+          <t>Visibilità Regione Lazio in occasione della manifestazione "Tennis&amp;amp;Friends", che si svolgerà dall'11 al 13 ottobre presso il Foro Italico di Roma, a cura REAL SPORT EVENTS A.S. (cod. cred. 156895). Impegno di spesa di € 24.400,00 (IVA inclusa) sul capitolo di spesa U0000R31902 - Es. Fin. 2024. CIG:B3560FE6F7</t>
         </is>
       </c>
       <c r="D574" t="s">
-        <v>496</v>
+        <v>506</v>
       </c>
       <c r="E574" s="2">
-        <v>45505</v>
+        <v>45586</v>
       </c>
     </row>
     <row r="575">
       <c r="A575">
-        <v>3045</v>
+        <v>3083</v>
       </c>
       <c r="B575">
         <v>2024</v>
       </c>
       <c r="C575" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'iniziativa: ""Estate con noi"" che si svolgerà ad Ardea dall'11 al 14 luglio 2024. Impegno di spesa in favore dell'Ass. Nuova California 2004 Onlus (cod. cred. 100201) di € 9.150,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B24CC5F14E&amp;nbsp;</t>
+          <t>Adesione alla Convenzione Consip "Energia Elettrica 21" Lotto 11 (Regione Lazio esclusa provincia di Roma) per la fornitura di energia elettrica e dei servizi connessi per le Pubbliche Amministrazioni, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388, del D.M. 24 febbraio 2000 e del D.M. 2 maggio 2001, stipulata con HERA COMM S.P.A. - durata contratto 12 mesi - Impegno complessivo di Euro 341.600,00 Iva compresa sul Capitolo U0000S23418 sull'esercizio finanziario 2024 -2025 CIG B2AA04BD8C</t>
         </is>
       </c>
       <c r="D575" t="s">
-        <v>497</v>
+        <v>507</v>
       </c>
       <c r="E575" s="2">
-        <v>45505</v>
+        <v>45581</v>
       </c>
     </row>
     <row r="576">
       <c r="A576">
-        <v>3044</v>
+        <v>3082</v>
       </c>
       <c r="B576">
         <v>2024</v>
       </c>
       <c r="C576" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di presenza istituzionale e promozione di immagine per la Regione Lazio sul prodotto editoriale "Racconti di Sabaudia ed. 2024". Impegno di spesa in favore della Multimedia Communication di Maria Costici &amp;amp; C. sas (cod. cred. 99321) di € 12.200,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B236D18F2E.</t>
+          <t>Adesione alla Convenzione Consip "Energia Elettrica 21" Lotto 10 (Provincia di Roma) per la fornitura di energia elettrica e dei servizi connessi per le Pubbliche Amministrazioni, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388, del D.M. 24 febbraio 2000 e del D.M. 2 maggio 2001, stipulata con HERA COMM S.P.A. - durata contratto 12 mesi - Impegno complessivo di Euro 2.141.100,00 Iva compresa sul Capitolo U0000S23418 dell'esercizio finanziario 2024 -2025 CIG B2A5A52F45</t>
         </is>
       </c>
       <c r="D576" t="s">
-        <v>498</v>
+        <v>508</v>
       </c>
       <c r="E576" s="2">
-        <v>45505</v>
+        <v>45581</v>
       </c>
     </row>
     <row r="577">
       <c r="A577">
-        <v>3043</v>
+        <v>3081</v>
       </c>
       <c r="B577">
         <v>2024</v>
       </c>
       <c r="C577" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del d.lgs 36/2023, del servizio di rilievo batimetrico multibeam nelle aree portuali e avamportuali del porto di Terracina</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'iniziativa: "Saperi &amp;amp; Sapori" che si svolgerà a Collepardo dal 29 al 30 giugno 2024. Impegno di spesa in favore dell'Ass. Noi Amiamo Collepardo ODV (cod. cred. 250375) di € 9.760,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B22929F51F</t>
         </is>
       </c>
       <c r="D577" t="s">
-        <v>499</v>
+        <v>509</v>
       </c>
       <c r="E577" s="2">
-        <v>45504</v>
+        <v>45580</v>
       </c>
     </row>
     <row r="578">
       <c r="A578">
-        <v>3042</v>
+        <v>3080</v>
       </c>
       <c r="B578">
         <v>2024</v>
       </c>
       <c r="C578" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020 Call for proposal "Energia sostenibile 2.0" Asse Prioritario 4 Azione 4.1.1 _ 14^ Aggiornamento elenco operatori economici abilitati a svolgere il servizio di certificazione della prestazione energetica degli edifici, di importo inferiore a 5.000,00 euro, mediante affidamento diretto ai sensi dell'art. 50 del D.lgs. 36/2023</t>
+          <t>Adesione all'Accordo Quadro ex art. 54, comma 3, del D.lgs. n. 50/2016, sudd. in 8 lotti, per l'affid. di serv. di supp. alla Digital Transformation per la PA - Ed. 2 (ID 2536) - Lotto 1: Strategia della Trasformazione Digitale (CIG: 9853648F8D), prog. Data Strategy. Imp. di spesa compl. di € 550.107,76 IVA incl., sul cap. U0000S25904, in favore di McKinsey &amp;amp; Company Inc. Italy (cod. cred. 172162) per Euro 302.558,78 e di Intellera Consulting S.p.A. (cod. cred. 191021) per Euro 247.548,98. Impegno compl. € 4.562,46 sul cap. U0000S25904 ai sensi dell'art. 113 del D.Lgs. n. 50/2016 in fav. del "Fondo incentivi ex art.383 sexies R.R. n.1/2002" (cod. cred.176734) e relativi accert. &amp;nbsp;sui cap. in entrata E0000341559-E0000341562-E0000341563. Approv. schema di contr., Piano Op., nomina RUP, DEC e definiz. del gruppo di lavoro. Es. fin. 2024-2026. CIG derivato B31D427762. CUP F89I24001460002.</t>
         </is>
       </c>
       <c r="D578" t="s">
-        <v>6</v>
+        <v>510</v>
       </c>
       <c r="E578" s="2">
-        <v>45504</v>
+        <v>45576</v>
       </c>
     </row>
     <row r="579">
       <c r="A579">
-        <v>3041</v>
+        <v>3079</v>
       </c>
       <c r="B579">
         <v>2024</v>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende sanitarie della Regione Lazio - Farmaci 2024 nona tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
-[...3 lines deleted...]
-        <v>6</v>
+          <t>"Ottobre Rosa 2024"- Campagna di comunicazione istituzionale della Regione Lazio. Impegno di spesa complessivo di € 197.903,70 (IVA inclusa) a creditori vari. Capitolo di spesa U0000H11726 - Es. Fin. 2024.</t>
+        </is>
+      </c>
+      <c r="D579" t="inlineStr">
+        <is>
+          <t>0893300152; B32F9055E3; B32CAB2B86; B32E690AB0; B32F997E5C; B32FA41AA7; B32FABBF53; B32FB0D302; B32FEFF47C; B32FF6CE6C; B330045183; B33009103B; B339D1488E; B33157F5C9; B33165AA81; B3340B6F40; B331892F3A; B331900A02; B33198BCB6; B339CFE667</t>
+        </is>
       </c>
       <c r="E579" s="2">
-        <v>45497</v>
+        <v>45574</v>
       </c>
     </row>
     <row r="580">
       <c r="A580">
-        <v>3040</v>
+        <v>3078</v>
       </c>
       <c r="B580">
         <v>2024</v>
       </c>
-      <c r="C580" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C580" t="s">
+        <v>511</v>
       </c>
       <c r="D580" t="s">
-        <v>6</v>
+        <v>512</v>
       </c>
       <c r="E580" s="2">
-        <v>45537</v>
+        <v>45561</v>
       </c>
     </row>
     <row r="581">
       <c r="A581">
-        <v>3039</v>
+        <v>3077</v>
       </c>
       <c r="B581">
         <v>2024</v>
       </c>
       <c r="C581" t="inlineStr">
         <is>
-          <t>Procedura negoziata, tramite R.D.O. sul M.E.La., finalizzata all’affidamento per la fornitura di divise estive e invernali per il personale con qualifica di autista in servizio presso la Giunta della Regione Lazio</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione del Festival e Premio Letterario al Femminile "Le Parole di Lavinia" che si svolgerà a Pomezia (RM), 20 - 21 settembre 2024. Impegno di spesa in favore del Centro Studi Femininum Ingenium (cod. cred. 251208) di € 5.000,00 Iva esente sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B318C050C4</t>
         </is>
       </c>
       <c r="D581" t="s">
-        <v>500</v>
+        <v>513</v>
       </c>
       <c r="E581" s="2">
-        <v>45485</v>
+        <v>45559</v>
       </c>
     </row>
     <row r="582">
       <c r="A582">
-        <v>3038</v>
+        <v>3076</v>
       </c>
       <c r="B582">
         <v>2024</v>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>Sostituzione nominativo del Gruppo Tecnico di Progettazione della gara centralizzata per l'affidamento del servizio di ristorazione delle Aziende sanitarie della Regione Lazio-Edizione 3, costituito con Determinazione n. G03934 del 08/04/2024.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'evento: "Nato il sei ottobre". Impegno di spesa in favore della Duea Film spa (cod. cred. 157803) di € 24.400,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B2F88D8DCE</t>
         </is>
       </c>
       <c r="D582" t="s">
-        <v>6</v>
+        <v>514</v>
       </c>
       <c r="E582" s="2">
-        <v>45482</v>
+        <v>45551</v>
       </c>
     </row>
     <row r="583">
       <c r="A583">
-        <v>3037</v>
+        <v>3075</v>
       </c>
       <c r="B583">
         <v>2024</v>
       </c>
-      <c r="C583" t="s">
-        <v>501</v>
+      <c r="C583" t="inlineStr">
+        <is>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per l'acquisto di uno spazio pubblicitario per campagne istituzionali. Impegno di spesa in favore della G QUADRO ADVERTISING SRL (cod. cred. 250799) di € 115.900,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. Impegno di spesa in favore dell'Anac di € 35,00 sul capitolo U0000T19427 per il contributo obbligatorio - Esercizio finanziario 2024. CIG: B2EE836EDB</t>
+        </is>
       </c>
       <c r="D583" t="s">
-        <v>502</v>
+        <v>515</v>
       </c>
       <c r="E583" s="2">
-        <v>45481</v>
+        <v>45551</v>
       </c>
     </row>
     <row r="584">
       <c r="A584">
-        <v>3036</v>
+        <v>3074</v>
       </c>
       <c r="B584">
         <v>2024</v>
       </c>
       <c r="C584" t="inlineStr">
         <is>
-          <t>Decisione di contrarre per affidamento diretto ai sensi dell'art. 50 comma, 1 lettera b) del d.lgs. 36/2023, tramite Ordine diretto d'Acquisto (OdA) sulla piattaforma MePA (www.acquistinretepa.it) della fornitura dei corsi di formazione AIB.</t>
+          <t>Rimborso degli oneri sostenuti dalle emittenti televisive e radiofoniche per la trasmissione di messaggi autogestiti relativi alle tornate elettorali 2023 ai sensi dell'art. 4, comma 5, della Legge n. 28 del 22 febbraio 2000. Impegno di spesa di € 14.309,28 sul cap. U0000R31113 e di € 57.990,24 sul cap. U0000R31109 a favore di vari creditori. Esercizio finanziario 2024.</t>
         </is>
       </c>
       <c r="D584" t="s">
-        <v>503</v>
+        <v>6</v>
       </c>
       <c r="E584" s="2">
-        <v>45475</v>
+        <v>45548</v>
       </c>
     </row>
     <row r="585">
       <c r="A585">
-        <v>3035</v>
+        <v>3073</v>
       </c>
       <c r="B585">
         <v>2024</v>
       </c>
-      <c r="C585" t="s">
-        <v>504</v>
+      <c r="C585" t="inlineStr">
+        <is>
+          <t>Rimborso degli oneri sostenuti dalle emittenti televisive e radiofoniche per la trasmissione di messaggi autogestiti relativi alle tornate elettorali 2022 ai sensi dell'art. 4, comma 5, della Legge n. 28 del 22 febbraio 2000. Impegno di spesa di € 36.931,80 sul cap. U0000R31113 e di € 66.922,33 sul cap. U0000R31109 a favore di vari creditori. Esercizio finanziario 2024.</t>
+        </is>
       </c>
       <c r="D585" t="s">
-        <v>505</v>
+        <v>6</v>
       </c>
       <c r="E585" s="2">
-        <v>45474</v>
+        <v>45548</v>
       </c>
     </row>
     <row r="586">
       <c r="A586">
-        <v>3034</v>
+        <v>3072</v>
       </c>
       <c r="B586">
         <v>2024</v>
       </c>
-      <c r="C586" t="s">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="C586" t="inlineStr">
+        <is>
+          <t>Affidamento diretto ai sensi dell'art. 76, comma 2, lettera b) punto 3) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per una campagna di comunicazione istituzionale sulla Sanità. Impegno di spesa complessivo di € 304.268,00 (IVA inclusa) a creditori vari. Capitolo U0000R31902 - Es. Fin. 2024.</t>
+        </is>
+      </c>
+      <c r="D586" t="inlineStr">
+        <is>
+          <t>B28A7C984D; B28BF8E5CE; B28BFE7F3D; B28AA72A47; B28ABEC239; B28ACEF7F3; B28ADAE592; B28AEBA2BC; B28BEA772D; B28B5D2D55; B28B88DE2A; B28B8DCF5B; B28D6F1270; B28E33B698; B28C01BA28; B28D9AB272</t>
+        </is>
       </c>
       <c r="E586" s="2">
-        <v>45474</v>
-[...2 lines deleted...]
-        <v>507</v>
+        <v>45547</v>
       </c>
     </row>
     <row r="587">
       <c r="A587">
-        <v>3033</v>
+        <v>3071</v>
       </c>
       <c r="B587">
         <v>2024</v>
       </c>
       <c r="C587" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - Farmaci 2024 quarta tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'evento: "1 Congresso Giuridico Forense del Lazio" che si terrà a Roma il 19 e 20 settembre 2024. Impegno di spesa in favore dell'Ordine degli Avvocati di Roma (cod. cred. 62193) di € 12.200,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B2F237C8D8</t>
         </is>
       </c>
       <c r="D587" t="s">
-        <v>6</v>
+        <v>516</v>
       </c>
       <c r="E587" s="2">
-        <v>45468</v>
+        <v>45547</v>
       </c>
     </row>
     <row r="588">
       <c r="A588">
-        <v>3032</v>
+        <v>3070</v>
       </c>
       <c r="B588">
         <v>2024</v>
       </c>
       <c r="C588" t="inlineStr">
         <is>
-          <t>"Ripascimento di un tratto di litorale di Ostia Levante nel Municipio X di Roma Capitale" - servizio di monitoraggio ambientale previsto ai sensi del DM 173/2016</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'iniziativa: "100 Vele" che si svolgerà ad Ostia (RM) il 15 settembre 2024. Impegno di spesa in favore del CS Yacht Club ASD (cod. cred. 251031) di € 6.100,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B2ECB9A2EA&amp;nbsp;</t>
         </is>
       </c>
       <c r="D588" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="E588" s="2">
-        <v>45462</v>
+        <v>45547</v>
       </c>
     </row>
     <row r="589">
       <c r="A589">
-        <v>3031</v>
+        <v>3069</v>
       </c>
       <c r="B589">
         <v>2024</v>
       </c>
       <c r="C589" t="inlineStr">
         <is>
-          <t>Intervento n. 14: "Lavori di consolidamento del versante lungo il Fosso Manganello, a valle di Via della Circonvallazione, nel Comune di Cerveteri (RM)" - Affidamento diretto del servizio di assistenza e sorveglianza archeologica durante l'esecuzione dell'intervento.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'iniziativa: "Grand Prix Fiumicino Aquabike" - Trofeo Regione Lazio che si svolgerà a Fiumicino (RM) dal 20 al 22 settembre 2024. Impegno di spesa in favore del Comitato reg.le Lazio - Federazione Italiana Motonautica (cod. cred. 94883) di € 18.300,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B2E9A20E96</t>
         </is>
       </c>
       <c r="D589" t="s">
-        <v>509</v>
+        <v>518</v>
       </c>
       <c r="E589" s="2">
-        <v>45460</v>
+        <v>45547</v>
       </c>
     </row>
     <row r="590">
       <c r="A590">
-        <v>3030</v>
+        <v>3068</v>
       </c>
       <c r="B590">
         <v>2024</v>
       </c>
       <c r="C590" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 - Ottava tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Determinazione a contrarre, approvazione schemi, atti e indizione gara.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine per la Regione Lazio in occasione dell'evento "Cultura che InSegni" che si svolgerà presso il Comune di Segni (RM) dal 30 agosto al 31 dicembre 2024. Impegno di spesa in favore del Comune di Segni (cod. cred. 312) di € 24.400,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B2D787B8E7.</t>
         </is>
       </c>
       <c r="D590" t="s">
-        <v>6</v>
+        <v>519</v>
       </c>
       <c r="E590" s="2">
-        <v>45453</v>
+        <v>45547</v>
       </c>
     </row>
     <row r="591">
       <c r="A591">
-        <v>3029</v>
+        <v>3067</v>
       </c>
       <c r="B591">
         <v>2024</v>
       </c>
       <c r="C591" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 settima tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
+          <t>Approvazione dello studio di fattibilità di LAZIOcrea S.p.A. (cod. cred. 164838) per il progetto/servizio &amp;nbsp;ICT "Sistema Informativo delle attività estrattive (SIAE)" Impegni di spesa di importo complessivo di € 468.631,88 di cui € 222.172,91 sul capitolo U0000S25904, pdcf fino al IV livello1.03.02.19, ed € 246.458,97 sul capitolo U0000S26515, pdcf fino al IV livello 2.02.03.02 Missione 01 programma 08. Esercizi finanziari 2024-2025 e 2026.</t>
         </is>
       </c>
       <c r="D591" t="s">
-        <v>6</v>
+        <v>520</v>
       </c>
       <c r="E591" s="2">
-        <v>45443</v>
+        <v>45541</v>
       </c>
     </row>
     <row r="592">
       <c r="A592">
-        <v>3028</v>
+        <v>3066</v>
       </c>
       <c r="B592">
         <v>2024</v>
       </c>
-      <c r="C592" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C592" t="s">
+        <v>521</v>
       </c>
       <c r="D592" t="s">
-        <v>510</v>
+        <v>522</v>
       </c>
       <c r="E592" s="2">
-        <v>45443</v>
+        <v>45539</v>
       </c>
     </row>
     <row r="593">
       <c r="A593">
-        <v>3027</v>
+        <v>3065</v>
       </c>
       <c r="B593">
         <v>2024</v>
       </c>
       <c r="C593" t="inlineStr">
         <is>
-          <t>Gara centralizzata a procedura aperta in via d'urgenza con termini ridotti finalizzata alla fornitura in ambito territoriale di aghi penna da insulina G34 - lunghezza 3,5 mm a Lotto unico. Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di visibilità e promozione d'immagine della Regione Lazio in occasione della XXI edizione del Premio Le Maschere del Teatro Italiano che si terrà a Roma il 5 settembre 2024. Impegno di spesa in favore della Fondazione Teatro di Roma (cod. cred. 13311) di € 40.260,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B2E0B50455.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D593" t="s">
-        <v>6</v>
+        <v>523</v>
       </c>
       <c r="E593" s="2">
-        <v>45442</v>
+        <v>45538</v>
       </c>
     </row>
     <row r="594">
       <c r="A594">
-        <v>3026</v>
+        <v>3064</v>
       </c>
       <c r="B594">
         <v>2024</v>
       </c>
       <c r="C594" t="inlineStr">
         <is>
-          <t>Procedura aperta, ai sensi dell'art. 71 D.lgs. 36/2023, per l'acquisizione del "Servizio di assistenza organizzativa/gestionale alle procedure di appalto per la Direzione Regionale Programmazione economica, centrale acquisti, fondi europei, PNRR" - CUI S80143490581202300099. Indizione e approvazione atti.</t>
+          <t>Procedura aperta finalizzata all’affidamento del servizio di raccolta, carico, trasporto e conferimento presso impianto di trattamento autorizzato dei rifiuti prodotti dalle sedi regionali site nel territorio della Regione Lazio.</t>
         </is>
       </c>
       <c r="D594" t="s">
-        <v>6</v>
+        <v>524</v>
       </c>
       <c r="E594" s="2">
-        <v>45442</v>
+        <v>45686</v>
       </c>
     </row>
     <row r="595">
       <c r="A595">
-        <v>3025</v>
+        <v>3063</v>
       </c>
       <c r="B595">
         <v>2024</v>
       </c>
-      <c r="C595" t="s">
-        <v>511</v>
+      <c r="C595" t="inlineStr">
+        <is>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine per la Regione Lazio in occasione dell'evento "Festeggiamenti in onore della Madonna di Canneto - Pellegrinaggio di Canneto" - che si terrà nel Comune di Settefrati (FR) dal 18 al 22 agosto 2024. Impegno di spesa in favore del Comune di Settefrati (cod. cred. 315) di € 36.600,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG B2C4C919B1</t>
+        </is>
       </c>
       <c r="D595" t="s">
-        <v>6</v>
+        <v>525</v>
       </c>
       <c r="E595" s="2">
-        <v>45440</v>
+        <v>45533</v>
       </c>
     </row>
     <row r="596">
       <c r="A596">
-        <v>3024</v>
+        <v>3062</v>
       </c>
       <c r="B596">
         <v>2024</v>
       </c>
       <c r="C596" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - Farmaci 2024 - terza tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine per la Regione Lazio in occasione della programmazione "Alle radici culturali di una comunità" che si terrà a Subiaco nel periodo compreso tra il 10 agosto ed il 15 ottobre 2024. Impegno di spesa in favore del Comune di Subiaco (cod. cred. 325) di € 20.130,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B2C399E686</t>
         </is>
       </c>
       <c r="D596" t="s">
-        <v>6</v>
+        <v>526</v>
       </c>
       <c r="E596" s="2">
-        <v>45436</v>
+        <v>45533</v>
       </c>
     </row>
     <row r="597">
       <c r="A597">
-        <v>3023</v>
+        <v>3061</v>
       </c>
       <c r="B597">
         <v>2024</v>
       </c>
       <c r="C597" t="inlineStr">
         <is>
-          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 50 comma 1 lett. b) del D.lgs. 36/2023. Incarico per la redazione dell'Attestato di Prestazione Energetica APE dell'immobile Scuola Elementare «Cura di Vetralla», sita in Largo Rodolfo Luzi nel Comune di Vetralla (VT). Dossier LI-ES2-2540467_Intervento A0100E0321.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine per la Regione Lazio in occasione dell'evento "Velletri Libris ed. 2024 - De Cultour" in programma dall'01/09 al 08/09/2024 presso il Comune di Velletri (RM). Impegno di spesa in favore della Fondazione De Cultura (cod. cred. 209291) con sede a Velletri (RM) Piazza Cairoli, 28 - 00049, cod fiscale 9504070585, di € 30.500,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG B2C6072147</t>
         </is>
       </c>
       <c r="D597" t="s">
-        <v>512</v>
+        <v>527</v>
       </c>
       <c r="E597" s="2">
-        <v>45436</v>
+        <v>45533</v>
       </c>
     </row>
     <row r="598">
       <c r="A598">
-        <v>3022</v>
+        <v>3060</v>
       </c>
       <c r="B598">
         <v>2024</v>
       </c>
       <c r="C598" t="inlineStr">
         <is>
-          <t>Procedura di gara comunitaria a procedura aperta finalizzata alla stipula di convenzioni quadro per servizi di pulizia e sanificazione a ridotto impatto ambientale e servizi accessori per le sedi delle amministrazioni del territorio della regione Lazio - Edizione 2. Procedura suddivisa in 4 lotti.</t>
-[...3 lines deleted...]
-        <v>513</v>
+          <t>Procedura aperta, suddivisa in quattro lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi postali e servizi "a monte" del recapito, destinati alle Amministrazioni della Regione Lazio e della Regione Umbria.</t>
+        </is>
+      </c>
+      <c r="D598" t="inlineStr">
+        <is>
+          <t>Lotto n. 1 - CIG B2F0B43B9D - Servizi di recapito per Amministrazioni del territorio della Regione Lazio; Lotto n. 2 - CIG B2F0B44C70 - Servizi a monte del recapito per Amministrazioni del territorio della Regione Lazio; Lotto n. 3 - CIG B2F0B45D43 - Servizi di recapito per Amministrazioni del territorio della Regione Umbria; Lotto n. 4 - CIG B2F0B46E16 - Servizi a monte del recapito per Amministrazioni del territorio della Regione Umbria - CIG derivato B7269FDE8E - CIG derivato B726ABFEA6</t>
+        </is>
       </c>
       <c r="E598" s="2">
-        <v>45436</v>
+        <v>45526</v>
       </c>
     </row>
     <row r="599">
       <c r="A599">
-        <v>3021</v>
+        <v>3059</v>
       </c>
       <c r="B599">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="C599" t="inlineStr">
         <is>
-          <t>Servizio di assistenza organizzativa/gestionale alle procedure di appalto per la Direzione Regionale Programmazione economica, centrale acquisti, fondi europei, PNRR.</t>
-[...3 lines deleted...]
-        <v>514</v>
+          <t>Procedura aperta, ai sensi dell'art. 71 D.lgs. 36/2023, per l'acquisizione del "Servizio di assistenza organizzativa/gestionale e del supporto tecnico-specialistico alla Direzione Regionale Programmazione economica, centrale acquisti, fondi europei, PNRR". Proroga dell'attuale contratto, ai sensi dell'art. 106, comma 11 del D.lgs 50/2016 per la durata di 6 mesi Impegno di spesa complessivo di 612.135,00 IVA inclusa sul cap. capitolo U0000H11785 di cui € 408.090,00 IVA inclusa Es. Fin. 2024 ed € 204.045,00 IVA inclusa Es. Fin. 2025, in favore di Intellera Consulting S.r.l. in qualità di capogruppo (cod. cred. 191021).</t>
+        </is>
+      </c>
+      <c r="D599">
+        <v>8145970817</v>
       </c>
       <c r="E599" s="2">
-        <v>45506</v>
+        <v>45523</v>
       </c>
     </row>
     <row r="600">
       <c r="A600">
-        <v>3020</v>
+        <v>3058</v>
       </c>
       <c r="B600">
         <v>2024</v>
       </c>
       <c r="C600" t="inlineStr">
         <is>
-          <t>PIANO DI SVILUPPO E COESIONE. Progetto A0437P0002. Accordo Quadro avente ad oggetto l'affidamento dei lavori di manutenzione straordinaria la riqualificazione funzionale ed energetica e per l'adeguamento antincendio, del complesso edilizio sede della giunta regionale in via Cristoforo Colombo. Decisione a contrarre per affidamento di servizi professionali necessari all'attivazione ei contratti attuativi. Perfezionamento della prenotazione d'impegno di spesa n. 32431/2024 sul capitolo del Bilancio della Regione Lazio U0000C18102, es. fin. 2024, a favore di DELTA APS SERVICE S.R.L. per euro 42.822,00, e a favore di GSE - Global Services and Engineering S.r.l. per euro 50.625,12. CUP F87H21010240001.</t>
+          <t>D.G.R. n. 311 del 24/05/2022. Intervento cod. Rendis 12IR009/CI "Lavori straordinari di manutenzione dell'alveo del fiume Tronto nel Comune di Amatrice". CUP: F77H21007280005</t>
         </is>
       </c>
       <c r="D600" t="s">
-        <v>6</v>
+        <v>528</v>
       </c>
       <c r="E600" s="2">
-        <v>45434</v>
+        <v>45523</v>
       </c>
     </row>
     <row r="601">
       <c r="A601">
-        <v>3019</v>
+        <v>3057</v>
       </c>
       <c r="B601">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C601" t="inlineStr">
         <is>
-          <t>Progetto MIR I202400015. GIUBILEO 2025 DPCM 8/06/2023: Aggiornamento ed integrazione del quadro economico di spesa per l'esecuzione dell'intervento n.139 "Ostello della gioventù a Santa Maria della Pietà". Impegno di spesa di euro 65.530,98 CNPAIALP ed IVA inclusi sul capitolo U0000B44125, es fin. 2024, a favore di Studio Carini società d'ingegneria s.r.l., con sede a Isola del Liri, via Napoli 334, Partita IVA IT02529630606, per l'affidamento dei servizi di collaudo statico e tecnico amministrativo. Prenotazione impegno di spesa per euro 468.063.02 sul capitolo U0000B44125, es fin. 2024, a favore di creditori diversi, per l'esecuzione di lavori suppletivi. Impegno di spesa di euro 35,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC. CUP F88C22000940002 CIG B11C2C5E8A</t>
+          <t>SIGN_PAD - "Gara comunitaria centralizzata a procedura aperta ex art. 60 D.lgs. 50/2016 e s.m.i. per l'acquisizione di Sign- Pad e relativo software per la gestione della firma elettronica grafometrica per i Centri per l'Impiego, in attuazione del Piano straordinario di Potenziamento dei CPI e delle Politiche Attive del Lavoro della Regione Lazio". CIG: 990524311C – Codice gara: 9170927. Indizione procedura di gara, approvazione atti e nomina del Responsabile Unico del Procedimento.</t>
         </is>
       </c>
       <c r="D601" t="s">
-        <v>515</v>
+        <v>529</v>
       </c>
       <c r="E601" s="2">
-        <v>45434</v>
+        <v>45523</v>
       </c>
     </row>
     <row r="602">
       <c r="A602">
-        <v>3018</v>
+        <v>3056</v>
       </c>
       <c r="B602">
         <v>2024</v>
       </c>
       <c r="C602" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell’art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, del servizio di manutenzione ordinaria dell’immobile sede degli Uffici siti in Roma, via Parigi n. 11. Impegno di spesa sul Capitolo U0000S21900 del Bilancio pluriennale della Regione Lazio, ess. finn. 2024-2025-2026, per complessivi euro 143.618,40 a favore di ICR IMPIANTI E COSTRUZIONI S.R.L. Impegno di spesa di euro 35,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC.&amp;nbsp;</t>
+          <t>Programma regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana", in attuazione dell'articolo 1, comma 134, della legge 30 dicembre 2018, n. 145, e s.m.i. - Fondo per la Progettazione di Opere Pubbliche. Attività progettuale relativa all'intervento di "Adeguamento del corpo arginale e di ripristino dell'officiosità idraulica dell'alveo del fiume Velino nel tratto compreso nei Comuni di Cittaducale e Castel San Angelo (RI)</t>
         </is>
       </c>
       <c r="D602" t="s">
-        <v>516</v>
+        <v>530</v>
       </c>
       <c r="E602" s="2">
-        <v>45427</v>
+        <v>45522</v>
       </c>
     </row>
     <row r="603">
       <c r="A603">
-        <v>3017</v>
+        <v>3055</v>
       </c>
       <c r="B603">
         <v>2024</v>
       </c>
       <c r="C603" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell’art. 50, comma 1, lett. a), del D.Lgs. 31 marzo 2023, n. 36, degli interventi di manutenzione ordinaria dei beni immobili o in uso alla Regione Lazio. Impegno di spesa sul Capitolo U0000S21900 del Bilancio pluriennale della Regione Lazio, ess. finn. 2024-2025, per complessivi euro 167.964,72 a favore di ERREC S.R.L. Impegno di spesa di euro 35,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC.&amp;nbsp;</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende sanitarie della Regione Lazio - Farmaci 2024 - Decima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
         </is>
       </c>
       <c r="D603" t="s">
-        <v>517</v>
+        <v>6</v>
       </c>
       <c r="E603" s="2">
-        <v>45427</v>
+        <v>45511</v>
       </c>
     </row>
     <row r="604">
       <c r="A604">
-        <v>3016</v>
+        <v>3054</v>
       </c>
       <c r="B604">
         <v>2024</v>
       </c>
       <c r="C604" t="inlineStr">
         <is>
-          <t>&amp;nbsp;Affidamento diretto, ai sensi dell’art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, dell’incarico professionale di redazione del progetto di fattibilità tecnico economica dei locali adibiti a bar tavola calda/fredda dell’immobile di Roma, via Cristoforo Colombo n. 212. Impegno di spesa sul Capitolo U0000S21909 del Bilancio della Regione Lazio, es. fin. 2024, per complessivi € 28.226,33 a favore dell’Arch. Flavio Mangione&amp;nbsp;</t>
+          <t>Approvazione "Avviso Pubblico per la consultazione preliminare di mercato indetta ai sensi dell'art. 77 del d.lgs. 36/2023 per acquisizione istanze di interesse per la fornitura di un servizio specialistico statistico-econometrico</t>
         </is>
       </c>
       <c r="D604" t="s">
-        <v>518</v>
+        <v>6</v>
       </c>
       <c r="E604" s="2">
-        <v>45427</v>
+        <v>45510</v>
       </c>
     </row>
     <row r="605">
       <c r="A605">
-        <v>3015</v>
+        <v>3053</v>
       </c>
       <c r="B605">
         <v>2024</v>
       </c>
       <c r="C605" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, per la stipula di un Accordo Quadro per servizi di architettura e ingegneria relativi ad elaborazioni progettuali e redazione di adempimenti amministrativi. &amp;nbsp;Impegno di spesa sul Capitolo U0000S21909 del Bilancio della Regione Lazio, ess. finn. 2024-2025, per complessivi € 158.726,88 a favore dell'Arch. OMISSIS, con studio in OMISSIS, via OMISSIS, C.F. OMISSIS, P.IVA OMISSIS. &amp;nbsp;Impegno di spesa di € 35,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC. &amp;nbsp;C.I.G. B0A55AA708.</t>
+          <t>"Programma regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana", in attuazione dell'articolo 1, comma 134, della legge 30 dicembre 2018, n. 145, e s.m.i. - Fondo per la Progettazione di Opere Pubbliche. Procedura aperta in ambito comunitario suddivisa in due lotti per la conclusione di un accordo quadro con unico operatore economico per ciascuno dei lotti, ai sensi dell’art. 59, comma 3 del D.Lgs. n. 36/2023, per l’affidamento di servizi di progettazione relativi a interventi a favore dei comuni, finalizzati alla mitigazione del rischio idrogeologico nei territori della Regione Lazio.</t>
         </is>
       </c>
       <c r="D605" t="s">
-        <v>519</v>
+        <v>531</v>
       </c>
       <c r="E605" s="2">
-        <v>45427</v>
+        <v>45506</v>
       </c>
     </row>
     <row r="606">
       <c r="A606">
-        <v>3014</v>
+        <v>3052</v>
       </c>
       <c r="B606">
         <v>2024</v>
       </c>
       <c r="C606" t="inlineStr">
         <is>
-          <t>Procedura negoziata, tramite R.D.O. sul M.E.La., finalizzata all’affidamento per la fornitura e la stampa di tesserini venatori ed opuscoli contenenti il calendario venatorio per la stagione 2024/2025.</t>
+          <t>Determinazione a contrarre ai sensi dell'art. 17, co. 1, del D.lgs. n. 36/2023, indizione Gara europea a procedura aperta finalizzata alla stipula di convenzioni quadro, a ridotto impatto ambientale, per l'affidamento della fornitura di carta in risme per gli enti della Regione Lazio. Edizione 2. Procedura suddivisa in 2 lotti.</t>
         </is>
       </c>
       <c r="D606" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="E606" s="2">
-        <v>45427</v>
+        <v>45506</v>
       </c>
     </row>
     <row r="607">
       <c r="A607">
-        <v>3013</v>
+        <v>3051</v>
       </c>
       <c r="B607">
         <v>2024</v>
       </c>
       <c r="C607" t="inlineStr">
         <is>
-          <t>Gara europea a procedura aperta per l’affidamento del servizio assicurativo per la Responsabilità Civile Patrimoniale (RCP) per colpa lieve per la Regione Lazio e il Consiglio Regionale</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'evento: Francigena Lazio Festival - Campagnano di Roma, dal 21 al 23 giugno 2024. Impegno di spesa a favore dell'APS Libertà e Partecipazione (cod. cred. 250193) di € 15.000,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B1E967AB8A&amp;nbsp;</t>
         </is>
       </c>
       <c r="D607" t="s">
-        <v>521</v>
+        <v>533</v>
       </c>
       <c r="E607" s="2">
-        <v>45427</v>
+        <v>45505</v>
       </c>
     </row>
     <row r="608">
       <c r="A608">
-        <v>3012</v>
+        <v>3050</v>
       </c>
       <c r="B608">
         <v>2024</v>
       </c>
       <c r="C608" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di un contratto per la fornitura in noleggio quadriennale di n. 2 sistemi di stampa a colori ad alta produzione per il centro stampa della Regione Lazio, suddivisa in due lotti&amp;nbsp;</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'evento: 3 Grand Prix Storico di Roma - 1 Giornata del Made in Italy Motoristico, che si svolgerà a Roma dal 14 al 15 giugno 2024. Impegno di spesa a favore dell'Ass.ne Orgoglio Motoristico (cod. cred. 250310) di € 15.000,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B208010071.</t>
         </is>
       </c>
       <c r="D608" t="s">
-        <v>522</v>
+        <v>534</v>
       </c>
       <c r="E608" s="2">
-        <v>45425</v>
+        <v>45505</v>
       </c>
     </row>
     <row r="609">
       <c r="A609">
-        <v>3011</v>
+        <v>3049</v>
       </c>
       <c r="B609">
         <v>2024</v>
       </c>
       <c r="C609" t="inlineStr">
         <is>
-          <t>D.G.R. n. 311 del 24/05/2022. Intervento cod. Rendis 12IR008/CI "Interventi di ripristino dell'officiosità idraulica del fiume Nera nel tratto terminale fino alla confluenza con il fiume Tevere". CUP: F97H21006970005</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'evento: "L'avventura ha le ali grandi - Destinazione Capo Nord" che si terrà dal 19 giugno al 1 luglio 2024. Impegno di spesa a favore di Juppiter APS Giovanile (cod. cred. 53815) di € 18.300,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B208399B4</t>
         </is>
       </c>
       <c r="D609" t="s">
-        <v>523</v>
+        <v>535</v>
       </c>
       <c r="E609" s="2">
-        <v>45422</v>
+        <v>45505</v>
       </c>
     </row>
     <row r="610">
       <c r="A610">
-        <v>3010</v>
+        <v>3048</v>
       </c>
       <c r="B610">
         <v>2024</v>
       </c>
       <c r="C610" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023 e s.m.i. del servizio di assistenza e supporto di natura giuridico-legale per l'ottimizzazione dei procedimenti sulle materie di competenza della Direzione Regionale Ciclo dei Rifiuti.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'evento: "Ebraica - Festival Internazionale di Cultura che si svolgerà a Roma dal 23 al 26 giugno 2024. Impegno di spesa a favore dell'Artix Soc. Cooperativa (cod. cred. 250369) di € 14.945,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B22306CBC1</t>
         </is>
       </c>
       <c r="D610" t="s">
-        <v>524</v>
+        <v>536</v>
       </c>
       <c r="E610" s="2">
-        <v>45421</v>
+        <v>45505</v>
       </c>
     </row>
     <row r="611">
       <c r="A611">
-        <v>3009</v>
+        <v>3047</v>
       </c>
       <c r="B611">
         <v>2024</v>
       </c>
       <c r="C611" t="inlineStr">
         <is>
-          <t>Atto unico di affidamento ai sensi dell'art. 17 comma 2 del Codice dei Contratti. Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del D. Lgs. n. 36/2023 e s.m.i. del servizio di aggiornamento del Piano di gestione dei rifiuti della Regione Lazio, approvato con D.C.R. n. 4 del 05 Agosto 2020, e del Rapporto Ambientale.</t>
+          <t>Affidamento diretto ai sensi dellìart.50, comma 1. letterab) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'iniziativa: "60^ edizione Coppa dei Canottieri Lazio (cod cred. 73378) di € 12.200 I.V.A. inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024 CIG B2353A6FA8.</t>
         </is>
       </c>
       <c r="D611" t="s">
-        <v>525</v>
+        <v>537</v>
       </c>
       <c r="E611" s="2">
-        <v>45421</v>
+        <v>45505</v>
       </c>
     </row>
     <row r="612">
       <c r="A612">
-        <v>3008</v>
+        <v>3046</v>
       </c>
       <c r="B612">
         <v>2024</v>
       </c>
       <c r="C612" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'evento: Assaggi - Salone dell'Enogastronomia Regionale che si svolgerà a Viterbo dal 18 al 20 maggio 2024. Impegno di spesa in favore Camera di Commercio di Rieti-Viterbo (cod. cred. 209170) di € 25.000,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B135A423AA.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di presenza pubblicitaria istituzionale per la Regione Lazio su ""Il Libro dei Fatti 2024"". Impegno di spesa in favore della GMC GIUSEPPE MARRA COMMUNICATIONS S.A.P.A. DI GIUSEPPE PASQUALE MARRA (cod. cred. 127155) di € 19.520,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B236E40376.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D612" t="s">
-        <v>526</v>
+        <v>538</v>
       </c>
       <c r="E612" s="2">
-        <v>45418</v>
+        <v>45505</v>
       </c>
     </row>
     <row r="613">
       <c r="A613">
-        <v>3007</v>
+        <v>3045</v>
       </c>
       <c r="B613">
         <v>2024</v>
       </c>
       <c r="C613" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di pubblicità istituzionale per il numero verde antiomotransfobia GayHelpLine 800 713 713 e chat Speakly 2024.Impegno di spesa in favore dell'Associazione Gay Center/Gay Help Line (cod. cred. 131431) di € 80.000,00 Iva esente sul capitolo U0000R31902 - Esercizio Finanziario 2024. Impegno di spesa in favore dell'Anac di € 35,00 sul capitolo U0000T19427 per il contributo obbligatorio - Esercizio finanziario 2024. CIG: B15E3F3817.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'iniziativa: ""Estate con noi"" che si svolgerà ad Ardea dall'11 al 14 luglio 2024. Impegno di spesa in favore dell'Ass. Nuova California 2004 Onlus (cod. cred. 100201) di € 9.150,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B24CC5F14E&amp;nbsp;</t>
         </is>
       </c>
       <c r="D613" t="s">
-        <v>527</v>
+        <v>539</v>
       </c>
       <c r="E613" s="2">
-        <v>45418</v>
+        <v>45505</v>
       </c>
     </row>
     <row r="614">
       <c r="A614">
-        <v>3006</v>
+        <v>3044</v>
       </c>
       <c r="B614">
         <v>2024</v>
       </c>
       <c r="C614" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'evento benefico pro ADMO: "La notte dei Leoni" che si svolgerà a Frosinone il 28 maggio 2024. Impegno di spesa a favore dell'Associazione Calciatori Attori Italiani OdV (cod. cred.136336) di € 20.000,00 Iva esente sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B15E64E9B3</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di presenza istituzionale e promozione di immagine per la Regione Lazio sul prodotto editoriale "Racconti di Sabaudia ed. 2024". Impegno di spesa in favore della Multimedia Communication di Maria Costici &amp;amp; C. sas (cod. cred. 99321) di € 12.200,00 IVA inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B236D18F2E.</t>
         </is>
       </c>
       <c r="D614" t="s">
-        <v>528</v>
+        <v>540</v>
       </c>
       <c r="E614" s="2">
-        <v>45418</v>
+        <v>45505</v>
       </c>
     </row>
     <row r="615">
       <c r="A615">
-        <v>3005</v>
+        <v>3043</v>
       </c>
       <c r="B615">
         <v>2024</v>
       </c>
       <c r="C615" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'evento Job Hub Festival che si svolgerà a Cisterna di Latina il 4 maggio 2024. Impegno di spesa in favore del Consorzio Costruttori Pontini (cod. cred. 99937) di € 5.000,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B1681E81C4</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del d.lgs 36/2023, del servizio di rilievo batimetrico multibeam nelle aree portuali e avamportuali del porto di Terracina</t>
         </is>
       </c>
       <c r="D615" t="s">
-        <v>529</v>
+        <v>541</v>
       </c>
       <c r="E615" s="2">
-        <v>45418</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="616">
       <c r="A616">
-        <v>3004</v>
+        <v>3042</v>
       </c>
       <c r="B616">
         <v>2024</v>
       </c>
       <c r="C616" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, finalizzato alla realizzazione di materiali di comunicazione per l'allestimento dello stand della Regione Lazio, in occasione dell'evento "Race for the Cure" che si terrà a Roma dal 9 all'11 maggio 2024. Impegno di spesa in favore della Società GESI GESTIONE SISTEMI srl di € 9.040,20 Iva inclusa. Utilizzo impegno n. 180555/2021 assunto sul capitolo U0000H11101 - Esercizio Finanziario 2024. CIG: B171A3E7ED</t>
+          <t>POR FESR Lazio 2014-2020 Call for proposal "Energia sostenibile 2.0" Asse Prioritario 4 Azione 4.1.1 _ 14^ Aggiornamento elenco operatori economici abilitati a svolgere il servizio di certificazione della prestazione energetica degli edifici, di importo inferiore a 5.000,00 euro, mediante affidamento diretto ai sensi dell'art. 50 del D.lgs. 36/2023</t>
         </is>
       </c>
       <c r="D616" t="s">
-        <v>530</v>
+        <v>6</v>
       </c>
       <c r="E616" s="2">
-        <v>45418</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="617">
       <c r="A617">
-        <v>3003</v>
+        <v>3041</v>
       </c>
       <c r="B617">
         <v>2024</v>
       </c>
       <c r="C617" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità della Regione Lazio in occasione dell'evento: Incontro Nazionale dell'Azione Cattolica italiana con il Santo Padre previsto a Roma il 25 aprile 2024. Impegno di spesa in favore dell'Associazione Azione Cattolica Italiana (cod. cred. 69466) di € 10.000,00 Iva esente sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B13589734B</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende sanitarie della Regione Lazio - Farmaci 2024 nona tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
         </is>
       </c>
       <c r="D617" t="s">
-        <v>531</v>
+        <v>6</v>
       </c>
       <c r="E617" s="2">
-        <v>45418</v>
+        <v>45497</v>
       </c>
     </row>
     <row r="618">
       <c r="A618">
-        <v>3002</v>
+        <v>3040</v>
       </c>
       <c r="B618">
         <v>2024</v>
       </c>
       <c r="C618" t="inlineStr">
         <is>
-          <t>Servizio di ingegneria inerente la redazione del prog. esec., il coord. della sicur. in fase di prog. ed esec. e Dir. Lav. per i lavori di "Manut. degli imp. Idrov. di Via Ferloni, Via di Villa Livia e Via Frassineto, anche in caso di piena, siti nel Comune di Roma. Annualità 2024 - 2025"</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 - Undicesima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
         </is>
       </c>
       <c r="D618" t="s">
         <v>6</v>
       </c>
       <c r="E618" s="2">
-        <v>45418</v>
+        <v>45537</v>
       </c>
     </row>
     <row r="619">
       <c r="A619">
-        <v>3001</v>
+        <v>3039</v>
       </c>
       <c r="B619">
         <v>2024</v>
       </c>
       <c r="C619" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 sesta tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.</t>
+          <t>Procedura negoziata, tramite R.D.O. sul M.E.La., finalizzata all’affidamento per la fornitura di divise estive e invernali per il personale con qualifica di autista in servizio presso la Giunta della Regione Lazio</t>
         </is>
       </c>
       <c r="D619" t="s">
-        <v>6</v>
+        <v>542</v>
       </c>
       <c r="E619" s="2">
-        <v>45412</v>
+        <v>45485</v>
       </c>
     </row>
     <row r="620">
       <c r="A620">
-        <v>3000</v>
+        <v>3038</v>
       </c>
       <c r="B620">
         <v>2024</v>
       </c>
       <c r="C620" t="inlineStr">
         <is>
-          <t>Piano di Sviluppo e Coesione – PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020 Affidamento diretto dei servizi di ingegneria ed architettura di importo inferiore a 5.000,00 euro, ai sensi dell’art. 50 comma 1 lett. b) del D.lgs 36/2023.</t>
+          <t>Sostituzione nominativo del Gruppo Tecnico di Progettazione della gara centralizzata per l'affidamento del servizio di ristorazione delle Aziende sanitarie della Regione Lazio-Edizione 3, costituito con Determinazione n. G03934 del 08/04/2024.</t>
         </is>
       </c>
       <c r="D620" t="s">
         <v>6</v>
       </c>
       <c r="E620" s="2">
-        <v>45411</v>
+        <v>45482</v>
       </c>
     </row>
     <row r="621">
       <c r="A621">
-        <v>2999</v>
+        <v>3037</v>
       </c>
       <c r="B621">
         <v>2024</v>
       </c>
-      <c r="C621" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C621" t="s">
+        <v>543</v>
       </c>
       <c r="D621" t="s">
-        <v>532</v>
+        <v>544</v>
       </c>
       <c r="E621" s="2">
-        <v>45408</v>
+        <v>45481</v>
       </c>
     </row>
     <row r="622">
       <c r="A622">
-        <v>2998</v>
+        <v>3036</v>
       </c>
       <c r="B622">
         <v>2024</v>
       </c>
       <c r="C622" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di Vaccini antinfluenzali 2024/2025 occorrenti alle Aziende Sanitarie della Regione Lazio - Quinta tranche 2024 Vaccini anti influenzali, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori.</t>
+          <t>Decisione di contrarre per affidamento diretto ai sensi dell'art. 50 comma, 1 lettera b) del d.lgs. 36/2023, tramite Ordine diretto d'Acquisto (OdA) sulla piattaforma MePA (www.acquistinretepa.it) della fornitura dei corsi di formazione AIB.</t>
         </is>
       </c>
       <c r="D622" t="s">
-        <v>6</v>
+        <v>545</v>
       </c>
       <c r="E622" s="2">
-        <v>45406</v>
+        <v>45475</v>
       </c>
     </row>
     <row r="623">
       <c r="A623">
-        <v>2997</v>
+        <v>3035</v>
       </c>
       <c r="B623">
         <v>2024</v>
       </c>
-      <c r="C623" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C623" t="s">
+        <v>546</v>
       </c>
       <c r="D623" t="s">
-        <v>6</v>
+        <v>547</v>
       </c>
       <c r="E623" s="2">
-        <v>45405</v>
-[...2 lines deleted...]
-        <v>533</v>
+        <v>45474</v>
       </c>
     </row>
     <row r="624">
       <c r="A624">
-        <v>2996</v>
+        <v>3034</v>
       </c>
       <c r="B624">
         <v>2024</v>
       </c>
-      <c r="C624" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C624" t="s">
+        <v>548</v>
       </c>
       <c r="D624" t="s">
         <v>6</v>
       </c>
       <c r="E624" s="2">
-        <v>45405</v>
+        <v>45474</v>
       </c>
       <c r="F624" t="s">
-        <v>533</v>
+        <v>549</v>
       </c>
     </row>
     <row r="625">
       <c r="A625">
-        <v>2995</v>
+        <v>3033</v>
       </c>
       <c r="B625">
         <v>2024</v>
       </c>
       <c r="C625" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di visibilità per la Regione Lazio in occasione dell'evento: Raduno Interregionale Lazio dell'Associazione Nazionale Carabinieri che si svolgerà a Tivoli (RM) dal 20 al 21 aprile 2024. Impegno di spesa in favore dell'Associazione Nazionale Carabinieri (cod. cred. 58714) di € 5.000,00 Iva esente sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B11970A824</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - Farmaci 2024 quarta tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio.</t>
         </is>
       </c>
       <c r="D625" t="s">
-        <v>534</v>
+        <v>6</v>
       </c>
       <c r="E625" s="2">
-        <v>45398</v>
+        <v>45468</v>
       </c>
     </row>
     <row r="626">
       <c r="A626">
-        <v>2994</v>
+        <v>3032</v>
       </c>
       <c r="B626">
         <v>2024</v>
       </c>
       <c r="C626" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione dell'evento: Sacra Rappresentazione della Passione di Cristo di Sezze. Impegno di spesa in favore dell'Associazione della Passione di Cristo (cod. cred. 3075) di € 20.000,00 Iva esente sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B0EC158B4</t>
+          <t>"Ripascimento di un tratto di litorale di Ostia Levante nel Municipio X di Roma Capitale" - servizio di monitoraggio ambientale previsto ai sensi del DM 173/2016</t>
         </is>
       </c>
       <c r="D626" t="s">
-        <v>535</v>
+        <v>550</v>
       </c>
       <c r="E626" s="2">
-        <v>45398</v>
+        <v>45462</v>
       </c>
     </row>
     <row r="627">
       <c r="A627">
-        <v>2993</v>
+        <v>3031</v>
       </c>
       <c r="B627">
         <v>2024</v>
       </c>
       <c r="C627" t="inlineStr">
         <is>
-          <t>&amp;nbsp;Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di visibilità per la Regione Lazio in occasione dell'evento: Mostra Concorso Internazionale di Fotografia Città di Latina, dal 4 al 28 aprile 2024. Impegno di spesa in favore dell'Associazione Latina Mater ETS (cod. cred. 249493) di € 15.000,00 Iva Inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B0DADD0B22</t>
+          <t>Intervento n. 14: "Lavori di consolidamento del versante lungo il Fosso Manganello, a valle di Via della Circonvallazione, nel Comune di Cerveteri (RM)" - Affidamento diretto del servizio di assistenza e sorveglianza archeologica durante l'esecuzione dell'intervento.</t>
         </is>
       </c>
       <c r="D627" t="s">
-        <v>536</v>
+        <v>551</v>
       </c>
       <c r="E627" s="2">
-        <v>45398</v>
+        <v>45460</v>
       </c>
     </row>
     <row r="628">
       <c r="A628">
-        <v>2992</v>
+        <v>3030</v>
       </c>
       <c r="B628">
         <v>2024</v>
       </c>
       <c r="C628" t="inlineStr">
         <is>
-          <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1. Procedura negoziata ai sensi dell'art. 50, comma 1, lett. d) del D.Lgs. 36/2023, per l'affidamento dei lavori relativi dell'intervento n. 175 "Ottimizzazione e ristrutturazione degli impianti idrovori di Salaria, Flaminia, Corcolle, Pratolungo e Prima Porta". Determinazione a contrarre e approvazione degli atti di gara. CUP: F88H22000930001</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 - Ottava tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Determinazione a contrarre, approvazione schemi, atti e indizione gara.</t>
         </is>
       </c>
       <c r="D628" t="s">
         <v>6</v>
       </c>
       <c r="E628" s="2">
-        <v>45390</v>
+        <v>45453</v>
       </c>
     </row>
     <row r="629">
       <c r="A629">
-        <v>2991</v>
+        <v>3029</v>
       </c>
       <c r="B629">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C629" t="inlineStr">
         <is>
-          <t>Recepimento della Determinazione dell'amministratore unico del 07/03/2024 emanata dalla società consortile a responsabilità limitata Puntozero della Regione Umbria avente ad oggetto "Appalto specifico indetto da Puntozero s.c. a r.l. (Cras) per l'affidamento della fornitura di farmaci suddivisa in n. 32 lotti occorrenti alle Aziende Sanitarie della regione Umbria e della regione Lazio, nell'ambito del SDA CONSIP- Cod. gara ANAC 9477455" - decima tranche farmaci 2023.</t>
-[...3 lines deleted...]
-        <v>9477455</v>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 settima tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
+        </is>
+      </c>
+      <c r="D629" t="s">
+        <v>6</v>
       </c>
       <c r="E629" s="2">
-        <v>45386</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="630">
       <c r="A630">
-        <v>2990</v>
+        <v>3028</v>
       </c>
       <c r="B630">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C630" t="inlineStr">
         <is>
-          <t>Servizio di gestione dei dati ambientali acquisiti attraverso georeferenziazione e restituzione cartografica (WEB GIS) funzionale agli interventi di bonifica in area SIN.</t>
+          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 50 comma 1 lett. b) del D.lgs. 36/2023 Incarico per la redazione dell'Attestato di Prestazione Energetica APE della Scuola Media ""Aldo Manuzio"" di Latina Scalo, nel Comune di Latina. Dossier LI-ES2-2740248- Intervento A0100E0330. Perfezionamento di prenotazione impegno n. 13014/2024 a favore di creditore certo dott. ing. Massimo Romani (cod. cred. 248697) per l'importo di € 4.900,20 comprensivo di IVA e oneri di legge, e variazione in diminuzione della medesima prenotazione di impegno per € 589,80= sul Capitolo U0000A42502. Es. Fin. 2024. CUP: F24D17000010006 - CIG Z203D6D7B1.</t>
         </is>
       </c>
       <c r="D630" t="s">
-        <v>537</v>
+        <v>552</v>
       </c>
       <c r="E630" s="2">
-        <v>45397</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="631">
       <c r="A631">
-        <v>2989</v>
+        <v>3027</v>
       </c>
       <c r="B631">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C631" t="inlineStr">
         <is>
-          <t>PR FESR LAZIO 2021/2027. CUP F89G23000890009. Nomina di Lazio Innova S.p.A. in qualità di Organismo Intermedio del PR Lazio FESR 2021-2027 per le funzioni delegate di cui agli art. 72, 73 e 74 del Reg. 1060/2021. Affidamento in house.</t>
+          <t>Gara centralizzata a procedura aperta in via d'urgenza con termini ridotti finalizzata alla fornitura in ambito territoriale di aghi penna da insulina G34 - lunghezza 3,5 mm a Lotto unico. Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto</t>
         </is>
       </c>
       <c r="D631" t="s">
         <v>6</v>
       </c>
       <c r="E631" s="2">
-        <v>45377</v>
+        <v>45442</v>
       </c>
     </row>
     <row r="632">
       <c r="A632">
-        <v>2988</v>
+        <v>3026</v>
       </c>
       <c r="B632">
         <v>2024</v>
       </c>
       <c r="C632" t="inlineStr">
         <is>
-          <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della Chiesa cattolica per il 2025, ai sensi dell’articolo 1, comma 422, della legge 234 del 2021. Procedura negoziata senza bando, ai sensi dell’art. 50, comma 1 lett. d) del Dlgs 36/23, per l’affidamento, mediante Accordo Quadro, dei lavori di riqualificazione inerenti all’ambito tipologico “Tevere e le vie d’acqua”, relativi agli interventi n. 162, 163, 164 e 170. CUP: F88H22000780005- CUP: F88H22000890005 - CUP F88H22000900005 - CUP: F88H22000800005</t>
+          <t>Procedura aperta, ai sensi dell'art. 71 D.lgs. 36/2023, per l'acquisizione del "Servizio di assistenza organizzativa/gestionale alle procedure di appalto per la Direzione Regionale Programmazione economica, centrale acquisti, fondi europei, PNRR" - CUI S80143490581202300099. Indizione e approvazione atti.</t>
         </is>
       </c>
       <c r="D632" t="s">
-        <v>538</v>
+        <v>6</v>
       </c>
       <c r="E632" s="2">
-        <v>45373</v>
+        <v>45442</v>
       </c>
     </row>
     <row r="633">
       <c r="A633">
-        <v>2987</v>
+        <v>3025</v>
       </c>
       <c r="B633">
         <v>2024</v>
       </c>
-      <c r="C633" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C633" t="s">
+        <v>553</v>
       </c>
       <c r="D633" t="s">
-        <v>539</v>
+        <v>6</v>
       </c>
       <c r="E633" s="2">
-        <v>45371</v>
+        <v>45440</v>
       </c>
     </row>
     <row r="634">
       <c r="A634">
-        <v>2986</v>
+        <v>3024</v>
       </c>
       <c r="B634">
         <v>2024</v>
       </c>
       <c r="C634" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per l'acquisto di spazi pubblicitari sulla rivista gratuita "SPORTCLUB". Impegno di spesa in favore di MarketingXpression di Oddino Marco (cod. cred. 173589) di € 18.300,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B0B59FDA92.</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - Farmaci 2024 - terza tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
         </is>
       </c>
       <c r="D634" t="s">
-        <v>540</v>
+        <v>6</v>
       </c>
       <c r="E634" s="2">
-        <v>45370</v>
+        <v>45436</v>
       </c>
     </row>
     <row r="635">
       <c r="A635">
-        <v>2985</v>
+        <v>3023</v>
       </c>
       <c r="B635">
         <v>2024</v>
       </c>
       <c r="C635" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per la promozione d'immagine della Regione Lazio in occasione dell'evento Celebrazioni Benedettine 2024 - Città di Subiaco (RM). Impegno di spesa in favore del Comune di Subiaco di € 36.600,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B09919DDC0.</t>
+          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 50 comma 1 lett. b) del D.lgs. 36/2023. Incarico per la redazione dell'Attestato di Prestazione Energetica APE dell'immobile Scuola Elementare «Cura di Vetralla», sita in Largo Rodolfo Luzi nel Comune di Vetralla (VT). Dossier LI-ES2-2540467_Intervento A0100E0321.</t>
         </is>
       </c>
       <c r="D635" t="s">
-        <v>541</v>
+        <v>554</v>
       </c>
       <c r="E635" s="2">
-        <v>45370</v>
+        <v>45436</v>
       </c>
     </row>
     <row r="636">
       <c r="A636">
-        <v>2984</v>
+        <v>3022</v>
       </c>
       <c r="B636">
         <v>2024</v>
       </c>
       <c r="C636" t="inlineStr">
         <is>
-          <t>Affidamento diretto del servizio di supporto tecnico-specialistico per l'effettuazione di diagnosi ufficiali fitosanitarie su organismi nocivi dei vegetali nel territorio del Lazio.</t>
+          <t>Procedura di gara comunitaria a procedura aperta finalizzata alla stipula di convenzioni quadro per servizi di pulizia e sanificazione a ridotto impatto ambientale e servizi accessori per le sedi delle amministrazioni del territorio della regione Lazio - Edizione 2. Procedura suddivisa in 4 lotti.</t>
         </is>
       </c>
       <c r="D636" t="s">
-        <v>542</v>
+        <v>555</v>
       </c>
       <c r="E636" s="2">
-        <v>45489</v>
+        <v>45436</v>
       </c>
     </row>
     <row r="637">
       <c r="A637">
-        <v>2983</v>
+        <v>3021</v>
       </c>
       <c r="B637">
         <v>2024</v>
       </c>
       <c r="C637" t="inlineStr">
         <is>
-          <t>Intervento denominato "Ripascimento di un tratto di litorale di Ostia Levante nel Municipio X di Roma Capitale".&amp;nbsp;Approvazione schema di avviso di indagine di mercato per la manifestazione di interesse a partecipare alla procedura&amp;nbsp;negoziata, ai sensi dell'art. 50 comma 1 lettera d) del D.Lgs. 36/2023, per la stipula di un accordo quadro con unico operatore&amp;nbsp;per l'affidamento dei lavori ai sensi dell'art. 59, comma 3, del D.lgs 36/2023 - CUP F82B21000030005</t>
+          <t>Servizio di assistenza organizzativa/gestionale alle procedure di appalto per la Direzione Regionale Programmazione economica, centrale acquisti, fondi europei, PNRR.</t>
         </is>
       </c>
       <c r="D637" t="s">
-        <v>543</v>
+        <v>556</v>
       </c>
       <c r="E637" s="2">
-        <v>45378</v>
+        <v>45506</v>
       </c>
     </row>
     <row r="638">
       <c r="A638">
-        <v>2982</v>
+        <v>3020</v>
       </c>
       <c r="B638">
         <v>2024</v>
       </c>
-      <c r="C638" t="s">
-        <v>544</v>
+      <c r="C638" t="inlineStr">
+        <is>
+          <t>PIANO DI SVILUPPO E COESIONE. Progetto A0437P0002. Accordo Quadro avente ad oggetto l'affidamento dei lavori di manutenzione straordinaria la riqualificazione funzionale ed energetica e per l'adeguamento antincendio, del complesso edilizio sede della giunta regionale in via Cristoforo Colombo. Decisione a contrarre per affidamento di servizi professionali necessari all'attivazione ei contratti attuativi. Perfezionamento della prenotazione d'impegno di spesa n. 32431/2024 sul capitolo del Bilancio della Regione Lazio U0000C18102, es. fin. 2024, a favore di DELTA APS SERVICE S.R.L. per euro 42.822,00, e a favore di GSE - Global Services and Engineering S.r.l. per euro 50.625,12. CUP F87H21010240001.</t>
+        </is>
       </c>
       <c r="D638" t="s">
-        <v>545</v>
+        <v>6</v>
       </c>
       <c r="E638" s="2">
-        <v>45356</v>
+        <v>45434</v>
       </c>
     </row>
     <row r="639">
       <c r="A639">
-        <v>2981</v>
+        <v>3019</v>
       </c>
       <c r="B639">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C639" t="inlineStr">
         <is>
-          <t>Procedura negoziata, tramite R.d.O. sul Mercato Elettronico Regionale (M.E.La.), per l'affidamento del servizio di assistenza,&amp;nbsp;consulenza e intermediazione assicurativa, in un lotto unico per la durata di 66,5 mesi (sessantasei mesi e quindici giorni).</t>
+          <t>Progetto MIR I202400015. GIUBILEO 2025 DPCM 8/06/2023: Aggiornamento ed integrazione del quadro economico di spesa per l'esecuzione dell'intervento n.139 "Ostello della gioventù a Santa Maria della Pietà". Impegno di spesa di euro 65.530,98 CNPAIALP ed IVA inclusi sul capitolo U0000B44125, es fin. 2024, a favore di Studio Carini società d'ingegneria s.r.l., con sede a Isola del Liri, via Napoli 334, Partita IVA IT02529630606, per l'affidamento dei servizi di collaudo statico e tecnico amministrativo. Prenotazione impegno di spesa per euro 468.063.02 sul capitolo U0000B44125, es fin. 2024, a favore di creditori diversi, per l'esecuzione di lavori suppletivi. Impegno di spesa di euro 35,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC. CUP F88C22000940002 CIG B11C2C5E8A</t>
         </is>
       </c>
       <c r="D639" t="s">
-        <v>546</v>
+        <v>557</v>
       </c>
       <c r="E639" s="2">
-        <v>45350</v>
+        <v>45434</v>
       </c>
     </row>
     <row r="640">
       <c r="A640">
-        <v>2980</v>
+        <v>3018</v>
       </c>
       <c r="B640">
         <v>2024</v>
       </c>
       <c r="C640" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, finalizzato all'individuazione di un'agenzia creativa per la realizzazione di campagne istituzionali.
-</t>
+          <t>Affidamento diretto, ai sensi dell’art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, del servizio di manutenzione ordinaria dell’immobile sede degli Uffici siti in Roma, via Parigi n. 11. Impegno di spesa sul Capitolo U0000S21900 del Bilancio pluriennale della Regione Lazio, ess. finn. 2024-2025-2026, per complessivi euro 143.618,40 a favore di ICR IMPIANTI E COSTRUZIONI S.R.L. Impegno di spesa di euro 35,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D640" t="s">
-        <v>547</v>
+        <v>558</v>
       </c>
       <c r="E640" s="2">
-        <v>45350</v>
+        <v>45427</v>
       </c>
     </row>
     <row r="641">
       <c r="A641">
-        <v>2979</v>
+        <v>3017</v>
       </c>
       <c r="B641">
         <v>2024</v>
       </c>
       <c r="C641" t="inlineStr">
         <is>
-          <t>Lavori di somma urgenza per il ripristino del funzionamento dell'impianto idrovoro di Pratolungo in Roma, manomesso a seguito di furto dei cavi elettrici. Verbale di Somma Urgenza e di affidamento
-</t>
+          <t>Affidamento diretto, ai sensi dell’art. 50, comma 1, lett. a), del D.Lgs. 31 marzo 2023, n. 36, degli interventi di manutenzione ordinaria dei beni immobili o in uso alla Regione Lazio. Impegno di spesa sul Capitolo U0000S21900 del Bilancio pluriennale della Regione Lazio, ess. finn. 2024-2025, per complessivi euro 167.964,72 a favore di ERREC S.R.L. Impegno di spesa di euro 35,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D641" t="s">
-        <v>548</v>
+        <v>559</v>
       </c>
       <c r="E641" s="2">
-        <v>45343</v>
+        <v>45427</v>
       </c>
     </row>
     <row r="642">
       <c r="A642">
-        <v>2978</v>
+        <v>3016</v>
       </c>
       <c r="B642">
         <v>2024</v>
       </c>
       <c r="C642" t="inlineStr">
         <is>
-          <t>D.lgs. 36/2023 –Intervento di somma urgenza a seguito di continue e ripetute occupazioni abusive da parte di ignoti, nonché a salvaguardia della salute e dell’igiene pubblica, al fine di prevenire pericoli per la pubblica e privata incolumità sul compendio denominato Al Karama - Comune di Latina. CUP F23I23000110002 – CIG A04EDC2D18
-</t>
+          <t>&amp;nbsp;Affidamento diretto, ai sensi dell’art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, dell’incarico professionale di redazione del progetto di fattibilità tecnico economica dei locali adibiti a bar tavola calda/fredda dell’immobile di Roma, via Cristoforo Colombo n. 212. Impegno di spesa sul Capitolo U0000S21909 del Bilancio della Regione Lazio, es. fin. 2024, per complessivi € 28.226,33 a favore dell’Arch. Flavio Mangione&amp;nbsp;</t>
         </is>
       </c>
       <c r="D642" t="s">
-        <v>549</v>
+        <v>560</v>
       </c>
       <c r="E642" s="2">
-        <v>45341</v>
+        <v>45427</v>
       </c>
     </row>
     <row r="643">
       <c r="A643">
-        <v>2977</v>
+        <v>3015</v>
       </c>
       <c r="B643">
-        <v>2023</v>
-[...2 lines deleted...]
-        <v>550</v>
+        <v>2024</v>
+      </c>
+      <c r="C643" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b), del D.Lgs. 31 marzo 2023, n. 36, per la stipula di un Accordo Quadro per servizi di architettura e ingegneria relativi ad elaborazioni progettuali e redazione di adempimenti amministrativi. &amp;nbsp;Impegno di spesa sul Capitolo U0000S21909 del Bilancio della Regione Lazio, ess. finn. 2024-2025, per complessivi € 158.726,88 a favore dell'Arch. OMISSIS, con studio in OMISSIS, via OMISSIS, C.F. OMISSIS, P.IVA OMISSIS. &amp;nbsp;Impegno di spesa di € 35,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC. &amp;nbsp;C.I.G. B0A55AA708.</t>
+        </is>
       </c>
       <c r="D643" t="s">
-        <v>551</v>
+        <v>561</v>
       </c>
       <c r="E643" s="2">
-        <v>45337</v>
+        <v>45427</v>
       </c>
     </row>
     <row r="644">
       <c r="A644">
-        <v>2976</v>
+        <v>3014</v>
       </c>
       <c r="B644">
         <v>2024</v>
       </c>
       <c r="C644" t="inlineStr">
         <is>
-          <t>Servizio di divulgazione informazioni sul portale Lazio Europa. Impegno di spesa dell'importo di € 370,00, sul capitolo di spesa U0000T19527 in favore del creditore Laziocrea S.p.A (codice creditore 164838). Esercizio finanziario 2023.
-</t>
+          <t>Procedura negoziata, tramite R.D.O. sul M.E.La., finalizzata all’affidamento per la fornitura e la stampa di tesserini venatori ed opuscoli contenenti il calendario venatorio per la stagione 2024/2025.</t>
         </is>
       </c>
       <c r="D644" t="s">
-        <v>548</v>
+        <v>562</v>
       </c>
       <c r="E644" s="2">
-        <v>45320</v>
+        <v>45427</v>
       </c>
     </row>
     <row r="645">
       <c r="A645">
-        <v>2975</v>
+        <v>3013</v>
       </c>
       <c r="B645">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C645" t="inlineStr">
         <is>
-          <t>Affidamento del "Servizio di assistenza e supporto di natura giuridico-legale per l'ottimizzazione dei procedimenti sulle materie di competenze della Direzione regionale Ciclo dei Rifiuti".
-</t>
+          <t>Gara europea a procedura aperta per l’affidamento del servizio assicurativo per la Responsabilità Civile Patrimoniale (RCP) per colpa lieve per la Regione Lazio e il Consiglio Regionale</t>
         </is>
       </c>
       <c r="D645" t="s">
-        <v>548</v>
+        <v>563</v>
       </c>
       <c r="E645" s="2">
-        <v>45316</v>
+        <v>45427</v>
       </c>
     </row>
     <row r="646">
       <c r="A646">
-        <v>2974</v>
+        <v>3012</v>
       </c>
       <c r="B646">
         <v>2024</v>
       </c>
       <c r="C646" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio e della Regione Umbria - farmaci 2024 - seconda tranche nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti Aggregatori&amp;nbsp;</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di un contratto per la fornitura in noleggio quadriennale di n. 2 sistemi di stampa a colori ad alta produzione per il centro stampa della Regione Lazio, suddivisa in due lotti&amp;nbsp;</t>
         </is>
       </c>
       <c r="D646" t="s">
-        <v>548</v>
+        <v>564</v>
       </c>
       <c r="E646" s="2">
-        <v>45313</v>
+        <v>45425</v>
       </c>
     </row>
     <row r="647">
       <c r="A647">
-        <v>2973</v>
+        <v>3011</v>
       </c>
       <c r="B647">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C647" t="inlineStr">
         <is>
-          <t>Procedura negoziata ai sensi dell'art. 1, comma 2 lett. b) del D.L. n. 76/2020, , tramite R.d.O. sul M.E.LA. Per l'affidamento della durata di 24 (ventiquattro) mesi del servizio diResponsabile della protezione dei dati personali (RPD)ai sensi del Reg. UE n. 679/2016 (RGPD)
-</t>
+          <t>D.G.R. n. 311 del 24/05/2022. Intervento cod. Rendis 12IR008/CI "Interventi di ripristino dell'officiosità idraulica del fiume Nera nel tratto terminale fino alla confluenza con il fiume Tevere". CUP: F97H21006970005</t>
         </is>
       </c>
       <c r="D647" t="s">
-        <v>552</v>
+        <v>565</v>
       </c>
       <c r="E647" s="2">
-        <v>45310</v>
+        <v>45422</v>
       </c>
     </row>
     <row r="648">
       <c r="A648">
-        <v>2972</v>
+        <v>3010</v>
       </c>
       <c r="B648">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C648" t="inlineStr">
         <is>
-          <t>Affidamento in house a LAZIOcrea S.p.A, di cui alla scheda progetto n. 21.7. “Sistema statistico regionale datawarehouse programmazione regionale”, Piano Operativo Annuale (POA) LAZIOcrea S.p.A. - Anno 2023
-</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023 e s.m.i. del servizio di assistenza e supporto di natura giuridico-legale per l'ottimizzazione dei procedimenti sulle materie di competenza della Direzione Regionale Ciclo dei Rifiuti.</t>
         </is>
       </c>
       <c r="D648" t="s">
-        <v>548</v>
+        <v>566</v>
       </c>
       <c r="E648" s="2">
-        <v>45310</v>
+        <v>45421</v>
       </c>
     </row>
     <row r="649">
       <c r="A649">
-        <v>2971</v>
+        <v>3009</v>
       </c>
       <c r="B649">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C649" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi del d.lgs. n. 36/2023, per la fornitura di n. 1 Microsoft Surface 9 Pro e relativi accessori, tastiera e mouse, necessari per le attività svolte nell'ambito dei Conti Pubblici Territoriali.
-</t>
+          <t>Atto unico di affidamento ai sensi dell'art. 17 comma 2 del Codice dei Contratti. Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del D. Lgs. n. 36/2023 e s.m.i. del servizio di aggiornamento del Piano di gestione dei rifiuti della Regione Lazio, approvato con D.C.R. n. 4 del 05 Agosto 2020, e del Rapporto Ambientale.</t>
         </is>
       </c>
       <c r="D649" t="s">
-        <v>553</v>
+        <v>567</v>
       </c>
       <c r="E649" s="2">
-        <v>45310</v>
+        <v>45421</v>
       </c>
     </row>
     <row r="650">
       <c r="A650">
-        <v>2970</v>
+        <v>3008</v>
       </c>
       <c r="B650">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C650" t="inlineStr">
         <is>
-          <t>PIANO DI SVILUPPO E COESIONE. Progetti A0489P0008-A0489P0009- A0489P0010. Impegni di spesa per complessivi euro 1.956.259,00 sui capitoli U0000A42131-U0000A42132-U0000A42133, es. fin. 2023, in favore di LAZIOcrea Spa (cod. cred. 164838) per attuazione n.3 interventi ammessi a finanziamento sulle risorse PSC (delibera CIPESS n. 29/2021 - "Sez. speciale 2 ex FESR", procedura di attivazione n. A0489.
-</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'evento: Assaggi - Salone dell'Enogastronomia Regionale che si svolgerà a Viterbo dal 18 al 20 maggio 2024. Impegno di spesa in favore Camera di Commercio di Rieti-Viterbo (cod. cred. 209170) di € 25.000,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B135A423AA.</t>
         </is>
       </c>
       <c r="D650" t="s">
-        <v>548</v>
+        <v>568</v>
       </c>
       <c r="E650" s="2">
-        <v>45308</v>
+        <v>45418</v>
       </c>
     </row>
     <row r="651">
       <c r="A651">
-        <v>2969</v>
+        <v>3007</v>
       </c>
       <c r="B651">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C651" t="inlineStr">
         <is>
-          <t>Perfezionamento prenotazione impegno n. 70122/2023 di € 838.604,59 sul capitolo U0000S22501, es. fin. 2023, assunta con dgr n. 889/2023 in favore di LAZIOcrea Spa (codice creditore 164838) per l'esecuzione dei lavori aggiuntivi per il completamento del Centro logistico Protezione civile di Capena (RM).
-</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di pubblicità istituzionale per il numero verde antiomotransfobia GayHelpLine 800 713 713 e chat Speakly 2024.Impegno di spesa in favore dell'Associazione Gay Center/Gay Help Line (cod. cred. 131431) di € 80.000,00 Iva esente sul capitolo U0000R31902 - Esercizio Finanziario 2024. Impegno di spesa in favore dell'Anac di € 35,00 sul capitolo U0000T19427 per il contributo obbligatorio - Esercizio finanziario 2024. CIG: B15E3F3817.</t>
         </is>
       </c>
       <c r="D651" t="s">
-        <v>548</v>
+        <v>569</v>
       </c>
       <c r="E651" s="2">
-        <v>45308</v>
+        <v>45418</v>
       </c>
     </row>
     <row r="652">
       <c r="A652">
-        <v>2968</v>
+        <v>3006</v>
       </c>
       <c r="B652">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C652" t="inlineStr">
         <is>
-          <t>Progetto I202101786. Procedura ex art. 60, D.Lgs. 50/2016, per affidamento servizio di verifica della vulnerabilità sismica, esecuzione di prove e indagini e la redazione della progettazione di fattibilità tecnico ed economica degli interventi di adeguamento sismico sede regionale via Cristoforo Colombo n. 212, Roma. Modifiche contrattuali ex art. 106, D.lgs 50/2016, rimodulazione quadro economico. Perfezionamento prenotazione impegno di spesa n. 38646/2023 sul Capitolo U0000C12170, es. fin. 2023, per l’importo complessivo di euro 313.128,74 (comprensivo di cassa previdenziale ed IVA) a favore di RTI PROGEN SRL - GEOLOGO SERGIO DOLFIN - SIDERCEM - PLANIR S.R.L. - TECHNOSIDE SRL. Impegno di spesa di € 410,00 sul cap. U0000T19427, es. fin. 2023, a favore di ANAC. CUP F86C21000010001D - CIG A037D7C470.
-</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'evento benefico pro ADMO: "La notte dei Leoni" che si svolgerà a Frosinone il 28 maggio 2024. Impegno di spesa a favore dell'Associazione Calciatori Attori Italiani OdV (cod. cred.136336) di € 20.000,00 Iva esente sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B15E64E9B3</t>
         </is>
       </c>
       <c r="D652" t="s">
-        <v>554</v>
+        <v>570</v>
       </c>
       <c r="E652" s="2">
-        <v>45308</v>
+        <v>45418</v>
       </c>
     </row>
     <row r="653">
       <c r="A653">
-        <v>2967</v>
+        <v>3005</v>
       </c>
       <c r="B653">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C653" t="inlineStr">
         <is>
-          <t>Progetto I202201694. Campagna "Art Bonus - Regione Lazio" - impegno di spesa di € 68.132,92 sul capitolo U0000G24113 e di € 24.658,66 sul capitolo U0000G11132, es. fin. 2023, in favore di LAZIOCrea s.p.a, (cod. cred. 164838), in qualità di Soggetto attuatore del "Programma degli interventi" di cui alla dgr n. 781/2016.
-</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità per la Regione Lazio in occasione dell'evento Job Hub Festival che si svolgerà a Cisterna di Latina il 4 maggio 2024. Impegno di spesa in favore del Consorzio Costruttori Pontini (cod. cred. 99937) di € 5.000,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B1681E81C4</t>
         </is>
       </c>
       <c r="D653" t="s">
-        <v>548</v>
+        <v>571</v>
       </c>
       <c r="E653" s="2">
-        <v>45308</v>
+        <v>45418</v>
       </c>
     </row>
     <row r="654">
       <c r="A654">
-        <v>2966</v>
+        <v>3004</v>
       </c>
       <c r="B654">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C654" t="inlineStr">
         <is>
-          <t>Procedura di affidamento, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, fornitura sedute edificio "WeGil" - Roma. Impegno di spesa di euro 10.431,00 sul capitolo U0000S22509, es. fin. 2023 in favore della Società Click ufficio srl (codice creditore 127595). Smart cig ZE33D91FAA.
-</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, finalizzato alla realizzazione di materiali di comunicazione per l'allestimento dello stand della Regione Lazio, in occasione dell'evento "Race for the Cure" che si terrà a Roma dal 9 all'11 maggio 2024. Impegno di spesa in favore della Società GESI GESTIONE SISTEMI srl di € 9.040,20 Iva inclusa. Utilizzo impegno n. 180555/2021 assunto sul capitolo U0000H11101 - Esercizio Finanziario 2024. CIG: B171A3E7ED</t>
         </is>
       </c>
       <c r="D654" t="s">
-        <v>555</v>
+        <v>572</v>
       </c>
       <c r="E654" s="2">
-        <v>45308</v>
+        <v>45418</v>
       </c>
     </row>
     <row r="655">
       <c r="A655">
-        <v>2965</v>
+        <v>3003</v>
       </c>
       <c r="B655">
         <v>2024</v>
       </c>
       <c r="C655" t="inlineStr">
         <is>
-          <t>Recepimento della Determinazione n. 1032/11163 del 29/12/2023 della Regione Autonoma della Sardegna ad oggetto "Appalto specifico indetto dalla Regione Autonoma della Sardegna, centrale regionale di committenza per l'affidamento di medicinali in dpc ed. 18 destinati al fabbisogno delle aziende sanitarie della Regione Autonoma della Sardegna, della Regione Emilia Romagna e della Regione Lazio, nell'ambito del sistema dinamico di acquisizione della pubblica amministrazione per la fornitura di prodotti farmaceutici - id gara anac 9366307.
-</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine e di visibilità della Regione Lazio in occasione dell'evento: Incontro Nazionale dell'Azione Cattolica italiana con il Santo Padre previsto a Roma il 25 aprile 2024. Impegno di spesa in favore dell'Associazione Azione Cattolica Italiana (cod. cred. 69466) di € 10.000,00 Iva esente sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B13589734B</t>
         </is>
       </c>
       <c r="D655" t="s">
-        <v>556</v>
+        <v>573</v>
       </c>
       <c r="E655" s="2">
-        <v>45302</v>
+        <v>45418</v>
       </c>
     </row>
     <row r="656">
       <c r="A656">
-        <v>2964</v>
+        <v>3002</v>
       </c>
       <c r="B656">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C656" t="inlineStr">
         <is>
-          <t>Convenzione tra Regione Lazio e SIAE per il pagamento dei diritti di esecuzione musicale in occasione di manifestazioni culturali e ricreative organizzate dai centri anziani del Lazio nel corso del 2023. Impegno di spesa per la somma di euro 61.000,00 sul capitolo di bilancio U0000R31920, a favore della Società Italiana Autori ed Editori (SIAE) - Esercizio finanziario 2023.
-</t>
+          <t>Servizio di ingegneria inerente la redazione del prog. esec., il coord. della sicur. in fase di prog. ed esec. e Dir. Lav. per i lavori di "Manut. degli imp. Idrov. di Via Ferloni, Via di Villa Livia e Via Frassineto, anche in caso di piena, siti nel Comune di Roma. Annualità 2024 - 2025"</t>
         </is>
       </c>
       <c r="D656" t="s">
-        <v>548</v>
+        <v>6</v>
       </c>
       <c r="E656" s="2">
-        <v>45301</v>
+        <v>45418</v>
       </c>
     </row>
     <row r="657">
       <c r="A657">
-        <v>2963</v>
+        <v>3001</v>
       </c>
       <c r="B657">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C657" t="inlineStr">
         <is>
-          <t>Articolo 30 del Decreto legislativo del 23 dicembre 2022, n. 201: approvazione della relazione di ricognizione dei servizi&amp;nbsp;pubblici di rilevanza economica riferita ai contratti di competenza della Direzione regionale Infrastrutture e Mobilità
-</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 sesta tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.</t>
         </is>
       </c>
       <c r="D657" t="s">
-        <v>548</v>
+        <v>6</v>
       </c>
       <c r="E657" s="2">
-        <v>45300</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="658">
       <c r="A658">
-        <v>2962</v>
+        <v>3000</v>
       </c>
       <c r="B658">
-        <v>2023</v>
-[...2 lines deleted...]
-        <v>557</v>
+        <v>2024</v>
+      </c>
+      <c r="C658" t="inlineStr">
+        <is>
+          <t>Piano di Sviluppo e Coesione – PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020 Affidamento diretto dei servizi di ingegneria ed architettura di importo inferiore a 5.000,00 euro, ai sensi dell’art. 50 comma 1 lett. b) del D.lgs 36/2023.</t>
+        </is>
       </c>
       <c r="D658" t="s">
-        <v>548</v>
+        <v>6</v>
       </c>
       <c r="E658" s="2">
-        <v>45299</v>
+        <v>45411</v>
       </c>
     </row>
     <row r="659">
       <c r="A659">
-        <v>2961</v>
+        <v>2999</v>
       </c>
       <c r="B659">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C659" t="inlineStr">
         <is>
-          <t>Visibilità della Regione Lazio in occasione della trasmissione televisiva "In cammino - I luoghi del Natale", in onda su&amp;nbsp;RAITRE il 25 dicembre 2023, a cura della Capware Factory srl (cod. cred. 248711). Impegno di spesa di € 21.960,00 (IVA&amp;nbsp;inclusa) sul capitolo di spesa U0000R31902 - Es. Fin. 2023. CIG: Z3D3DD45DF
-</t>
+          <t>Gara comunitaria centralizzata per l'affidamento del servizio integrato di rilevazione fisica, valorizzazione economica, riconciliazione con le risultanze contabili esistenti dei beni mobili e immobili delle Aziende sanitarie della Regione Lazio.</t>
         </is>
       </c>
       <c r="D659" t="s">
-        <v>558</v>
+        <v>574</v>
       </c>
       <c r="E659" s="2">
-        <v>45299</v>
+        <v>45408</v>
       </c>
     </row>
     <row r="660">
       <c r="A660">
-        <v>2960</v>
+        <v>2998</v>
       </c>
       <c r="B660">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C660" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, sopra soglia comunitaria, finalizzata alla stipula di un accordo quadro per la fornitura triennale di protesi ortopediche di anca, ginocchio e spalla per le Aziende Sanitarie ed Ospedaliere della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti - Lotto 1 - 53</t>
-[...6 lines deleted...]
-        </is>
+          <t>Appalto specifico per l'acquisizione di Vaccini antinfluenzali 2024/2025 occorrenti alle Aziende Sanitarie della Regione Lazio - Quinta tranche 2024 Vaccini anti influenzali, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori.</t>
+        </is>
+      </c>
+      <c r="D660" t="s">
+        <v>6</v>
       </c>
       <c r="E660" s="2">
-        <v>45289</v>
+        <v>45406</v>
       </c>
     </row>
     <row r="661">
       <c r="A661">
-        <v>2959</v>
+        <v>2997</v>
       </c>
       <c r="B661">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C661" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta ai sensi dell'art. 71 del D.lgs 36/2023 finalizzata alla stipula di convenzione per l'affidamento del servizio di lavanolo occorrente all'Azienda ARES 118</t>
+          <t>AVVISO PER MANIFESTAZIONE DI INTERESSE-SERVIZIO FORNITO DA SOGGETTO ESTERNO ALL’AMMINISTRAZIONE PER IL SUPPORTO TECNICO NELLA PREDISPOSIZIONE DEL PIANO DI AZIONE E DELLE ATTIVITÀ CONSEGUENTI O CORRELATE PER IL PROGETTO EUROPEO INTERREVITA – PROGRAMMA INTERREG EUROPE – PROGRAMMAZIONE 2021-2027.</t>
         </is>
       </c>
       <c r="D661" t="s">
-        <v>559</v>
+        <v>6</v>
       </c>
       <c r="E661" s="2">
-        <v>45289</v>
+        <v>45405</v>
+      </c>
+      <c r="F661" t="s">
+        <v>575</v>
       </c>
     </row>
     <row r="662">
       <c r="A662">
-        <v>2958</v>
+        <v>2996</v>
       </c>
       <c r="B662">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C662" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2023 -Tredicesima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 9504891</t>
+          <t>AVVISO PER MANIFESTAZIONE DI INTERESSE-SERVIZIO PER IL CONTROLLO DI PRIMO LIVELLO PER LA VERIFICA E LA CERTIFICAZIONE DELLE SPESE SOSTENUTE E DA RENDICONTARE PER IL PROGETTO EUROPEO INTERREVITA – PROGRAMMA INTERREG EUROPE – PROGRAMMAZIONE 2021-2027.</t>
         </is>
       </c>
       <c r="D662" t="s">
-        <v>560</v>
+        <v>6</v>
       </c>
       <c r="E662" s="2">
-        <v>45288</v>
+        <v>45405</v>
+      </c>
+      <c r="F662" t="s">
+        <v>575</v>
       </c>
     </row>
     <row r="663">
       <c r="A663">
-        <v>2957</v>
+        <v>2995</v>
       </c>
       <c r="B663">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C663" t="inlineStr">
         <is>
-          <t>Procedura aperta ai sensi dell'art. 71 D.lgs 36/2023 per l'affidamento in concessione del "Servizio di trasporto marittimo di passeggeri, veicoli e merci tra e con Ponza e Ventotene con obblighi di servizio pubblico per la continuità territoriale marittima". Lotto unico. CIG A03FA1EE17 - CUP F69I23000230003 - CUI S80143490581202300079. Determinazione a contrarre n. G17422 del 22/12/2023.&amp;nbsp;</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di visibilità per la Regione Lazio in occasione dell'evento: Raduno Interregionale Lazio dell'Associazione Nazionale Carabinieri che si svolgerà a Tivoli (RM) dal 20 al 21 aprile 2024. Impegno di spesa in favore dell'Associazione Nazionale Carabinieri (cod. cred. 58714) di € 5.000,00 Iva esente sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B11970A824</t>
         </is>
       </c>
       <c r="D663" t="s">
-        <v>561</v>
+        <v>576</v>
       </c>
       <c r="E663" s="2">
-        <v>45288</v>
+        <v>45398</v>
       </c>
     </row>
     <row r="664">
       <c r="A664">
-        <v>2956</v>
+        <v>2994</v>
       </c>
       <c r="B664">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C664" t="inlineStr">
         <is>
-          <t>Intervento denominato "Ripascimento di un tratto di litorale di Ostia Levante nel Municipio X di Roma Capitale".&amp;nbsp;Affidamento, ai sensi dell'art. 50, comma 1, lett. b) del d.lgs 36/2023, del servizio di rilievo marino magnetometrico delle aree di dragaggio identificate come "Fiumara Grande", "Porto di Ostia" e "Canale dei Pescatori"
-</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di promozione d'immagine della Regione Lazio in occasione dell'evento: Sacra Rappresentazione della Passione di Cristo di Sezze. Impegno di spesa in favore dell'Associazione della Passione di Cristo (cod. cred. 3075) di € 20.000,00 Iva esente sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B0EC158B4</t>
         </is>
       </c>
       <c r="D664" t="s">
-        <v>562</v>
+        <v>577</v>
       </c>
       <c r="E664" s="2">
-        <v>45282</v>
+        <v>45398</v>
       </c>
     </row>
     <row r="665">
       <c r="A665">
-        <v>2955</v>
+        <v>2993</v>
       </c>
       <c r="B665">
-        <v>2023</v>
-[...2 lines deleted...]
-        <v>563</v>
+        <v>2024</v>
+      </c>
+      <c r="C665" t="inlineStr">
+        <is>
+          <t>&amp;nbsp;Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di visibilità per la Regione Lazio in occasione dell'evento: Mostra Concorso Internazionale di Fotografia Città di Latina, dal 4 al 28 aprile 2024. Impegno di spesa in favore dell'Associazione Latina Mater ETS (cod. cred. 249493) di € 15.000,00 Iva Inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B0DADD0B22</t>
+        </is>
       </c>
       <c r="D665" t="s">
-        <v>564</v>
+        <v>578</v>
       </c>
       <c r="E665" s="2">
-        <v>45281</v>
+        <v>45398</v>
       </c>
     </row>
     <row r="666">
       <c r="A666">
-        <v>2954</v>
+        <v>2992</v>
       </c>
       <c r="B666">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C666" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, co. 1, lett. b), del d.lgs. n. 36/2023, del servizio di stampa del volume "Lazio in Numeri 2023". Impegno di spesa di 3.147,60 euro (IVA inclusa, 22%), a favore della ditta Tipografia Carnicella di Andrea Carnicella, Via D. Silveri, 24-28 - 00165 - ROMA - P.IVA 09069311000.
-</t>
+          <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1. Procedura negoziata ai sensi dell'art. 50, comma 1, lett. d) del D.Lgs. 36/2023, per l'affidamento dei lavori relativi dell'intervento n. 175 "Ottimizzazione e ristrutturazione degli impianti idrovori di Salaria, Flaminia, Corcolle, Pratolungo e Prima Porta". Determinazione a contrarre e approvazione degli atti di gara. CUP: F88H22000930001</t>
         </is>
       </c>
       <c r="D666" t="s">
-        <v>565</v>
+        <v>6</v>
       </c>
       <c r="E666" s="2">
-        <v>45281</v>
+        <v>45390</v>
       </c>
     </row>
     <row r="667">
       <c r="A667">
-        <v>2953</v>
+        <v>2991</v>
       </c>
       <c r="B667">
         <v>2023</v>
       </c>
       <c r="C667" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio- farmaci 2023 - dodicesima tranche - biologici e biosimilari, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Nr. Gara 9501086.</t>
-[...3 lines deleted...]
-        <v>566</v>
+          <t>Recepimento della Determinazione dell'amministratore unico del 07/03/2024 emanata dalla società consortile a responsabilità limitata Puntozero della Regione Umbria avente ad oggetto "Appalto specifico indetto da Puntozero s.c. a r.l. (Cras) per l'affidamento della fornitura di farmaci suddivisa in n. 32 lotti occorrenti alle Aziende Sanitarie della regione Umbria e della regione Lazio, nell'ambito del SDA CONSIP- Cod. gara ANAC 9477455" - decima tranche farmaci 2023.</t>
+        </is>
+      </c>
+      <c r="D667">
+        <v>9477455</v>
       </c>
       <c r="E667" s="2">
-        <v>45280</v>
+        <v>45386</v>
       </c>
     </row>
     <row r="668">
       <c r="A668">
-        <v>2952</v>
+        <v>2990</v>
       </c>
       <c r="B668">
         <v>2023</v>
       </c>
-      <c r="C668" t="s">
-        <v>567</v>
+      <c r="C668" t="inlineStr">
+        <is>
+          <t>Servizio di gestione dei dati ambientali acquisiti attraverso georeferenziazione e restituzione cartografica (WEB GIS) funzionale agli interventi di bonifica in area SIN.</t>
+        </is>
       </c>
       <c r="D668" t="s">
-        <v>548</v>
+        <v>579</v>
       </c>
       <c r="E668" s="2">
-        <v>45278</v>
+        <v>45397</v>
       </c>
     </row>
     <row r="669">
       <c r="A669">
-        <v>2951</v>
+        <v>2989</v>
       </c>
       <c r="B669">
         <v>2023</v>
       </c>
       <c r="C669" t="inlineStr">
         <is>
-          <t>Affidamento diretto del servizio di supporto tecnico-specialistico per l'effettuazione di diagnosi ufficiali fitosanitarie su organismi nocivi dei vegetali nel territorio del Lazio.
-</t>
+          <t>PR FESR LAZIO 2021/2027. CUP F89G23000890009. Nomina di Lazio Innova S.p.A. in qualità di Organismo Intermedio del PR Lazio FESR 2021-2027 per le funzioni delegate di cui agli art. 72, 73 e 74 del Reg. 1060/2021. Affidamento in house.</t>
         </is>
       </c>
       <c r="D669" t="s">
-        <v>568</v>
+        <v>6</v>
       </c>
       <c r="E669" s="2">
-        <v>45275</v>
+        <v>45377</v>
       </c>
     </row>
     <row r="670">
       <c r="A670">
-        <v>2950</v>
+        <v>2988</v>
       </c>
       <c r="B670">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C670" t="inlineStr">
         <is>
-          <t>Affidamento diretto del servizio di attuazione di misure per la prevenzione e l'eradicazione di Xylella fastidiosa ai sensi dell'articolo 50, comma 1, lettera b) del decreto legislativo 31 marzo 2023, n. 36.
-</t>
+          <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della Chiesa cattolica per il 2025, ai sensi dell’articolo 1, comma 422, della legge 234 del 2021. Procedura negoziata senza bando, ai sensi dell’art. 50, comma 1 lett. d) del Dlgs 36/23, per l’affidamento, mediante Accordo Quadro, dei lavori di riqualificazione inerenti all’ambito tipologico “Tevere e le vie d’acqua”, relativi agli interventi n. 162, 163, 164 e 170. CUP: F88H22000780005- CUP: F88H22000890005 - CUP F88H22000900005 - CUP: F88H22000800005</t>
         </is>
       </c>
       <c r="D670" t="s">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="E670" s="2">
-        <v>45275</v>
+        <v>45373</v>
       </c>
     </row>
     <row r="671">
       <c r="A671">
-        <v>2949</v>
+        <v>2987</v>
       </c>
       <c r="B671">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C671" t="inlineStr">
         <is>
-          <t>Approvazione del programma di studio e monitoraggio organismi nocivi &amp;nbsp;pianteoggetto di un accordo di collaborazione tra la Regione Lazio e il dipartimento di Scienze Agrarie e Forestali (DAFNE) dell'Università degli Studi della Tuscia Impegno complessivo &amp;nbsp;della &amp;nbsp;somma di euro 287.768,66 sul capitolo U0000B11115 del bilancio regionale esercizio finanziario 2023 a favore dell'Università degli Studi della Tuscia, Dipartimento DAFNE (codice creditore 836)</t>
+          <t>Intervento di smantellamento della motonave "La Franca Real" e ripristino delle banchine idrauliche in prossimità del ponte Due Giugno nel Comune di Fiumicino". Aggiudicazione all'operatore economico LEONARDO COSTRUZIONI s.r.l. (cod.cred. 136059). CUP : F13C22002190002</t>
         </is>
       </c>
       <c r="D671" t="s">
-        <v>570</v>
+        <v>581</v>
       </c>
       <c r="E671" s="2">
-        <v>45275</v>
+        <v>45371</v>
       </c>
     </row>
     <row r="672">
       <c r="A672">
-        <v>2948</v>
+        <v>2986</v>
       </c>
       <c r="B672">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C672" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2023 - Undicesima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Nr. Gara 9474017</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per l'acquisto di spazi pubblicitari sulla rivista gratuita "SPORTCLUB". Impegno di spesa in favore di MarketingXpression di Oddino Marco (cod. cred. 173589) di € 18.300,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B0B59FDA92.</t>
         </is>
       </c>
       <c r="D672" t="s">
-        <v>571</v>
+        <v>582</v>
       </c>
       <c r="E672" s="2">
-        <v>45275</v>
+        <v>45370</v>
       </c>
     </row>
     <row r="673">
       <c r="A673">
-        <v>2947</v>
+        <v>2985</v>
       </c>
       <c r="B673">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C673" t="inlineStr">
         <is>
-          <t>Determina a contrarre ai sensi dell'art. 17, comma 1, del D.lgs. n. 36/2023 e indizione della procedura di gara aperta per la conclusione di convenzioni quadro, ai sensi dell'art. 1, comma 456, della L. n. 296/2006 per l'acquisizione di arredi per ufficio a ridotto impatto ambientale occorrenti alle Amministrazioni del territorio della regione Lazio. lotto 1 mobilio. Lotto 2 sedute.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per la promozione d'immagine della Regione Lazio in occasione dell'evento Celebrazioni Benedettine 2024 - Città di Subiaco (RM). Impegno di spesa in favore del Comune di Subiaco di € 36.600,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B09919DDC0.</t>
         </is>
       </c>
       <c r="D673" t="s">
-        <v>211</v>
+        <v>583</v>
       </c>
       <c r="E673" s="2">
-        <v>45272</v>
+        <v>45370</v>
       </c>
     </row>
     <row r="674">
       <c r="A674">
-        <v>2946</v>
+        <v>2984</v>
       </c>
       <c r="B674">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C674" t="inlineStr">
         <is>
-          <t>Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, servizio di smaltimento rifiuti immobile sito nel Comune di Bracciano (RM) - via S. Negretti, 1. Impegno di spesa di euro 4.239,50 sul capitolo U0000S23416, es. fin. 2023 in favore della Società Massimi Aurelio e Figli srl (codice creditore 133951). Smartcig Z1C3CF4535.
-</t>
+          <t>Affidamento diretto del servizio di supporto tecnico-specialistico per l'effettuazione di diagnosi ufficiali fitosanitarie su organismi nocivi dei vegetali nel territorio del Lazio.</t>
         </is>
       </c>
       <c r="D674" t="s">
-        <v>572</v>
+        <v>584</v>
       </c>
       <c r="E674" s="2">
-        <v>45272</v>
+        <v>45489</v>
       </c>
     </row>
     <row r="675">
       <c r="A675">
-        <v>2945</v>
+        <v>2983</v>
       </c>
       <c r="B675">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C675" t="inlineStr">
         <is>
-          <t>Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, tramite mercato elettronico della Regione Lazio (Me.La) della piattaforma telematica S.TEL.LA, fornitura segnaletica interna per uffici. Impegno di spesa di € 49.499,26 sul capitolo U0000S21908 es. fin. 2023/2024, del corrente bilancio della Regione Lazio in favore della Ditta Errebian spa (cod. cred.18642). Impegno di euro 35,00 sul Capitolo U0000T19427, es. fin. 2023, a favore di ANAC. Num. smart CIG A02DF00B5B.
-</t>
+          <t>Intervento denominato "Ripascimento di un tratto di litorale di Ostia Levante nel Municipio X di Roma Capitale".&amp;nbsp;Approvazione schema di avviso di indagine di mercato per la manifestazione di interesse a partecipare alla procedura&amp;nbsp;negoziata, ai sensi dell'art. 50 comma 1 lettera d) del D.Lgs. 36/2023, per la stipula di un accordo quadro con unico operatore&amp;nbsp;per l'affidamento dei lavori ai sensi dell'art. 59, comma 3, del D.lgs 36/2023 - CUP F82B21000030005</t>
         </is>
       </c>
       <c r="D675" t="s">
-        <v>573</v>
+        <v>585</v>
       </c>
       <c r="E675" s="2">
-        <v>45272</v>
+        <v>45378</v>
       </c>
     </row>
     <row r="676">
       <c r="A676">
-        <v>2944</v>
+        <v>2982</v>
       </c>
       <c r="B676">
-        <v>2023</v>
-[...5 lines deleted...]
-        </is>
+        <v>2024</v>
+      </c>
+      <c r="C676" t="s">
+        <v>586</v>
       </c>
       <c r="D676" t="s">
-        <v>574</v>
+        <v>587</v>
       </c>
       <c r="E676" s="2">
-        <v>45272</v>
+        <v>45356</v>
       </c>
     </row>
     <row r="677">
       <c r="A677">
-        <v>2943</v>
+        <v>2981</v>
       </c>
       <c r="B677">
         <v>2023</v>
       </c>
       <c r="C677" t="inlineStr">
         <is>
-          <t>Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, tramite piattaforma telematica S.TEL.LA - mercato elettronico della Regione Lazio (Me.La), incarico di redazione perizie di stime immobili di proprietà regionale a uso abitativo siti nel comune di Roma, Impegno di spesa di euro 14.280,00 sul capitolo U0000S21909, es. fin. 2023, in favore del geom. Daniele Petracchiola (cod. cred. 247821) num. Smartcig Z3D3CF60BB.</t>
+          <t>Procedura negoziata, tramite R.d.O. sul Mercato Elettronico Regionale (M.E.La.), per l'affidamento del servizio di assistenza,&amp;nbsp;consulenza e intermediazione assicurativa, in un lotto unico per la durata di 66,5 mesi (sessantasei mesi e quindici giorni).</t>
         </is>
       </c>
       <c r="D677" t="s">
-        <v>575</v>
+        <v>588</v>
       </c>
       <c r="E677" s="2">
-        <v>45272</v>
+        <v>45350</v>
       </c>
     </row>
     <row r="678">
       <c r="A678">
-        <v>2942</v>
+        <v>2980</v>
       </c>
       <c r="B678">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C678" t="inlineStr">
         <is>
-          <t>Piano Sviluppo e Coesione della Regione Lazio - Interventi ammessi e cofinanziati con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a 5.000,00 euro, ai sensi dell'art. 50 comma 1 lett. b) del D.lgs. 36/2023 - Incarico per la redazione dell'Attestato di Prestazione Energetica degli Interventi A0100E0321 e A0100E0330 dei quali la Regione Lazio svolge il ruolo di Soggetto attuatore.
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, finalizzato all'individuazione di un'agenzia creativa per la realizzazione di campagne istituzionali.
 </t>
         </is>
       </c>
       <c r="D678" t="s">
-        <v>548</v>
+        <v>589</v>
       </c>
       <c r="E678" s="2">
-        <v>45271</v>
+        <v>45350</v>
       </c>
     </row>
     <row r="679">
       <c r="A679">
-        <v>2941</v>
+        <v>2979</v>
       </c>
       <c r="B679">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C679" t="inlineStr">
         <is>
-          <t>Fondo complementare al PNRR - Messa in sicurezza degli edifici e del territorio - Missione 2, Componente 4 (M2C4), Investimento 2.2 “Interventi per la resilienza, la valorizzazione del territorio e l'efficienza energetica dei Comuni” - «Lavori di adeguamento sismico della Scuola Media A. Deci in Orte con ricostruzione dell'edificio preesistente demolito», da eseguirsi nel Comune di Orte - Determinazione di indizione della procedura negoziata per l’affidamento dei lavori per conto del Comune di Orte con contestuale approvazione degli atti di gara e nomina del responsabile dell’affidamento.&amp;nbsp; CUP: G93B07000080007- CIG A02FDF78ED</t>
+          <t>Lavori di somma urgenza per il ripristino del funzionamento dell'impianto idrovoro di Pratolungo in Roma, manomesso a seguito di furto dei cavi elettrici. Verbale di Somma Urgenza e di affidamento
+</t>
         </is>
       </c>
       <c r="D679" t="s">
-        <v>576</v>
+        <v>590</v>
       </c>
       <c r="E679" s="2">
-        <v>45257</v>
+        <v>45343</v>
       </c>
     </row>
     <row r="680">
       <c r="A680">
-        <v>2940</v>
+        <v>2978</v>
       </c>
       <c r="B680">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C680" t="inlineStr">
         <is>
-          <t>Avviso di indagine di mercato per l'affidamento del servizio "Realizzazione di attività finalizzate al monitoraggio civico e al coinvolgimento attivo e innovativo degli stakeholder nell'ambito dei progetti finanziati dalla politica di coesione, Obiettivo di Policy 5 del PR FESR Lazio 2021-2027".
+          <t>D.lgs. 36/2023 –Intervento di somma urgenza a seguito di continue e ripetute occupazioni abusive da parte di ignoti, nonché a salvaguardia della salute e dell’igiene pubblica, al fine di prevenire pericoli per la pubblica e privata incolumità sul compendio denominato Al Karama - Comune di Latina. CUP F23I23000110002 – CIG A04EDC2D18
 </t>
         </is>
       </c>
       <c r="D680" t="s">
-        <v>548</v>
+        <v>591</v>
       </c>
       <c r="E680" s="2">
-        <v>45254</v>
+        <v>45341</v>
       </c>
     </row>
     <row r="681">
       <c r="A681">
-        <v>2939</v>
+        <v>2977</v>
       </c>
       <c r="B681">
         <v>2023</v>
       </c>
       <c r="C681" t="s">
-        <v>577</v>
+        <v>592</v>
       </c>
       <c r="D681" t="s">
-        <v>578</v>
+        <v>593</v>
       </c>
       <c r="E681" s="2">
-        <v>45254</v>
+        <v>45337</v>
       </c>
     </row>
     <row r="682">
       <c r="A682">
-        <v>2938</v>
+        <v>2976</v>
       </c>
       <c r="B682">
-        <v>2023</v>
-[...2 lines deleted...]
-        <v>579</v>
+        <v>2024</v>
+      </c>
+      <c r="C682" t="inlineStr">
+        <is>
+          <t>Servizio di divulgazione informazioni sul portale Lazio Europa. Impegno di spesa dell'importo di € 370,00, sul capitolo di spesa U0000T19527 in favore del creditore Laziocrea S.p.A (codice creditore 164838). Esercizio finanziario 2023.
+</t>
+        </is>
       </c>
       <c r="D682" t="s">
-        <v>548</v>
+        <v>590</v>
       </c>
       <c r="E682" s="2">
-        <v>45254</v>
+        <v>45320</v>
       </c>
     </row>
     <row r="683">
       <c r="A683">
-        <v>2937</v>
+        <v>2975</v>
       </c>
       <c r="B683">
         <v>2023</v>
       </c>
       <c r="C683" t="inlineStr">
         <is>
-          <t>fornitura di servizi cloud IaaS e PaaS in un modello di erogazione pubblico nonché per la prestazione di servizi connessi, servizi professionali di supporto all'adozione del cloud, servizi professionali tecnici per le Pubbliche Amministrazioni.
+          <t>Affidamento del "Servizio di assistenza e supporto di natura giuridico-legale per l'ottimizzazione dei procedimenti sulle materie di competenze della Direzione regionale Ciclo dei Rifiuti".
 </t>
         </is>
       </c>
       <c r="D683" t="s">
-        <v>580</v>
+        <v>590</v>
       </c>
       <c r="E683" s="2">
-        <v>45254</v>
+        <v>45316</v>
       </c>
     </row>
     <row r="684">
       <c r="A684">
-        <v>2936</v>
+        <v>2974</v>
       </c>
       <c r="B684">
-        <v>2023</v>
-[...2 lines deleted...]
-        <v>581</v>
+        <v>2024</v>
+      </c>
+      <c r="C684" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio e della Regione Umbria - farmaci 2024 - seconda tranche nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti Aggregatori&amp;nbsp;</t>
+        </is>
       </c>
       <c r="D684" t="s">
-        <v>548</v>
+        <v>590</v>
       </c>
       <c r="E684" s="2">
-        <v>45254</v>
+        <v>45313</v>
       </c>
     </row>
     <row r="685">
       <c r="A685">
-        <v>2935</v>
+        <v>2973</v>
       </c>
       <c r="B685">
         <v>2023</v>
       </c>
-      <c r="C685" t="s">
-        <v>582</v>
+      <c r="C685" t="inlineStr">
+        <is>
+          <t>Procedura negoziata ai sensi dell'art. 1, comma 2 lett. b) del D.L. n. 76/2020, , tramite R.d.O. sul M.E.LA. Per l'affidamento della durata di 24 (ventiquattro) mesi del servizio diResponsabile della protezione dei dati personali (RPD)ai sensi del Reg. UE n. 679/2016 (RGPD)
+</t>
+        </is>
       </c>
       <c r="D685" t="s">
-        <v>548</v>
+        <v>594</v>
       </c>
       <c r="E685" s="2">
-        <v>45254</v>
+        <v>45310</v>
       </c>
     </row>
     <row r="686">
       <c r="A686">
-        <v>2934</v>
+        <v>2972</v>
       </c>
       <c r="B686">
         <v>2023</v>
       </c>
       <c r="C686" t="inlineStr">
         <is>
-          <t>PONGOV. Affidamento in house, ex art. 7 del D.Lgs 36/2023, a Lazio Innova S.p.A. del servizio di realizzazione di attività di informazione e divulgazione delle iniziative finanziate dai Fondi europei CUP F89G2000250006.
+          <t>Affidamento in house a LAZIOcrea S.p.A, di cui alla scheda progetto n. 21.7. “Sistema statistico regionale datawarehouse programmazione regionale”, Piano Operativo Annuale (POA) LAZIOcrea S.p.A. - Anno 2023
 </t>
         </is>
       </c>
       <c r="D686" t="s">
-        <v>548</v>
+        <v>590</v>
       </c>
       <c r="E686" s="2">
-        <v>45254</v>
+        <v>45310</v>
       </c>
     </row>
     <row r="687">
       <c r="A687">
-        <v>2933</v>
+        <v>2971</v>
       </c>
       <c r="B687">
         <v>2023</v>
       </c>
       <c r="C687" t="inlineStr">
         <is>
-          <t>Procedura negoziata tramite R.d.O. sul Mercato Elettronico di Regione Lazio (M.E.La) finalizzata all’affidamento della fornitura di arredi per ufficio a ridotto impatto ambientale per gli uffici della Giunta Regionale&amp;nbsp;
+          <t>Affidamento diretto, ai sensi del d.lgs. n. 36/2023, per la fornitura di n. 1 Microsoft Surface 9 Pro e relativi accessori, tastiera e mouse, necessari per le attività svolte nell'ambito dei Conti Pubblici Territoriali.
 </t>
         </is>
       </c>
       <c r="D687" t="s">
-        <v>583</v>
+        <v>595</v>
       </c>
       <c r="E687" s="2">
-        <v>45254</v>
+        <v>45310</v>
       </c>
     </row>
     <row r="688">
       <c r="A688">
-        <v>2932</v>
+        <v>2970</v>
       </c>
       <c r="B688">
         <v>2023</v>
       </c>
       <c r="C688" t="inlineStr">
         <is>
-          <t>Affidamento diretto alla società B-Side Communication S.R.L. per la fornitura di uno spazio all'interno della "Guida Regioni" deI Sole 24 Ore, ai sensi dell'art. 50 comma 1 lettera b) del D.lgs. 36/2023.
+          <t>PIANO DI SVILUPPO E COESIONE. Progetti A0489P0008-A0489P0009- A0489P0010. Impegni di spesa per complessivi euro 1.956.259,00 sui capitoli U0000A42131-U0000A42132-U0000A42133, es. fin. 2023, in favore di LAZIOcrea Spa (cod. cred. 164838) per attuazione n.3 interventi ammessi a finanziamento sulle risorse PSC (delibera CIPESS n. 29/2021 - "Sez. speciale 2 ex FESR", procedura di attivazione n. A0489.
 </t>
         </is>
       </c>
       <c r="D688" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="E688" s="2">
-        <v>45254</v>
+        <v>45308</v>
       </c>
     </row>
     <row r="689">
       <c r="A689">
-        <v>2931</v>
+        <v>2969</v>
       </c>
       <c r="B689">
         <v>2023</v>
       </c>
       <c r="C689" t="inlineStr">
         <is>
-          <t>Campagna di comunicazione istituzionale contro la violenza sulle donne. Impegno di spesa complessivo di € 236.633,95 (IVA inclusa) a creditori vari. Capitolo di spesa U0000R31902 - Es. Fin. 2023.
-[...7 lines deleted...]
-        </is>
+          <t>Perfezionamento prenotazione impegno n. 70122/2023 di € 838.604,59 sul capitolo U0000S22501, es. fin. 2023, assunta con dgr n. 889/2023 in favore di LAZIOcrea Spa (codice creditore 164838) per l'esecuzione dei lavori aggiuntivi per il completamento del Centro logistico Protezione civile di Capena (RM).
+</t>
+        </is>
+      </c>
+      <c r="D689" t="s">
+        <v>590</v>
       </c>
       <c r="E689" s="2">
-        <v>45254</v>
+        <v>45308</v>
       </c>
     </row>
     <row r="690">
       <c r="A690">
-        <v>2930</v>
+        <v>2968</v>
       </c>
       <c r="B690">
         <v>2023</v>
       </c>
       <c r="C690" t="inlineStr">
         <is>
-          <t>L.R. 55/1984 - D.lgs. 36/2023. Comune di Turania (RI). Intervento di somma urgenza per la frana su strada comunale via dell'Acqua Viva. - Impegno di spesa complessivo di € 206.062,39 sul Cap. U0000E46551 a favore dell'Impresa SONDEDILE&amp;nbsp;S.r.l. - Esercizio 2023 - CUP: F42F23000270002 - CIG: 9959250916</t>
+          <t>Progetto I202101786. Procedura ex art. 60, D.Lgs. 50/2016, per affidamento servizio di verifica della vulnerabilità sismica, esecuzione di prove e indagini e la redazione della progettazione di fattibilità tecnico ed economica degli interventi di adeguamento sismico sede regionale via Cristoforo Colombo n. 212, Roma. Modifiche contrattuali ex art. 106, D.lgs 50/2016, rimodulazione quadro economico. Perfezionamento prenotazione impegno di spesa n. 38646/2023 sul Capitolo U0000C12170, es. fin. 2023, per l’importo complessivo di euro 313.128,74 (comprensivo di cassa previdenziale ed IVA) a favore di RTI PROGEN SRL - GEOLOGO SERGIO DOLFIN - SIDERCEM - PLANIR S.R.L. - TECHNOSIDE SRL. Impegno di spesa di € 410,00 sul cap. U0000T19427, es. fin. 2023, a favore di ANAC. CUP F86C21000010001D - CIG A037D7C470.
+</t>
         </is>
       </c>
       <c r="D690" t="s">
-        <v>585</v>
+        <v>596</v>
       </c>
       <c r="E690" s="2">
-        <v>45252</v>
+        <v>45308</v>
       </c>
     </row>
     <row r="691">
       <c r="A691">
-        <v>2929</v>
+        <v>2967</v>
       </c>
       <c r="B691">
         <v>2023</v>
       </c>
       <c r="C691" t="inlineStr">
         <is>
-          <t>Affidamento diretto del servizio di collaudo statico, dell'intervento n. 12IR822/G1 denominato "dissesto idrogeologico strada comunale da Poggio D'Api a Colle Arquata - Accumoli (RI).
+          <t>Progetto I202201694. Campagna "Art Bonus - Regione Lazio" - impegno di spesa di € 68.132,92 sul capitolo U0000G24113 e di € 24.658,66 sul capitolo U0000G11132, es. fin. 2023, in favore di LAZIOCrea s.p.a, (cod. cred. 164838), in qualità di Soggetto attuatore del "Programma degli interventi" di cui alla dgr n. 781/2016.
 </t>
         </is>
       </c>
       <c r="D691" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="E691" s="2">
-        <v>45250</v>
+        <v>45308</v>
       </c>
     </row>
     <row r="692">
       <c r="A692">
-        <v>2928</v>
+        <v>2966</v>
       </c>
       <c r="B692">
         <v>2023</v>
       </c>
-      <c r="C692" t="s">
-[...6 lines deleted...]
-        </is>
+      <c r="C692" t="inlineStr">
+        <is>
+          <t>Procedura di affidamento, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, fornitura sedute edificio "WeGil" - Roma. Impegno di spesa di euro 10.431,00 sul capitolo U0000S22509, es. fin. 2023 in favore della Società Click ufficio srl (codice creditore 127595). Smart cig ZE33D91FAA.
+</t>
+        </is>
+      </c>
+      <c r="D692" t="s">
+        <v>597</v>
       </c>
       <c r="E692" s="2">
-        <v>45240</v>
+        <v>45308</v>
       </c>
     </row>
     <row r="693">
       <c r="A693">
-        <v>2927</v>
+        <v>2965</v>
       </c>
       <c r="B693">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C693" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020 Call for proposal "Energia sostenibile 2.0" Asse Prioritario 4 Azione 4.1.1. Aggiornamento elenco operatori economici abilitati a svolgere il servizio di certificazione della prestazione energetica degli edifici, di importo inferiore a 5.000,00 euro, mediante affidamento diretto ai sensi dell'art. 50 del D.lgs. 36/2023.</t>
+          <t>Recepimento della Determinazione n. 1032/11163 del 29/12/2023 della Regione Autonoma della Sardegna ad oggetto "Appalto specifico indetto dalla Regione Autonoma della Sardegna, centrale regionale di committenza per l'affidamento di medicinali in dpc ed. 18 destinati al fabbisogno delle aziende sanitarie della Regione Autonoma della Sardegna, della Regione Emilia Romagna e della Regione Lazio, nell'ambito del sistema dinamico di acquisizione della pubblica amministrazione per la fornitura di prodotti farmaceutici - id gara anac 9366307.
+</t>
         </is>
       </c>
       <c r="D693" t="s">
-        <v>548</v>
+        <v>598</v>
       </c>
       <c r="E693" s="2">
-        <v>45236</v>
+        <v>45302</v>
       </c>
     </row>
     <row r="694">
       <c r="A694">
-        <v>2926</v>
+        <v>2964</v>
       </c>
       <c r="B694">
         <v>2023</v>
       </c>
       <c r="C694" t="inlineStr">
         <is>
-          <t>Appalto specifico per l’acquisizione di farmaci e vaccini occorrenti alle aziende sanitarie della Regione Lazio e della Regione Sardegna – farmaci 2023 – nona tranche - vaccini vari 2023 bis e farmaci vari, nell’ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti Aggregatori - Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto. Nr. Gara 9406382
+          <t>Convenzione tra Regione Lazio e SIAE per il pagamento dei diritti di esecuzione musicale in occasione di manifestazioni culturali e ricreative organizzate dai centri anziani del Lazio nel corso del 2023. Impegno di spesa per la somma di euro 61.000,00 sul capitolo di bilancio U0000R31920, a favore della Società Italiana Autori ed Editori (SIAE) - Esercizio finanziario 2023.
 </t>
         </is>
       </c>
       <c r="D694" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="E694" s="2">
-        <v>45236</v>
+        <v>45301</v>
       </c>
     </row>
     <row r="695">
       <c r="A695">
-        <v>2925</v>
+        <v>2963</v>
       </c>
       <c r="B695">
         <v>2023</v>
       </c>
       <c r="C695" t="inlineStr">
         <is>
-          <t>Procedura negoziata, tramite R.D.O. sul M.E.La., finalizzata all’affidamento della fornitura del servizio di lettura ottica ed estrapolazione dei dati relativi agli abbattimenti contenuti nei tesserini venatori delle stagioni 2018/2019, 2019/2020 e 2020/2021.
+          <t>Articolo 30 del Decreto legislativo del 23 dicembre 2022, n. 201: approvazione della relazione di ricognizione dei servizi&amp;nbsp;pubblici di rilevanza economica riferita ai contratti di competenza della Direzione regionale Infrastrutture e Mobilità
 </t>
         </is>
       </c>
       <c r="D695" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="E695" s="2">
-        <v>45225</v>
+        <v>45300</v>
       </c>
     </row>
     <row r="696">
       <c r="A696">
-        <v>2924</v>
+        <v>2962</v>
       </c>
       <c r="B696">
         <v>2023</v>
       </c>
-      <c r="C696" t="inlineStr">
-[...3 lines deleted...]
-        </is>
+      <c r="C696" t="s">
+        <v>599</v>
       </c>
       <c r="D696" t="s">
         <v>590</v>
       </c>
       <c r="E696" s="2">
-        <v>45224</v>
+        <v>45299</v>
       </c>
     </row>
     <row r="697">
       <c r="A697">
-        <v>2923</v>
+        <v>2961</v>
       </c>
       <c r="B697">
-        <v>2011</v>
-[...2 lines deleted...]
-        <v>591</v>
+        <v>2023</v>
+      </c>
+      <c r="C697" t="inlineStr">
+        <is>
+          <t>Visibilità della Regione Lazio in occasione della trasmissione televisiva "In cammino - I luoghi del Natale", in onda su&amp;nbsp;RAITRE il 25 dicembre 2023, a cura della Capware Factory srl (cod. cred. 248711). Impegno di spesa di € 21.960,00 (IVA&amp;nbsp;inclusa) sul capitolo di spesa U0000R31902 - Es. Fin. 2023. CIG: Z3D3DD45DF
+</t>
+        </is>
       </c>
       <c r="D697" t="s">
-        <v>592</v>
+        <v>600</v>
       </c>
       <c r="E697" s="2">
-        <v>46007</v>
+        <v>45299</v>
       </c>
     </row>
     <row r="698">
       <c r="A698">
-        <v>2922</v>
+        <v>2960</v>
       </c>
       <c r="B698">
         <v>2023</v>
       </c>
       <c r="C698" t="inlineStr">
         <is>
-          <t>Istituzione di un Albo regionale di Operatori Economici da utilizzarsi per gli affidamenti di lavori diversi dalle procedure aperte o ristrette, di importo inferiore alle soglie di rilevanza europea di cui all'art. 14 del D. Lgs. n. 36/2023.
-[...4 lines deleted...]
-        <v>548</v>
+          <t>Gara comunitaria centralizzata a procedura aperta, sopra soglia comunitaria, finalizzata alla stipula di un accordo quadro per la fornitura triennale di protesi ortopediche di anca, ginocchio e spalla per le Aziende Sanitarie ed Ospedaliere della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti - Lotto 1 - 53</t>
+        </is>
+      </c>
+      <c r="D698" t="inlineStr">
+        <is>
+          <t>A040CF3883; A040D2A5E7; A040D44B5A ;A040D65697; A040D8C6C6; A040DB8B14; A040DC991C; A040E1362E; A040E2B9FB; A040E45F6E; A040E605B9; A040E7EE78; A040E875E8; A040E983F0; A040EAB39E; A04129B372; A0412CAA39; A0412E82FD; A0413006CA; A041330E64; A041355CED; A04137EEC2; A0413A1BA5; A0413CAD7A; A0413E9711; A041406EFD; A04142CE59; A0414452FE; A041466E36; A04159DEDB; A0415BA6CC; A0415E0628; A04162C4E0; A041656788; A04167404C; A041691838; A0416A7A5F; A0416C0EFF; A0416D612B; A04172A67B; A04173D629; A04175AE15; A041775460;&amp;nbsp;A04178D82D; A0417B15E3; A0417D646C; A0417EF90C; A041806C06; A04182559D; A041843E5C; A04186E1DC; A0418854D6; A04189520B
+</t>
+        </is>
       </c>
       <c r="E698" s="2">
-        <v>45224</v>
+        <v>45289</v>
       </c>
     </row>
     <row r="699">
       <c r="A699">
-        <v>2921</v>
+        <v>2959</v>
       </c>
       <c r="B699">
         <v>2023</v>
       </c>
       <c r="C699" t="inlineStr">
         <is>
-          <t>Affidamento diretto dei servizi relativi alla progettazione di fattibilità tecnica ed economica ed esecutiva e al coordinamento per sicurezza in fase di progettazione, dell'intervento di "Ricarica delle scogliere esistenti in località capo d'Anzio (RM)".</t>
+          <t>Gara comunitaria centralizzata a procedura aperta ai sensi dell'art. 71 del D.lgs 36/2023 finalizzata alla stipula di convenzione per l'affidamento del servizio di lavanolo occorrente all'Azienda ARES 118</t>
         </is>
       </c>
       <c r="D699" t="s">
-        <v>593</v>
+        <v>601</v>
       </c>
       <c r="E699" s="2">
-        <v>45217</v>
+        <v>45289</v>
       </c>
     </row>
     <row r="700">
       <c r="A700">
-        <v>2920</v>
+        <v>2958</v>
       </c>
       <c r="B700">
         <v>2023</v>
       </c>
       <c r="C700" t="inlineStr">
         <is>
-          <t>Affidamento diretto alla Società Laziocrea SpA, ai sensi del Decreto Legislativo 36/2023 art. 7 comma 2, servizio di creatività per la realizzazione di due Campagne istituzionali. Impegno di spesa complessivo di € 60.000,00 IVA inclusa. Capitolo di spesa U0000H11726 - Es. Fin. 2023.
-</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2023 -Tredicesima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 9504891</t>
         </is>
       </c>
       <c r="D700" t="s">
-        <v>548</v>
+        <v>602</v>
       </c>
       <c r="E700" s="2">
-        <v>45215</v>
+        <v>45288</v>
       </c>
     </row>
     <row r="701">
       <c r="A701">
-        <v>2919</v>
+        <v>2957</v>
       </c>
       <c r="B701">
         <v>2023</v>
       </c>
       <c r="C701" t="inlineStr">
         <is>
-          <t>Realizzazione di un murales all'interno del Comune di Roma nell'ambito dell'iniziativa "Ottobre Rosa", a cura dell'Associazione Europa Donna Italia (cod. cred. 247378). Impegno di spesa di € 9.760,00 (IVA inclusa) sul capitolo di spesa U0000H11726 - Es. Fin. 2023. CIG ZAB3CB0240.
-</t>
+          <t>Procedura aperta ai sensi dell'art. 71 D.lgs 36/2023 per l'affidamento in concessione del "Servizio di trasporto marittimo di passeggeri, veicoli e merci tra e con Ponza e Ventotene con obblighi di servizio pubblico per la continuità territoriale marittima". Lotto unico. CIG A03FA1EE17 - CUP F69I23000230003 - CUI S80143490581202300079. Determinazione a contrarre n. G17422 del 22/12/2023.&amp;nbsp;</t>
         </is>
       </c>
       <c r="D701" t="s">
-        <v>594</v>
+        <v>603</v>
       </c>
       <c r="E701" s="2">
-        <v>45215</v>
+        <v>45288</v>
       </c>
     </row>
     <row r="702">
       <c r="A702">
-        <v>2918</v>
+        <v>2956</v>
       </c>
       <c r="B702">
         <v>2023</v>
       </c>
       <c r="C702" t="inlineStr">
         <is>
-          <t>Visibilità Regione Lazio in occasione della manifestazione "Tennis&amp;amp;Friends", che si svolgerà dal 13 al 15 ottobre presso il Foro Italico di Roma, a cura REAL SPORT EVENTS A.S. (cod. cred. 156895). Impegno di spesa di € 24.400,00 (IVA inclusa) sul capitolo di spesa U0000R31902 - Es. Fin. 2023. CIG: ZCB3CBA5CA.
+          <t>Intervento denominato "Ripascimento di un tratto di litorale di Ostia Levante nel Municipio X di Roma Capitale".&amp;nbsp;Affidamento, ai sensi dell'art. 50, comma 1, lett. b) del d.lgs 36/2023, del servizio di rilievo marino magnetometrico delle aree di dragaggio identificate come "Fiumara Grande", "Porto di Ostia" e "Canale dei Pescatori"
 </t>
         </is>
       </c>
       <c r="D702" t="s">
-        <v>595</v>
+        <v>604</v>
       </c>
       <c r="E702" s="2">
-        <v>45215</v>
+        <v>45282</v>
       </c>
     </row>
     <row r="703">
       <c r="A703">
-        <v>2917</v>
+        <v>2955</v>
       </c>
       <c r="B703">
         <v>2023</v>
       </c>
-      <c r="C703" t="inlineStr">
-[...9 lines deleted...]
-        </is>
+      <c r="C703" t="s">
+        <v>605</v>
+      </c>
+      <c r="D703" t="s">
+        <v>606</v>
       </c>
       <c r="E703" s="2">
-        <v>45215</v>
+        <v>45281</v>
       </c>
     </row>
     <row r="704">
       <c r="A704">
-        <v>2916</v>
+        <v>2954</v>
       </c>
       <c r="B704">
         <v>2023</v>
       </c>
       <c r="C704" t="inlineStr">
         <is>
-          <t>Intervento I202300662.Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, tramite piattaforma telematica S.TEL.LA - mercato elettronico della Regione Lazio (Me.La), incarico progettazione taglio boschi cedui matricinati, siti nei Comuni di Viterbo, Orte e San Lorenzo Nuovo. Impegno di spesa di euro 16.710,00 sul capitolo U0000E23913, es. fin. 2023, in favore del dott. Alessandro Quatrini (cod. cred. 246618) num. smart CIG ZC43C4B250</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, co. 1, lett. b), del d.lgs. n. 36/2023, del servizio di stampa del volume "Lazio in Numeri 2023". Impegno di spesa di 3.147,60 euro (IVA inclusa, 22%), a favore della ditta Tipografia Carnicella di Andrea Carnicella, Via D. Silveri, 24-28 - 00165 - ROMA - P.IVA 09069311000.
+</t>
         </is>
       </c>
       <c r="D704" t="s">
-        <v>596</v>
+        <v>607</v>
       </c>
       <c r="E704" s="2">
-        <v>45212</v>
+        <v>45281</v>
       </c>
     </row>
     <row r="705">
       <c r="A705">
-        <v>2915</v>
+        <v>2953</v>
       </c>
       <c r="B705">
         <v>2023</v>
       </c>
       <c r="C705" t="inlineStr">
         <is>
-          <t>Intervento I202300659. Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, tramite mercato elettronico della Regione Lazio (Me.La) della piattaforma telematica S.TEL.LA, incarico progettazione taglio boschi cedui matricinati, sito nel Comune di Rieti-loc.tà Villa Ponam. Impegno di spesa di euro 7.285,45 sul capitolo U0000E23913, es. fin. 2023, in favore della Dott.ssa Valentina Fasciolo (cod. cred. 246799) num. smart CIG Z0B3C4D2CF.
-</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio- farmaci 2023 - dodicesima tranche - biologici e biosimilari, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Nr. Gara 9501086.</t>
         </is>
       </c>
       <c r="D705" t="s">
-        <v>597</v>
+        <v>608</v>
       </c>
       <c r="E705" s="2">
-        <v>45212</v>
+        <v>45280</v>
       </c>
     </row>
     <row r="706">
       <c r="A706">
-        <v>2914</v>
+        <v>2952</v>
       </c>
       <c r="B706">
         <v>2023</v>
       </c>
-      <c r="C706" t="inlineStr">
-[...3 lines deleted...]
-        </is>
+      <c r="C706" t="s">
+        <v>609</v>
       </c>
       <c r="D706" t="s">
-        <v>598</v>
+        <v>590</v>
       </c>
       <c r="E706" s="2">
-        <v>45211</v>
+        <v>45278</v>
       </c>
     </row>
     <row r="707">
       <c r="A707">
-        <v>2913</v>
+        <v>2951</v>
       </c>
       <c r="B707">
         <v>2023</v>
       </c>
       <c r="C707" t="inlineStr">
         <is>
-          <t>Servizio di ingegneria inerente la redazione del progetto esecutivo, il coordinamento della sicurezza in fase di progettazione ed&amp;nbsp;esecuzione, la Direzione Lavori ed il collaudo (C.R.E.) dei "lavori di manutenzione e gestione degli impianti idrovori di&amp;nbsp;Pratolungo e Corcolle posti sul fiume Aniene".
+          <t>Affidamento diretto del servizio di supporto tecnico-specialistico per l'effettuazione di diagnosi ufficiali fitosanitarie su organismi nocivi dei vegetali nel territorio del Lazio.
 </t>
         </is>
       </c>
       <c r="D707" t="s">
-        <v>599</v>
+        <v>610</v>
       </c>
       <c r="E707" s="2">
-        <v>45209</v>
+        <v>45275</v>
       </c>
     </row>
     <row r="708">
       <c r="A708">
-        <v>2912</v>
+        <v>2950</v>
       </c>
       <c r="B708">
         <v>2023</v>
       </c>
       <c r="C708" t="inlineStr">
         <is>
-          <t>PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Redazione dell'Attestato di Prestazione Energetica APE della "Scuola primaria G. Carducci" nel Comune di Monte Porzio Catone (RM). Intervento A0100E0182. Disimpegno della&amp;nbsp;somma complessiva di € 1.249,70= e perfezionamento delle prenotazioni n. 2023/31801 - 2023/31797 - 2023/31802 per l'importo complessivo di € 3.020,30= comprensivo di IVA e oneri di legge rispettivamente sui Capitoli U0000A42200 -&amp;nbsp;U0000A42201 - U0000A42202 a favore dell'arch Cristiana IMPERIALI (cod. cred. 240716) Es. finanziario 2023. CUP H86J17000220006 - CIG Z3938FA4A7
+          <t>Affidamento diretto del servizio di attuazione di misure per la prevenzione e l'eradicazione di Xylella fastidiosa ai sensi dell'articolo 50, comma 1, lettera b) del decreto legislativo 31 marzo 2023, n. 36.
 </t>
         </is>
       </c>
       <c r="D708" t="s">
-        <v>600</v>
+        <v>611</v>
       </c>
       <c r="E708" s="2">
-        <v>45204</v>
+        <v>45275</v>
       </c>
     </row>
     <row r="709">
       <c r="A709">
-        <v>2911</v>
+        <v>2949</v>
       </c>
       <c r="B709">
         <v>2023</v>
       </c>
       <c r="C709" t="inlineStr">
         <is>
-          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 e s.m.i.- Incarico per la redazione dell'APE dell'Istituto Comprensivo Luigi Fantappiè sito in Piazza L. Concetti n. 1, Comune di Viterbo (VT) Dossier LI-ES2 2570213_ Intervento A0100E0041. Variazione in diminuzione della somma complessiva di € -1.695,67= sull'impegno 2023/31939 e perfezionamento della prenotazione n. 2023/31939 per l'importo di € 4.404,33= comprensivo di IVA e oneri di legge a favore dell'ing. Marco Carletti (cod. cred. 246566) sul Cap. U0000A42502. Es. Finanziario 2023. CUP F87D17000820006 - CIG ZB53BD6A52</t>
+          <t>Approvazione del programma di studio e monitoraggio organismi nocivi &amp;nbsp;pianteoggetto di un accordo di collaborazione tra la Regione Lazio e il dipartimento di Scienze Agrarie e Forestali (DAFNE) dell'Università degli Studi della Tuscia Impegno complessivo &amp;nbsp;della &amp;nbsp;somma di euro 287.768,66 sul capitolo U0000B11115 del bilancio regionale esercizio finanziario 2023 a favore dell'Università degli Studi della Tuscia, Dipartimento DAFNE (codice creditore 836)</t>
         </is>
       </c>
       <c r="D709" t="s">
-        <v>601</v>
+        <v>612</v>
       </c>
       <c r="E709" s="2">
-        <v>45204</v>
+        <v>45275</v>
       </c>
     </row>
     <row r="710">
       <c r="A710">
-        <v>2910</v>
+        <v>2948</v>
       </c>
       <c r="B710">
         <v>2023</v>
       </c>
       <c r="C710" t="inlineStr">
         <is>
-          <t>DGR 105/2020 intervento n. 3 - Riqualificazione del tratto del litorale di Ostia Levante compreso tra il Canale dei Pescatori e&amp;nbsp;lo stabilimento Nuova Pineta e intervento n. 4 - Riqualificazione del tratto del litorale di Ostia Levante compreso tra lo&amp;nbsp;stabilimento Pinetina e lo stabilimento Gambrinus - Affidamento diretto del servizio di monitoraggio ambientale da effettuare&amp;nbsp;lungo il tratto di litorale di Ostia Levante, dal canale dei Pescatori fino al canale di Casal Palocco - Impegno di € 22.838,40 (€&amp;nbsp;11.419,20 es fin 2023 - € 11.419,20 es fin 2024) sul capitolo U0000E42551 missione 09 - Programma 01 - Piano dei Conti&amp;nbsp;2.02.03.06 (manutenzione straordinaria su beni terzi) a favore Modimar Project srl
-</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2023 - Undicesima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Nr. Gara 9474017</t>
         </is>
       </c>
       <c r="D710" t="s">
-        <v>602</v>
+        <v>613</v>
       </c>
       <c r="E710" s="2">
-        <v>45197</v>
+        <v>45275</v>
       </c>
     </row>
     <row r="711">
       <c r="A711">
-        <v>2909</v>
+        <v>2947</v>
       </c>
       <c r="B711">
         <v>2023</v>
       </c>
       <c r="C711" t="inlineStr">
         <is>
-          <t>Gara Europea - Procedura aperta ai sensi dell'art. 60 del D.Lgs. 50/per la stipula di un Accordo Quadro ai sensi dell'art. 54, comma 4 lett. b) del Decreto Legislativo 18 aprile 2016, n. 50 e s.m.i, per l'affidamento dei distinti appalti specifici aventi ad oggetto l'esecuzione degli interventi di manutenzione straordinaria, restauro e risanamento conservativo dei padiglioni 10, 11, 15 e 21 del Complesso di Santa Maria della Pietà.
-</t>
+          <t>Determina a contrarre ai sensi dell'art. 17, comma 1, del D.lgs. n. 36/2023 e indizione della procedura di gara aperta per la conclusione di convenzioni quadro, ai sensi dell'art. 1, comma 456, della L. n. 296/2006 per l'acquisizione di arredi per ufficio a ridotto impatto ambientale occorrenti alle Amministrazioni del territorio della regione Lazio. lotto 1 mobilio. Lotto 2 sedute.</t>
         </is>
       </c>
       <c r="D711" t="s">
-        <v>603</v>
+        <v>252</v>
       </c>
       <c r="E711" s="2">
-        <v>45196</v>
+        <v>45272</v>
       </c>
     </row>
     <row r="712">
       <c r="A712">
-        <v>2908</v>
+        <v>2946</v>
       </c>
       <c r="B712">
         <v>2023</v>
       </c>
       <c r="C712" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2023 – ottava tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto. Nr. Gara 9334513.
+          <t>Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, servizio di smaltimento rifiuti immobile sito nel Comune di Bracciano (RM) - via S. Negretti, 1. Impegno di spesa di euro 4.239,50 sul capitolo U0000S23416, es. fin. 2023 in favore della Società Massimi Aurelio e Figli srl (codice creditore 133951). Smartcig Z1C3CF4535.
 </t>
         </is>
       </c>
       <c r="D712" t="s">
-        <v>604</v>
+        <v>614</v>
       </c>
       <c r="E712" s="2">
-        <v>45104</v>
+        <v>45272</v>
       </c>
     </row>
     <row r="713">
       <c r="A713">
-        <v>2907</v>
+        <v>2945</v>
       </c>
       <c r="B713">
         <v>2023</v>
       </c>
       <c r="C713" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione del farmaco Trastuzumab deruxtecan occorrente alle Aziende Sanitarie della Regione&amp;nbsp;Lazio - farmaci 2023 - settima tranche, nell'ambito del Bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione&amp;nbsp;della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS della Regione&amp;nbsp;Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.&amp;nbsp;Nr. Gara 9332003.
+          <t>Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, tramite mercato elettronico della Regione Lazio (Me.La) della piattaforma telematica S.TEL.LA, fornitura segnaletica interna per uffici. Impegno di spesa di € 49.499,26 sul capitolo U0000S21908 es. fin. 2023/2024, del corrente bilancio della Regione Lazio in favore della Ditta Errebian spa (cod. cred.18642). Impegno di euro 35,00 sul Capitolo U0000T19427, es. fin. 2023, a favore di ANAC. Num. smart CIG A02DF00B5B.
 </t>
         </is>
       </c>
       <c r="D713" t="s">
-        <v>605</v>
+        <v>615</v>
       </c>
       <c r="E713" s="2">
-        <v>45190</v>
+        <v>45272</v>
       </c>
     </row>
     <row r="714">
       <c r="A714">
-        <v>2906</v>
+        <v>2944</v>
       </c>
       <c r="B714">
         <v>2023</v>
       </c>
       <c r="C714" t="inlineStr">
         <is>
-          <t>Interventi progettuali di visibilità del Presidente della Regione Lazio e della Giunta Regionale. Impegno di spesa complessivo di euro 520.000,00 (I.V.A. inclusa) a favore di LAZIOcrea S.p.A. - Capitolo U0000R31906 - Esercizi Finanziari 2023 - 2025.
+          <t>Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, servizio di disinfestazione edificio 1 sede regionale via Tavola D'Argento, 1 (RI). Impegno di spesa di euro 17.812,00 sul capitolo U0000S23416, es. fin. 2023/2024 in favore della Società M. S. Servizi srl (codice creditore 155092). Smart cig ZE43D4169E.
 </t>
         </is>
       </c>
       <c r="D714" t="s">
-        <v>548</v>
+        <v>616</v>
       </c>
       <c r="E714" s="2">
-        <v>45184</v>
+        <v>45272</v>
       </c>
     </row>
     <row r="715">
       <c r="A715">
-        <v>2905</v>
+        <v>2943</v>
       </c>
       <c r="B715">
         <v>2023</v>
       </c>
       <c r="C715" t="inlineStr">
         <is>
-          <t>Disimpegno della somma complessiva di € 63.427,50 - Impegni nn. 16686/2023, 16693/2023, 16694/2023, 16699/2023, assunti sul Capitolo U0000R31908 a favore di vari Enti Pubblici, impegno n. 16643/2023 assunto sul Capitolo U0000R31907 a favore dell'I.P.S.S.A.R. Ugo Tognazzi di Velletri, impegno n. 16704/2023 assunto sul Capitolo U0000R31910 a favore dell'Associazione L'Isola Solidale - Esercizio Finanziario 2023.
-</t>
+          <t>Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, tramite piattaforma telematica S.TEL.LA - mercato elettronico della Regione Lazio (Me.La), incarico di redazione perizie di stime immobili di proprietà regionale a uso abitativo siti nel comune di Roma, Impegno di spesa di euro 14.280,00 sul capitolo U0000S21909, es. fin. 2023, in favore del geom. Daniele Petracchiola (cod. cred. 247821) num. Smartcig Z3D3CF60BB.</t>
         </is>
       </c>
       <c r="D715" t="s">
-        <v>548</v>
+        <v>617</v>
       </c>
       <c r="E715" s="2">
-        <v>45184</v>
+        <v>45272</v>
       </c>
     </row>
     <row r="716">
       <c r="A716">
-        <v>2904</v>
+        <v>2942</v>
       </c>
       <c r="B716">
         <v>2023</v>
       </c>
       <c r="C716" t="inlineStr">
         <is>
-          <t>D.G.R. n. 463/2023 avente per oggetto: Atto d'indirizzo a LazioCrea S.p.A. Programmazione delle attività di valorizzazione dei siti regionali di rilevanza strategica nonché interventi di promozione culturale sul territorio. Annualità 2023. Presa d'atto dell'approvazione progettuale proposta da LazioCrea S.p.A. disposta dal R.U.P.
+          <t>Piano Sviluppo e Coesione della Regione Lazio - Interventi ammessi e cofinanziati con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a 5.000,00 euro, ai sensi dell'art. 50 comma 1 lett. b) del D.lgs. 36/2023 - Incarico per la redazione dell'Attestato di Prestazione Energetica degli Interventi A0100E0321 e A0100E0330 dei quali la Regione Lazio svolge il ruolo di Soggetto attuatore.
 </t>
         </is>
       </c>
       <c r="D716" t="s">
-        <v>548</v>
+        <v>590</v>
       </c>
       <c r="E716" s="2">
-        <v>45184</v>
+        <v>45271</v>
       </c>
     </row>
     <row r="717">
       <c r="A717">
-        <v>2903</v>
+        <v>2941</v>
       </c>
       <c r="B717">
         <v>2023</v>
       </c>
       <c r="C717" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione del farmaco Remdesivir occorrente alle aziende sanitarie della Regione Lazio - farmaci&amp;nbsp;2023 - sesta tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio&amp;nbsp;per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Nr. Gara 9315482
-</t>
+          <t>Fondo complementare al PNRR - Messa in sicurezza degli edifici e del territorio - Missione 2, Componente 4 (M2C4), Investimento 2.2 “Interventi per la resilienza, la valorizzazione del territorio e l'efficienza energetica dei Comuni” - «Lavori di adeguamento sismico della Scuola Media A. Deci in Orte con ricostruzione dell'edificio preesistente demolito», da eseguirsi nel Comune di Orte - Determinazione di indizione della procedura negoziata per l’affidamento dei lavori per conto del Comune di Orte con contestuale approvazione degli atti di gara e nomina del responsabile dell’affidamento.&amp;nbsp; CUP: G93B07000080007- CIG A02FDF78ED</t>
         </is>
       </c>
       <c r="D717" t="s">
-        <v>606</v>
+        <v>618</v>
       </c>
       <c r="E717" s="2">
-        <v>45183</v>
+        <v>45257</v>
       </c>
     </row>
     <row r="718">
       <c r="A718">
-        <v>2902</v>
+        <v>2940</v>
       </c>
       <c r="B718">
         <v>2023</v>
       </c>
       <c r="C718" t="inlineStr">
         <is>
-          <t>Affidamento, ex art. 36 co. 2, lett. a), D.lgs. 50/2016, fornitura e posa in opera segnaletica interna ed esterna per uffici ex d.d. n. G02782/2022. Aumento prestazioni fino al quinto dell'importo contrattuale ai sensi dell'art.106, comma 12, del D.lgs 50/2016. Impegno di spesa di euro 6.832,00 i.i., sul capitolo U0000S21908, es. fin 2023, in favore della Ditta Twiceout srl (codice creditore 211937).&amp;nbsp;
+          <t>Avviso di indagine di mercato per l'affidamento del servizio "Realizzazione di attività finalizzate al monitoraggio civico e al coinvolgimento attivo e innovativo degli stakeholder nell'ambito dei progetti finanziati dalla politica di coesione, Obiettivo di Policy 5 del PR FESR Lazio 2021-2027".
 </t>
         </is>
       </c>
       <c r="D718" t="s">
-        <v>607</v>
+        <v>590</v>
       </c>
       <c r="E718" s="2">
-        <v>45182</v>
+        <v>45254</v>
       </c>
     </row>
     <row r="719">
       <c r="A719">
-        <v>2901</v>
+        <v>2939</v>
       </c>
       <c r="B719">
         <v>2023</v>
       </c>
-      <c r="C719" t="inlineStr">
-[...3 lines deleted...]
-        </is>
+      <c r="C719" t="s">
+        <v>619</v>
       </c>
       <c r="D719" t="s">
-        <v>608</v>
+        <v>620</v>
       </c>
       <c r="E719" s="2">
-        <v>45181</v>
+        <v>45254</v>
       </c>
     </row>
     <row r="720">
       <c r="A720">
-        <v>2900</v>
+        <v>2938</v>
       </c>
       <c r="B720">
         <v>2023</v>
       </c>
-      <c r="C720" t="inlineStr">
-[...3 lines deleted...]
-        </is>
+      <c r="C720" t="s">
+        <v>621</v>
       </c>
       <c r="D720" t="s">
-        <v>609</v>
+        <v>590</v>
       </c>
       <c r="E720" s="2">
-        <v>45175</v>
+        <v>45254</v>
       </c>
     </row>
     <row r="721">
       <c r="A721">
-        <v>2899</v>
+        <v>2937</v>
       </c>
       <c r="B721">
         <v>2023</v>
       </c>
       <c r="C721" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di vaccini occorrenti alle Aziende Sanitarie della Regione Lazio - farmaci 2023_tranche 5 - vaccini vari, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori, seconda edizione. Nr. Gara 9172204. Provvedimento di ammissione all'esito dell'apertura delle buste amministrative.</t>
+          <t>fornitura di servizi cloud IaaS e PaaS in un modello di erogazione pubblico nonché per la prestazione di servizi connessi, servizi professionali di supporto all'adozione del cloud, servizi professionali tecnici per le Pubbliche Amministrazioni.
+</t>
         </is>
       </c>
       <c r="D721" t="s">
-        <v>610</v>
+        <v>622</v>
       </c>
       <c r="E721" s="2">
-        <v>45169</v>
+        <v>45254</v>
       </c>
     </row>
     <row r="722">
       <c r="A722">
-        <v>2898</v>
+        <v>2936</v>
       </c>
       <c r="B722">
         <v>2023</v>
       </c>
-      <c r="C722" t="inlineStr">
-[...3 lines deleted...]
-        </is>
+      <c r="C722" t="s">
+        <v>623</v>
       </c>
       <c r="D722" t="s">
-        <v>611</v>
+        <v>590</v>
       </c>
       <c r="E722" s="2">
-        <v>45154</v>
+        <v>45254</v>
       </c>
     </row>
     <row r="723">
       <c r="A723">
-        <v>2897</v>
+        <v>2935</v>
       </c>
       <c r="B723">
         <v>2023</v>
       </c>
-      <c r="C723" t="inlineStr">
-[...3 lines deleted...]
-        </is>
+      <c r="C723" t="s">
+        <v>624</v>
       </c>
       <c r="D723" t="s">
-        <v>612</v>
+        <v>590</v>
       </c>
       <c r="E723" s="2">
-        <v>45152</v>
+        <v>45254</v>
       </c>
     </row>
     <row r="724">
       <c r="A724">
-        <v>2896</v>
+        <v>2934</v>
       </c>
       <c r="B724">
         <v>2023</v>
       </c>
       <c r="C724" t="inlineStr">
         <is>
-          <t>Lavori di realizzazione Centro logistico Protezione civile di Capena (RM). Impegno di spesa di euro 215.748,61 sul capitolo U0000S22501, es. fin. 2023, in favore di LAZIOcrea Spa (cod. cred. 164838), per pagamento revisione prezzi ex art. 26 D.L. 50/22.
+          <t>PONGOV. Affidamento in house, ex art. 7 del D.Lgs 36/2023, a Lazio Innova S.p.A. del servizio di realizzazione di attività di informazione e divulgazione delle iniziative finanziate dai Fondi europei CUP F89G2000250006.
 </t>
         </is>
       </c>
       <c r="D724" t="s">
-        <v>548</v>
+        <v>590</v>
       </c>
       <c r="E724" s="2">
-        <v>45149</v>
+        <v>45254</v>
       </c>
     </row>
     <row r="725">
       <c r="A725">
-        <v>2895</v>
+        <v>2933</v>
       </c>
       <c r="B725">
         <v>2023</v>
       </c>
       <c r="C725" t="inlineStr">
         <is>
-          <t>Perfezionamento prenotazione impegno n. 50056/2023 di euro 312.131,02 sul capitolo U0000S22501, es. fin. 2023, assunta con dgr n. 370/2023 in favore di LAZIOcrea Spa (codice creditore 164838) per l'esecuzione interventi di ristrutturazione "corpo B" immobile "WeGil", sito in Largo Ascianghi n. 5 - Roma.
+          <t>Procedura negoziata tramite R.d.O. sul Mercato Elettronico di Regione Lazio (M.E.La) finalizzata all’affidamento della fornitura di arredi per ufficio a ridotto impatto ambientale per gli uffici della Giunta Regionale&amp;nbsp;
 </t>
         </is>
       </c>
       <c r="D725" t="s">
-        <v>613</v>
+        <v>625</v>
       </c>
       <c r="E725" s="2">
-        <v>45149</v>
+        <v>45254</v>
       </c>
     </row>
     <row r="726">
       <c r="A726">
-        <v>2894</v>
+        <v>2932</v>
       </c>
       <c r="B726">
         <v>2023</v>
       </c>
       <c r="C726" t="inlineStr">
         <is>
-          <t>Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Incarico per la redazione dell'Attestato di Prestazione Energetica APE presso la Scuola Elementare e Materna "Virgili" nel comune di Ronciglione (VT). Dossier LI- ES2- 2400404 _ Intervento A0100E0125. Disimpegno della somma complessiva di € -762,21= sull'impegno 2023/36002 e perfezionamento della prenotazione n. 2023/36002 per l'importo di € 4.727,79= comprensivo di IVA e oneri di legge a favore dell'Arch. Lorenzo Di Giuseppe (cod. cred. 246368) sul Capitolo U0000A42502. Es. Finanziario 2023. CUP F34D16000010006 - CIG ZAD39A34AD
+          <t>Affidamento diretto alla società B-Side Communication S.R.L. per la fornitura di uno spazio all'interno della "Guida Regioni" deI Sole 24 Ore, ai sensi dell'art. 50 comma 1 lettera b) del D.lgs. 36/2023.
 </t>
         </is>
       </c>
       <c r="D726" t="s">
-        <v>614</v>
+        <v>626</v>
       </c>
       <c r="E726" s="2">
-        <v>45149</v>
+        <v>45254</v>
       </c>
     </row>
     <row r="727">
       <c r="A727">
-        <v>2893</v>
+        <v>2931</v>
       </c>
       <c r="B727">
         <v>2023</v>
       </c>
       <c r="C727" t="inlineStr">
         <is>
-          <t>Concessione del Servizio pubblico di Trasporto marittimo di passeggeri, veicoli e merci tra e con Ponza e Ventotene con obblighi di servizio pubblico per la continuità territoriale marittima.
-[...4 lines deleted...]
-        <v>615</v>
+          <t>Campagna di comunicazione istituzionale contro la violenza sulle donne. Impegno di spesa complessivo di € 236.633,95 (IVA inclusa) a creditori vari. Capitolo di spesa U0000R31902 - Es. Fin. 2023.
+</t>
+        </is>
+      </c>
+      <c r="D727" t="inlineStr">
+        <is>
+          <t>Z233D46405; Z6D3D4645B; Z4D3D4648E; Z6B3D464CC; Z903D464F7; ZBC3D4660A; Z073D46647; Z293D4669E; ZCA3D466DF; Z273D4680A; ZC83D4684B; Z6C3D469F8; ZE53D46A3A; Z803D46A75; ZC23D46A99; Z643D46AC1; ZF63D46AE3; Z773D46AF9
+</t>
+        </is>
       </c>
       <c r="E727" s="2">
-        <v>45147</v>
+        <v>45254</v>
       </c>
     </row>
     <row r="728">
       <c r="A728">
-        <v>2892</v>
+        <v>2930</v>
       </c>
       <c r="B728">
         <v>2023</v>
       </c>
       <c r="C728" t="inlineStr">
         <is>
-          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Incarico per la redazione dell'Attestato di Prestazione Energetica APE degli "Uffici Comunali di Piazza del Popolo" nel Comune di Latina, sita a Piazza del Popolo n1. A0100E0331. Disimpegno della somma complessiva di € -341,12= sull'impegno 2023/31805 e perfezionamento della prenotazione n. 2023/31805 per l'importo di € 5.148,88 comprensivo di IVA e oneri di legge a favore dell'arch. Giulia Corriere (cod. cred. 245439) sul &amp;nbsp;Capitolo U0000A42502. Es. Finanziario 2023. CUP F22B16000010006 CIG ZDD3A4E947</t>
+          <t>L.R. 55/1984 - D.lgs. 36/2023. Comune di Turania (RI). Intervento di somma urgenza per la frana su strada comunale via dell'Acqua Viva. - Impegno di spesa complessivo di € 206.062,39 sul Cap. U0000E46551 a favore dell'Impresa SONDEDILE&amp;nbsp;S.r.l. - Esercizio 2023 - CUP: F42F23000270002 - CIG: 9959250916</t>
         </is>
       </c>
       <c r="D728" t="s">
-        <v>616</v>
+        <v>627</v>
       </c>
       <c r="E728" s="2">
-        <v>45140</v>
+        <v>45252</v>
       </c>
     </row>
     <row r="729">
       <c r="A729">
-        <v>2891</v>
+        <v>2929</v>
       </c>
       <c r="B729">
         <v>2023</v>
       </c>
       <c r="C729" t="inlineStr">
         <is>
-          <t>&amp;nbsp;Affidamento diretto ai sensi dell'art. 50, comma 1 , lettera b) del D.lgs 36/2023 attraverso la piattaforma Stella , per la realizzazione di una campagna informativa inerente ad un programma di screening nazionale per l'eliminazione del virus dell'epatite &amp;nbsp;C (HCV), alla Soc Aristea International S.r.l. per E 99.918,00 IVA compresa. Utilizzo impegno 73866/2022 assunto sul capitolo di bilancio U000H11101. Impegno di spesa in favore dell'Anac di € 35,00 sul capitolo di bilancio U000T19427. Esercizio finanziario 2023.CIG 9953668AAC.
+          <t>Affidamento diretto del servizio di collaudo statico, dell'intervento n. 12IR822/G1 denominato "dissesto idrogeologico strada comunale da Poggio D'Api a Colle Arquata - Accumoli (RI).
 </t>
         </is>
       </c>
       <c r="D729" t="s">
-        <v>617</v>
+        <v>628</v>
       </c>
       <c r="E729" s="2">
-        <v>45139</v>
+        <v>45250</v>
       </c>
     </row>
     <row r="730">
       <c r="A730">
-        <v>2890</v>
+        <v>2928</v>
       </c>
       <c r="B730">
-        <v>2022</v>
-[...8 lines deleted...]
-        <v>618</v>
+        <v>2023</v>
+      </c>
+      <c r="C730" t="s">
+        <v>629</v>
+      </c>
+      <c r="D730" t="inlineStr">
+        <is>
+          <t>ZBF3CF9B4D; ZB93CFA37D; Z793CFA3E3; Z0D3CFA431; ZC33CFA534; Z233CFA633; Z293CFA6D6; ZCB3CFA75C; ZC13CFA79B; Z933CFA7F4; Z2E3CFA82F; ZEC3CFA869; ZBA3CFA8A9; ZF73CFA96A; 76A3CFA9A6; ZA53CFA9DD
+</t>
+        </is>
       </c>
       <c r="E730" s="2">
-        <v>45139</v>
+        <v>45240</v>
       </c>
     </row>
     <row r="731">
       <c r="A731">
-        <v>2889</v>
+        <v>2927</v>
       </c>
       <c r="B731">
         <v>2023</v>
       </c>
       <c r="C731" t="inlineStr">
         <is>
-          <t>O.P.C.M. n. 3734 del 16 gennaio 2009. Lavori di ripristino dell'officiosità del fosso di Pratolungo, compresa la manutenzione straordinaria dell'alveo e la costituzione di opportune opere di accumulo e laminazione delle piene - II Lotto. Sostituzione del Responsabile Unico del Procedimento (RUP). CUP F85D12000040002 - CIG 4384199377.</t>
+          <t>POR FESR Lazio 2014-2020 Call for proposal "Energia sostenibile 2.0" Asse Prioritario 4 Azione 4.1.1. Aggiornamento elenco operatori economici abilitati a svolgere il servizio di certificazione della prestazione energetica degli edifici, di importo inferiore a 5.000,00 euro, mediante affidamento diretto ai sensi dell'art. 50 del D.lgs. 36/2023.</t>
         </is>
       </c>
       <c r="D731" t="s">
-        <v>619</v>
+        <v>590</v>
       </c>
       <c r="E731" s="2">
-        <v>45138</v>
+        <v>45236</v>
       </c>
     </row>
     <row r="732">
       <c r="A732">
-        <v>2888</v>
+        <v>2926</v>
       </c>
       <c r="B732">
         <v>2023</v>
       </c>
       <c r="C732" t="inlineStr">
         <is>
-          <t>O.P.C.M. n. 3734 del 16 gennaio 2009. Lavori di sistemazione idraulica del Fiume Fiora tra la S.S. Aurelia 1 ed il Mare nel Comune di Montalto di Castro (VT) - I stralcio. CUP F23J13000480001- CIG 54872004AF.
+          <t>Appalto specifico per l’acquisizione di farmaci e vaccini occorrenti alle aziende sanitarie della Regione Lazio e della Regione Sardegna – farmaci 2023 – nona tranche - vaccini vari 2023 bis e farmaci vari, nell’ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti Aggregatori - Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto. Nr. Gara 9406382
 </t>
         </is>
       </c>
       <c r="D732" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="E732" s="2">
-        <v>45138</v>
+        <v>45236</v>
       </c>
     </row>
     <row r="733">
       <c r="A733">
-        <v>2887</v>
+        <v>2925</v>
       </c>
       <c r="B733">
         <v>2023</v>
       </c>
-      <c r="C733" t="s">
-        <v>621</v>
+      <c r="C733" t="inlineStr">
+        <is>
+          <t>Procedura negoziata, tramite R.D.O. sul M.E.La., finalizzata all’affidamento della fornitura del servizio di lettura ottica ed estrapolazione dei dati relativi agli abbattimenti contenuti nei tesserini venatori delle stagioni 2018/2019, 2019/2020 e 2020/2021.
+</t>
+        </is>
       </c>
       <c r="D733" t="s">
-        <v>548</v>
+        <v>631</v>
       </c>
       <c r="E733" s="2">
-        <v>45128</v>
+        <v>45225</v>
       </c>
     </row>
     <row r="734">
       <c r="A734">
-        <v>2886</v>
+        <v>2924</v>
       </c>
       <c r="B734">
         <v>2023</v>
       </c>
       <c r="C734" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell''art. 36 del D.lgs. n. 50/2016 per Servizio di supporto alla Autorità di Gestione del PR FESR Lazio 2021-2027 nell'ambito dei processi partecipativi nei progetti di trasformazione urbana.
+          <t>Progetto MIR I202300747. Programma di valorizzazione per il restauro, la rifunzionalizzazione e la valorizzazione del Complesso dell'Antico Ospedale Grande degli Infermi di Viterbo: ratifica Atto di sottomissione di modifica dell'Accordo quadro concluso con la RTI "PROGER SPA-RINA Consulting S.p.A.-Artuso Architetti Associati, autorizzazione alla sottoscrizione del contratto attuativo per lo studio/progetto di fattibilità tecnico economica dei lavori di restauro, rifunzionalizzazione e valorizzazione del complesso dell'Antico Ospedale Grande degli Infermi di Viterbo quale borgo della cultura ed del piano d'indagini propedeutico alla verifica di vulnerabilità sismica del complesso edilizio, impegni di spesa sul Cap. di Bilancio U0000C12170, es. fin. 2023, per € 581.755,90 a favore della medesima RTI, e per euro 18.244,10 a creditori diversi. CUP: F89D22000370001 CIG derivato A01CAAE485
 </t>
         </is>
       </c>
       <c r="D734" t="s">
-        <v>622</v>
+        <v>632</v>
       </c>
       <c r="E734" s="2">
-        <v>45134</v>
+        <v>45224</v>
       </c>
     </row>
     <row r="735">
       <c r="A735">
-        <v>2885</v>
+        <v>2923</v>
       </c>
       <c r="B735">
-        <v>2023</v>
-[...5 lines deleted...]
-        </is>
+        <v>2011</v>
+      </c>
+      <c r="C735" t="s">
+        <v>633</v>
       </c>
       <c r="D735" t="s">
-        <v>623</v>
+        <v>634</v>
       </c>
       <c r="E735" s="2">
-        <v>45126</v>
+        <v>46007</v>
       </c>
     </row>
     <row r="736">
       <c r="A736">
-        <v>2884</v>
+        <v>2922</v>
       </c>
       <c r="B736">
         <v>2023</v>
       </c>
-      <c r="C736" t="s">
-        <v>624</v>
+      <c r="C736" t="inlineStr">
+        <is>
+          <t>Istituzione di un Albo regionale di Operatori Economici da utilizzarsi per gli affidamenti di lavori diversi dalle procedure aperte o ristrette, di importo inferiore alle soglie di rilevanza europea di cui all'art. 14 del D. Lgs. n. 36/2023.
+</t>
+        </is>
       </c>
       <c r="D736" t="s">
-        <v>548</v>
+        <v>590</v>
       </c>
       <c r="E736" s="2">
-        <v>45124</v>
+        <v>45224</v>
       </c>
     </row>
     <row r="737">
       <c r="A737">
-        <v>2883</v>
+        <v>2921</v>
       </c>
       <c r="B737">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>625</v>
+        <v>2023</v>
+      </c>
+      <c r="C737" t="inlineStr">
+        <is>
+          <t>Affidamento diretto dei servizi relativi alla progettazione di fattibilità tecnica ed economica ed esecutiva e al coordinamento per sicurezza in fase di progettazione, dell'intervento di "Ricarica delle scogliere esistenti in località capo d'Anzio (RM)".</t>
+        </is>
       </c>
       <c r="D737" t="s">
-        <v>548</v>
+        <v>635</v>
       </c>
       <c r="E737" s="2">
-        <v>45124</v>
+        <v>45217</v>
       </c>
     </row>
     <row r="738">
       <c r="A738">
-        <v>2882</v>
+        <v>2920</v>
       </c>
       <c r="B738">
         <v>2023</v>
       </c>
       <c r="C738" t="inlineStr">
         <is>
-          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 e smi - Incarico per la redazione dell'Attestato di Prestazione Energetica (APE) della "Sede comunale Palazzo Angeletti Antonelli" nel Comune di Ceccano (FR). - Dossier LI-ES2-2290190- Intervento A0100E0031. Disimpegno di € -943,79 sull'impegno 2023/ 19030 e attribuzione dell'impegno n. 2023/ 19030 per l'importo di € 2.918,44 comprensivo di IVA e oneri di legge a favore dell'ing. Andrea Magario (cod. cred. 185547) sul Capitolo U0000A42502. Es. Finanziario 2023. CUP: F84H16002450006 - CIG ZA13B2FFF0
+          <t>Affidamento diretto alla Società Laziocrea SpA, ai sensi del Decreto Legislativo 36/2023 art. 7 comma 2, servizio di creatività per la realizzazione di due Campagne istituzionali. Impegno di spesa complessivo di € 60.000,00 IVA inclusa. Capitolo di spesa U0000H11726 - Es. Fin. 2023.
 </t>
         </is>
       </c>
       <c r="D738" t="s">
-        <v>626</v>
+        <v>590</v>
       </c>
       <c r="E738" s="2">
-        <v>45119</v>
+        <v>45215</v>
       </c>
     </row>
     <row r="739">
       <c r="A739">
-        <v>2881</v>
+        <v>2919</v>
       </c>
       <c r="B739">
         <v>2023</v>
       </c>
       <c r="C739" t="inlineStr">
         <is>
-          <t>Procedura di gara aperta per la conclusione di convenzioni quadro ai sensi dell'art. art.1, comma 456, della L. 296/2006, per l'affidamento dei servizi integrati di lava-noleggio a basso impatto ambientale per le Aziende Sanitarie della Regione Lazio. Procedura suddivisa in 8 Lotti.</t>
+          <t>Realizzazione di un murales all'interno del Comune di Roma nell'ambito dell'iniziativa "Ottobre Rosa", a cura dell'Associazione Europa Donna Italia (cod. cred. 247378). Impegno di spesa di € 9.760,00 (IVA inclusa) sul capitolo di spesa U0000H11726 - Es. Fin. 2023. CIG ZAB3CB0240.
+</t>
         </is>
       </c>
       <c r="D739" t="s">
-        <v>627</v>
+        <v>636</v>
       </c>
       <c r="E739" s="2">
-        <v>45114</v>
+        <v>45215</v>
       </c>
     </row>
     <row r="740">
       <c r="A740">
-        <v>2880</v>
+        <v>2918</v>
       </c>
       <c r="B740">
         <v>2023</v>
       </c>
-      <c r="C740" t="s">
-        <v>628</v>
+      <c r="C740" t="inlineStr">
+        <is>
+          <t>Visibilità Regione Lazio in occasione della manifestazione "Tennis&amp;amp;Friends", che si svolgerà dal 13 al 15 ottobre presso il Foro Italico di Roma, a cura REAL SPORT EVENTS A.S. (cod. cred. 156895). Impegno di spesa di € 24.400,00 (IVA inclusa) sul capitolo di spesa U0000R31902 - Es. Fin. 2023. CIG: ZCB3CBA5CA.
+</t>
+        </is>
       </c>
       <c r="D740" t="s">
-        <v>629</v>
+        <v>637</v>
       </c>
       <c r="E740" s="2">
-        <v>45111</v>
+        <v>45215</v>
       </c>
     </row>
     <row r="741">
       <c r="A741">
-        <v>2879</v>
+        <v>2917</v>
       </c>
       <c r="B741">
         <v>2023</v>
       </c>
       <c r="C741" t="inlineStr">
         <is>
-          <t>Procedura negoziata ai sensi dell'art. 1, comma 2 lett. b) del D.L. n. 76/2020, , tramite R.d.O. sul M.E.LA. Per l'affidamento della durata di 24 (ventiquattro) mesi del servizio diResponsabile della protezione dei dati personali (RPD)ai sensi del Reg. UE n. 679/2016 (RGPD)
-[...4 lines deleted...]
-        <v>552</v>
+          <t>Ottobre Rosa 2023 - Campagna di comunicazione istituzionale della Regione Lazio. Impegno di spesa complessivo di €159.279,80 (I.V.A. inclusa) a creditori vari. Capitolo di spesa U0000H11726. Esercizio finanziario 2023.
+</t>
+        </is>
+      </c>
+      <c r="D741" t="inlineStr">
+        <is>
+          <t>Z903C75882; ZCB3C758B9; Z503C758E8; Z1B3C75954; ZCE3C75988; ZC03C759AE; ZD33C759E6; Z3B3C75A1C; Z603C75A47; ZE73C75A63; Z9F3C75A97; ZF73C75AC7; Z1D3C75AD9; Z0F3C75AFF
+</t>
+        </is>
       </c>
       <c r="E741" s="2">
-        <v>45110</v>
+        <v>45215</v>
       </c>
     </row>
     <row r="742">
       <c r="A742">
-        <v>2878</v>
+        <v>2916</v>
       </c>
       <c r="B742">
         <v>2023</v>
       </c>
       <c r="C742" t="inlineStr">
         <is>
-          <t>Procedura aperta per l'affidamento in concessione, ai sensi degli artt. 60 e 164 del D. Lgs. n. 50/2016, dei servizi di gestione bar, tavola calda/fredda presso la sede della Regione Lazio di via R. Raimondi Garibaldi 7 Roma CIG 9807809C04.
-</t>
+          <t>Intervento I202300662.Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, tramite piattaforma telematica S.TEL.LA - mercato elettronico della Regione Lazio (Me.La), incarico progettazione taglio boschi cedui matricinati, siti nei Comuni di Viterbo, Orte e San Lorenzo Nuovo. Impegno di spesa di euro 16.710,00 sul capitolo U0000E23913, es. fin. 2023, in favore del dott. Alessandro Quatrini (cod. cred. 246618) num. smart CIG ZC43C4B250</t>
         </is>
       </c>
       <c r="D742" t="s">
-        <v>630</v>
+        <v>638</v>
       </c>
       <c r="E742" s="2">
-        <v>45110</v>
+        <v>45212</v>
       </c>
     </row>
     <row r="743">
       <c r="A743">
-        <v>2877</v>
+        <v>2915</v>
       </c>
       <c r="B743">
         <v>2023</v>
       </c>
-      <c r="C743" t="s">
-        <v>631</v>
+      <c r="C743" t="inlineStr">
+        <is>
+          <t>Intervento I202300659. Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, tramite mercato elettronico della Regione Lazio (Me.La) della piattaforma telematica S.TEL.LA, incarico progettazione taglio boschi cedui matricinati, sito nel Comune di Rieti-loc.tà Villa Ponam. Impegno di spesa di euro 7.285,45 sul capitolo U0000E23913, es. fin. 2023, in favore della Dott.ssa Valentina Fasciolo (cod. cred. 246799) num. smart CIG Z0B3C4D2CF.
+</t>
+        </is>
       </c>
       <c r="D743" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="E743" s="2">
-        <v>45107</v>
+        <v>45212</v>
       </c>
     </row>
     <row r="744">
       <c r="A744">
-        <v>2876</v>
+        <v>2914</v>
       </c>
       <c r="B744">
         <v>2023</v>
       </c>
       <c r="C744" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta telematica finalizzata all'acquisizione di tecnologie elettromedicali per l'Ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018&amp;nbsp;- Numero gara 9166988 - CUP F78I18000070008</t>
+          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Incarico per la redazione dell'Attestato di Prestazione Energetica della Scuola Elementare Nino Manfredi sita in Via Corropoli n. 122, Roma Capitale. Dossier LI-ES2-2160153_ Intervento A0100E0072. Variazione in diminuzione dell'importo di € -0,05= sulla prenotazione n. 2023/33454 e perfezionamento della prenotazione n. 2023/33454 per l'importo di € 4.269,95= comprensivo di IVA e oneri di legge a favore dell'ing. Lanfranco Zonetti (cod. cred. 197084) sul Capitolo U0000A42502. Es. Finanziario 2023. CUP F87D18000550006 -CIG Z413B0362
+</t>
         </is>
       </c>
       <c r="D744" t="s">
-        <v>633</v>
+        <v>640</v>
       </c>
       <c r="E744" s="2">
-        <v>45105</v>
+        <v>45211</v>
       </c>
     </row>
     <row r="745">
       <c r="A745">
-        <v>2875</v>
+        <v>2913</v>
       </c>
       <c r="B745">
         <v>2023</v>
       </c>
       <c r="C745" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci innovativi o pseudo innovativi occorrenti alle Aziende Sanitarie della Regione&amp;nbsp;Lazio - farmaci 2023_tranche 4, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della&amp;nbsp;Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio&amp;nbsp;e di altri soggetti aggregatori, seconda edizione. Nr. Gara 9139423.</t>
+          <t>Servizio di ingegneria inerente la redazione del progetto esecutivo, il coordinamento della sicurezza in fase di progettazione ed&amp;nbsp;esecuzione, la Direzione Lavori ed il collaudo (C.R.E.) dei "lavori di manutenzione e gestione degli impianti idrovori di&amp;nbsp;Pratolungo e Corcolle posti sul fiume Aniene".
+</t>
         </is>
       </c>
       <c r="D745" t="s">
-        <v>634</v>
+        <v>641</v>
       </c>
       <c r="E745" s="2">
-        <v>45104</v>
+        <v>45209</v>
       </c>
     </row>
     <row r="746">
       <c r="A746">
-        <v>2874</v>
+        <v>2912</v>
       </c>
       <c r="B746">
         <v>2023</v>
       </c>
       <c r="C746" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla fornitura di Pacemaker e Defibrillatori per le Aziende Sanitarie della Regione Lazio. Numero gara Anac 9163367.</t>
+          <t>PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Redazione dell'Attestato di Prestazione Energetica APE della "Scuola primaria G. Carducci" nel Comune di Monte Porzio Catone (RM). Intervento A0100E0182. Disimpegno della&amp;nbsp;somma complessiva di € 1.249,70= e perfezionamento delle prenotazioni n. 2023/31801 - 2023/31797 - 2023/31802 per l'importo complessivo di € 3.020,30= comprensivo di IVA e oneri di legge rispettivamente sui Capitoli U0000A42200 -&amp;nbsp;U0000A42201 - U0000A42202 a favore dell'arch Cristiana IMPERIALI (cod. cred. 240716) Es. finanziario 2023. CUP H86J17000220006 - CIG Z3938FA4A7
+</t>
         </is>
       </c>
       <c r="D746" t="s">
-        <v>635</v>
+        <v>642</v>
       </c>
       <c r="E746" s="2">
-        <v>45100</v>
+        <v>45204</v>
       </c>
     </row>
     <row r="747">
       <c r="A747">
-        <v>2873</v>
+        <v>2911</v>
       </c>
       <c r="B747">
         <v>2023</v>
       </c>
       <c r="C747" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta finalizzata all’acquisizione di pareti mobili attrezzate e non attrezzate per ufficio a ridotto impatto ambientale occorrenti alle sedi della Regione Lazio
-</t>
+          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 e s.m.i.- Incarico per la redazione dell'APE dell'Istituto Comprensivo Luigi Fantappiè sito in Piazza L. Concetti n. 1, Comune di Viterbo (VT) Dossier LI-ES2 2570213_ Intervento A0100E0041. Variazione in diminuzione della somma complessiva di € -1.695,67= sull'impegno 2023/31939 e perfezionamento della prenotazione n. 2023/31939 per l'importo di € 4.404,33= comprensivo di IVA e oneri di legge a favore dell'ing. Marco Carletti (cod. cred. 246566) sul Cap. U0000A42502. Es. Finanziario 2023. CUP F87D17000820006 - CIG ZB53BD6A52</t>
         </is>
       </c>
       <c r="D747" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="E747" s="2">
-        <v>45100</v>
+        <v>45204</v>
       </c>
     </row>
     <row r="748">
       <c r="A748">
-        <v>2872</v>
+        <v>2910</v>
       </c>
       <c r="B748">
         <v>2023</v>
       </c>
-      <c r="C748" t="s">
-        <v>637</v>
+      <c r="C748" t="inlineStr">
+        <is>
+          <t>DGR 105/2020 intervento n. 3 - Riqualificazione del tratto del litorale di Ostia Levante compreso tra il Canale dei Pescatori e&amp;nbsp;lo stabilimento Nuova Pineta e intervento n. 4 - Riqualificazione del tratto del litorale di Ostia Levante compreso tra lo&amp;nbsp;stabilimento Pinetina e lo stabilimento Gambrinus - Affidamento diretto del servizio di monitoraggio ambientale da effettuare&amp;nbsp;lungo il tratto di litorale di Ostia Levante, dal canale dei Pescatori fino al canale di Casal Palocco - Impegno di € 22.838,40 (€&amp;nbsp;11.419,20 es fin 2023 - € 11.419,20 es fin 2024) sul capitolo U0000E42551 missione 09 - Programma 01 - Piano dei Conti&amp;nbsp;2.02.03.06 (manutenzione straordinaria su beni terzi) a favore Modimar Project srl
+</t>
+        </is>
       </c>
       <c r="D748" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="E748" s="2">
-        <v>45098</v>
+        <v>45197</v>
       </c>
     </row>
     <row r="749">
       <c r="A749">
-        <v>2871</v>
+        <v>2909</v>
       </c>
       <c r="B749">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C749" t="inlineStr">
         <is>
-          <t>Servizio affidato con Determinazione regionale n. G18196 del 20/12/2022 recante ad oggetto: "Art. 250 del D.Lgs. n. 152/2006 - Intervento di Bonifica e ripristino ambientale dell'area di Via Donegani - ex discarica di Lunghezza - D.G.R. n. 604/2020 - Affidamento diretto, ai sensi dell'art. 1 comma 2 lett. a) della legge n. 120 del 2020 come modificato dall'art. 51 comma 1, lettera a), sub. 2.1), decreto-legge n. 77 del 2021 - importo € 61.606,60, oltre € 472,35 per oneri di sicurezza, per tutte le attività previste, oltre a IVA di legge pari a € 13.657,37, per un &amp;nbsp;totale di € 75.736,32 - del servizio urgente di smaltimento del rifiuto liquido presente nell'invaso alla ditta G.S.A. s.r.l., con sede a Civita Castellana (VT), in Via Monticelli Loc. Gargarasse, P.I. 01496650563 - Codice creditore n. 105846 - CIG: 953476944A"
+          <t>Gara Europea - Procedura aperta ai sensi dell'art. 60 del D.Lgs. 50/per la stipula di un Accordo Quadro ai sensi dell'art. 54, comma 4 lett. b) del Decreto Legislativo 18 aprile 2016, n. 50 e s.m.i, per l'affidamento dei distinti appalti specifici aventi ad oggetto l'esecuzione degli interventi di manutenzione straordinaria, restauro e risanamento conservativo dei padiglioni 10, 11, 15 e 21 del Complesso di Santa Maria della Pietà.
 </t>
         </is>
       </c>
       <c r="D749" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="E749" s="2">
-        <v>45093</v>
+        <v>45196</v>
       </c>
     </row>
     <row r="750">
       <c r="A750">
-        <v>2870</v>
+        <v>2908</v>
       </c>
       <c r="B750">
         <v>2023</v>
       </c>
-      <c r="C750" t="s">
-        <v>640</v>
+      <c r="C750" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2023 – ottava tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto. Nr. Gara 9334513.
+</t>
+        </is>
       </c>
       <c r="D750" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="E750" s="2">
-        <v>45091</v>
+        <v>45104</v>
       </c>
     </row>
     <row r="751">
       <c r="A751">
-        <v>2869</v>
+        <v>2907</v>
       </c>
       <c r="B751">
         <v>2023</v>
       </c>
-      <c r="C751" t="s">
-        <v>642</v>
+      <c r="C751" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione del farmaco Trastuzumab deruxtecan occorrente alle Aziende Sanitarie della Regione&amp;nbsp;Lazio - farmaci 2023 - settima tranche, nell'ambito del Bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione&amp;nbsp;della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS della Regione&amp;nbsp;Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.&amp;nbsp;Nr. Gara 9332003.
+</t>
+        </is>
       </c>
       <c r="D751" t="s">
-        <v>548</v>
+        <v>647</v>
       </c>
       <c r="E751" s="2">
-        <v>45091</v>
+        <v>45190</v>
       </c>
     </row>
     <row r="752">
       <c r="A752">
-        <v>2868</v>
+        <v>2906</v>
       </c>
       <c r="B752">
         <v>2023</v>
       </c>
       <c r="C752" t="inlineStr">
         <is>
-          <t>PON GOV 2014/2020. Progetto A0564P0005. IMPROGRAM - Asse 7-Az. 7.2.1. CUP F89G2000250006. Affidamento in house, ex art. 192 del D.Lgs 50/2016, a Lazio Innova S.p.A. del servizio di organizzazione eventi.
+          <t>Interventi progettuali di visibilità del Presidente della Regione Lazio e della Giunta Regionale. Impegno di spesa complessivo di euro 520.000,00 (I.V.A. inclusa) a favore di LAZIOcrea S.p.A. - Capitolo U0000R31906 - Esercizi Finanziari 2023 - 2025.
 </t>
         </is>
       </c>
       <c r="D752" t="s">
-        <v>548</v>
+        <v>590</v>
       </c>
       <c r="E752" s="2">
-        <v>45091</v>
+        <v>45184</v>
       </c>
     </row>
     <row r="753">
       <c r="A753">
-        <v>2867</v>
+        <v>2905</v>
       </c>
       <c r="B753">
         <v>2023</v>
       </c>
       <c r="C753" t="inlineStr">
         <is>
-          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 e smi - Incarico per la redazione dell'Attestato di Prestazione Energetica (APE) presso "Istituto Tecnico Commerciale" di Via Monterozzi Marina nel Comune di Tarquinia (VT). - Dossier LI-ES2-1860266- Intervento A0100E0123. Disimpegno di € -236,62 sull'impegno 2023/19367 e attribuzione dell'impegno n. 2023/19367 per l'importo di € 4.033,38 comprensivo di IVA e oneri di legge a favore dell'ing. Gaetano Motta (cod. cred. 183715) sul Capitolo U0000A42502. Es. Finanziario 2023. CUP F84D16000040006 - CIG Z7339A35B6
+          <t>Disimpegno della somma complessiva di € 63.427,50 - Impegni nn. 16686/2023, 16693/2023, 16694/2023, 16699/2023, assunti sul Capitolo U0000R31908 a favore di vari Enti Pubblici, impegno n. 16643/2023 assunto sul Capitolo U0000R31907 a favore dell'I.P.S.S.A.R. Ugo Tognazzi di Velletri, impegno n. 16704/2023 assunto sul Capitolo U0000R31910 a favore dell'Associazione L'Isola Solidale - Esercizio Finanziario 2023.
 </t>
         </is>
       </c>
       <c r="D753" t="s">
-        <v>643</v>
+        <v>590</v>
       </c>
       <c r="E753" s="2">
-        <v>45091</v>
+        <v>45184</v>
       </c>
     </row>
     <row r="754">
       <c r="A754">
-        <v>2866</v>
+        <v>2904</v>
       </c>
       <c r="B754">
         <v>2023</v>
       </c>
-      <c r="C754" t="s">
-        <v>644</v>
+      <c r="C754" t="inlineStr">
+        <is>
+          <t>D.G.R. n. 463/2023 avente per oggetto: Atto d'indirizzo a LazioCrea S.p.A. Programmazione delle attività di valorizzazione dei siti regionali di rilevanza strategica nonché interventi di promozione culturale sul territorio. Annualità 2023. Presa d'atto dell'approvazione progettuale proposta da LazioCrea S.p.A. disposta dal R.U.P.
+</t>
+        </is>
       </c>
       <c r="D754" t="s">
-        <v>645</v>
+        <v>590</v>
       </c>
       <c r="E754" s="2">
-        <v>45090</v>
+        <v>45184</v>
       </c>
     </row>
     <row r="755">
       <c r="A755">
-        <v>2865</v>
+        <v>2903</v>
       </c>
       <c r="B755">
         <v>2023</v>
       </c>
       <c r="C755" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci innovativi o pseudo innovativi occorrenti alle Aziende Sanitarie della Regione Lazio - farmaci 2023_tranche 3, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori, seconda edizione. Nr. Gara 9125724.
+          <t>Appalto specifico per l'acquisizione del farmaco Remdesivir occorrente alle aziende sanitarie della Regione Lazio - farmaci&amp;nbsp;2023 - sesta tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio&amp;nbsp;per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Nr. Gara 9315482
 </t>
         </is>
       </c>
       <c r="D755" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="E755" s="2">
-        <v>45090</v>
+        <v>45183</v>
       </c>
     </row>
     <row r="756">
       <c r="A756">
-        <v>2864</v>
+        <v>2902</v>
       </c>
       <c r="B756">
         <v>2023</v>
       </c>
       <c r="C756" t="inlineStr">
         <is>
-          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 e smi - Incarico per la redazione dell'Attestato di Prestazione Energetica (APE) presso "Palazzo Farnese, sede principale Uffici Comunali/Municipio nel Comune di Gradoli (VT). - Dossier LI ES2 - 0380017 - Intervento A0100E0375. Disimpegno di € -1.047,17 sull'impegno 2023/ 19027 e attribuzione dell'impegno n. 2023/ 19027 per l'importo di € 3.222,83 comprensivo di IVA e oneri di legge a favore dell'ing. Nicola Graniglia (cod. cred. 178367) sul Capitolo U0000A42502. Es. Finanziario 2023. &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp;CUP F84H16002450006 -CIG Z5D3A57161
+          <t>Affidamento, ex art. 36 co. 2, lett. a), D.lgs. 50/2016, fornitura e posa in opera segnaletica interna ed esterna per uffici ex d.d. n. G02782/2022. Aumento prestazioni fino al quinto dell'importo contrattuale ai sensi dell'art.106, comma 12, del D.lgs 50/2016. Impegno di spesa di euro 6.832,00 i.i., sul capitolo U0000S21908, es. fin 2023, in favore della Ditta Twiceout srl (codice creditore 211937).&amp;nbsp;
 </t>
         </is>
       </c>
       <c r="D756" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="E756" s="2">
-        <v>45089</v>
+        <v>45182</v>
       </c>
     </row>
     <row r="757">
       <c r="A757">
-        <v>2863</v>
+        <v>2901</v>
       </c>
       <c r="B757">
         <v>2023</v>
       </c>
       <c r="C757" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell’art. 1 del D.L. 76/2020 convertito con L.120/2020, alla dott.ssa Cecilia Casamonti il servizio di traduzione giurata con firma depositata presso il consolato d'Italia a Bruxelles.
+          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Incarico per la redazione dell'Attestato di Prestazione Energetica APE presso la sede principale uffici comunali nel Comune di Aprilia (LT).&amp;nbsp;Dossier LI-ES2-20151229_Intervento A0100E0437. Variazione in diminuzione della prenotazione n. 2023/10866 dell'importo di € 3,01= e perfezionamento della prenotazione n. 2023/10866 per l'importo di € 4.266,99= comprensivo di IVA e oneri di legge a favore dell'Operatore Economico CIRELLA ENGINIREENG s.r.l.s, (cod. cred. 246593) sul Capitolo U0000A42502.&amp;nbsp;E.F. 2023. CUP F17B17000220006 - CIG ZBB3BF1B58
 </t>
         </is>
       </c>
       <c r="D757" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="E757" s="2">
-        <v>45086</v>
+        <v>45181</v>
       </c>
     </row>
     <row r="758">
       <c r="A758">
-        <v>2862</v>
+        <v>2900</v>
       </c>
       <c r="B758">
         <v>2023</v>
       </c>
       <c r="C758" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell’art. 1 del D.L. 76/2020 convertito con L.120/2020, alla Società Cohezio di un servizio di gestione della salute e sicurezza nei luoghi di lavoro per la durata di quattro, per la sede della Regione Lazio di Bruxelles, sita in Rond-Point Schuman
+          <t>Procedura negoziata, tramite R.d.O. sul Mercato Elettronico Regionale (M.E.La.), per l’affidamento del servizio assicurativo per la RCP per colpa lieve per la Regione Lazio e il Consiglio Reg. (edizione 2)
 </t>
         </is>
       </c>
       <c r="D758" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="E758" s="2">
-        <v>45086</v>
+        <v>45175</v>
       </c>
     </row>
     <row r="759">
       <c r="A759">
-        <v>2861</v>
+        <v>2899</v>
       </c>
       <c r="B759">
         <v>2023</v>
       </c>
       <c r="C759" t="inlineStr">
         <is>
-          <t>Formazione a Catalogo - Iscrizione di n.3 dipendenti della Direzione Affari Istituzionali e Personale ai corsi "Il conto annuale 2022 - Enti locali" base ed avanzato.
-</t>
+          <t>Appalto specifico per l'acquisizione di vaccini occorrenti alle Aziende Sanitarie della Regione Lazio - farmaci 2023_tranche 5 - vaccini vari, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori, seconda edizione. Nr. Gara 9172204. Provvedimento di ammissione all'esito dell'apertura delle buste amministrative.</t>
         </is>
       </c>
       <c r="D759" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="E759" s="2">
-        <v>45086</v>
+        <v>45169</v>
       </c>
     </row>
     <row r="760">
       <c r="A760">
-        <v>2860</v>
+        <v>2898</v>
       </c>
       <c r="B760">
         <v>2023</v>
       </c>
       <c r="C760" t="inlineStr">
         <is>
-          <t>Formazione a Catalogo - Iscrizione della Funzionaria Responsabile del servizio di prevenzione e protezione al Corso di Alta Formazione Sapienza - INAIL in "Gestione integrata del rischio da agenti fisici nei luoghi di lavoro e nuove tecnologie ergonomiche per la prevenzione.
+          <t>SILD - Procedura negoziata, tramite RdO sul Mercato Elettronico Regionale (M.E.LA), ai sensi dell'art.1, comma 2, lettera b) della legge 11 settembre 2020, n.120, come modificato dall'art. 51, comma 1, lett. a), sub 2.2 del decreto legge n. 77 del 31.5.2021, convertito in legge n. 108 del 29.7.2021, per l'affidamento dei servizi di gestione dei bandi ex art. 16, Sild e delle procedure di reclutamento del personale della Regione Lazio. Approvazione atti, indizione della procedura di gara e nomina del Responsabile Unico del Procedimento (RUP). CIG 9476350368.
 </t>
         </is>
       </c>
       <c r="D760" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="E760" s="2">
-        <v>45086</v>
+        <v>45154</v>
       </c>
     </row>
     <row r="761">
       <c r="A761">
-        <v>2859</v>
+        <v>2897</v>
       </c>
       <c r="B761">
         <v>2023</v>
       </c>
       <c r="C761" t="inlineStr">
         <is>
-          <t>Procedura negoziata tramite R.d.O. sul Mercato Elettronico di Regione Lazio (M.E.La) finalizzata all’affidamento della fornitura di poltrone per sala a pozzetto a terra con ruote per &amp;nbsp;gli uffici della Giunta Regionale.
+          <t>Procedura negoziata tramite R.d.O. sul Mercato Elettronico di Regione Lazio (M.E.La) per la fornitura ed installazione tende presso gli uffici della Giunta Regionale&amp;nbsp;
 </t>
         </is>
       </c>
       <c r="D761" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="E761" s="2">
-        <v>45078</v>
+        <v>45152</v>
       </c>
     </row>
     <row r="762">
       <c r="A762">
-        <v>2858</v>
+        <v>2896</v>
       </c>
       <c r="B762">
         <v>2023</v>
       </c>
       <c r="C762" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell’art. 1, comma 2 lett. a) del D.L. n. 76/2020 (convertito in Legge&amp;nbsp;11 settembre 2020, n. 120), del servizio di rinnovo certificazione ISO 9001:2015 dei processi operativi di&amp;nbsp;governo della spesa in capo alla Direzione regionale Centrale Acquisti della Regione Lazio. CIG Z613AD788A.&amp;nbsp;Impegno di spesa di euro 7.686,00 IVA inclusa sul capitolo U0000S23103 in favore dell’operatore economico IMQ S.p.A. (codice creditore 243531). Esercizio finanziario 2023.
+          <t>Lavori di realizzazione Centro logistico Protezione civile di Capena (RM). Impegno di spesa di euro 215.748,61 sul capitolo U0000S22501, es. fin. 2023, in favore di LAZIOcrea Spa (cod. cred. 164838), per pagamento revisione prezzi ex art. 26 D.L. 50/22.
 </t>
         </is>
       </c>
       <c r="D762" t="s">
-        <v>653</v>
+        <v>590</v>
       </c>
       <c r="E762" s="2">
-        <v>45078</v>
+        <v>45149</v>
       </c>
     </row>
     <row r="763">
       <c r="A763">
-        <v>2857</v>
+        <v>2895</v>
       </c>
       <c r="B763">
         <v>2023</v>
       </c>
       <c r="C763" t="inlineStr">
         <is>
-          <t>Attuazione dgr 1090/2022 recante "approvazione aggiornamento Business Plan per la gestione tecnico-economica e la valorizzazione dell'immobile regionale "WeGil", sito in largo Ascianghi n. 5 - Roma.". Impegno di spesa di euro 66.900,00 sul cap. di spesa U0000S22501, es. fin.2023, a favore di LAZIOcrea spa (cod. cred. 164838) per lavori di adeguamento impianti e allestimento tecnologico sala "Proiezioni" e sala "Coworking" - corpo "B".
+          <t>Perfezionamento prenotazione impegno n. 50056/2023 di euro 312.131,02 sul capitolo U0000S22501, es. fin. 2023, assunta con dgr n. 370/2023 in favore di LAZIOcrea Spa (codice creditore 164838) per l'esecuzione interventi di ristrutturazione "corpo B" immobile "WeGil", sito in Largo Ascianghi n. 5 - Roma.
 </t>
         </is>
       </c>
       <c r="D763" t="s">
-        <v>548</v>
+        <v>655</v>
       </c>
       <c r="E763" s="2">
-        <v>45077</v>
+        <v>45149</v>
       </c>
     </row>
     <row r="764">
       <c r="A764">
-        <v>2856</v>
+        <v>2894</v>
       </c>
       <c r="B764">
         <v>2023</v>
       </c>
       <c r="C764" t="inlineStr">
         <is>
-          <t>Attuazione dgr 57/2023 e 135/2023. Conferma affidamento alla Società in house providing LAZIOcrea Spa trasloco dei sistemi informativi e lavori di adattamento tecnologico e impiantistico per trasferimento II^ CUR del 112NUE presso la sede regionale di via C. Colombo 212 - Roma. Approvazione schema di contratto. &amp;nbsp;Perfezionamento prenotazioni impegni di spesa sul capitolo U0000S22501 n. 5817/2023 di euro 500.000,00 e n. 43831/2023 di euro 300.000,00, es. fin. 2023, e prenotazione di impegno n. 43832/2023 di euro 426.039,00 sul capitolo U0000S22508, es. fin. 2023, in favore di LAZIOcrea (cod. creditore 164838), assunti con le dgr n. 57 e 135 del 2023.
+          <t>Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Incarico per la redazione dell'Attestato di Prestazione Energetica APE presso la Scuola Elementare e Materna "Virgili" nel comune di Ronciglione (VT). Dossier LI- ES2- 2400404 _ Intervento A0100E0125. Disimpegno della somma complessiva di € -762,21= sull'impegno 2023/36002 e perfezionamento della prenotazione n. 2023/36002 per l'importo di € 4.727,79= comprensivo di IVA e oneri di legge a favore dell'Arch. Lorenzo Di Giuseppe (cod. cred. 246368) sul Capitolo U0000A42502. Es. Finanziario 2023. CUP F34D16000010006 - CIG ZAD39A34AD
 </t>
         </is>
       </c>
       <c r="D764" t="s">
-        <v>548</v>
+        <v>656</v>
       </c>
       <c r="E764" s="2">
-        <v>45077</v>
+        <v>45149</v>
       </c>
     </row>
     <row r="765">
       <c r="A765">
-        <v>2855</v>
+        <v>2893</v>
       </c>
       <c r="B765">
         <v>2023</v>
       </c>
       <c r="C765" t="inlineStr">
         <is>
-          <t>Proroga, ex art. 106, comma 11, D. Lgs 50/2016 e ss.mm.ii. contratto di fornitura ed installazione tende verticali rimovibili da ufficio di cui alla d.d. G06218/2022. Impegno di spesa di euro 45.018,00 i.i., sul capitolo U0000S22509, es.fin 2023, in favore della Ditta Flomar srl (codice creditore 233897).
+          <t>Concessione del Servizio pubblico di Trasporto marittimo di passeggeri, veicoli e merci tra e con Ponza e Ventotene con obblighi di servizio pubblico per la continuità territoriale marittima.
 </t>
         </is>
       </c>
       <c r="D765" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="E765" s="2">
-        <v>45077</v>
+        <v>45147</v>
       </c>
     </row>
     <row r="766">
       <c r="A766">
-        <v>2854</v>
+        <v>2892</v>
       </c>
       <c r="B766">
         <v>2023</v>
       </c>
       <c r="C766" t="inlineStr">
         <is>
-          <t>Visibilità della Regione Lazio in occasione della mostra: "I MONDI DI GINA" che si svolgerà A Roma presso Palazzo Poli - Istituto centrale della Grafica, dall'8 giugno - all'8 ottobre 2023, a cura di Cinecittà S.p.A. (cod. creditore 157665), impegno di spesa di € 10.000,00, I.V.A. inclusa. Capitolo di bilancio U0000R31902. Esercizio Finanziario 2023. CIG Z923B2CFC6.
-</t>
+          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Incarico per la redazione dell'Attestato di Prestazione Energetica APE degli "Uffici Comunali di Piazza del Popolo" nel Comune di Latina, sita a Piazza del Popolo n1. A0100E0331. Disimpegno della somma complessiva di € -341,12= sull'impegno 2023/31805 e perfezionamento della prenotazione n. 2023/31805 per l'importo di € 5.148,88 comprensivo di IVA e oneri di legge a favore dell'arch. Giulia Corriere (cod. cred. 245439) sul &amp;nbsp;Capitolo U0000A42502. Es. Finanziario 2023. CUP F22B16000010006 CIG ZDD3A4E947</t>
         </is>
       </c>
       <c r="D766" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="E766" s="2">
-        <v>45072</v>
+        <v>45140</v>
       </c>
     </row>
     <row r="767">
       <c r="A767">
-        <v>2853</v>
+        <v>2891</v>
       </c>
       <c r="B767">
         <v>2023</v>
       </c>
       <c r="C767" t="inlineStr">
         <is>
-          <t>Affidamento della durata di 24 (ventiquattro) mesi tramite R.d.O. sul mercato elettronico regionale (M.E.La.), del servizio di protezione dei dati personali (R.P.D.), in attuazione del regolamento europeo n. 679/2016 (RGPD).
+          <t>&amp;nbsp;Affidamento diretto ai sensi dell'art. 50, comma 1 , lettera b) del D.lgs 36/2023 attraverso la piattaforma Stella , per la realizzazione di una campagna informativa inerente ad un programma di screening nazionale per l'eliminazione del virus dell'epatite &amp;nbsp;C (HCV), alla Soc Aristea International S.r.l. per E 99.918,00 IVA compresa. Utilizzo impegno 73866/2022 assunto sul capitolo di bilancio U000H11101. Impegno di spesa in favore dell'Anac di € 35,00 sul capitolo di bilancio U000T19427. Esercizio finanziario 2023.CIG 9953668AAC.
 </t>
         </is>
       </c>
       <c r="D767" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="E767" s="2">
-        <v>45072</v>
+        <v>45139</v>
       </c>
     </row>
     <row r="768">
       <c r="A768">
-        <v>2852</v>
+        <v>2890</v>
       </c>
       <c r="B768">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="C768" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 9 lotti, per l'affidamento della fornitura di microinfusori per insulina, sistemi di monitoraggio, port e relativo materiale di consumo e servizi connessi occorrente alle Aziende Sanitarie della Regione Lazio- Seconda Edizione.</t>
+          <t>Approvazione del piano dei fabbisogni riferito al punto 5.7 dell'Accordo Quadro CONSIP - ID 2202 Lotto n. 6 (CIG: 876562890D, CIG derivato: 9179737E9A) relativo al servizio di consulenza strategica al fine nella predisposizione del Modello di Governance e all'attività di PMO per il monitoraggio dello stesso. Impegno di euro 1.000.0Approvazione del piano dei fabbisogni riferito al punto 5.7 dell'Accordo Quadro CONSIP - ID 2202 Lotto n. 6 (CIG: 876562890D, CIG derivato: 9179737E9A) relativo al servizio di consulenza strategica al fine nella predisposizione del Modello di Governance e all'attività di PMO per il monitoraggio dello stesso.&amp;nbsp;
+</t>
         </is>
       </c>
       <c r="D768" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="E768" s="2">
-        <v>45491</v>
+        <v>45139</v>
       </c>
     </row>
     <row r="769">
       <c r="A769">
-        <v>2851</v>
+        <v>2889</v>
       </c>
       <c r="B769">
         <v>2023</v>
       </c>
       <c r="C769" t="inlineStr">
         <is>
-          <t>Approvazione dello schema di avviso pubblico di consultazione preliminare di mercato, ai sensi dell'art. 66 del D. Lgs. 18 aprile 2016 n.50, relativo alla procedura di gara per l'acquisizione dei servizi integrati di lava-noleggio a basso impatto ambientale per le Aziende Sanitarie della Regione Lazio.
-</t>
+          <t>O.P.C.M. n. 3734 del 16 gennaio 2009. Lavori di ripristino dell'officiosità del fosso di Pratolungo, compresa la manutenzione straordinaria dell'alveo e la costituzione di opportune opere di accumulo e laminazione delle piene - II Lotto. Sostituzione del Responsabile Unico del Procedimento (RUP). CUP F85D12000040002 - CIG 4384199377.</t>
         </is>
       </c>
       <c r="D769" t="s">
-        <v>548</v>
+        <v>661</v>
       </c>
       <c r="E769" s="2">
-        <v>45068</v>
+        <v>45138</v>
       </c>
     </row>
     <row r="770">
       <c r="A770">
-        <v>2850</v>
+        <v>2888</v>
       </c>
       <c r="B770">
         <v>2023</v>
       </c>
       <c r="C770" t="inlineStr">
         <is>
-          <t>Workshop dedicato al nuovo programma INTERREGIONAL INNOVATION INVESTMENTS (I3) della Commissione Europea, organizzato dalla Regione Lazio presso la sede di Bruxelles, in collaborazione con altre regioni italiane. Impegno di spesa di € 1.095,05 a favore della Ditta LASAGNATIRAMISÙ, sul capitolo U0000R31902 esercizio finanziario 2023
+          <t>O.P.C.M. n. 3734 del 16 gennaio 2009. Lavori di sistemazione idraulica del Fiume Fiora tra la S.S. Aurelia 1 ed il Mare nel Comune di Montalto di Castro (VT) - I stralcio. CUP F23J13000480001- CIG 54872004AF.
 </t>
         </is>
       </c>
       <c r="D770" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="E770" s="2">
-        <v>45055</v>
+        <v>45138</v>
       </c>
     </row>
     <row r="771">
       <c r="A771">
-        <v>2849</v>
+        <v>2887</v>
       </c>
       <c r="B771">
-        <v>2022</v>
-[...5 lines deleted...]
-        </is>
+        <v>2023</v>
+      </c>
+      <c r="C771" t="s">
+        <v>663</v>
       </c>
       <c r="D771" t="s">
-        <v>548</v>
+        <v>590</v>
       </c>
       <c r="E771" s="2">
-        <v>45055</v>
+        <v>45128</v>
       </c>
     </row>
     <row r="772">
       <c r="A772">
-        <v>2848</v>
+        <v>2886</v>
       </c>
       <c r="B772">
         <v>2023</v>
       </c>
       <c r="C772" t="inlineStr">
         <is>
-          <t>Interventi di potenziamento della rete ferroviaria regionale.&amp;nbsp;Ammodernamento e potenziamento della linea ferroviaria Campoleone – Nettuno&amp;nbsp;Raddoppio tratta Campoleone – Aprilia&amp;nbsp;CUP J771120000010008
+          <t>Affidamento diretto ai sensi dell''art. 36 del D.lgs. n. 50/2016 per Servizio di supporto alla Autorità di Gestione del PR FESR Lazio 2021-2027 nell'ambito dei processi partecipativi nei progetti di trasformazione urbana.
 </t>
         </is>
       </c>
       <c r="D772" t="s">
-        <v>548</v>
+        <v>664</v>
       </c>
       <c r="E772" s="2">
-        <v>45054</v>
+        <v>45134</v>
       </c>
     </row>
     <row r="773">
       <c r="A773">
-        <v>2847</v>
+        <v>2885</v>
       </c>
       <c r="B773">
         <v>2023</v>
       </c>
       <c r="C773" t="inlineStr">
         <is>
-          <t>Approvazione schema scrittura privata di acquisto e pagamento indennità locazione temporanea scaffalature Archivio regionale sito in località S. Palomba, Roma, via Ardeatina n. 2479/N, 2479/O, 2479/P. Impegno di spesa sul capitolo U0000S21401 della somma di euro 178.700,12 e di euro 120.199,28 sul capitolo di spesa U0000S24506, in favore della Società Kryalos sgr spa (cod. creditore 190900) ed impegno di euro 35,00 sul capitolo U0000T19427 per il pagamento del MAV in favore di A.N.A.C. (cod. creditore 159683).&amp;nbsp;
+          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 -Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 e smi - Incarico per la redazione dell'Attestato di Prestazione Energetica (APE) presso "l'Istituto Comprensivo XXV Aprile, viale Gramsci, nel Comune di Civita Castellana (VT). A0100E0137.
 </t>
         </is>
       </c>
       <c r="D773" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="E773" s="2">
-        <v>45049</v>
+        <v>45126</v>
       </c>
     </row>
     <row r="774">
       <c r="A774">
-        <v>2846</v>
+        <v>2884</v>
       </c>
       <c r="B774">
         <v>2023</v>
       </c>
       <c r="C774" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="D774" t="s">
-        <v>548</v>
+        <v>590</v>
       </c>
       <c r="E774" s="2">
-        <v>45049</v>
+        <v>45124</v>
       </c>
     </row>
     <row r="775">
       <c r="A775">
-        <v>2845</v>
+        <v>2883</v>
       </c>
       <c r="B775">
-        <v>2023</v>
-[...5 lines deleted...]
-        </is>
+        <v>2022</v>
+      </c>
+      <c r="C775" t="s">
+        <v>667</v>
       </c>
       <c r="D775" t="s">
-        <v>548</v>
+        <v>590</v>
       </c>
       <c r="E775" s="2">
-        <v>45048</v>
+        <v>45124</v>
       </c>
     </row>
     <row r="776">
       <c r="A776">
-        <v>2844</v>
+        <v>2882</v>
       </c>
       <c r="B776">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C776" t="inlineStr">
         <is>
-          <t>Affidamento, ai sensi dell'art. 63, comma 2, lettera b, punto elenco 3 del D.Lgs n. 50/2016, alla Società GEA s.r.l dei servizi per la piena fruibilità e utilizzabilità della parte del compendio immobiliare delimitato da via Galvani e via Volta, in qualità di sede del centro per l'impiego di Roma Testaccio (CIG 9577057573) Impegno di spesa di € 609.475,40 iva inclusa in favore della GEA s.r.l. (cod. cred. 203974), sul capitolo U0000F31181 e impegno spesa di € 225,00 sul capitolo U0000T19427 a favore dell'Autorità Nazionale Anticorruzione - ANAC (cod. cred. 159683). Esercizio finanziario 2022.
+          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 e smi - Incarico per la redazione dell'Attestato di Prestazione Energetica (APE) della "Sede comunale Palazzo Angeletti Antonelli" nel Comune di Ceccano (FR). - Dossier LI-ES2-2290190- Intervento A0100E0031. Disimpegno di € -943,79 sull'impegno 2023/ 19030 e attribuzione dell'impegno n. 2023/ 19030 per l'importo di € 2.918,44 comprensivo di IVA e oneri di legge a favore dell'ing. Andrea Magario (cod. cred. 185547) sul Capitolo U0000A42502. Es. Finanziario 2023. CUP: F84H16002450006 - CIG ZA13B2FFF0
 </t>
         </is>
       </c>
       <c r="D776" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="E776" s="2">
-        <v>45042</v>
+        <v>45119</v>
       </c>
     </row>
     <row r="777">
       <c r="A777">
-        <v>2843</v>
+        <v>2881</v>
       </c>
       <c r="B777">
         <v>2023</v>
       </c>
       <c r="C777" t="inlineStr">
         <is>
-          <t>Progetto definitivo linea ferroviaria A.V./A.C. Roma – Napoli. Tratta Roma – Napoli - adeguamento gallerie ai requisiti minimi di cui al D.M. 28/10/2005 Gallerie Castello e Piccilli 1 e Piccilli 2 - CUP: J17I10002780001
-</t>
+          <t>Procedura di gara aperta per la conclusione di convenzioni quadro ai sensi dell'art. art.1, comma 456, della L. 296/2006, per l'affidamento dei servizi integrati di lava-noleggio a basso impatto ambientale per le Aziende Sanitarie della Regione Lazio. Procedura suddivisa in 8 Lotti.</t>
         </is>
       </c>
       <c r="D777" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="E777" s="2">
-        <v>45042</v>
+        <v>45114</v>
       </c>
     </row>
     <row r="778">
       <c r="A778">
-        <v>2842</v>
+        <v>2880</v>
       </c>
       <c r="B778">
         <v>2023</v>
       </c>
-      <c r="C778" t="inlineStr">
-[...3 lines deleted...]
-        </is>
+      <c r="C778" t="s">
+        <v>670</v>
       </c>
       <c r="D778" t="s">
-        <v>548</v>
+        <v>671</v>
       </c>
       <c r="E778" s="2">
-        <v>45019</v>
+        <v>45111</v>
       </c>
     </row>
     <row r="779">
       <c r="A779">
-        <v>2841</v>
+        <v>2879</v>
       </c>
       <c r="B779">
         <v>2023</v>
       </c>
       <c r="C779" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta per l'affidamento del "Servizio di assicurazione rischio infortuni per gli alunni delle&amp;nbsp;scuole pubbliche e paritarie di ogni ordine e grado e per il personale adibito alla sorveglianza degli stessi durante il trasporto&amp;nbsp;(art. 22 della l.r. n. 29/92)" - CIG: 96789477BC. Lotto unico.
+          <t>Procedura negoziata ai sensi dell'art. 1, comma 2 lett. b) del D.L. n. 76/2020, , tramite R.d.O. sul M.E.LA. Per l'affidamento della durata di 24 (ventiquattro) mesi del servizio diResponsabile della protezione dei dati personali (RPD)ai sensi del Reg. UE n. 679/2016 (RGPD)
 </t>
         </is>
       </c>
       <c r="D779" t="s">
-        <v>663</v>
+        <v>594</v>
       </c>
       <c r="E779" s="2">
-        <v>45015</v>
+        <v>45110</v>
       </c>
     </row>
     <row r="780">
       <c r="A780">
-        <v>2840</v>
+        <v>2878</v>
       </c>
       <c r="B780">
         <v>2023</v>
       </c>
       <c r="C780" t="inlineStr">
         <is>
-          <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della&amp;nbsp;Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1.</t>
+          <t>Procedura aperta per l'affidamento in concessione, ai sensi degli artt. 60 e 164 del D. Lgs. n. 50/2016, dei servizi di gestione bar, tavola calda/fredda presso la sede della Regione Lazio di via R. Raimondi Garibaldi 7 Roma CIG 9807809C04.
+</t>
         </is>
       </c>
       <c r="D780" t="s">
-        <v>664</v>
+        <v>672</v>
       </c>
       <c r="E780" s="2">
         <v>45110</v>
       </c>
     </row>
     <row r="781">
       <c r="A781">
-        <v>2839</v>
+        <v>2877</v>
       </c>
       <c r="B781">
         <v>2023</v>
       </c>
       <c r="C781" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="D781" t="s">
-        <v>666</v>
+        <v>674</v>
       </c>
       <c r="E781" s="2">
-        <v>45014</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="782">
       <c r="A782">
-        <v>2838</v>
+        <v>2876</v>
       </c>
       <c r="B782">
         <v>2023</v>
       </c>
       <c r="C782" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di Vaccini antinfluenzali 2023/2024 occorrenti alle Aziende Sanitarie della Regione Lazio, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori. Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 9015722".
-</t>
+          <t>Gara comunitaria a procedura aperta telematica finalizzata all'acquisizione di tecnologie elettromedicali per l'Ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018&amp;nbsp;- Numero gara 9166988 - CUP F78I18000070008</t>
         </is>
       </c>
       <c r="D782" t="s">
-        <v>667</v>
+        <v>675</v>
       </c>
       <c r="E782" s="2">
-        <v>45012</v>
+        <v>45105</v>
       </c>
     </row>
     <row r="783">
       <c r="A783">
-        <v>2837</v>
+        <v>2875</v>
       </c>
       <c r="B783">
         <v>2023</v>
       </c>
       <c r="C783" t="inlineStr">
         <is>
-          <t>Aggiudicazione asta pubblica vendita del taglio del lotto boschivo - taglio di fine turno del ceduo castanile - Particella Forestale n. 16 del PGAF della Tenuta Bosco Montagna (Comune di Viterbo). Accertamento in entrata sul capitolo del bilancio regionale E0000311525 della somma complessiva di € 360.800,00 - es. fin. 2023/2024, a carico della Ditta F.lli Baggiani di Baggiani Igino e C. sas (cod. cred. 210234).
-</t>
+          <t>Appalto specifico per l'acquisizione di farmaci innovativi o pseudo innovativi occorrenti alle Aziende Sanitarie della Regione&amp;nbsp;Lazio - farmaci 2023_tranche 4, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della&amp;nbsp;Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio&amp;nbsp;e di altri soggetti aggregatori, seconda edizione. Nr. Gara 9139423.</t>
         </is>
       </c>
       <c r="D783" t="s">
-        <v>548</v>
+        <v>676</v>
       </c>
       <c r="E783" s="2">
-        <v>45012</v>
+        <v>45104</v>
       </c>
     </row>
     <row r="784">
       <c r="A784">
-        <v>2836</v>
+        <v>2874</v>
       </c>
       <c r="B784">
         <v>2023</v>
       </c>
       <c r="C784" t="inlineStr">
         <is>
-          <t>Piano di Sviluppo e Coesione – PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020 Affidamento diretto dei servizi di ingegneria ed architettura di importo inferiore a 5.000,00 euro, ai sensi dell’art. 1, comma 2, lett. a) del D.L. n. 76 del 16/07/2020, convertito, con modificazioni, dalla Legge n. 120 dell’11/09/2020.
-</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla fornitura di Pacemaker e Defibrillatori per le Aziende Sanitarie della Regione Lazio. Numero gara Anac 9163367.</t>
         </is>
       </c>
       <c r="D784" t="s">
-        <v>548</v>
+        <v>677</v>
       </c>
       <c r="E784" s="2">
-        <v>45012</v>
+        <v>45100</v>
       </c>
     </row>
     <row r="785">
       <c r="A785">
-        <v>2835</v>
+        <v>2873</v>
       </c>
       <c r="B785">
         <v>2023</v>
       </c>
       <c r="C785" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2023 - prima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Nr. Gara 8982983.</t>
+          <t>Gara comunitaria a procedura aperta finalizzata all’acquisizione di pareti mobili attrezzate e non attrezzate per ufficio a ridotto impatto ambientale occorrenti alle sedi della Regione Lazio
+</t>
         </is>
       </c>
       <c r="D785" t="s">
-        <v>668</v>
+        <v>678</v>
       </c>
       <c r="E785" s="2">
-        <v>45008</v>
+        <v>45100</v>
       </c>
     </row>
     <row r="786">
       <c r="A786">
-        <v>2834</v>
+        <v>2872</v>
       </c>
       <c r="B786">
         <v>2023</v>
       </c>
-      <c r="C786" t="inlineStr">
-[...3 lines deleted...]
-        </is>
+      <c r="C786" t="s">
+        <v>679</v>
       </c>
       <c r="D786" t="s">
-        <v>669</v>
+        <v>680</v>
+      </c>
+      <c r="E786" s="2">
+        <v>45098</v>
       </c>
     </row>
     <row r="787">
       <c r="A787">
-        <v>2833</v>
+        <v>2871</v>
       </c>
       <c r="B787">
         <v>2022</v>
       </c>
       <c r="C787" t="inlineStr">
         <is>
-          <t>Concessione alla Società ASTRAL S.p.A. dell’infrastruttura ferroviaria relativa alle ferrovie regionali “Roma – Lido di Ostia” e “Roma – Civita Castellana – Viterbo”. Approvazione della relazione di cui all’art. 34, comma 20, del D.L. n. 179/2012, dell’atto di concessione e dello schema di contratto di servizio.
+          <t>Servizio affidato con Determinazione regionale n. G18196 del 20/12/2022 recante ad oggetto: "Art. 250 del D.Lgs. n. 152/2006 - Intervento di Bonifica e ripristino ambientale dell'area di Via Donegani - ex discarica di Lunghezza - D.G.R. n. 604/2020 - Affidamento diretto, ai sensi dell'art. 1 comma 2 lett. a) della legge n. 120 del 2020 come modificato dall'art. 51 comma 1, lettera a), sub. 2.1), decreto-legge n. 77 del 2021 - importo € 61.606,60, oltre € 472,35 per oneri di sicurezza, per tutte le attività previste, oltre a IVA di legge pari a € 13.657,37, per un &amp;nbsp;totale di € 75.736,32 - del servizio urgente di smaltimento del rifiuto liquido presente nell'invaso alla ditta G.S.A. s.r.l., con sede a Civita Castellana (VT), in Via Monticelli Loc. Gargarasse, P.I. 01496650563 - Codice creditore n. 105846 - CIG: 953476944A"
 </t>
         </is>
       </c>
       <c r="D787" t="s">
-        <v>548</v>
+        <v>681</v>
       </c>
       <c r="E787" s="2">
-        <v>45007</v>
+        <v>45093</v>
       </c>
     </row>
     <row r="788">
       <c r="A788">
-        <v>2832</v>
+        <v>2870</v>
       </c>
       <c r="B788">
-        <v>2022</v>
-[...5 lines deleted...]
-        </is>
+        <v>2023</v>
+      </c>
+      <c r="C788" t="s">
+        <v>682</v>
       </c>
       <c r="D788" t="s">
-        <v>548</v>
+        <v>683</v>
       </c>
       <c r="E788" s="2">
-        <v>45007</v>
+        <v>45091</v>
       </c>
     </row>
     <row r="789">
       <c r="A789">
-        <v>2831</v>
+        <v>2869</v>
       </c>
       <c r="B789">
         <v>2023</v>
       </c>
-      <c r="C789" t="inlineStr">
-[...3 lines deleted...]
-        </is>
+      <c r="C789" t="s">
+        <v>684</v>
       </c>
       <c r="D789" t="s">
-        <v>670</v>
+        <v>590</v>
       </c>
       <c r="E789" s="2">
-        <v>45006</v>
+        <v>45091</v>
       </c>
     </row>
     <row r="790">
       <c r="A790">
-        <v>2830</v>
+        <v>2868</v>
       </c>
       <c r="B790">
         <v>2023</v>
       </c>
       <c r="C790" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 388/2016 e 394/2016 e 489/2017: Ulteriori interventi urgenti di protezione civile conseguenti l'eccezionale evento sismico che ha colpito il territorio delle regioni Lazio, Marche, Umbria e Abruzzo il 24.08.2016. Determina a contrarre per l'affidamento diretto dei "Lavori di fognatura a servizio delle SAE di Santa Giusta in comune di Amatrice." a seguito del sisma del 24 agosto 2016. Approvazione del progetto e degli atti di gara. CUP F72E23000030001, CIG 97108330E7.</t>
+          <t>PON GOV 2014/2020. Progetto A0564P0005. IMPROGRAM - Asse 7-Az. 7.2.1. CUP F89G2000250006. Affidamento in house, ex art. 192 del D.Lgs 50/2016, a Lazio Innova S.p.A. del servizio di organizzazione eventi.
+</t>
         </is>
       </c>
       <c r="D790" t="s">
-        <v>671</v>
+        <v>590</v>
       </c>
       <c r="E790" s="2">
-        <v>45006</v>
+        <v>45091</v>
       </c>
     </row>
     <row r="791">
       <c r="A791">
-        <v>2829</v>
+        <v>2867</v>
       </c>
       <c r="B791">
         <v>2023</v>
       </c>
       <c r="C791" t="inlineStr">
         <is>
-          <t>Programma Regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana - Fondo per la Progettazione di Opere Pubbliche - Intervento denominato “Ripascimento di un tratto di litorale di Ostia Levante nel Municipio X di Roma Capitale” – Affidamento diretto ai sensi dell’art. 1, comma 2, lett. a del D.L. 76/2020, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della Legge n. 108/2021, del servizio di caratterizzazione dei sedimenti marini presenti nelle aree di approvvigionamento identificate come “Fiumara Grande”, “Porto di Ostia” e “Canale dei Pescatori” e nelle aree di destinazione di detti sedimenti
+          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 e smi - Incarico per la redazione dell'Attestato di Prestazione Energetica (APE) presso "Istituto Tecnico Commerciale" di Via Monterozzi Marina nel Comune di Tarquinia (VT). - Dossier LI-ES2-1860266- Intervento A0100E0123. Disimpegno di € -236,62 sull'impegno 2023/19367 e attribuzione dell'impegno n. 2023/19367 per l'importo di € 4.033,38 comprensivo di IVA e oneri di legge a favore dell'ing. Gaetano Motta (cod. cred. 183715) sul Capitolo U0000A42502. Es. Finanziario 2023. CUP F84D16000040006 - CIG Z7339A35B6
 </t>
         </is>
       </c>
       <c r="D791" t="s">
-        <v>672</v>
+        <v>685</v>
       </c>
       <c r="E791" s="2">
-        <v>45006</v>
+        <v>45091</v>
       </c>
     </row>
     <row r="792">
       <c r="A792">
-        <v>2828</v>
+        <v>2866</v>
       </c>
       <c r="B792">
         <v>2023</v>
       </c>
-      <c r="C792" t="inlineStr">
-[...9 lines deleted...]
-        </is>
+      <c r="C792" t="s">
+        <v>686</v>
+      </c>
+      <c r="D792" t="s">
+        <v>687</v>
       </c>
       <c r="E792" s="2">
-        <v>45005</v>
+        <v>45090</v>
       </c>
     </row>
     <row r="793">
       <c r="A793">
-        <v>2827</v>
+        <v>2865</v>
       </c>
       <c r="B793">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C793" t="inlineStr">
         <is>
-          <t>Lavori di realizzazione Centro logistico Protezione civile di Capena (RM). Impegno di spesa di euro 324.264,82 sul capitolo U0000S22501, es. fin. 2022, in favore di LAZIOcrea Spa (cod. cred. 164838), per pagamento revisione prezzi ex art. 26 D.L. 50/22.
+          <t>Appalto specifico per l'acquisizione di farmaci innovativi o pseudo innovativi occorrenti alle Aziende Sanitarie della Regione Lazio - farmaci 2023_tranche 3, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori, seconda edizione. Nr. Gara 9125724.
 </t>
         </is>
       </c>
       <c r="D793" t="s">
-        <v>548</v>
+        <v>688</v>
       </c>
       <c r="E793" s="2">
-        <v>45005</v>
+        <v>45090</v>
       </c>
     </row>
     <row r="794">
       <c r="A794">
-        <v>2826</v>
+        <v>2864</v>
       </c>
       <c r="B794">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C794" t="inlineStr">
         <is>
-          <t>Attuazione dgr 761/2018 - realizzazione lavori di personalizzazione fase 4 nuova sede regionale di Roma "Camporomano". Impegno di spesa di euro 683.899,00 iva inclusa sul capitolo U0000S22511, es. fin. 2022, in favore di BPM (codice creditore 169918).
+          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 e smi - Incarico per la redazione dell'Attestato di Prestazione Energetica (APE) presso "Palazzo Farnese, sede principale Uffici Comunali/Municipio nel Comune di Gradoli (VT). - Dossier LI ES2 - 0380017 - Intervento A0100E0375. Disimpegno di € -1.047,17 sull'impegno 2023/ 19027 e attribuzione dell'impegno n. 2023/ 19027 per l'importo di € 3.222,83 comprensivo di IVA e oneri di legge a favore dell'ing. Nicola Graniglia (cod. cred. 178367) sul Capitolo U0000A42502. Es. Finanziario 2023. &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp;CUP F84H16002450006 -CIG Z5D3A57161
 </t>
         </is>
       </c>
       <c r="D794" t="s">
-        <v>548</v>
+        <v>689</v>
       </c>
       <c r="E794" s="2">
-        <v>45005</v>
+        <v>45089</v>
       </c>
     </row>
     <row r="795">
       <c r="A795">
-        <v>2825</v>
+        <v>2863</v>
       </c>
       <c r="B795">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C795" t="inlineStr">
         <is>
-          <t>Lavori di realizzazione Centro logistico Protezione civile di Capena (RM). Impegno di spesa di euro 328.902,75 sul capitolo U0000S22501, es. fin. 2023, in favore di LAZIOcrea Spa (cod. cred. 164838), per finanziamento opere di bonifica rifiuti non pericolosi.
+          <t>Affidamento diretto, ai sensi dell’art. 1 del D.L. 76/2020 convertito con L.120/2020, alla dott.ssa Cecilia Casamonti il servizio di traduzione giurata con firma depositata presso il consolato d'Italia a Bruxelles.
 </t>
         </is>
       </c>
       <c r="D795" t="s">
-        <v>548</v>
+        <v>690</v>
       </c>
       <c r="E795" s="2">
-        <v>45005</v>
+        <v>45086</v>
       </c>
     </row>
     <row r="796">
       <c r="A796">
-        <v>2824</v>
+        <v>2862</v>
       </c>
       <c r="B796">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C796" t="inlineStr">
         <is>
-          <t>Approvazione proposta di sponsorizzazione monetaria per la riqualificazione e valorizzazione della Torre di Palidoro, di Leonardo Spa (codice debitore 26330). Accertamento sul capitolo di entrata E0000229146 della somma di euro 24.400,00.
+          <t>Affidamento diretto, ai sensi dell’art. 1 del D.L. 76/2020 convertito con L.120/2020, alla Società Cohezio di un servizio di gestione della salute e sicurezza nei luoghi di lavoro per la durata di quattro, per la sede della Regione Lazio di Bruxelles, sita in Rond-Point Schuman
 </t>
         </is>
       </c>
       <c r="D796" t="s">
-        <v>548</v>
+        <v>691</v>
       </c>
       <c r="E796" s="2">
-        <v>45005</v>
+        <v>45086</v>
       </c>
     </row>
     <row r="797">
       <c r="A797">
-        <v>2823</v>
+        <v>2861</v>
       </c>
       <c r="B797">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C797" t="inlineStr">
         <is>
-          <t>Progetto I202201694. Campagna "Art Bonus - Regione Lazio" - impegno di spesa di euro 68.132,92 sul capitolo U0000G24106 e di euro 24.658,66 sul capitolo U0000G11119, es. fin. 2022, in favore di LAZIOCrea s.p.a, (cod. cred. 164838), in qualità di Soggetto attuatore del "Programma degli interventi" di cui alla dgr n. 781/2016.
+          <t>Formazione a Catalogo - Iscrizione di n.3 dipendenti della Direzione Affari Istituzionali e Personale ai corsi "Il conto annuale 2022 - Enti locali" base ed avanzato.
 </t>
         </is>
       </c>
       <c r="D797" t="s">
-        <v>548</v>
+        <v>692</v>
       </c>
       <c r="E797" s="2">
-        <v>45005</v>
+        <v>45086</v>
       </c>
     </row>
     <row r="798">
       <c r="A798">
-        <v>2822</v>
+        <v>2860</v>
       </c>
       <c r="B798">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C798" t="inlineStr">
         <is>
-          <t>Impegno di spesa di euro 500.000,00 iva compresa sul capitolo U0000S23432, es. fin. 2023, per pagamento fornitura acqua relativa agli immobili diversi da quelli istituzionali, Creditore Acea Ato 2 Spa (89736), impegno di spesa di euro 225,00 sul capitolo U0000T19427, es. fin. 2022, per il pagamento del MAV in favore di A.N.A.C. (codice creditore 159683).
+          <t>Formazione a Catalogo - Iscrizione della Funzionaria Responsabile del servizio di prevenzione e protezione al Corso di Alta Formazione Sapienza - INAIL in "Gestione integrata del rischio da agenti fisici nei luoghi di lavoro e nuove tecnologie ergonomiche per la prevenzione.
 </t>
         </is>
       </c>
       <c r="D798" t="s">
-        <v>673</v>
+        <v>693</v>
       </c>
       <c r="E798" s="2">
-        <v>45005</v>
+        <v>45086</v>
       </c>
     </row>
     <row r="799">
       <c r="A799">
-        <v>2821</v>
+        <v>2859</v>
       </c>
       <c r="B799">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C799" t="inlineStr">
         <is>
-          <t>Autorizzazione affidamento mediante trattativa diretta, ex art. 36, co. 2, lett. a) del D.Lgs. n. 50/2016 e ss.mm.ii., tramite il mercato elettronico della Regione Lazio (Me.La.) della piattaforma telematica S.TEL.LA, per servizi tecnici per il collaudo attività di cure colturali sulle PF 4, 8, 11, 14, 19 del vigente P.G.A.F. del comprensorio Bosco Montagna. Impegno di spesa di € 12.500,00 sul cap. U0000S21909, es. fin. 2022, in favore del dott. Stefano Spina (cod. cred. 238805)
+          <t>Procedura negoziata tramite R.d.O. sul Mercato Elettronico di Regione Lazio (M.E.La) finalizzata all’affidamento della fornitura di poltrone per sala a pozzetto a terra con ruote per &amp;nbsp;gli uffici della Giunta Regionale.
 </t>
         </is>
       </c>
       <c r="D799" t="s">
-        <v>674</v>
+        <v>694</v>
       </c>
       <c r="E799" s="2">
-        <v>45005</v>
+        <v>45078</v>
       </c>
     </row>
     <row r="800">
       <c r="A800">
-        <v>2820</v>
+        <v>2858</v>
       </c>
       <c r="B800">
         <v>2023</v>
       </c>
       <c r="C800" t="inlineStr">
         <is>
-          <t>Selezione di proposte progettuali volte alla realizzazione di impianti di produzione di idrogeno rinnovabile in aree industriali dismesse, da finanziare nell'ambito del Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 2 "Rivoluzione verde e transizione ecologica", Componente 2 "Energia rinnovabile, idrogeno, rete e mobilità sostenibile", Investimento 3.1 "Produzione in aree industriali dismesse", finanziato dall'Unione Europea - Next Generation EU.
+          <t>Affidamento diretto, ai sensi dell’art. 1, comma 2 lett. a) del D.L. n. 76/2020 (convertito in Legge&amp;nbsp;11 settembre 2020, n. 120), del servizio di rinnovo certificazione ISO 9001:2015 dei processi operativi di&amp;nbsp;governo della spesa in capo alla Direzione regionale Centrale Acquisti della Regione Lazio. CIG Z613AD788A.&amp;nbsp;Impegno di spesa di euro 7.686,00 IVA inclusa sul capitolo U0000S23103 in favore dell’operatore economico IMQ S.p.A. (codice creditore 243531). Esercizio finanziario 2023.
 </t>
         </is>
       </c>
       <c r="D800" t="s">
-        <v>548</v>
+        <v>695</v>
       </c>
       <c r="E800" s="2">
-        <v>45001</v>
+        <v>45078</v>
       </c>
     </row>
     <row r="801">
       <c r="A801">
-        <v>2819</v>
+        <v>2857</v>
       </c>
       <c r="B801">
         <v>2023</v>
       </c>
       <c r="C801" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2023 - 2 tranche,&amp;nbsp;nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di&amp;nbsp;farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre.&amp;nbsp;Approvazione schemi, atti e indizione gara. Nr. Gara &amp;nbsp;8982095
+          <t>Attuazione dgr 1090/2022 recante "approvazione aggiornamento Business Plan per la gestione tecnico-economica e la valorizzazione dell'immobile regionale "WeGil", sito in largo Ascianghi n. 5 - Roma.". Impegno di spesa di euro 66.900,00 sul cap. di spesa U0000S22501, es. fin.2023, a favore di LAZIOcrea spa (cod. cred. 164838) per lavori di adeguamento impianti e allestimento tecnologico sala "Proiezioni" e sala "Coworking" - corpo "B".
 </t>
         </is>
       </c>
       <c r="D801" t="s">
-        <v>675</v>
+        <v>590</v>
       </c>
       <c r="E801" s="2">
-        <v>45000</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="802">
       <c r="A802">
-        <v>2818</v>
+        <v>2856</v>
       </c>
       <c r="B802">
         <v>2023</v>
       </c>
       <c r="C802" t="inlineStr">
         <is>
-          <t>“Intervento n. 68 "Rifacimento della pavimentazione della banchina in destra idraulica tra ponte Duca d'Aosta e ponte Risorgimento". CUP: F88H22000900005 - CIG 9700574EE4</t>
+          <t>Attuazione dgr 57/2023 e 135/2023. Conferma affidamento alla Società in house providing LAZIOcrea Spa trasloco dei sistemi informativi e lavori di adattamento tecnologico e impiantistico per trasferimento II^ CUR del 112NUE presso la sede regionale di via C. Colombo 212 - Roma. Approvazione schema di contratto. &amp;nbsp;Perfezionamento prenotazioni impegni di spesa sul capitolo U0000S22501 n. 5817/2023 di euro 500.000,00 e n. 43831/2023 di euro 300.000,00, es. fin. 2023, e prenotazione di impegno n. 43832/2023 di euro 426.039,00 sul capitolo U0000S22508, es. fin. 2023, in favore di LAZIOcrea (cod. creditore 164838), assunti con le dgr n. 57 e 135 del 2023.
+</t>
         </is>
       </c>
       <c r="D802" t="s">
-        <v>676</v>
+        <v>590</v>
       </c>
       <c r="E802" s="2">
-        <v>44995</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="803">
       <c r="A803">
-        <v>2817</v>
+        <v>2855</v>
       </c>
       <c r="B803">
         <v>2023</v>
       </c>
-      <c r="C803" t="s">
-        <v>677</v>
+      <c r="C803" t="inlineStr">
+        <is>
+          <t>Proroga, ex art. 106, comma 11, D. Lgs 50/2016 e ss.mm.ii. contratto di fornitura ed installazione tende verticali rimovibili da ufficio di cui alla d.d. G06218/2022. Impegno di spesa di euro 45.018,00 i.i., sul capitolo U0000S22509, es.fin 2023, in favore della Ditta Flomar srl (codice creditore 233897).
+</t>
+        </is>
       </c>
       <c r="D803" t="s">
-        <v>678</v>
+        <v>696</v>
       </c>
       <c r="E803" s="2">
-        <v>44995</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="804">
       <c r="A804">
-        <v>2816</v>
+        <v>2854</v>
       </c>
       <c r="B804">
         <v>2023</v>
       </c>
-      <c r="C804" t="s">
-        <v>679</v>
+      <c r="C804" t="inlineStr">
+        <is>
+          <t>Visibilità della Regione Lazio in occasione della mostra: "I MONDI DI GINA" che si svolgerà A Roma presso Palazzo Poli - Istituto centrale della Grafica, dall'8 giugno - all'8 ottobre 2023, a cura di Cinecittà S.p.A. (cod. creditore 157665), impegno di spesa di € 10.000,00, I.V.A. inclusa. Capitolo di bilancio U0000R31902. Esercizio Finanziario 2023. CIG Z923B2CFC6.
+</t>
+        </is>
       </c>
       <c r="D804" t="s">
-        <v>680</v>
+        <v>697</v>
       </c>
       <c r="E804" s="2">
-        <v>44995</v>
+        <v>45072</v>
       </c>
     </row>
     <row r="805">
       <c r="A805">
-        <v>2815</v>
+        <v>2853</v>
       </c>
       <c r="B805">
         <v>2023</v>
       </c>
-      <c r="C805" t="s">
-        <v>681</v>
+      <c r="C805" t="inlineStr">
+        <is>
+          <t>Affidamento della durata di 24 (ventiquattro) mesi tramite R.d.O. sul mercato elettronico regionale (M.E.La.), del servizio di protezione dei dati personali (R.P.D.), in attuazione del regolamento europeo n. 679/2016 (RGPD).
+</t>
+        </is>
       </c>
       <c r="D805" t="s">
-        <v>682</v>
+        <v>698</v>
       </c>
       <c r="E805" s="2">
-        <v>44995</v>
+        <v>45072</v>
       </c>
     </row>
     <row r="806">
       <c r="A806">
-        <v>2814</v>
+        <v>2852</v>
       </c>
       <c r="B806">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C806" t="inlineStr">
         <is>
-          <t>Procedura aperta per la conclusione di un accordo quadro per il servizio di test genomici ormono-responsivo nelle pazienti con carcinoma mammario in stadio precoce - Numero Gara 8965190.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 9 lotti, per l'affidamento della fornitura di microinfusori per insulina, sistemi di monitoraggio, port e relativo materiale di consumo e servizi connessi occorrente alle Aziende Sanitarie della Regione Lazio- Seconda Edizione.</t>
         </is>
       </c>
       <c r="D806" t="s">
-        <v>683</v>
+        <v>699</v>
       </c>
       <c r="E806" s="2">
-        <v>44992</v>
+        <v>45491</v>
       </c>
     </row>
     <row r="807">
       <c r="A807">
-        <v>2813</v>
+        <v>2851</v>
       </c>
       <c r="B807">
         <v>2023</v>
       </c>
       <c r="C807" t="inlineStr">
         <is>
-          <t>DGR 105/2020 Intervento n. 1 - Affidamento, ai sensi dell'art. 1, comma 2, lett. a) del D.L. 76/2020 e ss.mm.ii, del servizio di ricognizione preventiva archeologica subacquea delle aree interessate dai lavori e assistenza archeologica in corso d'opera nell'ambito dell'intervento denominato "Riqualificazione della scogliera sommersa e ripascimento in loc. Santa Severa" nel comune di Santa Marinella (RM)
+          <t>Approvazione dello schema di avviso pubblico di consultazione preliminare di mercato, ai sensi dell'art. 66 del D. Lgs. 18 aprile 2016 n.50, relativo alla procedura di gara per l'acquisizione dei servizi integrati di lava-noleggio a basso impatto ambientale per le Aziende Sanitarie della Regione Lazio.
 </t>
         </is>
       </c>
       <c r="D807" t="s">
-        <v>684</v>
+        <v>590</v>
       </c>
       <c r="E807" s="2">
-        <v>44981</v>
+        <v>45068</v>
       </c>
     </row>
     <row r="808">
       <c r="A808">
-        <v>2812</v>
+        <v>2850</v>
       </c>
       <c r="B808">
         <v>2023</v>
       </c>
       <c r="C808" t="inlineStr">
         <is>
-          <t>Servizio per la redazione del progetto definitivo ed esecutivo nonché del CSE in fase di progettazione intervento 12IR010/G1 - "Lavori di completamento del collettore del Fosso della Patatona.</t>
+          <t>Workshop dedicato al nuovo programma INTERREGIONAL INNOVATION INVESTMENTS (I3) della Commissione Europea, organizzato dalla Regione Lazio presso la sede di Bruxelles, in collaborazione con altre regioni italiane. Impegno di spesa di € 1.095,05 a favore della Ditta LASAGNATIRAMISÙ, sul capitolo U0000R31902 esercizio finanziario 2023
+</t>
         </is>
       </c>
       <c r="D808" t="s">
-        <v>685</v>
+        <v>700</v>
       </c>
       <c r="E808" s="2">
-        <v>44980</v>
+        <v>45055</v>
       </c>
     </row>
     <row r="809">
       <c r="A809">
-        <v>2811</v>
+        <v>2849</v>
       </c>
       <c r="B809">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C809" t="inlineStr">
         <is>
-          <t>DGR 105/2020 intervento n. 1 "Riqualificazione della scogliera sommersa e ripascimento in loc. Santa Severa" nel comune di Santa Marinella (RM) - Affidamento del servizio di Bonifica Bellica Sistematica Terrestre e Subacquea per ordigni residuati bellici inesplosi.
+          <t>Affidamento, ai sensi dell'art. 192 del D.Lgs. n. 50/2016, della procedura di acquisizione di un servizio di supporto e assistenza ex ante ed ex post agli avvisi pubblici per il sostegno alla produzione cinematografica e audiovisiva, ed in particolare nei controlli sulle rendicontazioni presentate dalle imprese beneficiarie del sostegno regionale.
 </t>
         </is>
       </c>
       <c r="D809" t="s">
-        <v>686</v>
+        <v>590</v>
       </c>
       <c r="E809" s="2">
-        <v>44977</v>
+        <v>45055</v>
       </c>
     </row>
     <row r="810">
       <c r="A810">
-        <v>2810</v>
+        <v>2848</v>
       </c>
       <c r="B810">
         <v>2023</v>
       </c>
       <c r="C810" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020 Call for proposal "Energia sostenibile 2.0" Asse Prioritario 4 Azione 4.1.1 _ 8^Aggiornamento elenco operatori economici abilitati a svolgere il servizio di certificazione della prestazione energetica degli edifici, di importo inferiore a 5.000,00 euro, mediante affidamento diretto ai sensi dell'art. 1, comma 2, lett. a del D.L. 76/2020, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della Legge n. 108/2021.
+          <t>Interventi di potenziamento della rete ferroviaria regionale.&amp;nbsp;Ammodernamento e potenziamento della linea ferroviaria Campoleone – Nettuno&amp;nbsp;Raddoppio tratta Campoleone – Aprilia&amp;nbsp;CUP J771120000010008
 </t>
         </is>
       </c>
       <c r="D810" t="s">
-        <v>548</v>
+        <v>590</v>
       </c>
       <c r="E810" s="2">
-        <v>44974</v>
+        <v>45054</v>
       </c>
     </row>
     <row r="811">
       <c r="A811">
-        <v>2809</v>
+        <v>2847</v>
       </c>
       <c r="B811">
         <v>2023</v>
       </c>
       <c r="C811" t="inlineStr">
         <is>
-          <t>Campagna informativa Elezioni regionali 12 e 13 febbraio 2023. Impegno di spesa di euro 122.000,00 (I.V.A. inclusa) a favore&amp;nbsp;di LAZIOcrea S.p.A. - Capitolo U0000C21924 - Esercizio Finanziario 2023.
+          <t>Approvazione schema scrittura privata di acquisto e pagamento indennità locazione temporanea scaffalature Archivio regionale sito in località S. Palomba, Roma, via Ardeatina n. 2479/N, 2479/O, 2479/P. Impegno di spesa sul capitolo U0000S21401 della somma di euro 178.700,12 e di euro 120.199,28 sul capitolo di spesa U0000S24506, in favore della Società Kryalos sgr spa (cod. creditore 190900) ed impegno di euro 35,00 sul capitolo U0000T19427 per il pagamento del MAV in favore di A.N.A.C. (cod. creditore 159683).&amp;nbsp;
 </t>
         </is>
       </c>
       <c r="D811" t="s">
-        <v>548</v>
+        <v>701</v>
       </c>
       <c r="E811" s="2">
-        <v>44974</v>
+        <v>45049</v>
       </c>
     </row>
     <row r="812">
       <c r="A812">
-        <v>2808</v>
+        <v>2846</v>
       </c>
       <c r="B812">
         <v>2023</v>
       </c>
       <c r="C812" t="s">
-        <v>687</v>
+        <v>702</v>
       </c>
       <c r="D812" t="s">
-        <v>688</v>
+        <v>590</v>
       </c>
       <c r="E812" s="2">
-        <v>44971</v>
+        <v>45049</v>
       </c>
     </row>
     <row r="813">
       <c r="A813">
-        <v>2807</v>
+        <v>2845</v>
       </c>
       <c r="B813">
         <v>2023</v>
       </c>
       <c r="C813" t="inlineStr">
         <is>
-          <t>DGR 105/2020 Intervento n. 1 - Procedura negoziata ai sensi dell'art. 1, comma 2, lett. b) del D.L. 76/2020 come modificato dall'art. 51, comma 1, lett. a), sub 2.2 della Legge n. 108 del 29.7.2021, previa pubblicazione di avviso per manifestazione di interesse, per l'affidamento dei lavori relativi all'intervento di "Riqualificazione della scogliera sommersa e ripascimento in loc. Santa Severa" nel comune di Santa Marinella (RM).
+          <t>Affidamento diretto ai sensi del Decreto Legislativo 18 aprile 2016, n. 50 e ss.mm.ii, art 36, comma 2, lettera a) per un servizio di promozione d'imagine per la Regione Lazio in occasione dell'evento: "Race for the Cure", Roma 4-6 maggio 2023, in favore della GEVI SERVICE ITALIA srl (cod cred. 74352) CIG. ZC73AE6DB2.
 </t>
         </is>
       </c>
       <c r="D813" t="s">
-        <v>689</v>
+        <v>590</v>
       </c>
       <c r="E813" s="2">
-        <v>44970</v>
+        <v>45048</v>
       </c>
     </row>
     <row r="814">
       <c r="A814">
-        <v>2806</v>
+        <v>2844</v>
       </c>
       <c r="B814">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C814" t="inlineStr">
         <is>
-          <t>Programma Regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana - Fondo per la Progettazione di Opere Pubbliche - Intervento denominato "Ripascimento di un tratto di litorale di Ostia Levante nel Municipio X di Roma Capitale" CUP: F82B21000030005 - Affidamento diretto ai sensi dell'art. 1, comma 2, lett. a del D.L. 76/2020, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della Legge n. 108/2021, del servizio di rilievo batimetrico "single beam" delle aree identificate come "Fiumara Grande", "Porto di Ostia" e "Canale dei Pescatori".
+          <t>Affidamento, ai sensi dell'art. 63, comma 2, lettera b, punto elenco 3 del D.Lgs n. 50/2016, alla Società GEA s.r.l dei servizi per la piena fruibilità e utilizzabilità della parte del compendio immobiliare delimitato da via Galvani e via Volta, in qualità di sede del centro per l'impiego di Roma Testaccio (CIG 9577057573) Impegno di spesa di € 609.475,40 iva inclusa in favore della GEA s.r.l. (cod. cred. 203974), sul capitolo U0000F31181 e impegno spesa di € 225,00 sul capitolo U0000T19427 a favore dell'Autorità Nazionale Anticorruzione - ANAC (cod. cred. 159683). Esercizio finanziario 2022.
 </t>
         </is>
       </c>
       <c r="D814" t="s">
-        <v>690</v>
+        <v>703</v>
       </c>
       <c r="E814" s="2">
-        <v>44964</v>
+        <v>45042</v>
       </c>
     </row>
     <row r="815">
       <c r="A815">
-        <v>2805</v>
+        <v>2843</v>
       </c>
       <c r="B815">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="C815" t="inlineStr">
         <is>
-          <t>Affidamento in house - Servizio di somministrazione e gestione delle risorse umane per il supporto tecnico amministrativo delle strutture regionali impegnate sul POR FESR Lazio 2014-2020
+          <t>Progetto definitivo linea ferroviaria A.V./A.C. Roma – Napoli. Tratta Roma – Napoli - adeguamento gallerie ai requisiti minimi di cui al D.M. 28/10/2005 Gallerie Castello e Piccilli 1 e Piccilli 2 - CUP: J17I10002780001
 </t>
         </is>
       </c>
       <c r="D815" t="s">
-        <v>691</v>
+        <v>704</v>
       </c>
       <c r="E815" s="2">
-        <v>44963</v>
+        <v>45042</v>
       </c>
     </row>
     <row r="816">
       <c r="A816">
+        <v>2842</v>
+      </c>
+      <c r="B816">
+        <v>2023</v>
+      </c>
+      <c r="C816" t="inlineStr">
+        <is>
+          <t>Interventi di valorizzazione dei siti di rilevanza strategica della Regione lazio - primo semestre 2023. Impegno di spesa pari ad € 28.716,00 (I.V.A. Inclusa ) a favore di LAZIOcrea S.p.A. Capitolo U0000R31902 . Esercizio Finanziario 2023.
+</t>
+        </is>
+      </c>
+      <c r="D816" t="s">
+        <v>590</v>
+      </c>
+      <c r="E816" s="2">
+        <v>45019</v>
+      </c>
+    </row>
+    <row r="817">
+      <c r="A817">
+        <v>2841</v>
+      </c>
+      <c r="B817">
+        <v>2023</v>
+      </c>
+      <c r="C817" t="inlineStr">
+        <is>
+          <t>Gara comunitaria a procedura aperta per l'affidamento del "Servizio di assicurazione rischio infortuni per gli alunni delle&amp;nbsp;scuole pubbliche e paritarie di ogni ordine e grado e per il personale adibito alla sorveglianza degli stessi durante il trasporto&amp;nbsp;(art. 22 della l.r. n. 29/92)" - CIG: 96789477BC. Lotto unico.
+</t>
+        </is>
+      </c>
+      <c r="D817" t="s">
+        <v>705</v>
+      </c>
+      <c r="E817" s="2">
+        <v>45015</v>
+      </c>
+    </row>
+    <row r="818">
+      <c r="A818">
+        <v>2840</v>
+      </c>
+      <c r="B818">
+        <v>2023</v>
+      </c>
+      <c r="C818" t="inlineStr">
+        <is>
+          <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della&amp;nbsp;Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1.</t>
+        </is>
+      </c>
+      <c r="D818" t="s">
+        <v>706</v>
+      </c>
+      <c r="E818" s="2">
+        <v>45110</v>
+      </c>
+    </row>
+    <row r="819">
+      <c r="A819">
+        <v>2839</v>
+      </c>
+      <c r="B819">
+        <v>2023</v>
+      </c>
+      <c r="C819" t="s">
+        <v>707</v>
+      </c>
+      <c r="D819" t="s">
+        <v>708</v>
+      </c>
+      <c r="E819" s="2">
+        <v>45014</v>
+      </c>
+    </row>
+    <row r="820">
+      <c r="A820">
+        <v>2838</v>
+      </c>
+      <c r="B820">
+        <v>2023</v>
+      </c>
+      <c r="C820" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di Vaccini antinfluenzali 2023/2024 occorrenti alle Aziende Sanitarie della Regione Lazio, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori. Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 9015722".
+</t>
+        </is>
+      </c>
+      <c r="D820" t="s">
+        <v>709</v>
+      </c>
+      <c r="E820" s="2">
+        <v>45012</v>
+      </c>
+    </row>
+    <row r="821">
+      <c r="A821">
+        <v>2837</v>
+      </c>
+      <c r="B821">
+        <v>2023</v>
+      </c>
+      <c r="C821" t="inlineStr">
+        <is>
+          <t>Aggiudicazione asta pubblica vendita del taglio del lotto boschivo - taglio di fine turno del ceduo castanile - Particella Forestale n. 16 del PGAF della Tenuta Bosco Montagna (Comune di Viterbo). Accertamento in entrata sul capitolo del bilancio regionale E0000311525 della somma complessiva di € 360.800,00 - es. fin. 2023/2024, a carico della Ditta F.lli Baggiani di Baggiani Igino e C. sas (cod. cred. 210234).
+</t>
+        </is>
+      </c>
+      <c r="D821" t="s">
+        <v>590</v>
+      </c>
+      <c r="E821" s="2">
+        <v>45012</v>
+      </c>
+    </row>
+    <row r="822">
+      <c r="A822">
+        <v>2836</v>
+      </c>
+      <c r="B822">
+        <v>2023</v>
+      </c>
+      <c r="C822" t="inlineStr">
+        <is>
+          <t>Piano di Sviluppo e Coesione – PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020 Affidamento diretto dei servizi di ingegneria ed architettura di importo inferiore a 5.000,00 euro, ai sensi dell’art. 1, comma 2, lett. a) del D.L. n. 76 del 16/07/2020, convertito, con modificazioni, dalla Legge n. 120 dell’11/09/2020.
+</t>
+        </is>
+      </c>
+      <c r="D822" t="s">
+        <v>590</v>
+      </c>
+      <c r="E822" s="2">
+        <v>45012</v>
+      </c>
+    </row>
+    <row r="823">
+      <c r="A823">
+        <v>2835</v>
+      </c>
+      <c r="B823">
+        <v>2023</v>
+      </c>
+      <c r="C823" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2023 - prima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Nr. Gara 8982983.</t>
+        </is>
+      </c>
+      <c r="D823" t="s">
+        <v>710</v>
+      </c>
+      <c r="E823" s="2">
+        <v>45008</v>
+      </c>
+    </row>
+    <row r="824">
+      <c r="A824">
+        <v>2834</v>
+      </c>
+      <c r="B824">
+        <v>2023</v>
+      </c>
+      <c r="C824" t="inlineStr">
+        <is>
+          <t>Richiesta di offerta per l'affidamento diretto su M.E.La., per la fornitura e la stampa di tesserini venatori ed opuscoli contenenti&amp;nbsp;il calendario venatorio per la stagione 2023/2024.
+</t>
+        </is>
+      </c>
+      <c r="D824" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="825">
+      <c r="A825">
+        <v>2833</v>
+      </c>
+      <c r="B825">
+        <v>2022</v>
+      </c>
+      <c r="C825" t="inlineStr">
+        <is>
+          <t>Concessione alla Società ASTRAL S.p.A. dell’infrastruttura ferroviaria relativa alle ferrovie regionali “Roma – Lido di Ostia” e “Roma – Civita Castellana – Viterbo”. Approvazione della relazione di cui all’art. 34, comma 20, del D.L. n. 179/2012, dell’atto di concessione e dello schema di contratto di servizio.
+</t>
+        </is>
+      </c>
+      <c r="D825" t="s">
+        <v>590</v>
+      </c>
+      <c r="E825" s="2">
+        <v>45007</v>
+      </c>
+    </row>
+    <row r="826">
+      <c r="A826">
+        <v>2832</v>
+      </c>
+      <c r="B826">
+        <v>2022</v>
+      </c>
+      <c r="C826" t="inlineStr">
+        <is>
+          <t>Affidamento in concessione alla Società COTRAL SpA dei servizi di trasporto pubblico ferroviario di interesse regionale e locale sulle ferrovie regionali “Roma – Lido di Ostia” e “Roma – Civita Castellana – Viterbo”.
+</t>
+        </is>
+      </c>
+      <c r="D826" t="s">
+        <v>590</v>
+      </c>
+      <c r="E826" s="2">
+        <v>45007</v>
+      </c>
+    </row>
+    <row r="827">
+      <c r="A827">
+        <v>2831</v>
+      </c>
+      <c r="B827">
+        <v>2023</v>
+      </c>
+      <c r="C827" t="inlineStr">
+        <is>
+          <t>Impegno di spesa di euro 15.000,00 iva compresa sul capitolo U0000S23432 es. 2023 per il pagamento di fornitura di acqua in Piazza Pian de Valli - Terminillo - Rieti. Creditore Acqua Pubblica Sabina Spa (codice 177678).&amp;nbsp;
+</t>
+        </is>
+      </c>
+      <c r="D827" t="s">
+        <v>712</v>
+      </c>
+      <c r="E827" s="2">
+        <v>45006</v>
+      </c>
+    </row>
+    <row r="828">
+      <c r="A828">
+        <v>2830</v>
+      </c>
+      <c r="B828">
+        <v>2023</v>
+      </c>
+      <c r="C828" t="inlineStr">
+        <is>
+          <t>O.C.D.P.C. 388/2016 e 394/2016 e 489/2017: Ulteriori interventi urgenti di protezione civile conseguenti l'eccezionale evento sismico che ha colpito il territorio delle regioni Lazio, Marche, Umbria e Abruzzo il 24.08.2016. Determina a contrarre per l'affidamento diretto dei "Lavori di fognatura a servizio delle SAE di Santa Giusta in comune di Amatrice." a seguito del sisma del 24 agosto 2016. Approvazione del progetto e degli atti di gara. CUP F72E23000030001, CIG 97108330E7.</t>
+        </is>
+      </c>
+      <c r="D828" t="s">
+        <v>713</v>
+      </c>
+      <c r="E828" s="2">
+        <v>45006</v>
+      </c>
+    </row>
+    <row r="829">
+      <c r="A829">
+        <v>2829</v>
+      </c>
+      <c r="B829">
+        <v>2023</v>
+      </c>
+      <c r="C829" t="inlineStr">
+        <is>
+          <t>Programma Regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana - Fondo per la Progettazione di Opere Pubbliche - Intervento denominato “Ripascimento di un tratto di litorale di Ostia Levante nel Municipio X di Roma Capitale” – Affidamento diretto ai sensi dell’art. 1, comma 2, lett. a del D.L. 76/2020, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della Legge n. 108/2021, del servizio di caratterizzazione dei sedimenti marini presenti nelle aree di approvvigionamento identificate come “Fiumara Grande”, “Porto di Ostia” e “Canale dei Pescatori” e nelle aree di destinazione di detti sedimenti
+</t>
+        </is>
+      </c>
+      <c r="D829" t="s">
+        <v>714</v>
+      </c>
+      <c r="E829" s="2">
+        <v>45006</v>
+      </c>
+    </row>
+    <row r="830">
+      <c r="A830">
+        <v>2828</v>
+      </c>
+      <c r="B830">
+        <v>2023</v>
+      </c>
+      <c r="C830" t="inlineStr">
+        <is>
+          <t>Procedura aperta informatizzata per l’affidamento della&amp;nbsp;fornitura di aghi e siringhe destinata alle Aziende sanitarie e ospedaliere della Regione&amp;nbsp;Autonoma della Sardegna e della Regione Lazio - 2a edizione – ID ANAC 8398128
+</t>
+        </is>
+      </c>
+      <c r="D830" t="inlineStr">
+        <is>
+          <t>9039983DF4; 9040001CCF; 9040011512; 9040024FC9; 90400369B2; 9040051614; 9040059CAC; 9040082FA6; 90400927E9; 90401052A5; 9040115AE3; 9040123180; 9040131818; 90401442D4; 9040179FB2; 904018657C; 9040198F60; 9040203384; 9040212AEF; 9040256F3D; 9040262434; 9040274E18; 904028572E; 9040290B4D
+</t>
+        </is>
+      </c>
+      <c r="E830" s="2">
+        <v>45005</v>
+      </c>
+    </row>
+    <row r="831">
+      <c r="A831">
+        <v>2827</v>
+      </c>
+      <c r="B831">
+        <v>2022</v>
+      </c>
+      <c r="C831" t="inlineStr">
+        <is>
+          <t>Lavori di realizzazione Centro logistico Protezione civile di Capena (RM). Impegno di spesa di euro 324.264,82 sul capitolo U0000S22501, es. fin. 2022, in favore di LAZIOcrea Spa (cod. cred. 164838), per pagamento revisione prezzi ex art. 26 D.L. 50/22.
+</t>
+        </is>
+      </c>
+      <c r="D831" t="s">
+        <v>590</v>
+      </c>
+      <c r="E831" s="2">
+        <v>45005</v>
+      </c>
+    </row>
+    <row r="832">
+      <c r="A832">
+        <v>2826</v>
+      </c>
+      <c r="B832">
+        <v>2022</v>
+      </c>
+      <c r="C832" t="inlineStr">
+        <is>
+          <t>Attuazione dgr 761/2018 - realizzazione lavori di personalizzazione fase 4 nuova sede regionale di Roma "Camporomano". Impegno di spesa di euro 683.899,00 iva inclusa sul capitolo U0000S22511, es. fin. 2022, in favore di BPM (codice creditore 169918).
+</t>
+        </is>
+      </c>
+      <c r="D832" t="s">
+        <v>590</v>
+      </c>
+      <c r="E832" s="2">
+        <v>45005</v>
+      </c>
+    </row>
+    <row r="833">
+      <c r="A833">
+        <v>2825</v>
+      </c>
+      <c r="B833">
+        <v>2022</v>
+      </c>
+      <c r="C833" t="inlineStr">
+        <is>
+          <t>Lavori di realizzazione Centro logistico Protezione civile di Capena (RM). Impegno di spesa di euro 328.902,75 sul capitolo U0000S22501, es. fin. 2023, in favore di LAZIOcrea Spa (cod. cred. 164838), per finanziamento opere di bonifica rifiuti non pericolosi.
+</t>
+        </is>
+      </c>
+      <c r="D833" t="s">
+        <v>590</v>
+      </c>
+      <c r="E833" s="2">
+        <v>45005</v>
+      </c>
+    </row>
+    <row r="834">
+      <c r="A834">
+        <v>2824</v>
+      </c>
+      <c r="B834">
+        <v>2022</v>
+      </c>
+      <c r="C834" t="inlineStr">
+        <is>
+          <t>Approvazione proposta di sponsorizzazione monetaria per la riqualificazione e valorizzazione della Torre di Palidoro, di Leonardo Spa (codice debitore 26330). Accertamento sul capitolo di entrata E0000229146 della somma di euro 24.400,00.
+</t>
+        </is>
+      </c>
+      <c r="D834" t="s">
+        <v>590</v>
+      </c>
+      <c r="E834" s="2">
+        <v>45005</v>
+      </c>
+    </row>
+    <row r="835">
+      <c r="A835">
+        <v>2823</v>
+      </c>
+      <c r="B835">
+        <v>2022</v>
+      </c>
+      <c r="C835" t="inlineStr">
+        <is>
+          <t>Progetto I202201694. Campagna "Art Bonus - Regione Lazio" - impegno di spesa di euro 68.132,92 sul capitolo U0000G24106 e di euro 24.658,66 sul capitolo U0000G11119, es. fin. 2022, in favore di LAZIOCrea s.p.a, (cod. cred. 164838), in qualità di Soggetto attuatore del "Programma degli interventi" di cui alla dgr n. 781/2016.
+</t>
+        </is>
+      </c>
+      <c r="D835" t="s">
+        <v>590</v>
+      </c>
+      <c r="E835" s="2">
+        <v>45005</v>
+      </c>
+    </row>
+    <row r="836">
+      <c r="A836">
+        <v>2822</v>
+      </c>
+      <c r="B836">
+        <v>2022</v>
+      </c>
+      <c r="C836" t="inlineStr">
+        <is>
+          <t>Impegno di spesa di euro 500.000,00 iva compresa sul capitolo U0000S23432, es. fin. 2023, per pagamento fornitura acqua relativa agli immobili diversi da quelli istituzionali, Creditore Acea Ato 2 Spa (89736), impegno di spesa di euro 225,00 sul capitolo U0000T19427, es. fin. 2022, per il pagamento del MAV in favore di A.N.A.C. (codice creditore 159683).
+</t>
+        </is>
+      </c>
+      <c r="D836" t="s">
+        <v>715</v>
+      </c>
+      <c r="E836" s="2">
+        <v>45005</v>
+      </c>
+    </row>
+    <row r="837">
+      <c r="A837">
+        <v>2821</v>
+      </c>
+      <c r="B837">
+        <v>2022</v>
+      </c>
+      <c r="C837" t="inlineStr">
+        <is>
+          <t>Autorizzazione affidamento mediante trattativa diretta, ex art. 36, co. 2, lett. a) del D.Lgs. n. 50/2016 e ss.mm.ii., tramite il mercato elettronico della Regione Lazio (Me.La.) della piattaforma telematica S.TEL.LA, per servizi tecnici per il collaudo attività di cure colturali sulle PF 4, 8, 11, 14, 19 del vigente P.G.A.F. del comprensorio Bosco Montagna. Impegno di spesa di € 12.500,00 sul cap. U0000S21909, es. fin. 2022, in favore del dott. Stefano Spina (cod. cred. 238805)
+</t>
+        </is>
+      </c>
+      <c r="D837" t="s">
+        <v>716</v>
+      </c>
+      <c r="E837" s="2">
+        <v>45005</v>
+      </c>
+    </row>
+    <row r="838">
+      <c r="A838">
+        <v>2820</v>
+      </c>
+      <c r="B838">
+        <v>2023</v>
+      </c>
+      <c r="C838" t="inlineStr">
+        <is>
+          <t>Selezione di proposte progettuali volte alla realizzazione di impianti di produzione di idrogeno rinnovabile in aree industriali dismesse, da finanziare nell'ambito del Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 2 "Rivoluzione verde e transizione ecologica", Componente 2 "Energia rinnovabile, idrogeno, rete e mobilità sostenibile", Investimento 3.1 "Produzione in aree industriali dismesse", finanziato dall'Unione Europea - Next Generation EU.
+</t>
+        </is>
+      </c>
+      <c r="D838" t="s">
+        <v>590</v>
+      </c>
+      <c r="E838" s="2">
+        <v>45001</v>
+      </c>
+    </row>
+    <row r="839">
+      <c r="A839">
+        <v>2819</v>
+      </c>
+      <c r="B839">
+        <v>2023</v>
+      </c>
+      <c r="C839" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2023 - 2 tranche,&amp;nbsp;nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di&amp;nbsp;farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre.&amp;nbsp;Approvazione schemi, atti e indizione gara. Nr. Gara &amp;nbsp;8982095
+</t>
+        </is>
+      </c>
+      <c r="D839" t="s">
+        <v>717</v>
+      </c>
+      <c r="E839" s="2">
+        <v>45000</v>
+      </c>
+    </row>
+    <row r="840">
+      <c r="A840">
+        <v>2818</v>
+      </c>
+      <c r="B840">
+        <v>2023</v>
+      </c>
+      <c r="C840" t="inlineStr">
+        <is>
+          <t>“Intervento n. 68 "Rifacimento della pavimentazione della banchina in destra idraulica tra ponte Duca d'Aosta e ponte Risorgimento". CUP: F88H22000900005 - CIG 9700574EE4</t>
+        </is>
+      </c>
+      <c r="D840" t="s">
+        <v>718</v>
+      </c>
+      <c r="E840" s="2">
+        <v>44995</v>
+      </c>
+    </row>
+    <row r="841">
+      <c r="A841">
+        <v>2817</v>
+      </c>
+      <c r="B841">
+        <v>2023</v>
+      </c>
+      <c r="C841" t="s">
+        <v>719</v>
+      </c>
+      <c r="D841" t="s">
+        <v>720</v>
+      </c>
+      <c r="E841" s="2">
+        <v>44995</v>
+      </c>
+    </row>
+    <row r="842">
+      <c r="A842">
+        <v>2816</v>
+      </c>
+      <c r="B842">
+        <v>2023</v>
+      </c>
+      <c r="C842" t="s">
+        <v>721</v>
+      </c>
+      <c r="D842" t="s">
+        <v>722</v>
+      </c>
+      <c r="E842" s="2">
+        <v>44995</v>
+      </c>
+    </row>
+    <row r="843">
+      <c r="A843">
+        <v>2815</v>
+      </c>
+      <c r="B843">
+        <v>2023</v>
+      </c>
+      <c r="C843" t="s">
+        <v>723</v>
+      </c>
+      <c r="D843" t="s">
+        <v>724</v>
+      </c>
+      <c r="E843" s="2">
+        <v>44995</v>
+      </c>
+    </row>
+    <row r="844">
+      <c r="A844">
+        <v>2814</v>
+      </c>
+      <c r="B844">
+        <v>2023</v>
+      </c>
+      <c r="C844" t="inlineStr">
+        <is>
+          <t>Procedura aperta per la conclusione di un accordo quadro per il servizio di test genomici ormono-responsivo nelle pazienti con carcinoma mammario in stadio precoce - Numero Gara 8965190.</t>
+        </is>
+      </c>
+      <c r="D844" t="s">
+        <v>725</v>
+      </c>
+      <c r="E844" s="2">
+        <v>44992</v>
+      </c>
+    </row>
+    <row r="845">
+      <c r="A845">
+        <v>2813</v>
+      </c>
+      <c r="B845">
+        <v>2023</v>
+      </c>
+      <c r="C845" t="inlineStr">
+        <is>
+          <t>DGR 105/2020 Intervento n. 1 - Affidamento, ai sensi dell'art. 1, comma 2, lett. a) del D.L. 76/2020 e ss.mm.ii, del servizio di ricognizione preventiva archeologica subacquea delle aree interessate dai lavori e assistenza archeologica in corso d'opera nell'ambito dell'intervento denominato "Riqualificazione della scogliera sommersa e ripascimento in loc. Santa Severa" nel comune di Santa Marinella (RM)
+</t>
+        </is>
+      </c>
+      <c r="D845" t="s">
+        <v>726</v>
+      </c>
+      <c r="E845" s="2">
+        <v>44981</v>
+      </c>
+    </row>
+    <row r="846">
+      <c r="A846">
+        <v>2812</v>
+      </c>
+      <c r="B846">
+        <v>2023</v>
+      </c>
+      <c r="C846" t="inlineStr">
+        <is>
+          <t>Servizio per la redazione del progetto definitivo ed esecutivo nonché del CSE in fase di progettazione intervento 12IR010/G1 - "Lavori di completamento del collettore del Fosso della Patatona.</t>
+        </is>
+      </c>
+      <c r="D846" t="s">
+        <v>727</v>
+      </c>
+      <c r="E846" s="2">
+        <v>44980</v>
+      </c>
+    </row>
+    <row r="847">
+      <c r="A847">
+        <v>2811</v>
+      </c>
+      <c r="B847">
+        <v>2023</v>
+      </c>
+      <c r="C847" t="inlineStr">
+        <is>
+          <t>DGR 105/2020 intervento n. 1 "Riqualificazione della scogliera sommersa e ripascimento in loc. Santa Severa" nel comune di Santa Marinella (RM) - Affidamento del servizio di Bonifica Bellica Sistematica Terrestre e Subacquea per ordigni residuati bellici inesplosi.
+</t>
+        </is>
+      </c>
+      <c r="D847" t="s">
+        <v>728</v>
+      </c>
+      <c r="E847" s="2">
+        <v>44977</v>
+      </c>
+    </row>
+    <row r="848">
+      <c r="A848">
+        <v>2810</v>
+      </c>
+      <c r="B848">
+        <v>2023</v>
+      </c>
+      <c r="C848" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020 Call for proposal "Energia sostenibile 2.0" Asse Prioritario 4 Azione 4.1.1 _ 8^Aggiornamento elenco operatori economici abilitati a svolgere il servizio di certificazione della prestazione energetica degli edifici, di importo inferiore a 5.000,00 euro, mediante affidamento diretto ai sensi dell'art. 1, comma 2, lett. a del D.L. 76/2020, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della Legge n. 108/2021.
+</t>
+        </is>
+      </c>
+      <c r="D848" t="s">
+        <v>590</v>
+      </c>
+      <c r="E848" s="2">
+        <v>44974</v>
+      </c>
+    </row>
+    <row r="849">
+      <c r="A849">
+        <v>2809</v>
+      </c>
+      <c r="B849">
+        <v>2023</v>
+      </c>
+      <c r="C849" t="inlineStr">
+        <is>
+          <t>Campagna informativa Elezioni regionali 12 e 13 febbraio 2023. Impegno di spesa di euro 122.000,00 (I.V.A. inclusa) a favore&amp;nbsp;di LAZIOcrea S.p.A. - Capitolo U0000C21924 - Esercizio Finanziario 2023.
+</t>
+        </is>
+      </c>
+      <c r="D849" t="s">
+        <v>590</v>
+      </c>
+      <c r="E849" s="2">
+        <v>44974</v>
+      </c>
+    </row>
+    <row r="850">
+      <c r="A850">
+        <v>2808</v>
+      </c>
+      <c r="B850">
+        <v>2023</v>
+      </c>
+      <c r="C850" t="s">
+        <v>729</v>
+      </c>
+      <c r="D850" t="s">
+        <v>730</v>
+      </c>
+      <c r="E850" s="2">
+        <v>44971</v>
+      </c>
+    </row>
+    <row r="851">
+      <c r="A851">
+        <v>2807</v>
+      </c>
+      <c r="B851">
+        <v>2023</v>
+      </c>
+      <c r="C851" t="inlineStr">
+        <is>
+          <t>DGR 105/2020 Intervento n. 1 - Procedura negoziata ai sensi dell'art. 1, comma 2, lett. b) del D.L. 76/2020 come modificato dall'art. 51, comma 1, lett. a), sub 2.2 della Legge n. 108 del 29.7.2021, previa pubblicazione di avviso per manifestazione di interesse, per l'affidamento dei lavori relativi all'intervento di "Riqualificazione della scogliera sommersa e ripascimento in loc. Santa Severa" nel comune di Santa Marinella (RM).
+</t>
+        </is>
+      </c>
+      <c r="D851" t="s">
+        <v>731</v>
+      </c>
+      <c r="E851" s="2">
+        <v>44970</v>
+      </c>
+    </row>
+    <row r="852">
+      <c r="A852">
+        <v>2806</v>
+      </c>
+      <c r="B852">
+        <v>2023</v>
+      </c>
+      <c r="C852" t="inlineStr">
+        <is>
+          <t>Programma Regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana - Fondo per la Progettazione di Opere Pubbliche - Intervento denominato "Ripascimento di un tratto di litorale di Ostia Levante nel Municipio X di Roma Capitale" CUP: F82B21000030005 - Affidamento diretto ai sensi dell'art. 1, comma 2, lett. a del D.L. 76/2020, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della Legge n. 108/2021, del servizio di rilievo batimetrico "single beam" delle aree identificate come "Fiumara Grande", "Porto di Ostia" e "Canale dei Pescatori".
+</t>
+        </is>
+      </c>
+      <c r="D852" t="s">
+        <v>732</v>
+      </c>
+      <c r="E852" s="2">
+        <v>44964</v>
+      </c>
+    </row>
+    <row r="853">
+      <c r="A853">
+        <v>2805</v>
+      </c>
+      <c r="B853">
+        <v>2021</v>
+      </c>
+      <c r="C853" t="inlineStr">
+        <is>
+          <t>Affidamento in house - Servizio di somministrazione e gestione delle risorse umane per il supporto tecnico amministrativo delle strutture regionali impegnate sul POR FESR Lazio 2014-2020
+</t>
+        </is>
+      </c>
+      <c r="D853" t="s">
+        <v>733</v>
+      </c>
+      <c r="E853" s="2">
+        <v>44963</v>
+      </c>
+    </row>
+    <row r="854">
+      <c r="A854">
         <v>2804</v>
       </c>
-      <c r="B816">
+      <c r="B854">
         <v>2021</v>
       </c>
-      <c r="C816" t="inlineStr">
+      <c r="C854" t="inlineStr">
         <is>
           <t>Affidamento in house - Servizio di gestione dell'avviso pubblico a sportello per il sostegno alle librerie indipendenti del Lazio - Laziocrea S.p.A.
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="D816" t="s">
-[...2 lines deleted...]
-      <c r="E816" s="2">
+      <c r="D854" t="s">
+        <v>733</v>
+      </c>
+      <c r="E854" s="2">
         <v>44963</v>
-      </c>
-[...753 lines deleted...]
-        <v>44918</v>
       </c>
     </row>
     <row r="855">
       <c r="A855">
-        <v>2765</v>
+        <v>2803</v>
       </c>
       <c r="B855">
-        <v>2022</v>
-[...5 lines deleted...]
-        </is>
+        <v>2017</v>
+      </c>
+      <c r="C855" t="s">
+        <v>734</v>
       </c>
       <c r="D855" t="s">
-        <v>726</v>
+        <v>733</v>
       </c>
       <c r="E855" s="2">
-        <v>45005</v>
+        <v>44963</v>
       </c>
     </row>
     <row r="856">
       <c r="A856">
-        <v>2764</v>
+        <v>2802</v>
       </c>
       <c r="B856">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="C856" t="inlineStr">
         <is>
-          <t>Fondo complementare al Piano Nazionale di Ripresa e Resilienza (PNRR) - "SICURO, VERDE E SOCIALE: RIQUALIFICAZIONE DELL'EDILIZIA RESIDENZIALE PUBBLICA" - Missione 2, Componente 3 (M2C3) - "Lavori di miglioramento sismico, efficientamento energetico e razionalizzazione spazi in Palazzo Dell'Orologio - Comune di Orte".&amp;nbsp;CUP: G92C21000700006 - CIG 9553674530
+          <t>Affidamento in house a Lazio Innova SpA - Attuazione Piano Operativo di Assistenza Tecnica presentato da Lazio Innova S.p.A. nell'ambito dell'Azione 4.1.1 POR FESR Lazio 2014-2020 Promozione dell'eco-efficienza e riduzione di consumi di energia primaria negli edifici e strutture pubbliche.
 </t>
         </is>
       </c>
       <c r="D856" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
       <c r="E856" s="2">
-        <v>44916</v>
+        <v>44963</v>
       </c>
     </row>
     <row r="857">
       <c r="A857">
-        <v>2763</v>
+        <v>2801</v>
       </c>
       <c r="B857">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C857" t="inlineStr">
         <is>
-          <t>Legge regionale n. 27/1998 -Art. 39 bis - Approvazione del bando per l'acquisizione di manifestazioni di interesse da parte dei Comuni della Regione Lazio tese all'ottenimento di contributi per la rimozione e lo smaltimento di rifiuti potenzialmente inquinanti abbandonati in siti dismessi.
-[...4 lines deleted...]
-        <v>548</v>
+          <t>Gara comunitaria centralizzata finalizzata alla stipula di un accordo quadro per fornitura di stent vascolari occorrenti alle Aziende sanitarie della Regione Lazio e della Regione Calabria.&amp;nbsp;</t>
+        </is>
+      </c>
+      <c r="D857" t="inlineStr">
+        <is>
+          <t>95923880FF; 95924704A9; 9592561FBE; 95933613F0; 959367463B; 9593698A08; 95937271F9; 9593779CDF; 9593876CEB; 959392555D; 9596536009; 95965950B9; 95966183B3; 9596629CC4; 9596646ACC; 9596666B4D; 9596691FED; 959675980D; 9596784CAD; 9596904FB3; 959693594A; 959694518D; 9596953825; 9596961EBD; 95990087FC; 95990678AC; 95991236E3; 9599138345; 9599162712; 9599188C85; 9599211F7F; 9599252159;&amp;nbsp;959929332E; 9599309063; 9599367040; 9599400B78; 959942501D; 9599482F22; 9599500DFD; 959960764C; 95996276CD; 95996390B6; 959981304D; 959982495E; 959983741A; 9599848D2B; 95998552F5; 9599860714
+</t>
+        </is>
       </c>
       <c r="E857" s="2">
-        <v>44916</v>
+        <v>44959</v>
       </c>
     </row>
     <row r="858">
       <c r="A858">
-        <v>2762</v>
+        <v>2800</v>
       </c>
       <c r="B858">
         <v>2022</v>
       </c>
       <c r="C858" t="inlineStr">
         <is>
-          <t>Procedura negoziata ai sensi dell'art. 57, comma 5, lett. A, D. Lgs 163/06 e ss.mm.ii, per l'affidamento al RTI Intellera Consulting srl - Ecoter srl dei "Servizi di supporto specialistico e assistenza tecnica alle Autorità di gestione e di certificazione per l'attuazione dei Programmi Operativi 2014-2020", complementari a quelli affidati con l'Ordinativo di fornitura n. 5052148 del 22/07/2019 e successivi atti in variazione all'Ordinativo di fornitura n. 5951734 del 28/12/2020 e n.6690439 del 09/03/2022.
+          <t>Progetto “IMPROGRAM” - PON GOV 2014-2020- Asse 7-Az. 7.2.1. &amp;nbsp;CUP F89G22000250006. CIG Z9338F2104. Determinazione a contrattare per l’affidamento di fornitura di dotazioni informatiche ai sensi dell’art. 36, comma 2, lettera a) del D.Lgs. 50/2016 mediante &amp;nbsp;confronto di preventivi con più operatori economici sul Mercato Elettronico della Pubblica Amministrazione (MePA).&amp;nbsp;
 </t>
         </is>
       </c>
       <c r="D858" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="E858" s="2">
-        <v>44916</v>
+        <v>44957</v>
       </c>
     </row>
     <row r="859">
       <c r="A859">
-        <v>2761</v>
+        <v>2799</v>
       </c>
       <c r="B859">
         <v>2022</v>
       </c>
-      <c r="C859" t="inlineStr">
-[...3 lines deleted...]
-        </is>
+      <c r="C859" t="s">
+        <v>736</v>
       </c>
       <c r="D859" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="E859" s="2">
-        <v>44915</v>
+        <v>44953</v>
       </c>
     </row>
     <row r="860">
       <c r="A860">
-        <v>2760</v>
+        <v>2798</v>
       </c>
       <c r="B860">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C860" t="inlineStr">
         <is>
-          <t>Procedura aperta, suddivisa in 7 Lotti, finalizzata alla stipula di Convenzioni quadro per l'affidamento dei servizi di Vigilanza armata e guardiania per le Amministrazioni del territorio della Regione Lazio. N. gara 8831195</t>
+          <t>Affidamento diretto ai sensi dell’art. 1, comma 2, lett. a) del D.L. 76/2020 e ss.mm.ii. per la fornitura e posa in opera di due chioschi amovibili per il Parco Tevere Magliana e per il Parco Tevere Marconi&amp;nbsp;</t>
         </is>
       </c>
       <c r="D860" t="s">
-        <v>730</v>
+        <v>738</v>
       </c>
       <c r="E860" s="2">
-        <v>44914</v>
+        <v>44946</v>
       </c>
     </row>
     <row r="861">
       <c r="A861">
-        <v>2759</v>
+        <v>2797</v>
       </c>
       <c r="B861">
         <v>2022</v>
       </c>
       <c r="C861" t="inlineStr">
         <is>
-          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR Lazio 2014-2020, Intervento A0100E00330 presso la Scuola Media "Aldo Manuzio" di Latina Scalo - Comune di Latina. Affidamento servizio pubblicazione Avviso di Variante, perfezionamento della prenotazione di impegno n. 67071/2022 di € 774,36= attribuendola al creditore certo Soc. Lexmedia S.r.l. (cod. creditore 112034), disimpegno della somma di € 445,64= per ribasso d'asta sul capitolo U0000A42502 ed accertamento a favore dell'Impresa NOVATECH S.R.L. (codice creditore n. 210316) dell'importo di € 774,36= = sul capitolo di entrata E0000331530. Es. fin. 2022. &amp;nbsp;CUP F24D17000010006 _CIG Z3A3901999
+          <t>Affidamento dei servizi di TPL automobilistico extraurbano. Approvazione della relazione redatta ai sensi&amp;nbsp;dell'art. 34, comma 20, del D.L. n. 179/2012 e della Misura 2, punto 2, della delibera dell'Autorità di&amp;nbsp;Regolazione dei Trasporti (ART) n. 154/2019, e dello schema di contratto di servizio.
 </t>
         </is>
       </c>
       <c r="D861" t="s">
-        <v>731</v>
+        <v>590</v>
       </c>
       <c r="E861" s="2">
-        <v>44914</v>
+        <v>44578</v>
       </c>
     </row>
     <row r="862">
       <c r="A862">
-        <v>2758</v>
+        <v>2796</v>
       </c>
       <c r="B862">
         <v>2022</v>
       </c>
       <c r="C862" t="inlineStr">
         <is>
-          <t>Programma Regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana - Fondo&amp;nbsp;per la Progettazione di Opere Pubbliche - Affidamento diretto ai sensi dell'art. 1, comma 2, lett. a del D.L. 76/2020, come&amp;nbsp;modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della Legge n. 108/2021, del servizio per la redazione del progetto esecutivo e del coordinamento della sicurezza in fase di progettazione dell'intervento denominato "Ripascimento di un tratto di&amp;nbsp;litorale di Ostia Levante nel Municipio X di Roma Capitale" CUP: F82B21000030005 CIG: 94382523F1
+          <t>COMPLETAMENTO DELLA FASE FINALE DELL'INTERVENTO DI BONIFICA DELLA EX DISCARICA ABUSIVA IN VIA DONEGANI, LOC. LUNGHEZZA E SISTEMAZIONE FINALE DELL'AREA VARIANTE AL PROGETTO DI CUI ALLA DETERMINAZIONE DEL COMUNE DI ROMA N.748 DEL 20 APRILE 2011. ACCORDO QUADRO PER IL RIPRISTINO PACCHETTO DI SPONDA DANNEGGIATO E GESTIONE DELL'EX DISCARICA DI LUNGHEZZA.
 </t>
         </is>
       </c>
       <c r="D862" t="s">
-        <v>732</v>
+        <v>739</v>
       </c>
       <c r="E862" s="2">
-        <v>44908</v>
+        <v>44942</v>
       </c>
     </row>
     <row r="863">
       <c r="A863">
-        <v>2757</v>
+        <v>2795</v>
       </c>
       <c r="B863">
         <v>2022</v>
       </c>
-      <c r="C863" t="s">
-        <v>733</v>
+      <c r="C863" t="inlineStr">
+        <is>
+          <t>Contratto applicativo n. 3 dell'accordo quadro per l'affidamento della fornitura di nuovi treni da adibire al trasporto pubblico per le ferrovie regionali Roma - Lido di Ostia e Roma - Civita Castellana - Viterbo.
+</t>
+        </is>
       </c>
       <c r="D863" t="s">
-        <v>734</v>
+        <v>740</v>
       </c>
       <c r="E863" s="2">
-        <v>44907</v>
+        <v>44939</v>
       </c>
     </row>
     <row r="864">
       <c r="A864">
-        <v>2756</v>
+        <v>2794</v>
       </c>
       <c r="B864">
         <v>2022</v>
       </c>
       <c r="C864" t="inlineStr">
         <is>
-          <t>Lavori per la realizzazione di una struttura composta da due container, in parte prefabbricati ed in parte realizzati in opera, per accogliere il PUA (ufficio e sala attesa) in prossimità del PASS nel comune di Amatrice.
+          <t>Affidamento del servizio di assistenza giuridica per la predisposizione e la gestione servizi di trasporto pubblico locale automobilistico e ferroviario, i progetti di investimento a valere sui fondi PNRR, PNC e PSNMS e la programmazione regionale dei servizi di trasporto pubblico.
 </t>
         </is>
       </c>
       <c r="D864" t="s">
-        <v>735</v>
+        <v>741</v>
       </c>
       <c r="E864" s="2">
-        <v>44901</v>
+        <v>44939</v>
       </c>
     </row>
     <row r="865">
       <c r="A865">
-        <v>2755</v>
+        <v>2793</v>
       </c>
       <c r="B865">
         <v>2022</v>
       </c>
       <c r="C865" t="inlineStr">
         <is>
-          <t>Lavori di riqualificazione ed adeguamento, dell'ex istituto omnicomprensivo nella frazione di "Villa San Cipriano" di Amatrice al fine di realizzare il nuovo posto di assistenza sociosanitaria (PASS) nel Comune di Amatrice - frazione Villa San Cipriano. Approvazione Perizia di variante redatta ai sensi dell'art. 106 comma 1 lettera c) e comma 7 del D.lgs. 20/2016.
-[...4 lines deleted...]
-        <v>736</v>
+          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 84 lotti, finalizzata alla stipula di convenzioni per la fornitura di aghi e siringhe occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio e della Regione Calabria. Approvazione schemi atti, indizione gara e sostituzione del Responsabile Unico del Procedimento. Numero gara 8780148</t>
+        </is>
+      </c>
+      <c r="D865" t="inlineStr">
+        <is>
+          <t>947074847D; 947076200C; 94707706A4; 9470783160; 9470816C98; 9470837DEC; 94708508A8; 9470859018; 9470870929; 9470877EEE; 9470891A7D; 9471046A66; 9471047B39; 9471051E85; 947106279B; 94711006F7; 9471106BE9; 9471109E62; 9471115359; 94711185D2; 94711239F1; 947113108E; 9471137580; 9471143A72; 9471145C18; 9471149F64; 94711521E2; 9471154388; 947115652E; 94711597A7; 9471166D6C; 9471171190; 9471173336; 94711765AF; 9471179828; 9471182AA1; 9471184C47; 9471185D1A; 9471188F93; 947119448A; 9471197703; 9471201A4F; 9471206E6E; 94712090EC; 9471211292; 94712166B1; 947121992A; 9471225E1C; 9471309371; 94713125EA; 9471314790; 9471317A09; 9471319BAF; 9471324FCE; 947132724C; 947133373E; 94713358E4; 9471338B5D; 9471341DD6; 9471343F7C; 9471344054; 94713472CD; 9471350546; 9471351619; 94713537BF; 9471356A38; 9471360D84; 9471362F2A; 9471363002; 947136627B; 947136734E; 94713705C7; 9471373840; 9471374913; 94713759E6; 9471376AB9; 9471377B8C; 9471380E05; 9471383083; 9471384156; 94713862FC; 94713884A2; 947139171B; 9471394994
+</t>
+        </is>
       </c>
       <c r="E865" s="2">
-        <v>44901</v>
+        <v>44938</v>
       </c>
     </row>
     <row r="866">
       <c r="A866">
-        <v>2754</v>
+        <v>2792</v>
       </c>
       <c r="B866">
         <v>2022</v>
       </c>
       <c r="C866" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di Convenzioni per l'affidamento del servizio di trasporto e conferimento ad impianti di smaltimento dei rifiuti speciali pericolosi e non pericolosi derivanti da attività sanitarie delle Aziende sanitarie della Regione Lazio. Approvazione schemi atti e indizione gara. Numero gara 8808261.
+          <t>Affidamento diretto, ai sensi dell’art. 1, comma 2, lett. a) del DL 76/2020 e ss.mm.ii., del servizio di elaborazione di uno studio idraulico – idrogeologico e di idonee prescrizioni per la minimizzazione degli impatti nell’area estrattiva del travertino nei Comune di Tivoli e Guidonia Montecelio, in attuazione di quanto disposto dall’articolo 46 “Cave” delle Norme Tecniche di Attuazione del “Piano di bacino del fiume Tevere - Piano stralcio per il tratto metropolitano del Tevere da Castel Giubileo alla foce (PS 5)”.
 </t>
         </is>
       </c>
       <c r="D866" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="E866" s="2">
-        <v>44895</v>
+        <v>44938</v>
       </c>
     </row>
     <row r="867">
       <c r="A867">
-        <v>2753</v>
+        <v>2791</v>
       </c>
       <c r="B867">
         <v>2022</v>
       </c>
       <c r="C867" t="inlineStr">
         <is>
-          <t>Procedura aperta per l'affidamento della fornitura del Servizio di mediazione linguistica tramite interpretariato telefonico di emergenza da remoto per le esigenze della Centrale Unica di Risposta 112 N.U.E-edizione 2
+          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lett. a) del D.Lgs. n. 50/2016 e ss.mm.ii., del servizio di assistenza e supporto di natura giuridico-legale per l'ottimizzazione dei procedimenti sulle materie di competenza della Direzione Regionale Ciclo dei Rifiuti.
 </t>
         </is>
       </c>
       <c r="D867" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="E867" s="2">
-        <v>44895</v>
+        <v>44937</v>
       </c>
     </row>
     <row r="868">
       <c r="A868">
-        <v>2752</v>
+        <v>2790</v>
       </c>
       <c r="B868">
         <v>2022</v>
       </c>
       <c r="C868" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 1, comma 2, lett. a) del D.L. 76/2020 e ss.mm.ii. per l'esecuzione delle indagini e delle prove sulle strutture e sui materiali relative all'intervento denominato: "intervento di recupero della chiesa dell'ospedale Grifoni" nel comune di Amatrice (RI)" (Ordinanza n. 109 del 21/11/2020 - codice intervento n. 354). CUP: F74J20000010005
-</t>
+          <t>Intervento di pulizia dell'area sita in Roma tra via del Foro Italico e Via della Foce dell'Aniene in corrispondenza dell'ex campo nomadi, dalla situazione di degrado igienico - sanitario - ambientale tramite rimozione dei rifiuti e ripristino delle condizioni di sicurezza idraulica</t>
         </is>
       </c>
       <c r="D868" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="E868" s="2">
-        <v>44893</v>
+        <v>44936</v>
       </c>
     </row>
     <row r="869">
       <c r="A869">
-        <v>2751</v>
+        <v>2789</v>
       </c>
       <c r="B869">
         <v>2022</v>
       </c>
-      <c r="C869" t="s">
-        <v>740</v>
+      <c r="C869" t="inlineStr">
+        <is>
+          <t>Intervento di eliminazione del degrado igienico sanitario, ambientale e al ripristino delle condizioni di sicurezza idraulica -Lungotevere Foro Italico altezza via del Baiardo in Comune di Roma
+</t>
+        </is>
       </c>
       <c r="D869" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="E869" s="2">
-        <v>44883</v>
+        <v>44936</v>
       </c>
     </row>
     <row r="870">
       <c r="A870">
-        <v>2750</v>
+        <v>2788</v>
       </c>
       <c r="B870">
         <v>2022</v>
       </c>
       <c r="C870" t="inlineStr">
         <is>
-          <t>"Ottobre Rosa 2022" - Campagna di comunicazione istituzionale della Regione Lazio. &amp;nbsp;Impegno di spesa complessivo di € 178.274,56 (IVA inclusa) a creditori diversi. Capitolo di spesa U0000H11726 - Es. Fin. 2022.
-[...7 lines deleted...]
-        </is>
+          <t>Affidamento delle attività di redazione degli elaborati tecnico-economici per l'aggiornamento dei prezzi del progetto esecutivo "realizzazione del fanale verde, della passeggiata su molo sopraflutto, della segnaletica, della motopompa dell'impianto antincendio, dell'impianto di videosorveglianza, riqualificazione dell'impianto elettrico nonché sostituzione delle lampade e dei parabordi nelle aree del porto Nuovo di Ventotene" approvato con determinazione della Direzione Infrastrutture e Mobilità n. G04467 del 17/04/2020_ impegno di spesa di € 5.709,60 sul cap. U0000D22511 es. fin. 2022 in favore società Kairos Engineering S.r.l. (cod. cred. 183527) - CIG ZBA38C4841.
+</t>
+        </is>
+      </c>
+      <c r="D870" t="s">
+        <v>746</v>
       </c>
       <c r="E870" s="2">
-        <v>44881</v>
+        <v>44935</v>
       </c>
     </row>
     <row r="871">
       <c r="A871">
-        <v>2749</v>
+        <v>2787</v>
       </c>
       <c r="B871">
         <v>2022</v>
       </c>
       <c r="C871" t="inlineStr">
         <is>
-          <t>Affidamento, ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a), di un servizio di attività di comunicazione Podcast "7Vite". Attribuzione dal creditore da MINE srl al creditore THE LENS srls dell'impegno n. 39422/2022 di € 28.060,00 IVA inclusa - Capitolo U0000R31902 - Esercizio finanziario 2022.
+          <t>Affidamento diretto, ai sensi dell'art. 1, co. 2, lett. a), della Legge 120/2020, per l'acquisizione di un servizio di Assistenza Tecnica all'O.I. dell'Autorità di Certificazione per il PO FEAMP 2014-2020, attraverso TD sul MEPA (RdO n. 3194243) con D.T.M. S.r.l. (cod. cred.: 118599). Impegno di spesa di 20.203,20 euro per il 2022 e 77.409,00 euro per il 2023, per un totale di 97.612,20 euro (IVA inclusa, 22%), a favore di D.T.M. S.r.l., a valere sui Capitoli di bilancio U0000A14156, U0000A14157 e U0000A14158 e di 30,00 euro a favore dell'ANAC, quale contributo per le gare pubbliche di lavori, servizi e forniture, a valere sul Capitolo U0000T19427.CIG: 9310683AAA. CUP: F81C21000020006.
 </t>
         </is>
       </c>
       <c r="D871" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="E871" s="2">
-        <v>44881</v>
+        <v>44935</v>
       </c>
     </row>
     <row r="872">
       <c r="A872">
-        <v>2748</v>
+        <v>2786</v>
       </c>
       <c r="B872">
         <v>2022</v>
       </c>
       <c r="C872" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a), del d.lgs. n. 50/2016, per l'acquisizione della fornitura di uno schermo portatile per videoproiezioni, dotato di relativo supporto, necessario alle attività del Nucleo Regionale dei Conti Pubblici Territoriali (CPT), alla ditta "Schermo 33 S.r.l.", Via Prisciano, n. 72 - CAP 00136 - Roma, C.F. e P.IVA 08373631004, codice creditore 235628. Impegno di spesa di 145,18 euro a valere sul capitolo U0000C12173, Missione 01, Programma 03, PdC 2.02.01.05.000, esercizio finanziario 2022. &amp;nbsp;CUP: F86G22002640007.
+          <t>Acquisizione di un servizio di supporto specialistico per lo studio e l'analisi degli effetti macroeconomici della spesa pubblica regionale - compresa quella del Settore Pubblico Allargato (SPA) - per la realizzazione delle politiche di sviluppo sostenibile e regionale - compresa quella del Settore Pubblico Allargato (SPA) - per la realizzazione delle politiche di sviluppo sostenibile e creazione di valore pubblico per il breve e medio-lungo periodo. CIG: 9351910046, CUP F81C22001660007. Presa d'atto gara deserta e disimpegno di euro 46.970,00 dalla prenotazione d'impegno di spesa n. 60862/2022, assunto a favore di creditori diversi sul capitolo di bilancio U0000C11125, esercizio finanziario 2022, Missione 01 - Programma 03 - PdC 1.03.02.11.000 - Annualità 2022. (DE G13845/2022).
 </t>
         </is>
       </c>
       <c r="D872" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="E872" s="2">
-        <v>44880</v>
+        <v>44935</v>
       </c>
     </row>
     <row r="873">
       <c r="A873">
-        <v>2747</v>
+        <v>2785</v>
       </c>
       <c r="B873">
         <v>2022</v>
       </c>
       <c r="C873" t="inlineStr">
         <is>
-          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 e smi - Incarico per la redazione dell'Attestato di Prestazione Energetica (APE) della "Scuola Media Ernesto Monaci"&amp;nbsp;nel Comune di Soriano nel Cimino (VT) - Dossier LI- ES2- 2400404 - Intervento A0100E0255. Disimpegno di € -13,59 sull'impegno 2022/16386 e attribuzione dell'impegno n. 2022/16386 per l'importo di € 3.039,22 comprensivo di IVA e oneri di legge a favore dell'ing. Matteo Anderlini (cod. cred. 239037) sul Capitolo U0000A42502. Es. Finanziario 2022. CUP F64D17000020009 - CIG ZBB38266EA
+          <t>Affidamento diretto, ai sensi dell'art. 36, co. 2, lett. a), del d.lgs. 50/2016 e ss.mm., per l'acquisizione di un di un servizio di formazione specialistica, rivolto ad un componente del Nucleo Regionale dei Conti Pubblici Territoriali del Lazio, per l'apprendimento delle funzionalità del programma SAS Visual Analytics, alla ditta SISTEMI TERRITORIALI S.R.L. Via di Lupo Parra Sud 144, CAP 56021, Cascina (PI), P. IVA 01187240500. Impegno di spesa di euro 900,00, IVA inclusa, in favore di SISTEMI TERRITORIALI S.R.L, (codice creditore: 53176), a valere sul Capitolo di bilancio U0000C11123, esercizio finanziario 2022, Missione 01, Programma 03 - PdC 1.03.02.04. CIG: ZD439023BB. CUP: F83E22000090007.
 </t>
         </is>
       </c>
       <c r="D873" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="E873" s="2">
-        <v>44880</v>
+        <v>44935</v>
       </c>
     </row>
     <row r="874">
       <c r="A874">
-        <v>2746</v>
+        <v>2784</v>
       </c>
       <c r="B874">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>745</v>
+        <v>2022</v>
+      </c>
+      <c r="C874" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ai sensi dell'art. 36, co. 2, lett. a), del d.lgs. 50/2016 e ss.mm., per l'acquisizione della fornitura di toner per le stampanti in dotazione al Nucleo regionale dei Conti Pubblici Territoriali del Lazio (Nucleo CPT Lazio), per la somma complessiva di 2168,12 euro, alla ditta Eco Store S.r.l., via Legnano, 20 - 20834 MUGGIO' (MB). Impegno di spesa per 2168,12 euro a favore di Eco Store S.r.l., via Legnano, 20 - 20834 MUGGIO' (MB) - P.IVA 13277380153 (codice creditore: 240433), a valere sul Capitolo di bilancio U0000C1127, esercizio finanziario 2022, Missione 01, Programma 03 - PdC 1.03.01.02. &amp;nbsp;CIG: ZEE38F4359. CUP: F89I22002250007
+</t>
+        </is>
       </c>
       <c r="D874" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="E874" s="2">
-        <v>44880</v>
+        <v>44935</v>
       </c>
     </row>
     <row r="875">
       <c r="A875">
-        <v>2745</v>
+        <v>2783</v>
       </c>
       <c r="B875">
         <v>2022</v>
       </c>
       <c r="C875" t="inlineStr">
         <is>
-          <t>Procedura aperta finalizzata alla stipula di una convenzione volta all'affidamento del servizio di ossigenoterapia domiciliare occorrente alle Aziende Sanitarie della Regione Lazio. Numero gara 8773466.</t>
+          <t>Servizio di divulgazione informazioni sul portale Lazio Europa. Impegno di spesa dell'importo di € 451,40, sul capitolo di spesa U0000T19510, in favore della Società in house providing LazioCrea S.p.A (codice creditore 164838). Esercizio finanziario 2022.
+</t>
         </is>
       </c>
       <c r="D875" t="s">
-        <v>747</v>
+        <v>733</v>
       </c>
       <c r="E875" s="2">
-        <v>44879</v>
+        <v>44935</v>
       </c>
     </row>
     <row r="876">
       <c r="A876">
-        <v>2744</v>
+        <v>2782</v>
       </c>
       <c r="B876">
         <v>2022</v>
       </c>
       <c r="C876" t="inlineStr">
         <is>
-          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR Lazio 2014-2020, Intervento A0100E0069, presso la Scuola "Nuzzo" nel Comune di Roma (RM).
+          <t>Affidamento diretto, ai sensi dell'art. 36, co. 2, lett. a), del d.lgs. 50/2016 e ss.mm., per l'acquisizione di un servizio di supporto specialistico per lo studio &amp;nbsp; e l'analisi degli effetti macroeconomici della spesa pubblica regionale - compresa quella del Settore Pubblico Allargato (SPA) - per la realizzazione delle politiche di sviluppo sostenibile e creazione di valore pubblico per il breve e medio-lungo periodo, per un importo complessivo stimato pari a euro 38.450,00 (Iva esclusa, 22%). Impegno di spesa per euro 46.909,00 (IVA inclusa, al 22%) a favore del Dipartimento di Economia e Diritto della Sapienza Università di Roma, via del Castro Laurenziano, 9 - 00161 ROMA - P.IVA 02133771002 (codice creditore 2616) a valere sul Capitolo di bilancio U0000C11125, esercizio finanziario 2022, Missione 01 - Programma 03 - PdC 1.03.02.11.000. CIG: ZD2390176D. CUP: F84F22000970007.
 </t>
         </is>
       </c>
       <c r="D876" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="E876" s="2">
-        <v>44876</v>
+        <v>44935</v>
       </c>
     </row>
     <row r="877">
       <c r="A877">
-        <v>2743</v>
+        <v>2781</v>
       </c>
       <c r="B877">
         <v>2022</v>
       </c>
       <c r="C877" t="inlineStr">
         <is>
-          <t>Intervento di manutenzione straordinaria degli impianti idrovori sul fiume Tevere, situati nel tratto urbano della città di Roma,tra via Salaria e via Flaminia. Lavori concernenti le indagini geotecniche e meccaniche, finalizzate agli adeguamenti strutturali e&amp;nbsp;alla ristrutturazione degli impianti idrovori sopracitati.
+          <t>Affidamento diretto, ai sensi dell'art. 36, co. 2, lett. a), del d.lgs. 50/2016 e ss.mm., per l'acquisizione della fornitura di "buoni acquisto" (n. 15) per un valore nominale dei buoni pari a 300,00 euro, per la somma complessiva di 300,00 euro, valevoli per l'acquisto di materiale di cancelleria necessario per le attività relative ai Conti Pubblici Territoriali (CPT) alla ditta FALEO di Carlo Faccini e C. S.A.S., via Ippolito Nievo, 68/78 - 00153 ROMA, - P.IVA 00953651007. Impegno di spesa per euro 300,00 a favore di FALEO di Carlo Faccini e C. S.A.S., codice creditore 240434, a valere sul Capitolo di bilancio U0000C11127, esercizio finanziario 2022, Missione 01, Programma 03 - PdC 1.03.01.02. &amp;nbsp;CIG: Z7438F45C3. CUP: F89I22002260007.
 </t>
         </is>
       </c>
       <c r="D877" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="E877" s="2">
-        <v>44875</v>
+        <v>44935</v>
       </c>
     </row>
     <row r="878">
       <c r="A878">
-        <v>2742</v>
+        <v>2780</v>
       </c>
       <c r="B878">
         <v>2022</v>
       </c>
       <c r="C878" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2022 - ottava tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Approvazione schemi, atti e indizione gara. Nr. Gara 8780938</t>
+          <t>Affidamento diretto, ai sensi dell'art. 36, co. 2, lett. a), del d.lgs. 50/2016 e ss.mm., per l'acquisizione di un servizio di formazione linguistica "Lingua Inglese", rivolto al Responsabile e Referente del Nucleo regionale Conti Pubblici Territoriali del Lazio (Nucleo CPT Lazio) per un importo complessivo pari a 2.934,00 euro. Impegno di spesa per euro 2.934,00 a favore di Shenker English Academy S.r.l., via Eusebio Bava, 8 - 10124 TORINO - P.IVA 12356110010 (codice creditore: 240410), a valere sul Capitolo di bilancio U0000C11123, esercizio finanziario 2022, Missione 01, Programma 03 - PdC 1.03.02.04. CIG: Z6E38E8EC2. CUP: F83C2200236000.
+</t>
         </is>
       </c>
       <c r="D878" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="E878" s="2">
-        <v>44874</v>
+        <v>44935</v>
       </c>
     </row>
     <row r="879">
       <c r="A879">
-        <v>2741</v>
+        <v>2779</v>
       </c>
       <c r="B879">
-        <v>2023</v>
-[...8 lines deleted...]
-        </is>
+        <v>2022</v>
+      </c>
+      <c r="C879" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ai sensi dell'art. 36, co. 2, lett. a), del d.lgs. 50/2016, per la fornitura di n. 1 smartphone, in dotazione al Responsabile del Nucleo regionale CPT Lazio, necessario per le attività svolte nell'ambito dei Conti Pubblici Territoriali (CPT) alla ditta LULLI ELETTRODOMESTRICI S.R.L., via della Croce n. 15 - CAP 00036, Palestrina (Rm) - P.IVA 01378171001. &amp;nbsp;Impegno di spesa di 1.071,16 euro (IVA inclusa, 22%), a favore della ditta LULLI ELETTRODOMESTRICI S.R.L. via della Croce n. 15 - CAP 00036, Palestrina (Rm) - P.IVA 01378171001. (codice creditore: 229459), a valere sul Capitolo di bilancio U0000C12163, Missione 01 - Programma 03 - PdC 2.02.01.07.000, esercizio finanziario 2022. &amp;nbsp;CIG: Z2E384D4C4. CUP: F89B22000300007.
+</t>
+        </is>
+      </c>
+      <c r="D879" t="s">
+        <v>754</v>
       </c>
       <c r="E879" s="2">
-        <v>44915</v>
+        <v>44935</v>
       </c>
     </row>
     <row r="880">
       <c r="A880">
-        <v>2740</v>
+        <v>2778</v>
       </c>
       <c r="B880">
         <v>2022</v>
       </c>
       <c r="C880" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2022 - tranche 7, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara &amp;nbsp;8779156
+          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs. n. 50/2016, del servizio di stampa del volume "Lazio in Numeri 2022" e dei biglietti di accompagnamento, mediante Richiesta di Offerta (RdO, n. 3276074) sul MEPA, alla ditta Tipografia Carnicella di Andrea Carnicella, P.IVA 09069311000 (codice creditore: 239715). Impegno di spesa di 6.097,56 euro (IVA inclusa, 22%) a valere sul Capitolo di bilancio U0000C11131, e.f. 2022, missione 01 - programma 03 - PdC 1.03.02.13. CIG: Z5138659A4. CUP: F89B22000320007.
 </t>
         </is>
       </c>
       <c r="D880" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="E880" s="2">
-        <v>44869</v>
+        <v>44935</v>
       </c>
     </row>
     <row r="881">
       <c r="A881">
-        <v>2739</v>
+        <v>2777</v>
       </c>
       <c r="B881">
         <v>2022</v>
       </c>
-      <c r="C881" t="s">
-        <v>753</v>
+      <c r="C881" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ai sensi dell'art. 36, co. 2, lett. a), del d.lgs. 50/2016, per la fornitura di n. 2 notebooks, necessari per le attività svolte nell'ambito dei Conti Pubblici Territoriali (CPT) alla ditta Idea Ufficio Point S.r.l., via Franco Bartoloni, &amp;nbsp;57/59/61 - 00179 ROMA - P.IVA 09746021006 (codice creditore: 239148).Impegno di spesa di 5.753,52 euro (IVA inclusa, 22%), a favore della ditta Idea Ufficio Point S.r.l., con sede in Roma 00179, via Franco Bartoloni, 57/59/61 -ROMA - P.IVA 09746021006 (codice creditore: 239148), a valere sul Capitolo di bilancio U0000C12163, Missione 01- Programma 03 - PdC 2.02.01.07.000, esercizio finanziario 2022. CIG: Z3D3805CAE. CUP: F86G22002560007.
+</t>
+        </is>
       </c>
       <c r="D881" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="E881" s="2">
-        <v>44869</v>
+        <v>44935</v>
       </c>
     </row>
     <row r="882">
       <c r="A882">
-        <v>2738</v>
+        <v>2776</v>
       </c>
       <c r="B882">
         <v>2022</v>
       </c>
       <c r="C882" t="inlineStr">
         <is>
-          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 e smi - Incarico per la redazione dell'Attestato di Prestazione Energetica (APE) della "Scuola media San Bartolomeo" nel Comune di Sezze (LT) - Intervento A0100E0120. Disimpegno di € -1.406,56 sull'impegno 2022/15697 e attribuzione dell'impegno n. 2022/15697 per l'importo di € 4.083,44 comprensivo di IVA e oneri di legge a favore dell'ing. Antonio Mele (cod. cred. 177415) sul Capitolo U0000A42502. Es. Finanziario 2022. CUP F14D16000000006 -CIG Z13381D2AF.
+          <t>Lavori di completamento degli "Interventi per la riqualificazione, pulizia e bonifica delle aree golenali del tratto del Fiume Tevere. Sistemazione di un'area ricreativa a Marconi e Parco Tevere Magliana - 2 stralcio".
 </t>
         </is>
       </c>
       <c r="D882" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="E882" s="2">
-        <v>44869</v>
+        <v>44935</v>
       </c>
     </row>
     <row r="883">
       <c r="A883">
-        <v>2737</v>
+        <v>2775</v>
       </c>
       <c r="B883">
         <v>2022</v>
       </c>
       <c r="C883" t="inlineStr">
         <is>
-          <t>Affidamento diretto del servizio di supporto tecnico-specialistico per l'effettuazione di diagnosi ufficiali fitosanitarie su organismi nocivi dei vegetali nel territorio del Lazio.
+          <t>Accordo di collaborazione tra la Regione Lazio e il dipartimento di Scienze Agrarie e Forestali (DAFNE) dell'Università degli Studi della Tuscia per Monitoraggi e diagnosi di Xylella fastidiosa nel Lazio.
 </t>
         </is>
       </c>
       <c r="D883" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="E883" s="2">
-        <v>44869</v>
+        <v>44930</v>
+      </c>
+      <c r="F883" t="s">
+        <v>759</v>
       </c>
     </row>
     <row r="884">
       <c r="A884">
-        <v>2736</v>
+        <v>2774</v>
       </c>
       <c r="B884">
         <v>2022</v>
       </c>
       <c r="C884" t="inlineStr">
         <is>
-          <t>Conferimento di incarico ex art. 1 della legge 11 settembre 2020, n. 120 di conversione in legge, con modificazioni, del decreto-legge 16 luglio 2020, n. 76, recante ""Misure urgenti per la semplificazione e l'innovazione digitale"", come modificato dall'art. 51 della legge n. 108 del 2021, del servizio di consulenza tecnica di parte in corso di perizia alla Società "Guida Ingegneria Forense srl"&amp;nbsp;per conto della Regione Lazio, citata come soggetto civilmente responsabile nel giudizio penale n. 482/2019 r.g. GIP (n. 1282/2018 r.g.n.r.) (fascicolo Avvocatura n. 1117/2019 - Avvocato incaricato Carlo D'Amata). Impegno di spesa di Euro 27.913,60 sul capitolo U0000R21420 - esercizio 2022 - codice creditore n. 190630. SMART CIG: ZB237F9BB0.
+          <t>Impegno di spesa di euro 61.000,00 (IVA inclusa) per l’annualità 2022, a favore della SIAE (cod. creditore 122764), sul capitolo di bilancio U0000R31920 - esercizio finanziario 2022 - giusta Convenzione tra Regione Lazio e SIAE per il pagamento dei diritti di esecuzione musicale in occasione di manifestazioni culturali e ricreative organizzate dai centri anziani del Lazio nel corso del 2022.
 </t>
         </is>
       </c>
       <c r="D884" t="s">
-        <v>757</v>
+        <v>590</v>
       </c>
       <c r="E884" s="2">
-        <v>44868</v>
+        <v>44930</v>
       </c>
     </row>
     <row r="885">
       <c r="A885">
-        <v>2735</v>
+        <v>2773</v>
       </c>
       <c r="B885">
         <v>2022</v>
       </c>
       <c r="C885" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lett. a) del D. Lgs. n. 50/2016 e s.m.i. del servizio di studio e ricerca con assistenza e supporto alla individuazione delle azioni da intraprendere per la mappatura dello stato di "inquinamento diffuso" nell'area della discarica di Albano.
+          <t>Nomina RUP, ai sensi dell'art. 31 del D.lgs. n. 50/2016, e affidamento, ai sensi dell'art. 1, comma 2 lett. a), del decreto-legge 76/2020, per l'espletamento delle attività relative all'incarico di "consulenza ed assistenza al RUP per l'espletamento della gara d'appalto di affidamento dei servizi pubblici di cabotaggio marittimo di collegamento con le isole dell'arcipelago pontino" - Impegno di € 70.760,00 sul Cap. U0000D41910 a favore della società T Bridge (codice creditore 239709) es. fin. 2022 e impegno di € 30,00 sul Cap. U0000T19427 a favore dell'ANAC- (codice creditore 159683) - CIG 9506301FBD - CUP G17H03000130001
 </t>
         </is>
       </c>
       <c r="D885" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="E885" s="2">
-        <v>44867</v>
-[...2 lines deleted...]
-        <v>759</v>
+        <v>44930</v>
       </c>
     </row>
     <row r="886">
       <c r="A886">
-        <v>2734</v>
+        <v>2772</v>
       </c>
       <c r="B886">
         <v>2022</v>
       </c>
       <c r="C886" t="inlineStr">
         <is>
-          <t>Fondo progettazione Intervento di manutenzione straordinaria del corpo arginale e di ripristino dell'officiosità idraulica dell'alveo del fiume Tevere nel tratto compreso tra Ponte Marconi e la foce.</t>
+          <t>Affidamento delle attività relative all' "Aggiornamento ed implementazione del gemello digitale (Digital Twin) delle Aree portuali di Anzio, Formia, Terracina e Ventotene" _ Approvazione schema di Convenzione ai sensi dell'art. 15 della L. n. 241/1990 ed impegno di spesa di € 163.480,00 sul cap. U0000D22510 es. fin. 2022 in favore del CITERA - "Centro Interdisciplinare Territorio Edilizia Restauro Ambiente" dell'Università degli Studi di Roma "La Sapienza" (cod. cred. 2611)
+</t>
         </is>
       </c>
       <c r="D886" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="E886" s="2">
-        <v>44867</v>
+        <v>44930</v>
       </c>
     </row>
     <row r="887">
       <c r="A887">
-        <v>2733</v>
+        <v>2771</v>
       </c>
       <c r="B887">
         <v>2022</v>
       </c>
       <c r="C887" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell’art. 1, comma 2, lett. a) del D.L. 76/2020 e ss.mm.ii. per la fornitura e posa in opera di due chioschi amovibili per il Parco Tevere Magliana e per il Parco Tevere Marconi.
+          <t>Affidamento diretto, ai sensi dell'art. 36, co. 2, lett. a), del d.lgs. 50/2016 e ss.mm., per l'acquisizione di un servizio di un servizio di Cloud Computing IaaS (Infrastructure as a Service) - Aruba Cloud Pro, attraverso TD sul MEPA (RdO n. 3198774) con la ditta Aruba S.p.A. Impegno di spesa di 2.095,57 euro (IVA inclusa, 22%), a favore della ditta Aruba S.p.A. - Via San Clemente, 53, 24036, PONTE SAN PIETRO (BG), P.IVA: 01573850516 (cod. creditore n. 123509), a valere sul Capitolo di bilancio U0000S27506, esercizio finanziario 2022, Missione 01 - Programma 08 - PdC 1.03.02.07.000. CIG: Z11377E6BB.
 </t>
         </is>
       </c>
       <c r="D887" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="E887" s="2">
-        <v>44865</v>
+        <v>44925</v>
       </c>
     </row>
     <row r="888">
       <c r="A888">
-        <v>2732</v>
+        <v>2770</v>
       </c>
       <c r="B888">
         <v>2022</v>
       </c>
-      <c r="C888" t="s">
-        <v>762</v>
+      <c r="C888" t="inlineStr">
+        <is>
+          <t>Procedura aperta, suddivisa in 6 lotti, finalizzata alla stipula di un contratto per l'affidamento dei servizi assicurativi di vario titolo per la Regione Lazio
+</t>
+        </is>
       </c>
       <c r="D888" t="s">
         <v>763</v>
       </c>
       <c r="E888" s="2">
-        <v>44862</v>
+        <v>44924</v>
       </c>
     </row>
     <row r="889">
       <c r="A889">
-        <v>2731</v>
+        <v>2769</v>
       </c>
       <c r="B889">
         <v>2022</v>
       </c>
       <c r="C889" t="inlineStr">
         <is>
-          <t>12IR830/G1 "Comune di Tarquinia - Difesa e ricostruzione della spiaggia delle Saline" Verifica preventiva dell'interesse archeologico ai sensi dell'art. 25 del DLGS 50/2016
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione LAzio - Tranche 9, nell’ambito del bando SDAPA per la fornitura di prodotti farmaceutici destinato al fabbisogno delle aziende sanitarie della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8865520
 </t>
         </is>
       </c>
       <c r="D889" t="s">
         <v>764</v>
       </c>
       <c r="E889" s="2">
-        <v>44859</v>
+        <v>45362</v>
       </c>
     </row>
     <row r="890">
       <c r="A890">
-        <v>2730</v>
+        <v>2768</v>
       </c>
       <c r="B890">
         <v>2022</v>
       </c>
       <c r="C890" t="inlineStr">
         <is>
-          <t>Indizione procedura evidenza pubblica per la vendita del taglio del lotto boschivo - taglio di fine turno della Particella Forestale n. 16 della Tenuta "Bosco Montagna" (Comune di Viterbo) di proprietà della Regione Lazio.
-</t>
+          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura di fornitura di fornitura di dispositivi per il monitoraggio flash del glucosio e sensori impiantabili per il monitoraggio continuo del glucosio e relativo materiale di consumo e servizi connessi occorrenti alle Aziende Sanitarie della Regione Lazio. Numero gara 8862699</t>
         </is>
       </c>
       <c r="D890" t="s">
-        <v>548</v>
+        <v>765</v>
       </c>
       <c r="E890" s="2">
-        <v>44852</v>
+        <v>44922</v>
       </c>
     </row>
     <row r="891">
       <c r="A891">
-        <v>2729</v>
+        <v>2767</v>
       </c>
       <c r="B891">
         <v>2022</v>
       </c>
       <c r="C891" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="D891" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="E891" s="2">
-        <v>44848</v>
+        <v>44918</v>
       </c>
     </row>
     <row r="892">
       <c r="A892">
-        <v>2728</v>
+        <v>2766</v>
       </c>
       <c r="B892">
         <v>2022</v>
       </c>
       <c r="C892" t="inlineStr">
         <is>
-          <t>Affidamento dei servizi tecnici catastali e urbanistici per la redazione di pratiche catastali immobili di proprietà regionale siti in Terracina – loc.tà Borgo Hermada in p.zza XXIV Maggio e Sabaudia, in via Verbania. Impegno di spesa di € 4.948,32 sul cap. U0000S21909, es. fin. 2022 a favore dell’Ing. Simone Truini (cod. cred. 208255).
+          <t>Integrazione Piano di comunicazione transizione ecologica 2022-2023 - affidamento a Lazio Innova S.p.A. per la realizzazione di ulteriori attività e iniziative dell'Assessorato alla Transizione Ecologica e Trasformazione Digitale. Impegni di spesa in favore di Lazio Innova S.p.A. di Euro 65.240,00 (IVA compresa) sul capitolo U0000C11936 E.F. 2022 e di Euro 50.000,00 sul capitolo U0000E11909 E.F. 2022.
 </t>
         </is>
       </c>
       <c r="D892" t="s">
-        <v>767</v>
+        <v>590</v>
       </c>
       <c r="E892" s="2">
-        <v>44847</v>
+        <v>44918</v>
       </c>
     </row>
     <row r="893">
       <c r="A893">
-        <v>2727</v>
+        <v>2765</v>
       </c>
       <c r="B893">
         <v>2022</v>
       </c>
       <c r="C893" t="inlineStr">
         <is>
-          <t>Intervento I202200918. Approvazione proposta di sponsorizzazione tecnica per iniziative speciali Castello di S. Severa. Accertamento sul capitolo di entrata E0000229146 e contestuale impegno sul cap. di spesa U0000G24108, Bilancio regionale, es. fin. 2022, della somma di € 36.600,00 a carico dello Sponsor Aeroporti di Roma Spa (codice 19357).
+          <t>Progetto I202200735. Accertamento sul capitolo di entrata E0000229146 e contestuale impegno sul cap. di spesa U0000G24108 sul Bilancio della Regione Lazio, es. fin. 2022, della somma di euro 64.919,54 a carico di Studio Baffo srl (cod. cred. 167998) per contabilizzazione contratto di sponsorizzazione tecnica di cui alla d.d. G01027/2022. Impegno di spesa di euro 30,00 sul Capitolo U0000T19427, es. fin. 2022, a favore di ANAC
 </t>
         </is>
       </c>
       <c r="D893" t="s">
         <v>768</v>
       </c>
       <c r="E893" s="2">
-        <v>44847</v>
+        <v>45005</v>
       </c>
     </row>
     <row r="894">
       <c r="A894">
-        <v>2726</v>
+        <v>2764</v>
       </c>
       <c r="B894">
         <v>2022</v>
       </c>
       <c r="C894" t="inlineStr">
         <is>
-          <t>Intervento I202200903. Attuazione dgr 189 del 12/04/2022. Affidamento a DiSCo Lazio progettazione degli interventi ristrutturazione immobile via dei Sardi 58 in Roma. Assunzione impegno di spesa di € 256.108,20 a favore di DiSCo Lazio (cod. cred. 88300) sul cap. di spesa U0000C12170, es. fin.2023.
+          <t>Fondo complementare al Piano Nazionale di Ripresa e Resilienza (PNRR) - "SICURO, VERDE E SOCIALE: RIQUALIFICAZIONE DELL'EDILIZIA RESIDENZIALE PUBBLICA" - Missione 2, Componente 3 (M2C3) - "Lavori di miglioramento sismico, efficientamento energetico e razionalizzazione spazi in Palazzo Dell'Orologio - Comune di Orte".&amp;nbsp;CUP: G92C21000700006 - CIG 9553674530
 </t>
         </is>
       </c>
       <c r="D894" t="s">
-        <v>548</v>
+        <v>769</v>
       </c>
       <c r="E894" s="2">
-        <v>44847</v>
+        <v>44916</v>
       </c>
     </row>
     <row r="895">
       <c r="A895">
-        <v>2725</v>
+        <v>2763</v>
       </c>
       <c r="B895">
         <v>2022</v>
       </c>
       <c r="C895" t="inlineStr">
         <is>
-          <t>Adesione alla Convenzione Consip “Energia Elettrica 19” Lotto 10 (solo provincia di Roma) con Hera Comm Spa (codice Creditore 136230) per 8 utenze site in via Portuense, 334 – impegno di spesa di euro 48.678,00 es. fin. 2022/2023 sul capitolo U0000S23432 per la fornitura di energia elettrica e dei servizi connessi per le Pubbliche Amministrazioni, ai sensi dell’art. 26 Legge 23 dicembre 1999 n. 488, dell’art. 58 Legge 23 dicembre 2000 n. 388, del D.M. 24 febbraio 2000 e del D.M. 2 maggio 2001.
+          <t>Legge regionale n. 27/1998 -Art. 39 bis - Approvazione del bando per l'acquisizione di manifestazioni di interesse da parte dei Comuni della Regione Lazio tese all'ottenimento di contributi per la rimozione e lo smaltimento di rifiuti potenzialmente inquinanti abbandonati in siti dismessi.
 </t>
         </is>
       </c>
       <c r="D895" t="s">
-        <v>769</v>
+        <v>590</v>
       </c>
       <c r="E895" s="2">
-        <v>44847</v>
+        <v>44916</v>
       </c>
     </row>
     <row r="896">
       <c r="A896">
-        <v>2724</v>
+        <v>2762</v>
       </c>
       <c r="B896">
         <v>2022</v>
       </c>
       <c r="C896" t="inlineStr">
         <is>
-          <t>Concessione a titolo gratuito, ex art. 36 l.r. 29/1997 e dgr n. 428/2019, all’Ente “Parco Naturale Regionale dei Monti Ausoni e Lago di Fondi” dell’immobile regionale “Villa Cantarano”, sito nel Comune di Fondi (LT). Approvazione schema di concessione.
+          <t>Procedura negoziata ai sensi dell'art. 57, comma 5, lett. A, D. Lgs 163/06 e ss.mm.ii, per l'affidamento al RTI Intellera Consulting srl - Ecoter srl dei "Servizi di supporto specialistico e assistenza tecnica alle Autorità di gestione e di certificazione per l'attuazione dei Programmi Operativi 2014-2020", complementari a quelli affidati con l'Ordinativo di fornitura n. 5052148 del 22/07/2019 e successivi atti in variazione all'Ordinativo di fornitura n. 5951734 del 28/12/2020 e n.6690439 del 09/03/2022.
 </t>
         </is>
       </c>
       <c r="D896" t="s">
-        <v>548</v>
+        <v>770</v>
       </c>
       <c r="E896" s="2">
-        <v>44847</v>
+        <v>44916</v>
       </c>
     </row>
     <row r="897">
       <c r="A897">
-        <v>2723</v>
+        <v>2761</v>
       </c>
       <c r="B897">
         <v>2022</v>
       </c>
       <c r="C897" t="inlineStr">
         <is>
-          <t>Autorizzazione affidamento mediante trattativa diretta, ex art. 36, co. 2, lett. a) del D.Lgs. n. 50/2016 e ss.mm.ii., tramite il mercato elettronico della Regione Lazio (Me.La.) della piattaforma telematica S.TEL.LA, servizi tecnici catastali per aggiornamento e frazionamento terreni regionali in S. Marinella. Impegno di spesa di euro 13.834,80 inclusi oneri di legge sul cap. U0000S21909, es. fin. 2022, in favore del Geom. Maurizio Pellini (cod. cred. 234914).
+          <t>Procedura aperta sopra soglia comunitaria per l'affidamento del Servizio di acquisizione ottica delle immagini e logistica per le ricette farmaceutiche della Regione Lazio - Numero gara 8821707 CIG 9515831827.
 </t>
         </is>
       </c>
       <c r="D897" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="E897" s="2">
-        <v>44847</v>
+        <v>44915</v>
       </c>
     </row>
     <row r="898">
       <c r="A898">
-        <v>2722</v>
+        <v>2760</v>
       </c>
       <c r="B898">
         <v>2022</v>
       </c>
       <c r="C898" t="inlineStr">
         <is>
-          <t>Adesione alla Convenzione Consip “Energia Elettrica 19” Lotto 11 (Lazio esclusa la Provincia di Roma) per la fornitura di energia elettrica e dei servizi connessi per le Pubbliche Amministrazioni, con GLOBAL POWER Spa (cod. cred. 169577) per 24 mesi a prezzo variabile – impegno di spesa di euro 500,00 esercizi fin. 2022/2023/2024, capitolo U0000S23432.
-</t>
+          <t>Procedura aperta, suddivisa in 7 Lotti, finalizzata alla stipula di Convenzioni quadro per l'affidamento dei servizi di Vigilanza armata e guardiania per le Amministrazioni del territorio della Regione Lazio. N. gara 8831195</t>
         </is>
       </c>
       <c r="D898" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="E898" s="2">
-        <v>44847</v>
+        <v>44914</v>
       </c>
     </row>
     <row r="899">
       <c r="A899">
-        <v>2721</v>
+        <v>2759</v>
       </c>
       <c r="B899">
         <v>2022</v>
       </c>
       <c r="C899" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs. n. 50/2016, per l'acquisizione della fornitura di buoni cancelleria (n.15) per un valore nominale dei buoni pari a 300,00 euro, per la somma complessiva di 300,00 euro, valevoli per l'acquisto di materiale di cancelleria necessario per le attività relative ai Conti Pubblici Territoriali (CPT), alla ditta Centro Carta Pizzino 2 S.r.l., Piazza della radio, n. 42 - CAP 00146 - Roma, C.F. e P.IVA 01125641009, codice creditore 235626. Impegno di spesa per euro 300,00 a valere sul Capitolo di bilancio U0000C11127, esercizio finanziario 2022, missione 01 - programma 03 -PdC 1.03.01.02.000. CIG: ZDC377E68A.
+          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR Lazio 2014-2020, Intervento A0100E00330 presso la Scuola Media "Aldo Manuzio" di Latina Scalo - Comune di Latina. Affidamento servizio pubblicazione Avviso di Variante, perfezionamento della prenotazione di impegno n. 67071/2022 di € 774,36= attribuendola al creditore certo Soc. Lexmedia S.r.l. (cod. creditore 112034), disimpegno della somma di € 445,64= per ribasso d'asta sul capitolo U0000A42502 ed accertamento a favore dell'Impresa NOVATECH S.R.L. (codice creditore n. 210316) dell'importo di € 774,36= = sul capitolo di entrata E0000331530. Es. fin. 2022. &amp;nbsp;CUP F24D17000010006 _CIG Z3A3901999
 </t>
         </is>
       </c>
       <c r="D899" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="E899" s="2">
-        <v>44844</v>
+        <v>44914</v>
       </c>
     </row>
     <row r="900">
       <c r="A900">
-        <v>2720</v>
+        <v>2758</v>
       </c>
       <c r="B900">
         <v>2022</v>
       </c>
       <c r="C900" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell’art. 36, co. 2, lett. a) del d.lgs. n. 50/2016, per l’acquisizione della fornitura di buoni libro (n.15) per un valore nominale dei buoni pari a 315,00 euro, per la somma complessiva di 300,00 euro, valevoli per l’acquisto di libri specializzati nuovi e usati, CD/DVD, attinenti alle materie relative ai Conti Pubblici Territoriali (CPT) – Libreria Minerva S.r.l., Piazza Fiume, n. 57 - CAP 00198 – Roma, C.F. e P.IVA 13638471006. Impegno di spesa per euro 300,00 a valere sul Capitolo di bilancio U0000C11132, esercizio finanziario 2022, missione 01 – programma 03 –PdC 1.03.01.01.000., in favore di Libreria Minerva S.r.l., codice creditore 185341. CIG: ZD3377E613
+          <t>Programma Regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana - Fondo&amp;nbsp;per la Progettazione di Opere Pubbliche - Affidamento diretto ai sensi dell'art. 1, comma 2, lett. a del D.L. 76/2020, come&amp;nbsp;modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della Legge n. 108/2021, del servizio per la redazione del progetto esecutivo e del coordinamento della sicurezza in fase di progettazione dell'intervento denominato "Ripascimento di un tratto di&amp;nbsp;litorale di Ostia Levante nel Municipio X di Roma Capitale" CUP: F82B21000030005 CIG: 94382523F1
 </t>
         </is>
       </c>
       <c r="D900" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="E900" s="2">
-        <v>44844</v>
+        <v>44908</v>
       </c>
     </row>
     <row r="901">
       <c r="A901">
-        <v>2712</v>
+        <v>2757</v>
       </c>
       <c r="B901">
         <v>2022</v>
       </c>
       <c r="C901" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D901" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="E901" s="2">
-        <v>44838</v>
+        <v>44907</v>
       </c>
     </row>
     <row r="902">
       <c r="A902">
-        <v>2711</v>
+        <v>2756</v>
       </c>
       <c r="B902">
         <v>2022</v>
       </c>
       <c r="C902" t="inlineStr">
         <is>
-          <t>Affidamento di un servizio per la presenza pubblicitaria sulla pubblicazione: "IL LIBRO DEI FATTI - 2022", in versione&amp;nbsp;cartacea e digitale, a cura della GMC GIUSEPPE MARRA COMMUNICATIONS S.A.P.A. DI GIUSEPPE PASQUALE MARRA. Impegno di € 18.300,00 (Iva inclusa). Capitolo U0000R31902 - Esercizio finanziario 2022.
+          <t>Lavori per la realizzazione di una struttura composta da due container, in parte prefabbricati ed in parte realizzati in opera, per accogliere il PUA (ufficio e sala attesa) in prossimità del PASS nel comune di Amatrice.
 </t>
         </is>
       </c>
       <c r="D902" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="E902" s="2">
-        <v>44834</v>
+        <v>44901</v>
       </c>
     </row>
     <row r="903">
       <c r="A903">
-        <v>2710</v>
+        <v>2755</v>
       </c>
       <c r="B903">
         <v>2022</v>
       </c>
-      <c r="C903" t="s">
-        <v>777</v>
+      <c r="C903" t="inlineStr">
+        <is>
+          <t>Lavori di riqualificazione ed adeguamento, dell'ex istituto omnicomprensivo nella frazione di "Villa San Cipriano" di Amatrice al fine di realizzare il nuovo posto di assistenza sociosanitaria (PASS) nel Comune di Amatrice - frazione Villa San Cipriano. Approvazione Perizia di variante redatta ai sensi dell'art. 106 comma 1 lettera c) e comma 7 del D.lgs. 20/2016.
+</t>
+        </is>
       </c>
       <c r="D903" t="s">
         <v>778</v>
       </c>
       <c r="E903" s="2">
-        <v>44834</v>
+        <v>44901</v>
       </c>
     </row>
     <row r="904">
       <c r="A904">
-        <v>2709</v>
+        <v>2754</v>
       </c>
       <c r="B904">
         <v>2022</v>
       </c>
       <c r="C904" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata finalizzata alla stipula di una convenzione per l'affidamento del servizio di ristorazione ospedaliera per l'Azienda Ospedaliera San Camillo Forlanini.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di Convenzioni per l'affidamento del servizio di trasporto e conferimento ad impianti di smaltimento dei rifiuti speciali pericolosi e non pericolosi derivanti da attività sanitarie delle Aziende sanitarie della Regione Lazio. Approvazione schemi atti e indizione gara. Numero gara 8808261.
+</t>
         </is>
       </c>
       <c r="D904" t="s">
         <v>779</v>
       </c>
       <c r="E904" s="2">
-        <v>44834</v>
+        <v>44895</v>
       </c>
     </row>
     <row r="905">
       <c r="A905">
-        <v>2708</v>
+        <v>2753</v>
       </c>
       <c r="B905">
         <v>2022</v>
       </c>
       <c r="C905" t="inlineStr">
         <is>
-          <t>Visibilità della Regione Lazio in occasione della manifestazione: "inQuiete Festival", a cura dell'Associazione Mia. Roma 7 - 9&amp;nbsp;ottobre 2022. Impegno di spesa di € 24.400,00 Iva inclusa - Capitolo di bilancio U0000R31902 - Esercizio finanziario 2022.
+          <t>Procedura aperta per l'affidamento della fornitura del Servizio di mediazione linguistica tramite interpretariato telefonico di emergenza da remoto per le esigenze della Centrale Unica di Risposta 112 N.U.E-edizione 2
 </t>
         </is>
       </c>
       <c r="D905" t="s">
         <v>780</v>
       </c>
       <c r="E905" s="2">
-        <v>44833</v>
+        <v>44895</v>
       </c>
     </row>
     <row r="906">
       <c r="A906">
-        <v>2707</v>
+        <v>2752</v>
       </c>
       <c r="B906">
         <v>2022</v>
       </c>
       <c r="C906" t="inlineStr">
         <is>
-          <t>Visibilità della Regione Lazio in occasione dei seguenti eventi estivi: Festa della Madonna delle Grazie di Canepina -&amp;nbsp;Impegno di spesa di € 12.200,00 Iva inclusa in favore del Comune di Canepina (VT), Festa della Madonna Assunta in Cielo e&amp;nbsp;di San Rocco Compatrono di Capodimonte - Impegno di spesa di € 12.200,00 Iva inclusa in favore del Comune di Capodimonte (VT), Equiraduno disorganizzato e nazionale di Blera - Impegno di spesa di € 18.300,00 Iva inclusa in favore&amp;nbsp;del Comune di Blera (VT). Capitolo di bilancio U0000R31902 dell'Es. Fin. 2022.
+          <t>Affidamento diretto ai sensi dell'art. 1, comma 2, lett. a) del D.L. 76/2020 e ss.mm.ii. per l'esecuzione delle indagini e delle prove sulle strutture e sui materiali relative all'intervento denominato: "intervento di recupero della chiesa dell'ospedale Grifoni" nel comune di Amatrice (RI)" (Ordinanza n. 109 del 21/11/2020 - codice intervento n. 354). CUP: F74J20000010005
 </t>
         </is>
       </c>
       <c r="D906" t="s">
         <v>781</v>
       </c>
       <c r="E906" s="2">
-        <v>44833</v>
+        <v>44893</v>
       </c>
     </row>
     <row r="907">
       <c r="A907">
-        <v>2706</v>
+        <v>2751</v>
       </c>
       <c r="B907">
         <v>2022</v>
       </c>
-      <c r="C907" t="inlineStr">
-[...3 lines deleted...]
-        </is>
+      <c r="C907" t="s">
+        <v>782</v>
       </c>
       <c r="D907" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="E907" s="2">
-        <v>44833</v>
+        <v>44883</v>
       </c>
     </row>
     <row r="908">
       <c r="A908">
-        <v>2705</v>
+        <v>2750</v>
       </c>
       <c r="B908">
         <v>2022</v>
       </c>
       <c r="C908" t="inlineStr">
         <is>
-          <t>Visibilità della Regione Lazio in occasione degli eventi: "Fara Film Festival" - Impegno di spesa di € 12.200,00 Iva inclusa in favore dell'Ass.ne Culturale Alfiere Productions e di: "Liberi sulla carta" - Impegno di spesa di € 18.300,00 Iva inclusa in&amp;nbsp;favore dell'Ass.ne Culturale Amici di Liberi sulla Carta. Capitolo di bilancio U0000R31902 dell'Esercizio Finanziario 2022.
-[...4 lines deleted...]
-        <v>783</v>
+          <t>"Ottobre Rosa 2022" - Campagna di comunicazione istituzionale della Regione Lazio. &amp;nbsp;Impegno di spesa complessivo di € 178.274,56 (IVA inclusa) a creditori diversi. Capitolo di spesa U0000H11726 - Es. Fin. 2022.
+</t>
+        </is>
+      </c>
+      <c r="D908" t="inlineStr">
+        <is>
+          <t>ZFA37D1460; Z5837D15D0; Z9737D1620; Z5737D1686; Z0137D16E0; Z1C37D174A; Z2437D177C; ZE737D1814; ZE537D1885; Z9A37D18E5; ZBF37D1910; Z2037D1959; Z7137D199C; Z0537D19EA; Z2337D1A28; Z4837D1A53; ZD337D1A88
+</t>
+        </is>
       </c>
       <c r="E908" s="2">
-        <v>44833</v>
+        <v>44881</v>
       </c>
     </row>
     <row r="909">
       <c r="A909">
-        <v>2704</v>
+        <v>2749</v>
       </c>
       <c r="B909">
         <v>2022</v>
       </c>
       <c r="C909" t="inlineStr">
         <is>
-          <t>Piano di Sviluppo e Coesione – PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020 Affidamento diretto dei servizi di ingegneria ed architettura di importo inferiore a 5.000,00 euro, ai sensi dell’art. 1, comma 2, lett. a) del D.L. n. 76 del 16/07/2020, convertito, con modificazioni, dalla Legge n. 120 dell’11/09/2020
+          <t>Affidamento, ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a), di un servizio di attività di comunicazione Podcast "7Vite". Attribuzione dal creditore da MINE srl al creditore THE LENS srls dell'impegno n. 39422/2022 di € 28.060,00 IVA inclusa - Capitolo U0000R31902 - Esercizio finanziario 2022.
 </t>
         </is>
       </c>
       <c r="D909" t="s">
-        <v>548</v>
+        <v>784</v>
       </c>
       <c r="E909" s="2">
-        <v>44833</v>
+        <v>44881</v>
       </c>
     </row>
     <row r="910">
       <c r="A910">
-        <v>2703</v>
+        <v>2748</v>
       </c>
       <c r="B910">
         <v>2022</v>
       </c>
-      <c r="C910" t="s">
-        <v>784</v>
+      <c r="C910" t="inlineStr">
+        <is>
+          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a), del d.lgs. n. 50/2016, per l'acquisizione della fornitura di uno schermo portatile per videoproiezioni, dotato di relativo supporto, necessario alle attività del Nucleo Regionale dei Conti Pubblici Territoriali (CPT), alla ditta "Schermo 33 S.r.l.", Via Prisciano, n. 72 - CAP 00136 - Roma, C.F. e P.IVA 08373631004, codice creditore 235628. Impegno di spesa di 145,18 euro a valere sul capitolo U0000C12173, Missione 01, Programma 03, PdC 2.02.01.05.000, esercizio finanziario 2022. &amp;nbsp;CUP: F86G22002640007.
+</t>
+        </is>
       </c>
       <c r="D910" t="s">
         <v>785</v>
       </c>
       <c r="E910" s="2">
-        <v>44832</v>
+        <v>44880</v>
       </c>
     </row>
     <row r="911">
       <c r="A911">
-        <v>2702</v>
+        <v>2747</v>
       </c>
       <c r="B911">
         <v>2022</v>
       </c>
       <c r="C911" t="inlineStr">
         <is>
-          <t>Intervento di demolizione e rimozione dei residui delle lavorazioni sino al conferimento al sito di smaltimento/riciclo, della motonave "TIBER II" collocata sulla banchina del fiume Tevere all'altezza di Lungotevere della Vittoria in Roma. Determinazione di affidamento diretto in forma semplificata ai sensi dell'art. 32, comma 2 del D. Lgs. n. 50/2016 e dell'art. 1, comma 2, lett. a) della Legge n. 120 dell'11.9.2020, come modificato dall'art. 51, comma 1, lett. a), sub. 2.1) della Legge n. 108 del 29.7.2021. Affidamento dell'esecuzione dei lavori a Sannino S.r.l. Unipersonale - CUP F83C22001540002, CIG 9399324789. Perfezionamento prenotazione d'impegno n.47042/2022 per l'importo di euro 112.909,30 a favore del creditore certo Sannino S.r.l. (cod. cred. 236450) sul capitolo U0000E42545.
+          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 e smi - Incarico per la redazione dell'Attestato di Prestazione Energetica (APE) della "Scuola Media Ernesto Monaci"&amp;nbsp;nel Comune di Soriano nel Cimino (VT) - Dossier LI- ES2- 2400404 - Intervento A0100E0255. Disimpegno di € -13,59 sull'impegno 2022/16386 e attribuzione dell'impegno n. 2022/16386 per l'importo di € 3.039,22 comprensivo di IVA e oneri di legge a favore dell'ing. Matteo Anderlini (cod. cred. 239037) sul Capitolo U0000A42502. Es. Finanziario 2022. CUP F64D17000020009 - CIG ZBB38266EA
 </t>
         </is>
       </c>
       <c r="D911" t="s">
         <v>786</v>
       </c>
       <c r="E911" s="2">
-        <v>44827</v>
+        <v>44880</v>
       </c>
     </row>
     <row r="912">
       <c r="A912">
-        <v>2701</v>
+        <v>2746</v>
       </c>
       <c r="B912">
-        <v>2022</v>
-[...5 lines deleted...]
-        </is>
+        <v>2021</v>
+      </c>
+      <c r="C912" t="s">
+        <v>787</v>
       </c>
       <c r="D912" t="s">
-        <v>548</v>
+        <v>788</v>
       </c>
       <c r="E912" s="2">
-        <v>44825</v>
+        <v>44880</v>
       </c>
     </row>
     <row r="913">
       <c r="A913">
-        <v>2700</v>
+        <v>2745</v>
       </c>
       <c r="B913">
         <v>2022</v>
       </c>
       <c r="C913" t="inlineStr">
         <is>
-          <t>Procedura aperta, finalizzata alla stipula di un Accordo Quadro per l’affidamento del “\Servizio di messa in sicurezza e caratterizzazione ambientale per il sito Ex Discarica Le Lame - SIN Bacino del Fiume Sacco” CUP F47G20000080001 – CIG 9412247FEC. Indizione e approvazione atti di gara.
-</t>
+          <t>Procedura aperta finalizzata alla stipula di una convenzione volta all'affidamento del servizio di ossigenoterapia domiciliare occorrente alle Aziende Sanitarie della Regione Lazio. Numero gara 8773466.</t>
         </is>
       </c>
       <c r="D913" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="E913" s="2">
-        <v>44824</v>
+        <v>44879</v>
       </c>
     </row>
     <row r="914">
       <c r="A914">
-        <v>2699</v>
+        <v>2744</v>
       </c>
       <c r="B914">
         <v>2022</v>
       </c>
       <c r="C914" t="inlineStr">
         <is>
-          <t>Affidamento esecuzione di un "rilievo batimetrico multibeam nelle aree portuali e avamportuali del porto di Terracina" importo complessivo € 21.411,00 - impegno di spesa € 21.411,00 sul cap. U0000D22511 es. fin. 2022 a favore di Globe Exploration S.r.l. (cod. cred. 235712) - CIG Z5F3751A71
+          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR Lazio 2014-2020, Intervento A0100E0069, presso la Scuola "Nuzzo" nel Comune di Roma (RM).
 </t>
         </is>
       </c>
       <c r="D914" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="E914" s="2">
-        <v>44818</v>
+        <v>44876</v>
       </c>
     </row>
     <row r="915">
       <c r="A915">
-        <v>2698</v>
+        <v>2743</v>
       </c>
       <c r="B915">
         <v>2022</v>
       </c>
       <c r="C915" t="inlineStr">
         <is>
-          <t>“Servizio per la redazione della Valutazione di incidenza e dell’aggiornamento del rapporto ambientale relativo al Piano dei Porti di interesse economico regionale della regione Lazio”.
+          <t>Intervento di manutenzione straordinaria degli impianti idrovori sul fiume Tevere, situati nel tratto urbano della città di Roma,tra via Salaria e via Flaminia. Lavori concernenti le indagini geotecniche e meccaniche, finalizzate agli adeguamenti strutturali e&amp;nbsp;alla ristrutturazione degli impianti idrovori sopracitati.
 </t>
         </is>
       </c>
       <c r="D915" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="E915" s="2">
-        <v>44818</v>
+        <v>44875</v>
       </c>
     </row>
     <row r="916">
       <c r="A916">
-        <v>2697</v>
+        <v>2742</v>
       </c>
       <c r="B916">
         <v>2022</v>
       </c>
       <c r="C916" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2 lettera a), del d.lgs. n. 50/2016, per la fornitura di una stampante multifunzione laser a colori per la sede di Bruxelles, Area relazioni con l'Unione Europea, Direzione Programmazione Economica. Determina a contrarre. Impegno di spesa pluriennale sul capitolo U0000S23915 di € 6.784,47, annualità 2022- 2025, in favore di XEROX FINANCIAL SERVICES BELUX BV/SRL. CIG Z4F36E3921.
-</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2022 - ottava tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Approvazione schemi, atti e indizione gara. Nr. Gara 8780938</t>
         </is>
       </c>
       <c r="D916" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="E916" s="2">
-        <v>44816</v>
+        <v>44874</v>
       </c>
     </row>
     <row r="917">
       <c r="A917">
-        <v>2696</v>
+        <v>2741</v>
       </c>
       <c r="B917">
-        <v>2022</v>
-[...8 lines deleted...]
-        <v>791</v>
+        <v>2023</v>
+      </c>
+      <c r="C917" t="s">
+        <v>793</v>
+      </c>
+      <c r="D917" t="inlineStr">
+        <is>
+          <t>A03605FE04; A0360771D6; A036084C8D; A03608E4D0; A03609C05F; A0360A689D; A0360ADE62; A0360B54FF; A0360BEC6A; A0360C9580; A0360D4E91; A0360D710F; A0360DD601; A0360E7E3F
+</t>
+        </is>
       </c>
       <c r="E917" s="2">
-        <v>44813</v>
+        <v>44915</v>
       </c>
     </row>
     <row r="918">
       <c r="A918">
-        <v>2695</v>
+        <v>2740</v>
       </c>
       <c r="B918">
         <v>2022</v>
       </c>
       <c r="C918" t="inlineStr">
         <is>
-          <t>Visibilità della Regione Lazio in occasione dell'iniziativa: "SURF EXPO 2022", a cura della Santa Marinella Surf Club. Impegno di € 16.393,00 Iva esente - Capitolo U0000R31902 - Esercizio finanziario 2022. (CIG Z74370A108)
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2022 - tranche 7, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara &amp;nbsp;8779156
 </t>
         </is>
       </c>
       <c r="D918" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="E918" s="2">
-        <v>44813</v>
+        <v>44869</v>
       </c>
     </row>
     <row r="919">
       <c r="A919">
-        <v>2694</v>
+        <v>2739</v>
       </c>
       <c r="B919">
         <v>2022</v>
       </c>
-      <c r="C919" t="inlineStr">
-[...3 lines deleted...]
-        </is>
+      <c r="C919" t="s">
+        <v>795</v>
       </c>
       <c r="D919" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="E919" s="2">
-        <v>44813</v>
+        <v>44869</v>
       </c>
     </row>
     <row r="920">
       <c r="A920">
-        <v>2693</v>
+        <v>2738</v>
       </c>
       <c r="B920">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>794</v>
+        <v>2022</v>
+      </c>
+      <c r="C920" t="inlineStr">
+        <is>
+          <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 e smi - Incarico per la redazione dell'Attestato di Prestazione Energetica (APE) della "Scuola media San Bartolomeo" nel Comune di Sezze (LT) - Intervento A0100E0120. Disimpegno di € -1.406,56 sull'impegno 2022/15697 e attribuzione dell'impegno n. 2022/15697 per l'importo di € 4.083,44 comprensivo di IVA e oneri di legge a favore dell'ing. Antonio Mele (cod. cred. 177415) sul Capitolo U0000A42502. Es. Finanziario 2022. CUP F14D16000000006 -CIG Z13381D2AF.
+</t>
+        </is>
       </c>
       <c r="D920" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="E920" s="2">
-        <v>44566</v>
+        <v>44869</v>
       </c>
     </row>
     <row r="921">
       <c r="A921">
-        <v>2692</v>
+        <v>2737</v>
       </c>
       <c r="B921">
         <v>2022</v>
       </c>
       <c r="C921" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco tecnologico e digitale ospedaliero - Gara comunitaria centralizzata a procedura aperta finalizzata all’acquisizione di Tomografi a risonanza magnetica per le Aziende Sanitarie e Ospedaliere della Regione Lazio - ID Anac 8681607 Determina di indizione.</t>
+          <t>Affidamento diretto del servizio di supporto tecnico-specialistico per l'effettuazione di diagnosi ufficiali fitosanitarie su organismi nocivi dei vegetali nel territorio del Lazio.
+</t>
         </is>
       </c>
       <c r="D921" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="E921" s="2">
-        <v>44806</v>
+        <v>44869</v>
       </c>
     </row>
     <row r="922">
       <c r="A922">
-        <v>2691</v>
+        <v>2736</v>
       </c>
       <c r="B922">
         <v>2022</v>
       </c>
       <c r="C922" t="inlineStr">
         <is>
-          <t>Concessione Grande Derivazione di Acqua Pubblica i sensi del R.D. 1775/1933 e s.m.i., ad uso approvvigionamento idropotabile, per una quantità di acqua prelevata pari a 5 moduli medi (500 litri secondi) dal Fiume Tevere, posta in essere nel territorio del Comune di Roma (RM), in località Grottarossa. Richiedente: ACEA ATO 2 S.p.A.
+          <t>Conferimento di incarico ex art. 1 della legge 11 settembre 2020, n. 120 di conversione in legge, con modificazioni, del decreto-legge 16 luglio 2020, n. 76, recante ""Misure urgenti per la semplificazione e l'innovazione digitale"", come modificato dall'art. 51 della legge n. 108 del 2021, del servizio di consulenza tecnica di parte in corso di perizia alla Società "Guida Ingegneria Forense srl"&amp;nbsp;per conto della Regione Lazio, citata come soggetto civilmente responsabile nel giudizio penale n. 482/2019 r.g. GIP (n. 1282/2018 r.g.n.r.) (fascicolo Avvocatura n. 1117/2019 - Avvocato incaricato Carlo D'Amata). Impegno di spesa di Euro 27.913,60 sul capitolo U0000R21420 - esercizio 2022 - codice creditore n. 190630. SMART CIG: ZB237F9BB0.
 </t>
         </is>
       </c>
       <c r="D922" t="s">
-        <v>548</v>
+        <v>799</v>
       </c>
       <c r="E922" s="2">
-        <v>44803</v>
+        <v>44868</v>
       </c>
     </row>
     <row r="923">
       <c r="A923">
-        <v>2690</v>
+        <v>2735</v>
       </c>
       <c r="B923">
         <v>2022</v>
       </c>
       <c r="C923" t="inlineStr">
         <is>
-          <t>Promozione d'immagine della Regione Lazio in occasione dell'iniziativa: "Missione Italia - 2021/2026 PNRR dei Comuni e della Città", a cura dell'ANCI Comunicare srl.
+          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lett. a) del D. Lgs. n. 50/2016 e s.m.i. del servizio di studio e ricerca con assistenza e supporto alla individuazione delle azioni da intraprendere per la mappatura dello stato di "inquinamento diffuso" nell'area della discarica di Albano.
 </t>
         </is>
       </c>
       <c r="D923" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="E923" s="2">
-        <v>44789</v>
+        <v>44867</v>
+      </c>
+      <c r="F923" t="s">
+        <v>801</v>
       </c>
     </row>
     <row r="924">
       <c r="A924">
-        <v>2689</v>
+        <v>2734</v>
       </c>
       <c r="B924">
         <v>2022</v>
       </c>
-      <c r="C924" t="s">
-        <v>798</v>
+      <c r="C924" t="inlineStr">
+        <is>
+          <t>Fondo progettazione Intervento di manutenzione straordinaria del corpo arginale e di ripristino dell'officiosità idraulica dell'alveo del fiume Tevere nel tratto compreso tra Ponte Marconi e la foce.</t>
+        </is>
       </c>
       <c r="D924" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="E924" s="2">
-        <v>44789</v>
+        <v>44867</v>
       </c>
     </row>
     <row r="925">
       <c r="A925">
-        <v>2687</v>
+        <v>2733</v>
       </c>
       <c r="B925">
         <v>2022</v>
       </c>
       <c r="C925" t="inlineStr">
         <is>
-          <t>Affidamento, ai sensi dell'articolo 36, comma 2, lettera a), del D.Lgs. 18 aprile 2016, n. 50 e successive modificazioni, del servizio notarile relativo alla predisposizione degli atti finalizzati all'adesione della Regione Lazio in qualità di fondatore promotore alla "Fondazione Rome Technopole", in attuazione della Legge regionale 12 luglio 2022 n.12, articolo 4. Deliberazione della Giunta Regionale del 14 luglio 2022, n. 562. Determinazione dirigenziale n. G09466 del 18 luglio 2022. Impegno sul capitolo del bilancio regionale U0000T19425 di Euro 2.306,80 per l'anno 2022 in favore del dott. Campisi Marco, Notaio in Roma. Smart CIG: Z7737492BE.
+          <t>Affidamento diretto ai sensi dell’art. 1, comma 2, lett. a) del D.L. 76/2020 e ss.mm.ii. per la fornitura e posa in opera di due chioschi amovibili per il Parco Tevere Magliana e per il Parco Tevere Marconi.
 </t>
         </is>
       </c>
       <c r="D925" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="E925" s="2">
-        <v>44781</v>
+        <v>44865</v>
       </c>
     </row>
     <row r="926">
       <c r="A926">
-        <v>2686</v>
+        <v>2732</v>
       </c>
       <c r="B926">
         <v>2022</v>
       </c>
       <c r="C926" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="D926" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="E926" s="2">
-        <v>44595</v>
+        <v>44862</v>
       </c>
     </row>
     <row r="927">
       <c r="A927">
-        <v>2685</v>
+        <v>2731</v>
       </c>
       <c r="B927">
         <v>2022</v>
       </c>
       <c r="C927" t="inlineStr">
         <is>
-          <t>Procedura aperta svolta attraverso piattaforme telematiche di negoziazione ai sensi degli artt. 58 e 60 del d.lgs. 50/2016,&amp;nbsp;finalizzata all'acquisizione, a mezzo di accordo-quadro ex art. 54 comma 3 D. Lgs n. 50/2016, del servizio di assistenza tecnica&amp;nbsp;per la gestione ed attuazione del Piano Sviluppo e Coesione ella Regione Lazio. Lotto unico. Approvazione atti di gara ed autorizzazione ad indire.</t>
+          <t>12IR830/G1 "Comune di Tarquinia - Difesa e ricostruzione della spiaggia delle Saline" Verifica preventiva dell'interesse archeologico ai sensi dell'art. 25 del DLGS 50/2016
+</t>
         </is>
       </c>
       <c r="D927" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="E927" s="2">
-        <v>44774</v>
+        <v>44859</v>
       </c>
     </row>
     <row r="928">
       <c r="A928">
-        <v>2684</v>
+        <v>2730</v>
       </c>
       <c r="B928">
         <v>2022</v>
       </c>
       <c r="C928" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - Componente M6C2 - 1.1.2. Ammodernamento del parco tecnologico e digitale ospedaliero - gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione di angiografi per le Aziende Sanitarie e Ospedaliere della Regione Lazio. Determina a contrarre. Approvazione schemi atti e indizione gara.&amp;nbsp;Numero gara 8659981</t>
+          <t>Indizione procedura evidenza pubblica per la vendita del taglio del lotto boschivo - taglio di fine turno della Particella Forestale n. 16 della Tenuta "Bosco Montagna" (Comune di Viterbo) di proprietà della Regione Lazio.
+</t>
         </is>
       </c>
       <c r="D928" t="s">
-        <v>804</v>
+        <v>590</v>
       </c>
       <c r="E928" s="2">
-        <v>44770</v>
+        <v>44852</v>
       </c>
     </row>
     <row r="929">
       <c r="A929">
-        <v>2683</v>
+        <v>2729</v>
       </c>
       <c r="B929">
         <v>2022</v>
       </c>
-      <c r="C929" t="inlineStr">
-[...3 lines deleted...]
-        </is>
+      <c r="C929" t="s">
+        <v>807</v>
       </c>
       <c r="D929" t="s">
-        <v>548</v>
+        <v>808</v>
       </c>
       <c r="E929" s="2">
-        <v>44770</v>
+        <v>44848</v>
       </c>
     </row>
     <row r="930">
       <c r="A930">
-        <v>2682</v>
+        <v>2728</v>
       </c>
       <c r="B930">
         <v>2022</v>
       </c>
       <c r="C930" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2022 - tranche 6,&amp;nbsp;nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di&amp;nbsp;farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre.&amp;nbsp;Approvazione schemi, atti e indizione gara. Nr. Gara 8659577
+          <t>Affidamento dei servizi tecnici catastali e urbanistici per la redazione di pratiche catastali immobili di proprietà regionale siti in Terracina – loc.tà Borgo Hermada in p.zza XXIV Maggio e Sabaudia, in via Verbania. Impegno di spesa di € 4.948,32 sul cap. U0000S21909, es. fin. 2022 a favore dell’Ing. Simone Truini (cod. cred. 208255).
 </t>
         </is>
       </c>
       <c r="D930" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="E930" s="2">
-        <v>44770</v>
+        <v>44847</v>
       </c>
     </row>
     <row r="931">
       <c r="A931">
-        <v>2681</v>
+        <v>2727</v>
       </c>
       <c r="B931">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="C931" t="inlineStr">
         <is>
-          <t>"Messa in sicurezza Media valle del Tevere a salvaguardia della città di Roma (I stralcio) – lotto 2". Affidamento indagini geognostiche ai sensi dell'art. 36 co. 2 lett. b) del D.Lgs n. 50/2016.</t>
+          <t>Intervento I202200918. Approvazione proposta di sponsorizzazione tecnica per iniziative speciali Castello di S. Severa. Accertamento sul capitolo di entrata E0000229146 e contestuale impegno sul cap. di spesa U0000G24108, Bilancio regionale, es. fin. 2022, della somma di € 36.600,00 a carico dello Sponsor Aeroporti di Roma Spa (codice 19357).
+</t>
         </is>
       </c>
       <c r="D931" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="E931" s="2">
-        <v>44769</v>
+        <v>44847</v>
       </c>
     </row>
     <row r="932">
       <c r="A932">
-        <v>2680</v>
+        <v>2726</v>
       </c>
       <c r="B932">
         <v>2022</v>
       </c>
       <c r="C932" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di manutenzione straordinaria del Fiume Paglia" - Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.lgs. 18 aprile 2016, n. 50.
+          <t>Intervento I202200903. Attuazione dgr 189 del 12/04/2022. Affidamento a DiSCo Lazio progettazione degli interventi ristrutturazione immobile via dei Sardi 58 in Roma. Assunzione impegno di spesa di € 256.108,20 a favore di DiSCo Lazio (cod. cred. 88300) sul cap. di spesa U0000C12170, es. fin.2023.
 </t>
         </is>
       </c>
       <c r="D932" t="s">
-        <v>548</v>
+        <v>590</v>
       </c>
       <c r="E932" s="2">
-        <v>44769</v>
+        <v>44847</v>
       </c>
     </row>
     <row r="933">
       <c r="A933">
-        <v>2679</v>
+        <v>2725</v>
       </c>
       <c r="B933">
         <v>2022</v>
       </c>
       <c r="C933" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di manutenzione straordinaria del Fiume Mignone" - Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.lgs. 18 aprile 2016, n. 50.
+          <t>Adesione alla Convenzione Consip “Energia Elettrica 19” Lotto 10 (solo provincia di Roma) con Hera Comm Spa (codice Creditore 136230) per 8 utenze site in via Portuense, 334 – impegno di spesa di euro 48.678,00 es. fin. 2022/2023 sul capitolo U0000S23432 per la fornitura di energia elettrica e dei servizi connessi per le Pubbliche Amministrazioni, ai sensi dell’art. 26 Legge 23 dicembre 1999 n. 488, dell’art. 58 Legge 23 dicembre 2000 n. 388, del D.M. 24 febbraio 2000 e del D.M. 2 maggio 2001.
 </t>
         </is>
       </c>
       <c r="D933" t="s">
-        <v>548</v>
+        <v>811</v>
       </c>
       <c r="E933" s="2">
-        <v>44769</v>
+        <v>44847</v>
       </c>
     </row>
     <row r="934">
       <c r="A934">
-        <v>2678</v>
+        <v>2724</v>
       </c>
       <c r="B934">
         <v>2022</v>
       </c>
       <c r="C934" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di manutenzione straordinaria del Fiume Olpeta" - Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.lgs. 18 aprile 2016, n. 50.
+          <t>Concessione a titolo gratuito, ex art. 36 l.r. 29/1997 e dgr n. 428/2019, all’Ente “Parco Naturale Regionale dei Monti Ausoni e Lago di Fondi” dell’immobile regionale “Villa Cantarano”, sito nel Comune di Fondi (LT). Approvazione schema di concessione.
 </t>
         </is>
       </c>
       <c r="D934" t="s">
-        <v>548</v>
+        <v>590</v>
       </c>
       <c r="E934" s="2">
-        <v>44769</v>
+        <v>44847</v>
       </c>
     </row>
     <row r="935">
       <c r="A935">
-        <v>2677</v>
+        <v>2723</v>
       </c>
       <c r="B935">
         <v>2022</v>
       </c>
       <c r="C935" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di manutenzione straordinaria e di sistemazione spondale del Rio Vicano" - Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.lgs. 18 aprile 2016, n. 50.
+          <t>Autorizzazione affidamento mediante trattativa diretta, ex art. 36, co. 2, lett. a) del D.Lgs. n. 50/2016 e ss.mm.ii., tramite il mercato elettronico della Regione Lazio (Me.La.) della piattaforma telematica S.TEL.LA, servizi tecnici catastali per aggiornamento e frazionamento terreni regionali in S. Marinella. Impegno di spesa di euro 13.834,80 inclusi oneri di legge sul cap. U0000S21909, es. fin. 2022, in favore del Geom. Maurizio Pellini (cod. cred. 234914).
 </t>
         </is>
       </c>
       <c r="D935" t="s">
-        <v>548</v>
+        <v>812</v>
       </c>
       <c r="E935" s="2">
-        <v>44769</v>
+        <v>44847</v>
       </c>
     </row>
     <row r="936">
       <c r="A936">
-        <v>2676</v>
+        <v>2722</v>
       </c>
       <c r="B936">
         <v>2022</v>
       </c>
       <c r="C936" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di manutenzione straordinaria del Fiume Velino" - Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.lgs. 18 aprile 2016, n. 50.
+          <t>Adesione alla Convenzione Consip “Energia Elettrica 19” Lotto 11 (Lazio esclusa la Provincia di Roma) per la fornitura di energia elettrica e dei servizi connessi per le Pubbliche Amministrazioni, con GLOBAL POWER Spa (cod. cred. 169577) per 24 mesi a prezzo variabile – impegno di spesa di euro 500,00 esercizi fin. 2022/2023/2024, capitolo U0000S23432.
 </t>
         </is>
       </c>
       <c r="D936" t="s">
-        <v>548</v>
+        <v>813</v>
       </c>
       <c r="E936" s="2">
-        <v>44769</v>
+        <v>44847</v>
       </c>
     </row>
     <row r="937">
       <c r="A937">
-        <v>2675</v>
+        <v>2721</v>
       </c>
       <c r="B937">
         <v>2022</v>
       </c>
       <c r="C937" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di manutenzione straordinaria del Fiume Tronto"&amp;nbsp;</t>
+          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs. n. 50/2016, per l'acquisizione della fornitura di buoni cancelleria (n.15) per un valore nominale dei buoni pari a 300,00 euro, per la somma complessiva di 300,00 euro, valevoli per l'acquisto di materiale di cancelleria necessario per le attività relative ai Conti Pubblici Territoriali (CPT), alla ditta Centro Carta Pizzino 2 S.r.l., Piazza della radio, n. 42 - CAP 00146 - Roma, C.F. e P.IVA 01125641009, codice creditore 235626. Impegno di spesa per euro 300,00 a valere sul Capitolo di bilancio U0000C11127, esercizio finanziario 2022, missione 01 - programma 03 -PdC 1.03.01.02.000. CIG: ZDC377E68A.
+</t>
         </is>
       </c>
       <c r="D937" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="E937" s="2">
-        <v>44928</v>
+        <v>44844</v>
       </c>
     </row>
     <row r="938">
       <c r="A938">
-        <v>2674</v>
+        <v>2720</v>
       </c>
       <c r="B938">
         <v>2022</v>
       </c>
       <c r="C938" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di Manutenzione straordinaria e di sistemazione spondale del Fiume Marta"&amp;nbsp;</t>
+          <t>Affidamento diretto ai sensi dell’art. 36, co. 2, lett. a) del d.lgs. n. 50/2016, per l’acquisizione della fornitura di buoni libro (n.15) per un valore nominale dei buoni pari a 315,00 euro, per la somma complessiva di 300,00 euro, valevoli per l’acquisto di libri specializzati nuovi e usati, CD/DVD, attinenti alle materie relative ai Conti Pubblici Territoriali (CPT) – Libreria Minerva S.r.l., Piazza Fiume, n. 57 - CAP 00198 – Roma, C.F. e P.IVA 13638471006. Impegno di spesa per euro 300,00 a valere sul Capitolo di bilancio U0000C11132, esercizio finanziario 2022, missione 01 – programma 03 –PdC 1.03.01.01.000., in favore di Libreria Minerva S.r.l., codice creditore 185341. CIG: ZD3377E613
+</t>
         </is>
       </c>
       <c r="D938" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
       <c r="E938" s="2">
-        <v>44769</v>
+        <v>44844</v>
       </c>
     </row>
     <row r="939">
       <c r="A939">
-        <v>2673</v>
+        <v>2712</v>
       </c>
       <c r="B939">
         <v>2022</v>
       </c>
-      <c r="C939" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C939" t="s">
+        <v>816</v>
       </c>
       <c r="D939" t="s">
-        <v>809</v>
+        <v>817</v>
       </c>
       <c r="E939" s="2">
-        <v>45982</v>
+        <v>44838</v>
       </c>
     </row>
     <row r="940">
       <c r="A940">
-        <v>2672</v>
+        <v>2711</v>
       </c>
       <c r="B940">
         <v>2022</v>
       </c>
       <c r="C940" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Ninfa-Sisto - Lavori di sistemazione dell'alveo e completamento delle arginature a salvaguardia degli abitati e delle infrastrutture nei comuni di Pontinia, Sabaudia e Terracina (LT). I Stralcio funzionale"&amp;nbsp;</t>
+          <t>Affidamento di un servizio per la presenza pubblicitaria sulla pubblicazione: "IL LIBRO DEI FATTI - 2022", in versione&amp;nbsp;cartacea e digitale, a cura della GMC GIUSEPPE MARRA COMMUNICATIONS S.A.P.A. DI GIUSEPPE PASQUALE MARRA. Impegno di € 18.300,00 (Iva inclusa). Capitolo U0000R31902 - Esercizio finanziario 2022.
+</t>
         </is>
       </c>
       <c r="D940" t="s">
-        <v>810</v>
+        <v>818</v>
       </c>
       <c r="E940" s="2">
-        <v>44769</v>
+        <v>44834</v>
       </c>
     </row>
     <row r="941">
       <c r="A941">
-        <v>2671</v>
+        <v>2710</v>
       </c>
       <c r="B941">
         <v>2022</v>
       </c>
-      <c r="C941" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C941" t="s">
+        <v>819</v>
       </c>
       <c r="D941" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="E941" s="2">
-        <v>44769</v>
+        <v>44834</v>
       </c>
     </row>
     <row r="942">
       <c r="A942">
-        <v>2670</v>
+        <v>2709</v>
       </c>
       <c r="B942">
         <v>2022</v>
       </c>
       <c r="C942" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Fiume Liri - Completamento arginature, sistemazione dell'alveo e delle sponde del fiume Liri, a monte e a valle del Ponte Curvo, in comune di Pontecorvo (FR)."</t>
+          <t>Gara comunitaria centralizzata finalizzata alla stipula di una convenzione per l'affidamento del servizio di ristorazione ospedaliera per l'Azienda Ospedaliera San Camillo Forlanini.</t>
         </is>
       </c>
       <c r="D942" t="s">
-        <v>812</v>
+        <v>821</v>
       </c>
       <c r="E942" s="2">
-        <v>44769</v>
+        <v>44834</v>
       </c>
     </row>
     <row r="943">
       <c r="A943">
-        <v>2669</v>
+        <v>2708</v>
       </c>
       <c r="B943">
         <v>2022</v>
       </c>
       <c r="C943" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Fosso Malafede - Messa in sicurezza della zona urbana di Vitinia via Risaro"&amp;nbsp;</t>
+          <t>Visibilità della Regione Lazio in occasione della manifestazione: "inQuiete Festival", a cura dell'Associazione Mia. Roma 7 - 9&amp;nbsp;ottobre 2022. Impegno di spesa di € 24.400,00 Iva inclusa - Capitolo di bilancio U0000R31902 - Esercizio finanziario 2022.
+</t>
         </is>
       </c>
       <c r="D943" t="s">
-        <v>813</v>
+        <v>822</v>
       </c>
       <c r="E943" s="2">
-        <v>45567</v>
-[...2 lines deleted...]
-        <v>814</v>
+        <v>44833</v>
       </c>
     </row>
     <row r="944">
       <c r="A944">
-        <v>2668</v>
+        <v>2707</v>
       </c>
       <c r="B944">
         <v>2022</v>
       </c>
       <c r="C944" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di manutenzione straordinaria del Fiume Treia"&amp;nbsp;</t>
+          <t>Visibilità della Regione Lazio in occasione dei seguenti eventi estivi: Festa della Madonna delle Grazie di Canepina -&amp;nbsp;Impegno di spesa di € 12.200,00 Iva inclusa in favore del Comune di Canepina (VT), Festa della Madonna Assunta in Cielo e&amp;nbsp;di San Rocco Compatrono di Capodimonte - Impegno di spesa di € 12.200,00 Iva inclusa in favore del Comune di Capodimonte (VT), Equiraduno disorganizzato e nazionale di Blera - Impegno di spesa di € 18.300,00 Iva inclusa in favore&amp;nbsp;del Comune di Blera (VT). Capitolo di bilancio U0000R31902 dell'Es. Fin. 2022.
+</t>
         </is>
       </c>
       <c r="D944" t="s">
-        <v>815</v>
+        <v>823</v>
       </c>
       <c r="E944" s="2">
-        <v>44769</v>
+        <v>44833</v>
       </c>
     </row>
     <row r="945">
       <c r="A945">
-        <v>2667</v>
+        <v>2706</v>
       </c>
       <c r="B945">
         <v>2022</v>
       </c>
       <c r="C945" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di sistemazione idraulica del Fosso dell'Acqua Acetosa a monte di Via C. Colombo" - Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.lgs. 18 aprile 2016, n. 50.</t>
+          <t>Visibilità della Regione Lazio in occasione dei seguenti eventi estivi: Labro Festival 2022 - Impegno di spesa di € 12.200,00&amp;nbsp;Iva inclusa in favore del Comune di Labro, Estate a Piansano - Impegno di spesa di € 12.200,00 Iva inclusa in favore del&amp;nbsp;Comune di Piansano, 62^ Fiera del Vino di Montefiascone - Impegno di spesa di € 12.200,00 Iva inclusa in favore del Comune di Montefiascone. Capitolo di bilancio U0000R31902 dell'Esercizio Finanziario 2022.
+</t>
         </is>
       </c>
       <c r="D945" t="s">
-        <v>816</v>
+        <v>824</v>
       </c>
       <c r="E945" s="2">
-        <v>44782</v>
+        <v>44833</v>
       </c>
     </row>
     <row r="946">
       <c r="A946">
-        <v>2666</v>
+        <v>2705</v>
       </c>
       <c r="B946">
         <v>2022</v>
       </c>
       <c r="C946" t="inlineStr">
         <is>
-          <t>Fondo per la Progettazione di Opere Pubbliche e degli interventi da finanziare per le annualità 2022-2024 - Intervento "Rimozione relitti presenti nell'alveo del Fiume Tevere" - Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.lgs. 18 aprile 2016, n. 50.
+          <t>Visibilità della Regione Lazio in occasione degli eventi: "Fara Film Festival" - Impegno di spesa di € 12.200,00 Iva inclusa in favore dell'Ass.ne Culturale Alfiere Productions e di: "Liberi sulla carta" - Impegno di spesa di € 18.300,00 Iva inclusa in&amp;nbsp;favore dell'Ass.ne Culturale Amici di Liberi sulla Carta. Capitolo di bilancio U0000R31902 dell'Esercizio Finanziario 2022.
 </t>
         </is>
       </c>
       <c r="D946" t="s">
-        <v>548</v>
+        <v>825</v>
       </c>
       <c r="E946" s="2">
-        <v>44769</v>
+        <v>44833</v>
       </c>
     </row>
     <row r="947">
       <c r="A947">
-        <v>2665</v>
+        <v>2704</v>
       </c>
       <c r="B947">
         <v>2022</v>
       </c>
       <c r="C947" t="inlineStr">
         <is>
-          <t>Fondo per la Progettazione di Opere Pubbliche e degli interventi da finanziare per le annualità 2022-2024 - Intervento "Opere di regimentazione e laminazione nel rispetto del principio dell'invarianza idraulica - Comuni di Guidonia Montecelio, Fonte Nuova e Sant'Angelo Romano. Predisposizione di uno studio di fattibilità tecnico economica esteso all'intero quadrante riferito ai territori comunali" - Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.lgs. 18 aprile 2016, n. 50.
+          <t>Piano di Sviluppo e Coesione – PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020 Affidamento diretto dei servizi di ingegneria ed architettura di importo inferiore a 5.000,00 euro, ai sensi dell’art. 1, comma 2, lett. a) del D.L. n. 76 del 16/07/2020, convertito, con modificazioni, dalla Legge n. 120 dell’11/09/2020
 </t>
         </is>
       </c>
       <c r="D947" t="s">
-        <v>548</v>
+        <v>590</v>
       </c>
       <c r="E947" s="2">
-        <v>44769</v>
+        <v>44833</v>
       </c>
     </row>
     <row r="948">
       <c r="A948">
-        <v>2664</v>
+        <v>2703</v>
       </c>
       <c r="B948">
         <v>2022</v>
       </c>
-      <c r="C948" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C948" t="s">
+        <v>826</v>
       </c>
       <c r="D948" t="s">
-        <v>817</v>
+        <v>827</v>
       </c>
       <c r="E948" s="2">
-        <v>44769</v>
+        <v>44832</v>
       </c>
     </row>
     <row r="949">
       <c r="A949">
-        <v>2663</v>
+        <v>2702</v>
       </c>
       <c r="B949">
         <v>2022</v>
       </c>
       <c r="C949" t="inlineStr">
         <is>
-          <t>Fondo per la Progettazione di Opere Pubbliche e degli interventi da finanziare per le annualità 2022-2024 - "Intervento di manutenzione straordinaria del corpo arginale e di ripristino dell'officiosità idraulica dell'alveo del fiume Tevere nel tratto compreso tra Ponte Marconi e la foce" - Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.lgs. 18 aprile 2016, n. 50.
+          <t>Intervento di demolizione e rimozione dei residui delle lavorazioni sino al conferimento al sito di smaltimento/riciclo, della motonave "TIBER II" collocata sulla banchina del fiume Tevere all'altezza di Lungotevere della Vittoria in Roma. Determinazione di affidamento diretto in forma semplificata ai sensi dell'art. 32, comma 2 del D. Lgs. n. 50/2016 e dell'art. 1, comma 2, lett. a) della Legge n. 120 dell'11.9.2020, come modificato dall'art. 51, comma 1, lett. a), sub. 2.1) della Legge n. 108 del 29.7.2021. Affidamento dell'esecuzione dei lavori a Sannino S.r.l. Unipersonale - CUP F83C22001540002, CIG 9399324789. Perfezionamento prenotazione d'impegno n.47042/2022 per l'importo di euro 112.909,30 a favore del creditore certo Sannino S.r.l. (cod. cred. 236450) sul capitolo U0000E42545.
 </t>
         </is>
       </c>
       <c r="D949" t="s">
-        <v>548</v>
+        <v>828</v>
       </c>
       <c r="E949" s="2">
-        <v>44769</v>
+        <v>44827</v>
       </c>
     </row>
     <row r="950">
       <c r="A950">
-        <v>2662</v>
+        <v>2701</v>
       </c>
       <c r="B950">
         <v>2022</v>
       </c>
       <c r="C950" t="inlineStr">
         <is>
-          <t>Fondo per la Progettazione di Opere Pubbliche e degli interventi da finanziare per le annualità 2022-2024 - Intervento "Fiume Melfa - Lavori di costruzione e completamento delle arginature e difese spondali dell'alveo, a difesa dell'abitato di Ponte Melfa di Atina (FR)."&amp;nbsp;
+          <t>POR FESR Lazio 2014-2020 Call for proposal "Energia sostenibile 2.0" Asse Prioritario 4 Azione 4.1.1 _ 6^Aggiornamento elenco operatori economici abilitati a svolgere il servizio di certificazione della prestazione energetica degli edifici, di importo inferiore a 5.000,00 euro, mediante affidamento diretto ai sensi dell'art. 1, comma 2, lett. a del D.L. 76/2020, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della Legge n. 108/2021.
 </t>
         </is>
       </c>
       <c r="D950" t="s">
-        <v>818</v>
+        <v>590</v>
       </c>
       <c r="E950" s="2">
-        <v>44769</v>
+        <v>44825</v>
       </c>
     </row>
     <row r="951">
       <c r="A951">
-        <v>2661</v>
+        <v>2700</v>
       </c>
       <c r="B951">
         <v>2022</v>
       </c>
       <c r="C951" t="inlineStr">
         <is>
-          <t>Fondo per la Progettazione di Opere Pubbliche e degli interventi da finanziare per le annualità 2022-2024 - Intervento "Lavori urgenti di difesa idraulica dalle piene del Fiume Rapido (vecchio e nuovo alveo)"&amp;nbsp;</t>
+          <t>Procedura aperta, finalizzata alla stipula di un Accordo Quadro per l’affidamento del “\Servizio di messa in sicurezza e caratterizzazione ambientale per il sito Ex Discarica Le Lame - SIN Bacino del Fiume Sacco” CUP F47G20000080001 – CIG 9412247FEC. Indizione e approvazione atti di gara.</t>
         </is>
       </c>
       <c r="D951" t="s">
-        <v>819</v>
+        <v>829</v>
       </c>
       <c r="E951" s="2">
-        <v>44769</v>
+        <v>44824</v>
       </c>
     </row>
     <row r="952">
       <c r="A952">
-        <v>2660</v>
+        <v>2699</v>
       </c>
       <c r="B952">
         <v>2022</v>
       </c>
       <c r="C952" t="inlineStr">
         <is>
-          <t>Fondo per la Progettazione di Opere Pubbliche e degli interventi da finanziare per le annualità 2022-2024 - Intervento "Ripristino Alveo del Fosso di Tor Bella Monaca" - Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.lgs. 18 aprile 2016, n. 50.</t>
+          <t>Affidamento esecuzione di un "rilievo batimetrico multibeam nelle aree portuali e avamportuali del porto di Terracina" importo complessivo € 21.411,00 - impegno di spesa € 21.411,00 sul cap. U0000D22511 es. fin. 2022 a favore di Globe Exploration S.r.l. (cod. cred. 235712) - CIG Z5F3751A71
+</t>
         </is>
       </c>
       <c r="D952" t="s">
-        <v>820</v>
+        <v>830</v>
       </c>
       <c r="E952" s="2">
-        <v>44804</v>
+        <v>44818</v>
       </c>
     </row>
     <row r="953">
       <c r="A953">
-        <v>2659</v>
+        <v>2698</v>
       </c>
       <c r="B953">
         <v>2022</v>
       </c>
       <c r="C953" t="inlineStr">
         <is>
-          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione civile n. 558 del 15 novembre 2018 - "Lavori di sistemazione idraulica di una porzione del Fosso San Felice in Comune di Anagni - località Valle San Felice (San Filippo) e rifacimento manufatto di attraversamento della strada comunale di Anagni - Acuto". Codice Intervento 617 - Approvazione progetto esecutivo e determinazione a contrarre. CUP: F87H21001510001 - CIG: 9325074E7D.
+          <t>“Servizio per la redazione della Valutazione di incidenza e dell’aggiornamento del rapporto ambientale relativo al Piano dei Porti di interesse economico regionale della regione Lazio”.
 </t>
         </is>
       </c>
       <c r="D953" t="s">
-        <v>821</v>
+        <v>831</v>
       </c>
       <c r="E953" s="2">
-        <v>44768</v>
+        <v>44818</v>
       </c>
     </row>
     <row r="954">
       <c r="A954">
-        <v>2658</v>
+        <v>2697</v>
       </c>
       <c r="B954">
         <v>2022</v>
       </c>
       <c r="C954" t="inlineStr">
         <is>
-          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione civile n. 558 del 15 novembre 2018 - "Miglioramento e ripristino officiosità idraulica della Gronda Ovest (n. 9 Torrenti montani all'interno di centri abitati) a seguito degli eventi calamitosi del 29 e 30 ottobre 2018". Codice Intervento 610 - Approvazione progetto esecutivo e determinazione a contrarre. CUP: F37H21001250001 - CIG: 9324279E6F.
+          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2 lettera a), del d.lgs. n. 50/2016, per la fornitura di una stampante multifunzione laser a colori per la sede di Bruxelles, Area relazioni con l'Unione Europea, Direzione Programmazione Economica. Determina a contrarre. Impegno di spesa pluriennale sul capitolo U0000S23915 di € 6.784,47, annualità 2022- 2025, in favore di XEROX FINANCIAL SERVICES BELUX BV/SRL. CIG Z4F36E3921.
 </t>
         </is>
       </c>
       <c r="D954" t="s">
-        <v>822</v>
+        <v>832</v>
       </c>
       <c r="E954" s="2">
-        <v>44768</v>
+        <v>44816</v>
       </c>
     </row>
     <row r="955">
       <c r="A955">
-        <v>2657</v>
+        <v>2696</v>
       </c>
       <c r="B955">
         <v>2022</v>
       </c>
       <c r="C955" t="inlineStr">
         <is>
-          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione civile n. 558 del 15 novembre 2018 - "Miglioramento e ripristino officiosità idraulica dei fossi Capodacqua e Santa Margherita nel Comune di Cantalice (RI), a seguito degli eventi calamitosi del 29 e 30 ottobre 2018". Codice Intervento 611 - Approvazione progetto esecutivo e determinazione a contrarre. CUP: F57H21000890001 - CIG: 9324343343.
+          <t>Campagna di comunicazione istituzionale denominata "Risparmio acqua", ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 63 comma 2, lettera b). Affidamenti a creditori vari. Impegno di spesa di € 80.046,64 IVA inclusa - Capitolo di bilancio U0000R31902 - Esercizio finanziario 2022.
 </t>
         </is>
       </c>
       <c r="D955" t="s">
-        <v>823</v>
+        <v>833</v>
       </c>
       <c r="E955" s="2">
-        <v>44768</v>
+        <v>44813</v>
       </c>
     </row>
     <row r="956">
       <c r="A956">
-        <v>2656</v>
+        <v>2695</v>
       </c>
       <c r="B956">
         <v>2022</v>
       </c>
       <c r="C956" t="inlineStr">
         <is>
-          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione civile n. 558 del 15 novembre 2018 - "Ripristino officiosità idraulica del Torrente Canera nel Comune di Contigliano (Rieti), a seguito degli eventi calamitosi del 29 e 30 ottobre 2018". Codice Intervento 623 - Approvazione progetto esecutivo e determinazione a contrarre. CUP: F37H21001260001 - CIG: 9324378026.
+          <t>Visibilità della Regione Lazio in occasione dell'iniziativa: "SURF EXPO 2022", a cura della Santa Marinella Surf Club. Impegno di € 16.393,00 Iva esente - Capitolo U0000R31902 - Esercizio finanziario 2022. (CIG Z74370A108)
 </t>
         </is>
       </c>
       <c r="D956" t="s">
-        <v>824</v>
+        <v>834</v>
       </c>
       <c r="E956" s="2">
-        <v>44768</v>
+        <v>44813</v>
       </c>
     </row>
     <row r="957">
       <c r="A957">
-        <v>2655</v>
+        <v>2694</v>
       </c>
       <c r="B957">
         <v>2022</v>
       </c>
       <c r="C957" t="inlineStr">
         <is>
-          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione civile n. 558 del 15 novembre 2018 - "Ripristino officiosità idraulica del Torrente Lariana nel Comune di Belmonte (Rieti), a seguito degli eventi calamitosi del 28 e 29 ottobre 2018". Codice Intervento 646 - Approvazione progetto esecutivo e determinazione a contrarre. CUP: F17H21001230001 - CIG: 93244099B8.
+          <t>Affidamenti per i servizi di visibilità della Regione Lazio, ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a), in occasione di eventi sportivi, come di seguito indicati: - Campionato nazionale Karate - Pala Torrino Roma € 8.200,00 Iva esente,- Festa dei 100 anni del centro sportivo Romulea € 5.000,00 Iva esente,- Partecipazione alle Maccabiadi 2022 € 5.000,00 Iva esente,- Circuito senior tennis Lazio numero Blu 2022 € 5.000,00 Iva esente,- Gran Fondo di Latina di Ciclismo 2022 € 5.000,00 Iva esente.Impegni di spesa complessiva € 28.200,00 sul Capitolo di bilancio U0000R31902 - Esercizio finanziario 2022.
 </t>
         </is>
       </c>
       <c r="D957" t="s">
-        <v>825</v>
+        <v>835</v>
       </c>
       <c r="E957" s="2">
-        <v>44768</v>
+        <v>44813</v>
       </c>
     </row>
     <row r="958">
       <c r="A958">
-        <v>2654</v>
+        <v>2693</v>
       </c>
       <c r="B958">
-        <v>2022</v>
-[...4 lines deleted...]
-        </is>
+        <v>2021</v>
+      </c>
+      <c r="C958" t="s">
+        <v>836</v>
       </c>
       <c r="D958" t="s">
-        <v>826</v>
+        <v>837</v>
       </c>
       <c r="E958" s="2">
-        <v>46007</v>
+        <v>44566</v>
       </c>
     </row>
     <row r="959">
       <c r="A959">
-        <v>2653</v>
+        <v>2692</v>
       </c>
       <c r="B959">
         <v>2022</v>
       </c>
-      <c r="C959" t="s">
-        <v>827</v>
+      <c r="C959" t="inlineStr">
+        <is>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco tecnologico e digitale ospedaliero - Gara comunitaria centralizzata a procedura aperta finalizzata all’acquisizione di Tomografi a risonanza magnetica per le Aziende Sanitarie e Ospedaliere della Regione Lazio - ID Anac 8681607 Determina di indizione.</t>
+        </is>
       </c>
       <c r="D959" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="E959" s="2">
-        <v>44763</v>
+        <v>44806</v>
       </c>
     </row>
     <row r="960">
       <c r="A960">
-        <v>2652</v>
+        <v>2691</v>
       </c>
       <c r="B960">
         <v>2022</v>
       </c>
       <c r="C960" t="inlineStr">
         <is>
-          <t>Servizio per l’espletamento delle attività di Direzione Lavori, di Coordinamento della Sicurezza in fase di Esecuzione e di redazione del Certificato di Regolare Esecuzione e Collaudo tecnico funzionale per i “Lavori di manutenzione degli impianti idrovori di Via Ferloni, Via di Villa Livia e Via Frassineto, anche in caso di piena, nel Comune di Roma Capitale".
+          <t>Concessione Grande Derivazione di Acqua Pubblica i sensi del R.D. 1775/1933 e s.m.i., ad uso approvvigionamento idropotabile, per una quantità di acqua prelevata pari a 5 moduli medi (500 litri secondi) dal Fiume Tevere, posta in essere nel territorio del Comune di Roma (RM), in località Grottarossa. Richiedente: ACEA ATO 2 S.p.A.
 </t>
         </is>
       </c>
       <c r="D960" t="s">
-        <v>829</v>
+        <v>590</v>
       </c>
       <c r="E960" s="2">
-        <v>44763</v>
+        <v>44803</v>
       </c>
     </row>
     <row r="961">
       <c r="A961">
-        <v>2651</v>
+        <v>2690</v>
       </c>
       <c r="B961">
         <v>2022</v>
       </c>
       <c r="C961" t="inlineStr">
         <is>
-          <t>Servizio per l’espletamento delle attività di Direzione Lavori, di Coordinamento della Sicurezza in fase di Esecuzione e di redazione del Certificato di Regolare Esecuzione e Collaudo tecnico funzionale per i “Lavori di manutenzione degli impianti idrovori sul fiume Aniene (Corcolle – Pratolungo)&amp;nbsp;
+          <t>Promozione d'immagine della Regione Lazio in occasione dell'iniziativa: "Missione Italia - 2021/2026 PNRR dei Comuni e della Città", a cura dell'ANCI Comunicare srl.
 </t>
         </is>
       </c>
       <c r="D961" t="s">
-        <v>830</v>
+        <v>839</v>
       </c>
       <c r="E961" s="2">
-        <v>44762</v>
+        <v>44789</v>
       </c>
     </row>
     <row r="962">
       <c r="A962">
-        <v>2650</v>
+        <v>2689</v>
       </c>
       <c r="B962">
         <v>2022</v>
       </c>
-      <c r="C962" t="inlineStr">
-[...3 lines deleted...]
-        </is>
+      <c r="C962" t="s">
+        <v>840</v>
       </c>
       <c r="D962" t="s">
-        <v>831</v>
+        <v>841</v>
       </c>
       <c r="E962" s="2">
-        <v>44761</v>
+        <v>44789</v>
       </c>
     </row>
     <row r="963">
       <c r="A963">
-        <v>2649</v>
+        <v>2687</v>
       </c>
       <c r="B963">
         <v>2022</v>
       </c>
       <c r="C963" t="inlineStr">
         <is>
+          <t>Affidamento, ai sensi dell'articolo 36, comma 2, lettera a), del D.Lgs. 18 aprile 2016, n. 50 e successive modificazioni, del servizio notarile relativo alla predisposizione degli atti finalizzati all'adesione della Regione Lazio in qualità di fondatore promotore alla "Fondazione Rome Technopole", in attuazione della Legge regionale 12 luglio 2022 n.12, articolo 4. Deliberazione della Giunta Regionale del 14 luglio 2022, n. 562. Determinazione dirigenziale n. G09466 del 18 luglio 2022. Impegno sul capitolo del bilancio regionale U0000T19425 di Euro 2.306,80 per l'anno 2022 in favore del dott. Campisi Marco, Notaio in Roma. Smart CIG: Z7737492BE.
+</t>
+        </is>
+      </c>
+      <c r="D963" t="s">
+        <v>842</v>
+      </c>
+      <c r="E963" s="2">
+        <v>44781</v>
+      </c>
+    </row>
+    <row r="964">
+      <c r="A964">
+        <v>2686</v>
+      </c>
+      <c r="B964">
+        <v>2022</v>
+      </c>
+      <c r="C964" t="s">
+        <v>843</v>
+      </c>
+      <c r="D964" t="s">
+        <v>844</v>
+      </c>
+      <c r="E964" s="2">
+        <v>44595</v>
+      </c>
+    </row>
+    <row r="965">
+      <c r="A965">
+        <v>2685</v>
+      </c>
+      <c r="B965">
+        <v>2022</v>
+      </c>
+      <c r="C965" t="inlineStr">
+        <is>
+          <t>Procedura aperta svolta attraverso piattaforme telematiche di negoziazione ai sensi degli artt. 58 e 60 del d.lgs. 50/2016,&amp;nbsp;finalizzata all'acquisizione, a mezzo di accordo-quadro ex art. 54 comma 3 D. Lgs n. 50/2016, del servizio di assistenza tecnica&amp;nbsp;per la gestione ed attuazione del Piano Sviluppo e Coesione ella Regione Lazio. Lotto unico. Approvazione atti di gara ed autorizzazione ad indire.</t>
+        </is>
+      </c>
+      <c r="D965" t="s">
+        <v>845</v>
+      </c>
+      <c r="E965" s="2">
+        <v>44774</v>
+      </c>
+    </row>
+    <row r="966">
+      <c r="A966">
+        <v>2684</v>
+      </c>
+      <c r="B966">
+        <v>2022</v>
+      </c>
+      <c r="C966" t="inlineStr">
+        <is>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - Componente M6C2 - 1.1.2. Ammodernamento del parco tecnologico e digitale ospedaliero - gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione di angiografi per le Aziende Sanitarie e Ospedaliere della Regione Lazio. Determina a contrarre. Approvazione schemi atti e indizione gara.&amp;nbsp;Numero gara 8659981</t>
+        </is>
+      </c>
+      <c r="D966" t="s">
+        <v>846</v>
+      </c>
+      <c r="E966" s="2">
+        <v>44770</v>
+      </c>
+    </row>
+    <row r="967">
+      <c r="A967">
+        <v>2683</v>
+      </c>
+      <c r="B967">
+        <v>2022</v>
+      </c>
+      <c r="C967" t="inlineStr">
+        <is>
+          <t>Sistema Dinamico di Acquisizione ai sensi dell'art. 55 del d. lgs. n. 50/2016 e s.m.i. per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinati alle AA.SS. della Regione Lazio e di altri Soggetti Aggregatori. Indizione e approvazione bando istitutivo.
+</t>
+        </is>
+      </c>
+      <c r="D967" t="s">
+        <v>590</v>
+      </c>
+      <c r="E967" s="2">
+        <v>44770</v>
+      </c>
+    </row>
+    <row r="968">
+      <c r="A968">
+        <v>2682</v>
+      </c>
+      <c r="B968">
+        <v>2022</v>
+      </c>
+      <c r="C968" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2022 - tranche 6,&amp;nbsp;nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di&amp;nbsp;farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre.&amp;nbsp;Approvazione schemi, atti e indizione gara. Nr. Gara 8659577
+</t>
+        </is>
+      </c>
+      <c r="D968" t="s">
+        <v>847</v>
+      </c>
+      <c r="E968" s="2">
+        <v>44770</v>
+      </c>
+    </row>
+    <row r="969">
+      <c r="A969">
+        <v>2681</v>
+      </c>
+      <c r="B969">
+        <v>2018</v>
+      </c>
+      <c r="C969" t="inlineStr">
+        <is>
+          <t>"Messa in sicurezza Media valle del Tevere a salvaguardia della città di Roma (I stralcio) – lotto 2". Affidamento indagini geognostiche ai sensi dell'art. 36 co. 2 lett. b) del D.Lgs n. 50/2016.</t>
+        </is>
+      </c>
+      <c r="D969" t="s">
+        <v>848</v>
+      </c>
+      <c r="E969" s="2">
+        <v>44769</v>
+      </c>
+      <c r="F969" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="970">
+      <c r="A970">
+        <v>2680</v>
+      </c>
+      <c r="B970">
+        <v>2022</v>
+      </c>
+      <c r="C970" t="inlineStr">
+        <is>
+          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di manutenzione straordinaria del Fiume Paglia" - Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.lgs. 18 aprile 2016, n. 50.
+</t>
+        </is>
+      </c>
+      <c r="D970" t="s">
+        <v>590</v>
+      </c>
+      <c r="E970" s="2">
+        <v>44769</v>
+      </c>
+    </row>
+    <row r="971">
+      <c r="A971">
+        <v>2679</v>
+      </c>
+      <c r="B971">
+        <v>2022</v>
+      </c>
+      <c r="C971" t="inlineStr">
+        <is>
+          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di manutenzione straordinaria del Fiume Mignone" - Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.lgs. 18 aprile 2016, n. 50.
+</t>
+        </is>
+      </c>
+      <c r="D971" t="s">
+        <v>590</v>
+      </c>
+      <c r="E971" s="2">
+        <v>44769</v>
+      </c>
+    </row>
+    <row r="972">
+      <c r="A972">
+        <v>2678</v>
+      </c>
+      <c r="B972">
+        <v>2022</v>
+      </c>
+      <c r="C972" t="inlineStr">
+        <is>
+          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di manutenzione straordinaria del Fiume Olpeta" - Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.lgs. 18 aprile 2016, n. 50.
+</t>
+        </is>
+      </c>
+      <c r="D972" t="s">
+        <v>590</v>
+      </c>
+      <c r="E972" s="2">
+        <v>44769</v>
+      </c>
+    </row>
+    <row r="973">
+      <c r="A973">
+        <v>2677</v>
+      </c>
+      <c r="B973">
+        <v>2022</v>
+      </c>
+      <c r="C973" t="inlineStr">
+        <is>
+          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di manutenzione straordinaria e di sistemazione spondale del Rio Vicano" - Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.lgs. 18 aprile 2016, n. 50.
+</t>
+        </is>
+      </c>
+      <c r="D973" t="s">
+        <v>590</v>
+      </c>
+      <c r="E973" s="2">
+        <v>44769</v>
+      </c>
+    </row>
+    <row r="974">
+      <c r="A974">
+        <v>2676</v>
+      </c>
+      <c r="B974">
+        <v>2022</v>
+      </c>
+      <c r="C974" t="inlineStr">
+        <is>
+          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di manutenzione straordinaria del Fiume Velino" - Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.lgs. 18 aprile 2016, n. 50.
+</t>
+        </is>
+      </c>
+      <c r="D974" t="s">
+        <v>590</v>
+      </c>
+      <c r="E974" s="2">
+        <v>44769</v>
+      </c>
+    </row>
+    <row r="975">
+      <c r="A975">
+        <v>2675</v>
+      </c>
+      <c r="B975">
+        <v>2022</v>
+      </c>
+      <c r="C975" t="inlineStr">
+        <is>
+          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di manutenzione straordinaria del Fiume Tronto"&amp;nbsp;</t>
+        </is>
+      </c>
+      <c r="D975" t="s">
+        <v>850</v>
+      </c>
+      <c r="E975" s="2">
+        <v>44928</v>
+      </c>
+    </row>
+    <row r="976">
+      <c r="A976">
+        <v>2674</v>
+      </c>
+      <c r="B976">
+        <v>2022</v>
+      </c>
+      <c r="C976" t="inlineStr">
+        <is>
+          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di Manutenzione straordinaria e di sistemazione spondale del Fiume Marta"&amp;nbsp;</t>
+        </is>
+      </c>
+      <c r="D976" t="s">
+        <v>851</v>
+      </c>
+      <c r="E976" s="2">
+        <v>44769</v>
+      </c>
+    </row>
+    <row r="977">
+      <c r="A977">
+        <v>2673</v>
+      </c>
+      <c r="B977">
+        <v>2022</v>
+      </c>
+      <c r="C977" t="inlineStr">
+        <is>
+          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Fiume Fibreno - Completamento del sistema idraulico (scolmatore e cassa di laminazione) del fiume Fibreno"&amp;nbsp;</t>
+        </is>
+      </c>
+      <c r="D977" t="s">
+        <v>852</v>
+      </c>
+      <c r="E977" s="2">
+        <v>45982</v>
+      </c>
+    </row>
+    <row r="978">
+      <c r="A978">
+        <v>2672</v>
+      </c>
+      <c r="B978">
+        <v>2022</v>
+      </c>
+      <c r="C978" t="inlineStr">
+        <is>
+          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Ninfa-Sisto - Lavori di sistemazione dell'alveo e completamento delle arginature a salvaguardia degli abitati e delle infrastrutture nei comuni di Pontinia, Sabaudia e Terracina (LT). I Stralcio funzionale"&amp;nbsp;</t>
+        </is>
+      </c>
+      <c r="D978" t="s">
+        <v>853</v>
+      </c>
+      <c r="E978" s="2">
+        <v>44769</v>
+      </c>
+    </row>
+    <row r="979">
+      <c r="A979">
+        <v>2671</v>
+      </c>
+      <c r="B979">
+        <v>2022</v>
+      </c>
+      <c r="C979" t="inlineStr">
+        <is>
+          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Amaseno - Lavori di sistemazione e completamento delle opere idrauliche a salvaguardia degli abitati e delle infrastrutture, a valle della loc. Sonnino Scalo, nei comuni di Priverno, Sonnino, Pontinia e Terracina (LT)."&amp;nbsp;</t>
+        </is>
+      </c>
+      <c r="D979" t="s">
+        <v>854</v>
+      </c>
+      <c r="E979" s="2">
+        <v>44769</v>
+      </c>
+    </row>
+    <row r="980">
+      <c r="A980">
+        <v>2670</v>
+      </c>
+      <c r="B980">
+        <v>2022</v>
+      </c>
+      <c r="C980" t="inlineStr">
+        <is>
+          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Fiume Liri - Completamento arginature, sistemazione dell'alveo e delle sponde del fiume Liri, a monte e a valle del Ponte Curvo, in comune di Pontecorvo (FR)."</t>
+        </is>
+      </c>
+      <c r="D980" t="s">
+        <v>855</v>
+      </c>
+      <c r="E980" s="2">
+        <v>46038</v>
+      </c>
+      <c r="F980" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="981">
+      <c r="A981">
+        <v>2669</v>
+      </c>
+      <c r="B981">
+        <v>2022</v>
+      </c>
+      <c r="C981" t="inlineStr">
+        <is>
+          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Fosso Malafede - Messa in sicurezza della zona urbana di Vitinia via Risaro"&amp;nbsp;</t>
+        </is>
+      </c>
+      <c r="D981" t="s">
+        <v>857</v>
+      </c>
+      <c r="E981" s="2">
+        <v>45567</v>
+      </c>
+      <c r="F981" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="982">
+      <c r="A982">
+        <v>2668</v>
+      </c>
+      <c r="B982">
+        <v>2022</v>
+      </c>
+      <c r="C982" t="inlineStr">
+        <is>
+          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di manutenzione straordinaria del Fiume Treia"&amp;nbsp;</t>
+        </is>
+      </c>
+      <c r="D982" t="s">
+        <v>859</v>
+      </c>
+      <c r="E982" s="2">
+        <v>44769</v>
+      </c>
+    </row>
+    <row r="983">
+      <c r="A983">
+        <v>2667</v>
+      </c>
+      <c r="B983">
+        <v>2022</v>
+      </c>
+      <c r="C983" t="inlineStr">
+        <is>
+          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di sistemazione idraulica del Fosso dell'Acqua Acetosa a monte di Via C. Colombo" - Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.lgs. 18 aprile 2016, n. 50.</t>
+        </is>
+      </c>
+      <c r="D983" t="s">
+        <v>860</v>
+      </c>
+      <c r="E983" s="2">
+        <v>44782</v>
+      </c>
+    </row>
+    <row r="984">
+      <c r="A984">
+        <v>2666</v>
+      </c>
+      <c r="B984">
+        <v>2022</v>
+      </c>
+      <c r="C984" t="inlineStr">
+        <is>
+          <t>Fondo per la Progettazione di Opere Pubbliche e degli interventi da finanziare per le annualità 2022-2024 - Intervento "Rimozione relitti presenti nell'alveo del Fiume Tevere" - Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.lgs. 18 aprile 2016, n. 50.
+</t>
+        </is>
+      </c>
+      <c r="D984" t="s">
+        <v>590</v>
+      </c>
+      <c r="E984" s="2">
+        <v>44769</v>
+      </c>
+    </row>
+    <row r="985">
+      <c r="A985">
+        <v>2665</v>
+      </c>
+      <c r="B985">
+        <v>2022</v>
+      </c>
+      <c r="C985" t="inlineStr">
+        <is>
+          <t>Fondo per la Progettazione di Opere Pubbliche e degli interventi da finanziare per le annualità 2022-2024 - Intervento "Opere di regimentazione e laminazione nel rispetto del principio dell'invarianza idraulica - Comuni di Guidonia Montecelio, Fonte Nuova e Sant'Angelo Romano. Predisposizione di uno studio di fattibilità tecnico economica esteso all'intero quadrante riferito ai territori comunali" - Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.lgs. 18 aprile 2016, n. 50.
+</t>
+        </is>
+      </c>
+      <c r="D985" t="s">
+        <v>590</v>
+      </c>
+      <c r="E985" s="2">
+        <v>44769</v>
+      </c>
+    </row>
+    <row r="986">
+      <c r="A986">
+        <v>2664</v>
+      </c>
+      <c r="B986">
+        <v>2022</v>
+      </c>
+      <c r="C986" t="inlineStr">
+        <is>
+          <t>Fondo per la Progettazione di Opere Pubbliche e degli interventi da finanziare per le annualità 2022-2024 - Intervento "Realizzazione cassa di espansione torrente Acquatraversa" - Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.lgs. 18 aprile 2016, n. 50.</t>
+        </is>
+      </c>
+      <c r="D986" t="s">
+        <v>861</v>
+      </c>
+      <c r="E986" s="2">
+        <v>44769</v>
+      </c>
+    </row>
+    <row r="987">
+      <c r="A987">
+        <v>2663</v>
+      </c>
+      <c r="B987">
+        <v>2022</v>
+      </c>
+      <c r="C987" t="inlineStr">
+        <is>
+          <t>Fondo per la Progettazione di Opere Pubbliche e degli interventi da finanziare per le annualità 2022-2024 - "Intervento di manutenzione straordinaria del corpo arginale e di ripristino dell'officiosità idraulica dell'alveo del fiume Tevere nel tratto compreso tra Ponte Marconi e la foce" - Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.lgs. 18 aprile 2016, n. 50.
+</t>
+        </is>
+      </c>
+      <c r="D987" t="s">
+        <v>590</v>
+      </c>
+      <c r="E987" s="2">
+        <v>44769</v>
+      </c>
+    </row>
+    <row r="988">
+      <c r="A988">
+        <v>2662</v>
+      </c>
+      <c r="B988">
+        <v>2022</v>
+      </c>
+      <c r="C988" t="inlineStr">
+        <is>
+          <t>Fondo per la Progettazione di Opere Pubbliche e degli interventi da finanziare per le annualità 2022-2024 - Intervento "Fiume Melfa - Lavori di costruzione e completamento delle arginature e difese spondali dell'alveo, a difesa dell'abitato di Ponte Melfa di Atina (FR)."&amp;nbsp;
+</t>
+        </is>
+      </c>
+      <c r="D988" t="s">
+        <v>862</v>
+      </c>
+      <c r="E988" s="2">
+        <v>44769</v>
+      </c>
+    </row>
+    <row r="989">
+      <c r="A989">
+        <v>2661</v>
+      </c>
+      <c r="B989">
+        <v>2022</v>
+      </c>
+      <c r="C989" t="inlineStr">
+        <is>
+          <t>Fondo per la Progettazione di Opere Pubbliche e degli interventi da finanziare per le annualità 2022-2024 - Intervento "Lavori urgenti di difesa idraulica dalle piene del Fiume Rapido (vecchio e nuovo alveo)"&amp;nbsp;</t>
+        </is>
+      </c>
+      <c r="D989" t="s">
+        <v>863</v>
+      </c>
+      <c r="E989" s="2">
+        <v>44769</v>
+      </c>
+    </row>
+    <row r="990">
+      <c r="A990">
+        <v>2660</v>
+      </c>
+      <c r="B990">
+        <v>2022</v>
+      </c>
+      <c r="C990" t="inlineStr">
+        <is>
+          <t>Fondo per la Progettazione di Opere Pubbliche e degli interventi da finanziare per le annualità 2022-2024 - Intervento "Ripristino Alveo del Fosso di Tor Bella Monaca" - Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.lgs. 18 aprile 2016, n. 50.</t>
+        </is>
+      </c>
+      <c r="D990" t="s">
+        <v>864</v>
+      </c>
+      <c r="E990" s="2">
+        <v>44804</v>
+      </c>
+    </row>
+    <row r="991">
+      <c r="A991">
+        <v>2659</v>
+      </c>
+      <c r="B991">
+        <v>2022</v>
+      </c>
+      <c r="C991" t="inlineStr">
+        <is>
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione civile n. 558 del 15 novembre 2018 - "Lavori di sistemazione idraulica di una porzione del Fosso San Felice in Comune di Anagni - località Valle San Felice (San Filippo) e rifacimento manufatto di attraversamento della strada comunale di Anagni - Acuto". Codice Intervento 617 - Approvazione progetto esecutivo e determinazione a contrarre. CUP: F87H21001510001 - CIG: 9325074E7D.
+</t>
+        </is>
+      </c>
+      <c r="D991" t="s">
+        <v>865</v>
+      </c>
+      <c r="E991" s="2">
+        <v>44768</v>
+      </c>
+    </row>
+    <row r="992">
+      <c r="A992">
+        <v>2658</v>
+      </c>
+      <c r="B992">
+        <v>2022</v>
+      </c>
+      <c r="C992" t="inlineStr">
+        <is>
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione civile n. 558 del 15 novembre 2018 - "Miglioramento e ripristino officiosità idraulica della Gronda Ovest (n. 9 Torrenti montani all'interno di centri abitati) a seguito degli eventi calamitosi del 29 e 30 ottobre 2018". Codice Intervento 610 - Approvazione progetto esecutivo e determinazione a contrarre. CUP: F37H21001250001 - CIG: 9324279E6F.
+</t>
+        </is>
+      </c>
+      <c r="D992" t="s">
+        <v>866</v>
+      </c>
+      <c r="E992" s="2">
+        <v>44768</v>
+      </c>
+    </row>
+    <row r="993">
+      <c r="A993">
+        <v>2657</v>
+      </c>
+      <c r="B993">
+        <v>2022</v>
+      </c>
+      <c r="C993" t="inlineStr">
+        <is>
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione civile n. 558 del 15 novembre 2018 - "Miglioramento e ripristino officiosità idraulica dei fossi Capodacqua e Santa Margherita nel Comune di Cantalice (RI), a seguito degli eventi calamitosi del 29 e 30 ottobre 2018". Codice Intervento 611 - Approvazione progetto esecutivo e determinazione a contrarre. CUP: F57H21000890001 - CIG: 9324343343.
+</t>
+        </is>
+      </c>
+      <c r="D993" t="s">
+        <v>867</v>
+      </c>
+      <c r="E993" s="2">
+        <v>44768</v>
+      </c>
+    </row>
+    <row r="994">
+      <c r="A994">
+        <v>2656</v>
+      </c>
+      <c r="B994">
+        <v>2022</v>
+      </c>
+      <c r="C994" t="inlineStr">
+        <is>
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione civile n. 558 del 15 novembre 2018 - "Ripristino officiosità idraulica del Torrente Canera nel Comune di Contigliano (Rieti), a seguito degli eventi calamitosi del 29 e 30 ottobre 2018". Codice Intervento 623 - Approvazione progetto esecutivo e determinazione a contrarre. CUP: F37H21001260001 - CIG: 9324378026.
+</t>
+        </is>
+      </c>
+      <c r="D994" t="s">
+        <v>868</v>
+      </c>
+      <c r="E994" s="2">
+        <v>44768</v>
+      </c>
+    </row>
+    <row r="995">
+      <c r="A995">
+        <v>2655</v>
+      </c>
+      <c r="B995">
+        <v>2022</v>
+      </c>
+      <c r="C995" t="inlineStr">
+        <is>
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione civile n. 558 del 15 novembre 2018 - "Ripristino officiosità idraulica del Torrente Lariana nel Comune di Belmonte (Rieti), a seguito degli eventi calamitosi del 28 e 29 ottobre 2018". Codice Intervento 646 - Approvazione progetto esecutivo e determinazione a contrarre. CUP: F17H21001230001 - CIG: 93244099B8.
+</t>
+        </is>
+      </c>
+      <c r="D995" t="s">
+        <v>869</v>
+      </c>
+      <c r="E995" s="2">
+        <v>44768</v>
+      </c>
+    </row>
+    <row r="996">
+      <c r="A996">
+        <v>2654</v>
+      </c>
+      <c r="B996">
+        <v>2022</v>
+      </c>
+      <c r="C996" t="inlineStr">
+        <is>
+          <t>Gara Comunitaria a procedura aperta svolta attraverso piattaforme telematiche di negoziazione ai sensi degli artt. 58 e 60 del d.lgs. 50/2016, finalizzata alla stipula di un accordo-quadro ex art. 54 comma 3 d.lgs n. 50/2016, per l'affidamento dei "Servizi di rimozione dei rifiuti abbandonati, caratterizzazione, rimozione amianto e monitoraggio delle acque ad uso potabile, irriguo e domestico", suddivisa in n. 9 lotti funzionali.</t>
+        </is>
+      </c>
+      <c r="D996" t="s">
+        <v>870</v>
+      </c>
+      <c r="E996" s="2">
+        <v>46007</v>
+      </c>
+    </row>
+    <row r="997">
+      <c r="A997">
+        <v>2653</v>
+      </c>
+      <c r="B997">
+        <v>2022</v>
+      </c>
+      <c r="C997" t="s">
+        <v>871</v>
+      </c>
+      <c r="D997" t="s">
+        <v>872</v>
+      </c>
+      <c r="E997" s="2">
+        <v>44763</v>
+      </c>
+    </row>
+    <row r="998">
+      <c r="A998">
+        <v>2652</v>
+      </c>
+      <c r="B998">
+        <v>2022</v>
+      </c>
+      <c r="C998" t="inlineStr">
+        <is>
+          <t>Servizio per l’espletamento delle attività di Direzione Lavori, di Coordinamento della Sicurezza in fase di Esecuzione e di redazione del Certificato di Regolare Esecuzione e Collaudo tecnico funzionale per i “Lavori di manutenzione degli impianti idrovori di Via Ferloni, Via di Villa Livia e Via Frassineto, anche in caso di piena, nel Comune di Roma Capitale".
+</t>
+        </is>
+      </c>
+      <c r="D998" t="s">
+        <v>873</v>
+      </c>
+      <c r="E998" s="2">
+        <v>44763</v>
+      </c>
+    </row>
+    <row r="999">
+      <c r="A999">
+        <v>2651</v>
+      </c>
+      <c r="B999">
+        <v>2022</v>
+      </c>
+      <c r="C999" t="inlineStr">
+        <is>
+          <t>Servizio per l’espletamento delle attività di Direzione Lavori, di Coordinamento della Sicurezza in fase di Esecuzione e di redazione del Certificato di Regolare Esecuzione e Collaudo tecnico funzionale per i “Lavori di manutenzione degli impianti idrovori sul fiume Aniene (Corcolle – Pratolungo)&amp;nbsp;
+</t>
+        </is>
+      </c>
+      <c r="D999" t="s">
+        <v>874</v>
+      </c>
+      <c r="E999" s="2">
+        <v>44762</v>
+      </c>
+    </row>
+    <row r="1000">
+      <c r="A1000">
+        <v>2650</v>
+      </c>
+      <c r="B1000">
+        <v>2022</v>
+      </c>
+      <c r="C1000" t="inlineStr">
+        <is>
+          <t>POR FESR 2014-2020. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020. Redazione dell'Attestato di Prestazione Energetica APE della Scuola Elementare "U. Cerboni", via Federico Borromeo 69, Roma Capitale. Intervento A0100E0079 Disimpegno della somma complessiva di € -985,58 per effetto del ribasso d'asta ed attribuzione dell'impegno n.2022/18273 di € 4.504,02, comprensivo di IVA e oneri di legge, sul Capitolo U0000A42502 a favore dell'ing. Matteo Spadoni (cod, cred. 218492) Es. finanziario 2022 CUP F86C17000050006 - CIG Z8B35220E5
+</t>
+        </is>
+      </c>
+      <c r="D1000" t="s">
+        <v>875</v>
+      </c>
+      <c r="E1000" s="2">
+        <v>44761</v>
+      </c>
+    </row>
+    <row r="1001">
+      <c r="A1001">
+        <v>2649</v>
+      </c>
+      <c r="B1001">
+        <v>2022</v>
+      </c>
+      <c r="C1001" t="inlineStr">
+        <is>
           <t>POR FESR 2014-2020 - Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020, come modificato dall'art 51, comma 1, lett. a), sub. 2.1) della Legge n. 108 del 29/07/2021 - Redazione dell'Attestato di Prestazione Energetica APE della "Scuola ITIS" in Via Alessandro Volta nel comune di Viterbo (VT). Intervento A0100E0141. Disimpegno della somma complessiva di € -244,79 sull'impegno 2022/17706 per ribasso d'asta e attribuzione dell'impegno n. 2022/17706 di € 5.245,21 comprensivo di IVA e oneri di legge, sul Capitolo U0000A42502 a favore dell'ing. Massimo Pescosolido (cod. cred. 177886). Es. finanziario 2022. CUP F87D18000540009 - CIG Z4434F0C17
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="D963" t="s">
-[...2 lines deleted...]
-      <c r="E963" s="2">
+      <c r="D1001" t="s">
+        <v>876</v>
+      </c>
+      <c r="E1001" s="2">
         <v>44761</v>
       </c>
     </row>
-    <row r="964">
-      <c r="A964">
+    <row r="1002">
+      <c r="A1002">
         <v>2648</v>
       </c>
-      <c r="B964">
+      <c r="B1002">
         <v>2022</v>
       </c>
-      <c r="C964" t="inlineStr">
+      <c r="C1002" t="inlineStr">
         <is>
           <t>PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020 Dossier - LI-ES2-0820168 - Intervento A0100E0452 "Plesso scolastico Risorgimento" in Frascati (RM).</t>
         </is>
       </c>
-      <c r="D964" t="s">
-[...2 lines deleted...]
-      <c r="E964" s="2">
+      <c r="D1002" t="s">
+        <v>877</v>
+      </c>
+      <c r="E1002" s="2">
         <v>44760</v>
       </c>
     </row>
-    <row r="965">
-      <c r="A965">
+    <row r="1003">
+      <c r="A1003">
         <v>2647</v>
       </c>
-      <c r="B965">
+      <c r="B1003">
         <v>2022</v>
       </c>
-      <c r="C965" t="inlineStr">
+      <c r="C1003" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile. Interventon A0100E0347 presso la "Scuola Primaria Giovanni Pascoli" nel Comune di Sutri (VT). Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020&amp;nbsp;- Incarico per la redazione dell'Attestato di Prestazione Energetica. Disimpegno di € -142,98 sull'impegno 2022/15835 e attribuzione dell'impegno n. 2022/15835 per l'importo complessivo di € 4.127,02 comprensivo di IVA e oneri di legge a favore dell'ing. Claudio Santi (cod. cred. 185684) sul Capitolo U0000A42502 Es. finanziario 2022&amp;nbsp;CUP C75I17000100002 - CIG ZC93541209
 </t>
         </is>
       </c>
-      <c r="D965" t="s">
-[...2 lines deleted...]
-      <c r="E965" s="2">
+      <c r="D1003" t="s">
+        <v>878</v>
+      </c>
+      <c r="E1003" s="2">
         <v>44754</v>
       </c>
     </row>
-    <row r="966">
-      <c r="A966">
+    <row r="1004">
+      <c r="A1004">
         <v>2646</v>
       </c>
-      <c r="B966">
+      <c r="B1004">
         <v>2022</v>
       </c>
-      <c r="C966" t="inlineStr">
+      <c r="C1004" t="inlineStr">
         <is>
           <t>'POR FESR Lazio 2014-2020, Call for proposal 2.0 - Intervento A0100E0287 presso l'edificio scolastico "Campi d'Annibale"&amp;nbsp;nel Comune di Rocca di Papa (RM). Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai&amp;nbsp;sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Incarico per la redazione dell'Attestato di &amp;nbsp;Prestazione Energetica. Disimpegno di € -289,29 per effetto del ribasso d'asta e attribuzione degli impegni n. 2022/30588 - 2022/30719 - 2022/16526 per l'importo complessivo di € 3.210,63 comprensivo di IVA e oneri di legge a favore dell'ing. Riccardo Miccioni (cod. cred. 212895) rispettivamente sui Capitoli U0000A42200 - U0000A42201 - U0000A42202 - Es. finanziario 2022 - CUP F34D17000340009 - CIG Z2F351E2D7
 </t>
         </is>
       </c>
-      <c r="D966" t="s">
-[...2 lines deleted...]
-      <c r="E966" s="2">
+      <c r="D1004" t="s">
+        <v>879</v>
+      </c>
+      <c r="E1004" s="2">
         <v>44754</v>
       </c>
     </row>
-    <row r="967">
-      <c r="A967">
+    <row r="1005">
+      <c r="A1005">
         <v>2645</v>
       </c>
-      <c r="B967">
+      <c r="B1005">
         <v>2022</v>
       </c>
-      <c r="C967" t="inlineStr">
+      <c r="C1005" t="inlineStr">
         <is>
           <t>Lavori di consolidamento della Rupe in località Mercatello, a completamento dell'intervento di somma urgenza per movimento franoso nel Comune di Bagnoregio (VT). "Codice intervento MIR I202200266". Affidamento servizio pubblicazione Avviso di Appalto aggiudicato, perfezionamento della prenotazione di impegno n. 2022/2886 attribuendola all'operatore economico ATENA COMMUNICATION SRL (cod. creditore 172425) per un importo di € 1.152,93= (iva inclusa), disimpegno della somma di € 847,07=sul capitolo U0000S23427 per ribasso d'asta ed accertamento dell'importo di € 1.152,93= su capitolo di entrata E0000331530 a favore dell'impresa T.M.G. SCAVI S.R.L. (codice creditore n. 212317). Esercizio finanziario 2022. CUP F69D15001850002- CIG Z0D36BAB04
 </t>
         </is>
       </c>
-      <c r="D967" t="s">
-[...2 lines deleted...]
-      <c r="E967" s="2">
+      <c r="D1005" t="s">
+        <v>880</v>
+      </c>
+      <c r="E1005" s="2">
         <v>44750</v>
       </c>
     </row>
-    <row r="968">
-      <c r="A968">
+    <row r="1006">
+      <c r="A1006">
         <v>2644</v>
       </c>
-      <c r="B968">
+      <c r="B1006">
         <v>2022</v>
       </c>
-      <c r="C968" t="inlineStr">
+      <c r="C1006" t="inlineStr">
         <is>
           <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco&amp;nbsp;tecnologico e digitale ospedaliero - gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione di TC 128&amp;nbsp;slice per le Aziende Sanitarie e Ospedaliere della Regione Lazio. Numero gara 8634133</t>
         </is>
       </c>
-      <c r="D968" t="s">
-[...2 lines deleted...]
-      <c r="E968" s="2">
+      <c r="D1006" t="s">
+        <v>881</v>
+      </c>
+      <c r="E1006" s="2">
         <v>44750</v>
       </c>
     </row>
-    <row r="969">
-      <c r="A969">
+    <row r="1007">
+      <c r="A1007">
         <v>2643</v>
       </c>
-      <c r="B969">
+      <c r="B1007">
         <v>2022</v>
       </c>
-      <c r="C969" t="inlineStr">
+      <c r="C1007" t="inlineStr">
         <is>
           <t>Progetti Campagna informativa sul tema della sicurezza sui luoghi di lavoro, ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 63 comma 2, lettera b). Impegno di spesa complessiva di € 182.993,90 IVA inclusa, suddiviso rispettivamente sui Capitoli di&amp;nbsp;bilancio: U0000A43101 (€ 73.197,56), U0000A43102 (€ 76.857,44) e U0000A43103 (€ 32.938,90) a favore dei diversi concessionari - PR FSE+ 2021-2027. Progetto A0541. (SIGEM 22011DP).
 </t>
         </is>
       </c>
-      <c r="D969" t="inlineStr">
+      <c r="D1007" t="inlineStr">
         <is>
           <t>Z20364DAFB; Z0C364DB79; Z9F364DBE0; Z21364DC3B; Z95364DD1A; ZD1364DD96; Z7B364DDF0; ZA1364DE60; Z28364DF19; ZDF364DF66; Z5D364DFA8; ZEC364DFF6; Z71364E120; Z9A364E164; Z6C364E1BD; Z28364E20A;&amp;nbsp;ZA1364E24C; Z40364E2A0; Z0E364E2E0; Z04364E31F; Z3F364E356; ZCA364E38B
 </t>
         </is>
       </c>
-      <c r="E969" s="2">
+      <c r="E1007" s="2">
         <v>44750</v>
       </c>
     </row>
-    <row r="970">
-      <c r="A970">
+    <row r="1008">
+      <c r="A1008">
         <v>2642</v>
       </c>
-      <c r="B970">
+      <c r="B1008">
         <v>2022</v>
       </c>
-      <c r="C970" t="inlineStr">
+      <c r="C1008" t="inlineStr">
         <is>
           <t>Procedura negoziata senza previa pubblicazione del bando da espletarsi mediante R.d.O. sul Mercato Elettronico di Regione Lazio finalizzata all’affidamento per la &amp;nbsp;fornitura di cassette primo soccorso, kit di reintegro e ghiaccio istantaneo per traumi.
 </t>
         </is>
       </c>
-      <c r="D970" t="s">
-[...2 lines deleted...]
-      <c r="E970" s="2">
+      <c r="D1008" t="s">
+        <v>882</v>
+      </c>
+      <c r="E1008" s="2">
         <v>44749</v>
       </c>
     </row>
-    <row r="971">
-      <c r="A971">
+    <row r="1009">
+      <c r="A1009">
         <v>2641</v>
       </c>
-      <c r="B971">
+      <c r="B1009">
         <v>2022</v>
       </c>
-      <c r="C971" t="inlineStr">
+      <c r="C1009" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2022 - tranche 5, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Nr. Gara 8626561.
 </t>
         </is>
       </c>
-      <c r="D971" t="s">
-[...2 lines deleted...]
-      <c r="E971" s="2">
+      <c r="D1009" t="s">
+        <v>883</v>
+      </c>
+      <c r="E1009" s="2">
         <v>44747</v>
       </c>
     </row>
-    <row r="972">
-      <c r="A972">
+    <row r="1010">
+      <c r="A1010">
         <v>2640</v>
       </c>
-      <c r="B972">
+      <c r="B1010">
         <v>2022</v>
       </c>
-      <c r="C972" t="inlineStr">
+      <c r="C1010" t="inlineStr">
         <is>
           <t>Impegno di spesa per la proroga di 4 mesi dei contratti stipulati per servizi informativi, giornalistici e videogiornalistici, per le Strutture della Regione Lazio"" con le seguenti Agenzie di Stampa: LAPRESSE SPA (Cod. Cred. 186480), ADN KRONOS SPA (Cod. Cred. 49472), COM.E COMUNICAZIONE EDITORIA SRL (Cod. Cred. 138036), ITALPRESS SRL (Cod. Cred. 58781), A.N.S.A. (Cod. Cred. 3059). Capitolo U0000R31906. Impegno della somma complessiva pari ad Euro 170.455,16 sull'esercizio finanziario 2022.
 </t>
         </is>
       </c>
-      <c r="D972" t="s">
-[...2 lines deleted...]
-      <c r="E972" s="2">
+      <c r="D1010" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1010" s="2">
         <v>44746</v>
       </c>
     </row>
-    <row r="973">
-      <c r="A973">
+    <row r="1011">
+      <c r="A1011">
         <v>2639</v>
       </c>
-      <c r="B973">
+      <c r="B1011">
         <v>2022</v>
       </c>
-      <c r="C973" t="inlineStr">
+      <c r="C1011" t="inlineStr">
         <is>
           <t>Nomina della commissione giudicatrice, ai sensi dell'art. 77 del d.lgs. n. 50/2016, della gara comunitaria a procedura aperta, suddivisa in 7 lotti, per l'affidamento di servizi informativi, giornalistici e videogiornalistici, a mezzo di agenzie di stampa, per le strutture della Regione Lazio. CIG: Lotto 1: 9003745D69, Lotto 2: 9003758825, Lotto 3: 900376913B, Lotto 4: 9003796781, Lotto 5: 90038124B6, Lotto 6: 9003821C21, Lotto 7: 9003842D75.
 </t>
         </is>
       </c>
-      <c r="D973" t="s">
-[...2 lines deleted...]
-      <c r="E973" s="2">
+      <c r="D1011" t="s">
+        <v>884</v>
+      </c>
+      <c r="E1011" s="2">
         <v>44746</v>
       </c>
     </row>
-    <row r="974">
-      <c r="A974">
+    <row r="1012">
+      <c r="A1012">
         <v>2638</v>
       </c>
-      <c r="B974">
+      <c r="B1012">
         <v>2022</v>
       </c>
-      <c r="C974" t="inlineStr">
+      <c r="C1012" t="inlineStr">
         <is>
           <t>Attuazione della D.G.R. n. 152/2022 - Atto di indirizzo a LazioCrea S.p.a. per la programmazione estiva 2022 presso gli immobili di rilevanza strategica della Regione Lazio in collaborazione con A.T.C.L. Perfezionamento parziale della prenotazione di impegno n. 3796/2022 (assunta con D.G.R. 101/2022) di euro 549.000,00 (I.V.A. inclusa) a favore di LazioCrea S.p.A. Capitolo U0000C21924 Esercizio Finanziario 2022.
 </t>
         </is>
       </c>
-      <c r="D974" t="s">
-[...2 lines deleted...]
-      <c r="E974" s="2">
+      <c r="D1012" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1012" s="2">
         <v>44746</v>
       </c>
     </row>
-    <row r="975">
-      <c r="A975">
+    <row r="1013">
+      <c r="A1013">
         <v>2637</v>
       </c>
-      <c r="B975">
+      <c r="B1013">
         <v>2022</v>
       </c>
-      <c r="C975" t="inlineStr">
+      <c r="C1013" t="inlineStr">
         <is>
           <t>Format "Lazio informa". Affidamento, ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a), in favore della Società&amp;nbsp;Teleuniverso srl. Impegno di spesa di € 24.400,00 Iva inclusa - Capitolo di bilancio U0000R31902 - Esercizio finanziario 2022
 </t>
         </is>
       </c>
-      <c r="D975" t="s">
-[...2 lines deleted...]
-      <c r="E975" s="2">
+      <c r="D1013" t="s">
+        <v>885</v>
+      </c>
+      <c r="E1013" s="2">
         <v>44746</v>
       </c>
     </row>
-    <row r="976">
-      <c r="A976">
+    <row r="1014">
+      <c r="A1014">
         <v>2636</v>
       </c>
-      <c r="B976">
+      <c r="B1014">
         <v>2022</v>
       </c>
-      <c r="C976" t="inlineStr">
+      <c r="C1014" t="inlineStr">
         <is>
           <t>Campagna "Lazio Presente con l'Europa nel futuro", ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 63 comma 2, lettera b). Impegno di spesa complessivo di € 95.160,00 IVA inclusa in favore di diversi fornitori - Capitolo di bilancio U0000R31902 - Esercizio Finanziario 2022.
 </t>
         </is>
       </c>
-      <c r="D976" t="s">
-[...2 lines deleted...]
-      <c r="E976" s="2">
+      <c r="D1014" t="s">
+        <v>886</v>
+      </c>
+      <c r="E1014" s="2">
         <v>44746</v>
       </c>
     </row>
-    <row r="977">
-      <c r="A977">
+    <row r="1015">
+      <c r="A1015">
         <v>2635</v>
       </c>
-      <c r="B977">
+      <c r="B1015">
         <v>2022</v>
       </c>
-      <c r="C977" t="inlineStr">
+      <c r="C1015" t="inlineStr">
         <is>
           <t>Procedura negoziata senza previa pubblicazione del bando da espletarsi mediante R.d.O. sul Mercato Elettronico di Regione Lazio, finalizzata all'affidamento del servizio di rassegna stampa telematico. - CIG n. 8833472BB0. Approvazione dei verbali e provvedimento di aggiudicazione a TELPRESS ITALIA SRL. Perfezionamento della prenotazione di impegno n. 1905/2022 sul capitolo U0000R31906 per l'importo di € 32.507,51 (IVA inclusa) e disimpegno di € 16.253,75 (IVA inclusa) per ribasso d'asta- Es. Fin. 2022. Impegno di € 16.253,75 (IVA inclusa) Es. Fin. 2023 in favore dell'aggiudicatario Telpress Italia s.r.l. (Cred. n. 158598).
 </t>
         </is>
       </c>
-      <c r="D977" t="s">
-[...2 lines deleted...]
-      <c r="E977" s="2">
+      <c r="D1015" t="s">
+        <v>887</v>
+      </c>
+      <c r="E1015" s="2">
         <v>44746</v>
       </c>
     </row>
-    <row r="978">
-      <c r="A978">
+    <row r="1016">
+      <c r="A1016">
         <v>2634</v>
       </c>
-      <c r="B978">
+      <c r="B1016">
         <v>2022</v>
       </c>
-      <c r="C978" t="inlineStr">
+      <c r="C1016" t="inlineStr">
         <is>
           <t>Servizio di manutenzione del Sistema TOSCA. Affidamento, ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a), in favore della Società Telpress Italia srl. Impegno di spesa complessivo di € 46.848,00 Iva inclusa, suddiviso in € 15.616,00 nell'Es. Fin. 2022, € 15.616,00 nell'Es. Fin. 2023 ed € 15.616,00 nell'Es. Fin. 2024 - Capitolo di bilancio U0000R31906.
 </t>
         </is>
       </c>
-      <c r="D978" t="s">
-[...2 lines deleted...]
-      <c r="E978" s="2">
+      <c r="D1016" t="s">
+        <v>888</v>
+      </c>
+      <c r="E1016" s="2">
         <v>44746</v>
       </c>
     </row>
-    <row r="979">
-      <c r="A979">
+    <row r="1017">
+      <c r="A1017">
         <v>2633</v>
       </c>
-      <c r="B979">
+      <c r="B1017">
         <v>2022</v>
       </c>
-      <c r="C979" t="inlineStr">
+      <c r="C1017" t="inlineStr">
         <is>
           <t>Approvazione proposta di sponsorizzazione monetaria, codice ordine SAP numero 3000084951, per la valorizzazione e&amp;nbsp;riqualificazione dell'edificio WEGIL, di Terna Spa (codice debitore 59738). Accertamento sul capitolo di entrata E0000229146 della somma di euro 36.600,00 iva inclusa.
 </t>
         </is>
       </c>
-      <c r="D979" t="s">
-[...2 lines deleted...]
-      <c r="E979" s="2">
+      <c r="D1017" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1017" s="2">
         <v>44746</v>
       </c>
     </row>
-    <row r="980">
-      <c r="A980">
+    <row r="1018">
+      <c r="A1018">
         <v>2632</v>
       </c>
-      <c r="B980">
+      <c r="B1018">
         <v>2022</v>
       </c>
-      <c r="C980" t="inlineStr">
+      <c r="C1018" t="inlineStr">
         <is>
           <t>Approvazione proposta di sponsorizzazione monetaria, codice ordine SAP numero 3010167126, per la valorizzazione del&amp;nbsp;Castello di Santa Severa - eventi speciali, di Enel Italia Spa (codice debitore 96420). Accertamento sul capitolo di entrata&amp;nbsp;E0000229146 della somma di euro 24.400,00
 </t>
         </is>
       </c>
-      <c r="D980" t="s">
-[...2 lines deleted...]
-      <c r="E980" s="2">
+      <c r="D1018" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1018" s="2">
         <v>44746</v>
       </c>
     </row>
-    <row r="981">
-      <c r="A981">
+    <row r="1019">
+      <c r="A1019">
         <v>2631</v>
       </c>
-      <c r="B981">
+      <c r="B1019">
         <v>2022</v>
       </c>
-      <c r="C981" t="inlineStr">
+      <c r="C1019" t="inlineStr">
         <is>
           <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR Lazio 2014-2020, Intervento A0100E0125, presso la Scuola "Mariangela Virgili" - Ronciglione (VT). Affidamento del servizio di pubblicazione dell'Avviso di appalto aggiudicato, perfezionamento della prenotazione impegno 2022/37224 attribuendola all'operatore economico INFO S.r.l. (cod. creditore 54979), per un importo di € 931,00= (IVA inclusa) e riduzione della prenotazione di impegno di € 899,00=, sul Cap U0000A42502 ed accertamento di € 931,00 sul capitolo di entrata E0000331530 a favore dell'impresa SO.S.L.EDIL S.r.l. (codice creditore n. 136108). Esercizio finanziario 2022.CUP F34D16000010006 - CIG Z1B350BF27
 </t>
         </is>
       </c>
-      <c r="D981" t="s">
-[...2 lines deleted...]
-      <c r="E981" s="2">
+      <c r="D1019" t="s">
+        <v>889</v>
+      </c>
+      <c r="E1019" s="2">
         <v>44739</v>
       </c>
     </row>
-    <row r="982">
-      <c r="A982">
+    <row r="1020">
+      <c r="A1020">
         <v>2630</v>
       </c>
-      <c r="B982">
+      <c r="B1020">
         <v>2022</v>
       </c>
-      <c r="C982" t="inlineStr">
+      <c r="C1020" t="inlineStr">
         <is>
           <t>POR FESR 2014-2020 Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020 Intervento codice n. A0100E0437 presso la "Sede principale Uffici Comunali" nel Comune di Aprilia (LT). Determina a contrarre semplificata per l'affidamento diretto ai sensi dell'art. 1, comma 2, lett. a) della Legge n. 120 dell'11.11.2020, come modificato dall'art 51, comma 1, lett. a), sub. 2.1) della Legge n. 108 del 29.7.2021 del servizio di Coordinamento della Sicurezza in fase di Esecuzione. Impegno di € 18.518,55 comprensivo di cassa e IVA in favore dell'ing. Antonio MELE (cod. Cred. 177415) sul capitolo U0000A42502 nell'esercizio finanziario 2022 - CUP F17B17000220006_ CIG 9104234B8F
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="D982" t="s">
-[...2 lines deleted...]
-      <c r="E982" s="2">
+      <c r="D1020" t="s">
+        <v>890</v>
+      </c>
+      <c r="E1020" s="2">
         <v>44735</v>
       </c>
     </row>
-    <row r="983">
-      <c r="A983">
+    <row r="1021">
+      <c r="A1021">
         <v>2629</v>
       </c>
-      <c r="B983">
+      <c r="B1021">
         <v>2022</v>
       </c>
-      <c r="C983" t="inlineStr">
+      <c r="C1021" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione civile n. 558 del 15 novembre 2018 - "Lavori di messa in sicurezza di un tratto spondale e del fondo del Rio Cancello in località Capo di China nel Comune di Atina". Codice Intervento 625
 </t>
         </is>
       </c>
-      <c r="D983" t="s">
-[...2 lines deleted...]
-      <c r="E983" s="2">
+      <c r="D1021" t="s">
+        <v>891</v>
+      </c>
+      <c r="E1021" s="2">
         <v>44733</v>
       </c>
     </row>
-    <row r="984">
-      <c r="A984">
+    <row r="1022">
+      <c r="A1022">
         <v>2628</v>
       </c>
-      <c r="B984">
+      <c r="B1022">
         <v>2022</v>
       </c>
-      <c r="C984" t="s">
-[...5 lines deleted...]
-      <c r="E984" s="2">
+      <c r="C1022" t="s">
+        <v>892</v>
+      </c>
+      <c r="D1022" t="s">
+        <v>893</v>
+      </c>
+      <c r="E1022" s="2">
         <v>44733</v>
       </c>
     </row>
-    <row r="985">
-      <c r="A985">
+    <row r="1023">
+      <c r="A1023">
         <v>2627</v>
       </c>
-      <c r="B985">
+      <c r="B1023">
         <v>2022</v>
       </c>
-      <c r="C985" t="inlineStr">
+      <c r="C1023" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile. Intervento A0100E0429 presso la "Sede principale uffici Comunali" nel Comune di San Vito Romano (RM). Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Incarico per la redazione dell'Attestato di Prestazione Energetica. Disimpegno di € -1.399,56 dall'impegno 15372/2022 ed attribuzione impegno n. 15372/2022 per l'importo complessivo di € 2.870,44 comprensivo di oneri di legge e IVA sul Capitolo U0000A42502 a favore dell'ing. Filippo Tulimieri (cod. cred. 212511) Es. finanziario 2022. CUP F84H15002170006 _ CIG ZA5350E845
 </t>
         </is>
       </c>
-      <c r="D985" t="s">
-[...2 lines deleted...]
-      <c r="E985" s="2">
+      <c r="D1023" t="s">
+        <v>894</v>
+      </c>
+      <c r="E1023" s="2">
         <v>44728</v>
       </c>
     </row>
-    <row r="986">
-      <c r="A986">
+    <row r="1024">
+      <c r="A1024">
         <v>2626</v>
       </c>
-      <c r="B986">
+      <c r="B1024">
         <v>2022</v>
       </c>
-      <c r="C986" t="inlineStr">
+      <c r="C1024" t="inlineStr">
         <is>
           <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Incarico per la redazione APE della "Scuola Elementare Gandhi", Via Corinaldo n. 41, Roma Capitale _ Intervento A0100E0070. Disimpegno della somma complessiva di € -23,39 sugli impegni 2022/30577, 2022/30709, 2022/15294 e attribuzione degli impegni nn. 2022/30577 - 2022/30709 - 2022/15294 per l'importo complessivo di € 4.246,61 comprensivo di IVA e oneri di legge, rispettivamente sui Capitoli U0000A42200 - U0000A42201 - U0000A42202 (cod. cred. 27642) a favore dell'ing. Bruno Enrico Mancini Es. Finanziario 2022. CUP F87F17000000006 - CIG ZA334E7631
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="D986" t="s">
-[...2 lines deleted...]
-      <c r="E986" s="2">
+      <c r="D1024" t="s">
+        <v>895</v>
+      </c>
+      <c r="E1024" s="2">
         <v>44725</v>
       </c>
     </row>
-    <row r="987">
-      <c r="A987">
+    <row r="1025">
+      <c r="A1025">
         <v>2625</v>
       </c>
-      <c r="B987">
+      <c r="B1025">
         <v>2022</v>
       </c>
-      <c r="C987" t="inlineStr">
+      <c r="C1025" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione civile n. 558 del 15 novembre 2018 - "Manutenzione straordinaria agli impianti di San Magno, Portella, Settecannelle, Valmaiura, San Puoto e Salto di Fondi e Barchi a seguito degli eventi ottobre 2018".&amp;nbsp;CUP: F77H21001020001 - CIG: 923994322E
 </t>
         </is>
       </c>
-      <c r="D987" t="s">
-[...2 lines deleted...]
-      <c r="E987" s="2">
+      <c r="D1025" t="s">
+        <v>896</v>
+      </c>
+      <c r="E1025" s="2">
         <v>44720</v>
       </c>
     </row>
-    <row r="988">
-      <c r="A988">
+    <row r="1026">
+      <c r="A1026">
         <v>2624</v>
       </c>
-      <c r="B988">
+      <c r="B1026">
         <v>2022</v>
       </c>
-      <c r="C988" t="inlineStr">
+      <c r="C1026" t="inlineStr">
         <is>
           <t>Piano di Sviluppo e Coesione - PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR Lazio 2014-2020, Intervento A0100E0137 presso l'Istituto Comprensivo "XXV Aprile", Viale Gramsci, nel Comune di Civita Castellana (VT). Approvazione 2^ Perizia di Variante relativa ai lavori supplementari, ai sensi dell'art. 106 comma 1 lett.b) del D.lgs. n. 50/2016, impegno totale di € 47.779,71= sul Capitolo U0000A42502, a favore dell'Impresa Idrotermoelettrica di Conte Nicola" (cod. creditore 196976) Es. Fin. 2022.CUP F65B17000500006 - CIG Contratto principale 82874636D0 - CIG 2^ Variante 9228585542.
 </t>
         </is>
       </c>
-      <c r="D988" t="s">
-[...2 lines deleted...]
-      <c r="E988" s="2">
+      <c r="D1026" t="s">
+        <v>897</v>
+      </c>
+      <c r="E1026" s="2">
         <v>44720</v>
       </c>
     </row>
-    <row r="989">
-      <c r="A989">
+    <row r="1027">
+      <c r="A1027">
         <v>2623</v>
       </c>
-      <c r="B989">
+      <c r="B1027">
         <v>2022</v>
       </c>
-      <c r="C989" t="inlineStr">
+      <c r="C1027" t="inlineStr">
         <is>
           <t>Procedura negoziata ai sensi dell'art.1, comma 2, lettera b) della Legge 11 settembre 2020, n.120 per l'affidamento del servizio di Progettazione Esecutiva, Coordinamento della Sicurezza in fase di Progettazione, Direzione dei Lavori e Coordinamento della Sicurezza in fase di Esecuzione nell'ambito della realizzazione delle 'Opere di regimentazione e laminazione nel rispetto del principio dell'invarianza idraulica (Comuni di Guidonia Montecelio, Fonte Nuova e Sant'Angelo Romano)'
 </t>
         </is>
       </c>
-      <c r="D989" t="s">
-[...2 lines deleted...]
-      <c r="E989" s="2">
+      <c r="D1027" t="s">
+        <v>898</v>
+      </c>
+      <c r="E1027" s="2">
         <v>44718</v>
       </c>
     </row>
-    <row r="990">
-      <c r="A990">
+    <row r="1028">
+      <c r="A1028">
         <v>2622</v>
       </c>
-      <c r="B990">
+      <c r="B1028">
         <v>2022</v>
       </c>
-      <c r="C990" t="inlineStr">
+      <c r="C1028" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di Convenzioni quadro per la fornitura di sistemi per la terapia a pressione negativa da destinare alle Aziende sanitarie e ospedaliere della Regione Lazio.&amp;nbsp;</t>
         </is>
       </c>
-      <c r="D990" t="s">
-[...2 lines deleted...]
-      <c r="E990" s="2">
+      <c r="D1028" t="s">
+        <v>899</v>
+      </c>
+      <c r="E1028" s="2">
         <v>44718</v>
       </c>
     </row>
-    <row r="991">
-      <c r="A991">
+    <row r="1029">
+      <c r="A1029">
         <v>2621</v>
       </c>
-      <c r="B991">
+      <c r="B1029">
         <v>2022</v>
       </c>
-      <c r="C991" t="s">
-[...5 lines deleted...]
-      <c r="E991" s="2">
+      <c r="C1029" t="s">
+        <v>900</v>
+      </c>
+      <c r="D1029" t="s">
+        <v>901</v>
+      </c>
+      <c r="E1029" s="2">
         <v>44715</v>
       </c>
     </row>
-    <row r="992">
-      <c r="A992">
+    <row r="1030">
+      <c r="A1030">
         <v>2619</v>
       </c>
-      <c r="B992">
+      <c r="B1030">
         <v>2022</v>
       </c>
-      <c r="C992" t="inlineStr">
+      <c r="C1030" t="inlineStr">
         <is>
           <t>Procedura aperta a mezzo di accordo quadro per affidamento servizi di supporto tecnico nella gestione attuazione e controllo del PR FESR Lazio 2021-2027 suddivisa in tre lotti.</t>
         </is>
       </c>
-      <c r="D992" t="s">
-[...2 lines deleted...]
-      <c r="E992" s="2">
+      <c r="D1030" t="s">
+        <v>902</v>
+      </c>
+      <c r="E1030" s="2">
         <v>44707</v>
       </c>
     </row>
-    <row r="993">
-      <c r="A993">
+    <row r="1031">
+      <c r="A1031">
         <v>2618</v>
       </c>
-      <c r="B993">
+      <c r="B1031">
         <v>2022</v>
       </c>
-      <c r="C993" t="inlineStr">
+      <c r="C1031" t="inlineStr">
         <is>
           <t>Conferimento di incarico ex art. 1 della legge 11 settembre 2020, n. 120 di conversione in legge, con modificazioni, del decreto-legge 16 luglio 2020, n. 76, recante “Misure urgenti per la semplificazione e l’innovazione digitale”, come modificato dall’art. 51 della legge n. 108 del 2021, del servizio di consulenza tecnica di parte alla Società “Guida Ingegneria Forense srl” per conto della Regione Lazio nel procedimento penale avanti il Tribunale di Rieti n. 481/19 r.g. dib. e n. 537/18 r.g.&amp;nbsp; (fascicolo Avvocatura n. 915/19). Impegno di spesa di € 40.601,60 sul capitolo U0000R21420 - esercizio 2022 - codice creditore n. 190630. SMART CIG: Z5B3676D17.
 </t>
         </is>
       </c>
-      <c r="D993" t="s">
-[...2 lines deleted...]
-      <c r="E993" s="2">
+      <c r="D1031" t="s">
+        <v>903</v>
+      </c>
+      <c r="E1031" s="2">
         <v>44706</v>
       </c>
     </row>
-    <row r="994">
-      <c r="A994">
+    <row r="1032">
+      <c r="A1032">
         <v>2617</v>
       </c>
-      <c r="B994">
+      <c r="B1032">
         <v>2022</v>
       </c>
-      <c r="C994" t="inlineStr">
+      <c r="C1032" t="inlineStr">
         <is>
           <t>Approvazione proposta aggiudicazione, ai sensi dell'art. 33, comma 1, D.Lgs. n. 50/2016 e ss.mm.ii, della procedura negoziata, ai sensi dell'art. 36, comma 2, lett. b), D.Lgs. n. 50/2016, per l'affidamento del servizio di deposito mobilio e materiali di proprietà della Regione Lazio. Disimpegno per ribasso d'asta di complessivi euro 10.540,80 e perfezionamento delle prenotazioni d'impegno di spesa n. 40294/2022 per euro 48.165,60, n.1303/2023 per euro 82.569,60, e n.709/2024 per euro 34.404,00 sul capitolo U0000S21401, a favore della Ditta Pianeta Servizi srl (cod. cred. 139237). CIG n. 9171554DC7</t>
         </is>
       </c>
-      <c r="D994" t="s">
-[...2 lines deleted...]
-      <c r="E994" s="2">
+      <c r="D1032" t="s">
+        <v>904</v>
+      </c>
+      <c r="E1032" s="2">
         <v>44701</v>
       </c>
     </row>
-    <row r="995">
-      <c r="A995">
+    <row r="1033">
+      <c r="A1033">
         <v>2616</v>
       </c>
-      <c r="B995">
+      <c r="B1033">
         <v>2022</v>
       </c>
-      <c r="C995" t="inlineStr">
+      <c r="C1033" t="inlineStr">
         <is>
           <t>Autorizzazione affidamento mediante trattativa diretta, ex art. 36, co. 2, lett. a) del D.Lgs. n. 50/2016 e ss.mm.ii., tramite il mercato elettronico della Regione Lazio (Me.La.) presente sulla piattaforma telematica S.TEL.LA, della fornitura e installazione tende verticali rimovibili da ufficio. Impegno di spesa € 64.025,60 i.i., sul capitolo U0000S22509, es.fin 2022 in favore della Ditta Flomar srl (codice creditore 233897). Impegno € 30,00 per l'Autorità A.N.A.C (codice creditore 159683). CIG: 92301153DB.
 </t>
         </is>
       </c>
-      <c r="D995" t="s">
-[...2 lines deleted...]
-      <c r="E995" s="2">
+      <c r="D1033" t="s">
+        <v>905</v>
+      </c>
+      <c r="E1033" s="2">
         <v>44701</v>
       </c>
     </row>
-    <row r="996">
-      <c r="A996">
+    <row r="1034">
+      <c r="A1034">
         <v>2615</v>
       </c>
-      <c r="B996">
+      <c r="B1034">
         <v>2022</v>
       </c>
-      <c r="C996" t="inlineStr">
+      <c r="C1034" t="inlineStr">
         <is>
           <t>Autorizzazione all'espletamento di una procedura di affidamento, ex art. 36 co. 2, lett. b), D.lgs. 50/2016, tramite S.TEL.L.A. del servizio di deposito mobilio e materiali di proprietà della Regione Lazio. Prenotazione d'impegno di spesa euro 175.680,00 IVA compresa - Capitolo U0000S21401, in favore di Creditori Diversi, es. fin. 2022-2023-2024. Impegni di spesa per complessivi € 2.420,64, sul Cap. U0000S21401 e relativi accertamenti sui Cap. E0000341559, E0000341562 e E0000341563 in favore del fondo incentivi ex art. 383 sexies R.R. n. 1/2002 (codice 176734), ai sensi dell'art.113 del D.lgs. 50/2016, es. fin. 2022-2023-2024. Impegno sul Cap. U0000T19427 di euro 225,00 in favore dell'Autorità Nazionale Anticorruzione (ANAC) es. fin. 2022.CIG n. 9171554DC7
 </t>
         </is>
       </c>
-      <c r="D996" t="s">
-[...2 lines deleted...]
-      <c r="E996" s="2">
+      <c r="D1034" t="s">
+        <v>904</v>
+      </c>
+      <c r="E1034" s="2">
         <v>44701</v>
       </c>
     </row>
-    <row r="997">
-      <c r="A997">
+    <row r="1035">
+      <c r="A1035">
         <v>2614</v>
       </c>
-      <c r="B997">
+      <c r="B1035">
         <v>2021</v>
       </c>
-      <c r="C997" t="inlineStr">
+      <c r="C1035" t="inlineStr">
         <is>
           <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco&amp;nbsp;tecnologico e digitale ospedaliero - Gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione di tomografi a&amp;nbsp;risonanza magnetica per le Aziende Sanitarie e Ospedaliere della Regione Lazio. Determina a contrarre. Approvazione schemi&amp;nbsp;atti e indizione gara. Numero gara 8562128.
 </t>
         </is>
       </c>
-      <c r="D997" t="s">
-[...2 lines deleted...]
-      <c r="E997" s="2">
+      <c r="D1035" t="s">
+        <v>906</v>
+      </c>
+      <c r="E1035" s="2">
         <v>44701</v>
       </c>
     </row>
-    <row r="998">
-      <c r="A998">
+    <row r="1036">
+      <c r="A1036">
         <v>2613</v>
       </c>
-      <c r="B998">
+      <c r="B1036">
         <v>2022</v>
       </c>
-      <c r="C998" t="inlineStr">
+      <c r="C1036" t="inlineStr">
         <is>
           <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco tecnologico e digitale ospedaliero - gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione di mammografi digitali con tomosintesi per le Aziende Sanitarie e Ospedaliere della Regione Lazio. Numero gara 8590913.</t>
         </is>
       </c>
-      <c r="D998" t="s">
-[...2 lines deleted...]
-      <c r="E998" s="2">
+      <c r="D1036" t="s">
+        <v>907</v>
+      </c>
+      <c r="E1036" s="2">
         <v>44720</v>
       </c>
     </row>
-    <row r="999">
-      <c r="A999">
+    <row r="1037">
+      <c r="A1037">
         <v>2612</v>
       </c>
-      <c r="B999">
+      <c r="B1037">
         <v>2022</v>
       </c>
-      <c r="C999" t="inlineStr">
+      <c r="C1037" t="inlineStr">
         <is>
           <t>Procedura aperta finalizzata all'acquisizione di arredi per ufficio a ridotto impatto ambientale occorrenti alle sedi provinciali della Regione Lazio, della durata di 12 mesi. Numero Gara 8529652 - Lotto 1 CIG n.919265962F - Lotto 2 CIG n.9192665B21 - Lotto 3 CIG n.9192675364
 </t>
         </is>
       </c>
-      <c r="D999" t="s">
-[...2 lines deleted...]
-      <c r="E999" s="2">
+      <c r="D1037" t="s">
+        <v>908</v>
+      </c>
+      <c r="E1037" s="2">
         <v>44694</v>
       </c>
     </row>
-    <row r="1000">
-      <c r="A1000">
+    <row r="1038">
+      <c r="A1038">
         <v>2611</v>
       </c>
-      <c r="B1000">
+      <c r="B1038">
         <v>2022</v>
       </c>
-      <c r="C1000" t="inlineStr">
+      <c r="C1038" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione di vaccini antinfluenzali 2022/2023 per la Regione Abruzzo e del principio attivo Tisagenlecleucel occorrente alle aziende sanitarie della Regione Lazio, nell'ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori. Nr. Gara 8487645.
 </t>
         </is>
       </c>
-      <c r="D1000" t="s">
-[...2 lines deleted...]
-      <c r="E1000" s="2">
+      <c r="D1038" t="s">
+        <v>909</v>
+      </c>
+      <c r="E1038" s="2">
         <v>44694</v>
       </c>
     </row>
-    <row r="1001">
-      <c r="A1001">
+    <row r="1039">
+      <c r="A1039">
         <v>2610</v>
       </c>
-      <c r="B1001">
+      <c r="B1039">
         <v>2022</v>
       </c>
-      <c r="C1001" t="inlineStr">
+      <c r="C1039" t="inlineStr">
         <is>
           <t>Appalto specifico per l’acquisizione di vaccini anti influenzali 2022/2023 BIS &amp;nbsp;occorrenti alle Aziende Sanitarie della Regione Lazio, nell’ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori. Nr. Gara 8540363.
 </t>
         </is>
       </c>
-      <c r="D1001" t="s">
-[...2 lines deleted...]
-      <c r="E1001" s="2">
+      <c r="D1039" t="s">
+        <v>910</v>
+      </c>
+      <c r="E1039" s="2">
         <v>44692</v>
       </c>
     </row>
-    <row r="1002">
-      <c r="A1002">
+    <row r="1040">
+      <c r="A1040">
         <v>2609</v>
       </c>
-      <c r="B1002">
+      <c r="B1040">
         <v>2022</v>
       </c>
-      <c r="C1002" t="inlineStr">
+      <c r="C1040" t="inlineStr">
         <is>
           <t>Gara comunitaria a procedura aperta sopra soglia per l'affidamento dei servizi concernenti il piano di assistenza sanitaria integrativa per il personale della Regione Lazio.
 </t>
         </is>
       </c>
-      <c r="D1002" t="s">
-[...2 lines deleted...]
-      <c r="E1002" s="2">
+      <c r="D1040" t="s">
+        <v>911</v>
+      </c>
+      <c r="E1040" s="2">
         <v>44691</v>
       </c>
     </row>
-    <row r="1003">
-      <c r="A1003">
+    <row r="1041">
+      <c r="A1041">
         <v>2608</v>
       </c>
-      <c r="B1003">
+      <c r="B1041">
         <v>2022</v>
       </c>
-      <c r="C1003" t="inlineStr">
+      <c r="C1041" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020 Call for proposal "Energia sostenibile 2.0" Asse Prioritario 4 Azione 4.1.1 _ Aggiornamento relativo al 1 Trimestre 2022 dell'Elenco degli operatori economici abilitati a svolgere il servizio di certificazione della prestazione energetica degli edifici, di importo inferiore a 5.000,00 euro, mediante affidamento diretto ai sensi dell'art. 1, comma 2, lett. a del D.L. 76/2020, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della Legge n. 108/2021
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="D1003" t="s">
-[...2 lines deleted...]
-      <c r="E1003" s="2">
+      <c r="D1041" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1041" s="2">
         <v>44686</v>
       </c>
     </row>
-    <row r="1004">
-      <c r="A1004">
+    <row r="1042">
+      <c r="A1042">
         <v>2607</v>
       </c>
-      <c r="B1004">
+      <c r="B1042">
         <v>2022</v>
       </c>
-      <c r="C1004" t="inlineStr">
+      <c r="C1042" t="inlineStr">
         <is>
           <t>Servizi di ingegneria ed architettura per le Aziende Sanitarie della Regione Lazio per gli interventi finanziati dal PNRR e dal PNC per la realizzazione degli investimenti: “Case della comunità”, “Ospedali di comunità”, “Verso un ospedale sicuro e sostenibile”
 </t>
         </is>
       </c>
-      <c r="D1004" t="inlineStr">
+      <c r="D1042" t="inlineStr">
         <is>
           <t>918610774D; 9186247AD4; 918627846B; 91862995BF; 9186329E7E; 9186365C34; 9186400917; 91864312AE; 9186467064; 91864881B8; 91865103DF; 9186539BCB; 9186629612; 91866474ED; 918666214F; 9186669714; 9186749918; 91867845FB; 9186796FDF; 91868436AB; 91868593E0; 9186880534; 91868940C3; 9186904901; 91869162EA; 9186927BFB; 9186938511; 9186944A03; 91869563EC; 91869628DE; 91869639B1; 9186969EA3; 9186978613; 9186985BD8; 918699541B; 9187003AB3; 9187012223; 91870197E8; 9187028F53; 91870365F0
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="E1004" s="2">
+      <c r="E1042" s="2">
         <v>44684</v>
-      </c>
-[...748 lines deleted...]
-        <v>44602</v>
       </c>
     </row>
     <row r="1043">
       <c r="A1043">
-        <v>2568</v>
+        <v>2606</v>
       </c>
       <c r="B1043">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1043" t="inlineStr">
         <is>
-          <t>STELLA-PROMO-VAR01 Variante in aumento, ai sensi dell'art. 106 comma 12 D.Lgs. 50/2016, della Determinazione regionale n. G05203 del 06 maggio 2021. Impegno di spesa di € 9.760,00 IVA inclusa, sul capitolo U0000R31902, a favore di HERO Srl - cod. cred. 179628. Esercizio Finanziario 2021. CIG n. 873353985F.
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2022 - tranche 4, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Nr. Gara 8517298
 </t>
         </is>
       </c>
       <c r="D1043" t="s">
-        <v>904</v>
+        <v>912</v>
       </c>
       <c r="E1043" s="2">
-        <v>44602</v>
+        <v>44680</v>
       </c>
     </row>
     <row r="1044">
       <c r="A1044">
-        <v>2567</v>
+        <v>2605</v>
       </c>
       <c r="B1044">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1044" t="inlineStr">
         <is>
-          <t>Procedura aperta per l'affidamento del servizio di assistenza organizzativa/gestionale e del supporto tecnico-specialistico alla Direzione Regionale Centrale Acquisti. Intervento SAT2020 - EE.LL. CIG 8145970B17. Impegno di spesa pluriennale di Euro 243.207,00 IVA inclusa, sul capitolo U0000S23103, a favore di Intellera Consulting Srl in qualità di capogruppo - cod. cred. 191021 - per estensione dei servizi dal 01 settembre 2021 al 30 agosto 2022 - Esercizi Finanziari 2021-2022. Variante denominata SAT2020-EELL.
-</t>
+          <t>Procedura aperta, suddivisa in due lotti, finalizzata alla stipula di Convenzioni quadro per l'affidamento dei servizi di notificazione tramite servizio postale destinato alle Amministrazioni del territorio della Regione Lazio.</t>
         </is>
       </c>
       <c r="D1044" t="s">
-        <v>905</v>
+        <v>913</v>
       </c>
       <c r="E1044" s="2">
-        <v>44602</v>
+        <v>44680</v>
       </c>
     </row>
     <row r="1045">
       <c r="A1045">
-        <v>2566</v>
+        <v>2604</v>
       </c>
       <c r="B1045">
         <v>2022</v>
       </c>
       <c r="C1045" t="inlineStr">
         <is>
-          <t>Intervento n. 14 "Lavori di consolidamento del versante lungo il Fosso Manganello, a valle di Via della Circonvallazione, nel Comune di Cerveteri (RM)" - CUP C96J13000760005 - CIG 9074083A2B
-[...4 lines deleted...]
-        <v>906</v>
+          <t>Gara comunitaria centralizzata a procedura aperta, sopra soglia comunitaria, finalizzata alla stipula di Accordi Quadro per l'acquisizione e la distribuzione di ausili monouso per stomie da destinare in assistenza territoriale ai pazienti delle Aziende Sanitarie della Regione Lazio.</t>
+        </is>
+      </c>
+      <c r="D1045" t="inlineStr">
+        <is>
+          <t>91918033CB; 91918667C7; 919238975F; 919240221B; 91924108B3; 9192419023; 91924265E8; 9192434C80; 9192446669; 9192451A88; 9192456EA7; 91924612CB; 91924666EA; 9192472BDC; 91924791A6; 919248676B; 9192494E03; 91925002FA; 91925067EC; 919258591D; 9192589C69; 9192595160; 919260057F
+</t>
+        </is>
       </c>
       <c r="E1045" s="2">
-        <v>44602</v>
+        <v>44680</v>
       </c>
     </row>
     <row r="1046">
       <c r="A1046">
-        <v>2565</v>
+        <v>2603</v>
       </c>
       <c r="B1046">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1046" t="inlineStr">
         <is>
-          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 652 denominato "Intervento di manutenzione straordinaria dell'alveo del fiume Mignone nella parte a monte dell'attraversamento con la SS 1 Aurelia". Affidamento per il servizio delle attività topografiche compresa l'elaborazione di disegni e grafici, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 CUP F87H21004840001- CIG ZCE340531B.
+          <t>Procedura negoziata senza previa pubblicazione del bando espletata mediante R.d.O. sul Mercato Elettronico di Regione Lazio, finalizzata all'affidamento per la fornitura e stampa di tesserini venatori ed opuscoli contenenti il calendario venatorio per la stagione 2022/2023.
 </t>
         </is>
       </c>
       <c r="D1046" t="s">
-        <v>907</v>
+        <v>914</v>
       </c>
       <c r="E1046" s="2">
-        <v>44601</v>
+        <v>44680</v>
       </c>
     </row>
     <row r="1047">
       <c r="A1047">
-        <v>2564</v>
+        <v>2602</v>
       </c>
       <c r="B1047">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1047" t="inlineStr">
         <is>
-          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 654 denominato "Lavori di manutenzione straordinaria del fiume Marta dalla SS1 Aurelia alla Foce in Comune di Tarquinia". Affidamento per il servizio delle attività topografiche compresa l'elaborazione di disegni e grafici, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 - CUP: F87H21009700001 - CIG: Z4033EF50B.
+          <t>Procedura negoziata senza previa pubblicazione del bando da espletarsi mediante R.d.O. sul Mercato Elettronico di Regione Lazio finalizzata all'affidamento della fornitura di arredi per ufficio, a ridotto impatto ambientale, per la sede di "Camporomano". Prenotazione d'impegno di spesa € 250.679,50 IVA compresa - Cap. U0000S22509, in favore di Creditori diversi - impegni di spesa per complessivi € 3.454,03 sul Cap. U0000S22509, e relativi accertamenti sui Cap. E0000341559, E0000341562 e E0000341563 in favore del fondo incentivi ex art. 383 sexies R.R. n. 1/2002 (codice 176734), ai sensi dell'art.113 del D.lgs. 50/2016, impegno sul Cap. U0000T19427 di € 225,00 in favore dell'ANAC es. fin. 2022, CIG n.9143671C00
 </t>
         </is>
       </c>
       <c r="D1047" t="s">
-        <v>908</v>
+        <v>915</v>
       </c>
       <c r="E1047" s="2">
-        <v>44601</v>
+        <v>44680</v>
       </c>
     </row>
     <row r="1048">
       <c r="A1048">
-        <v>2563</v>
+        <v>2601</v>
       </c>
       <c r="B1048">
         <v>2022</v>
       </c>
       <c r="C1048" t="inlineStr">
         <is>
-          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 654 denominato "Lavori straordinari ed urgenti di manutenzione dell'alveo del fiume Marta dalla SS 1 Aurelia alla Foce in Comune di Tarquinia". CUP F87H21009700001- CIG 9076049093.&amp;nbsp;
+          <t>Gara comunitaria centralizzata a procedura aperta per l'affidamento del servizio di tesoreria occorrente alle Aziende Sanitarie locali Roma 2, Roma 3, Roma 4, Rieti e Viterbo della Regione Lazio
 </t>
         </is>
       </c>
       <c r="D1048" t="s">
-        <v>909</v>
+        <v>916</v>
       </c>
       <c r="E1048" s="2">
-        <v>44601</v>
+        <v>44678</v>
       </c>
     </row>
     <row r="1049">
       <c r="A1049">
-        <v>2562</v>
+        <v>2600</v>
       </c>
       <c r="B1049">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1049" t="inlineStr">
         <is>
-          <t>Lavori per la ricostruzione dell'ospedale di Amatrice di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Codice Opera: OOPP_M_002_2017. Approvazione atti di variante ai sensi dell'art. 106, co. 1, lett. c) e art. 149 comma 2 del D.Lgs 50/2016. CUP: F78I18000070008 - CIG: 83810759E0.</t>
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 652 - "intervento di manutenzione straordinaria dell'alveo del fiume Mignone nella parte a monte dell'attraversamento con la SS 1 Aurelia". CUP F87H21004840001.
+</t>
         </is>
       </c>
       <c r="D1049" t="s">
-        <v>910</v>
+        <v>917</v>
       </c>
       <c r="E1049" s="2">
-        <v>44599</v>
+        <v>44678</v>
       </c>
     </row>
     <row r="1050">
       <c r="A1050">
-        <v>2561</v>
+        <v>2599</v>
       </c>
       <c r="B1050">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C1050" t="inlineStr">
         <is>
-          <t>Affidamento incarico di direttore esecutivo dei lavori riferito all'appalto della fornitura di nuovi treni sulla ferrovia Roma Lido e Roma Viterbo Impegno a favore dell' Ing. Conte codice creditore 211710 per €176.361,93 sul capitolo U0000D41928 missione 10, programma 02 capitolo piano dei conti 1.03.02.11 e impegno a sul capitolo U0000T19427, Missione 01 programma 01 Pdc 1.04.01.01 per il versamento del contributo a favore dell'ANAC- (codiece creditore159683) per € 30,00 CIG 9051868DC4 annualità 2022.
+          <t>Procedura di gara negoziata per l’affidamento dei lavori di “Manutenzione degli impianti idrovori di Via Ferloni, Via di Villa Livia e Via Frassineto, anche in caso di piena, siti nel Comune di Roma Capitale”. Importo appalto, Iva esclusa: € 248.531,94, di cui € 247.702,50 quale importo lavori soggetto a ribasso d’asta ed € 829,44 per oneri per la sicurezza non soggetti a ribasso.&amp;nbsp;CUP F86G21002570002, CIG 90173486F8
 </t>
         </is>
       </c>
       <c r="D1050" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
       <c r="E1050" s="2">
-        <v>44595</v>
+        <v>44673</v>
       </c>
     </row>
     <row r="1051">
       <c r="A1051">
-        <v>2560</v>
+        <v>2598</v>
       </c>
       <c r="B1051">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>912</v>
+        <v>2021</v>
+      </c>
+      <c r="C1051" t="inlineStr">
+        <is>
+          <t>Determina a contrarre ai sensi dell'art. 32 del D.lgs. 50/2016 per l'espletamento di una procedura negoziata per la stipula di un Accordo Quadro per i lavori di messa in sicurezza e di manutenzione delle essenze arboree ubicate nel complesso immobiliare denominato "Ex ospedale Forlanini". Prenotazioni sul Bilancio Pluriennale della Regione Lazio, e.f. 2022, sul capitolo U0000S22501:€ 826.298,85 a creditori diversi per lavori, € 41.314,94 a creditori diversi per imprevisti,€ 48.531,60 a creditori diversi per incarico D.L.,€ 31.720,00 a creditori diversi per incarico C.S.E.Impegno sul Bilancio Pluriennale della Regione Lazio, e.f. 2021-22, sul capitolo U0000S22501, per € 15.536,08, accertamento in entrata di € 15.536,08 sui capitoli E0000341559, E0000341562 e E00000341563, e.f. 2022, per incentivi. Impegno di € 375,00 sul Capitolo U0000T19427, es. fin. 2022, a favore di ANAC
+</t>
+        </is>
       </c>
       <c r="D1051" t="s">
-        <v>913</v>
+        <v>919</v>
       </c>
       <c r="E1051" s="2">
-        <v>44593</v>
+        <v>44672</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052">
-        <v>2559</v>
+        <v>2597</v>
       </c>
       <c r="B1052">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>914</v>
+        <v>2022</v>
+      </c>
+      <c r="C1052" t="inlineStr">
+        <is>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco&amp;nbsp;tecnologico e digitale ospedaliero - gara comunitaria, a procedura aperta finalizzata all'acquisizione di acceleratori lineari per le aziende sanitarie e ospedaliere IFO, San Giovanni Addolorata, Roma 1, Viterbo, Frosinone. Numero gara 8501913</t>
+        </is>
       </c>
       <c r="D1052" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
       <c r="E1052" s="2">
-        <v>44588</v>
+        <v>44670</v>
       </c>
     </row>
     <row r="1053">
       <c r="A1053">
-        <v>2558</v>
+        <v>2596</v>
       </c>
       <c r="B1053">
         <v>2021</v>
       </c>
       <c r="C1053" t="inlineStr">
         <is>
-          <t>Affidamento diretto ex art. 36, comma 2, lett. a), D.Lgs. n. 50/16. Formazione a catalogo: "Società partecipate: gestione dei rapporti in relazione ai servizi affidati e controlli", indetto dalla Società Formel srl. Impegno di spesa, per la quota di partecipazione di n.1 funzionario, pari a euro 340,00 IVA esente (ai sensi dell'Art. 10 D.P.R. 633/72) più euro 2,00 per marca da bollo, per un totale complessivo di euro 342,00, sul capitolo U0000S15902, missione 01. programma 10, piano dei conti 1.03.02.04.999 - Es. Fin. 2021
+          <t>Lavori di consolidamento della Rupe in località Mercatello, a completamento dell'intervento di somma urgenza per movimento franoso nel Comune di Bagnoregio Determina a contrarre semplificata per l'affidamento diretto ai sensi dell'art. 1, comma 2, lett. a) della Legge n. 120/20, come modificato dall'art 51, comma 1, lett. a), sub. 2.1) della Legge n. 108/21 del Servizio di Collaboratore Archeologo durante le operazioni di movimentazione terra per l'ultimazione lavori - a seguito di variante e recesso. Disimpegno di € 2.735,69= per ribasso d'asta e perfezionamento della prenotazione d'impegno di spesa n. 2022/2885 dell'importo di € 24.621,26 sul capitolo U0000E42510, es. fin. 2022, a favore del Dott. Francesco Borsari (cod. cred. 13279).C CUP F69D15001850002_CIG 91504874C0
 </t>
         </is>
       </c>
       <c r="D1053" t="s">
-        <v>916</v>
+        <v>921</v>
       </c>
       <c r="E1053" s="2">
-        <v>44588</v>
+        <v>44666</v>
       </c>
     </row>
     <row r="1054">
       <c r="A1054">
-        <v>2557</v>
+        <v>2595</v>
       </c>
       <c r="B1054">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1054" t="inlineStr">
         <is>
-          <t>Formazione a catalogo: Percorso di formazione specifico sulla base delle esigenze dell'Agenzia regionale di Protezione Civile sui temi dei database geografici e sui sistemi G.I.S." indetto dalla Società In-TIME srl.
+          <t>Conferimento di incarico ex art. 1 della legge 11 settembre 2020, n. 120 di conversione in legge, con modificazioni, del decreto-legge 16 luglio 2020, n. 76, recante "Misure urgenti per la semplificazione e l'innovazione digitale", come modificato dall'art. 51 della legge n. 108 del 2021, del servizio di consulenza tecnica di parte alla Società "Guida Ingegneria Forense srl" per conto della Regione Lazio, citata presso il Tribunale civile di Rieti da Gianlorenzi Franco +2 (r.g.n. 1026/2020). Impegno di spesa di ? 43.139,20 sul capitolo U0000R21420 - esercizio 2022 - codice creditore n. 190630. SMART CIG: ZD735D51B8.
 </t>
         </is>
       </c>
       <c r="D1054" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="E1054" s="2">
-        <v>44588</v>
+        <v>44664</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055">
-        <v>2556</v>
+        <v>2594</v>
       </c>
       <c r="B1055">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1055" t="inlineStr">
         <is>
-          <t>Determina a contrarre, Approvazione atti e indizione gara comunitaria centralizzata a procedura aperta per l'affidamento dei servizi di n.3 centri antiviolenza e di n.3 case rifugio per donne vittime di violenza. Durata affidamento 24 mesi. Prenotazione di spesa euro 1.728.866,88 IVA inclusa sul Capitolo U0000H41976 Missione 12 programma 04 es. fin. 2021-2022-2023. Assunzione impegno di spesa sul cap. U0000T19427 a favore di ANAC (cod. cred. 159683) di € 600,00 - es. fin. 2021. Lotto 1: CIG 8831441FA6 - Lotto 2: CIG 8831460F54 - Lotto 3: CIG 8831470797.</t>
+          <t>Progetto editoriale "Lazio ai giovani". Affidamento, ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 63 comma 2, lettera b), in favore della concessionaria Dimensione Advertising srl. Impegno di spesa di € 102.480,00 Iva inclusa - Capitolo di bilancio U0000R31902. Impegno di spesa di € 30,00 in favore dell'Autorità Nazionale Anticorruzione - Capitolo U0000T19427 - Esercizio finanziario 2022.
+</t>
         </is>
       </c>
       <c r="D1055" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
       <c r="E1055" s="2">
-        <v>44588</v>
+        <v>44663</v>
       </c>
     </row>
     <row r="1056">
       <c r="A1056">
-        <v>2555</v>
+        <v>2593</v>
       </c>
       <c r="B1056">
         <v>2022</v>
       </c>
       <c r="C1056" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-111006, Intervento A0100E0371 Codice MIR I202100337, concernente i lavori presso gli "Uffici Pubblici ex ASL" in Monterotondo (RM) da destinare a sede della Compagnia Guardia di Finanza. Determina a contrarre semplificata per l'affidamento diretto ai sensi dell'art. 1, comma 2, lett. a) della Legge n. 120 dell'11.11.2020, come modificato dall'art 51, comma 1, lett. a), sub. 2.1) della Legge n. 108 del 29.7.2021 del servizio di Coordinamento della Sicurezza in fase di Esecuzione all'ing. Gaetano Motta. CUP F97H17001940002 - CIG 8964771B0D
+          <t>Nomina della commissione giudicatrice, ai sensi dell'art. 77 del d.lgs. n. 50/2016, della Procedura negoziata senza previa pubblicazione del bando da espletarsi mediante R.d.O. sul Mercato Elettronico di Regione Lazio, finalizzata all?affidamento del servizio di rassegna stampa telematico. CIG: Z1034763D8.
 </t>
         </is>
       </c>
       <c r="D1056" t="s">
-        <v>919</v>
+        <v>924</v>
       </c>
       <c r="E1056" s="2">
-        <v>44587</v>
+        <v>44663</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057">
-        <v>2554</v>
+        <v>2592</v>
       </c>
       <c r="B1057">
         <v>2022</v>
       </c>
       <c r="C1057" t="inlineStr">
         <is>
-          <t>Determina a contrarre - Indagine di mercato per l'acquisizione di Aghi per penna insulinica (ago G 34 - lunghezza 3,5 mm) occorrenti alle Aziende Sanitarie della Regione Lazio ai sensi dell'art. 36, comma 2, lett. b) del d.lgs. 50/2016.
-</t>
+          <t>Gara comunitaria a procedura aperta ai sensi degli artt. 58 e 60 del D. Lgs. 50/2016 per l’affidamento, tramite accordo quadro, dei servizi di rilevazione dei beni mobiliari e immobiliari di proprietà della Regione Lazio, suddivisa in due lotti e autorizzata con Determinazione a contrarre n. G04111 del 05/04/2022. Approvazione atti ed indizione della procedura. Conferimento incarico per pubblicazione a Vivenda s.r.l. CIG Lotto1 9149163028 CIG; Lotto 2 9149295D12.</t>
         </is>
       </c>
       <c r="D1057" t="s">
-        <v>548</v>
+        <v>925</v>
       </c>
       <c r="E1057" s="2">
-        <v>44587</v>
+        <v>44657</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058">
-        <v>2553</v>
+        <v>2591</v>
       </c>
       <c r="B1058">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="C1058" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio e Calabria - Farmaci 2020_Terza tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori
+          <t>Procedura aperta telematica per la conclusione ai sensi dell’art. 54 comma 3 del D.Lgs. 18 aprile 2016, n. 50 e s.m.i. di un Accordo Quadro con un unico operatore economico avente ad oggetto servizi di ingegneria ed architettura inerenti i diversi edifici facenti parte del Centro Direzionale della Regione Lazio sito in via Cristoforo Colombo n. 212 a Roma - Progetto I202200189 - CUP F89F21000020001 CIG 9235893403
 </t>
         </is>
       </c>
       <c r="D1058" t="s">
-        <v>920</v>
+        <v>926</v>
       </c>
       <c r="E1058" s="2">
-        <v>44586</v>
+        <v>44740</v>
       </c>
     </row>
     <row r="1059">
       <c r="A1059">
-        <v>2552</v>
+        <v>2590</v>
       </c>
       <c r="B1059">
         <v>2022</v>
       </c>
       <c r="C1059" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della regione Lazio - farmaci 2022_tranche 2, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della regione Lazio e di altri soggetti aggregatori. Nr. Gara 8430134.</t>
+          <t>Procedura di gara finalizzata all'acquisizione della fornitura di stent vascolari occorrenti alle Aziende Sanitarie della Regione Lazio. Nomina del Responsabile Unico del Procedimento e costituzione del Gruppo Tecnico di Progettazione
+</t>
         </is>
       </c>
       <c r="D1059" t="s">
-        <v>921</v>
+        <v>590</v>
       </c>
       <c r="E1059" s="2">
-        <v>44586</v>
+        <v>44656</v>
       </c>
     </row>
     <row r="1060">
       <c r="A1060">
-        <v>2551</v>
+        <v>2589</v>
       </c>
       <c r="B1060">
         <v>2021</v>
       </c>
       <c r="C1060" t="inlineStr">
         <is>
-          <t>Lavori di consolidamento della Rupe in località Mercatello, a completamento dell'intervento di somma urgenza per movimento franoso nel Comune di Bagnoregio (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dell'Ultimazione lavori a seguito di variante e recesso. CUP F69D15001850002- CIG 904008307E
+          <t>Decreto Legislativo n. 19 del 2 febbraio 2021. Attivita' di indagine e analisi diagnostiche finalizzati all'individuazione della presenza di organismi nocivi sul territorio regionale anno 2022. Assunzione impegno di spesa a favore di Universita' degli Studi della Tuscia - Dipartimento di Scienze Agrarie e Forestali (DAFNE), codice creditore 836, per euro 188.000,00 sul capitolo U0000B11115, pdc1.03.02.11.000, missione 16 programma 01 del bilancio regionale. Es fin 2021
 </t>
         </is>
       </c>
       <c r="D1060" t="s">
-        <v>922</v>
+        <v>590</v>
       </c>
       <c r="E1060" s="2">
-        <v>44586</v>
+        <v>44650</v>
       </c>
     </row>
     <row r="1061">
       <c r="A1061">
-        <v>2550</v>
+        <v>2588</v>
       </c>
       <c r="B1061">
-        <v>2022</v>
-[...5 lines deleted...]
-        </is>
+        <v>2020</v>
+      </c>
+      <c r="C1061" t="s">
+        <v>927</v>
       </c>
       <c r="D1061" t="s">
-        <v>923</v>
+        <v>590</v>
       </c>
       <c r="E1061" s="2">
-        <v>44586</v>
+        <v>44650</v>
       </c>
     </row>
     <row r="1062">
       <c r="A1062">
-        <v>2549</v>
+        <v>2587</v>
       </c>
       <c r="B1062">
         <v>2021</v>
       </c>
       <c r="C1062" t="inlineStr">
         <is>
-          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 700 del 8 settembre 2020, recante "Disposizioni urgenti di protezione civile in conseguenza degli eventi meteorologici verificatisi nel periodo dal 30 ottobre al 30 novembre 2019 nel territorio della Regione Lazio". Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 per l'esecuzione dei "Lavori di miglioramento e ripristino dell'officiosità idraulica del Fosso Capocanale nel Comune di Contigliano (RI) a seguito degli eventi calamitosi verificatisi 30 ottobre / 30 novembre 2019 - Codice Intervento 981". CUP F37H21004220001 - CIG 8977510B9B.
-</t>
+          <t>PIANO DI SVILUPPO E COESIONE. Progetto A0437P0002. Autorizzazione alla stipula di un Accordo Quadro (art. 54, comma 4, lett. b) del D.lgs. 50/16), avente ad oggetto l'affidamento dei lavori di manutenzione straordinaria la riqualificazione funzionale ed energetica e per l'adeguamento antincendio, del complesso edilizio sede della giunta regionale in via Cristoforo Colombo.</t>
         </is>
       </c>
       <c r="D1062" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="E1062" s="2">
-        <v>44585</v>
+        <v>44649</v>
       </c>
     </row>
     <row r="1063">
       <c r="A1063">
-        <v>2548</v>
+        <v>2586</v>
       </c>
       <c r="B1063">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1063" t="inlineStr">
         <is>
-          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 700 del 8 settembre 2020, recante "Disposizioni urgenti di protezione civile in conseguenza degli eventi meteorologici verificatisi nel periodo dal 30 ottobre al 30 novembre 2019 nel territorio della Regione Lazio". Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 per l'esecuzione degli "Interventi urgenti manutenzione Fosso della Tomba Comune di Cerveteri a seguito degli eventi calamitosi verificatisi nel periodo 30 ottobre - 30 novembre 2019 - Codice Intervento 1002. CUP F97H20005050001 - CIG 8946587D23.
-[...4 lines deleted...]
-        <v>925</v>
+          <t>Campagna bando "Nel Lazio con amore", ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 63 comma 2, lettera b). Impegno di spesa di € 300.626,30 IVA inclusa - Capitolo di bilancio U0000R31902 - Esercizio finanziario 2022.
+</t>
+        </is>
+      </c>
+      <c r="D1063" t="inlineStr">
+        <is>
+          <t>Z7B355AA75; Z88355AB05; ZB1355AB49; Z0B355ABA5; Z22355ABF6; Z87355ACB6; Z1B355AD04; Z65355AD5A; Z6A355ADB8; ZD1355AE07; ZD9355AE39; Z7C355AEA6; ZD5355AF1B; Z6A355AFAE; Z97355B00B; Z65355B04B; Z8B355B0BB; Z09355B0FD; ZC7355B137; Z83355B184; ZAC355B1C8; ZEB355B218; ZA7355B265; ZD0355B2A9; ZE3355B2E1; Z39355B324
+</t>
+        </is>
       </c>
       <c r="E1063" s="2">
-        <v>44585</v>
+        <v>44645</v>
       </c>
     </row>
     <row r="1064">
       <c r="A1064">
-        <v>2547</v>
+        <v>2585</v>
       </c>
       <c r="B1064">
-        <v>2021</v>
-[...5 lines deleted...]
-        </is>
+        <v>2022</v>
+      </c>
+      <c r="C1064" t="s">
+        <v>929</v>
       </c>
       <c r="D1064" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="E1064" s="2">
-        <v>44585</v>
+        <v>44644</v>
       </c>
     </row>
     <row r="1065">
       <c r="A1065">
-        <v>2546</v>
+        <v>2584</v>
       </c>
       <c r="B1065">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1065" t="inlineStr">
         <is>
-          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 700 del 8 settembre 2020, recante "Disposizioni urgenti di protezione civile in conseguenza degli eventi meteorologici verificatisi nel periodo dal 30 ottobre al 30 novembre 2019 nel territorio della Regione Lazio". Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 per l'esecuzione dei "Lavori di miglioramento e ripristino dell'officiosità idraulica del Rio Borghetto nel Comune di Grotte di Castro a seguito degli eventi calamitosi verificatisi nel periodo 30 ottobre - 30 novembre 2019 - Codice Intervento 988". CUP F67H21004630001 - CIG 8922158DB0.
+          <t>Appalto specifico per l'acquisizione di vaccini anti influenzali 2022/2023 per la Regione Abruzzo e del principio attivo Tisagenlecleucel occorrente alle aziende sanitarie della Regione Lazio, nell'ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla aa.ss. della Regione Lazio e di altri soggetti aggregatori - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8487645.
 </t>
         </is>
       </c>
       <c r="D1065" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="E1065" s="2">
-        <v>44585</v>
+        <v>44638</v>
       </c>
     </row>
     <row r="1066">
       <c r="A1066">
-        <v>2545</v>
+        <v>2583</v>
       </c>
       <c r="B1066">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1066" t="inlineStr">
         <is>
-          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 700 del 8 settembre 2020, recante "Disposizioni urgenti di protezione civile in conseguenza degli eventi meteorologici verificatisi nel periodo dal 30 ottobre al 30 novembre 2019 nel territorio della Regione Lazio". Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 per l'esecuzione dei "Lavori di miglioramento e ripristino dell'officiosità idraulica del fosso Rivodutri nel Comune di Rivodutri a seguito degli eventi calamitosi verificatisi nel periodo 30 ottobre - 30 novembre 2019 - Codice Intervento 982". CUP F27H21004750001 - CIG 8922086249.
+          <t>PR FESR LAZIO 2021-2027. Progetto A0393B0006. Determinazione a contrarre ai sensi dell'art. 51 co. 1 lett. a) DL 77/2021, convertito con modificazioni dalla L. 29/7/2021, n. 108, tramite procedura negoziata senza pubblicazione di bando di gara per l'acquisizione di un servizio di banche dati nel settore Information &amp;amp; Communication Tecnology, per un importo a base d'asta di € 185.000,00 IVA esclusa. Prenotazione impegno € 225.700,00 a favore di Creditori Diversi e impegno di € 1.890,78 a favore del Fondo Incentivi, sui capitoli U0000A44101, U0000A44102 e U0000A44103 E.F. 2022-2023. Accertamenti di € 186.624,44 sui capitoli E0000413151, E0000421159 E.F. 2022-2023. Accertamento di € 1.890,78 sul capitolo E0000341560 E.F. 2022-2023. Impegno € 225,00 sul capitolo U0000T19427 E.F. 2022 a favore ANAC. CIG 9085439571 CUP F89J22001650009.
 </t>
         </is>
       </c>
       <c r="D1066" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="E1066" s="2">
-        <v>44585</v>
+        <v>44638</v>
       </c>
     </row>
     <row r="1067">
       <c r="A1067">
-        <v>2544</v>
+        <v>2582</v>
       </c>
       <c r="B1067">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1067" t="inlineStr">
         <is>
-          <t>Ordinanza del Capo Dipartimento di Protezione Civile n. 700 dell'8 settembre 2020, recante "Disposizioni urgenti di protezione civile in conseguenza degli eventi meteorologici verificatisi nel periodo dal 30 ottobre al 30 novembre 2019 nel territorio della Regione Lazio". Lavori di messa in sicurezza di un tratto del Torrente Mollarino in località Vallegrande nei Comuni di Villa Latina e Picinisco (FR) a seguito degli eventi calamitosi verificatisi 30 ottobre / 30 novembre 2019 - Codice Intervento 975 - CUP F97H20005010001 - CIG 8995840203
+          <t>D.G.R. n. 1030 del 22/12/2020. "Fiume Tevere manutenzione alveo e difese spondali da Ponte Marconi a Ponte Mezzocammino" - Determinazione a contrarre finalizzata all'affidamento dei lavori tramite procedura negoziata di cui all'art. 1, comma 2, lett. b), del Decreto-Legge n. 76 del 16.7.2020, come modificato dall'art. 51, comma 1, lettera b), sub. 2.2) della Legge n. 108/2021, e approvazione atti di gara. CUP: F89J19000650001 - CIG: 9117755174
 </t>
         </is>
       </c>
       <c r="D1067" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="E1067" s="2">
-        <v>44582</v>
+        <v>44631</v>
       </c>
     </row>
     <row r="1068">
       <c r="A1068">
-        <v>2543</v>
+        <v>2581</v>
       </c>
       <c r="B1068">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1068" t="inlineStr">
         <is>
-          <t>Ordinanza del Capo Dipartimento di Protezione Civile n. 700 dell'8 settembre 2020, recante "Disposizioni urgenti di protezione civile in conseguenza degli eventi meteorologici verificatisi nel periodo dal 30 ottobre al 30 novembre 2019 nel territorio della Regione Lazio". Lavori di messa in sicurezza di tratti spondali del Rio Pioppeto nel Comune di Cassino (FR) a seguito degli eventi calamitosi verificatisi 30 ottobre / 30 novembre 2019. Codice Intervento 977 - CUP F37H20006110001 - CIG 8995913E3D
+          <t>Servizio per la predisposizione di una proposta progettuale da presentare al MiC, definita nei contenuti di dettaglio, di rigenerazione culturale, sociale ed economica dei borghi storici a rischio di abbandono o abbandonati.
 </t>
         </is>
       </c>
       <c r="D1068" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="E1068" s="2">
-        <v>44582</v>
+        <v>44628</v>
       </c>
     </row>
     <row r="1069">
       <c r="A1069">
-        <v>2542</v>
+        <v>2580</v>
       </c>
       <c r="B1069">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1069" t="inlineStr">
         <is>
-          <t>Ordinanza del Capo Dipartimento di Protezione Civile n. 700 dell'8 settembre 2020, recante "Disposizioni urgenti di protezione civile in conseguenza degli eventi meteorologici verificatisi nel periodo dal 30 ottobre al 30 novembre 2019 nel territorio della Regione Lazio". Lavori di miglioramento e ripristino dell'officiosità idraulica del Torrente Quintaluna nel Comune di Acquapendente (VT) a seguito degli eventi calamitosi verificatisi 30 ottobre / 30 novembre 2019. Codice Intervento 992 - CUP F47H21004920001 - CIG 89961111A6&amp;nbsp;
+          <t>Appalto specifico per l'acquisizione di Vaccini anti influenzali 2022/2023 occorrenti alle Aziende Sanitarie della Regione Lazio, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori. - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8469584.
 </t>
         </is>
       </c>
       <c r="D1069" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="E1069" s="2">
-        <v>44582</v>
+        <v>44627</v>
       </c>
     </row>
     <row r="1070">
       <c r="A1070">
-        <v>2541</v>
+        <v>2579</v>
       </c>
       <c r="B1070">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1070" t="inlineStr">
         <is>
-          <t>Risanamento erosioni spondali nel Comune di Civitavecchia (Roma) a seguito degli eventi calamitosi verificatisi&amp;nbsp;30 ottobre / 30 novembre 2019 - Codice Intervento D370
-</t>
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n.558 del 15 novembre 2018. Intervento codice 658 denominato "Lavori straordinari ed urgenti per il ripristino sommità arginale del fiume Velino. Affidamento per il servizio delle attività topografiche compresa l'elaborazione di disegni e grafici, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 - CUP F37H21007250002 - CIG Z343569739.</t>
         </is>
       </c>
       <c r="D1070" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="E1070" s="2">
-        <v>44582</v>
+        <v>44624</v>
       </c>
     </row>
     <row r="1071">
       <c r="A1071">
-        <v>2540</v>
+        <v>2578</v>
       </c>
       <c r="B1071">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1071" t="inlineStr">
         <is>
-          <t>Ordinanza del Capo Dipartimento di Protezione Civile n. 700 del 8 settembre 2020, recante "Disposizioni urgenti di protezione civile in conseguenza degli eventi meteorologici verificatisi nel periodo dal 30 ottobre al 30 novembre 2019 nel territorio della Regione Lazio". Lavori di messa in sicurezza di tratti del Rio Pioppeto nel Comune di Pignataro Interamna (FR) a seguito degli eventi calamitosi verificatisi 30 ottobre / 30 novembre 2019 - Codice Intervento 970 - CUP F27H20006720001 - CIG 8995563D69
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 651 "Intervento di manutenzione straordinaria dell'alveo del fiume Salto nei Comuni di Rieti loc. Casette, Cittaducale (RI) loc. Grotti e Petrella Salto". Approvazione dei verbali di gara e aggiudicazione dei lavori. CUP F17H21002730002- CIG 9075852DFD.
 </t>
         </is>
       </c>
       <c r="D1071" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="E1071" s="2">
-        <v>44582</v>
+        <v>44624</v>
       </c>
     </row>
     <row r="1072">
       <c r="A1072">
-        <v>2539</v>
+        <v>2577</v>
       </c>
       <c r="B1072">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="C1072" t="inlineStr">
         <is>
-          <t>D.G.R. n. 1030 del 22/12/2020. "Fiume Aniene manutenzione alveo e difese spondali da Vicovaro a Tivoli" - Determinazione a contrarre finalizzata all'affidamento dei lavori tramite procedura negoziata di cui all'art. 1, comma 2, lett. b), del DecretoLegge n. 76 del 16.7.2020, come modificato dall'art. 51, comma 1, lettera b), sub. 2.2) della Legge n. 108/2021, e approvazione atti di gara. CUP: F59J19000550001 - CIG 9069505849
+          <t>Conferimento di incarico e contestuale impegno di spesa a favore del prof. Ing. Franco Braga, quale di Consulente Tecnico di parte nel procedimento penale avanti il Tribunale di Rieti n. 481/19 R.G. DIB. e n. 537/18 R.G. (Fasc. 915/19). Importo complessivo di €. 44.408,00 (€ 35.000,00 oltre CNPAIA e IVA) - Capitolo R21420 del Bilancio Regionale 2019 - CODICE SMART CIG Z382A87459
 </t>
         </is>
       </c>
       <c r="D1072" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="E1072" s="2">
-        <v>44581</v>
+        <v>43864</v>
       </c>
     </row>
     <row r="1073">
       <c r="A1073">
-        <v>2538</v>
+        <v>2576</v>
       </c>
       <c r="B1073">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1073" t="inlineStr">
         <is>
-          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 604 denominato "Lavori straordinari di manutenzione dell'alveo del fiume Cosa da Alatri a Ceccano". Approvazione dei verbali di gara e aggiudicazione dei lavori. CUP F57H21000870001- CIG 902686871F.
-</t>
+          <t>Procedura negoziata, tramite R.D.O. sul M.E.La., finalizzata all'affidamento del servizio di banche dati online di legislazione nazionale e europea, giurisprudenza e dottrina. Prenotazione d'impegno di spesa euro 210.450,00 IVA compresa - Cap. U0000S23424, in favore di Creditori diversi - impegni di spesa per complessivi Euro 2.899,72, sul Cap. U0000S23424 e relativi accertamenti sui Cap. E0000341559, E0000341562 e E0000341563 in favore del fondo incentivi ex art. 383 sexies R.R. n. 1/2002 (codice 176734), ai sensi dell'art.113 del D.lgs. 50/2016, impegno sul Cap. U0000T19427 di euro 225,00 in favore dell'Autorità Nazionale Anticorruzione (ANAC) es. fin. 2022-2023-2024-2025.</t>
         </is>
       </c>
       <c r="D1073" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="E1073" s="2">
-        <v>44215</v>
+        <v>44622</v>
       </c>
     </row>
     <row r="1074">
       <c r="A1074">
-        <v>2537</v>
+        <v>2575</v>
       </c>
       <c r="B1074">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1074" t="inlineStr">
         <is>
-          <t>Procedura negoziata ai sensi dell'art. 1, comma 2 lett. b) del D.L. n. 76/2020, convertito con modificazioni dalla Legge n. 120/2020, tramite R.d.O. sul M.E.LA., finalizzata all'affidamento del servizio di Responsabile della protezione dei&amp;nbsp;dati personali (RPD) della Giunta regionale". Determina a contrarre. Approvazione atti per indizione gara per l'affidamento del servizio e nomina del Responsabile Unico del Procedimento. Perfezionamento delle prenotazioni, a favore di creditori diversi,&amp;nbsp;n. 1978/2022 per l'importo di € 18.300,00 e n. 529/2023 per l'importo di € 18.300,00 sul Capitolo U0000R13902. CIG: Z6A337E3A2 - esercizi finanziari 2022 e 2023.
+          <t>Procedura aperta per l'affidamento della fornitura del Servizio di mediazione linguistica tramite interpretariato telefonico di emergenza da remoto per le esigenze della Centrale Unica di Risposta 112 N.U.E. Regione Lazio. Prenotazione d'impegno di spesa euro 285.480,00 IVA compresa - Cap. U0000E47922, in favore di Creditori diversi - impegni di spesa per complessivi € 3.481,92 sul Cap. U0000E47922 e relativi accertamenti sui Cap. E0000341559, E0000341562 e E0000341563 in favore del fondo incentivi ex art. 383 sexies R.R. n. 1/2002 (codice 176734), ai sensi dell'art.113 del D.lgs. 50/2016, es. fin. 2022, 2023, 2024, 2025. Impegno sul Cap. U0000T19427 di euro 225,00 in favore dell'Autorità Nazionale Anticorruzione (ANAC)es. fin. 2022 - Indizione di gara e approvazione atti.
 </t>
         </is>
       </c>
       <c r="D1074" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="E1074" s="2">
-        <v>44580</v>
+        <v>44622</v>
       </c>
     </row>
     <row r="1075">
       <c r="A1075">
-        <v>2536</v>
+        <v>2574</v>
       </c>
       <c r="B1075">
         <v>2021</v>
       </c>
       <c r="C1075" t="inlineStr">
         <is>
-          <t>Attuazione della Deliberazione di Giunta regionale n. 582 del 16 settembre 2021 - Affidamento incarico di Data Protection Officer (DPO) della Giunta Regionale, ai sensi dell'art. 36, comma 2, lett. a), del D.lgs. n. 50/2016 e ss.mm.ii., all' Avv. Leo Stilo, per l'espletamento dei servizi legati all'art. 37 del Regolamento (UE) 2016/679 del Parlamento Europeo e del Consiglio del 27 aprile 2016, relativo alla protezione delle persone fisiche con riguardo al trattamento dei dati personali, nonché alla libera circolazione di tali dati (RGDP) - Impegno di € 4.981,66 (IVA inclusa) sul capitolo U0000R13902, afferente alla missione 01 programma 01 esercizio finanziario 2021.CIG Z26331330E
+          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs. n. 50/2016, così come disciplinato, in via transitoria, dall'art. 1, co. 2, lett. a) della Legge n. 120/2020, di un servizio di pubblicazione Avviso appalto aggiudicato ex art. 98 del D.lgs. 50/2010 - MEDIAGRAPHIC S.R.L. Via Palmitessa, 40 76121 - Barletta (BA) (P.IVA - C.F. 05833480725). Disimpegno dell'impegno di spesa 2021/1839 per € 4.000,00 (IVA inclusa) e autorizzazione nuovo impegno per l'importo di € 2.013,00 sul capitolo U0000E32504 Missione 09 Programma 03 pdcf 2.03.01.02 codice creditore 89599 e.f. 2021. CIG: Z9E3414DEA
 </t>
         </is>
       </c>
       <c r="D1075" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="E1075" s="2">
-        <v>44580</v>
+        <v>44610</v>
       </c>
     </row>
     <row r="1076">
       <c r="A1076">
-        <v>2535</v>
+        <v>2573</v>
       </c>
       <c r="B1076">
         <v>2021</v>
       </c>
       <c r="C1076" t="inlineStr">
         <is>
-          <t>Affidamento, ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a), di un servizio di attività di comunicazione Podcast "7Vite", a cura della società MINE srl. Importo di € 28.060,00 Iva inclusa - Capitolo U0000R31902 - Esercizio finanziario 2021.
+          <t>Affidamento diretto ai sensi dell'art. 1, comma 2, lett. a) del D. L. n. 76/2020, convertito in L. n. 120/2020, come modificato dall'art 51, comma 1, lettera a), sub. 2.1) del Decreto Legge n. 77 del 2021 del servizio di coordinatore sicurezza in esecuzione dei "Lavori di capping definitivo della discarica di cupinoro - Bracciano" - attribuzione degli impegni 2021/16926, 2021/1841 e 2022/1151 assunti sul capitolo U0000E32504 per complessivi € 58.016,63 a favore dell'Ing. Giuseppe D'Agostino - codice creditore 210247, e.f. 2021. CIG 8921813100.
 </t>
         </is>
       </c>
       <c r="D1076" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="E1076" s="2">
-        <v>44578</v>
+        <v>44610</v>
       </c>
     </row>
     <row r="1077">
       <c r="A1077">
-        <v>2534</v>
+        <v>2572</v>
       </c>
       <c r="B1077">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1077" t="inlineStr">
         <is>
-          <t>Affidamento di un servizio ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a) per la partecipazione alla trasmissione televisiva "Teorema, Parola ai giovani" sull'emittente Lazio TV, a cura alla concessionaria ALMADELA S.R.L.s. Impegno di spesa di € 14.640,00 IVA inclusa - Capitolo U0000R31902 - Esercizio finanziario 2021.
+          <t>Intervento 12IR080/G3 "Fosso di Vallerano - Messa in sicurezza della zona urbana del torrino". Determinazione a contrarre&amp;nbsp;per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio per la&amp;nbsp;redazione del progetto di fattibilità tecnica ed economica, definitivo ed esecutivo nonché del coordinamento della sicurezza in&amp;nbsp;fase di progettazione. CUP F89J15003900001 - CIG 9091504271
 </t>
         </is>
       </c>
       <c r="D1077" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="E1077" s="2">
-        <v>44578</v>
+        <v>45170</v>
       </c>
     </row>
     <row r="1078">
       <c r="A1078">
-        <v>2533</v>
+        <v>2571</v>
       </c>
       <c r="B1078">
-        <v>2021</v>
-[...5 lines deleted...]
-        </is>
+        <v>2022</v>
+      </c>
+      <c r="C1078" t="s">
+        <v>944</v>
       </c>
       <c r="D1078" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
       <c r="E1078" s="2">
-        <v>44578</v>
+        <v>44602</v>
       </c>
     </row>
     <row r="1079">
       <c r="A1079">
-        <v>2532</v>
+        <v>2570</v>
       </c>
       <c r="B1079">
         <v>2021</v>
       </c>
       <c r="C1079" t="inlineStr">
         <is>
-          <t>Realizzazione di una Campagna social di sensibilizzazione alla donazione del sangue, a cura della Società Strategy Design sas. Importo di Euro 29.280,00 IVA inclusa - Capitolo U0000H11726 - Esercizio finanziario 2021.
+          <t>ACCESS-POINT2021 Determinazione a contrarre per affidamento diretto, ai sensi dell'art. 1, comma 2 lett. a) del Decreto Legge n. 76/2020, convertito con modificazioni dalla Legge n. 120/2020, come modificato dall'art. 51 del Decreto Legge n. 77/2021, convertito con modificazioni dalla Legge n. 108/2021, per la fornitura di apparati di rete di tipo Access Point da destinare alla nuova sede della Regione Lazio ""Camporomano"". Prenotazione Impegno di € 25.620,00 (IVA inclusa) sul capitolo U0000S26502 a favore di Creditori Diversi (cod. cred. 3805). Esercizio finanziario 2022. Nomina del Responsabile Unico del Procedimento. CIG: Z0B341D1E0
 </t>
         </is>
       </c>
       <c r="D1079" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="E1079" s="2">
-        <v>44578</v>
+        <v>44602</v>
       </c>
     </row>
     <row r="1080">
       <c r="A1080">
-        <v>2531</v>
+        <v>2569</v>
       </c>
       <c r="B1080">
         <v>2021</v>
       </c>
       <c r="C1080" t="inlineStr">
         <is>
-          <t>Aggiudicazione e affidamento dell'incarico diretto attraverso la piattaforma STELLA (registro di sistema PI116760-21), ai sensi dell'art. 36, comma 2, lettera a), D. Lgs. 50/2016, per la realizzazione di una Campagna di sensibilizzazione per la donazione del sangue, a cura della Società The Washing Machine.
+          <t>Cloud Regione Lazio - "Procedura ristretta, ai sensi dell'art. 61 del D.Lgs 50/2016, finalizzata all'affidamento di servizi specialistici di supporto per l'evoluzione, la gestione dei sistemi infrastrutturali deputati all'erogazione dei servizi Cloud Regionali - Lotto unico - CIG 9051406087. Determinazione di approvazione atti, indizione gara e nomina del Responsabile Unico del Procedimento (RUP).
 </t>
         </is>
       </c>
       <c r="D1080" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="E1080" s="2">
-        <v>44578</v>
+        <v>44602</v>
       </c>
     </row>
     <row r="1081">
       <c r="A1081">
-        <v>2530</v>
+        <v>2568</v>
       </c>
       <c r="B1081">
         <v>2021</v>
       </c>
       <c r="C1081" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 36, comma 2, lettera a), D. Lgs. 50/2016, per la realizzazione di una Campagna di sensibilizzazione alla donazione del sangue, a cura della Società THE WASHING MACHINE ITALIA srl. Importo di € 35.000,00 IVA inclusa - Capitolo U0000H11726 - Esercizio finanziario 2021.
+          <t>STELLA-PROMO-VAR01 Variante in aumento, ai sensi dell'art. 106 comma 12 D.Lgs. 50/2016, della Determinazione regionale n. G05203 del 06 maggio 2021. Impegno di spesa di € 9.760,00 IVA inclusa, sul capitolo U0000R31902, a favore di HERO Srl - cod. cred. 179628. Esercizio Finanziario 2021. CIG n. 873353985F.
 </t>
         </is>
       </c>
       <c r="D1081" t="s">
-        <v>943</v>
+        <v>948</v>
       </c>
       <c r="E1081" s="2">
-        <v>44578</v>
+        <v>44602</v>
       </c>
     </row>
     <row r="1082">
       <c r="A1082">
-        <v>2529</v>
+        <v>2567</v>
       </c>
       <c r="B1082">
         <v>2021</v>
       </c>
       <c r="C1082" t="inlineStr">
         <is>
-          <t>Determina a contrarre, per l'indizione di una procedura negoziata, tramite R.D.O. sul Mercato elettronico della Regione Lazio (M.E.LA.), finalizzata all?affidamento del servizio di stampa digitale e stampa offset occorrente alla Regione Lazio, ai sensi dell'art. 1 comma 2 lett. b) della Legge 120/2020. Prenotazione di impegno di spesa per complessivi Euro 195.200,00 (IVA inclusa) così ripartiti: Euro 16.266,67 Es. Fin 2021 ed Euro 97.600,00 Es. Fin 2022 ed Euro 81.333,33 Es. Fin. 2023 a favore di Creditori diversi sul Capitolo di Uscita U0000R31902. Impegno della somma pari ad Euro 225,00 a favore di ANAC (cod. cred. 159683) sul Capitolo di Uscita U0000T19427 Es. Fin. 2021, CIG 8916887FEB.
+          <t>Procedura aperta per l'affidamento del servizio di assistenza organizzativa/gestionale e del supporto tecnico-specialistico alla Direzione Regionale Centrale Acquisti. Intervento SAT2020 - EE.LL. CIG 8145970B17. Impegno di spesa pluriennale di Euro 243.207,00 IVA inclusa, sul capitolo U0000S23103, a favore di Intellera Consulting Srl in qualità di capogruppo - cod. cred. 191021 - per estensione dei servizi dal 01 settembre 2021 al 30 agosto 2022 - Esercizi Finanziari 2021-2022. Variante denominata SAT2020-EELL.
 </t>
         </is>
       </c>
       <c r="D1082" t="s">
-        <v>548</v>
+        <v>949</v>
       </c>
       <c r="E1082" s="2">
-        <v>44578</v>
+        <v>44602</v>
       </c>
     </row>
     <row r="1083">
       <c r="A1083">
-        <v>2528</v>
+        <v>2566</v>
       </c>
       <c r="B1083">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1083" t="inlineStr">
         <is>
-          <t>Contratto tra Regione Lazio e la Società Telpress Italia srl per il servizio di rassegna stampa telematico. Provvedimento di proroga ai sensi dell'art. 106, comma 11 del D.lgs. 50/2016 e ss.mm.ii., per la durata di 5 mesi, ovvero fino al 31/12/2021. Impegno di spesa pari ad € 14.579,85 Iva inclusa sul capitolo di bilancio U0000R31906 - Esercizio finanziario 2021. CIG n. 7540580B75.
+          <t>Intervento n. 14 "Lavori di consolidamento del versante lungo il Fosso Manganello, a valle di Via della Circonvallazione, nel Comune di Cerveteri (RM)" - CUP C96J13000760005 - CIG 9074083A2B
 </t>
         </is>
       </c>
       <c r="D1083" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="E1083" s="2">
-        <v>44578</v>
+        <v>44602</v>
       </c>
     </row>
     <row r="1084">
       <c r="A1084">
-        <v>2527</v>
+        <v>2565</v>
       </c>
       <c r="B1084">
         <v>2021</v>
       </c>
       <c r="C1084" t="inlineStr">
         <is>
-          <t>Affidamento di un servizio per la presenza pubblicitaria sulla pubblicazione: "IL LIBRO DEI FATTI - 2021", in versione cartacea e digitale, a cura della Società GMC S.a.p.a. - Adnkronos. Impegno di € 12.200,00 (Iva inclusa). Capitolo U0000R31902 - Esercizio finanziario 2021.
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 652 denominato "Intervento di manutenzione straordinaria dell'alveo del fiume Mignone nella parte a monte dell'attraversamento con la SS 1 Aurelia". Affidamento per il servizio delle attività topografiche compresa l'elaborazione di disegni e grafici, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 CUP F87H21004840001- CIG ZCE340531B.
 </t>
         </is>
       </c>
       <c r="D1084" t="s">
-        <v>945</v>
+        <v>951</v>
       </c>
       <c r="E1084" s="2">
-        <v>44578</v>
+        <v>44601</v>
       </c>
     </row>
     <row r="1085">
       <c r="A1085">
-        <v>2526</v>
+        <v>2564</v>
       </c>
       <c r="B1085">
         <v>2021</v>
       </c>
       <c r="C1085" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre di affidamento diretto ai sensi dell'art. 36, comma 2, lettera a), D. Lgs. 50/2016, per la realizzazione di un servizio di promozione istituzionale all'interno della Guida "Roma de la Pecora nera" edizione 2021, a cura de La Pecora nera editore snc di Simone Cargiani . Importo di € 24.400,00 IVA inclusa - Capitolo U0000R31902 - Esercizio finanziario 2021.
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 654 denominato "Lavori di manutenzione straordinaria del fiume Marta dalla SS1 Aurelia alla Foce in Comune di Tarquinia". Affidamento per il servizio delle attività topografiche compresa l'elaborazione di disegni e grafici, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 - CUP: F87H21009700001 - CIG: Z4033EF50B.
 </t>
         </is>
       </c>
       <c r="D1085" t="s">
-        <v>946</v>
+        <v>952</v>
       </c>
       <c r="E1085" s="2">
-        <v>44578</v>
+        <v>44601</v>
       </c>
     </row>
     <row r="1086">
       <c r="A1086">
-        <v>2525</v>
+        <v>2563</v>
       </c>
       <c r="B1086">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1086" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 63, comma 2, lettera b), D. Lgs. 50/2016, per la realizzazione di pubblicità istituzionale sulla: "Guida ai Sapori e ai Piaceri della Regione Lazio 2021 (La Repubblica)".
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 654 denominato "Lavori straordinari ed urgenti di manutenzione dell'alveo del fiume Marta dalla SS 1 Aurelia alla Foce in Comune di Tarquinia". CUP F87H21009700001- CIG 9076049093.&amp;nbsp;
 </t>
         </is>
       </c>
       <c r="D1086" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="E1086" s="2">
-        <v>44578</v>
+        <v>44601</v>
       </c>
     </row>
     <row r="1087">
       <c r="A1087">
-        <v>2524</v>
+        <v>2562</v>
       </c>
       <c r="B1087">
         <v>2021</v>
       </c>
       <c r="C1087" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre di affidamento diretto ai sensi dell'art. 36, comma 2, lettera a), D. Lgs. 50/2016, per la realizzazione di alcune Campagne promopubblicitarie della Regione Lazio sulla rivista gratuita SPORT CLUB.
-</t>
+          <t>Lavori per la ricostruzione dell'ospedale di Amatrice di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Codice Opera: OOPP_M_002_2017. Approvazione atti di variante ai sensi dell'art. 106, co. 1, lett. c) e art. 149 comma 2 del D.Lgs 50/2016. CUP: F78I18000070008 - CIG: 83810759E0.</t>
         </is>
       </c>
       <c r="D1087" t="s">
-        <v>948</v>
+        <v>954</v>
       </c>
       <c r="E1087" s="2">
-        <v>44578</v>
+        <v>44599</v>
       </c>
     </row>
     <row r="1088">
       <c r="A1088">
-        <v>2523</v>
+        <v>2561</v>
       </c>
       <c r="B1088">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1088" t="inlineStr">
         <is>
-          <t>Affidamento diretto attraverso la piattaforma STELLA (registro di sistema PI020143-21), ai sensi dell'art. 36, comma 2, lettera a) del d.lgs. 50/2016, per il servizio di banca dati giornalistica Mediaddress. Impegno di spesa ? 5.246,00 IVA compresa sul Cap. S23418, ripartito in ? 2.623,00 nell?esercizio finanziario 2021 ed ? 2.623,00 nell'esercizio finanziario 2022.
+          <t>Affidamento incarico di direttore esecutivo dei lavori riferito all'appalto della fornitura di nuovi treni sulla ferrovia Roma Lido e Roma Viterbo Impegno a favore dell' Ing. Conte codice creditore 211710 per €176.361,93 sul capitolo U0000D41928 missione 10, programma 02 capitolo piano dei conti 1.03.02.11 e impegno a sul capitolo U0000T19427, Missione 01 programma 01 Pdc 1.04.01.01 per il versamento del contributo a favore dell'ANAC- (codiece creditore159683) per € 30,00 CIG 9051868DC4 annualità 2022.
 </t>
         </is>
       </c>
       <c r="D1088" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="E1088" s="2">
-        <v>44578</v>
+        <v>44595</v>
       </c>
     </row>
     <row r="1089">
       <c r="A1089">
-        <v>2522</v>
+        <v>2560</v>
       </c>
       <c r="B1089">
         <v>2022</v>
       </c>
-      <c r="C1089" t="inlineStr">
-[...3 lines deleted...]
-        </is>
+      <c r="C1089" t="s">
+        <v>956</v>
       </c>
       <c r="D1089" t="s">
-        <v>950</v>
+        <v>957</v>
       </c>
       <c r="E1089" s="2">
-        <v>44578</v>
+        <v>44593</v>
       </c>
     </row>
     <row r="1090">
       <c r="A1090">
-        <v>2521</v>
+        <v>2559</v>
       </c>
       <c r="B1090">
         <v>2021</v>
       </c>
-      <c r="C1090" t="inlineStr">
-[...3 lines deleted...]
-        </is>
+      <c r="C1090" t="s">
+        <v>958</v>
       </c>
       <c r="D1090" t="s">
-        <v>951</v>
+        <v>959</v>
       </c>
       <c r="E1090" s="2">
-        <v>44578</v>
+        <v>44588</v>
       </c>
     </row>
     <row r="1091">
       <c r="A1091">
-        <v>2520</v>
+        <v>2558</v>
       </c>
       <c r="B1091">
         <v>2021</v>
       </c>
       <c r="C1091" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lettera a) del d.lgs. n. 50/2016 per la fornitura di: a) licenza annuale della banca dati HERE (formato Shape) con copertura Regione Lazio, per le attività di visualizzazione, ricerca e routing, fino a 5 utenti, b) supporto e formazione all'utilizzo della banca dati HERE in ambiente ArcGIS, mediante Ordine diretto di Acquisto (OdA) su MEPA - ditta TEAMDEV, via Settevalli, 320 ' 06129 PERUGIA (P.IVA/C.F. 02982970549) - codice creditore 208902. Impegno di spesa per 9.516,00 euro (IVA inclusa) a valere sul capitolo di bilancio U0000S27501, esercizio finanziario 2021, missione 01 - Programma 08 - PdC finanziario 1.03.02.99._CIG: Z3F3306FD1
+          <t>Affidamento diretto ex art. 36, comma 2, lett. a), D.Lgs. n. 50/16. Formazione a catalogo: "Società partecipate: gestione dei rapporti in relazione ai servizi affidati e controlli", indetto dalla Società Formel srl. Impegno di spesa, per la quota di partecipazione di n.1 funzionario, pari a euro 340,00 IVA esente (ai sensi dell'Art. 10 D.P.R. 633/72) più euro 2,00 per marca da bollo, per un totale complessivo di euro 342,00, sul capitolo U0000S15902, missione 01. programma 10, piano dei conti 1.03.02.04.999 - Es. Fin. 2021
 </t>
         </is>
       </c>
       <c r="D1091" t="s">
-        <v>952</v>
+        <v>960</v>
       </c>
       <c r="E1091" s="2">
-        <v>44575</v>
+        <v>44588</v>
       </c>
     </row>
     <row r="1092">
       <c r="A1092">
-        <v>2519</v>
+        <v>2557</v>
       </c>
       <c r="B1092">
         <v>2021</v>
       </c>
       <c r="C1092" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a), del d.lgs. n. 50/2016, per l'acquisizione della fornitura di n. 42 toner per le stampanti "Xerox 6615-sp" in dotazione al Nucleo regionale Conti Pubblici Territoriali del Lazio (CPT Lazio), per la somma complessiva di 1.485,96 euro, all'Operatore economico "Prink S.p.A." - Via Emilia Ponente n. 355, Castel Bolognese - 48014 - Italia - P.IVA e C.F: 02061220394. Impegno di spesa di 1.485,96 euro, a valere sul Capitolo di bilancio U0000C11127, esercizio finanziario 2021, missione 01 - programma 03 - PdC 1.03.01.02, a favore di "Prink S.p.A." - Via Emilia Ponente n. 355, Castel Bolognese - 48014 - P.IVA e C.F: 02061220394 (codice creditore 209986). CIG: Z33334D229.
+          <t>Formazione a catalogo: Percorso di formazione specifico sulla base delle esigenze dell'Agenzia regionale di Protezione Civile sui temi dei database geografici e sui sistemi G.I.S." indetto dalla Società In-TIME srl.
 </t>
         </is>
       </c>
       <c r="D1092" t="s">
-        <v>953</v>
+        <v>961</v>
       </c>
       <c r="E1092" s="2">
-        <v>44575</v>
+        <v>44588</v>
       </c>
     </row>
     <row r="1093">
       <c r="A1093">
-        <v>2518</v>
+        <v>2556</v>
       </c>
       <c r="B1093">
         <v>2021</v>
       </c>
       <c r="C1093" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs. n. 50/2016, per la fornitura di materiale hardware necessario per le esigenze relative al Progetto Conti Pubblici Territoriali (CPT Lazio). Impegno di spesa a favore di Unieuro S.p.A., Palazzo Hercolani - Via Piero Maroncelli, 10 - 47121 Forlì (FC) (P.IVA/C.F.00876320409) - codice creditore 187833 - pari ad euro 1820,70 IVA inclusa (euro 1492,38+IVA di euro 328,32), sul Capitolo di Bilancio U0000C12163, missione 01 - programma 03 - PdC finanziario 2.02.01.07.000, esercizio finanziario 2021. CIG: Z3E32F3E9F.
-</t>
+          <t>Determina a contrarre, Approvazione atti e indizione gara comunitaria centralizzata a procedura aperta per l'affidamento dei servizi di n.3 centri antiviolenza e di n.3 case rifugio per donne vittime di violenza. Durata affidamento 24 mesi. Prenotazione di spesa euro 1.728.866,88 IVA inclusa sul Capitolo U0000H41976 Missione 12 programma 04 es. fin. 2021-2022-2023. Assunzione impegno di spesa sul cap. U0000T19427 a favore di ANAC (cod. cred. 159683) di € 600,00 - es. fin. 2021. Lotto 1: CIG 8831441FA6 - Lotto 2: CIG 8831460F54 - Lotto 3: CIG 8831470797.</t>
         </is>
       </c>
       <c r="D1093" t="s">
-        <v>954</v>
+        <v>962</v>
       </c>
       <c r="E1093" s="2">
-        <v>44575</v>
+        <v>44588</v>
       </c>
     </row>
     <row r="1094">
       <c r="A1094">
-        <v>2517</v>
+        <v>2555</v>
       </c>
       <c r="B1094">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1094" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs. n. 50/2016, per l'acquisizione della fornitura buoni libro (n. 15) per un valore nominale dei buoni pari a 345,00 euro, per la somma complessiva di 300,00 euro, valevoli per l'acquisto di libri specializzati nuovi e usati, CD/DVD, attinenti alle materie relative ai Conti Pubblici Territoriali (CPT) - Libraccio Outlet S.r.l., Via G. Verdi, 8 - CAP 20090 - Assago (MI) (C.F. e P.IVA 07633360966).Impegno di spesa per euro 300,00 a valere sul Capitolo di bilancio U0000C11132, esercizio finanziario 2021, missione 01 - programma 03 - PdC 1.03.01.01.000 a favore di Libraccio Outlet S.r.l., Via G. Verdi, 8 - CAP 20090 - Assago (MI) (C.F. e P.IVA 07633360966), codice creditore 202258. CIG: Z86327957B.
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-111006, Intervento A0100E0371 Codice MIR I202100337, concernente i lavori presso gli "Uffici Pubblici ex ASL" in Monterotondo (RM) da destinare a sede della Compagnia Guardia di Finanza. Determina a contrarre semplificata per l'affidamento diretto ai sensi dell'art. 1, comma 2, lett. a) della Legge n. 120 dell'11.11.2020, come modificato dall'art 51, comma 1, lett. a), sub. 2.1) della Legge n. 108 del 29.7.2021 del servizio di Coordinamento della Sicurezza in fase di Esecuzione all'ing. Gaetano Motta. CUP F97H17001940002 - CIG 8964771B0D
 </t>
         </is>
       </c>
       <c r="D1094" t="s">
-        <v>955</v>
+        <v>963</v>
       </c>
       <c r="E1094" s="2">
-        <v>44575</v>
+        <v>44587</v>
       </c>
     </row>
     <row r="1095">
       <c r="A1095">
-        <v>2516</v>
+        <v>2554</v>
       </c>
       <c r="B1095">
         <v>2022</v>
       </c>
       <c r="C1095" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020 Call for proposal "Energia sostenibile 2.0" Asse Prioritario 4 Azione 4.1.1 _ 4^Aggiornamento elenco operatori economici abilitati a svolgere il servizio di certificazione della prestazione energetica degli edifici, di importo inferiore a 5.000,00 euro, mediante affidamento diretto ai sensi dell'art. 1, comma 2, lett. a del D.L. 76/2020, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della Legge n. 108/2021.
+          <t>Determina a contrarre - Indagine di mercato per l'acquisizione di Aghi per penna insulinica (ago G 34 - lunghezza 3,5 mm) occorrenti alle Aziende Sanitarie della Regione Lazio ai sensi dell'art. 36, comma 2, lett. b) del d.lgs. 50/2016.
 </t>
         </is>
       </c>
       <c r="D1095" t="s">
-        <v>548</v>
+        <v>590</v>
       </c>
       <c r="E1095" s="2">
-        <v>44575</v>
+        <v>44587</v>
       </c>
     </row>
     <row r="1096">
       <c r="A1096">
-        <v>2515</v>
+        <v>2553</v>
       </c>
       <c r="B1096">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>956</v>
+        <v>2020</v>
+      </c>
+      <c r="C1096" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio e Calabria - Farmaci 2020_Terza tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori
+</t>
+        </is>
       </c>
       <c r="D1096" t="s">
-        <v>957</v>
+        <v>964</v>
       </c>
       <c r="E1096" s="2">
-        <v>44575</v>
+        <v>44586</v>
       </c>
     </row>
     <row r="1097">
       <c r="A1097">
-        <v>2514</v>
+        <v>2552</v>
       </c>
       <c r="B1097">
         <v>2022</v>
       </c>
       <c r="C1097" t="inlineStr">
         <is>
-          <t>Lavori di consolidamento della rupe in località Mercatello, in comune di Bagnoregio (VT), a completamento dell'intervento di somma urgenza per movimento franoso- Ultimazione lavori a seguito di variante e recesso. Approvazione progetto esecutivo CUP: F69D15001850002
-</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della regione Lazio - farmaci 2022_tranche 2, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della regione Lazio e di altri soggetti aggregatori. Nr. Gara 8430134.</t>
         </is>
       </c>
       <c r="D1097" t="s">
-        <v>548</v>
+        <v>965</v>
       </c>
       <c r="E1097" s="2">
-        <v>44573</v>
+        <v>44586</v>
       </c>
     </row>
     <row r="1098">
       <c r="A1098">
-        <v>2513</v>
+        <v>2551</v>
       </c>
       <c r="B1098">
         <v>2021</v>
       </c>
       <c r="C1098" t="inlineStr">
         <is>
-          <t>Procedura per l'affidamento diretto, ai sensi del Dlgs 50/2016 art. 36 c. 2 lett. a), della fornitura di arredo cucina per la sala ristoro della Centrale Unica di Risposta 112 NUE di via del Serafico n. 107 Roma. E.F. 2021 Capitolo di spesa U0000E46543 Impegno di euro 950,00 (iva inclusa) Creditore Mobili Memmo Srl CIG Z263409694
+          <t>Lavori di consolidamento della Rupe in località Mercatello, a completamento dell'intervento di somma urgenza per movimento franoso nel Comune di Bagnoregio (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dell'Ultimazione lavori a seguito di variante e recesso. CUP F69D15001850002- CIG 904008307E
 </t>
         </is>
       </c>
       <c r="D1098" t="s">
-        <v>958</v>
+        <v>966</v>
       </c>
       <c r="E1098" s="2">
-        <v>44571</v>
+        <v>44586</v>
       </c>
     </row>
     <row r="1099">
       <c r="A1099">
-        <v>2512</v>
+        <v>2550</v>
       </c>
       <c r="B1099">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1099" t="inlineStr">
         <is>
-          <t>Procedura per l'affidamento diretto, ai sensi del Dlgs 50/2016 art. 36 c. 2 lett. a), della fornitura di tavoli e sedie per la sala ristoro della Centrale Unica di Risposta 112 NUE di via del Serafico n. 107 Roma. E.F. 2021 Capitolo di spesa U0000E46543 Impegno di Euro 459,00 (iva inclusa) Creditore IKEA ITALIA RETAIL S.r.l. CIG n. Z2E3423488
+          <t>Gara Europea - Procedura aperta ai sensi dell'art. 60 del D.Lgs. 50/2016 per l'affidamento del servizio di verifica della vulnerabilità sismica, l'esecuzione di prove ed indagini e la redazione della progettazione di fattibilità tecnico ed economica degli interventi di adeguamento sismico del complesso di edifici che costituiscono il Centro Direzionale della Regione Lazio sito in via Cristoforo Colombo n. 212 a Roma - CIG 89653519AF. Determinazione di indizione, ai sensi dell'art. 32 del D.lgs. 50/2016 ed approvazione degli atti di gara.
 </t>
         </is>
       </c>
       <c r="D1099" t="s">
-        <v>959</v>
+        <v>967</v>
       </c>
       <c r="E1099" s="2">
-        <v>44571</v>
+        <v>44586</v>
       </c>
     </row>
     <row r="1100">
       <c r="A1100">
-        <v>2511</v>
+        <v>2549</v>
       </c>
       <c r="B1100">
         <v>2021</v>
       </c>
       <c r="C1100" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta finalizzata alla stipula di Accordi Quadro per la fornitura di materiale vario da laboratorio occorrente alle Aziende Sanitarie ed Ospedaliere della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 700 del 8 settembre 2020, recante "Disposizioni urgenti di protezione civile in conseguenza degli eventi meteorologici verificatisi nel periodo dal 30 ottobre al 30 novembre 2019 nel territorio della Regione Lazio". Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 per l'esecuzione dei "Lavori di miglioramento e ripristino dell'officiosità idraulica del Fosso Capocanale nel Comune di Contigliano (RI) a seguito degli eventi calamitosi verificatisi 30 ottobre / 30 novembre 2019 - Codice Intervento 981". CUP F37H21004220001 - CIG 8977510B9B.
 </t>
         </is>
       </c>
       <c r="D1100" t="s">
-        <v>960</v>
+        <v>968</v>
       </c>
       <c r="E1100" s="2">
-        <v>44568</v>
+        <v>44585</v>
       </c>
     </row>
     <row r="1101">
       <c r="A1101">
-        <v>2510</v>
+        <v>2548</v>
       </c>
       <c r="B1101">
         <v>2021</v>
       </c>
       <c r="C1101" t="inlineStr">
         <is>
-          <t>Aggiudicazione procedura negoziata senza previa pubblicazione del bando espletata mediante R.d.O. sul Mercato Elettronico di Regione Lazio, finalizzata all'affidamento della fornitura di cartucce toner originali e rigenerati a minori impatti ambientali conformi al Decreto Ministero dell'Ambiente della Tutela del territorio e del mare, approvato con DM 17 ottobre 2019, in G.U. n. 261 del 7 novembre 2019.- perfezionamento della prenotazione di impegno n. 172170/2021 attribuendola al creditore certo Commercart S.r.l.- disimpegno della somma di € 1.310,28 sulla prenotazione d'impegno n.172170/2021per ribasso d'asta - Cap. U0000S23908 - Esercizio Finanziario 2021
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 700 del 8 settembre 2020, recante "Disposizioni urgenti di protezione civile in conseguenza degli eventi meteorologici verificatisi nel periodo dal 30 ottobre al 30 novembre 2019 nel territorio della Regione Lazio". Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 per l'esecuzione degli "Interventi urgenti manutenzione Fosso della Tomba Comune di Cerveteri a seguito degli eventi calamitosi verificatisi nel periodo 30 ottobre - 30 novembre 2019 - Codice Intervento 1002. CUP F97H20005050001 - CIG 8946587D23.
 </t>
         </is>
       </c>
       <c r="D1101" t="s">
-        <v>961</v>
+        <v>969</v>
       </c>
       <c r="E1101" s="2">
-        <v>44566</v>
+        <v>44585</v>
       </c>
     </row>
     <row r="1102">
       <c r="A1102">
-        <v>2509</v>
+        <v>2547</v>
       </c>
       <c r="B1102">
         <v>2021</v>
       </c>
       <c r="C1102" t="inlineStr">
         <is>
-          <t>Aggiudicazione procedura negoziata senza previa pubblicazione del bando espletata mediante R.d.O. sul Mercato Elettronico di Regione Lazio, finalizzata all'affidamento della fornitura di carta per fotocopie - perfezionamento della prenotazione di impegno n. 175990/2021 attribuendola al creditore certo Carto Copy Service- disimpegno della somma di € 293,78 sulla prenotazione d'impegno n.175990/2021 per ribasso d'asta - Cap. U0000S23434 - Esercizio Finanziario 2021.
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 700 del 8 settembre 2020, recante "Disposizioni urgenti di protezione civile in conseguenza degli eventi meteorologici verificatisi nel periodo dal 30 ottobre al 30 novembre 2019 nel territorio della Regione Lazio". Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 per l'esecuzione dei "Lavori di miglioramento e ripristino dell'officiosità idraulica del Fosso Lagaccione nel Comune di San Lorenzo Nuovo (VT) a seguito degli eventi calamitosi verificatisi nel periodo 30 ottobre - 30 novembre 2019 - Codice Intervento 990". CUP F57H21003420001- CIG 8922194B66.
 </t>
         </is>
       </c>
       <c r="D1102" t="s">
-        <v>962</v>
+        <v>970</v>
       </c>
       <c r="E1102" s="2">
-        <v>44566</v>
+        <v>44585</v>
       </c>
     </row>
     <row r="1103">
       <c r="A1103">
-        <v>2508</v>
+        <v>2546</v>
       </c>
       <c r="B1103">
         <v>2021</v>
       </c>
       <c r="C1103" t="inlineStr">
         <is>
-          <t>Determina a contrarre, ai sensi dell'art. 32 del D.lgs. 50/2016, per l'indizione di una procedura aperta sopra soglia comunitaria per l'affidamento del servizio aereo di spegnimento incendi boschivi e lo svolgimento di altre attività connesse con gli interventi di Protezione Civile nell'intero territorio della Regione Lazio.Prenotazione impegno di spesa in favore di creditori diversi per € 11.594.851,80 sul Cap. U0000E23517 per gli ee.ff. 2022, 2023, 2024 e 2025. Impegno di spesa di € 104.543,37 sul Cap. U0000E23517 per gli ee.ff. 2022, 2023, 2024 e 2025 e relativi accertamenti a favore del fondo incentivi sul Cap. E0000341559 per € 66.489,83, sul Cap. E0000341562 per € 19.096,26 e sul Cap. E0000341563 per € 19.026,96Impegno di spesa € 800,00 a favore di ANAC sul Cap. U0000T19427 - E.F. 2021 CIG 9043217ABD
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 700 del 8 settembre 2020, recante "Disposizioni urgenti di protezione civile in conseguenza degli eventi meteorologici verificatisi nel periodo dal 30 ottobre al 30 novembre 2019 nel territorio della Regione Lazio". Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 per l'esecuzione dei "Lavori di miglioramento e ripristino dell'officiosità idraulica del Rio Borghetto nel Comune di Grotte di Castro a seguito degli eventi calamitosi verificatisi nel periodo 30 ottobre - 30 novembre 2019 - Codice Intervento 988". CUP F67H21004630001 - CIG 8922158DB0.
 </t>
         </is>
       </c>
       <c r="D1103" t="s">
-        <v>963</v>
+        <v>971</v>
       </c>
       <c r="E1103" s="2">
-        <v>44564</v>
+        <v>44585</v>
       </c>
     </row>
     <row r="1104">
       <c r="A1104">
-        <v>2507</v>
+        <v>2545</v>
       </c>
       <c r="B1104">
         <v>2021</v>
       </c>
       <c r="C1104" t="inlineStr">
         <is>
-          <t>Determina a contrarre, ai sensi dell'art. 32 del D.lgs. 50/2016, per l'indizione di una procedura aperta sopra soglia comunitaria, per l'affidamento della fornitura in noleggio operativo a lungo termine senza conducente di n. 80 (ottanta) veicoli modello Pick-up, comprensiva del servizio di manutenzione "Full Service". Provvedimento di indizione e approvazione atti. Prenotazione impegno di spesa in favore di creditori diversi per € 4.270.000,00 compresa IVA sui cap. U0000E46549 e U0000E46108 per gli ee.ff. 2022, 2023, 2024, 2025, 2026 e 2027. Impegno di spesa di € 38.500,00 sui cap. U0000E46549 e U0000E46108 e relativo accertamento a favore del fondo incentivi, ai sensi dell'art. 113 del D.Lgs 50/2016 sui cap. E0000341559 per € 30.800,00, E0000341562 per € 3.850,00 e E0000341563 per € 3.850,00. Impegno di spesa € 600,00 a favore di ANAC sul cap. U0000T19427 - e.f. 2021. CIG 9020519FC0
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 700 del 8 settembre 2020, recante "Disposizioni urgenti di protezione civile in conseguenza degli eventi meteorologici verificatisi nel periodo dal 30 ottobre al 30 novembre 2019 nel territorio della Regione Lazio". Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 per l'esecuzione dei "Lavori di miglioramento e ripristino dell'officiosità idraulica del fosso Rivodutri nel Comune di Rivodutri a seguito degli eventi calamitosi verificatisi nel periodo 30 ottobre - 30 novembre 2019 - Codice Intervento 982". CUP F27H21004750001 - CIG 8922086249.
 </t>
         </is>
       </c>
       <c r="D1104" t="s">
-        <v>964</v>
+        <v>972</v>
       </c>
       <c r="E1104" s="2">
-        <v>44561</v>
+        <v>44585</v>
       </c>
     </row>
     <row r="1105">
       <c r="A1105">
-        <v>2506</v>
+        <v>2544</v>
       </c>
       <c r="B1105">
         <v>2021</v>
       </c>
       <c r="C1105" t="inlineStr">
         <is>
-          <t>Determina a contrarre (art. 32-D.Lgs 50/2016), per l'indizione di una procedura aperta sopra soglia (art. 140, c.1-D.lgs 50/2016), per l'affidamento della gestione del "Centro Giorgio Fregosi", per anni 3+1.Nomina del RUP e del gruppo di lavoro. Prenotazione impegno di spesa per complessivi € 900.000,00 (IVA al 5% inclusa) sul cap.U0000H41717, e.f. 2022-23-24-25 a Creditori Diversi. Impegno di spesa € 375,00 in favore di ANAC sul cap. U0000T19427, e.f. 2021. Impegno di spesa per complessivi € 9.428,57 a favore del fondo incentivi, (art.113 D. Lgs. n. 50/2016), di cui € 8.749,71 sul cap. U000H41717, e.f. 2022-23-24-25 ed € 678,86 sul cap. U0000H41918, e.f. 2022-23-24-25 e rel. accert. sui capitoli E0000341559 per € 6.864,00 E0000341562 per € 1.282,29 ed E0000341563 per € 1.282,29 e.f. 2022-23-24-25 - CIG 895680909D
+          <t>Ordinanza del Capo Dipartimento di Protezione Civile n. 700 dell'8 settembre 2020, recante "Disposizioni urgenti di protezione civile in conseguenza degli eventi meteorologici verificatisi nel periodo dal 30 ottobre al 30 novembre 2019 nel territorio della Regione Lazio". Lavori di messa in sicurezza di un tratto del Torrente Mollarino in località Vallegrande nei Comuni di Villa Latina e Picinisco (FR) a seguito degli eventi calamitosi verificatisi 30 ottobre / 30 novembre 2019 - Codice Intervento 975 - CUP F97H20005010001 - CIG 8995840203
 </t>
         </is>
       </c>
       <c r="D1105" t="s">
-        <v>965</v>
+        <v>973</v>
       </c>
       <c r="E1105" s="2">
-        <v>44561</v>
+        <v>44582</v>
       </c>
     </row>
     <row r="1106">
       <c r="A1106">
-        <v>2505</v>
+        <v>2543</v>
       </c>
       <c r="B1106">
         <v>2021</v>
       </c>
       <c r="C1106" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio - Farmaci 2021 - QUINDICESIMA &amp;nbsp;tranche, nell'ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura del principio attivo ONASEMNOGENE ABEPARVOVEC destinato alle AA.SS. della Regione Lazio. Nr. Gara 8407803.
+          <t>Ordinanza del Capo Dipartimento di Protezione Civile n. 700 dell'8 settembre 2020, recante "Disposizioni urgenti di protezione civile in conseguenza degli eventi meteorologici verificatisi nel periodo dal 30 ottobre al 30 novembre 2019 nel territorio della Regione Lazio". Lavori di messa in sicurezza di tratti spondali del Rio Pioppeto nel Comune di Cassino (FR) a seguito degli eventi calamitosi verificatisi 30 ottobre / 30 novembre 2019. Codice Intervento 977 - CUP F37H20006110001 - CIG 8995913E3D
 </t>
         </is>
       </c>
       <c r="D1106" t="s">
-        <v>966</v>
+        <v>974</v>
       </c>
       <c r="E1106" s="2">
-        <v>44561</v>
+        <v>44582</v>
       </c>
     </row>
     <row r="1107">
       <c r="A1107">
-        <v>2504</v>
+        <v>2542</v>
       </c>
       <c r="B1107">
         <v>2021</v>
       </c>
       <c r="C1107" t="inlineStr">
         <is>
-          <t>Consolidamento della Rupe in località Mercatello, a completamento dell'intervento di somma urgenza per movimento franoso&amp;nbsp;nel Comune di Bagnoregio (VT), a completamento dei lavori di somma urgenza. Impegno di € 15.093,59 a favore di Studio Baffo s.r.l. (Cod. Cred. 167998) per riformulazione progetto esecutivo, prenotazione impegno € 3.593,07 a favore Fondo Incentivi ex art. 383 sexies R.R. n. 1/2002 (cod. cred. 176734), prenotazione impegno per un totale di 591.766,36 a favore di Creditori diversi (cod. cred. 3805) sul capitolo U0000E42510. Prenotazione impegno sul capitolo U0000S23427 di € 2.000,00 a favore di creditori diversi (cod. cred. 3805), Impegno sul capitolo U0000T19427 di € 405,00 a favore dell'Autorità Nazionale Anticorruzione (cod. cred 159683). Esercizio Finanziario 2021-2022
+          <t>Ordinanza del Capo Dipartimento di Protezione Civile n. 700 dell'8 settembre 2020, recante "Disposizioni urgenti di protezione civile in conseguenza degli eventi meteorologici verificatisi nel periodo dal 30 ottobre al 30 novembre 2019 nel territorio della Regione Lazio". Lavori di miglioramento e ripristino dell'officiosità idraulica del Torrente Quintaluna nel Comune di Acquapendente (VT) a seguito degli eventi calamitosi verificatisi 30 ottobre / 30 novembre 2019. Codice Intervento 992 - CUP F47H21004920001 - CIG 89961111A6&amp;nbsp;
 </t>
         </is>
       </c>
       <c r="D1107" t="s">
-        <v>548</v>
+        <v>975</v>
       </c>
       <c r="E1107" s="2">
-        <v>44558</v>
+        <v>44582</v>
       </c>
     </row>
     <row r="1108">
       <c r="A1108">
-        <v>2503</v>
+        <v>2541</v>
       </c>
       <c r="B1108">
         <v>2021</v>
       </c>
       <c r="C1108" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all’acquisizione del servizio di ventiloterapia domiciliare, occorrente alle Aziende Sanitarie della Regione Lazio.</t>
+          <t>Risanamento erosioni spondali nel Comune di Civitavecchia (Roma) a seguito degli eventi calamitosi verificatisi&amp;nbsp;30 ottobre / 30 novembre 2019 - Codice Intervento D370
+</t>
         </is>
       </c>
       <c r="D1108" t="s">
-        <v>967</v>
+        <v>976</v>
       </c>
       <c r="E1108" s="2">
-        <v>44558</v>
+        <v>44582</v>
       </c>
     </row>
     <row r="1109">
       <c r="A1109">
-        <v>2502</v>
+        <v>2540</v>
       </c>
       <c r="B1109">
         <v>2021</v>
       </c>
       <c r="C1109" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. - Dossier LI-ES2-2540467- Intervento A0100E0321, presso la Scuola Elementare «Cura di Vetralla», sita in Largo Rodolfo Luzi nel Comune di Vetralla (VT).
+          <t>Ordinanza del Capo Dipartimento di Protezione Civile n. 700 del 8 settembre 2020, recante "Disposizioni urgenti di protezione civile in conseguenza degli eventi meteorologici verificatisi nel periodo dal 30 ottobre al 30 novembre 2019 nel territorio della Regione Lazio". Lavori di messa in sicurezza di tratti del Rio Pioppeto nel Comune di Pignataro Interamna (FR) a seguito degli eventi calamitosi verificatisi 30 ottobre / 30 novembre 2019 - Codice Intervento 970 - CUP F27H20006720001 - CIG 8995563D69
 </t>
         </is>
       </c>
       <c r="D1109" t="s">
-        <v>968</v>
+        <v>977</v>
       </c>
       <c r="E1109" s="2">
-        <v>44558</v>
+        <v>44582</v>
       </c>
     </row>
     <row r="1110">
       <c r="A1110">
-        <v>2501</v>
+        <v>2539</v>
       </c>
       <c r="B1110">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1110" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 5 lotti, per &amp;nbsp;l’acquisizione del servizio CUP occorrente alle Aziende Sanitarie della Regione Lazio. Determina a contrarre. Approvazione schemi atti e indizione gara. Numero gara 8385135</t>
+          <t>D.G.R. n. 1030 del 22/12/2020. "Fiume Aniene manutenzione alveo e difese spondali da Vicovaro a Tivoli" - Determinazione a contrarre finalizzata all'affidamento dei lavori tramite procedura negoziata di cui all'art. 1, comma 2, lett. b), del DecretoLegge n. 76 del 16.7.2020, come modificato dall'art. 51, comma 1, lettera b), sub. 2.2) della Legge n. 108/2021, e approvazione atti di gara. CUP: F59J19000550001 - CIG 9069505849
+</t>
         </is>
       </c>
       <c r="D1110" t="s">
-        <v>969</v>
+        <v>978</v>
       </c>
       <c r="E1110" s="2">
-        <v>44554</v>
+        <v>44581</v>
       </c>
     </row>
     <row r="1111">
       <c r="A1111">
-        <v>2500</v>
+        <v>2538</v>
       </c>
       <c r="B1111">
         <v>2021</v>
       </c>
       <c r="C1111" t="inlineStr">
         <is>
-          <t>Pronto intervento e gestione paratoie e accessori nel Circondario Idraulico del Lazio, in caso di eventi di piena”. CUP F81B20001130002 – CIG 8996282EBF. &amp;nbsp; DETERMINAZIONE &amp;nbsp;A CONTRARRE &amp;nbsp;N. G16077 DEL 21/12 /2021
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 604 denominato "Lavori straordinari di manutenzione dell'alveo del fiume Cosa da Alatri a Ceccano". Approvazione dei verbali di gara e aggiudicazione dei lavori. CUP F57H21000870001- CIG 902686871F.
 </t>
         </is>
       </c>
       <c r="D1111" t="s">
-        <v>970</v>
+        <v>979</v>
       </c>
       <c r="E1111" s="2">
-        <v>44552</v>
+        <v>44215</v>
       </c>
     </row>
     <row r="1112">
       <c r="A1112">
-        <v>2499</v>
+        <v>2537</v>
       </c>
       <c r="B1112">
         <v>2021</v>
       </c>
       <c r="C1112" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all’affidamento del servizio di tesoreria per le Aziende Sanitarie della Regione Lazio – Terza edizione</t>
+          <t>Procedura negoziata ai sensi dell'art. 1, comma 2 lett. b) del D.L. n. 76/2020, convertito con modificazioni dalla Legge n. 120/2020, tramite R.d.O. sul M.E.LA., finalizzata all'affidamento del servizio di Responsabile della protezione dei&amp;nbsp;dati personali (RPD) della Giunta regionale". Determina a contrarre. Approvazione atti per indizione gara per l'affidamento del servizio e nomina del Responsabile Unico del Procedimento. Perfezionamento delle prenotazioni, a favore di creditori diversi,&amp;nbsp;n. 1978/2022 per l'importo di € 18.300,00 e n. 529/2023 per l'importo di € 18.300,00 sul Capitolo U0000R13902. CIG: Z6A337E3A2 - esercizi finanziari 2022 e 2023.
+</t>
         </is>
       </c>
       <c r="D1112" t="s">
-        <v>971</v>
+        <v>980</v>
       </c>
       <c r="E1112" s="2">
-        <v>44551</v>
+        <v>44580</v>
       </c>
     </row>
     <row r="1113">
       <c r="A1113">
-        <v>2498</v>
+        <v>2536</v>
       </c>
       <c r="B1113">
         <v>2021</v>
       </c>
       <c r="C1113" t="inlineStr">
         <is>
-          <t>Procedura aperta, suddivisa in tre lotti,&amp;nbsp;finalizzata alla stipula di Convenzioni quadro per l’affidamento dei servizi di notificazione atti giudiziari e sanzioni amministrative destinate alle Amministrazioni del territorio della Regione Lazio
+          <t>Attuazione della Deliberazione di Giunta regionale n. 582 del 16 settembre 2021 - Affidamento incarico di Data Protection Officer (DPO) della Giunta Regionale, ai sensi dell'art. 36, comma 2, lett. a), del D.lgs. n. 50/2016 e ss.mm.ii., all' Avv. Leo Stilo, per l'espletamento dei servizi legati all'art. 37 del Regolamento (UE) 2016/679 del Parlamento Europeo e del Consiglio del 27 aprile 2016, relativo alla protezione delle persone fisiche con riguardo al trattamento dei dati personali, nonché alla libera circolazione di tali dati (RGDP) - Impegno di € 4.981,66 (IVA inclusa) sul capitolo U0000R13902, afferente alla missione 01 programma 01 esercizio finanziario 2021.CIG Z26331330E
 </t>
         </is>
       </c>
       <c r="D1113" t="s">
-        <v>972</v>
+        <v>981</v>
       </c>
       <c r="E1113" s="2">
-        <v>44551</v>
+        <v>44580</v>
       </c>
     </row>
     <row r="1114">
       <c r="A1114">
-        <v>2497</v>
+        <v>2535</v>
       </c>
       <c r="B1114">
         <v>2021</v>
       </c>
       <c r="C1114" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 5 lotti, per per la fornitura di microinfusori per insulina, sistemi di monitoraggio CGM e relativo materiale di consumo e servizi connessi occorrenti alle Aziende Sanitarie Locali della Regione Lazio. Numero Gara 8389570.</t>
+          <t>Affidamento, ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a), di un servizio di attività di comunicazione Podcast "7Vite", a cura della società MINE srl. Importo di € 28.060,00 Iva inclusa - Capitolo U0000R31902 - Esercizio finanziario 2021.
+</t>
         </is>
       </c>
       <c r="D1114" t="s">
-        <v>973</v>
+        <v>982</v>
       </c>
       <c r="E1114" s="2">
-        <v>44551</v>
+        <v>44578</v>
       </c>
     </row>
     <row r="1115">
       <c r="A1115">
-        <v>2496</v>
+        <v>2534</v>
       </c>
       <c r="B1115">
         <v>2021</v>
       </c>
       <c r="C1115" t="inlineStr">
         <is>
-          <t>Procedura aperta finalizzata alla stipula di una convenzione volta all’affidamento del servizio di trasporto e consegna sangue, emocomponenti, cellule staminali, campioni biologici e materiali per prelievo destinato agli Enti del Servizio Sanitario della Regione Lazio.&amp;nbsp;&amp;nbsp;</t>
+          <t>Affidamento di un servizio ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a) per la partecipazione alla trasmissione televisiva "Teorema, Parola ai giovani" sull'emittente Lazio TV, a cura alla concessionaria ALMADELA S.R.L.s. Impegno di spesa di € 14.640,00 IVA inclusa - Capitolo U0000R31902 - Esercizio finanziario 2021.
+</t>
         </is>
       </c>
       <c r="D1115" t="s">
-        <v>974</v>
+        <v>983</v>
       </c>
       <c r="E1115" s="2">
-        <v>44551</v>
+        <v>44578</v>
       </c>
     </row>
     <row r="1116">
       <c r="A1116">
-        <v>2495</v>
+        <v>2533</v>
       </c>
       <c r="B1116">
         <v>2021</v>
       </c>
       <c r="C1116" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. - Dossier LI-ES2-0820168- Intervento A0100E0452, presso il "Plesso scolastico Risorgimento" sito nel Comune di Frascati (RM). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno ANAC di € 375,00= sui capitoli U0000A42134-U0000A42135-U0000A42136 Es. finanziario 2021, e nomina Direttore Lavori. CUP F17D17000230009- CIG 8996873677&amp;nbsp;</t>
+          <t>Affidamento ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a) di un servizio per la realizzazione di un archivio Droni, a cura della INVIDIO Srl. Impegno di spesa di € 3.660,00 IVA inclusa - Capitolo U0000R31902 - Esercizio finanziario 2021.
+</t>
         </is>
       </c>
       <c r="D1116" t="s">
-        <v>975</v>
+        <v>984</v>
       </c>
       <c r="E1116" s="2">
-        <v>44551</v>
+        <v>44578</v>
       </c>
     </row>
     <row r="1117">
       <c r="A1117">
-        <v>2494</v>
+        <v>2532</v>
       </c>
       <c r="B1117">
         <v>2021</v>
       </c>
       <c r="C1117" t="inlineStr">
         <is>
+          <t>Realizzazione di una Campagna social di sensibilizzazione alla donazione del sangue, a cura della Società Strategy Design sas. Importo di Euro 29.280,00 IVA inclusa - Capitolo U0000H11726 - Esercizio finanziario 2021.
+</t>
+        </is>
+      </c>
+      <c r="D1117" t="s">
+        <v>985</v>
+      </c>
+      <c r="E1117" s="2">
+        <v>44578</v>
+      </c>
+    </row>
+    <row r="1118">
+      <c r="A1118">
+        <v>2531</v>
+      </c>
+      <c r="B1118">
+        <v>2021</v>
+      </c>
+      <c r="C1118" t="inlineStr">
+        <is>
+          <t>Aggiudicazione e affidamento dell'incarico diretto attraverso la piattaforma STELLA (registro di sistema PI116760-21), ai sensi dell'art. 36, comma 2, lettera a), D. Lgs. 50/2016, per la realizzazione di una Campagna di sensibilizzazione per la donazione del sangue, a cura della Società The Washing Machine.
+</t>
+        </is>
+      </c>
+      <c r="D1118" t="s">
+        <v>986</v>
+      </c>
+      <c r="E1118" s="2">
+        <v>44578</v>
+      </c>
+    </row>
+    <row r="1119">
+      <c r="A1119">
+        <v>2530</v>
+      </c>
+      <c r="B1119">
+        <v>2021</v>
+      </c>
+      <c r="C1119" t="inlineStr">
+        <is>
+          <t>Determinazione a contrarre ai sensi dell'art. 36, comma 2, lettera a), D. Lgs. 50/2016, per la realizzazione di una Campagna di sensibilizzazione alla donazione del sangue, a cura della Società THE WASHING MACHINE ITALIA srl. Importo di € 35.000,00 IVA inclusa - Capitolo U0000H11726 - Esercizio finanziario 2021.
+</t>
+        </is>
+      </c>
+      <c r="D1119" t="s">
+        <v>987</v>
+      </c>
+      <c r="E1119" s="2">
+        <v>44578</v>
+      </c>
+    </row>
+    <row r="1120">
+      <c r="A1120">
+        <v>2529</v>
+      </c>
+      <c r="B1120">
+        <v>2021</v>
+      </c>
+      <c r="C1120" t="inlineStr">
+        <is>
+          <t>Determina a contrarre, per l'indizione di una procedura negoziata, tramite R.D.O. sul Mercato elettronico della Regione Lazio (M.E.LA.), finalizzata all?affidamento del servizio di stampa digitale e stampa offset occorrente alla Regione Lazio, ai sensi dell'art. 1 comma 2 lett. b) della Legge 120/2020. Prenotazione di impegno di spesa per complessivi Euro 195.200,00 (IVA inclusa) così ripartiti: Euro 16.266,67 Es. Fin 2021 ed Euro 97.600,00 Es. Fin 2022 ed Euro 81.333,33 Es. Fin. 2023 a favore di Creditori diversi sul Capitolo di Uscita U0000R31902. Impegno della somma pari ad Euro 225,00 a favore di ANAC (cod. cred. 159683) sul Capitolo di Uscita U0000T19427 Es. Fin. 2021, CIG 8916887FEB.
+</t>
+        </is>
+      </c>
+      <c r="D1120" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1120" s="2">
+        <v>44578</v>
+      </c>
+    </row>
+    <row r="1121">
+      <c r="A1121">
+        <v>2528</v>
+      </c>
+      <c r="B1121">
+        <v>2021</v>
+      </c>
+      <c r="C1121" t="inlineStr">
+        <is>
+          <t>Contratto tra Regione Lazio e la Società Telpress Italia srl per il servizio di rassegna stampa telematico. Provvedimento di proroga ai sensi dell'art. 106, comma 11 del D.lgs. 50/2016 e ss.mm.ii., per la durata di 5 mesi, ovvero fino al 31/12/2021. Impegno di spesa pari ad € 14.579,85 Iva inclusa sul capitolo di bilancio U0000R31906 - Esercizio finanziario 2021. CIG n. 7540580B75.
+</t>
+        </is>
+      </c>
+      <c r="D1121" t="s">
+        <v>988</v>
+      </c>
+      <c r="E1121" s="2">
+        <v>44578</v>
+      </c>
+    </row>
+    <row r="1122">
+      <c r="A1122">
+        <v>2527</v>
+      </c>
+      <c r="B1122">
+        <v>2021</v>
+      </c>
+      <c r="C1122" t="inlineStr">
+        <is>
+          <t>Affidamento di un servizio per la presenza pubblicitaria sulla pubblicazione: "IL LIBRO DEI FATTI - 2021", in versione cartacea e digitale, a cura della Società GMC S.a.p.a. - Adnkronos. Impegno di € 12.200,00 (Iva inclusa). Capitolo U0000R31902 - Esercizio finanziario 2021.
+</t>
+        </is>
+      </c>
+      <c r="D1122" t="s">
+        <v>989</v>
+      </c>
+      <c r="E1122" s="2">
+        <v>44578</v>
+      </c>
+    </row>
+    <row r="1123">
+      <c r="A1123">
+        <v>2526</v>
+      </c>
+      <c r="B1123">
+        <v>2021</v>
+      </c>
+      <c r="C1123" t="inlineStr">
+        <is>
+          <t>Determinazione a contrarre di affidamento diretto ai sensi dell'art. 36, comma 2, lettera a), D. Lgs. 50/2016, per la realizzazione di un servizio di promozione istituzionale all'interno della Guida "Roma de la Pecora nera" edizione 2021, a cura de La Pecora nera editore snc di Simone Cargiani . Importo di € 24.400,00 IVA inclusa - Capitolo U0000R31902 - Esercizio finanziario 2021.
+</t>
+        </is>
+      </c>
+      <c r="D1123" t="s">
+        <v>990</v>
+      </c>
+      <c r="E1123" s="2">
+        <v>44578</v>
+      </c>
+    </row>
+    <row r="1124">
+      <c r="A1124">
+        <v>2525</v>
+      </c>
+      <c r="B1124">
+        <v>2021</v>
+      </c>
+      <c r="C1124" t="inlineStr">
+        <is>
+          <t>Determinazione a contrarre ai sensi dell'art. 63, comma 2, lettera b), D. Lgs. 50/2016, per la realizzazione di pubblicità istituzionale sulla: "Guida ai Sapori e ai Piaceri della Regione Lazio 2021 (La Repubblica)".
+</t>
+        </is>
+      </c>
+      <c r="D1124" t="s">
+        <v>991</v>
+      </c>
+      <c r="E1124" s="2">
+        <v>44578</v>
+      </c>
+    </row>
+    <row r="1125">
+      <c r="A1125">
+        <v>2524</v>
+      </c>
+      <c r="B1125">
+        <v>2021</v>
+      </c>
+      <c r="C1125" t="inlineStr">
+        <is>
+          <t>Determinazione a contrarre di affidamento diretto ai sensi dell'art. 36, comma 2, lettera a), D. Lgs. 50/2016, per la realizzazione di alcune Campagne promopubblicitarie della Regione Lazio sulla rivista gratuita SPORT CLUB.
+</t>
+        </is>
+      </c>
+      <c r="D1125" t="s">
+        <v>992</v>
+      </c>
+      <c r="E1125" s="2">
+        <v>44578</v>
+      </c>
+    </row>
+    <row r="1126">
+      <c r="A1126">
+        <v>2523</v>
+      </c>
+      <c r="B1126">
+        <v>2021</v>
+      </c>
+      <c r="C1126" t="inlineStr">
+        <is>
+          <t>Affidamento diretto attraverso la piattaforma STELLA (registro di sistema PI020143-21), ai sensi dell'art. 36, comma 2, lettera a) del d.lgs. 50/2016, per il servizio di banca dati giornalistica Mediaddress. Impegno di spesa ? 5.246,00 IVA compresa sul Cap. S23418, ripartito in ? 2.623,00 nell?esercizio finanziario 2021 ed ? 2.623,00 nell'esercizio finanziario 2022.
+</t>
+        </is>
+      </c>
+      <c r="D1126" t="s">
+        <v>993</v>
+      </c>
+      <c r="E1126" s="2">
+        <v>44578</v>
+      </c>
+    </row>
+    <row r="1127">
+      <c r="A1127">
+        <v>2522</v>
+      </c>
+      <c r="B1127">
+        <v>2022</v>
+      </c>
+      <c r="C1127" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio - Farmaci 2022 - prima tranche, nell'ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura del principio attivo LAROTRECTINIB destinato alle AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8419682.
+</t>
+        </is>
+      </c>
+      <c r="D1127" t="s">
+        <v>994</v>
+      </c>
+      <c r="E1127" s="2">
+        <v>44578</v>
+      </c>
+    </row>
+    <row r="1128">
+      <c r="A1128">
+        <v>2521</v>
+      </c>
+      <c r="B1128">
+        <v>2021</v>
+      </c>
+      <c r="C1128" t="inlineStr">
+        <is>
+          <t>"Opere di difesa costiera del tratto di litorale di Ostia levante nel Comune di Roma Capitale - X Municipio". Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della Legge n. 108/2021, del servizio per la redazione del progetto di fattibilità tecnica ed economica dell'intervento, compresa l'esecuzione dei rilievi topo-batimetrici. CUP F83D22000020002 - CIG 9064915C7E
+</t>
+        </is>
+      </c>
+      <c r="D1128" t="s">
+        <v>995</v>
+      </c>
+      <c r="E1128" s="2">
+        <v>44578</v>
+      </c>
+    </row>
+    <row r="1129">
+      <c r="A1129">
+        <v>2520</v>
+      </c>
+      <c r="B1129">
+        <v>2021</v>
+      </c>
+      <c r="C1129" t="inlineStr">
+        <is>
+          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lettera a) del d.lgs. n. 50/2016 per la fornitura di: a) licenza annuale della banca dati HERE (formato Shape) con copertura Regione Lazio, per le attività di visualizzazione, ricerca e routing, fino a 5 utenti, b) supporto e formazione all'utilizzo della banca dati HERE in ambiente ArcGIS, mediante Ordine diretto di Acquisto (OdA) su MEPA - ditta TEAMDEV, via Settevalli, 320 ' 06129 PERUGIA (P.IVA/C.F. 02982970549) - codice creditore 208902. Impegno di spesa per 9.516,00 euro (IVA inclusa) a valere sul capitolo di bilancio U0000S27501, esercizio finanziario 2021, missione 01 - Programma 08 - PdC finanziario 1.03.02.99._CIG: Z3F3306FD1
+</t>
+        </is>
+      </c>
+      <c r="D1129" t="s">
+        <v>996</v>
+      </c>
+      <c r="E1129" s="2">
+        <v>44575</v>
+      </c>
+    </row>
+    <row r="1130">
+      <c r="A1130">
+        <v>2519</v>
+      </c>
+      <c r="B1130">
+        <v>2021</v>
+      </c>
+      <c r="C1130" t="inlineStr">
+        <is>
+          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a), del d.lgs. n. 50/2016, per l'acquisizione della fornitura di n. 42 toner per le stampanti "Xerox 6615-sp" in dotazione al Nucleo regionale Conti Pubblici Territoriali del Lazio (CPT Lazio), per la somma complessiva di 1.485,96 euro, all'Operatore economico "Prink S.p.A." - Via Emilia Ponente n. 355, Castel Bolognese - 48014 - Italia - P.IVA e C.F: 02061220394. Impegno di spesa di 1.485,96 euro, a valere sul Capitolo di bilancio U0000C11127, esercizio finanziario 2021, missione 01 - programma 03 - PdC 1.03.01.02, a favore di "Prink S.p.A." - Via Emilia Ponente n. 355, Castel Bolognese - 48014 - P.IVA e C.F: 02061220394 (codice creditore 209986). CIG: Z33334D229.
+</t>
+        </is>
+      </c>
+      <c r="D1130" t="s">
+        <v>997</v>
+      </c>
+      <c r="E1130" s="2">
+        <v>44575</v>
+      </c>
+    </row>
+    <row r="1131">
+      <c r="A1131">
+        <v>2518</v>
+      </c>
+      <c r="B1131">
+        <v>2021</v>
+      </c>
+      <c r="C1131" t="inlineStr">
+        <is>
+          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs. n. 50/2016, per la fornitura di materiale hardware necessario per le esigenze relative al Progetto Conti Pubblici Territoriali (CPT Lazio). Impegno di spesa a favore di Unieuro S.p.A., Palazzo Hercolani - Via Piero Maroncelli, 10 - 47121 Forlì (FC) (P.IVA/C.F.00876320409) - codice creditore 187833 - pari ad euro 1820,70 IVA inclusa (euro 1492,38+IVA di euro 328,32), sul Capitolo di Bilancio U0000C12163, missione 01 - programma 03 - PdC finanziario 2.02.01.07.000, esercizio finanziario 2021. CIG: Z3E32F3E9F.
+</t>
+        </is>
+      </c>
+      <c r="D1131" t="s">
+        <v>998</v>
+      </c>
+      <c r="E1131" s="2">
+        <v>44575</v>
+      </c>
+    </row>
+    <row r="1132">
+      <c r="A1132">
+        <v>2517</v>
+      </c>
+      <c r="B1132">
+        <v>2021</v>
+      </c>
+      <c r="C1132" t="inlineStr">
+        <is>
+          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs. n. 50/2016, per l'acquisizione della fornitura buoni libro (n. 15) per un valore nominale dei buoni pari a 345,00 euro, per la somma complessiva di 300,00 euro, valevoli per l'acquisto di libri specializzati nuovi e usati, CD/DVD, attinenti alle materie relative ai Conti Pubblici Territoriali (CPT) - Libraccio Outlet S.r.l., Via G. Verdi, 8 - CAP 20090 - Assago (MI) (C.F. e P.IVA 07633360966).Impegno di spesa per euro 300,00 a valere sul Capitolo di bilancio U0000C11132, esercizio finanziario 2021, missione 01 - programma 03 - PdC 1.03.01.01.000 a favore di Libraccio Outlet S.r.l., Via G. Verdi, 8 - CAP 20090 - Assago (MI) (C.F. e P.IVA 07633360966), codice creditore 202258. CIG: Z86327957B.
+</t>
+        </is>
+      </c>
+      <c r="D1132" t="s">
+        <v>999</v>
+      </c>
+      <c r="E1132" s="2">
+        <v>44575</v>
+      </c>
+    </row>
+    <row r="1133">
+      <c r="A1133">
+        <v>2516</v>
+      </c>
+      <c r="B1133">
+        <v>2022</v>
+      </c>
+      <c r="C1133" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020 Call for proposal "Energia sostenibile 2.0" Asse Prioritario 4 Azione 4.1.1 _ 4^Aggiornamento elenco operatori economici abilitati a svolgere il servizio di certificazione della prestazione energetica degli edifici, di importo inferiore a 5.000,00 euro, mediante affidamento diretto ai sensi dell'art. 1, comma 2, lett. a del D.L. 76/2020, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della Legge n. 108/2021.
+</t>
+        </is>
+      </c>
+      <c r="D1133" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1133" s="2">
+        <v>44575</v>
+      </c>
+    </row>
+    <row r="1134">
+      <c r="A1134">
+        <v>2515</v>
+      </c>
+      <c r="B1134">
+        <v>2021</v>
+      </c>
+      <c r="C1134" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D1134" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E1134" s="2">
+        <v>44575</v>
+      </c>
+    </row>
+    <row r="1135">
+      <c r="A1135">
+        <v>2514</v>
+      </c>
+      <c r="B1135">
+        <v>2022</v>
+      </c>
+      <c r="C1135" t="inlineStr">
+        <is>
+          <t>Lavori di consolidamento della rupe in località Mercatello, in comune di Bagnoregio (VT), a completamento dell'intervento di somma urgenza per movimento franoso- Ultimazione lavori a seguito di variante e recesso. Approvazione progetto esecutivo CUP: F69D15001850002
+</t>
+        </is>
+      </c>
+      <c r="D1135" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1135" s="2">
+        <v>44573</v>
+      </c>
+    </row>
+    <row r="1136">
+      <c r="A1136">
+        <v>2513</v>
+      </c>
+      <c r="B1136">
+        <v>2021</v>
+      </c>
+      <c r="C1136" t="inlineStr">
+        <is>
+          <t>Procedura per l'affidamento diretto, ai sensi del Dlgs 50/2016 art. 36 c. 2 lett. a), della fornitura di arredo cucina per la sala ristoro della Centrale Unica di Risposta 112 NUE di via del Serafico n. 107 Roma. E.F. 2021 Capitolo di spesa U0000E46543 Impegno di euro 950,00 (iva inclusa) Creditore Mobili Memmo Srl CIG Z263409694
+</t>
+        </is>
+      </c>
+      <c r="D1136" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E1136" s="2">
+        <v>44571</v>
+      </c>
+    </row>
+    <row r="1137">
+      <c r="A1137">
+        <v>2512</v>
+      </c>
+      <c r="B1137">
+        <v>2021</v>
+      </c>
+      <c r="C1137" t="inlineStr">
+        <is>
+          <t>Procedura per l'affidamento diretto, ai sensi del Dlgs 50/2016 art. 36 c. 2 lett. a), della fornitura di tavoli e sedie per la sala ristoro della Centrale Unica di Risposta 112 NUE di via del Serafico n. 107 Roma. E.F. 2021 Capitolo di spesa U0000E46543 Impegno di Euro 459,00 (iva inclusa) Creditore IKEA ITALIA RETAIL S.r.l. CIG n. Z2E3423488
+</t>
+        </is>
+      </c>
+      <c r="D1137" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E1137" s="2">
+        <v>44571</v>
+      </c>
+    </row>
+    <row r="1138">
+      <c r="A1138">
+        <v>2511</v>
+      </c>
+      <c r="B1138">
+        <v>2021</v>
+      </c>
+      <c r="C1138" t="inlineStr">
+        <is>
+          <t>Gara comunitaria a procedura aperta finalizzata alla stipula di Accordi Quadro per la fornitura di materiale vario da laboratorio occorrente alle Aziende Sanitarie ed Ospedaliere della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.
+</t>
+        </is>
+      </c>
+      <c r="D1138" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E1138" s="2">
+        <v>44568</v>
+      </c>
+    </row>
+    <row r="1139">
+      <c r="A1139">
+        <v>2510</v>
+      </c>
+      <c r="B1139">
+        <v>2021</v>
+      </c>
+      <c r="C1139" t="inlineStr">
+        <is>
+          <t>Aggiudicazione procedura negoziata senza previa pubblicazione del bando espletata mediante R.d.O. sul Mercato Elettronico di Regione Lazio, finalizzata all'affidamento della fornitura di cartucce toner originali e rigenerati a minori impatti ambientali conformi al Decreto Ministero dell'Ambiente della Tutela del territorio e del mare, approvato con DM 17 ottobre 2019, in G.U. n. 261 del 7 novembre 2019.- perfezionamento della prenotazione di impegno n. 172170/2021 attribuendola al creditore certo Commercart S.r.l.- disimpegno della somma di € 1.310,28 sulla prenotazione d'impegno n.172170/2021per ribasso d'asta - Cap. U0000S23908 - Esercizio Finanziario 2021
+</t>
+        </is>
+      </c>
+      <c r="D1139" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E1139" s="2">
+        <v>44566</v>
+      </c>
+    </row>
+    <row r="1140">
+      <c r="A1140">
+        <v>2509</v>
+      </c>
+      <c r="B1140">
+        <v>2021</v>
+      </c>
+      <c r="C1140" t="inlineStr">
+        <is>
+          <t>Aggiudicazione procedura negoziata senza previa pubblicazione del bando espletata mediante R.d.O. sul Mercato Elettronico di Regione Lazio, finalizzata all'affidamento della fornitura di carta per fotocopie - perfezionamento della prenotazione di impegno n. 175990/2021 attribuendola al creditore certo Carto Copy Service- disimpegno della somma di € 293,78 sulla prenotazione d'impegno n.175990/2021 per ribasso d'asta - Cap. U0000S23434 - Esercizio Finanziario 2021.
+</t>
+        </is>
+      </c>
+      <c r="D1140" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E1140" s="2">
+        <v>44566</v>
+      </c>
+    </row>
+    <row r="1141">
+      <c r="A1141">
+        <v>2508</v>
+      </c>
+      <c r="B1141">
+        <v>2021</v>
+      </c>
+      <c r="C1141" t="inlineStr">
+        <is>
+          <t>Determina a contrarre, ai sensi dell'art. 32 del D.lgs. 50/2016, per l'indizione di una procedura aperta sopra soglia comunitaria per l'affidamento del servizio aereo di spegnimento incendi boschivi e lo svolgimento di altre attività connesse con gli interventi di Protezione Civile nell'intero territorio della Regione Lazio.Prenotazione impegno di spesa in favore di creditori diversi per € 11.594.851,80 sul Cap. U0000E23517 per gli ee.ff. 2022, 2023, 2024 e 2025. Impegno di spesa di € 104.543,37 sul Cap. U0000E23517 per gli ee.ff. 2022, 2023, 2024 e 2025 e relativi accertamenti a favore del fondo incentivi sul Cap. E0000341559 per € 66.489,83, sul Cap. E0000341562 per € 19.096,26 e sul Cap. E0000341563 per € 19.026,96Impegno di spesa € 800,00 a favore di ANAC sul Cap. U0000T19427 - E.F. 2021 CIG 9043217ABD
+</t>
+        </is>
+      </c>
+      <c r="D1141" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E1141" s="2">
+        <v>44564</v>
+      </c>
+    </row>
+    <row r="1142">
+      <c r="A1142">
+        <v>2507</v>
+      </c>
+      <c r="B1142">
+        <v>2021</v>
+      </c>
+      <c r="C1142" t="inlineStr">
+        <is>
+          <t>Determina a contrarre, ai sensi dell'art. 32 del D.lgs. 50/2016, per l'indizione di una procedura aperta sopra soglia comunitaria, per l'affidamento della fornitura in noleggio operativo a lungo termine senza conducente di n. 80 (ottanta) veicoli modello Pick-up, comprensiva del servizio di manutenzione "Full Service". Provvedimento di indizione e approvazione atti. Prenotazione impegno di spesa in favore di creditori diversi per € 4.270.000,00 compresa IVA sui cap. U0000E46549 e U0000E46108 per gli ee.ff. 2022, 2023, 2024, 2025, 2026 e 2027. Impegno di spesa di € 38.500,00 sui cap. U0000E46549 e U0000E46108 e relativo accertamento a favore del fondo incentivi, ai sensi dell'art. 113 del D.Lgs 50/2016 sui cap. E0000341559 per € 30.800,00, E0000341562 per € 3.850,00 e E0000341563 per € 3.850,00. Impegno di spesa € 600,00 a favore di ANAC sul cap. U0000T19427 - e.f. 2021. CIG 9020519FC0
+</t>
+        </is>
+      </c>
+      <c r="D1142" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E1142" s="2">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="1143">
+      <c r="A1143">
+        <v>2506</v>
+      </c>
+      <c r="B1143">
+        <v>2021</v>
+      </c>
+      <c r="C1143" t="inlineStr">
+        <is>
+          <t>Determina a contrarre (art. 32-D.Lgs 50/2016), per l'indizione di una procedura aperta sopra soglia (art. 140, c.1-D.lgs 50/2016), per l'affidamento della gestione del "Centro Giorgio Fregosi", per anni 3+1.Nomina del RUP e del gruppo di lavoro. Prenotazione impegno di spesa per complessivi € 900.000,00 (IVA al 5% inclusa) sul cap.U0000H41717, e.f. 2022-23-24-25 a Creditori Diversi. Impegno di spesa € 375,00 in favore di ANAC sul cap. U0000T19427, e.f. 2021. Impegno di spesa per complessivi € 9.428,57 a favore del fondo incentivi, (art.113 D. Lgs. n. 50/2016), di cui € 8.749,71 sul cap. U000H41717, e.f. 2022-23-24-25 ed € 678,86 sul cap. U0000H41918, e.f. 2022-23-24-25 e rel. accert. sui capitoli E0000341559 per € 6.864,00 E0000341562 per € 1.282,29 ed E0000341563 per € 1.282,29 e.f. 2022-23-24-25 - CIG 895680909D
+</t>
+        </is>
+      </c>
+      <c r="D1143" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E1143" s="2">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="1144">
+      <c r="A1144">
+        <v>2505</v>
+      </c>
+      <c r="B1144">
+        <v>2021</v>
+      </c>
+      <c r="C1144" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio - Farmaci 2021 - QUINDICESIMA &amp;nbsp;tranche, nell'ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura del principio attivo ONASEMNOGENE ABEPARVOVEC destinato alle AA.SS. della Regione Lazio. Nr. Gara 8407803.
+</t>
+        </is>
+      </c>
+      <c r="D1144" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E1144" s="2">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="1145">
+      <c r="A1145">
+        <v>2504</v>
+      </c>
+      <c r="B1145">
+        <v>2021</v>
+      </c>
+      <c r="C1145" t="inlineStr">
+        <is>
+          <t>Consolidamento della Rupe in località Mercatello, a completamento dell'intervento di somma urgenza per movimento franoso&amp;nbsp;nel Comune di Bagnoregio (VT), a completamento dei lavori di somma urgenza. Impegno di € 15.093,59 a favore di Studio Baffo s.r.l. (Cod. Cred. 167998) per riformulazione progetto esecutivo, prenotazione impegno € 3.593,07 a favore Fondo Incentivi ex art. 383 sexies R.R. n. 1/2002 (cod. cred. 176734), prenotazione impegno per un totale di 591.766,36 a favore di Creditori diversi (cod. cred. 3805) sul capitolo U0000E42510. Prenotazione impegno sul capitolo U0000S23427 di € 2.000,00 a favore di creditori diversi (cod. cred. 3805), Impegno sul capitolo U0000T19427 di € 405,00 a favore dell'Autorità Nazionale Anticorruzione (cod. cred 159683). Esercizio Finanziario 2021-2022
+</t>
+        </is>
+      </c>
+      <c r="D1145" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1145" s="2">
+        <v>44558</v>
+      </c>
+    </row>
+    <row r="1146">
+      <c r="A1146">
+        <v>2503</v>
+      </c>
+      <c r="B1146">
+        <v>2021</v>
+      </c>
+      <c r="C1146" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all’acquisizione del servizio di ventiloterapia domiciliare, occorrente alle Aziende Sanitarie della Regione Lazio.</t>
+        </is>
+      </c>
+      <c r="D1146" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E1146" s="2">
+        <v>44558</v>
+      </c>
+    </row>
+    <row r="1147">
+      <c r="A1147">
+        <v>2502</v>
+      </c>
+      <c r="B1147">
+        <v>2021</v>
+      </c>
+      <c r="C1147" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. - Dossier LI-ES2-2540467- Intervento A0100E0321, presso la Scuola Elementare «Cura di Vetralla», sita in Largo Rodolfo Luzi nel Comune di Vetralla (VT).
+</t>
+        </is>
+      </c>
+      <c r="D1147" t="s">
+        <v>1012</v>
+      </c>
+      <c r="E1147" s="2">
+        <v>44558</v>
+      </c>
+    </row>
+    <row r="1148">
+      <c r="A1148">
+        <v>2501</v>
+      </c>
+      <c r="B1148">
+        <v>2021</v>
+      </c>
+      <c r="C1148" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 5 lotti, per &amp;nbsp;l’acquisizione del servizio CUP occorrente alle Aziende Sanitarie della Regione Lazio. Determina a contrarre. Approvazione schemi atti e indizione gara. Numero gara 8385135</t>
+        </is>
+      </c>
+      <c r="D1148" t="s">
+        <v>1013</v>
+      </c>
+      <c r="E1148" s="2">
+        <v>44554</v>
+      </c>
+    </row>
+    <row r="1149">
+      <c r="A1149">
+        <v>2500</v>
+      </c>
+      <c r="B1149">
+        <v>2021</v>
+      </c>
+      <c r="C1149" t="inlineStr">
+        <is>
+          <t>Pronto intervento e gestione paratoie e accessori nel Circondario Idraulico del Lazio, in caso di eventi di piena”. CUP F81B20001130002 – CIG 8996282EBF. &amp;nbsp; DETERMINAZIONE &amp;nbsp;A CONTRARRE &amp;nbsp;N. G16077 DEL 21/12 /2021
+</t>
+        </is>
+      </c>
+      <c r="D1149" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E1149" s="2">
+        <v>44552</v>
+      </c>
+    </row>
+    <row r="1150">
+      <c r="A1150">
+        <v>2499</v>
+      </c>
+      <c r="B1150">
+        <v>2021</v>
+      </c>
+      <c r="C1150" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all’affidamento del servizio di tesoreria per le Aziende Sanitarie della Regione Lazio – Terza edizione</t>
+        </is>
+      </c>
+      <c r="D1150" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E1150" s="2">
+        <v>44551</v>
+      </c>
+    </row>
+    <row r="1151">
+      <c r="A1151">
+        <v>2498</v>
+      </c>
+      <c r="B1151">
+        <v>2021</v>
+      </c>
+      <c r="C1151" t="inlineStr">
+        <is>
+          <t>Procedura aperta, suddivisa in tre lotti,&amp;nbsp;finalizzata alla stipula di Convenzioni quadro per l’affidamento dei servizi di notificazione atti giudiziari e sanzioni amministrative destinate alle Amministrazioni del territorio della Regione Lazio
+</t>
+        </is>
+      </c>
+      <c r="D1151" t="s">
+        <v>1016</v>
+      </c>
+      <c r="E1151" s="2">
+        <v>44551</v>
+      </c>
+    </row>
+    <row r="1152">
+      <c r="A1152">
+        <v>2497</v>
+      </c>
+      <c r="B1152">
+        <v>2021</v>
+      </c>
+      <c r="C1152" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 5 lotti, per per la fornitura di microinfusori per insulina, sistemi di monitoraggio CGM e relativo materiale di consumo e servizi connessi occorrenti alle Aziende Sanitarie Locali della Regione Lazio. Numero Gara 8389570.</t>
+        </is>
+      </c>
+      <c r="D1152" t="s">
+        <v>1017</v>
+      </c>
+      <c r="E1152" s="2">
+        <v>44551</v>
+      </c>
+    </row>
+    <row r="1153">
+      <c r="A1153">
+        <v>2496</v>
+      </c>
+      <c r="B1153">
+        <v>2021</v>
+      </c>
+      <c r="C1153" t="inlineStr">
+        <is>
+          <t>Procedura aperta finalizzata alla stipula di una convenzione volta all’affidamento del servizio di trasporto e consegna sangue, emocomponenti, cellule staminali, campioni biologici e materiali per prelievo destinato agli Enti del Servizio Sanitario della Regione Lazio.&amp;nbsp;&amp;nbsp;</t>
+        </is>
+      </c>
+      <c r="D1153" t="s">
+        <v>1018</v>
+      </c>
+      <c r="E1153" s="2">
+        <v>44551</v>
+      </c>
+    </row>
+    <row r="1154">
+      <c r="A1154">
+        <v>2495</v>
+      </c>
+      <c r="B1154">
+        <v>2021</v>
+      </c>
+      <c r="C1154" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. - Dossier LI-ES2-0820168- Intervento A0100E0452, presso il "Plesso scolastico Risorgimento" sito nel Comune di Frascati (RM). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno ANAC di € 375,00= sui capitoli U0000A42134-U0000A42135-U0000A42136 Es. finanziario 2021, e nomina Direttore Lavori. CUP F17D17000230009- CIG 8996873677&amp;nbsp;</t>
+        </is>
+      </c>
+      <c r="D1154" t="s">
+        <v>1019</v>
+      </c>
+      <c r="E1154" s="2">
+        <v>44551</v>
+      </c>
+    </row>
+    <row r="1155">
+      <c r="A1155">
+        <v>2494</v>
+      </c>
+      <c r="B1155">
+        <v>2021</v>
+      </c>
+      <c r="C1155" t="inlineStr">
+        <is>
           <t>Affidamento diretto, ai sensi dell'art. 1 comma 2 lett. a) della legge 11 settembre 2020 n. 120, di un incarico professionale per il censimento e la verifica dei titoli edilizi per gli immobili ubicati negli immobili adibiti a Centri per l'Impiego ubicati nella Regione Lazio. Impegno di spesa sul Capitolo U0000S21903 del Bilancio della Pluriennale Regione Lazio, ess. finn. 2021- 2022, per complessivi € 84.755,84 a favore dell'Ing. Brigida Olivieri, con studio professionale sito in Guidonia Montecelio (RM), via San Vito Romano n. 16, C.F. LVRBGD84E46E885R, P. IVA 12298441002.Impegno di spesa di € 30,00 sul capitolo U0000T19427 del Bilancio Pluriennale della Regione Lazio, es. fin. 2022, a favore di ANAC.CIG: 9012597652
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="D1117" t="s">
-[...2 lines deleted...]
-      <c r="E1117" s="2">
+      <c r="D1155" t="s">
+        <v>1020</v>
+      </c>
+      <c r="E1155" s="2">
         <v>44550</v>
       </c>
     </row>
-    <row r="1118">
-      <c r="A1118">
+    <row r="1156">
+      <c r="A1156">
         <v>2493</v>
       </c>
-      <c r="B1118">
+      <c r="B1156">
         <v>2021</v>
       </c>
-      <c r="C1118" t="inlineStr">
+      <c r="C1156" t="inlineStr">
         <is>
           <t>Affidamento diretto, ai sensi dell'art. 1 comma 2 lett. a) della legge 11 settembre 2020 n. 120, di un incarico professionale per la progettazione di un intervento di strip out, bonifica, pulizia e separazioni degli impianti non funzionanti del complesso immobiliare denominato "Ex ospedale Forlanini". Impegno di spesa sul Capitolo U0000S21903 del Bilancio della Pluriennale Regione Lazio, ess. finn. 2021-2022 per complessivi € 75.261,97 a favore dell'Ing. Ilaria La Pietra, con studio professionale sito in Roma, via Fosdinovo n. 18, C.F. LPTLRI84R54H501V, P. IVA 13141001001.Impegno di spesa di € 30,00 sul capitolo U0000T19427 del Bilancio Pluriennale della Regione Lazio, es. fin. 2022, a favore di ANAC.CIG: 9005187366
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="D1118" t="s">
-[...2 lines deleted...]
-      <c r="E1118" s="2">
+      <c r="D1156" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E1156" s="2">
         <v>44550</v>
       </c>
     </row>
-    <row r="1119">
-      <c r="A1119">
+    <row r="1157">
+      <c r="A1157">
         <v>2492</v>
       </c>
-      <c r="B1119">
+      <c r="B1157">
         <v>2021</v>
       </c>
-      <c r="C1119" t="inlineStr">
+      <c r="C1157" t="inlineStr">
         <is>
           <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lett. a), degli interventi di piccola manutenzione sugli immobili di proprietà ed in uso sedi degli Uffici della Giunta della Regione Lazio siti in Roma e nei Centri per l'Impiego (CPI) del territorio regionale. Impegni di spesa sul Capitolo U0000S21900 del Bilancio della Regione Lazio, es. fin. 2021: € 56.653,75 a favore di PROGETTI E RESTAURI s.r.l., con sede in Roma, Via Monasterace n. 4-10, C.F/ P.IVA: 08658901007. CIG: 8988988B8D € 4.160,00 a favore dell'Arch. Elisa Pennacchia, con studio professionale sito in Ladispoli (RM), Via Yvon De Begnac n. 13, C.F. PNNLSE88B51H501L, P. IVA 12137011008. SMART CIG: Z283409041 Impegno di spesa di € 30,00 sul capitolo U0000T19427 del Bilancio Pluriennale della Regione Lazio, es. fin. 2022, a favore di ANAC.
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="D1119" t="s">
-[...2 lines deleted...]
-      <c r="E1119" s="2">
+      <c r="D1157" t="s">
+        <v>1022</v>
+      </c>
+      <c r="E1157" s="2">
         <v>44550</v>
       </c>
     </row>
-    <row r="1120">
-      <c r="A1120">
+    <row r="1158">
+      <c r="A1158">
         <v>2491</v>
       </c>
-      <c r="B1120">
+      <c r="B1158">
         <v>2021</v>
       </c>
-      <c r="C1120" t="inlineStr">
+      <c r="C1158" t="inlineStr">
         <is>
           <t>Determina a contrarre ai sensi dell'art. 32 del D.lgs. 50/2016 di autorizzazione dell'espletamento di una procedura negoziata per la stipula di un Accordo Quadro (art. 54, D.lgs. 50/16), avente ad oggetto i lavori di messa in sicurezza e di manutenzione delle essenze arboree ubicate sulle fasce frangivento presenti nel territorio di Latina e Provincia - 4 Lotti Funzionali. Impegni e prenotazioni di spesa sul Bilancio Pluriennale della Regione Lazio, es. fin. 2022:sul capitolo U0000S22501:€ 1.960.458,35 per lavori, € 58.486,80 per incarico di Direzione dei Lavori,€ 46.945,60 per incarico di Coordinamento per la sicurezza in fase di esecuzione,€ 27.524,70, accertamento in entrata di € 27.524,70 sui capitoli E0000341559, E0000341562 e E00000341563, a titolo d'incentivi al personale dipendente,€ 630,00 sul Capitolo U0000T19427, es. fin. 2022, a favore di ANAC.
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="D1120" t="s">
-[...2 lines deleted...]
-      <c r="E1120" s="2">
+      <c r="D1158" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E1158" s="2">
         <v>44550</v>
       </c>
     </row>
-    <row r="1121">
-      <c r="A1121">
+    <row r="1159">
+      <c r="A1159">
         <v>2490</v>
       </c>
-      <c r="B1121">
+      <c r="B1159">
         <v>2021</v>
       </c>
-      <c r="C1121" t="inlineStr">
+      <c r="C1159" t="inlineStr">
         <is>
           <t>Interventi di ristrutturazione e riqualificazione energetica dell'immobile sede degli Uffici della Giunta Regione Lazio sito in Roma, via Parigi n. 11. Approvazione del progetto esecutivo. Determina di indizione, ai sensi dell'art. 32 del D.lgs. 50/2016 ed approvazione degli atti di gara. Impegni e prenotazioni di spesa sul Bilancio Pluriennale della Regione Lazio, es. fin. 2022:sul capitolo U0000S22501:€ 1.301.758,65 per lavori, € 104.140,70 per imprevisti,€ 104.342,31 per incarico di Direzione dei Lavori e Coordinamento per la sicurezza in fase di esecuzione,€ 20.612,93, accertamento in entrata di € 20.612,93 sui capitoli E0000341559, E0000341562 e E00000341563, a titolo d'incentivi al personale dipendente,€ 630,00 sul Capitolo U0000T19427, es. fin. 2022, a favore di ANAC.CUP F87H21010640002CIG Lavori: 899266129ECIG Incarichi professionali: 8992716002
 </t>
         </is>
       </c>
-      <c r="D1121" t="s">
-[...2 lines deleted...]
-      <c r="E1121" s="2">
+      <c r="D1159" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E1159" s="2">
         <v>44550</v>
       </c>
     </row>
-    <row r="1122">
-      <c r="A1122">
+    <row r="1160">
+      <c r="A1160">
         <v>2489</v>
       </c>
-      <c r="B1122">
+      <c r="B1160">
         <v>2021</v>
       </c>
-      <c r="C1122" t="inlineStr">
+      <c r="C1160" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata ""Energia sostenibile - Dossier LI-ES2-2160189 Intervento A0100E0079 presso la ""Scuola Elementare ""U. Cerboni"" nel Comune di Roma. Affidamento servizio pubblicazione Avviso di Variante, perfezionamento della prenotazione impegno n.168381/2021 attribuendola al
 creditore certo VIVENDA S.r.l. (cod. creditore 155297), disimpegno della somma di € 430,61= per ribasso d'asta sul capitolo U0000A42502, ed accertamento dell'importo di € 1.033,39= sul capitolo di entrata E0000331530 Esercio finanziario
 2021.CUP F86C17000050006- CIG Z0F337FF12
 </t>
         </is>
       </c>
-      <c r="D1122" t="s">
-[...2 lines deleted...]
-      <c r="E1122" s="2">
+      <c r="D1160" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E1160" s="2">
         <v>44550</v>
       </c>
     </row>
-    <row r="1123">
-      <c r="A1123">
+    <row r="1161">
+      <c r="A1161">
         <v>2488</v>
       </c>
-      <c r="B1123">
+      <c r="B1161">
         <v>2021</v>
       </c>
-      <c r="C1123" t="inlineStr">
+      <c r="C1161" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 606 denominato "Lavori straordinari di manutenzione delle arginature e dell'alveo del fiume Sisto, a valle della ferrovia Roma-Napoli in loc. Latina Scalo sino a Terracina". Determinazione a contrarre. CUP F37H21001240001- CIG 9011382BAA.
 </t>
         </is>
       </c>
-      <c r="D1123" t="s">
-[...2 lines deleted...]
-      <c r="E1123" s="2">
+      <c r="D1161" t="s">
+        <v>1026</v>
+      </c>
+      <c r="E1161" s="2">
         <v>44545</v>
       </c>
     </row>
-    <row r="1124">
-      <c r="A1124">
+    <row r="1162">
+      <c r="A1162">
         <v>2487</v>
       </c>
-      <c r="B1124">
+      <c r="B1162">
         <v>2021</v>
       </c>
-      <c r="C1124" t="inlineStr">
+      <c r="C1162" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 649 denominato "Manutenzione straordinaria dell'alveo e degli argini del fiume Turano da Via Velinia fino alla confluenza con il fiume Velino". Determinazione a contrarre. CUP F17H21003280002- CIG 9004811D1A.
 </t>
         </is>
       </c>
-      <c r="D1124" t="s">
-[...2 lines deleted...]
-      <c r="E1124" s="2">
+      <c r="D1162" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E1162" s="2">
         <v>44545</v>
       </c>
     </row>
-    <row r="1125">
-      <c r="A1125">
+    <row r="1163">
+      <c r="A1163">
         <v>2486</v>
       </c>
-      <c r="B1125">
+      <c r="B1163">
         <v>2021</v>
       </c>
-      <c r="C1125" t="inlineStr">
+      <c r="C1163" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 605 denominato "Lavori straordinari di manutenzione delle arginature e dell1alveo del fiume Amaseno, da Amaseno al ponte della strada provinciale per Sonnino". Determinazione a contrarre. CUP F77H21000960001- CIG 9003871566.
 </t>
         </is>
       </c>
-      <c r="D1125" t="s">
-[...2 lines deleted...]
-      <c r="E1125" s="2">
+      <c r="D1163" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E1163" s="2">
         <v>44545</v>
       </c>
     </row>
-    <row r="1126">
-      <c r="A1126">
+    <row r="1164">
+      <c r="A1164">
         <v>2485</v>
       </c>
-      <c r="B1126">
+      <c r="B1164">
         <v>2021</v>
       </c>
-      <c r="C1126" t="inlineStr">
+      <c r="C1164" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 650 denominato "Intervento di manutenzione straordinaria dell'alveo del fiume Velino nei Comuni di Castel Sant'Angelo (RI) e Cittaducale (RI)". Determinazione a contrarre. CUP F17H21002720002- CIG 900457170E.
 </t>
         </is>
       </c>
-      <c r="D1126" t="s">
-[...2 lines deleted...]
-      <c r="E1126" s="2">
+      <c r="D1164" t="s">
+        <v>1029</v>
+      </c>
+      <c r="E1164" s="2">
         <v>44545</v>
       </c>
     </row>
-    <row r="1127">
-      <c r="A1127">
+    <row r="1165">
+      <c r="A1165">
         <v>2484</v>
       </c>
-      <c r="B1127">
+      <c r="B1165">
         <v>2021</v>
       </c>
-      <c r="C1127" t="s">
-[...5 lines deleted...]
-      <c r="E1127" s="2">
+      <c r="C1165" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D1165" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E1165" s="2">
         <v>44545</v>
       </c>
     </row>
-    <row r="1128">
-      <c r="A1128">
+    <row r="1166">
+      <c r="A1166">
         <v>2483</v>
       </c>
-      <c r="B1128">
+      <c r="B1166">
         <v>2021</v>
       </c>
-      <c r="C1128" t="s">
-[...5 lines deleted...]
-      <c r="E1128" s="2">
+      <c r="C1166" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D1166" t="s">
+        <v>1033</v>
+      </c>
+      <c r="E1166" s="2">
         <v>44545</v>
       </c>
     </row>
-    <row r="1129">
-      <c r="A1129">
+    <row r="1167">
+      <c r="A1167">
         <v>2482</v>
       </c>
-      <c r="B1129">
+      <c r="B1167">
         <v>2021</v>
       </c>
-      <c r="C1129" t="inlineStr">
+      <c r="C1167" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020_Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile. Dossier LI-ES2-3190420 - Intervento A0100E0343 presso il "Polo amministrativo e Socio educativo Via G. Mameli", nel Comune di&amp;nbsp;Poggio Mirteto (RI). Impegno di € 3788,50= sui capitoli U000A42200, U000A42201, U000A42202 a favore fondo incentivi ex art. 383 sexies R.R. n. 1/2002 (cod. cred. 176734) e accertamento di € 3788,50= sul capitolo di entrata n.E0000341560. Prenotazione impegno per un totale di € 11.077,01= sui capitoli U000A42200, U000A42201, U000A42202 a favore di creditori diversi (cod. cred.3805). Es.finanziario 2021. Nomina del gruppo di lavoro di supporto al RUP.CUP F142B16000000006 - CIG 78782319E1</t>
         </is>
       </c>
-      <c r="D1129" t="s">
-[...2 lines deleted...]
-      <c r="E1129" s="2">
+      <c r="D1167" t="s">
+        <v>1034</v>
+      </c>
+      <c r="E1167" s="2">
         <v>44544</v>
       </c>
     </row>
-    <row r="1130">
-      <c r="A1130">
+    <row r="1168">
+      <c r="A1168">
         <v>2481</v>
       </c>
-      <c r="B1130">
+      <c r="B1168">
         <v>2021</v>
       </c>
-      <c r="C1130" t="inlineStr">
+      <c r="C1168" t="inlineStr">
         <is>
           <t>O.C.D.P.C. 558/2018 - Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018&amp;nbsp;per l'attuazione degli interventi inerenti i lavori finalizzati alla riduzione dei rischi residui strettamente connessi con l'evento calamitoso verificatosi nei giorni 29 e 30 ottobre 2018 - Ripristino integrale pavimentazione lastrico solare - restauro e revisione cornicioni e Edifici F, G, H, I e T - restauro portico Edifici F, G, H, I - demolizioni magazzini pericolanti del Complesso immobiliare Ex Ospedale Forlanini - Codice intervento n. 602. Aggiudicazione definitiva ai sensi dell'art. 32 comma 5 del D.Lgs. 50/2016. CUP F85F21001160001 CIG 895261184E
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="D1130" t="s">
-[...2 lines deleted...]
-      <c r="E1130" s="2">
+      <c r="D1168" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E1168" s="2">
         <v>44543</v>
       </c>
     </row>
-    <row r="1131">
-      <c r="A1131">
+    <row r="1169">
+      <c r="A1169">
         <v>2480</v>
       </c>
-      <c r="B1131">
+      <c r="B1169">
         <v>2021</v>
       </c>
-      <c r="C1131" t="inlineStr">
+      <c r="C1169" t="inlineStr">
         <is>
           <t>Procedura aperta per la conclusione di un Accordo Quadro per la fornitura di test genomici ormono-responsivo nelle pazienti con carcinoma mammario in stadio precoce. Approvazione schemi, atti e indizione gara. Nomina RUP - CIG 89983655B4.
 </t>
         </is>
       </c>
-      <c r="D1131" t="s">
-[...2 lines deleted...]
-      <c r="E1131" s="2">
+      <c r="D1169" t="s">
+        <v>1036</v>
+      </c>
+      <c r="E1169" s="2">
         <v>44540</v>
       </c>
     </row>
-    <row r="1132">
-      <c r="A1132">
+    <row r="1170">
+      <c r="A1170">
         <v>2479</v>
       </c>
-      <c r="B1132">
+      <c r="B1170">
         <v>2021</v>
       </c>
-      <c r="C1132" t="inlineStr">
+      <c r="C1170" t="inlineStr">
         <is>
           <t>Accordo Quadro (art. 54, D.lgs. 50/16) con unico operatore, avente ad oggetto l'affidamento degli interventi di smaltimento amianto, demolizione di manufatti pericolanti, lavori di manutenzione ordinaria e riqualificazione negli immobili regionali, ivi compreso lo smaltimento dei relativi rifiuti. Affidamento diretto degli incarichi professionali. Impegni di spesa sul Capitolo U0000S21900 del Bilancio della Regione Lazio, es. fin. 2021: € 181.780,00 a favore di SEURO SOCIETA' COOPERATIVA, con sede in Roma, Viale Stefano D'Arrigo n. 317/319, C.F. / P.IVA 05123251000, € 20.968,35 a favore dell'Arch. Anatolia D'Emilia, con studio in Artena (RM), Via 7 F.lli Cervi n. 17, C.F. DMLNTL67C71C858K, P.IVA 09130251003. Impegno di spesa di € 30,00 sul Capitolo U0000T19427, es. fin. 2021, a favore di ANAC. C.I.G.: 8904458F2F, SMART C.I.G: ZBE329DE3A.
 </t>
         </is>
       </c>
-      <c r="D1132" t="s">
-[...2 lines deleted...]
-      <c r="E1132" s="2">
+      <c r="D1170" t="s">
+        <v>1037</v>
+      </c>
+      <c r="E1170" s="2">
         <v>44539</v>
       </c>
     </row>
-    <row r="1133">
-      <c r="A1133">
+    <row r="1171">
+      <c r="A1171">
         <v>2478</v>
       </c>
-      <c r="B1133">
+      <c r="B1171">
         <v>2021</v>
       </c>
-      <c r="C1133" t="inlineStr">
+      <c r="C1171" t="inlineStr">
         <is>
           <t>Contratto di Servizio tra la Regione Lazio e Cotral S.p.A. per il servizio di trasporto&amp;nbsp;pubblico locale su strada extraurbano nel territorio della Regione Lazio. Proroga ex art. 92, co. 4 ter,&amp;nbsp;del D.L. 18/2020, fino al 30 aprile 2022.
 </t>
         </is>
       </c>
-      <c r="D1133" t="s">
-[...2 lines deleted...]
-      <c r="E1133" s="2">
+      <c r="D1171" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1171" s="2">
         <v>44539</v>
       </c>
     </row>
-    <row r="1134">
-      <c r="A1134">
+    <row r="1172">
+      <c r="A1172">
         <v>2477</v>
       </c>
-      <c r="B1134">
+      <c r="B1172">
         <v>2021</v>
       </c>
-      <c r="C1134" t="inlineStr">
+      <c r="C1172" t="inlineStr">
         <is>
           <t>Intervento di Manutenzione Straordinaria per ripristino dell'officiosità idraulica del Fiume Arrone in Località Maccarese, tratto urbano nel Comune di Fiumicino - RM». CIG 8975244DA4
 </t>
         </is>
       </c>
-      <c r="D1134" t="s">
-[...2 lines deleted...]
-      <c r="E1134" s="2">
+      <c r="D1172" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E1172" s="2">
         <v>44536</v>
       </c>
     </row>
-    <row r="1135">
-      <c r="A1135">
+    <row r="1173">
+      <c r="A1173">
         <v>2476</v>
       </c>
-      <c r="B1135">
+      <c r="B1173">
         <v>2021</v>
       </c>
-      <c r="C1135" t="inlineStr">
+      <c r="C1173" t="inlineStr">
         <is>
           <t>Affidamento ai sensi dell'art. 1 della L. 120/2020, comma 2, lett. a), dell'incarico di redazione di progettazione esecutiva degli impianti di climatizzazione, elettrico, idrico sanitario e direzione dei lavori dell'immobile sede degli Uffici della Giunta Regione Lazio sito in Roma, via Parigi n. 11. Impegno di spesa sul capitolo U0000S22506 del Bilancio della Regione Lazio, es. fin. 2021, a favore dell'Ing. Giovanni Leoncini, con studio in Frascati (RM), via Tuscolana n. 26, C.F. LNCGNN53A02H501Z, P.IVA 10419200588, per un importo complessivo di € 56.461,60. Impegno di spesa di € 30,00 sul Capitolo U0000T19427, es. fin. 2021, a favore di ANAC.
 </t>
         </is>
       </c>
-      <c r="D1135" t="s">
-[...2 lines deleted...]
-      <c r="E1135" s="2">
+      <c r="D1173" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E1173" s="2">
         <v>44536</v>
       </c>
     </row>
-    <row r="1136">
-      <c r="A1136">
+    <row r="1174">
+      <c r="A1174">
         <v>2475</v>
       </c>
-      <c r="B1136">
+      <c r="B1174">
         <v>2021</v>
       </c>
-      <c r="C1136" t="inlineStr">
+      <c r="C1174" t="inlineStr">
         <is>
           <t>Procedura aperta finalizzata alla stipula di una Convenzione per l'affidamento del servizio di noleggio a lungo termine, senza&amp;nbsp;conducente, di veicoli di servizio a ridotto impatto ambientale e a basso consumo energetico a favore delle Strutture della&amp;nbsp;Giunta Regionale, degli Enti Dipendenti e delle Società Partecipate della Regione Lazio - Edizione 2
 </t>
         </is>
       </c>
-      <c r="D1136" t="s">
-[...2 lines deleted...]
-      <c r="E1136" s="2">
+      <c r="D1174" t="s">
+        <v>1040</v>
+      </c>
+      <c r="E1174" s="2">
         <v>44531</v>
       </c>
     </row>
-    <row r="1137">
-      <c r="A1137">
+    <row r="1175">
+      <c r="A1175">
         <v>2474</v>
       </c>
-      <c r="B1137">
+      <c r="B1175">
         <v>2021</v>
       </c>
-      <c r="C1137" t="inlineStr">
+      <c r="C1175" t="inlineStr">
         <is>
           <t>Affidamento diretto, tramite MEPA, ai sensi del Dlgs 50/2016 art. 36 c. 2 lett. a), della fornitura di panche per lo spogliatoio della Centrale Unica di Risposta NUE 112 di via del Serafico n. 107 Roma
 </t>
         </is>
       </c>
-      <c r="D1137" t="s">
-[...2 lines deleted...]
-      <c r="E1137" s="2">
+      <c r="D1175" t="s">
+        <v>1041</v>
+      </c>
+      <c r="E1175" s="2">
         <v>44529</v>
       </c>
     </row>
-    <row r="1138">
-      <c r="A1138">
+    <row r="1176">
+      <c r="A1176">
         <v>2473</v>
       </c>
-      <c r="B1138">
+      <c r="B1176">
         <v>2021</v>
       </c>
-      <c r="C1138" t="inlineStr">
+      <c r="C1176" t="inlineStr">
         <is>
           <t>Affidamento diretto, tramite MEPA, ai sensi del Dlgs 50/2016 art. 36 c. 2 lett. a), della fornitura di armadietti per lo spogliatoio della Centrale Unica di Risposta NUE 112 di via del Serafico n. 107 Roma.
 </t>
         </is>
       </c>
-      <c r="D1138" t="s">
-[...2 lines deleted...]
-      <c r="E1138" s="2">
+      <c r="D1176" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E1176" s="2">
         <v>44529</v>
       </c>
     </row>
-    <row r="1139">
-      <c r="A1139">
+    <row r="1177">
+      <c r="A1177">
         <v>2472</v>
       </c>
-      <c r="B1139">
+      <c r="B1177">
         <v>2021</v>
       </c>
-      <c r="C1139" t="inlineStr">
+      <c r="C1177" t="inlineStr">
         <is>
           <t>Approvazione dello schema di avviso pubblico di consultazione preliminare di mercato, ai sensi dell'art. 66 del D. Lgs. 18&amp;nbsp;aprile 2016 n.50, relativo alla procedura di gara per l'acquisizione del servizio di tesoreria per le Aziende Sanitarie della Regione Lazio a seguito di gara deserta
 </t>
         </is>
       </c>
-      <c r="D1139" t="s">
-[...2 lines deleted...]
-      <c r="E1139" s="2">
+      <c r="D1177" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1177" s="2">
         <v>44529</v>
       </c>
     </row>
-    <row r="1140">
-      <c r="A1140">
+    <row r="1178">
+      <c r="A1178">
         <v>2471</v>
       </c>
-      <c r="B1140">
+      <c r="B1178">
         <v>2021</v>
       </c>
-      <c r="C1140" t="inlineStr">
+      <c r="C1178" t="inlineStr">
         <is>
           <t>POR FESR LAZIO 2014-2020. Progetto A0123E0198. Intervento "Sistemazione idraulica del fosso Galeria dal ponte della&amp;nbsp;ferrovia Roma Civitavecchia al Tevere" cod. ReNDiS 12IR011/G3 - Azione 5.1.1. CUP F84H14001390002 - CIG&amp;nbsp;89589485C4
 </t>
         </is>
       </c>
-      <c r="D1140" t="s">
-[...2 lines deleted...]
-      <c r="E1140" s="2">
+      <c r="D1178" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E1178" s="2">
         <v>44526</v>
       </c>
     </row>
-    <row r="1141">
-      <c r="A1141">
+    <row r="1179">
+      <c r="A1179">
         <v>2469</v>
       </c>
-      <c r="B1141">
+      <c r="B1179">
         <v>2021</v>
       </c>
-      <c r="C1141" t="inlineStr">
+      <c r="C1179" t="inlineStr">
         <is>
           <t>Intervento n. 12 "Lavori di completamento della sistemazione idraulica del Fiume Fiora tra la S.S. 1 Aurelia ed il mare nel comune di Montalto di Castro (VT) 2 Stralcio.
 </t>
         </is>
       </c>
-      <c r="D1141" t="s">
-[...2 lines deleted...]
-      <c r="E1141" s="2">
+      <c r="D1179" t="s">
+        <v>1044</v>
+      </c>
+      <c r="E1179" s="2">
         <v>44523</v>
       </c>
     </row>
-    <row r="1142">
-      <c r="A1142">
+    <row r="1180">
+      <c r="A1180">
         <v>2468</v>
       </c>
-      <c r="B1142">
+      <c r="B1180">
         <v>2021</v>
       </c>
-      <c r="C1142" t="inlineStr">
+      <c r="C1180" t="inlineStr">
         <is>
           <t>Intervento di smantellamento della motonave "La Franca Real" e ripristino delle banchine idrauliche in prossimità del ponte Due Giugno nel Comune di Fiumicino. Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.Lgs. 18 aprile 2016. n. 50.
 </t>
         </is>
       </c>
-      <c r="D1142" t="s">
-[...2 lines deleted...]
-      <c r="E1142" s="2">
+      <c r="D1180" t="s">
+        <v>1045</v>
+      </c>
+      <c r="E1180" s="2">
         <v>44518</v>
       </c>
     </row>
-    <row r="1143">
-      <c r="A1143">
+    <row r="1181">
+      <c r="A1181">
         <v>2467</v>
       </c>
-      <c r="B1143">
+      <c r="B1181">
         <v>2021</v>
       </c>
-      <c r="C1143" t="inlineStr">
+      <c r="C1181" t="inlineStr">
         <is>
           <t>"Procedura negoziata ai sensi dell'art. 1, comma 2 lett. b) del D.L. n. 76/2020, convertito con modificazioni dalla Legge n. 120/2020, tramite R.d.O. sul M.E.LA., finalizzata all'acquisto di Notebook per i dipendenti dei Centri Per l'Impiego in attuazione del piano straordinario di potenziamento dei Centri per l'Impiego e delle Politiche Attive del Lavoro della Regione Lazio". Perfezionamento parziale della prenotazione d'impegno n. 170687 per € 256.200,00 (IVA inclusa) sul capitolo U0000F32116 a favore di creditori diversi (cod. cred. 3805) e impegno spesa di € 225,00 sul capitolo U0000T19427 a favore dell'Autorità Nazionale Anticorruzione - ANAC (cod. cred. 159683). Es. fin. 2021. Determina a contrarre, approvazione atti, indizione gara e nomina del Responsabile Unico del Procedimento. CIG: 8968108CD4.
 </t>
         </is>
       </c>
-      <c r="D1143" t="s">
-[...2 lines deleted...]
-      <c r="E1143" s="2">
+      <c r="D1181" t="s">
+        <v>1046</v>
+      </c>
+      <c r="E1181" s="2">
         <v>44518</v>
       </c>
     </row>
-    <row r="1144">
-      <c r="A1144">
+    <row r="1182">
+      <c r="A1182">
         <v>2466</v>
       </c>
-      <c r="B1144">
+      <c r="B1182">
         <v>2021</v>
       </c>
-      <c r="C1144" t="inlineStr">
+      <c r="C1182" t="inlineStr">
         <is>
           <t>Determinazione a contrarre per affidamento diretto, ai sensi dell'art. 1, comma 2 lett. a) del Decreto Legge n. 76/2020, convertito con modificazioni dalla Legge n. 120/2020, come modificato dall'art. 51 del Decreto Legge n. 77/2021, convertito con modificazioni dalla Legge n. 108/2021, per la fornitura di dotazioni informatiche per il personale della Regione Lazio. Impegno spesa di € 168.360,00 (IVA inclusa) sul capitolo U0000S26502 a favore della Società Finbuc SRL (cod. cred. 180854) e impegno di spesa di € 30,00 sul capitolo U0000T19427 a favore di Autorità Nazionale Anticorruzione (cod. cred. 159683). Esercizio finanziario 2021. Intervento RL-IT2021-HW. Nomina del Responsabile Unico del Procedimento. CIG: 8968104988
 </t>
         </is>
       </c>
-      <c r="D1144" t="s">
-[...2 lines deleted...]
-      <c r="E1144" s="2">
+      <c r="D1182" t="s">
+        <v>1047</v>
+      </c>
+      <c r="E1182" s="2">
         <v>44518</v>
       </c>
     </row>
-    <row r="1145">
-      <c r="A1145">
+    <row r="1183">
+      <c r="A1183">
         <v>2465</v>
       </c>
-      <c r="B1145">
+      <c r="B1183">
         <v>2021</v>
       </c>
-      <c r="C1145" t="inlineStr">
+      <c r="C1183" t="inlineStr">
         <is>
           <t>PC-DESKTOPUC2021-Adesione convenzione Consip "Pc Desktop e workstation" Lotto 1 "Personal Computer Desktop ultracompatti" CIG principale 8162686D91 di cui CIG derivato 8939875A39, rettifica impegni assunti con Determinazione G12674/2021 a favore di ITALWARE SRL (cod. cred. n. 198845) con disimpegno delle somme di € 247,05 sull'impegno n. 170628/2021 del capitolo U0000S26502 e di € 2.979,85 sull'impegno n. 170629/2021 del capitolo U0000S25904
 </t>
         </is>
       </c>
-      <c r="D1145" t="s">
-[...2 lines deleted...]
-      <c r="E1145" s="2">
+      <c r="D1183" t="s">
+        <v>1048</v>
+      </c>
+      <c r="E1183" s="2">
         <v>44518</v>
       </c>
     </row>
-    <row r="1146">
-      <c r="A1146">
+    <row r="1184">
+      <c r="A1184">
         <v>2464</v>
       </c>
-      <c r="B1146">
+      <c r="B1184">
         <v>2021</v>
       </c>
-      <c r="C1146" t="inlineStr">
+      <c r="C1184" t="inlineStr">
         <is>
           <t>Gara comunitaria a procedura aperta per l'affidamento del servizio di Vigilanza Armata e Guardiania presso le sedi delle Aziende Sanitarie della Regione Lazio, suddivisa in 26 Lotti</t>
         </is>
       </c>
-      <c r="D1146" t="inlineStr">
+      <c r="D1184" t="inlineStr">
         <is>
           <t>7334842718; 7334849CDD; 7334852F56; 733485302E; 73348551D4; 7334859520; 73348616C6; 733486386C; 7334865A12; 7334867BB8; 7334868C8B; 73348730AF; 7334876328; 73348795A1; 7334880674; 73348849C0; 7334886B66; 7334888D0C; 733489205D; 7334894203; 73348952D6; 733489747C; 733490289B; 7334905B14; 7334910F33; 733491100B
 </t>
         </is>
       </c>
-      <c r="E1146" s="2">
+      <c r="E1184" s="2">
         <v>44518</v>
       </c>
     </row>
-    <row r="1147">
-      <c r="A1147">
+    <row r="1185">
+      <c r="A1185">
         <v>2463</v>
       </c>
-      <c r="B1147">
+      <c r="B1185">
         <v>2021</v>
       </c>
-      <c r="C1147" t="inlineStr">
+      <c r="C1185" t="inlineStr">
         <is>
           <t>Determinazione a contrarre per affidamento diretto, ai sensi dell'art. 1, comma 2 lett. a) del Decreto Legge n. 76/2020, convertito con modificazioni dalla Legge n. 120/2020, come modificato dall'art. 51 del Decreto Legge n. 77/2021, convertito con modificazioni dalla Legge n. 108/2021, per la fornitura di una piattaforma applicativa di acquisizione dati, controllo accessi e GreenPass. Impegno spesa di € 102.187,20 (IVA inclusa) sul capitolo U0000S26515 a favore della Società Eltime SRL (cod. cred. 63121) e impegno di spesa di € 30,00 sul capitolo U0000T19427 a favore di Autorità Nazionale Anticorruzione (cod. cred. 159683). Esercizio finanziario 2021. Nomina del Responsabile Unico del Procedimento. CIG: 8942953646.
 </t>
         </is>
       </c>
-      <c r="D1147" t="s">
-[...2 lines deleted...]
-      <c r="E1147" s="2">
+      <c r="D1185" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E1185" s="2">
         <v>44518</v>
       </c>
     </row>
-    <row r="1148">
-      <c r="A1148">
+    <row r="1186">
+      <c r="A1186">
         <v>2462</v>
       </c>
-      <c r="B1148">
+      <c r="B1186">
         <v>2021</v>
       </c>
-      <c r="C1148" t="inlineStr">
+      <c r="C1186" t="inlineStr">
         <is>
           <t>"Procedura negoziata ai sensi dell'art. 1, comma 2 lett. b) del D.L. n. 76/2020, convertito con modificazioni dalla Legge n. 120/2020, tramite R.d.O. sul M.E.LA., finalizzata all'affidamento della fornitura di materiale informatico per la Direzione Regionale Centrale Acquisti della Regione Lazio". Determina a contrarre. Approvazione atti, indizione gara con prenotazione impegno di spesa per complessivi euro 29.999,80 (iva inclusa) a favore di Creditori Diversi (cod. cred. 3805) sul capitolo U0000S24101, esercizio finanziario 2021 e nomina del Responsabile Unico del Procedimento. CIG: ZBF3352FC8
 </t>
         </is>
       </c>
-      <c r="D1148" t="s">
-[...2 lines deleted...]
-      <c r="E1148" s="2">
+      <c r="D1186" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E1186" s="2">
         <v>44518</v>
       </c>
     </row>
-    <row r="1149">
-      <c r="A1149">
+    <row r="1187">
+      <c r="A1187">
         <v>2461</v>
       </c>
-      <c r="B1149">
+      <c r="B1187">
         <v>2021</v>
       </c>
-      <c r="C1149" t="inlineStr">
+      <c r="C1187" t="inlineStr">
         <is>
           <t>GARA COMUNITARIA CENTRALIZZATA A PROCEDURA APERTA PER L'ACQUISIZIONE DI DOTAZIONI INFORMATICHE "NOTEBOOK E ACCESSORI" PER LA GIUNTA REGIONALE E ALTRI ENTI DELLA REGIONE LAZIO. ACCORDO QUADRO NOTEBOOK ED. 1 Determinazione di indizione gara, approvazione atti e nomina del Responsabile Unico del Procedimento. CIG: LOTTO 1 - 8920621952, LOTTO 2 - 8920724E50, LOTTO 3 - 8920743DFE, LOTTO 4 - 89207682A3, LOTTO 5 - 8920788324.
 </t>
         </is>
       </c>
-      <c r="D1149" t="s">
-[...2 lines deleted...]
-      <c r="E1149" s="2">
+      <c r="D1187" t="s">
+        <v>1051</v>
+      </c>
+      <c r="E1187" s="2">
         <v>44518</v>
       </c>
     </row>
-    <row r="1150">
-      <c r="A1150">
+    <row r="1188">
+      <c r="A1188">
         <v>2460</v>
       </c>
-      <c r="B1150">
+      <c r="B1188">
         <v>2021</v>
       </c>
-      <c r="C1150" t="inlineStr">
+      <c r="C1188" t="inlineStr">
         <is>
           <t>PC-DESKTOP2021 - Determinazione a contrarre per adesione convenzione Consip "Pc Desktop e workstation" Lotto 1 Personal Computer Desktop ultracompatti CIG: 89251735C1, impegno di spesa della somma di euro 171.056,20 IVA compresa sul capitolo U0000S26502 in favore di ITALWARE SRL, cod. cred. n. (198845), Esercizio finanziario 2021.
 </t>
         </is>
       </c>
-      <c r="D1150" t="s">
-[...2 lines deleted...]
-      <c r="E1150" s="2">
+      <c r="D1188" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E1188" s="2">
         <v>44518</v>
       </c>
     </row>
-    <row r="1151">
-      <c r="A1151">
+    <row r="1189">
+      <c r="A1189">
         <v>2459</v>
       </c>
-      <c r="B1151">
+      <c r="B1189">
         <v>2021</v>
       </c>
-      <c r="C1151" t="inlineStr">
+      <c r="C1189" t="inlineStr">
         <is>
           <t>Deliberazione di Giunta regionale n. 273/2021 concernente l'iniziativa in collaborazione con la Camera di Commercio, Industria e Artigianato di Roma denominata Il Cinema in Piazza 2021. Impegno di Euro 30.000,00 in favore dell'Associazione Piccolo America. Capitolo di spesa U000R31117 - Esercizio finanziario 2021.
 </t>
         </is>
       </c>
-      <c r="D1151" t="s">
-[...2 lines deleted...]
-      <c r="E1151" s="2">
+      <c r="D1189" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1189" s="2">
         <v>44518</v>
       </c>
     </row>
-    <row r="1152">
-      <c r="A1152">
+    <row r="1190">
+      <c r="A1190">
         <v>2458</v>
       </c>
-      <c r="B1152">
+      <c r="B1190">
         <v>2021</v>
       </c>
-      <c r="C1152" t="inlineStr">
+      <c r="C1190" t="inlineStr">
         <is>
           <t>Deliberazione di Giunta regionale n. 538/2020 concernente l'iniziativa in collaborazione con la Camera di Commercio, Industria e Artigianato di Roma denominata Il Cinema in Piazza 2020. Impegno di Euro 30.000,00 in favore dell'Associazione Piccolo America. Capitolo di spesa R31117 - Esercizio finanziario 2021.
 </t>
         </is>
       </c>
-      <c r="D1152" t="s">
-[...2 lines deleted...]
-      <c r="E1152" s="2">
+      <c r="D1190" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1190" s="2">
         <v>44518</v>
       </c>
     </row>
-    <row r="1153">
-      <c r="A1153">
+    <row r="1191">
+      <c r="A1191">
         <v>2457</v>
       </c>
-      <c r="B1153">
+      <c r="B1191">
         <v>2021</v>
       </c>
-      <c r="C1153" t="inlineStr">
+      <c r="C1191" t="inlineStr">
         <is>
           <t>Affidamento diretto per un servizio di promozione di immagine della Regione Lazio in occasione della campagna informativa sul Numero Verde antiomofobia "Gay Help Line 800.713.713", ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020, così come modificato dall'art. 51, comma 1 del Decreto Legge 31 maggio 2021, n. 77. Impegno di spesa di Euro 75.000,00 (IVA esente) sul Capitolo U0000R31902 Es. Fin. 2021 a favore dell'Associazione Gay Center/Gay Help Line (cod. cred. 131431). Impegno di spesa di Euro 30,00 a titolo di contributo per l'Autorità Nazionale Anticorruzione (ANAC) (cod.cred. 159683) sul Capitolo U0000T19427 - Esercizio finanziario 2021. CIG n. 8745975EE0.
 </t>
         </is>
       </c>
-      <c r="D1153" t="s">
-[...2 lines deleted...]
-      <c r="E1153" s="2">
+      <c r="D1191" t="s">
+        <v>1053</v>
+      </c>
+      <c r="E1191" s="2">
         <v>44518</v>
       </c>
     </row>
-    <row r="1154">
-      <c r="A1154">
+    <row r="1192">
+      <c r="A1192">
         <v>2456</v>
       </c>
-      <c r="B1154">
+      <c r="B1192">
         <v>2021</v>
       </c>
-      <c r="C1154" t="inlineStr">
+      <c r="C1192" t="inlineStr">
         <is>
           <t>Affidamento per un servizio di promozione del territorio della Regione Lazio sul canale social della Regione Lazio - Facebook, Instagram e Telegram, ai sensi del D. Lgs. N. 50/2016, art. 36, comma 2, lett. a). Impegno di spesa di Euro 35.380,00 (IVA inclusa), in favore di QUBIT ITALY srl (cod. cred.206411). Capitolo di spesa U0000R31902 es. fin. 2021. CIG n. Z6731D233B
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="D1154" t="s">
-[...2 lines deleted...]
-      <c r="E1154" s="2">
+      <c r="D1192" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E1192" s="2">
         <v>44518</v>
       </c>
     </row>
-    <row r="1155">
-      <c r="A1155">
+    <row r="1193">
+      <c r="A1193">
         <v>2455</v>
       </c>
-      <c r="B1155">
+      <c r="B1193">
         <v>2021</v>
       </c>
-      <c r="C1155" t="inlineStr">
+      <c r="C1193" t="inlineStr">
         <is>
           <t>Affidamento per un servizio di promozione del territorio della Regione Lazio sul canale TikTok, ai sensi della Legge n. 120/2020, art. 1, comma 2, lett. a). Impegno di spesa di Euro 54.900,00 (IVA inclusa), in favore di OCM Group srl (cod. cred.206410) sul capitolo U0000R31902 es. fin. 2021. Impegno di spesa di € 30,00 a titolo di contributo per l?Autorità Nazionale Anticorruzione (ANAC) (cod.cred. 159683) sul capitolo U0000T19427 - Esercizio finanziario 2021. CIG n.8765147C1D
 </t>
         </is>
       </c>
-      <c r="D1155" t="s">
-[...2 lines deleted...]
-      <c r="E1155" s="2">
+      <c r="D1193" t="s">
+        <v>1055</v>
+      </c>
+      <c r="E1193" s="2">
         <v>44518</v>
       </c>
     </row>
-    <row r="1156">
-      <c r="A1156">
+    <row r="1194">
+      <c r="A1194">
         <v>2454</v>
       </c>
-      <c r="B1156">
+      <c r="B1194">
         <v>2021</v>
       </c>
-      <c r="C1156" t="inlineStr">
+      <c r="C1194" t="inlineStr">
         <is>
           <t>Aggiudicazione della procedura di gara per l'affidamento del servizio di promozione d'immagine in occasione della manifestazione Cinema in Piazza 2021. Impegno di spesa di euro 73.200,00 in favore dell'Associazione Piccolo America - capitolo di spesa R31902. Impegno di spesa di euro 30,00 in favore dell'Autorità Nazionale Anticorruzione - capitolo di spesa T19427. Esercizio finanziario 2021.
 </t>
         </is>
       </c>
-      <c r="D1156" t="s">
-[...2 lines deleted...]
-      <c r="E1156" s="2">
+      <c r="D1194" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E1194" s="2">
         <v>44518</v>
       </c>
     </row>
-    <row r="1157">
-      <c r="A1157">
+    <row r="1195">
+      <c r="A1195">
         <v>2453</v>
       </c>
-      <c r="B1157">
+      <c r="B1195">
         <v>2021</v>
       </c>
-      <c r="C1157" t="inlineStr">
+      <c r="C1195" t="inlineStr">
         <is>
           <t>Aggiudicazione della procedura di gara e affidamento dell'incarico per la realizzazione del docu-film La Vita Nuova alla Associazione Risorse Autismo (ARA). Impegno di spesa di euro 8.540,00 - Capitolo di spesa R31902. Esercizio finanziario 2021.
 &amp;nbsp;&amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="D1157" t="s">
-[...2 lines deleted...]
-      <c r="E1157" s="2">
+      <c r="D1195" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E1195" s="2">
         <v>44518</v>
       </c>
     </row>
-    <row r="1158">
-      <c r="A1158">
+    <row r="1196">
+      <c r="A1196">
         <v>2452</v>
       </c>
-      <c r="B1158">
+      <c r="B1196">
         <v>2021</v>
       </c>
-      <c r="C1158" t="inlineStr">
+      <c r="C1196" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili". Intervento A0100E0118 "Palazzo de Magistris" nel comune di Sezze (LT). Affidamento dei servizi di ingegneria e architettura di importo inferiore a ? 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Incarico per la redazione dell'Attestato di Prestazione Energetica. Disimpegno di € 1.635,04 ed attribuzione impegni nn 156901/2021, 157059/2021 e 20264/2021 rispettivamente dei Capitoli U0000A42200, U0000A42201 U0000A42202 a favore dell'ing. Bruno Marino Vito (cod. cred. 179625). E.F.2021 - CUP F14D17000390006 - CIG 8937516F82
 </t>
         </is>
       </c>
-      <c r="D1158" t="s">
-[...2 lines deleted...]
-      <c r="E1158" s="2">
+      <c r="D1196" t="s">
+        <v>1058</v>
+      </c>
+      <c r="E1196" s="2">
         <v>44512</v>
       </c>
     </row>
-    <row r="1159">
-      <c r="A1159">
+    <row r="1197">
+      <c r="A1197">
         <v>2451</v>
       </c>
-      <c r="B1159">
+      <c r="B1197">
         <v>2021</v>
       </c>
-      <c r="C1159" t="inlineStr">
+      <c r="C1197" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2160152- Intervento A0100E0069, presso la Scuola "Nuzzo" sita in Via Rubellia nel Comune di Roma (RM). CUP F88G15000020006 - CIG 89489971F2
 </t>
         </is>
       </c>
-      <c r="D1159" t="s">
-[...2 lines deleted...]
-      <c r="E1159" s="2">
+      <c r="D1197" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E1197" s="2">
         <v>44511</v>
       </c>
     </row>
-    <row r="1160">
-      <c r="A1160">
+    <row r="1198">
+      <c r="A1198">
         <v>2450</v>
       </c>
-      <c r="B1160">
+      <c r="B1198">
         <v>2021</v>
       </c>
-      <c r="C1160" t="inlineStr">
+      <c r="C1198" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Dossier - LI-ES2-1860264 - Intervento A0100E0141, presso la Scuola ITIS Viterbo (VT). Affidamento servizio pubblicazione Avviso di Variante, perfezionamento della prenotazione di impegno n. 167867/2021 attribuendola al creditore certo LEXMEDIA S.r.l. (cod. creditore 112034), disimpegno della somma di € 1.477,78 per ribasso d'asta ed accertamento dell'importo di € 962,22 su capitolo di entrata E0000331530.CUP F87D18000540009- CIG Z37332E41A
 </t>
         </is>
       </c>
-      <c r="D1160" t="s">
-[...2 lines deleted...]
-      <c r="E1160" s="2">
+      <c r="D1198" t="s">
+        <v>1060</v>
+      </c>
+      <c r="E1198" s="2">
         <v>44511</v>
       </c>
     </row>
-    <row r="1161">
-      <c r="A1161">
+    <row r="1199">
+      <c r="A1199">
         <v>2449</v>
       </c>
-      <c r="B1161">
+      <c r="B1199">
         <v>2021</v>
       </c>
-      <c r="C1161" t="inlineStr">
+      <c r="C1199" t="inlineStr">
         <is>
           <t>Intervento AB25IR001 /WW "Fosso Tor Sapienza - Messa in sicurezza della zona urbana di Tor Sapienza". Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio per la redazione del progetto di fattibilità tecnica ed economica, definitivo ed esecutivo nonché del coordinamento della sicurezza in fase di progettazione. CUP F86B18000170005 - CIG 8972648F5A
 </t>
         </is>
       </c>
-      <c r="D1161" t="s">
-[...2 lines deleted...]
-      <c r="E1161" s="2">
+      <c r="D1199" t="s">
+        <v>1061</v>
+      </c>
+      <c r="E1199" s="2">
         <v>44511</v>
       </c>
     </row>
-    <row r="1162">
-      <c r="A1162">
+    <row r="1200">
+      <c r="A1200">
         <v>2447</v>
       </c>
-      <c r="B1162">
+      <c r="B1200">
         <v>2021</v>
       </c>
-      <c r="C1162" t="s">
-[...5 lines deleted...]
-      <c r="E1162" s="2">
+      <c r="C1200" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D1200" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E1200" s="2">
         <v>44511</v>
       </c>
     </row>
-    <row r="1163">
-      <c r="A1163">
+    <row r="1201">
+      <c r="A1201">
         <v>2446</v>
       </c>
-      <c r="B1163">
+      <c r="B1201">
         <v>2021</v>
       </c>
-      <c r="C1163" t="inlineStr">
+      <c r="C1201" t="inlineStr">
         <is>
           <t>Aggiudicazione procedura negoziata senza previa pubblicazione del bando espletata mediante R.d.O. sul Mercato Elettronico di Regione Lazio, finalizzata all'affidamento della fornitura di materiale di cancelleria - perfezionamento della prenotazione di impegno n. 169622/2021 per l'importo di € 167.296,77 IVA compresa dell'aggiudicata Click Ufficio- disimpegno della somma di € 3.137,23 sulla prenotazione d'impegno n. 169622/2021 per ribasso d'asta - Cap. U0000S23908 - Esercizio Finanziario 2021.
 </t>
         </is>
       </c>
-      <c r="D1163" t="s">
-[...2 lines deleted...]
-      <c r="E1163" s="2">
+      <c r="D1201" t="s">
+        <v>1064</v>
+      </c>
+      <c r="E1201" s="2">
         <v>44511</v>
       </c>
     </row>
-    <row r="1164">
-      <c r="A1164">
+    <row r="1202">
+      <c r="A1202">
         <v>2445</v>
       </c>
-      <c r="B1164">
+      <c r="B1202">
         <v>2020</v>
       </c>
-      <c r="C1164" t="inlineStr">
+      <c r="C1202" t="inlineStr">
         <is>
           <t>Cessione di ramo d'azienda dalla società Sanofi S.r.l. alla società Fidia Farmaceutici S.p.A. e subentro nei rapporti contrattuali&amp;nbsp;scaturiti dalle procedure di Appalti di Farmaci sottoscritti con la Regione Lazio.
 </t>
         </is>
       </c>
-      <c r="D1164" t="s">
-[...2 lines deleted...]
-      <c r="E1164" s="2">
+      <c r="D1202" t="s">
+        <v>1065</v>
+      </c>
+      <c r="E1202" s="2">
         <v>44511</v>
       </c>
     </row>
-    <row r="1165">
-      <c r="A1165">
+    <row r="1203">
+      <c r="A1203">
         <v>2444</v>
       </c>
-      <c r="B1165">
+      <c r="B1203">
         <v>2021</v>
       </c>
-      <c r="C1165" t="inlineStr">
+      <c r="C1203" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di una convenzione per la fornitura di dispositivi per emodinamica (esclusi stent) da destinare alle Aziende Sanitarie ed Ospedaliere della Regione Lazio. Numero gara n. 8290914.</t>
         </is>
       </c>
-      <c r="D1165" t="inlineStr">
+      <c r="D1203" t="inlineStr">
         <is>
           <t>8910796D78; 8915254C54; 8915264497, 8915274CD5; 8915278026; 8915290A0A; 8915301320; 8915304599; 8915312C31; 8915316F7D; 8915327893; 8915332CB2; 89153381A9; 8915346841; 8915350B8D; 89153592FD; 89153668C2; 8915371CE1; 89153771D8; 8915380451; 89154584AF; 8915465A74; 891767388E; 8918585929; 8918577291; 89176895C3; 8918578364; 8918579437; 8918315A59
 </t>
         </is>
       </c>
-      <c r="E1165" s="2">
+      <c r="E1203" s="2">
         <v>44511</v>
       </c>
     </row>
-    <row r="1166">
-      <c r="A1166">
+    <row r="1204">
+      <c r="A1204">
         <v>2443</v>
       </c>
-      <c r="B1166">
+      <c r="B1204">
         <v>2021</v>
       </c>
-      <c r="C1166" t="inlineStr">
+      <c r="C1204" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 607 denominato "Ripristino officiosità dell'alveo e interventi puntuali di sistemazione spondale -Tratti urbanizzati del fiume Velino". Determinazione a contrarre. CUP F17H21001160002- CIG 8963653076.
 </t>
         </is>
       </c>
-      <c r="D1166" t="s">
-[...2 lines deleted...]
-      <c r="E1166" s="2">
+      <c r="D1204" t="s">
+        <v>1066</v>
+      </c>
+      <c r="E1204" s="2">
         <v>44510</v>
       </c>
     </row>
-    <row r="1167">
-      <c r="A1167">
+    <row r="1205">
+      <c r="A1205">
         <v>2442</v>
       </c>
-      <c r="B1167">
+      <c r="B1205">
         <v>2021</v>
       </c>
-      <c r="C1167" t="inlineStr">
+      <c r="C1205" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 631 denominato "Risagomatura scogliere - Completamento interventi di manutenzione delle opere di difesa costiera di Ostia Centro e Ponente e ripascimento ricostruttivo". Determinazione a contrarre. CUP F87H21001490001- CIG 896703468B</t>
         </is>
       </c>
-      <c r="D1167" t="s">
-[...2 lines deleted...]
-      <c r="E1167" s="2">
+      <c r="D1205" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E1205" s="2">
         <v>44510</v>
       </c>
     </row>
-    <row r="1168">
-      <c r="A1168">
+    <row r="1206">
+      <c r="A1206">
         <v>2441</v>
       </c>
-      <c r="B1168">
+      <c r="B1206">
         <v>2021</v>
       </c>
-      <c r="C1168" t="inlineStr">
+      <c r="C1206" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 651 denominato "Intervento di manutenzione straordinaria dell'alveo del fiume Salto nei Comuni di Rieti loc. Casette, Cittaducale (RI) loc. Grotti e Petrella Salto". Affidamento per il servizio delle attività topografiche compresa l'elaborazione di disegni e grafici, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 CUP F17H21002730002- CIG Z8033A7B75.
 </t>
         </is>
       </c>
-      <c r="D1168" t="s">
-[...2 lines deleted...]
-      <c r="E1168" s="2">
+      <c r="D1206" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E1206" s="2">
         <v>44510</v>
       </c>
     </row>
-    <row r="1169">
-      <c r="A1169">
+    <row r="1207">
+      <c r="A1207">
         <v>2440</v>
       </c>
-      <c r="B1169">
+      <c r="B1207">
         <v>2021</v>
       </c>
-      <c r="C1169" t="inlineStr">
+      <c r="C1207" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 650 denominato "Intervento di manutenzione straordinaria dell'alveo del fiume Velino nei Comuni di Castel Sant'Angelo (RI) e Cittaducale (RI)". Affidamento per il servizio delle attività topografiche compresa l'elaborazione di disegni e grafici, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 CUP F17H21002720002 - CIG Z3E3363713
 </t>
         </is>
       </c>
-      <c r="D1169" t="s">
-[...2 lines deleted...]
-      <c r="E1169" s="2">
+      <c r="D1207" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E1207" s="2">
         <v>44510</v>
       </c>
     </row>
-    <row r="1170">
-      <c r="A1170">
+    <row r="1208">
+      <c r="A1208">
         <v>2439</v>
       </c>
-      <c r="B1170">
+      <c r="B1208">
         <v>2021</v>
       </c>
-      <c r="C1170" t="inlineStr">
+      <c r="C1208" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 631 denominato "Risagomatura scogliere - Completamento interventi di manutenzione delle opere di difesa costiera di Ostia Centro e Ponente e ripascimento ricostruttivo". Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020, per il servizio di rilievo topo-batimetrico della scogliera sommersa (tratto compreso tra il pennello a ponente del Pontile Piazza Anco Marzio ed il canale Pescatori) per una lunghezza totale della stessa di circa 2.700,00 ml e di n. 4 pennelli, da terra fino alla scogliera sommersa, lunghezza di circa 90 ml ciascuno, in località Ostia Centro / Ostia Ponente Comune di Roma (RM). CUP F87H21001490001 - CIG Z6F325BA9E.
 </t>
         </is>
       </c>
-      <c r="D1170" t="s">
-[...2 lines deleted...]
-      <c r="E1170" s="2">
+      <c r="D1208" t="s">
+        <v>1070</v>
+      </c>
+      <c r="E1208" s="2">
         <v>44510</v>
       </c>
     </row>
-    <row r="1171">
-      <c r="A1171">
+    <row r="1209">
+      <c r="A1209">
         <v>2438</v>
       </c>
-      <c r="B1171">
+      <c r="B1209">
         <v>2021</v>
       </c>
-      <c r="C1171" t="inlineStr">
+      <c r="C1209" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier - LI-ES2-20151229-1990130 - Intervento A0100E0437 presso la Sede principale uffici comunali nel Comune di Aprilia (LT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno ANAC di € 225,00= sui capitoli U0000A42134-U0000A42135-U0000A42136 Es. finanziario 2021, e nomina Direttore Lavori. CUP F17B17000220006 - CIG 894927140E</t>
         </is>
       </c>
-      <c r="D1171" t="s">
-[...2 lines deleted...]
-      <c r="E1171" s="2">
+      <c r="D1209" t="s">
+        <v>1071</v>
+      </c>
+      <c r="E1209" s="2">
         <v>44509</v>
       </c>
     </row>
-    <row r="1172">
-      <c r="A1172">
+    <row r="1210">
+      <c r="A1210">
         <v>2437</v>
       </c>
-      <c r="B1172">
+      <c r="B1210">
         <v>2021</v>
       </c>
-      <c r="C1172" t="inlineStr">
+      <c r="C1210" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di una convenzione per la fornitura di medicazioni generali da destinare alle Aziende Sanitarie ed Ospedaliere della Regione Lazio.</t>
         </is>
       </c>
-      <c r="D1172" t="inlineStr">
+      <c r="D1210" t="inlineStr">
         <is>
           <t>8899317CB3; 8899340FAD; 8899356CE2; 889936437F; 8899373AEA; 8899379FDC; 88993908F2; 8899394C3E; 8899398F8A; 88994033AE; 8899417F38; 8899424502; 8899429921; 8899436EE6; 8899453CEE; 88994667AA; 8899473D6F; 88994835B2; 889949606E; 88995068AC; 889952150E; 8899532E1F; 8899542662; 8899550CFA; 88995572C4; 8899571E4E: 8899572F21: 8899578418; 889958490A; 8899586AB0; 889963317C; 8899640741; 8899646C33; 889965212A; 889965861C; 8899663A3B; 8899667D87; 8899675424; 8899679770; 8899684B8F; 88997165F9; 8899720945; 8899722AEB; 8899728FDD; 889973125B; 88997344D4; 88997409C6; 8899741A99; 8899743C3F; 88997512DC
 </t>
         </is>
       </c>
-      <c r="E1172" s="2">
+      <c r="E1210" s="2">
         <v>44504</v>
       </c>
     </row>
-    <row r="1173">
-      <c r="A1173">
+    <row r="1211">
+      <c r="A1211">
         <v>2435</v>
       </c>
-      <c r="B1173">
+      <c r="B1211">
         <v>2021</v>
       </c>
-      <c r="C1173" t="s">
-[...5 lines deleted...]
-      <c r="E1173" s="2">
+      <c r="C1211" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D1211" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E1211" s="2">
         <v>44504</v>
       </c>
     </row>
-    <row r="1174">
-      <c r="A1174">
+    <row r="1212">
+      <c r="A1212">
         <v>2434</v>
       </c>
-      <c r="B1174">
+      <c r="B1212">
         <v>2021</v>
       </c>
-      <c r="C1174" t="inlineStr">
+      <c r="C1212" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio e della Regione EmiliaRomagna - Farmaci 2021_tredicesima tranche, nell'ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8309426
 </t>
         </is>
       </c>
-      <c r="D1174" t="s">
-[...2 lines deleted...]
-      <c r="E1174" s="2">
+      <c r="D1212" t="s">
+        <v>1074</v>
+      </c>
+      <c r="E1212" s="2">
         <v>44504</v>
       </c>
     </row>
-    <row r="1175">
-      <c r="A1175">
+    <row r="1213">
+      <c r="A1213">
         <v>2433</v>
       </c>
-      <c r="B1175">
+      <c r="B1213">
         <v>2021</v>
       </c>
-      <c r="C1175" t="inlineStr">
+      <c r="C1213" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili". Intervento A0100E0080 presso la "Scuola Elementare e Materna Maffi" nel Comune di Roma Capitale. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Incarico per la redazione dell'Attestato di Prestazione Energetica. Disimpegno di € 1.049,06 ed attribuzione impegni nn 156881/2021, 157039/2021 e 15953/2021 rispettivamente dei Capitoli U0000A42200, U0000A42201 U0000A42202 a favore dell'ing. Massimo PATRIZI (cod. cred. 208503). CUP F87D18000310009 - CIG 8933312246
 </t>
         </is>
       </c>
-      <c r="D1175" t="s">
-[...2 lines deleted...]
-      <c r="E1175" s="2">
+      <c r="D1213" t="s">
+        <v>1075</v>
+      </c>
+      <c r="E1213" s="2">
         <v>44502</v>
       </c>
     </row>
-    <row r="1176">
-      <c r="A1176">
+    <row r="1214">
+      <c r="A1214">
         <v>2429</v>
       </c>
-      <c r="B1176">
+      <c r="B1214">
         <v>2021</v>
       </c>
-      <c r="C1176" t="inlineStr">
+      <c r="C1214" t="inlineStr">
         <is>
           <t>Fornitura di cancelleria e toner, cartucce a getto di inchiostro, materiale di consumo accessorio per le amministrazioni aventi sede sul territorio della Regione Lazio</t>
         </is>
       </c>
-      <c r="D1176" t="s">
-[...2 lines deleted...]
-      <c r="E1176" s="2">
+      <c r="D1214" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E1214" s="2">
         <v>44498</v>
       </c>
     </row>
-    <row r="1177">
-      <c r="A1177">
+    <row r="1215">
+      <c r="A1215">
         <v>2428</v>
       </c>
-      <c r="B1177">
+      <c r="B1215">
         <v>2021</v>
       </c>
-      <c r="C1177" t="inlineStr">
+      <c r="C1215" t="inlineStr">
         <is>
           <t>Servizio di assistenza tecnica all'Autorità di Gestione del POR FSE+ Lazio 2021-2027 e per la chiusura del POR FSE Lazio 2014-2020". Approvazione ulteriori atti di gara ed autorizzazione ad indire.
 </t>
         </is>
       </c>
-      <c r="D1177" t="s">
-[...2 lines deleted...]
-      <c r="E1177" s="2">
+      <c r="D1215" t="s">
+        <v>1077</v>
+      </c>
+      <c r="E1215" s="2">
         <v>44496</v>
       </c>
     </row>
-    <row r="1178">
-      <c r="A1178">
+    <row r="1216">
+      <c r="A1216">
         <v>2427</v>
       </c>
-      <c r="B1178">
+      <c r="B1216">
         <v>2021</v>
       </c>
-      <c r="C1178" t="s">
-[...5 lines deleted...]
-      <c r="E1178" s="2">
+      <c r="C1216" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D1216" t="s">
+        <v>1079</v>
+      </c>
+      <c r="E1216" s="2">
         <v>44489</v>
       </c>
     </row>
-    <row r="1179">
-      <c r="A1179">
+    <row r="1217">
+      <c r="A1217">
         <v>2426</v>
       </c>
-      <c r="B1179">
+      <c r="B1217">
         <v>2021</v>
       </c>
-      <c r="C1179" t="inlineStr">
+      <c r="C1217" t="inlineStr">
         <is>
           <t>Procedura di gara negoziata per l’affidamento della “Gestione degli impianti idrovori situati in Via Salaria in sponda sinistra e in via Flaminia in sponda destra del Fiume Tevere e lavori di manutenzione dell’argine da Castel Giubileo a Via del Foro Italico in Comune di Roma.” Annualità 2022/2023. CIG 894595104F - Determinazione a contrarre n. &amp;nbsp;G09983 del 22/07/2021.
 </t>
         </is>
       </c>
-      <c r="D1179" t="s">
-[...2 lines deleted...]
-      <c r="E1179" s="2">
+      <c r="D1217" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E1217" s="2">
         <v>44489</v>
       </c>
     </row>
-    <row r="1180">
-      <c r="A1180">
+    <row r="1218">
+      <c r="A1218">
         <v>2424</v>
       </c>
-      <c r="B1180">
+      <c r="B1218">
         <v>2021</v>
       </c>
-      <c r="C1180" t="inlineStr">
+      <c r="C1218" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili Intervento A0100E0051 "Scuola Elementare Dante Alighieri" nel Comune di Fabrica di Roma (VT). Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020, all'Operatore Economico ing. Piergiuseppe Caiazzo per la redazione dell'A.P.E. - Nomina gruppo di supporto al RUP. Impegni di spesa per un totale di € 5.290,94 sui capitoli U0000A42200 - U0000A42201 - U0000A42202 e accertamento di € 2.751,52 sul capitolo E0000341560 - CUP F92B17000120006 - CIG 88488963FC
 </t>
         </is>
       </c>
-      <c r="D1180" t="s">
-[...2 lines deleted...]
-      <c r="E1180" s="2">
+      <c r="D1218" t="s">
+        <v>1081</v>
+      </c>
+      <c r="E1218" s="2">
         <v>44484</v>
       </c>
     </row>
-    <row r="1181">
-      <c r="A1181">
+    <row r="1219">
+      <c r="A1219">
         <v>2423</v>
       </c>
-      <c r="B1181">
+      <c r="B1219">
         <v>2021</v>
       </c>
-      <c r="C1181" t="inlineStr">
+      <c r="C1219" t="inlineStr">
         <is>
           <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lett. a) ed ai sensi dell'art. 2, comma a) del D.L. n. 76/2020 convertito con modificazioni dalla Legge n. 120/2020, per il noleggio di attrezzature e servizi per l'evento di protezione civile ""Giornata del ringraziamento dei Volontari della Protezione Civile", alla Ditta SEBACH SPA.
 </t>
         </is>
       </c>
-      <c r="D1181" t="s">
-[...2 lines deleted...]
-      <c r="E1181" s="2">
+      <c r="D1219" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E1219" s="2">
         <v>44482</v>
       </c>
     </row>
-    <row r="1182">
-      <c r="A1182">
+    <row r="1220">
+      <c r="A1220">
         <v>2422</v>
       </c>
-      <c r="B1182">
+      <c r="B1220">
         <v>2021</v>
       </c>
-      <c r="C1182" t="inlineStr">
+      <c r="C1220" t="inlineStr">
         <is>
           <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lett. a) ed ai sensi dell'art. 2, comma a) del D.L. n. 76/2020 convertito con modificazioni dalla Legge n. 120/2020, per il noleggio di attrezzature e servizi per l'evento di protezione civile "Giornata del ringraziamento dei Volontari della Protezione Civile"", alla Ditta ONENAME Srlcr.
 </t>
         </is>
       </c>
-      <c r="D1182" t="s">
-[...2 lines deleted...]
-      <c r="E1182" s="2">
+      <c r="D1220" t="s">
+        <v>1083</v>
+      </c>
+      <c r="E1220" s="2">
         <v>44482</v>
       </c>
     </row>
-    <row r="1183">
-      <c r="A1183">
+    <row r="1221">
+      <c r="A1221">
         <v>2421</v>
       </c>
-      <c r="B1183">
+      <c r="B1221">
         <v>2021</v>
       </c>
-      <c r="C1183" t="inlineStr">
+      <c r="C1221" t="inlineStr">
         <is>
           <t>Affidamento diretto, ai sensi dell'art. 2, comma a) del D.L. n. 76/2020 convertito con modificazioni dalla Legge n. 120/2020, a seguito di R.d.O. sul M.E.P.A., per la fornitura di n. 2 carrelli elevatori, n. 1 stoccatore elettrico, n. 2 transpallet ad uso di protezione civile, ai fini del potenziamento della colonna mobile regionale (CMR), ai sensi dell'art. 41, comma 4, del DL 50/2017, alla Ditta SALARIA CARRELLI ELEVATORI di GETULI BRUNO, GETULI ANDREA &amp;amp; C. S.N.C.&amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="D1183" t="s">
-[...2 lines deleted...]
-      <c r="E1183" s="2">
+      <c r="D1221" t="s">
+        <v>1084</v>
+      </c>
+      <c r="E1221" s="2">
         <v>44482</v>
       </c>
     </row>
-    <row r="1184">
-      <c r="A1184">
+    <row r="1222">
+      <c r="A1222">
         <v>2420</v>
       </c>
-      <c r="B1184">
+      <c r="B1222">
         <v>2021</v>
       </c>
-      <c r="C1184" t="inlineStr">
+      <c r="C1222" t="inlineStr">
         <is>
           <t>Servizi di Vigilanza Armata presso le sedi dei Centri per l’Impiego (CPI), gli Sportelli Agricoli di Zona (SAZ) e gli Sportelli Territoriali del Turismo (STT) siti nella Regione Lazio con esclusione del territorio del Comune di Roma e dei servizi di Vigilanza Armata e Guardiania presso le sedi del Policlinico Umberto I</t>
         </is>
       </c>
-      <c r="D1184" t="s">
-[...2 lines deleted...]
-      <c r="E1184" s="2">
+      <c r="D1222" t="s">
+        <v>1085</v>
+      </c>
+      <c r="E1222" s="2">
         <v>44482</v>
       </c>
     </row>
-    <row r="1185">
-      <c r="A1185">
+    <row r="1223">
+      <c r="A1223">
         <v>2419</v>
       </c>
-      <c r="B1185">
+      <c r="B1223">
         <v>2021</v>
       </c>
-      <c r="C1185" t="inlineStr">
+      <c r="C1223" t="inlineStr">
         <is>
           <t>Intervento Codice Rendis AB25IR002/WW "Fosso della Caffarella - Realizzazione di cassa di espansione". Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio per la redazione del progetto di fattibilità tecnica ed economica, definitivo ed esecutivo nonché del coordinamento della sicurezza in fase di progettazione. CUP F76B18000300005 - CIG 893496458B</t>
         </is>
       </c>
-      <c r="D1185" t="s">
-[...2 lines deleted...]
-      <c r="E1185" s="2">
+      <c r="D1223" t="s">
+        <v>1086</v>
+      </c>
+      <c r="E1223" s="2">
         <v>44481</v>
       </c>
     </row>
-    <row r="1186">
-      <c r="A1186">
+    <row r="1224">
+      <c r="A1224">
         <v>2418</v>
       </c>
-      <c r="B1186">
+      <c r="B1224">
         <v>2021</v>
       </c>
-      <c r="C1186" t="inlineStr">
+      <c r="C1224" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investirebsugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0182 - Dossier LI-ES2- 3320347 "Scuola primaria G.&amp;nbsp;Carducci nel Comune di Monte Porzio Catone (RM). Determina a contrarre semplificata.Affidamento diretto dei lavori di Completamento all'Impresa Clima Rent S.r.l., (cod creditore 193785). Attribuzione Impegno di spesa nn. 156855, 157014 e 8072 dell'importo di € 61.997,72=, e impegno € 291,61= sui Capitoli U0000A42200, U0000A42201 e U0000A42202, a favore&amp;nbsp;dell'impresa Clima Rent S.r.l.,e disimpegno e 291,6= sugli impegni nn.157748, 157749 e 157750 sui Capitoli U0000A42200,&amp;nbsp;U0000A42201 e U0000A42202.CUP&amp;nbsp;H86J17000220006</t>
         </is>
       </c>
-      <c r="D1186" t="s">
-[...2 lines deleted...]
-      <c r="E1186" s="2">
+      <c r="D1224" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E1224" s="2">
         <v>44477</v>
       </c>
     </row>
-    <row r="1187">
-      <c r="A1187">
+    <row r="1225">
+      <c r="A1225">
         <v>2417</v>
       </c>
-      <c r="B1187">
+      <c r="B1225">
         <v>2021</v>
       </c>
-      <c r="C1187" t="inlineStr">
+      <c r="C1225" t="inlineStr">
         <is>
           <t>Interventi per la riqualificazione, pulizia e bonifica delle aree golenali del tratto del Fiume Tevere. “Sistemazione di un’area ricreativa a Marconi e Parco Tevere Magliana – 3 stralcio”.
 </t>
         </is>
       </c>
-      <c r="D1187" t="s">
-[...2 lines deleted...]
-      <c r="E1187" s="2">
+      <c r="D1225" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E1225" s="2">
         <v>44474</v>
       </c>
     </row>
-    <row r="1188">
-      <c r="A1188">
+    <row r="1226">
+      <c r="A1226">
         <v>2416</v>
       </c>
-      <c r="B1188">
+      <c r="B1226">
         <v>2021</v>
       </c>
-      <c r="C1188" t="inlineStr">
+      <c r="C1226" t="inlineStr">
         <is>
           <t>Determina a contrarre per l’affidamento del servizio di assistenza sui sistemi software "Anagrafe Regionale dell'Edilizia Scolastica” e “InfraMob". Importo € 256.200,00.
 </t>
         </is>
       </c>
-      <c r="D1188" t="s">
-[...2 lines deleted...]
-      <c r="E1188" s="2">
+      <c r="D1226" t="s">
+        <v>1089</v>
+      </c>
+      <c r="E1226" s="2">
         <v>44473</v>
       </c>
     </row>
-    <row r="1189">
-      <c r="A1189">
+    <row r="1227">
+      <c r="A1227">
         <v>2414</v>
       </c>
-      <c r="B1189">
+      <c r="B1227">
         <v>2021</v>
       </c>
-      <c r="C1189" t="inlineStr">
+      <c r="C1227" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2620312- Intervento A0100E0125, presso la Scuola Elementare e Materna "Mariangela Virgili" - Ronciglione (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno ANAC di € 375,00= sui capitoli U0000A42134-U0000A42135-U0000A42136, nomina Direttore Lavori, e CSE. CUP F34D16000010006 - CIG 88489321B2
 </t>
         </is>
       </c>
-      <c r="D1189" t="s">
-[...2 lines deleted...]
-      <c r="E1189" s="2">
+      <c r="D1227" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E1227" s="2">
         <v>44473</v>
       </c>
     </row>
-    <row r="1190">
-      <c r="A1190">
+    <row r="1228">
+      <c r="A1228">
         <v>2413</v>
       </c>
-      <c r="B1190">
+      <c r="B1228">
         <v>2021</v>
       </c>
-      <c r="C1190" t="inlineStr">
+      <c r="C1228" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile" Dossier LI-ES2-2310323 Intervento A0100E0137 presso l'Istituto Comprensivo "XXV Aprile", viale Gramsci, nel Comune di Civita Castellana (VT). Approvazione Perizia di Variante, ai sensi dell'art. 106 comma 1 lett.c) del D.lgs. n. 50/2016, impegno totale di € 84.955,43= sul Capitolo U0000A42502, a favore dell'Impresa Idrotermoelettrica di Conte Nicola" (cod. creditore 196976) e modifica del gruppo di supporto al RUP.CUP F65B17000500006 - CIG Contratto principale 82874636D0 - CIG Variante
 8912190BD6
 </t>
         </is>
       </c>
-      <c r="D1190" t="s">
-[...2 lines deleted...]
-      <c r="E1190" s="2">
+      <c r="D1228" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E1228" s="2">
         <v>44473</v>
       </c>
     </row>
-    <row r="1191">
-      <c r="A1191">
+    <row r="1229">
+      <c r="A1229">
         <v>2412</v>
       </c>
-      <c r="B1191">
+      <c r="B1229">
         <v>2021</v>
       </c>
-      <c r="C1191" t="inlineStr">
+      <c r="C1229" t="inlineStr">
         <is>
           <t>Affidamento servizi di supporto specialistico per le attività connesse agli interventi di completamento delle attivitàpropedeutiche all'operazione di subentro nella gestione del servizio di trasporto e delle infrastrutture delle due linee ferroviarie regionali Roma-Lido di Ostia e Roma-Viterbo. Impegno di E &amp;nbsp;45.676,80 comprensivo iva e oneri riflessi sul capitolo U0000D41928, Missione 10, programma 02 Pdc 1.03.02.11- CIG Z82329CB1D. MIR I202100805
 </t>
         </is>
       </c>
-      <c r="D1191" t="s">
-[...2 lines deleted...]
-      <c r="E1191" s="2">
+      <c r="D1229" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E1229" s="2">
         <v>44473</v>
       </c>
     </row>
-    <row r="1192">
-      <c r="A1192">
+    <row r="1230">
+      <c r="A1230">
         <v>2411</v>
       </c>
-      <c r="B1192">
+      <c r="B1230">
         <v>2021</v>
       </c>
-      <c r="C1192" t="inlineStr">
+      <c r="C1230" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 649 denominato "Manutenzione straordinaria dell'alveo e degli argini del fiume Turano da Via Velinia fino alla confluenza con il fiume Velino". Affidamento per il servizio delle attività topografiche compresa l'elaborazione di disegni e grafici, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 - CUP F17H21003280002 - CIG Z37329C791.
 </t>
         </is>
       </c>
-      <c r="D1192" t="s">
-[...2 lines deleted...]
-      <c r="E1192" s="2">
+      <c r="D1230" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E1230" s="2">
         <v>44470</v>
       </c>
     </row>
-    <row r="1193">
-      <c r="A1193">
+    <row r="1231">
+      <c r="A1231">
         <v>2410</v>
       </c>
-      <c r="B1193">
+      <c r="B1231">
         <v>2021</v>
       </c>
-      <c r="C1193" t="inlineStr">
+      <c r="C1231" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 605 denominato "Lavori straordinari di manutenzione delle arginature e dell'alveo del fiume Amaseno, da Amaseno al ponte della strada provinciale per Sonnino". CUP F77H21000960001. Affidamento per il servizio delle attività topografiche compresa l'elaborazione di disegni e grafici, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 - CUP F77H21000960001- CIG Z7A32EBABE.
 </t>
         </is>
       </c>
-      <c r="D1193" t="s">
-[...2 lines deleted...]
-      <c r="E1193" s="2">
+      <c r="D1231" t="s">
+        <v>1094</v>
+      </c>
+      <c r="E1231" s="2">
         <v>44470</v>
       </c>
     </row>
-    <row r="1194">
-      <c r="A1194">
+    <row r="1232">
+      <c r="A1232">
         <v>2409</v>
       </c>
-      <c r="B1194">
+      <c r="B1232">
         <v>2021</v>
       </c>
-      <c r="C1194" t="inlineStr">
+      <c r="C1232" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 604 denominato "Lavori straordinari di manutenzione dell'alveo del fiume Cosa da Alatri a Ceccano". Affidamento per il servizio delle attività topografiche compresa l'elaborazione di disegni e grafici, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 - CUP F57H21000870001- CIG Z18332BA69.
 </t>
         </is>
       </c>
-      <c r="D1194" t="s">
-[...2 lines deleted...]
-      <c r="E1194" s="2">
+      <c r="D1232" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E1232" s="2">
         <v>44470</v>
       </c>
     </row>
-    <row r="1195">
-      <c r="A1195">
+    <row r="1233">
+      <c r="A1233">
         <v>2408</v>
       </c>
-      <c r="B1195">
+      <c r="B1233">
         <v>2021</v>
       </c>
-      <c r="C1195" t="inlineStr">
+      <c r="C1233" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 606 denominato "Lavori straordinari di manutenzione delle arginature e dell'alveo del fiume Sisto, a valle della ferrovia Roma-Napoli in loc. Latina Scalo sino a Terracina". Affidamento per il servizio delle attività topografiche compresa l'elaborazione di disegni e grafici, ai sensi dell?art. 1, comma 2, lett. a) della Legge 120/2020 - CUP F37H2100124001- CIG Z8132EB9B0.
 </t>
         </is>
       </c>
-      <c r="D1195" t="s">
-[...2 lines deleted...]
-      <c r="E1195" s="2">
+      <c r="D1233" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E1233" s="2">
         <v>44470</v>
       </c>
     </row>
-    <row r="1196">
-      <c r="A1196">
+    <row r="1234">
+      <c r="A1234">
         <v>2407</v>
       </c>
-      <c r="B1196">
+      <c r="B1234">
         <v>2021</v>
       </c>
-      <c r="C1196" t="inlineStr">
+      <c r="C1234" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 607 denominato "Ripristino officiosità dell'alveo e interventi puntuali di sistemazione spondale -Tratti urbanizzati del fiume Velino". Affidamento per il servizio delle attività topografiche compresa l'elaborazione di disegni e grafici, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 - CUP F17H21001160002 - CIG ZD7329C78D.
 </t>
         </is>
       </c>
-      <c r="D1196" t="s">
-[...2 lines deleted...]
-      <c r="E1196" s="2">
+      <c r="D1234" t="s">
+        <v>1097</v>
+      </c>
+      <c r="E1234" s="2">
         <v>44470</v>
       </c>
     </row>
-    <row r="1197">
-      <c r="A1197">
+    <row r="1235">
+      <c r="A1235">
         <v>2406</v>
       </c>
-      <c r="B1197">
+      <c r="B1235">
         <v>2021</v>
       </c>
-      <c r="C1197" t="inlineStr">
+      <c r="C1235" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 649 denominato "Manutenzione straordinaria dell'alveo e degli argini del fiume Turano da Via Velinia fino alla confluenza con il fiume Velino". Affidamento per il servizio delle attività topografiche compresa l'elaborazione di disegni e grafici, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 - CUP F17H21003280002 - CIG Z37329C791.
 </t>
         </is>
       </c>
-      <c r="D1197" t="s">
-[...2 lines deleted...]
-      <c r="E1197" s="2">
+      <c r="D1235" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E1235" s="2">
         <v>44470</v>
       </c>
     </row>
-    <row r="1198">
-      <c r="A1198">
+    <row r="1236">
+      <c r="A1236">
         <v>2404</v>
       </c>
-      <c r="B1198">
+      <c r="B1236">
         <v>2021</v>
       </c>
-      <c r="C1198" t="inlineStr">
+      <c r="C1236" t="inlineStr">
         <is>
           <t>Determinazione a contrarre. Affidamento diretto alla LAZIOcrea S.p.A del servizio di organizzazione del progetto “Alice #bealice e David Per la scuola”. Impegno di spesa di euro 42.700,00 (IVA inclusa) a valere sul Cap. U0000F11917. Esercizio finanziario 2021.
 </t>
         </is>
       </c>
-      <c r="D1198" t="s">
-[...2 lines deleted...]
-      <c r="E1198" s="2">
+      <c r="D1236" t="s">
+        <v>1098</v>
+      </c>
+      <c r="E1236" s="2">
         <v>44468</v>
       </c>
     </row>
-    <row r="1199">
-      <c r="A1199">
+    <row r="1237">
+      <c r="A1237">
         <v>2403</v>
       </c>
-      <c r="B1199">
+      <c r="B1237">
         <v>2021</v>
       </c>
-      <c r="C1199" t="inlineStr">
+      <c r="C1237" t="inlineStr">
         <is>
           <t>Determinazione a contrarre. Affidamento diretto alla LAZIOcrea S.p.A del servizio di organizzazione del progetto “Alice #bealice e David Per la scuola”. Impegno di spesa di euro 42.700,00 (IVA inclusa) a valere sul Cap. U0000F11917. Esercizio finanziario 2021.
 </t>
         </is>
       </c>
-      <c r="D1199" t="s">
-[...2 lines deleted...]
-      <c r="E1199" s="2">
+      <c r="D1237" t="s">
+        <v>1099</v>
+      </c>
+      <c r="E1237" s="2">
         <v>44468</v>
       </c>
     </row>
-    <row r="1200">
-      <c r="A1200">
+    <row r="1238">
+      <c r="A1238">
         <v>2402</v>
       </c>
-      <c r="B1200">
+      <c r="B1238">
         <v>2021</v>
       </c>
-      <c r="C1200" t="s">
-[...5 lines deleted...]
-      <c r="E1200" s="2">
+      <c r="C1238" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D1238" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1238" s="2">
         <v>44466</v>
       </c>
     </row>
-    <row r="1201">
-      <c r="A1201">
+    <row r="1239">
+      <c r="A1239">
         <v>2401</v>
       </c>
-      <c r="B1201">
+      <c r="B1239">
         <v>2021</v>
       </c>
-      <c r="C1201" t="inlineStr">
+      <c r="C1239" t="inlineStr">
         <is>
           <t>Procedura aperta telematica per l'affidamento dei servizi di progettazione, realizzazione, gestione, manutenzione, supporto ed evoluzione della cartella diabetologica centralizzata integrata con il fascicolo elettronico sanitario della Regione Lazio - intervento DIAB-SW – software diabetologia centralizzata.
 </t>
         </is>
       </c>
-      <c r="D1201" t="s">
-[...2 lines deleted...]
-      <c r="E1201" s="2">
+      <c r="D1239" t="s">
+        <v>1101</v>
+      </c>
+      <c r="E1239" s="2">
         <v>44463</v>
       </c>
     </row>
-    <row r="1202">
-      <c r="A1202">
+    <row r="1240">
+      <c r="A1240">
         <v>2400</v>
       </c>
-      <c r="B1202">
+      <c r="B1240">
         <v>2021</v>
       </c>
-      <c r="C1202" t="inlineStr">
+      <c r="C1240" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili". "Lavori di efficientamento energetico da eseguirsi presso il «Palazzo dei Priori», sede del Comune di Viterbo". Dossier LI-ES2-2570209, Intervento A0100E0043. CUP F84J17000170006 - CIG: 8837701D91</t>
         </is>
       </c>
-      <c r="D1202" t="s">
-[...2 lines deleted...]
-      <c r="E1202" s="2">
+      <c r="D1240" t="s">
+        <v>1102</v>
+      </c>
+      <c r="E1240" s="2">
         <v>44461</v>
       </c>
     </row>
-    <row r="1203">
-      <c r="A1203">
+    <row r="1241">
+      <c r="A1241">
         <v>2399</v>
       </c>
-      <c r="B1203">
+      <c r="B1241">
         <v>2021</v>
       </c>
-      <c r="C1203" t="inlineStr">
+      <c r="C1241" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili". Intervento A0100E0346 "Palazzo Massimo", sede comunale di Roccasecca&amp;nbsp;dei Volsci (LT). Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Incarico per la redazione dell'Attestato di Prestazione Energetica. Disimpegno di €&amp;nbsp;2.612,10 ed attribuzione impegni nn 156898/2021, 157056/2021 e 17650/2021 rispettivamente dei Capitoli U0000A42200, U0000A42201, U0000A42202 a favore dell'arch. Eleonora Petrucci (cod. cred. 208211).&amp;nbsp;CUP F54J16000010006 - CIG 87722967A9
 </t>
         </is>
       </c>
-      <c r="D1203" t="s">
-[...2 lines deleted...]
-      <c r="E1203" s="2">
+      <c r="D1241" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E1241" s="2">
         <v>44455</v>
       </c>
     </row>
-    <row r="1204">
-      <c r="A1204">
+    <row r="1242">
+      <c r="A1242">
         <v>2398</v>
       </c>
-      <c r="B1204">
+      <c r="B1242">
         <v>2021</v>
       </c>
-      <c r="C1204" t="inlineStr">
+      <c r="C1242" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili". Intervento A0100E0392 presso l'Edificio Scolastico "Papa Giovanni XXIII"&amp;nbsp;nel comune di Bomarzo (VT). Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Incarico per la redazione dell'Attestato di Prestazione Energetica. Disimpegno di € 1.338,84= ed attribuzione impegni nn 156884/2021, 157042/2021 e 16060/2021 rispettivamente dei Capitoli U0000A42200, U0000A42201 U0000A42202 a favore dell'ing. Stefano REA (cod. cred. 171480).&amp;nbsp;CUP F34D16000020006 - CIG 8772324EC2.
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="D1204" t="s">
-[...2 lines deleted...]
-      <c r="E1204" s="2">
+      <c r="D1242" t="s">
+        <v>1104</v>
+      </c>
+      <c r="E1242" s="2">
         <v>44455</v>
       </c>
     </row>
-    <row r="1205">
-      <c r="A1205">
+    <row r="1243">
+      <c r="A1243">
         <v>2397</v>
       </c>
-      <c r="B1205">
+      <c r="B1243">
         <v>2021</v>
       </c>
-      <c r="C1205" t="inlineStr">
+      <c r="C1243" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili". Intervento A0100E0204. "Scuola Media Luigi Dasti" nel Comune di Tarquinia (VT). Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Incarico per la redazione dell'Attestato di Prestazione Energetica. Disimpegno di € 1.202,69 ed attribuzione impegni nn 156887/2021, 157045/2021 e 16883/2021 rispettivamente dei Capitoli U0000A42200, U0000A42201 U0000A42202 a favore dell'ing. Filippo BENFAREMO (cod. cred. 208503). CUP - F84D16000030006 - CIG 8818623DE7
 </t>
         </is>
       </c>
-      <c r="D1205" t="s">
-[...2 lines deleted...]
-      <c r="E1205" s="2">
+      <c r="D1243" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E1243" s="2">
         <v>44454</v>
       </c>
     </row>
-    <row r="1206">
-      <c r="A1206">
+    <row r="1244">
+      <c r="A1244">
         <v>2396</v>
       </c>
-      <c r="B1206">
+      <c r="B1244">
         <v>2021</v>
       </c>
-      <c r="C1206" t="inlineStr">
+      <c r="C1244" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili - Intervento A0100E0253 "Scuola Elementare Achille Ferruzzi" nel Comune di Soriano nel Cimino (VT). Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Incarico per la redazione dell'Attestato di Prestazione Energetica. Disimpegno di € 1.563,99 ed attribuzione impegno n.17636/2021 del Capitolo U0000A42502 a favore dell'ing. Emiliano GRILLINI (cod. cred. 185406). CUP F64D17000010009 - CIG 8824840857
 </t>
         </is>
       </c>
-      <c r="D1206" t="s">
-[...2 lines deleted...]
-      <c r="E1206" s="2">
+      <c r="D1244" t="s">
+        <v>1106</v>
+      </c>
+      <c r="E1244" s="2">
         <v>44454</v>
       </c>
     </row>
-    <row r="1207">
-      <c r="A1207">
+    <row r="1245">
+      <c r="A1245">
         <v>2394</v>
       </c>
-      <c r="B1207">
+      <c r="B1245">
         <v>2021</v>
       </c>
-      <c r="C1207" t="inlineStr">
+      <c r="C1245" t="inlineStr">
         <is>
           <t>O.C.D.P.C. 558/2018 - Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018 per l'attuazione degli interventi inerenti i lavori finalizzati alla riduzione dei rischi residui strettamente connessi con l'evento calamitoso verificatosi nei giorni 29 e 30 ottobre 2018 - Interventi di messa in sicurezza dell'alberature ubicate nell'area verde/ambito 1 presenti nel complesso dell'ex Ospedale Forlanini - Codici interventi n. 601 e 603. Decreto a contrarre ai sensi dell'art. 32 del D.Lgs. 50/2016. CUP F87H19005010002, CIG 88006069CF, SMART CIG ZBA322F55D, Z34322F586.
 </t>
         </is>
       </c>
-      <c r="D1207" t="s">
-[...2 lines deleted...]
-      <c r="E1207" s="2">
+      <c r="D1245" t="s">
+        <v>1107</v>
+      </c>
+      <c r="E1245" s="2">
         <v>44453</v>
       </c>
     </row>
-    <row r="1208">
-      <c r="A1208">
+    <row r="1246">
+      <c r="A1246">
         <v>2392</v>
       </c>
-      <c r="B1208">
+      <c r="B1246">
         <v>2021</v>
       </c>
-      <c r="C1208" t="inlineStr">
+      <c r="C1246" t="inlineStr">
         <is>
           <t>Lavori di riqualificazione ambientale dell’area in Comune di Castel Gandolfo (RM) occupato dalla torre di arrivo e dalle tribune per le gare della canoa realizzate per le olimpiadi di Roma 1960.
 </t>
         </is>
       </c>
-      <c r="D1208" t="s">
-[...2 lines deleted...]
-      <c r="E1208" s="2">
+      <c r="D1246" t="s">
+        <v>1108</v>
+      </c>
+      <c r="E1246" s="2">
         <v>44452</v>
       </c>
     </row>
-    <row r="1209">
-      <c r="A1209">
+    <row r="1247">
+      <c r="A1247">
         <v>2391</v>
       </c>
-      <c r="B1209">
+      <c r="B1247">
         <v>2021</v>
       </c>
-      <c r="C1209" t="inlineStr">
+      <c r="C1247" t="inlineStr">
         <is>
           <t>Lavori di raccolta del materiale galleggiante con apposita barriera sul Fiume Tevere in Comune di Fiumicino (RM) e sul Fiume Aniene in Comune di Roma. CUP F16E20000000002
 </t>
         </is>
       </c>
-      <c r="D1209" t="s">
-[...2 lines deleted...]
-      <c r="E1209" s="2">
+      <c r="D1247" t="s">
+        <v>1109</v>
+      </c>
+      <c r="E1247" s="2">
         <v>44452</v>
       </c>
     </row>
-    <row r="1210">
-      <c r="A1210">
+    <row r="1248">
+      <c r="A1248">
         <v>2389</v>
       </c>
-      <c r="B1210">
+      <c r="B1248">
         <v>2021</v>
       </c>
-      <c r="C1210" t="inlineStr">
+      <c r="C1248" t="inlineStr">
         <is>
           <t>Procedura di gara aperta ai sensi dell’art. 60 del D.Lgs. 50/2016, per l’affidamento della “Fornitura, mediante noleggio a lungo termine senza conducente, di veicoli pick-up”, autorizzata con Determina a contrarre n G09505 del 14/07/2021. Approvazione atti ed indizione della procedura. Conferimento incarico per pubblicazione a Vivenda s.r.l.. 8805431787&amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="D1210" t="s">
-[...2 lines deleted...]
-      <c r="E1210" s="2">
+      <c r="D1248" t="s">
+        <v>1110</v>
+      </c>
+      <c r="E1248" s="2">
         <v>44449</v>
       </c>
     </row>
-    <row r="1211">
-      <c r="A1211">
+    <row r="1249">
+      <c r="A1249">
         <v>2388</v>
       </c>
-      <c r="B1211">
+      <c r="B1249">
         <v>2021</v>
       </c>
-      <c r="C1211" t="inlineStr">
+      <c r="C1249" t="inlineStr">
         <is>
           <t>Appalto specifico per l’acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Farmaci 2021_UNDICESIMA &amp;nbsp;tranche, nell’ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio – Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8231379. Proroga del termine di presentazione delle offerte
 </t>
         </is>
       </c>
-      <c r="D1211" t="s">
-[...2 lines deleted...]
-      <c r="E1211" s="2">
+      <c r="D1249" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E1249" s="2">
         <v>44448</v>
       </c>
     </row>
-    <row r="1212">
-      <c r="A1212">
+    <row r="1250">
+      <c r="A1250">
         <v>2387</v>
       </c>
-      <c r="B1212">
+      <c r="B1250">
         <v>2021</v>
       </c>
-      <c r="C1212" t="inlineStr">
+      <c r="C1250" t="inlineStr">
         <is>
           <t>Interventi di manutenzione straordinaria sulle ex concesse Roma-Lido Roma Civita Castellana Viterbo - Affidamento ad&amp;nbsp;ASTRAL S.p.A. in qualità di soggetto attuatore Impegno di spesa sul capitolo U0000D44547, Missione 10, programma 01 pdc&amp;nbsp;2.02.01.09.000. Intervento MIR I202100790
 </t>
         </is>
       </c>
-      <c r="D1212" t="s">
-[...2 lines deleted...]
-      <c r="E1212" s="2">
+      <c r="D1250" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1250" s="2">
         <v>44445</v>
       </c>
     </row>
-    <row r="1213">
-      <c r="A1213">
+    <row r="1251">
+      <c r="A1251">
         <v>2386</v>
       </c>
-      <c r="B1213">
+      <c r="B1251">
         <v>2021</v>
       </c>
-      <c r="C1213" t="inlineStr">
+      <c r="C1251" t="inlineStr">
         <is>
           <t>Proroga tecnica dei servizi di ospitalità, accoglienza, ascolto e presa in carico nei Centri&amp;nbsp;Antiviolenza e Case Rifugio ex Città Metropolitana di Roma Capitale, nelle more della conclusione&amp;nbsp;della procedura di gara indetta con D.D. n.000001 dell’11.08.2021 -Autorizzazione al proseguimento&amp;nbsp;del servizio, sino al 31.10.2021 e comunque sino alla conclusione della procedura di gara.
 </t>
         </is>
       </c>
-      <c r="D1213" t="s">
-[...2 lines deleted...]
-      <c r="E1213" s="2">
+      <c r="D1251" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1251" s="2">
         <v>44440</v>
       </c>
     </row>
-    <row r="1214">
-      <c r="A1214">
+    <row r="1252">
+      <c r="A1252">
         <v>2385</v>
       </c>
-      <c r="B1214">
+      <c r="B1252">
         <v>2021</v>
       </c>
-      <c r="C1214" t="inlineStr">
+      <c r="C1252" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020 Call for proposal "Energia sostenibile 2.0" Asse Prioritario 4 Azione 4.1.1 2^Aggiornamento elenco operatori economici abilitati a svolgere il servizio di certificazione della prestazione energetica degli edifici, di importo inferiore a 5.000,00 euro, mediante affidamento diretto ai sensi dell'art. 1, comma 2, lett. a) del D.L. 76/2020, convertito in L. n. 120/2020
 </t>
         </is>
       </c>
-      <c r="D1214" t="s">
-[...2 lines deleted...]
-      <c r="E1214" s="2">
+      <c r="D1252" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1252" s="2">
         <v>44407</v>
       </c>
     </row>
-    <row r="1215">
-      <c r="A1215">
+    <row r="1253">
+      <c r="A1253">
         <v>2384</v>
       </c>
-      <c r="B1215">
+      <c r="B1253">
         <v>2021</v>
       </c>
-      <c r="C1215" t="inlineStr">
+      <c r="C1253" t="inlineStr">
         <is>
           <t>Appalto specifico per l’acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio_ Farmaci 2021_DECIMA Tranche , nell’ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori. Nr. Gara 8227765</t>
         </is>
       </c>
-      <c r="D1215" t="s">
-[...2 lines deleted...]
-      <c r="E1215" s="2">
+      <c r="D1253" t="s">
+        <v>1112</v>
+      </c>
+      <c r="E1253" s="2">
         <v>44405</v>
       </c>
     </row>
-    <row r="1216">
-      <c r="A1216">
+    <row r="1254">
+      <c r="A1254">
         <v>2383</v>
       </c>
-      <c r="B1216">
+      <c r="B1254">
         <v>2021</v>
       </c>
-      <c r="C1216" t="inlineStr">
+      <c r="C1254" t="inlineStr">
         <is>
           <t>"Procedura aperta telematica per l'affidamento dei servizi di promozione e valorizzazione del claim Lazio". Intervento campagna nazionale. CIG 8842788381. Approvazione atti, indizione della procedura e nomina del Responsabile Unico del Procedimento della fase di affidamento.
 </t>
         </is>
       </c>
-      <c r="D1216" t="s">
-[...2 lines deleted...]
-      <c r="E1216" s="2">
+      <c r="D1254" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E1254" s="2">
         <v>44405</v>
       </c>
     </row>
-    <row r="1217">
-      <c r="A1217">
+    <row r="1255">
+      <c r="A1255">
         <v>2382</v>
       </c>
-      <c r="B1217">
+      <c r="B1255">
         <v>2021</v>
       </c>
-      <c r="C1217" t="inlineStr">
+      <c r="C1255" t="inlineStr">
         <is>
           <t>"Procedura negoziata ai sensi dell'art. 1, comma 2 lett. b) del D.L. n. 76/2020, convertito con modificazioni dalla Legge n. 120/2020, tramite R.d.O. sul M.E.LA., finalizzata all'affidamento della fornitura di materiale informatico per la Regione Lazio". Determina a contrarre. Approvazione atti, indizione gara con prenotazione impegno di spesa per la realizzazione dell'intervento e autorizzazione impegno di spesa a favore dell'ANAC per il pagamento del relativo contributo e nomina del Responsabile Unico del Procedimento. CIG: 882138445D.
 </t>
         </is>
       </c>
-      <c r="D1217" t="s">
-[...2 lines deleted...]
-      <c r="E1217" s="2">
+      <c r="D1255" t="s">
+        <v>1114</v>
+      </c>
+      <c r="E1255" s="2">
         <v>44405</v>
       </c>
     </row>
-    <row r="1218">
-      <c r="A1218">
+    <row r="1256">
+      <c r="A1256">
         <v>2381</v>
       </c>
-      <c r="B1218">
+      <c r="B1256">
         <v>2021</v>
       </c>
-      <c r="C1218" t="inlineStr">
+      <c r="C1256" t="inlineStr">
         <is>
           <t>Determinazione di indizione della "Procedura negoziata ai sensi dell'art. 1, comma 2 lett. b) del D.L. n. 76/2020 convertito con modificazioni dalla Legge n. 120/2020, tramite R.d.O. sul M.E.LA., finalizzata all'affidamento dei servizi di realizzazione, gestione, manutenzione, supporto ed evoluzione del sistema informativo anticorruzione della Regione Lazio". Approvazione atti, indizione della procedura e nomina del Responsabile Unico del Procedimento della fase di affidamento. CIG: 8816842031.
 </t>
         </is>
       </c>
-      <c r="D1218" t="s">
-[...2 lines deleted...]
-      <c r="E1218" s="2">
+      <c r="D1256" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E1256" s="2">
         <v>44405</v>
       </c>
     </row>
-    <row r="1219">
-      <c r="A1219">
+    <row r="1257">
+      <c r="A1257">
         <v>2380</v>
       </c>
-      <c r="B1219">
+      <c r="B1257">
         <v>2021</v>
       </c>
-      <c r="C1219" t="inlineStr">
+      <c r="C1257" t="inlineStr">
         <is>
           <t>Affidamento della "Gestione degli impianti idrovori situati in Via Salaria in sponda sinistra e in via Flaminia in sponda destra del Fiume Tevere e lavori di manutenzione dell'argine da Castel Giubileo a Via del Foro Italico in Comune di Roma."
 </t>
         </is>
       </c>
-      <c r="D1219" t="s">
-[...2 lines deleted...]
-      <c r="E1219" s="2">
+      <c r="D1257" t="s">
+        <v>1116</v>
+      </c>
+      <c r="E1257" s="2">
         <v>44400</v>
       </c>
     </row>
-    <row r="1220">
-      <c r="A1220">
+    <row r="1258">
+      <c r="A1258">
         <v>2379</v>
       </c>
-      <c r="B1220">
+      <c r="B1258">
         <v>2021</v>
       </c>
-      <c r="C1220" t="inlineStr">
+      <c r="C1258" t="inlineStr">
         <is>
           <t>Appalto specifico per l’acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Farmaci 2021_ Nona Tranche, nell’ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori. ID ANAC n. 8118090 – ID STELLA PI060513-21. Determina di aggiudicazione.
 </t>
         </is>
       </c>
-      <c r="D1220" t="s">
-[...2 lines deleted...]
-      <c r="E1220" s="2">
+      <c r="D1258" t="s">
+        <v>1117</v>
+      </c>
+      <c r="E1258" s="2">
         <v>44399</v>
       </c>
-      <c r="F1220" t="s">
-[...4 lines deleted...]
-      <c r="A1221">
+      <c r="F1258" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="1259">
+      <c r="A1259">
         <v>2378</v>
       </c>
-      <c r="B1221">
+      <c r="B1259">
         <v>2021</v>
       </c>
-      <c r="C1221" t="inlineStr">
+      <c r="C1259" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio - Farmaci 2021_dodicesima tranche, nell'ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8223733.
 </t>
         </is>
       </c>
-      <c r="D1221" t="s">
-[...2 lines deleted...]
-      <c r="E1221" s="2">
+      <c r="D1259" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E1259" s="2">
         <v>44397</v>
       </c>
     </row>
-    <row r="1222">
-      <c r="A1222">
+    <row r="1260">
+      <c r="A1260">
         <v>2377</v>
       </c>
-      <c r="B1222">
+      <c r="B1260">
         <v>2021</v>
       </c>
-      <c r="C1222" t="inlineStr">
+      <c r="C1260" t="inlineStr">
         <is>
           <t>Affidamento dei servizi di supporto specialistico per la predisposizione dei piani economici finanziari simulati per avvio dell'affidamento dei servizi di trasporto pubblico urbano e interurbano su gomma. Impegno di spesa sul capitolo U0000D41928, missione 10 programma 02 piano dei conti finanziario 1.03.02.11 annualità 2021 e sul capitolo U0000T19427, Missione 01 programma 01 Pdc 1.04.01.01 per il versamento del contributo a favore dell'ANAC. Intervento MIR I202100415. CIG 87041224B3.
 </t>
         </is>
       </c>
-      <c r="D1222" t="s">
-[...2 lines deleted...]
-      <c r="E1222" s="2">
+      <c r="D1260" t="s">
+        <v>1120</v>
+      </c>
+      <c r="E1260" s="2">
         <v>44393</v>
       </c>
     </row>
-    <row r="1223">
-      <c r="A1223">
+    <row r="1261">
+      <c r="A1261">
         <v>2376</v>
       </c>
-      <c r="B1223">
+      <c r="B1261">
         <v>2021</v>
       </c>
-      <c r="C1223" t="inlineStr">
+      <c r="C1261" t="inlineStr">
         <is>
           <t>Lavori di consolidamento della Rupe in località Mercatello, a completamento dell'intervento di somma urgenza per movimento franoso nel Comune di Bagnoregio (VT) Affidamento incarico di componente dell'Ufficio della Direzione lavori al dott. geol. David Simoncelli (cod. cred. 86251), disimpegno € 755,18 ed attribuzione impegno n. 17022/2021 sul capitolo U0000E42135. CUP F69D15001850002_CIG 8774104BAA
 </t>
         </is>
       </c>
-      <c r="D1223" t="s">
-[...2 lines deleted...]
-      <c r="E1223" s="2">
+      <c r="D1261" t="s">
+        <v>1121</v>
+      </c>
+      <c r="E1261" s="2">
         <v>44393</v>
       </c>
     </row>
-    <row r="1224">
-      <c r="A1224">
+    <row r="1262">
+      <c r="A1262">
         <v>2375</v>
       </c>
-      <c r="B1224">
+      <c r="B1262">
         <v>2021</v>
       </c>
-      <c r="C1224" t="inlineStr">
+      <c r="C1262" t="inlineStr">
         <is>
           <t>Servizio di pulizia dell'area sita in Roma tra via del Foro Italico e Via della Foce dell'Aniene in corrispondenza dell'ex campo nomadi, dalla situazione di degrado igienico - sanitario - ambientale con abbattimento di manufatti precari, rimozione dei rifiuti e ripristino delle condizioni di sicurezza idraulica. CUP F89J21005170002
 </t>
         </is>
       </c>
-      <c r="D1224" t="s">
-[...2 lines deleted...]
-      <c r="E1224" s="2">
+      <c r="D1262" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E1262" s="2">
         <v>44392</v>
       </c>
     </row>
-    <row r="1225">
-      <c r="A1225">
+    <row r="1263">
+      <c r="A1263">
         <v>2374</v>
       </c>
-      <c r="B1225">
+      <c r="B1263">
         <v>2021</v>
       </c>
-      <c r="C1225" t="inlineStr">
+      <c r="C1263" t="inlineStr">
         <is>
           <t>Intervento di manutenzione degli impianti idrovori di Corcolle e Pratolungo, delle relative pertinenze e gestione degli stessi impianti in occasione di eventi di piena - annualità 2021 e 2022. CUP F86G20001100005 - CIG 8750783E90. M.O./345
 </t>
         </is>
       </c>
-      <c r="D1225" t="s">
-[...2 lines deleted...]
-      <c r="E1225" s="2">
+      <c r="D1263" t="s">
+        <v>1123</v>
+      </c>
+      <c r="E1263" s="2">
         <v>44392</v>
       </c>
     </row>
-    <row r="1226">
-      <c r="A1226">
+    <row r="1264">
+      <c r="A1264">
         <v>2373</v>
       </c>
-      <c r="B1226">
+      <c r="B1264">
         <v>2021</v>
       </c>
-      <c r="C1226" t="inlineStr">
+      <c r="C1264" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014 - 2020. Call for proposal 2.0 relativa alla linea di intervento denominata Energia sostenibile Dossier LI-ES2-1110067 Intervento A0100E0371, per lavori di ristrutturazione presso gli "Uffici Pubblici Ex ASL" sito in Via Garibaldi 7 nel Comune di Monterotondo (RM) da destinare a sede della Compagnia Guardia di Finanza. Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno complessivo di € 375,00 sui Capitoli U0000A42134, U0000A42135 e U0000A42136, a favore dell'Autorità Nazionale Anticorruzione (Cod. cred.159683), E.F. 2021 e prenotazione impegno complessivo di € 525.720,59 a creditori diversi sui Capitoli U0000C12172 e U0000C12520. Accertamento di € 350.000,00 sul capitolo in entrata E0000439123. CUP F97H17001940002 CIG 87649032C5.</t>
         </is>
       </c>
-      <c r="D1226" t="s">
-[...2 lines deleted...]
-      <c r="E1226" s="2">
+      <c r="D1264" t="s">
+        <v>1124</v>
+      </c>
+      <c r="E1264" s="2">
         <v>44391</v>
       </c>
     </row>
-    <row r="1227">
-      <c r="A1227">
+    <row r="1265">
+      <c r="A1265">
         <v>2372</v>
       </c>
-      <c r="B1227">
+      <c r="B1265">
         <v>2021</v>
       </c>
-      <c r="C1227" t="inlineStr">
+      <c r="C1265" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili". Intervento A0100E0071. "Scuola Giardinieri" Via di Porta San Sebastiano, 2 nel Comune di Roma Capitale. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Incarico per la redazione dell'Attestato di Prestazione Energetica. Disimpegno di € 881,66 ed attribuzione impegni nn 156877/2021, 157035/2021 e 15449/2021 rispettivamente dei Capitoli U0000A42200, U0000A42201 U0000A42202 a favore dell'arch. Andrea Baliva (cod. cred.198006). CUP F87D17000870009 CIG 876750452E
 </t>
         </is>
       </c>
-      <c r="D1227" t="s">
-[...2 lines deleted...]
-      <c r="E1227" s="2">
+      <c r="D1265" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E1265" s="2">
         <v>44391</v>
       </c>
     </row>
-    <row r="1228">
-      <c r="A1228">
+    <row r="1266">
+      <c r="A1266">
         <v>2371</v>
       </c>
-      <c r="B1228">
+      <c r="B1266">
         <v>2021</v>
       </c>
-      <c r="C1228" t="s">
-[...5 lines deleted...]
-      <c r="E1228" s="2">
+      <c r="C1266" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D1266" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E1266" s="2">
         <v>44384</v>
       </c>
     </row>
-    <row r="1229">
-      <c r="A1229">
+    <row r="1267">
+      <c r="A1267">
         <v>2370</v>
       </c>
-      <c r="B1229">
+      <c r="B1267">
         <v>2021</v>
       </c>
-      <c r="C1229" t="inlineStr">
+      <c r="C1267" t="inlineStr">
         <is>
           <t>Avviso di indagine di mercato ai sensi degli artt. 36, comma 2, lett. b) e 66 del D.Lgs. 50/2016 e Linee Guida n. 4 dell’A.N.A.C., approvate dal Consiglio dell’Autorità con Delibera n. 1097 del 26/10/2016, finalizzata all’individuazione di operatori economici da invitare alla procedura negoziata per la fornitura del servizio di assistenza sui sistemi software "Anagrafe Regionale dell'Edilizia Scolastica” e “InfraMob".
 </t>
         </is>
       </c>
-      <c r="D1229" t="s">
-[...2 lines deleted...]
-      <c r="E1229" s="2">
+      <c r="D1267" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1267" s="2">
         <v>44384</v>
       </c>
     </row>
-    <row r="1230">
-      <c r="A1230">
+    <row r="1268">
+      <c r="A1268">
         <v>2369</v>
       </c>
-      <c r="B1230">
+      <c r="B1268">
         <v>2020</v>
       </c>
-      <c r="C1230" t="inlineStr">
+      <c r="C1268" t="inlineStr">
         <is>
           <t>Impegno di spesa di euro 61.000,00 (IVA inclusa) per l’annualità 2020, a favore della SIAE (cod. creditore 122764), sul capitolo di bilancio R31920 - esercizio finanziario 2020 - giusta Convenzione tra Regione Lazio e SIAE per il pagamento dei diritti di esecuzione musicale in occasione di manifestazioni culturali e ricreative organizzate dai centri anziani del Lazio nel corso del 2020.
 </t>
         </is>
       </c>
-      <c r="D1230" t="s">
-[...2 lines deleted...]
-      <c r="E1230" s="2">
+      <c r="D1268" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1268" s="2">
         <v>44383</v>
       </c>
-      <c r="F1230" t="inlineStr">
+      <c r="F1268" t="inlineStr">
         <is>
           <t>N.B. - In accordo con la SIAE, in considerazione delle misure restrittive adottate dalle Autorità per il contenimento della pandemia, si è convenuto di limitare ai soli mesi di gennaio e febbraio 2020 la quota forfettaria annuale a carico della Regione (pari perciò a euro 10.166,66 anziché euro 61.000,00). Con Determinazione n. G06424/2021 è stata pertanto disimpegnata la somma di euro 50.833,34.
 Importo € 10.166,66 Provvedimento liquidazione n. L09631/2021
 </t>
         </is>
       </c>
     </row>
-    <row r="1231">
-[...734 lines deleted...]
-    </row>
     <row r="1269">
       <c r="A1269">
-        <v>2326</v>
+        <v>2368</v>
       </c>
       <c r="B1269">
         <v>2021</v>
       </c>
-      <c r="C1269" t="s">
-        <v>1116</v>
+      <c r="C1269" t="inlineStr">
+        <is>
+          <t>Procedura di gara aperta per la stipula di Convenzioni Quadro ai sensi dell'art. 1, comma 456, della L. 296/2006, per l'affidamento del "Servizio di noleggio a lungo termine, senza conducente, di veicoli di servizio a ridotto impatto ambientale e a basso consumo energetico a favore delle Strutture della Giunta Regionale e degli Enti dipendenti e delle Società partecipate della Regione Lazio".
+</t>
+        </is>
       </c>
       <c r="D1269" t="s">
-        <v>1117</v>
+        <v>1128</v>
       </c>
       <c r="E1269" s="2">
-        <v>44301</v>
+        <v>44382</v>
       </c>
     </row>
     <row r="1270">
       <c r="A1270">
-        <v>2325</v>
+        <v>2367</v>
       </c>
       <c r="B1270">
         <v>2021</v>
       </c>
       <c r="C1270" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020 Call for proposal "Energia sostenibile 2.0" Asse Prioritario 4 Azione 4.1.1 1^Aggiornamento elenco operatori economici abilitati a svolgere il servizio di certificazione della prestazione energetica degli edifici, di importo inferiore a 5.000,00 euro, mediante affidamento diretto ai sensi dell'art. 1, comma 2, lett. a) del D.L. 76/2020, convertito in L. n. 120/2020.
+          <t>Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art.1, comma 2, lettera b) della Legge 11 settembre 2020, n.120, previa indagine esplorativa del mercato, del servizio di Coordinamento della Sicurezza in fase di Esecuzione nell'ambito della realizzazione delle "Opere di collettamento e depurazione relativamente ai poli di Civita Castellana, Sutri e Vignanello - I Lotto". CUP F73J08000040001 - CIG 8756097FD0. Approvazione atti di gara - Rettifica determinazione n. G05898 del 18.05.2021.
 </t>
         </is>
       </c>
       <c r="D1270" t="s">
-        <v>548</v>
+        <v>1129</v>
       </c>
       <c r="E1270" s="2">
-        <v>44301</v>
+        <v>44379</v>
       </c>
     </row>
     <row r="1271">
       <c r="A1271">
-        <v>2324</v>
+        <v>2366</v>
       </c>
       <c r="B1271">
         <v>2021</v>
       </c>
       <c r="C1271" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, dell'intervento per la rimozione e lo smaltimento della motonave "Tiber 1" presente in prossimità della banchina in sponda sinistra del Fiume Tevere tra il Ponte Umberto I ed il Ponte Sant'Angelo in comune di Roma Capitale. CIG 8699438B55 - CUP F87H21001710002</t>
-[...3 lines deleted...]
-        <v>1118</v>
+          <t>Gara comunitaria a procedura aperta per la fornitura di antisettici e disinfettanti occorrenti alle Aziende Sanitarie della Regione Lazio.&amp;nbsp;Numero Gara 8195854.</t>
+        </is>
+      </c>
+      <c r="D1271" t="inlineStr">
+        <is>
+          <t>8805254577; 8805277871; 8805371604; 8805377AF6; 88053948FE; 8805405214; 8805415A52; 88054306B4; 8805441FC5; 8805449662; 8805496D29; 8805502220; 8805512A5E; 88055265ED; 8805534C85; 8805547741; 88055612D0; 8805569968; 8805574D87; 8805587843; 8805712F68; 880571738C; 8805729D70; 88057384E0; 88057552E8; 8805817611; 8805833346; 8805843B84; 880585014E; 88059113A4; 88059335CB; 8805937917; 88059514A6; 8805966108; 8805975873; 88059969C7; 8806641E0B; 88066537F4; 8806662F5F; 8806673875; 8806680E3A; 8806686331; 88066949C9; 8806699DE8; 8806707485; 8806719E69; 8806731852; 88067464B4; 8806760043; 8806767608; 88067800C4; 8806790902; 880680770; 8806818020; 8806829931; 8806846739; 8806855EA4; 8806870B06; 8806895FA6; 8806911CDB; 880692586°; 8807005A6E; 88070195FD; 8807030F0E; 88070542E0; 8807069F3D; 88070775DA; 8807089FBE; 880709765B; 8807108F6C; 8807128FED; 8807145DF5; 8807154565; 8807173513; 8807183D51; 880719680D; 8807218A34; 88072314F0; 8807246152; 8807261DAF; 8072883FA
+</t>
+        </is>
       </c>
       <c r="E1271" s="2">
-        <v>44300</v>
+        <v>44378</v>
       </c>
     </row>
     <row r="1272">
       <c r="A1272">
-        <v>2323</v>
+        <v>2365</v>
       </c>
       <c r="B1272">
         <v>2021</v>
       </c>
       <c r="C1272" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta per l'affidamento del servizio di Vigilanza Armata e Guardiania presso le sedi delle Aziende Sanitarie della Regione Lazio indetta con determinazione n. G18766 del 28 dicembre 2017. Affidamento del servizio di pubblicazione dell'avviso di esito della procedura. Impegno di spesa in favore di Pubbligare Management S.r.l. di € 4.049,75 IVA inclusa sul capitolo S23427 - es. fin. 2021. Accertamento sul capitolo di entrata 331530 di € 9.110,80 - es. fin. 2021- per recupero spese di pubblicazione.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. "Lavori di efficientamento energetico da eseguirsi presso la «Scuola Elementare Melogrosso», nel Comune di Sezze (LT)" - Dossier LI-ES2-2960292, Intervento A0100E0119. Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno ANAC di € 225,00= sui capitoli U0000A42134-U0000A42135- U0000A42136, nomina Direttore Lavori, e CSE. CUP F14D17000400006 - CIG 8780888A00</t>
         </is>
       </c>
       <c r="D1272" t="s">
-        <v>1119</v>
+        <v>1130</v>
       </c>
       <c r="E1272" s="2">
-        <v>44299</v>
+        <v>44371</v>
       </c>
     </row>
     <row r="1273">
       <c r="A1273">
-        <v>2322</v>
+        <v>2364</v>
       </c>
       <c r="B1273">
         <v>2021</v>
       </c>
       <c r="C1273" t="inlineStr">
         <is>
-          <t>Conferimento di incarico ex art. 36, comma 2), lettera a), del D. Lgs. n. 50/2016, del servizio di consulenza tecnica di parte all'Architetto Alessandro Paolucci per conto della Regione Lazio nel procedimento presso il Tribunale Civile di Viterbo r.g.n. 2916/2018 Bassi C., Paolucci A. e HDP sas c/ R.L. + Assicuratori dei Lloyd.s, chiamati in causa - azione di risarcimento danni causati da movimento franoso in Civita di Bagnoregio - Loc. Mercatello (fascicolo Avvocatura n. 1538/2018 - Avvocato incaricato Alessandro Steri). Impegno di spesa di € 10.688,00 sul capitolo R21420 (missione 01 - Programma 11 - Aggregato 1.03.02.11.000) esercizio 2021 - codice creditore n. 204790 SMART CIG: ZC530FC056.</t>
+          <t>Gara comunitaria a procedura aperta finalizzata alla stipula di Convenzioni Quadro per l'acquisizione e distribuzione di Ausili per incontinenti per le esigenze delle Aziende Sanitarie della Regione Lazio.</t>
         </is>
       </c>
       <c r="D1273" t="s">
-        <v>1120</v>
+        <v>1131</v>
       </c>
       <c r="E1273" s="2">
-        <v>44299</v>
+        <v>44370</v>
       </c>
     </row>
     <row r="1274">
       <c r="A1274">
-        <v>2321</v>
+        <v>2361</v>
       </c>
       <c r="B1274">
         <v>2021</v>
       </c>
       <c r="C1274" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile Dossier LIES2-2740248 - Intervento A0100E0330, presso la Scuola Media "Aldo Manuzio" di Latina Scalo. Affidamento servizio pubblicazione all'Operatore economico Pubbligare Management s.r.l. (cod. creditore 151098) disimpegno € 975,58= ed attribuzione impegno n. 3345/2021 sul Capitolo A42502, accertamento dell'importo di € 1.464,42=sul capitolo di entrata n. 331530.CUP F24D17000010006 _CIG: Z9E311333A</t>
+          <t>POR FESR Lazio 2014 - 2020. Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili", Dossier LI-ES2-1110067_Intervento A0100E0371, e lavori di ristrutturazione presso gli "Uffici Pubblici Ex ASL" sito in Via Garibaldi 7 nel Comune di Monterotondo (RM) da destinare a sede della Compagnia Guardia di Finanza.Affidamento del servizio di pubblicazione dell'Avviso Pubblico per manifestazione di interesse.Impegno di € 1.653,47= sul Capitolo U0000S23427, ) in favore della Lexmedia S.r.l. (cod creditore 112034).CUP F97H17001940002_ Z853201865</t>
         </is>
       </c>
       <c r="D1274" t="s">
-        <v>1121</v>
+        <v>1132</v>
       </c>
       <c r="E1274" s="2">
-        <v>44298</v>
+        <v>44365</v>
       </c>
     </row>
     <row r="1275">
       <c r="A1275">
-        <v>2320</v>
+        <v>2360</v>
       </c>
       <c r="B1275">
         <v>2021</v>
       </c>
       <c r="C1275" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile -Dossier n. LI-ES2 2780277- Intervento n. A0100E0174 "Lavori di efficientamento energetico presso la "Scuola Materna Elementare Media C. Rosatelli" nel Comune di Roviano (RM)". Affidamento dei servizi di ingegneria e architettura di importo inferiore a Euro 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020. Incarico per la redazione della progettazione della perizia di variante all'ing. Vincenzo Paniccia (cod. creditore 204914). Approvazione schema lettera di accettazione incarico professionale. Impegno sui capitoli A42200 - A42201 - A42202 - CUP F94D17000130006 - CIG 8681525D0E</t>
+          <t>Progetto STAR-Cities -Sustainable Tourism for Attractivity of Riverside Cities. Programma di Cooperazione Territoriale Europea Interreg Europe 2014-2020 - CUP F79F18000200006 ? SmartCIG ZF92D3ED84. Affidamento di incarico esterno per lo sviluppo di linee guida e modelli comuni tra i partner, per la preparazione dei piani d'azione e il successivo monitoraggio nella fase 2 del Progetto. Procedura di acquisizione sotto soglia, ai sensi dell'art. 36 del D.Lgs. 50/2016 ss. mm. ii., con l'utilizzo della piattaforma MEPA/Consip. Determinazione a contrarre. Approvazione del documento tecnico e impegno di spesa, a favore di Creditori diversi, di euro 20.000,00 (IVA ed oneri compresi) sui capitoli A33180 e A33181 - Es. Fin. 2020.
+</t>
         </is>
       </c>
       <c r="D1275" t="s">
-        <v>1122</v>
+        <v>1133</v>
       </c>
       <c r="E1275" s="2">
-        <v>44294</v>
+        <v>44361</v>
       </c>
     </row>
     <row r="1276">
       <c r="A1276">
-        <v>2319</v>
+        <v>2359</v>
       </c>
       <c r="B1276">
         <v>2021</v>
       </c>
       <c r="C1276" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Dossier - LI-ES2-1860264 - Intervento A0100E0141, presso la Scuola ITIS Viterbo (VT). Affidamento servizio pubblicazioneall'Operatore economico VIVENDA s.r.l (cod. creditore 155297) disimpegno € 1.033,18= ed attribuzione impegno n. 76635/2020 sul Capitolo A42502, accertamento dell'importo di € 1.406,82= sul capitolo di entrata n. 331530. CUP F87D18000540009 _CIG: ZD030EB2BB</t>
+          <t>Contratto di servizio per l'affidamento dei servizi pubblici di cabotaggio marittimo di collegamento con le isole dell'arcipelago pontino, sottoscritto tra la Regione Lazio e la Laziomar S.p.A. in data 15/01/2014. Approvazione del nuovo programma d'esercizio e Approvazione schema di Atto Aggiuntivo per il periodo 01.06.2021 - 31.05.2022.
+</t>
         </is>
       </c>
       <c r="D1276" t="s">
-        <v>1123</v>
+        <v>590</v>
       </c>
       <c r="E1276" s="2">
-        <v>44292</v>
+        <v>44357</v>
       </c>
     </row>
     <row r="1277">
       <c r="A1277">
-        <v>2318</v>
+        <v>2358</v>
       </c>
       <c r="B1277">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1277" t="inlineStr">
         <is>
-          <t>Servizio di pubblicazione del bando e degli avvisi di gara relativi alla Procedura aperta d'urgenza per la conclusione di un accordo quadro per l'acquisizione di pulsossimetri da dito occorrenti alle Aziende Sanitarie della Regione Lazio, necessari per la gestione dell'emergenza sanitaria covid-19-2. CIG n. ZB12F357B6. Determina di affidamento e impegno di spesa 2.395,00 IVA compresa, cap. H21509, Es. Fin. 2020, in favore di Info s.r.l. (cod. cred/deb. 54979)</t>
+          <t>Lavori di manutenzione straordinaria e riqualificazione architettonica di beni immobili appartenenti o in uso alla Regione Lazio per il triennio 2021/2024 suddiviso in 3 Lotti funzionali.
+</t>
         </is>
       </c>
       <c r="D1277" t="s">
-        <v>1124</v>
+        <v>1134</v>
       </c>
       <c r="E1277" s="2">
-        <v>44280</v>
+        <v>44357</v>
       </c>
     </row>
     <row r="1278">
       <c r="A1278">
-        <v>2317</v>
+        <v>2357</v>
       </c>
       <c r="B1278">
         <v>2021</v>
       </c>
       <c r="C1278" t="inlineStr">
         <is>
-          <t>Accordo Quadro (art. 54, D.lgs. 50/16) con unico operatore, avente ad oggetto l'affidamento degli interventi di demolizione di manufatti pericolanti, manutenzione ordinaria e lavori di sanificazione e riqualificazione negli immobili regionali, ivi compreso lo smaltimento dei relativi rifiuti. Impegno di spesa sul Capitolo S21900 del Bilancio della Regione Lazio, es. fin. 2021, di:€ 181.780,00 a favore di GMAST ECOLOGICA s.r.l., con sede in Roma. Via Acuto n. 8, C.F. / P.IVA 13614531005. C.I.G.: 86741929AD.€ 11.780,00 a favore dell'Arch. Daniela Filastò, con studio in Roma, via di Pietralata n. 159/A, C.F.: FLSDNL66E52C352Z, P.IVA 06585251009. SMART C.I.G.: Z2131103CF.</t>
-[...3 lines deleted...]
-        <v>1125</v>
+          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento della fornitura di prodotti nutrizionali da somministrare per via enterale e/o os e latti occorrenti alle Aziende Sanitarie della Regione Lazio.&amp;nbsp;Numero Gara 8183575
+</t>
+        </is>
+      </c>
+      <c r="D1278" t="inlineStr">
+        <is>
+          <t>8791404017; 8793128EC3; 8793146D9E; 87931565E1; 8793163BA6; 8793167EF2; 879317558F; 8793185DCD; 879318804B; 8793198889; 879320919F; 87932134EB; 879322707A; 87932313C6; 8793235712, 879323898B; 8793245F50; 8793262D58; 87932714C8; 87932936EF; 8793300CB4; 87933050D8; 8793313770, 8793325159; 8793362FDD; 8793397CC0; 8793417D41: 87934264B1; 8793433A76; 87934432B9; 8793446532; 87934497AB; 8793455C9D; 8793458F16; 8793462267; 8793468759; 87934719D2; 8793477EC4; 8793481215; 8793485561; 87934898AD; 8793492B26; 879349801D; 8793501296; 8793502369; 879350343C; 8793507788; 879350885B; 8793511AD4; 8793513C7A; 8793515E20; 8793517FC6; 879351809E; 8793520244; 8793521317; 87935223EA; 87935234BD; 8793525663; 87935299AF; 8793530A82; 8793532C28; 8793534DCE; 8793536F74; 879353811F; 87935402C5; 879354246B; 87935467B7; 8793549A30; 8793550B03; 8793552CA9; 8793555F22; 87935570CD; 87935581A0; 8793559273; 8793561419; 87935624EC; 87935635BF
+</t>
+        </is>
       </c>
       <c r="E1278" s="2">
-        <v>44278</v>
+        <v>44363</v>
       </c>
     </row>
     <row r="1279">
       <c r="A1279">
-        <v>2316</v>
+        <v>2356</v>
       </c>
       <c r="B1279">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1279" t="inlineStr">
         <is>
-          <t>Lavori di rifacimento di rifacimento di parte delle condotte idriche degli acquedotti regionali di Palidoro, Castel di Guido, Paola Merla, Malagrotta, Cecanibbio, Massimina. 
+          <t>Gara comunitaria centralizzata a procedura aperta per l'affidamento del servizio di tesoreria occorrente alle Aziende Sanitarie della Regione Lazio. Numero Gara 8179103
 </t>
         </is>
       </c>
       <c r="D1279" t="s">
-        <v>1126</v>
+        <v>1135</v>
       </c>
       <c r="E1279" s="2">
-        <v>44278</v>
+        <v>44358</v>
       </c>
     </row>
     <row r="1280">
       <c r="A1280">
-        <v>2315</v>
+        <v>2355</v>
       </c>
       <c r="B1280">
         <v>2021</v>
       </c>
       <c r="C1280" t="inlineStr">
         <is>
-          <t>Disposizioni per fronteggiare l'emergenza conseguente all'incendio del piano terra della Palazzina B sede degli Uffici della Giunta Regione Lazio siti in Roma, via Cristoforo Colombo n. 212. - I202001055. Aggiudicazione e rimodulazione quadro economico finanziario degli interventi di ricostruzione, efficientamento energetico, riqualificazione funzionale e rispristino dell'atrio d'ingresso e degli spazi ufficio e di accoglienza della palazzina B sede degli Uffici della Giunta Regione Lazio, giusta Determinazione G15151 del 11/12/2020 - CIG: 8550697263. Contestuale affidamento ai sensi dell'art. 63, comma 3, D. Lgs. 50/2016, per la fornitura di varchi di accesso motorizzato in favore della ditta ELTIME s.r.l. CIG: 863895967D.</t>
-[...3 lines deleted...]
-        <v>8550697263</v>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2160153 - Intervento A0100E0072, presso la Scuola Elementare Nino Manfredi sita in Via Corropoli n. 122, Roma Capitale. Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno ANAC di € 225,00= sui capitoli A42134-A42135-A42136, nomina Direttore Lavori, e CSE. CUP F87D18000550006 CIG 8770330146
+</t>
+        </is>
+      </c>
+      <c r="D1280" t="s">
+        <v>1136</v>
       </c>
       <c r="E1280" s="2">
-        <v>44277</v>
+        <v>44357</v>
       </c>
     </row>
     <row r="1281">
       <c r="A1281">
-        <v>2314</v>
+        <v>2354</v>
       </c>
       <c r="B1281">
         <v>2021</v>
       </c>
       <c r="C1281" t="inlineStr">
         <is>
-          <t>Procedura aperta, suddivisa in 6 Lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi di facchinaggio e di trasloco, destinati alle Amministrazioni del territorio della Regione Lazio.</t>
+          <t>Gestione del servizio di trasporto pubblico ferroviario di interesse regionale e locale sulle ferrovie Regionali Roma-Lido, Roma-Viterbo e Roma-Giardinetti. Presa d’atto del servizio svolto da ATAC S.p.A., in regime di proroga del Contratto di servizio relativo al biennio 2017-2019, nelle more del perfezionamento del subentro delle società regionali in house COTRAL S.p.A. e ASTRAL S.p.A. in attuazione delle DGR 688/2019, 288/2020 e 926/2020.
+</t>
         </is>
       </c>
       <c r="D1281" t="s">
-        <v>1127</v>
+        <v>590</v>
       </c>
       <c r="E1281" s="2">
-        <v>44273</v>
+        <v>44357</v>
       </c>
     </row>
     <row r="1282">
       <c r="A1282">
-        <v>2313</v>
+        <v>2353</v>
       </c>
       <c r="B1282">
         <v>2021</v>
       </c>
       <c r="C1282" t="inlineStr">
         <is>
-          <t>Servizio di auto spurgo, video-ispezione e manutenzione dei tratti fecali e relativi pozzetti di scarico degli immobili sede degli Uffici della Giunta Regione Lazio e dei Centri per l'Impiego siti in Roma per la durata di dodici mesi - Aggiudicazione alla Impresa ************* con sede in ********** (**) - ***********- cap. ***** - P.I. e C.F.: ********(c.cr. ******) e attribuzione alla stessa dell'impegno 2812/2021 sul cap. S21900 del Bilancio Regionale per importo di euro 63.914,04 e disimpegno del ribasso di asta pari a euro 30.971,64 ed euro 30.00 per pagamento ANAC su T19427 es. fin. 2021 - CIG di procedura: 855636254A</t>
+          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento codice 593 denominato "Lavori straordinari ed urgenti di manutenzione dell'alveo del fosso Vallerano dal GRA alla confluenza con il fiume Tevere". Approvazione modifica del contratto in corso di efficacia ai sensi dell'art. 106, comma 1 lettera b) del Dlgs 50/2016. CUP F85H20000110002. CIG Z962FA9658.
+</t>
         </is>
       </c>
       <c r="D1282" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="E1282" s="2">
-        <v>44272</v>
+        <v>44354</v>
       </c>
     </row>
     <row r="1283">
       <c r="A1283">
-        <v>2312</v>
+        <v>2352</v>
       </c>
       <c r="B1283">
         <v>2021</v>
       </c>
       <c r="C1283" t="inlineStr">
         <is>
-          <t>"SERVIZIO PER LA CLASSIFICAZIONE DEI RIFIUTI E L'ELABORAZIONE DEL PIANO DI RIMOZIONE RIFIUTI - SITO EX CARTIERA VITA MAYER". CUP F97F19000170002.- CIG 8535866375 -" Approvazione atti di gara.
+          <t>POR FESR 2014-2020 - Call for proposal “Energia sostenibile 2.0” - Azione 4.1.1Affidamento diretto dei servizi di ingegneria ed architettura di importo inferiore a 5.000,00 euro, ai sensi dell’art. 1, comma 2, lett. a) del D.L. n. 76 del 16/07/2020, convertito, con modificazioni, dalla Legge n. 120 dell’11/09/2020 AVVISO OPERAZIONI DI PUBBLICO SORTEGGIO per l’individuazione degli Operatori Economici abilitati alla Certificazione Energetica degli Edifici (A.P.E.) iscritti nell’Elenco approvato con Determinazione n. G01128 del 08/02/2021, e successiva Determinazione di rettifica n. G01735 del 19/03/2021
 </t>
         </is>
       </c>
       <c r="D1283" t="s">
-        <v>1129</v>
+        <v>590</v>
       </c>
       <c r="E1283" s="2">
-        <v>44266</v>
+        <v>44351</v>
       </c>
     </row>
     <row r="1284">
       <c r="A1284">
-        <v>2311</v>
+        <v>2351</v>
       </c>
       <c r="B1284">
         <v>2021</v>
       </c>
-      <c r="C1284" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1284" t="s">
+        <v>1138</v>
       </c>
       <c r="D1284" t="s">
-        <v>1130</v>
+        <v>1139</v>
       </c>
       <c r="E1284" s="2">
-        <v>44266</v>
+        <v>44350</v>
       </c>
     </row>
     <row r="1285">
       <c r="A1285">
-        <v>2310</v>
+        <v>2350</v>
       </c>
       <c r="B1285">
         <v>2021</v>
       </c>
       <c r="C1285" t="inlineStr">
         <is>
-          <t>Procedura di gara, sul Mercato elettronico della Regione Lazio (M.E.LA.) ai sensi dell'art. 36 comma 6, D.lgs. 50/2016, per l'affidamento del "Servizio di pubblicazioni legali dei bandi e avvisi di gara della Regione Lazio". CIG 86426479EB. </t>
+          <t>Eliminazione del degrado igienico sanitario ed ambientale e ripristino delle condizioni di sicurezza idraulica delle aree site in Roma nei pressi di Ponte Marconi prospiciente lungotevere di Pietra Papa nonché dell’area prospiciente il Parco della Magliana, con abbattimento di manufatti precari, taglio della vegetazione e raccolta dei rifiuti, carico e trasporto ai centri di trattamento con avvio al recupero e/o smaltimento.
+</t>
         </is>
       </c>
       <c r="D1285" t="s">
-        <v>1131</v>
+        <v>1140</v>
       </c>
       <c r="E1285" s="2">
-        <v>44266</v>
+        <v>44350</v>
       </c>
     </row>
     <row r="1286">
       <c r="A1286">
-        <v>2309</v>
+        <v>2349</v>
       </c>
       <c r="B1286">
         <v>2021</v>
       </c>
       <c r="C1286" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Dossier LI-ES2-2160189_Intervento A0100E0079 presso la "Scuola Elementare "U. Cerboni" nel Comune di Roma. Affidamento servizio pubblicazione all'Operatore economico LEXMEDIA S.r.l. (cod. creditore 112034) disimpegno € 1.321,67= ed attribuzione impegno n. 85822/2020 sul Capitolo A42502, accertamento dell'importo di € 1.484,33=sul capitolo di entrata n.331530.CUP F86C17000050006 CIG: Z36305C8DA</t>
+          <t>FORUM P.A. 2021 (21-25 giugno). Realizzazione di una rubrica quotidiana online di 40' sulla piattaforma dedicata del Forum. Impegno di € 24.400,00 (Iva inclusa). Capitolo R31902 - Esercizio finanziario 2021.
+</t>
         </is>
       </c>
       <c r="D1286" t="s">
-        <v>1132</v>
+        <v>1141</v>
       </c>
       <c r="E1286" s="2">
-        <v>44265</v>
+        <v>44348</v>
       </c>
     </row>
     <row r="1287">
       <c r="A1287">
-        <v>2308</v>
+        <v>2348</v>
       </c>
       <c r="B1287">
         <v>2021</v>
       </c>
       <c r="C1287" t="inlineStr">
         <is>
-          <t>Appalto specifico per l’acquisizione di Vaccini antinfluenzali 2021/2022 occorrenti alle Aziende Sanitarie della Regione Lazio, nell’ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori – Determina a contrarre. Approvazione schemi, atti e indizione gara. Numero Gara 8077813</t>
+          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs n.50 del 2016, per la concessione di licenza d'uso di "IOPythagoras",a scopi analitici e di valutazione per l'anno 2021, a favore di IRPET.
+</t>
         </is>
       </c>
       <c r="D1287" t="s">
-        <v>1133</v>
+        <v>1142</v>
       </c>
       <c r="E1287" s="2">
-        <v>44265</v>
+        <v>44343</v>
       </c>
     </row>
     <row r="1288">
       <c r="A1288">
-        <v>2307</v>
+        <v>2347</v>
       </c>
       <c r="B1288">
         <v>2021</v>
       </c>
-      <c r="C1288" t="s">
-        <v>1134</v>
+      <c r="C1288" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, per l'affidamento dei lavori finalizzati alla realizzazione di un locale idoneo per il trattamento degli stranieri nel periodo di definizione dell'udienza di convalida dell'esecuzione del provvedimento di espulsione. (D.L. 4/10/2018 convertito in Legge n. 132/2018). CIG : 8741319CA0 - CUP F56C20000110006
+</t>
+        </is>
       </c>
       <c r="D1288" t="s">
-        <v>1135</v>
+        <v>1143</v>
       </c>
       <c r="E1288" s="2">
-        <v>44264</v>
+        <v>44342</v>
       </c>
     </row>
     <row r="1289">
       <c r="A1289">
-        <v>2306</v>
+        <v>2345</v>
       </c>
       <c r="B1289">
         <v>2021</v>
       </c>
       <c r="C1289" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, dei lavori urgenti di manutenzione delle banchine del fiume Tevere a seguito della recente ondata di piena.</t>
-[...3 lines deleted...]
-        <v>8657762338</v>
+          <t>Realizzazione del "Rifugio montano in località Pantani nel Comune di Accumoli". Approvazione del progetto definitivo redatto ai sensi dell'art. 23, del D.Lgs 18 Aprile 2016. n. 50, dichiarazione della pubblica utilità e apposizione del vincolo preordinato all'esproprio. CUP F68C18000150002
+</t>
+        </is>
+      </c>
+      <c r="D1289" t="s">
+        <v>590</v>
       </c>
       <c r="E1289" s="2">
-        <v>44263</v>
+        <v>44342</v>
       </c>
     </row>
     <row r="1290">
       <c r="A1290">
-        <v>2305</v>
+        <v>2343</v>
       </c>
       <c r="B1290">
         <v>2021</v>
       </c>
       <c r="C1290" t="inlineStr">
         <is>
-          <t>Affidamento del servizio di pubblicazione per la proroga dei termini di presentazione delle offerte nell'ambito della "Gara comunitaria a procedura aperta per l'acquisizione e la distribuzione di cannule e cateteri da destinare in assistenza territoriale ai pazienti delle Aziende Sanitarie della Regione Lazio". Impegno di spesa € 1.143,62 sul cap. H21509, Es. Fin. 2021, in favore della Soc. Lexmedia Srl (cod. creditore 112034).</t>
+          <t>Lavori finalizzati all'eliminazione del degrado igienico sanitario ed ambientale e ripristino delle condizioni di sicurezza idraulica delle aree site in Roma nei pressi di Ponte Marconi e prospiciente il Lungotevere di Pietra Papa nonché quella prospiciente il Parco della Magliana.</t>
         </is>
       </c>
       <c r="D1290" t="s">
-        <v>1136</v>
+        <v>6</v>
       </c>
       <c r="E1290" s="2">
-        <v>44257</v>
+        <v>44327</v>
       </c>
     </row>
     <row r="1291">
       <c r="A1291">
-        <v>2304</v>
+        <v>2342</v>
       </c>
       <c r="B1291">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C1291" t="inlineStr">
         <is>
-          <t>Appalto specifico per l’acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Farmaci 2020_settima tranche, nell’ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori – Determinazione a contrarre. Approvazione schemi, atti e indizione gara. ID Anac 8066928.
-</t>
+          <t>OCM Ortofrutta (Reg. UE n. 1308/2013, Reg. UE n. 2017/891 e Reg. UE n. 217/892, D.M. 8867 del 13.08.2019) - Determina a contrarre per un affidamento diretto tramite M.E.P.A. per le prestazioni professionali per il controllo istruttorio finalizzato al rilascio da parte della Regione Lazio dei provvedimenti di approvazione dei Programmi Operativi pluriennali presentati dalle organizzazioni di produttori a decorrere dall'annualità 2021, delle modifiche annuali ai programmi già approvati per l'annualità 2021 e/o delle modifiche in corso d'anno per l'annualità 2020 nonché dei provvedimenti di riconoscimento delle Organizzazioni di Produttori (OP) - Impegno di spesa di Euro 23.729,00 (Esercizio 2020) e prenotazione di Euro 23.729,00 (Esercizio finanziario 2021) in favore di Origine Consulting srl, codice creditore 203170, sul capitolo S21410, pdc 1.03.02.11.999– SMART CIG: ZF32F85A4E </t>
         </is>
       </c>
       <c r="D1291" t="s">
-        <v>1137</v>
+        <v>1144</v>
       </c>
       <c r="E1291" s="2">
-        <v>44257</v>
+        <v>44327</v>
       </c>
     </row>
     <row r="1292">
       <c r="A1292">
-        <v>2303</v>
+        <v>2341</v>
       </c>
       <c r="B1292">
         <v>2021</v>
       </c>
       <c r="C1292" t="inlineStr">
         <is>
-          <t>Procedura aperta ai sensi dell’art. 60 del D.lgs. n. 50/2016 finalizzata all'affidamento del “servizio di progettazione concernente lo studio delle portate di deflusso dei fossi e collettori immissari degli impianti idrovori di via Salaria e via Flaminia sul fiume Tevere, la realizzazione delle nuove apparecchiature elettromeccaniche di sollevamento e l'adeguamento strutturale degli edifici e delle pertinenze costituenti i medesimi impianti idrovori”, rientrante nell'ambito dell’intervento di manutenzione straordinaria degli impianti idrovori sul fiume Tevere, situati nel tratto urbano della città di Roma tra Via Salaria e Via Flaminia. Pubblicazione documentazione di gara
-</t>
+          <t>Procedura aperta, ai sensi dell'art. 60 del D.lgs. 50/2016 e ss.mm.ii., sopra soglia comunitaria, per l'affidamento dell'incarico di progettazione definitiva ed esecutiva, compresa relazione geologica e il coordinamento della sicurezza in fase di progettazione, relativo ai lavori di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale Ordinanza n. 109 del 21/11/2020 - codice intervento n. 354. Determina a contrarre ed approvazione degli atti di gara. CUP F74J20000010005 - CIG 8699012BC9</t>
         </is>
       </c>
       <c r="D1292" t="s">
-        <v>1138</v>
+        <v>1145</v>
       </c>
       <c r="E1292" s="2">
-        <v>44257</v>
+        <v>44327</v>
       </c>
     </row>
     <row r="1293">
       <c r="A1293">
-        <v>2302</v>
+        <v>2340</v>
       </c>
       <c r="B1293">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1293" t="inlineStr">
         <is>
-          <t>Determinazione G15842 del 21/12/2020 - Servizio di manutenzione degli impianti non coperti da altro contratto degli immobili individuati come "Edificio A5B" ed "Edificio A5C" del complesso denominato "Camporomano" - durata di sei mesi - Aggiudicazione all'Impresa ************ s.r.l. (cod. cred. ******) e attribuzione alla stessa dell'impegno n. 84625/2020 assunto sul cap. S21900 del Bilancio regionale per l'importo di € 71.204,68 e disimpegno del ribasso d'asta pari a € 11.107,26. CIG: 8558484C69.</t>
+          <t>Trattativa diretta sul MePa per l'affidamento, ai sensi dell'articolo 36, comma 2, lett. a) del D.lgs. 50/2016 e dell'art. 1, comma 2, lett. a) della legge n. 120/2020, per l'affidamento dei servizi di supporto specialistico per la predisposizione dei piani economici finanziari simulati per avvio dell'affidamento dei servizi di trasporto pubblico urbano e interurbano su gomma. Determina a contrarre.</t>
         </is>
       </c>
       <c r="D1293" t="s">
-        <v>1139</v>
+        <v>6</v>
       </c>
       <c r="E1293" s="2">
-        <v>44251</v>
+        <v>44326</v>
       </c>
     </row>
     <row r="1294">
       <c r="A1294">
-        <v>2301</v>
+        <v>2339</v>
       </c>
       <c r="B1294">
         <v>2021</v>
       </c>
-      <c r="C1294" t="inlineStr">
-[...3 lines deleted...]
-        </is>
+      <c r="C1294" t="s">
+        <v>1146</v>
       </c>
       <c r="D1294" t="s">
-        <v>1140</v>
+        <v>6</v>
       </c>
       <c r="E1294" s="2">
-        <v>44251</v>
+        <v>44326</v>
       </c>
     </row>
     <row r="1295">
       <c r="A1295">
-        <v>2300</v>
+        <v>2338</v>
       </c>
       <c r="B1295">
         <v>2021</v>
       </c>
-      <c r="C1295" t="inlineStr">
-[...3 lines deleted...]
-        </is>
+      <c r="C1295" t="s">
+        <v>1147</v>
       </c>
       <c r="D1295" t="s">
-        <v>1141</v>
+        <v>1148</v>
       </c>
       <c r="E1295" s="2">
-        <v>44246</v>
+        <v>44323</v>
       </c>
     </row>
     <row r="1296">
       <c r="A1296">
-        <v>2299</v>
+        <v>2337</v>
       </c>
       <c r="B1296">
         <v>2021</v>
       </c>
       <c r="C1296" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 388/2016: Ulteriori interventi urgenti di protezione civile conseguenti l'eccezionale evento sismico che ha colpito il territorio delle regioni Lazio, Marche, Umbria e Abruzzo il 24.08.2016. Determina a contrarre per l'affidamento diretto dei lavori di demolizione del piazzale di accesso al supermarket limitrofo all'ex ospedale Grifoni di Amatrice e della scala esterna e di alcune strutture (muri di sostegno in c.a.) integrati nella struttura portante dell'ex Ospedale Grifoni di Amatrice e che avevano la funzione di sostenere la strada S.S. 260 - via Picente. Approvazione atti di gara. CUP F72C21000170005 CIG 8637489967. </t>
-[...3 lines deleted...]
-        <v>8637489967</v>
+          <t>Servizio di pulizia dell'area sita in Roma tra via del Foro Italico e via della Foce dell'Aniene in corrispondenza dell'ex campo nomadi, tramite raccolta dei rifiuti, carico e trasporto ai centri di trattamento con avvio al recupero e/o smaltimento e ripristino delle condizioni di sicurezza idraulica.</t>
+        </is>
+      </c>
+      <c r="D1296" t="s">
+        <v>6</v>
       </c>
       <c r="E1296" s="2">
-        <v>44246</v>
+        <v>44322</v>
       </c>
     </row>
     <row r="1297">
       <c r="A1297">
-        <v>2298</v>
+        <v>2336</v>
       </c>
       <c r="B1297">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1297" t="inlineStr">
         <is>
-          <t>Affidamento diretto a Sapienza, ai sensi dell'art. 36 del d.lgs. n. 50/2016, secondo la Legge n. 120/2020, di: (a) un servizio specialistico statistico-econometrico per l'introduzione di moduli di equazioni;b) un servizio di sviluppo software "CPT"</t>
+          <t>Determinazione a contrarre semplificata per l'affidamento diretto, ai sensi dell'art. 2, comma 2, lettera a) del D.L. 16 luglio 2020, n. 76, dell'incarico di assistenza scavi archeologici, ai sensi dell'art. 25 del DLGS 50/2016, relativo al deposito delle terre di scavo in loc. Collegentilesco - Torrita in Amatrice, per la ricostruzione dell'ospedale di Amatrice. CUP: F78I18000070008 CIG: ZA4318F550.</t>
         </is>
       </c>
       <c r="D1297" t="s">
-        <v>1142</v>
+        <v>1149</v>
       </c>
       <c r="E1297" s="2">
-        <v>44242</v>
+        <v>44320</v>
       </c>
     </row>
     <row r="1298">
       <c r="A1298">
-        <v>2297</v>
+        <v>2335</v>
       </c>
       <c r="B1298">
-        <v>2020</v>
-[...4 lines deleted...]
-        </is>
+        <v>2021</v>
+      </c>
+      <c r="C1298" t="s">
+        <v>1150</v>
       </c>
       <c r="D1298" t="s">
-        <v>1143</v>
+        <v>1151</v>
       </c>
       <c r="E1298" s="2">
-        <v>44242</v>
+        <v>44319</v>
       </c>
     </row>
     <row r="1299">
       <c r="A1299">
-        <v>2296</v>
+        <v>2334</v>
       </c>
       <c r="B1299">
-        <v>2020</v>
-[...4 lines deleted...]
-        </is>
+        <v>2021</v>
+      </c>
+      <c r="C1299" t="s">
+        <v>1152</v>
       </c>
       <c r="D1299" t="s">
-        <v>1144</v>
+        <v>1153</v>
       </c>
       <c r="E1299" s="2">
-        <v>44242</v>
+        <v>44316</v>
       </c>
     </row>
     <row r="1300">
       <c r="A1300">
-        <v>2295</v>
+        <v>2333</v>
       </c>
       <c r="B1300">
         <v>2021</v>
       </c>
       <c r="C1300" t="inlineStr">
         <is>
-          <t>“Intervento di messa in sicurezza della Frazione di Poggio D’Api nel Comune di Accumoli (RI)."di cui all’Ordinanza Commissariale n. 109 del 21/11/2020 CUP: C65J18000160001</t>
+          <t>Procedura negoziata senza previa pubblicazione del bando da espletarsi mediante R.d.O. sul Mercato Elettronico di Regione Lazio, finalizzata all’affidamento della fornitura e installazione di pompe di calore per la climatizzazione di una porzione della sede della giunta regionale della Regione Lazio.</t>
         </is>
       </c>
       <c r="D1300" t="s">
-        <v>6</v>
+        <v>1154</v>
       </c>
       <c r="E1300" s="2">
-        <v>44242</v>
+        <v>44316</v>
       </c>
     </row>
     <row r="1301">
       <c r="A1301">
-        <v>2294</v>
+        <v>2332</v>
       </c>
       <c r="B1301">
         <v>2021</v>
       </c>
       <c r="C1301" t="inlineStr">
         <is>
-          <t>DGR 74/2019 - "Manutenzione e sistemazione delle scogliere emerse di Isola Sacra loc. Passo della Sentinella nel comune di Fiumicino (RM)". Determinazione a contrarre finalizzata all'affidamento dei lavori tramite procedura negoziata di cui all'art. 1, comma 2, lett. b), del Decreto-Legge n. 76 del 16.7.2020, convertito in Legge n. 120 dell'11/09/2020 e approvazione atti di gara. CUP F14D20000050002 - CIG: 8598735C96 
-</t>
+          <t>Avviso pubblico di consultazione preliminare di mercato, ai sensi dell'art. 66 del D. Lgs. 18 aprile 2016 n.50, relativo alla procedura di gara per l'acquisizione del servizio di tesoreria per le Aziende Sanitarie della Regione Lazio.</t>
         </is>
       </c>
       <c r="D1301" t="s">
-        <v>1145</v>
+        <v>1155</v>
       </c>
       <c r="E1301" s="2">
-        <v>44239</v>
+        <v>44314</v>
       </c>
     </row>
     <row r="1302">
       <c r="A1302">
-        <v>2293</v>
+        <v>2331</v>
       </c>
       <c r="B1302">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1302" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs. n. 50/2016, di un servizio di stampa del volume dal titolo "Lazio in Numeri 2020" – ditta Tipografia Eurosia S.r.l., Piazza S. Eurosia - 00154 - ROMA (P.IVA 01702621002)</t>
+          <t>L.R. 55/1984 - D.Lgs. 50/2016. Comune di Valmontone (RM) - Lavori di somma urgenza a seguito della frana di via Nuova - Impegno di spesa complessivo di € 142.475,30 sul Cap. E46551 a favore dell'Impresa MAZZOCCO COSTRUZIONI S.A.S. DI MAZZOCCO ANGELO E C. - Esercizio 2021 - CUP: F97H21001520002 - CIG: 8692188C71 (n. gara 8100748)</t>
         </is>
       </c>
       <c r="D1302" t="s">
-        <v>1146</v>
+        <v>1156</v>
       </c>
       <c r="E1302" s="2">
-        <v>44242</v>
+        <v>44308</v>
       </c>
     </row>
     <row r="1303">
       <c r="A1303">
-        <v>2292</v>
+        <v>2330</v>
       </c>
       <c r="B1303">
         <v>2021</v>
       </c>
-      <c r="C1303" t="s">
-        <v>1147</v>
+      <c r="C1303" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di Vaccini antinfluenzali 2021/2022 - seconda tranche - occorrenti alle Aziende Sanitarie della Regione Lazio, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori - Determina a contrarre. Approvazione schemi, atti e indizione gara. Numero Gara 8119940 
+</t>
+        </is>
       </c>
       <c r="D1303" t="s">
-        <v>1148</v>
+        <v>1157</v>
       </c>
       <c r="E1303" s="2">
-        <v>44236</v>
+        <v>44308</v>
       </c>
     </row>
     <row r="1304">
       <c r="A1304">
-        <v>2291</v>
+        <v>2329</v>
       </c>
       <c r="B1304">
         <v>2020</v>
       </c>
       <c r="C1304" t="inlineStr">
         <is>
-          <t>Servizio di caratterizzazione integrativa e analisi di rischio sito specifica dell'ex discarica ubicata in località "Facciano" in agro del Comune di Pignataro Interamna (FR). Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art. 36, comma 2, lettera b) del D.lgs. n. 50/2016, previa indagine esplorativa del mercato, approvazione progetto, atti di gara e nomina RUP. Approvazione q.e. rimodulato e autorizzazione agli impegni sul capitolo E32504 per un importo totale di € 131.944,82 così suddiviso: a favore di creditori diversi per € 130.555,88 e a favore del Fondo Incentivi ex art. 383 sexies R.R. n. 1/2002 per l'importo di €1.388,94, bilancio regionale e.f. 2020.
+          <t>Interventi per la riqualificazione, pulizia e bonifica delle aree golenali del tratto del Fiume Tevere. “Sistemazione di un’area ricreativa a Marconi e Parco Tevere Magliana – 2 stralcio”. Nomina di responsabile unico del procedimento (R.U.P.) dell’Ing. Antonio Battaglino ai sensi dell'art. 31 del D.lgs. n. 50/2016&amp;nbsp;CUP: F83B19000300002
 </t>
         </is>
       </c>
       <c r="D1304" t="s">
-        <v>1149</v>
+        <v>1158</v>
       </c>
       <c r="E1304" s="2">
-        <v>44232</v>
+        <v>44307</v>
       </c>
     </row>
     <row r="1305">
       <c r="A1305">
-        <v>2290</v>
+        <v>2328</v>
       </c>
       <c r="B1305">
         <v>2021</v>
       </c>
       <c r="C1305" t="inlineStr">
         <is>
-          <t>POR FESR LAZIO 2014-2020. Progetto A0102E0001. Gara europea a procedura aperta ai sensi degli artt. 157 c. 2 e 60 del Decreto Legislativo 18 aprile 2016, n. 50, per l'affidamento dell'incarico dell'Ufficio Direzione Lavori e Coordinamento della&amp;nbsp;sicurezza in fase di esecuzione, relativo ai lavori di "efficientamento energetico dell'edificio sede della Giunta Regionale della Regione Lazio sito in via Cristoforo Colombo 212 - Roma". CUP F82B17002490009 (ex F89B17000260009) - CIG 84501303DF. Determinazione di indizione, ai sensi dell'art. 32 del D.lgs. 50/2016 ed approvazione degli atti di gara.
-</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio - Farmaci 2021_ottava tranche, nell'ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8114858</t>
         </is>
       </c>
       <c r="D1305" t="s">
-        <v>1150</v>
+        <v>6</v>
       </c>
       <c r="E1305" s="2">
-        <v>44229</v>
+        <v>44305</v>
       </c>
     </row>
     <row r="1306">
       <c r="A1306">
-        <v>2289</v>
+        <v>2327</v>
       </c>
       <c r="B1306">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1306" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi del Dlgs 50/2016 art. 36 c. 2 lett. a), di un corso di formazione avente per oggetto la comunicazione efficace nelle situazioni di emergenza, destinato agli operatori tecnici della Centrale unica di risposta NUE 112,Capitolo di spesa E47933 – Impegno di € 16.030,80 (iva inclusa) in favore di Bewise Associazione di Promozione Sociale (cod. 202969) E.F. 2020.</t>
+          <t>Determina a contrarre ed affidamento, ai sensi dell'art. 2. Co. 1) dal Decreto-legge 16 luglio 2020 n. 76, convertito con Legge 11 settembre 2020, n. 120, del servizio di progettazione definitiva ed esecutiva e direzione dei lavori per la realizzazione di un locale idoneo per il trattamento degli stranieri nel periodo di definizione dell'udienza di convalida dell'esecuzione del provvedimento di espulsione. (D.L. 4/10/2018 convertito in Legge n. 132/2018). CUP F56C20000110006 CIG: 8691880E45.</t>
         </is>
       </c>
       <c r="D1306" t="s">
-        <v>1151</v>
+        <v>1159</v>
       </c>
       <c r="E1306" s="2">
-        <v>44228</v>
+        <v>44305</v>
       </c>
     </row>
     <row r="1307">
       <c r="A1307">
-        <v>2288</v>
+        <v>2326</v>
       </c>
       <c r="B1307">
-        <v>2020</v>
-[...7 lines deleted...]
-        <v>8470818426</v>
+        <v>2021</v>
+      </c>
+      <c r="C1307" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D1307" t="s">
+        <v>1161</v>
       </c>
       <c r="E1307" s="2">
-        <v>44225</v>
+        <v>44301</v>
       </c>
     </row>
     <row r="1308">
       <c r="A1308">
-        <v>2287</v>
+        <v>2325</v>
       </c>
       <c r="B1308">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1308" t="inlineStr">
         <is>
-          <t>Procedura negoziata, suddivisa in lotti, ex art. 36, comma 2, lett. b) del D.Lgs. 18 aprile 2016, n. 50 per l'acquisizione tramite MePA del servizio di valutazione tematica del POR Lazio FSE 2014-2020 - Impegno complessivo di spesa di € 134.200,00 IVA inclusa in favore di CREDITORI DIVERSI (cod. creditore 3805), - Attuazione del Programma Operativo 2014-2020 della Regione Lazio FSE - Asse 5 – Assistenza tecnica - Obiettivo specifico AT2.</t>
+          <t>POR FESR Lazio 2014-2020 Call for proposal "Energia sostenibile 2.0" Asse Prioritario 4 Azione 4.1.1 1^Aggiornamento elenco operatori economici abilitati a svolgere il servizio di certificazione della prestazione energetica degli edifici, di importo inferiore a 5.000,00 euro, mediante affidamento diretto ai sensi dell'art. 1, comma 2, lett. a) del D.L. 76/2020, convertito in L. n. 120/2020.
+</t>
         </is>
       </c>
       <c r="D1308" t="s">
-        <v>1152</v>
+        <v>590</v>
       </c>
       <c r="E1308" s="2">
-        <v>44225</v>
+        <v>44301</v>
       </c>
     </row>
     <row r="1309">
       <c r="A1309">
-        <v>2286</v>
+        <v>2324</v>
       </c>
       <c r="B1309">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="C1309" t="inlineStr">
         <is>
-          <t>Procedura per l'acquisizione del servizio di valutazione tematica del POR Lazio FSE 2014/2020 - Impegno complessivo di spesa di € 268.400,00 IVA inclusa – Attuazione del Programma Operativo 2014-2020 della Regione Lazio – FSE- Asse 5 – Assistenza tecnica - Obiettivo specifico AT2.</t>
+          <t>Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, dell'intervento per la rimozione e lo smaltimento della motonave "Tiber 1" presente in prossimità della banchina in sponda sinistra del Fiume Tevere tra il Ponte Umberto I ed il Ponte Sant'Angelo in comune di Roma Capitale. CIG 8699438B55 - CUP F87H21001710002</t>
         </is>
       </c>
       <c r="D1309" t="s">
-        <v>1153</v>
+        <v>1162</v>
       </c>
       <c r="E1309" s="2">
-        <v>44225</v>
+        <v>44300</v>
       </c>
     </row>
     <row r="1310">
       <c r="A1310">
-        <v>2285</v>
+        <v>2323</v>
       </c>
       <c r="B1310">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1310" t="inlineStr">
         <is>
-          <t>POR 2014-2020.Sistema Informativo di Gestione e Monitoraggio dei PO FSE e FESR Lazio. Approvazione Studio di Fattibilità e impegno di spesa per continuità servizi di manutenzione e assistenza tecnica (Fase 1 SFAT) CUP:F81G19000210009</t>
+          <t>Gara comunitaria a procedura aperta per l'affidamento del servizio di Vigilanza Armata e Guardiania presso le sedi delle Aziende Sanitarie della Regione Lazio indetta con determinazione n. G18766 del 28 dicembre 2017. Affidamento del servizio di pubblicazione dell'avviso di esito della procedura. Impegno di spesa in favore di Pubbligare Management S.r.l. di € 4.049,75 IVA inclusa sul capitolo S23427 - es. fin. 2021. Accertamento sul capitolo di entrata 331530 di € 9.110,80 - es. fin. 2021- per recupero spese di pubblicazione.</t>
         </is>
       </c>
       <c r="D1310" t="s">
-        <v>6</v>
+        <v>1163</v>
       </c>
       <c r="E1310" s="2">
-        <v>44225</v>
+        <v>44299</v>
       </c>
     </row>
     <row r="1311">
       <c r="A1311">
-        <v>2284</v>
+        <v>2322</v>
       </c>
       <c r="B1311">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>1154</v>
+        <v>2021</v>
+      </c>
+      <c r="C1311" t="inlineStr">
+        <is>
+          <t>Conferimento di incarico ex art. 36, comma 2), lettera a), del D. Lgs. n. 50/2016, del servizio di consulenza tecnica di parte all'Architetto Alessandro Paolucci per conto della Regione Lazio nel procedimento presso il Tribunale Civile di Viterbo r.g.n. 2916/2018 Bassi C., Paolucci A. e HDP sas c/ R.L. + Assicuratori dei Lloyd.s, chiamati in causa - azione di risarcimento danni causati da movimento franoso in Civita di Bagnoregio - Loc. Mercatello (fascicolo Avvocatura n. 1538/2018 - Avvocato incaricato Alessandro Steri). Impegno di spesa di € 10.688,00 sul capitolo R21420 (missione 01 - Programma 11 - Aggregato 1.03.02.11.000) esercizio 2021 - codice creditore n. 204790 SMART CIG: ZC530FC056.</t>
+        </is>
       </c>
       <c r="D1311" t="s">
-        <v>1155</v>
+        <v>1164</v>
       </c>
       <c r="E1311" s="2">
-        <v>44225</v>
+        <v>44299</v>
       </c>
     </row>
     <row r="1312">
       <c r="A1312">
-        <v>2283</v>
+        <v>2321</v>
       </c>
       <c r="B1312">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1312" t="inlineStr">
         <is>
-          <t>Affidamento a Lazio Innova S.p.A. della realizzazione di specifici interventi finalizzati alla implementazione del progetto comunitario "Prometeus" Interreg Europe 2014-2020. CUP F89J16001960007. II FASE Convenzione - Conferma impegno 23.450,00€</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile Dossier LIES2-2740248 - Intervento A0100E0330, presso la Scuola Media "Aldo Manuzio" di Latina Scalo. Affidamento servizio pubblicazione all'Operatore economico Pubbligare Management s.r.l. (cod. creditore 151098) disimpegno € 975,58= ed attribuzione impegno n. 3345/2021 sul Capitolo A42502, accertamento dell'importo di € 1.464,42=sul capitolo di entrata n. 331530.CUP F24D17000010006 _CIG: Z9E311333A</t>
         </is>
       </c>
       <c r="D1312" t="s">
-        <v>6</v>
+        <v>1165</v>
       </c>
       <c r="E1312" s="2">
-        <v>44224</v>
+        <v>44298</v>
       </c>
     </row>
     <row r="1313">
       <c r="A1313">
-        <v>2282</v>
+        <v>2320</v>
       </c>
       <c r="B1313">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="C1313" t="inlineStr">
         <is>
-          <t>Affidamento a Lazio Innova S.p.A. della realizzazione di specifici interventi finalizzati alla implementazione del progetto comunitario "Prometeus"- Interreg Europe 2014-2020. CUP F89J16001960007. I FASE Convenzione Lazio Innova 93.800,00€</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile -Dossier n. LI-ES2 2780277- Intervento n. A0100E0174 "Lavori di efficientamento energetico presso la "Scuola Materna Elementare Media C. Rosatelli" nel Comune di Roviano (RM)". Affidamento dei servizi di ingegneria e architettura di importo inferiore a Euro 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020. Incarico per la redazione della progettazione della perizia di variante all'ing. Vincenzo Paniccia (cod. creditore 204914). Approvazione schema lettera di accettazione incarico professionale. Impegno sui capitoli A42200 - A42201 - A42202 - CUP F94D17000130006 - CIG 8681525D0E</t>
         </is>
       </c>
       <c r="D1313" t="s">
-        <v>6</v>
+        <v>1166</v>
       </c>
       <c r="E1313" s="2">
-        <v>44224</v>
+        <v>44294</v>
       </c>
     </row>
     <row r="1314">
       <c r="A1314">
-        <v>2281</v>
+        <v>2319</v>
       </c>
       <c r="B1314">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1314" t="inlineStr">
         <is>
-          <t>Progetto Comunitario "SMART HY-AWARE - Smart solutions for HYdrogen potential AWAReness Enhancing" - Programma Interreg Europe 2014-2020 - Obiettivo Specifico 3.1. PGI05931 - CUP F82G18000150007. Affidamento a Lazio Innova S.p.A. della realizzazione di attività finalizzate al perseguimento di obiettivi aventi carattere generale nell'ambito del Progetto. Approvazione Schema di Convenzione contenente le modalità di realizzazione ed esecuzione delle attività richieste. Impegno di spesa complessivo euro 68.867,00 sui capitoli A33230 (quota FESR euro 58.536,95) e A33231 (quota nazionale euro 10.330,05) in favore di Lazio Innova S.p.A. (codice creditore 59621). Es. fin. 2020 e pluriennale 2021. Piano dei conti finanziario fino al IV livello 1.04.03.01.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Dossier - LI-ES2-1860264 - Intervento A0100E0141, presso la Scuola ITIS Viterbo (VT). Affidamento servizio pubblicazioneall'Operatore economico VIVENDA s.r.l (cod. creditore 155297) disimpegno € 1.033,18= ed attribuzione impegno n. 76635/2020 sul Capitolo A42502, accertamento dell'importo di € 1.406,82= sul capitolo di entrata n. 331530. CUP F87D18000540009 _CIG: ZD030EB2BB</t>
         </is>
       </c>
       <c r="D1314" t="s">
-        <v>6</v>
+        <v>1167</v>
       </c>
       <c r="E1314" s="2">
-        <v>44224</v>
+        <v>44292</v>
       </c>
     </row>
     <row r="1315">
       <c r="A1315">
-        <v>2280</v>
+        <v>2318</v>
       </c>
       <c r="B1315">
         <v>2020</v>
       </c>
       <c r="C1315" t="inlineStr">
         <is>
-          <t>Determina a contrarre ai sensi dell'art. 32 del D.lgs. 50/2016 di autorizzazione dell'espletamento di una procedura negoziata per la stipula di un Accordo Quadro (art. 54, D.lgs. 50/16), avente ad oggetto i lavori di messa in sicurezza e di manutenzione delle essenze arboree ubicate sulle fasce frangivento presenti nel territorio di Latina e Provincia – 4 Lotti Funzionali. Impegni e prenotazioni di spesa sul Bilancio Pluriennale della Regione Lazio, ess. finn. 2020-2021:sul capitolo S22501 per € 1.292.624,24 per lavori, sul capitolo S22501 per € 55.998,00 per incarico di Direzione dei Lavori,sul capitolo S22501 per € 44.408,00 per incarico di Coordinamento per la sicurezza in fase di esecuzione,€ 20.992,47 sul capitolo S22501, accertamento in entrata di € 20.992,47 sui capitoli 341559, 341562 e 341563, a titolo d'incentivi al personale dipendente.</t>
+          <t>Servizio di pubblicazione del bando e degli avvisi di gara relativi alla Procedura aperta d'urgenza per la conclusione di un accordo quadro per l'acquisizione di pulsossimetri da dito occorrenti alle Aziende Sanitarie della Regione Lazio, necessari per la gestione dell'emergenza sanitaria covid-19-2. CIG n. ZB12F357B6. Determina di affidamento e impegno di spesa 2.395,00 IVA compresa, cap. H21509, Es. Fin. 2020, in favore di Info s.r.l. (cod. cred/deb. 54979)</t>
         </is>
       </c>
       <c r="D1315" t="s">
-        <v>1156</v>
+        <v>1168</v>
       </c>
       <c r="E1315" s="2">
-        <v>44223</v>
+        <v>44280</v>
       </c>
     </row>
     <row r="1316">
       <c r="A1316">
-        <v>2279</v>
+        <v>2317</v>
       </c>
       <c r="B1316">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1316" t="inlineStr">
         <is>
-          <t>Affidamento del servizio per la “Realizzazione di un gemello digitale (Digital Twin) delle Aree portuali di Anzio, Formia, Terracina e Ventotene” - Approvazione dello Schema di Convenzione ai sensi dell'Art.15 della L.241/1990, ed impegno di spesa di € 390.000,00 sul cap. D22510 Missione 10 Programma 03 Aggr. 2.02.01.07.000 denominato “Armo - interventi regionali per l'adeguamento dell'esistente sistema portuale laziale (L.R. n. 72 del 29/11/1984) § Hardware” esercizio finanziario 2020 in favore del CITERA dell’Università degli Studi di Roma “La Sapienza (cod. cred. 2611) CIG 8501518A95 – CUP F61F20000070002. </t>
+          <t>Accordo Quadro (art. 54, D.lgs. 50/16) con unico operatore, avente ad oggetto l'affidamento degli interventi di demolizione di manufatti pericolanti, manutenzione ordinaria e lavori di sanificazione e riqualificazione negli immobili regionali, ivi compreso lo smaltimento dei relativi rifiuti. Impegno di spesa sul Capitolo S21900 del Bilancio della Regione Lazio, es. fin. 2021, di:€ 181.780,00 a favore di GMAST ECOLOGICA s.r.l., con sede in Roma. Via Acuto n. 8, C.F. / P.IVA 13614531005. C.I.G.: 86741929AD.€ 11.780,00 a favore dell'Arch. Daniela Filastò, con studio in Roma, via di Pietralata n. 159/A, C.F.: FLSDNL66E52C352Z, P.IVA 06585251009. SMART C.I.G.: Z2131103CF.</t>
         </is>
       </c>
       <c r="D1316" t="s">
-        <v>1157</v>
+        <v>1169</v>
       </c>
       <c r="E1316" s="2">
-        <v>44221</v>
+        <v>44278</v>
       </c>
     </row>
     <row r="1317">
       <c r="A1317">
-        <v>2278</v>
+        <v>2316</v>
       </c>
       <c r="B1317">
         <v>2020</v>
       </c>
       <c r="C1317" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di accordi quadro per la fornitura di tecnologie informatiche destinate alle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Approvazione atti e provvedimento di indizione. Valore complessivo della procedura pari ad euro 5.058.278,69 IVA esclusa.</t>
+          <t>Lavori di rifacimento di rifacimento di parte delle condotte idriche degli acquedotti regionali di Palidoro, Castel di Guido, Paola Merla, Malagrotta, Cecanibbio, Massimina. 
+</t>
         </is>
       </c>
       <c r="D1317" t="s">
-        <v>1158</v>
+        <v>1170</v>
       </c>
       <c r="E1317" s="2">
-        <v>44221</v>
+        <v>44278</v>
       </c>
     </row>
     <row r="1318">
       <c r="A1318">
-        <v>2277</v>
+        <v>2315</v>
       </c>
       <c r="B1318">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1318" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di accordi quadro per la fornitura di basse e medie tecnologie elettromedicali destinate alle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Approvazione atti e provvedimento di indizione. Importo complessivo di gara: euro 25.225.377,05 (iva esclusa).</t>
-[...3 lines deleted...]
-        <v>1159</v>
+          <t>Disposizioni per fronteggiare l'emergenza conseguente all'incendio del piano terra della Palazzina B sede degli Uffici della Giunta Regione Lazio siti in Roma, via Cristoforo Colombo n. 212. - I202001055. Aggiudicazione e rimodulazione quadro economico finanziario degli interventi di ricostruzione, efficientamento energetico, riqualificazione funzionale e rispristino dell'atrio d'ingresso e degli spazi ufficio e di accoglienza della palazzina B sede degli Uffici della Giunta Regione Lazio, giusta Determinazione G15151 del 11/12/2020 - CIG: 8550697263. Contestuale affidamento ai sensi dell'art. 63, comma 3, D. Lgs. 50/2016, per la fornitura di varchi di accesso motorizzato in favore della ditta ELTIME s.r.l. CIG: 863895967D.</t>
+        </is>
+      </c>
+      <c r="D1318">
+        <v>8550697263</v>
       </c>
       <c r="E1318" s="2">
-        <v>44221</v>
+        <v>44277</v>
       </c>
     </row>
     <row r="1319">
       <c r="A1319">
-        <v>2276</v>
+        <v>2314</v>
       </c>
       <c r="B1319">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1319" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 10 lotti, finalizzata alla stipula di accordi quadro per la fornitura di guanti monouso da destinare alle Aziende Sanitarie ed Ospedaliere della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.
-</t>
+          <t>Procedura aperta, suddivisa in 6 Lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi di facchinaggio e di trasloco, destinati alle Amministrazioni del territorio della Regione Lazio.</t>
         </is>
       </c>
       <c r="D1319" t="s">
-        <v>1160</v>
+        <v>1171</v>
       </c>
       <c r="E1319" s="2">
-        <v>44221</v>
+        <v>44273</v>
       </c>
     </row>
     <row r="1320">
       <c r="A1320">
-        <v>2275</v>
+        <v>2313</v>
       </c>
       <c r="B1320">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1320" t="inlineStr">
         <is>
-          <t>Nomine Consigli di Disciplina presso le Aziende di Trasporto Pubblico, di competenza della Regione Lazio, ex Art. 54 del Regolamento - Allegato "A" - al Regio Decreto 8 gennaio 1931, n. 148 e ss.mm.ii. Rinnovo dell'"Avviso" pubblico per manifestazioni di interesse ad assumere l'incarico di "Presidente" di detti Consigli di Disciplina</t>
+          <t>Servizio di auto spurgo, video-ispezione e manutenzione dei tratti fecali e relativi pozzetti di scarico degli immobili sede degli Uffici della Giunta Regione Lazio e dei Centri per l'Impiego siti in Roma per la durata di dodici mesi - Aggiudicazione alla Impresa ************* con sede in ********** (**) - ***********- cap. ***** - P.I. e C.F.: ********(c.cr. ******) e attribuzione alla stessa dell'impegno 2812/2021 sul cap. S21900 del Bilancio Regionale per importo di euro 63.914,04 e disimpegno del ribasso di asta pari a euro 30.971,64 ed euro 30.00 per pagamento ANAC su T19427 es. fin. 2021 - CIG di procedura: 855636254A</t>
         </is>
       </c>
       <c r="D1320" t="s">
-        <v>6</v>
+        <v>1172</v>
       </c>
       <c r="E1320" s="2">
-        <v>44221</v>
+        <v>44272</v>
       </c>
     </row>
     <row r="1321">
       <c r="A1321">
-        <v>2274</v>
+        <v>2312</v>
       </c>
       <c r="B1321">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1321" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla fornitura di ausili tecnici standard per disabili di cui al dpcm del 12 gennaio 2017 (gu n.65 del 18/03/2017) e servizi connessi, occorrenti alle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
-[...6 lines deleted...]
-        </is>
+          <t>"SERVIZIO PER LA CLASSIFICAZIONE DEI RIFIUTI E L'ELABORAZIONE DEL PIANO DI RIMOZIONE RIFIUTI - SITO EX CARTIERA VITA MAYER". CUP F97F19000170002.- CIG 8535866375 -" Approvazione atti di gara.
+</t>
+        </is>
+      </c>
+      <c r="D1321" t="s">
+        <v>1173</v>
       </c>
       <c r="E1321" s="2">
-        <v>44221</v>
+        <v>44266</v>
       </c>
     </row>
     <row r="1322">
       <c r="A1322">
-        <v>2273</v>
+        <v>2311</v>
       </c>
       <c r="B1322">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1322" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 8 lotti, finalizzata alla stipula di un accordo quadro per la fornitura di medicazioni generali ed avanzate occorrenti alle aziende sanitarie della Regione Lazio. Provvedimento di indizione e approvazione atti.
-</t>
+          <t>Servizio di manutenzione degli impianti idrico sanitari delle sedi degli Uffici della Giunta Regione Lazio e dei Centri per l'Impiego siti in Roma per la durata di dodici mesi - Aggiudicazione all'Impresa Società Efficace Impianti srl con sede in Roma, Via della Giuliana n. 19 - 00195 - P.I. e C.F.: 11465791009 (c.cr. 179561) e attribuzione alla stessa dell'impegno in pluriennalità 17987/2020 e 2556/2021 sul cap. S21900 del Bilancio Regionale per l'importo di € 131.634,32 e disimpegno del ribasso d'asta pari a € 70.641,75. Impegno dell'importo pari a € 225.00 per pagamento ANAC su T19427 es. fin. 2021 CIG iniziale: 84810732D8 - CIG di procedura: 85960157FA </t>
         </is>
       </c>
       <c r="D1322" t="s">
-        <v>1161</v>
+        <v>1174</v>
       </c>
       <c r="E1322" s="2">
-        <v>44218</v>
+        <v>44266</v>
       </c>
     </row>
     <row r="1323">
       <c r="A1323">
-        <v>2272</v>
+        <v>2310</v>
       </c>
       <c r="B1323">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1323" t="inlineStr">
         <is>
-          <t>Conferimento di incarico ex art. 36, comma 2), lettera a), del D. Lgs. n. 50/2016, del servizio di consulenza tecnica di parte alla Società "Guida Ingegneria Forense srl" per conto della Regione Lazio, citata come soggetto civilmente responsabile nel giudizio penale n. 482/2019 r.g. GIP (n. 1282/2018 r.g.n.r.) (fascicolo Avvocatura n. 1117/2019 – Avvocato incaricato Carlo D'Amata). Impegno di spesa di € 48.214,40 sul capitolo R21420 (missione 01 – Programma 11 – Aggregato 1.03.02.11.000) esercizio 2020 - codice creditore n. 190630. SMART CIG: ZDD2BDF9F4. 
-</t>
+          <t>Procedura di gara, sul Mercato elettronico della Regione Lazio (M.E.LA.) ai sensi dell'art. 36 comma 6, D.lgs. 50/2016, per l'affidamento del "Servizio di pubblicazioni legali dei bandi e avvisi di gara della Regione Lazio". CIG 86426479EB. </t>
         </is>
       </c>
       <c r="D1323" t="s">
-        <v>1162</v>
+        <v>1175</v>
       </c>
       <c r="E1323" s="2">
-        <v>44218</v>
+        <v>44266</v>
       </c>
     </row>
     <row r="1324">
       <c r="A1324">
-        <v>2271</v>
+        <v>2309</v>
       </c>
       <c r="B1324">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1324" t="inlineStr">
         <is>
-          <t>Conferimento di incarico ex art. 36, comma 2), lettera a), del D. Lgs. n. 50/2016, del servizio di consulenza tecnica di parte alla Società "Guida Ingegneria Forense srl" per conto della Regione Lazio, citata come soggetto civilmente responsabile nel giudizio penale n. 336/2018 r.g. gip e n. 1851/2016 r.g.n.r. (fascicolo Avvocatura n. 606/2019 – Avvocato incaricato Elena Prezioso). Impegno di spesa di € 48.214,40 sul capitolo R21420 (missione 01 – Programma 11 – Aggregato 1.03.02.11.000) esercizio 2020 - codice creditore n. 190630. SMART CIG: ZD02BC3D3D.
-</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Dossier LI-ES2-2160189_Intervento A0100E0079 presso la "Scuola Elementare "U. Cerboni" nel Comune di Roma. Affidamento servizio pubblicazione all'Operatore economico LEXMEDIA S.r.l. (cod. creditore 112034) disimpegno € 1.321,67= ed attribuzione impegno n. 85822/2020 sul Capitolo A42502, accertamento dell'importo di € 1.484,33=sul capitolo di entrata n.331530.CUP F86C17000050006 CIG: Z36305C8DA</t>
         </is>
       </c>
       <c r="D1324" t="s">
-        <v>1163</v>
+        <v>1176</v>
       </c>
       <c r="E1324" s="2">
-        <v>44218</v>
+        <v>44265</v>
       </c>
     </row>
     <row r="1325">
       <c r="A1325">
-        <v>2270</v>
+        <v>2308</v>
       </c>
       <c r="B1325">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1325" t="inlineStr">
         <is>
-          <t>Affidamento del servizio di pubblicazione dei bandi e degli avvisi di gara relativi alla "gara per la fornitura di ausili tecnici standard per disabili di cui al dpcm del 12 gennaio 2017 (gu n.65 del 18/03/2017) e servizi connessi occorrenti alle Aziende Sanitarie della Regione Lazio" ed alla "gara per l'acquisizione e la distribuzione di cannule e cateteri da destinare in assistenza territoriale ai pazienti delle Aziende Sanitarie della Regione Lazio". Impegno di spesa € 3.177,22 sul cap. H21509, Es. Fin. 2020 in favore di "Pubblica Amministrazione &amp;amp; Mercato S.r.l." (cod. creditore 203538) (ausili standard) ed impegno di spesa € 1.760,01 sul cap. H21509, Es. Fin. 2020 in favore della Soc. Lexmedia Srl (cod. creditore 112034) (cannule e cateteri) per un totale complessivo di € 4.937,23.</t>
+          <t>Appalto specifico per l’acquisizione di Vaccini antinfluenzali 2021/2022 occorrenti alle Aziende Sanitarie della Regione Lazio, nell’ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori – Determina a contrarre. Approvazione schemi, atti e indizione gara. Numero Gara 8077813</t>
         </is>
       </c>
       <c r="D1325" t="s">
-        <v>1164</v>
+        <v>1177</v>
       </c>
       <c r="E1325" s="2">
-        <v>44217</v>
+        <v>44265</v>
       </c>
     </row>
     <row r="1326">
       <c r="A1326">
-        <v>2269</v>
+        <v>2307</v>
       </c>
       <c r="B1326">
-        <v>2020</v>
-[...5 lines deleted...]
-        </is>
+        <v>2021</v>
+      </c>
+      <c r="C1326" t="s">
+        <v>1178</v>
       </c>
       <c r="D1326" t="s">
-        <v>1165</v>
+        <v>1179</v>
       </c>
       <c r="E1326" s="2">
-        <v>44217</v>
+        <v>44264</v>
       </c>
     </row>
     <row r="1327">
       <c r="A1327">
-        <v>2268</v>
+        <v>2306</v>
       </c>
       <c r="B1327">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1327" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre. Affidamento diretto all'Alicubi srl (cod. creditore 193433) per la realizzazione di un videodocumentario web sulla data "identitaria" del 2 giugno da divulgare nelle scuole della Regione Lazio ai sensi dell'articolo 36, comma 2, lett. a) del D.Lgs. n. 50/2016. Impegno di spesa di euro 11.126,40 (IVA inclusa) a valere sul Cap. F11908. (Codice CUP n. F86F20000310002 e Codice CIG n. Z562D2802D). Esercizio finanziario 2020</t>
-[...3 lines deleted...]
-        <v>1166</v>
+          <t>Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, dei lavori urgenti di manutenzione delle banchine del fiume Tevere a seguito della recente ondata di piena.</t>
+        </is>
+      </c>
+      <c r="D1327">
+        <v>8657762338</v>
       </c>
       <c r="E1327" s="2">
-        <v>44217</v>
+        <v>44263</v>
       </c>
     </row>
     <row r="1328">
       <c r="A1328">
-        <v>2267</v>
+        <v>2305</v>
       </c>
       <c r="B1328">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1328" t="inlineStr">
         <is>
-          <t>Attività di visibilità istituzionale della Regione Lazio. Impegno della somma di 1.524.000,00 a favore di LAZIOCrea S.p.A. sul Cap. di bilancio C21924 Es. Fin. 2020. COV20.</t>
+          <t>Affidamento del servizio di pubblicazione per la proroga dei termini di presentazione delle offerte nell'ambito della "Gara comunitaria a procedura aperta per l'acquisizione e la distribuzione di cannule e cateteri da destinare in assistenza territoriale ai pazienti delle Aziende Sanitarie della Regione Lazio". Impegno di spesa € 1.143,62 sul cap. H21509, Es. Fin. 2021, in favore della Soc. Lexmedia Srl (cod. creditore 112034).</t>
         </is>
       </c>
       <c r="D1328" t="s">
-        <v>6</v>
+        <v>1180</v>
       </c>
       <c r="E1328" s="2">
-        <v>44216</v>
+        <v>44257</v>
       </c>
     </row>
     <row r="1329">
       <c r="A1329">
-        <v>2266</v>
+        <v>2304</v>
       </c>
       <c r="B1329">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1329" t="inlineStr">
         <is>
-          <t>Attività di visibilità istituzionale della Regione Lazio e di promozione del territorio della Regione Lazio. Impegno della somma di € 2.539.356,16 a favore di LAZIOCrea S.p.A. sul Cap. di bilancio C21924 Es. Fin. 2020.</t>
+          <t>Appalto specifico per l’acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Farmaci 2020_settima tranche, nell’ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori – Determinazione a contrarre. Approvazione schemi, atti e indizione gara. ID Anac 8066928.
+</t>
         </is>
       </c>
       <c r="D1329" t="s">
-        <v>6</v>
+        <v>1181</v>
       </c>
       <c r="E1329" s="2">
-        <v>44216</v>
+        <v>44257</v>
       </c>
     </row>
     <row r="1330">
       <c r="A1330">
-        <v>2265</v>
+        <v>2303</v>
       </c>
       <c r="B1330">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1330" t="inlineStr">
         <is>
-          <t>D.G.R. n. 212 del 28/4/2020 concernente "Revoca dello schema di deliberazione n. 1752/2020- DEC6/2020 ed approvazione del Programma Operativo Annuale degli Interventi 2020 di cui alla l.r. 29 dicembre 2014, n.15". Impegno della somma di € 460.643,84 a favore di LAZIOCrea S.p.A. sul Cap. di bilancio C21924 Es. Fin. 2020 COV20</t>
+          <t>Procedura aperta ai sensi dell’art. 60 del D.lgs. n. 50/2016 finalizzata all'affidamento del “servizio di progettazione concernente lo studio delle portate di deflusso dei fossi e collettori immissari degli impianti idrovori di via Salaria e via Flaminia sul fiume Tevere, la realizzazione delle nuove apparecchiature elettromeccaniche di sollevamento e l'adeguamento strutturale degli edifici e delle pertinenze costituenti i medesimi impianti idrovori”, rientrante nell'ambito dell’intervento di manutenzione straordinaria degli impianti idrovori sul fiume Tevere, situati nel tratto urbano della città di Roma tra Via Salaria e Via Flaminia. Pubblicazione documentazione di gara
+</t>
         </is>
       </c>
       <c r="D1330" t="s">
-        <v>6</v>
+        <v>1182</v>
       </c>
       <c r="E1330" s="2">
-        <v>44216</v>
+        <v>44257</v>
       </c>
     </row>
     <row r="1331">
       <c r="A1331">
-        <v>2264</v>
+        <v>2302</v>
       </c>
       <c r="B1331">
         <v>2020</v>
       </c>
       <c r="C1331" t="inlineStr">
         <is>
-          <t>D.G.R. n. 412 del 30/06/2020 concernente "Emergenza COVID-19. Misure straordinarie a sostegno delle attività da realizzare da parte delle Associazioni Culturali e delle Associazioni di Promozione Sociale attive in ambito culturale e di animazione territoriale". Impegno della somma di ? 1.000.000,00 a favore di LazioCrea S.p.A. sul Cap. di bilancio C21923 Es. Fin. 2020.COV20.</t>
+          <t>Determinazione G15842 del 21/12/2020 - Servizio di manutenzione degli impianti non coperti da altro contratto degli immobili individuati come "Edificio A5B" ed "Edificio A5C" del complesso denominato "Camporomano" - durata di sei mesi - Aggiudicazione all'Impresa ************ s.r.l. (cod. cred. ******) e attribuzione alla stessa dell'impegno n. 84625/2020 assunto sul cap. S21900 del Bilancio regionale per l'importo di € 71.204,68 e disimpegno del ribasso d'asta pari a € 11.107,26. CIG: 8558484C69.</t>
         </is>
       </c>
       <c r="D1331" t="s">
-        <v>6</v>
+        <v>1183</v>
       </c>
       <c r="E1331" s="2">
-        <v>44216</v>
+        <v>44251</v>
       </c>
     </row>
     <row r="1332">
       <c r="A1332">
-        <v>2263</v>
+        <v>2301</v>
       </c>
       <c r="B1332">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1332" t="inlineStr">
         <is>
-          <t>Deliberazione di Giunta Regionale n. 984 del 20 dicembre 2019 concernente l'approvazione del Piano Operativo Annuale di LazioCrea SpA. Piano di Comunicazione a supporto delle iniziative della Giunta regionale. Impegno di spesa di Euro 100.000,00 (IVA inclusa) in favore di LazioCrea SpA Cap. di Bilancio R31902 Esercizio finanziario 2020.</t>
+          <t>Int. n. 44 - Lavori di consolidamento del dissesto gravitativo in località Peschio, nel Comune di Morolo (FR). Determinazione a contrarre finalizzata all'affidamento lavori approvazione atti di gara e nomina RUP. CUP B26B12000050002 CIG 8633857430 
+</t>
         </is>
       </c>
       <c r="D1332" t="s">
-        <v>6</v>
+        <v>1184</v>
       </c>
       <c r="E1332" s="2">
-        <v>44216</v>
+        <v>44251</v>
       </c>
     </row>
     <row r="1333">
       <c r="A1333">
-        <v>2262</v>
+        <v>2300</v>
       </c>
       <c r="B1333">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1333" t="inlineStr">
         <is>
-          <t>Affidamento per un servizio di creatività claim e video COVID-19. Importo € 10.000,00 Iva inclusa - Capitolo di bilancio R31902 - Esercizio Finanziario 2020.COV20 </t>
+          <t>Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio di progettazione definitiva ed esecutiva degli arredi ed attrezzature sanitarie, relativi all'intervento di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018, allo studio Valle 3.0 S.R.L. CUP F78I18000070008 - CIG 863651232A
+</t>
         </is>
       </c>
       <c r="D1333" t="s">
-        <v>1167</v>
+        <v>1185</v>
       </c>
       <c r="E1333" s="2">
-        <v>44216</v>
+        <v>44246</v>
       </c>
     </row>
     <row r="1334">
       <c r="A1334">
-        <v>2261</v>
+        <v>2299</v>
       </c>
       <c r="B1334">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1334" t="inlineStr">
         <is>
-          <t>Realizzazione e distribuzione della guida intitolata "COVID-19 Regole utili da seguire a casa. Impegno di spesa di euro 34.162,00 (IVA inclusa) in favore di AB31 srl - capitolo di bilancio R31902 - Esercizio finanziario 2020". COV20.</t>
-[...3 lines deleted...]
-        <v>1168</v>
+          <t>O.C.D.P.C. 388/2016: Ulteriori interventi urgenti di protezione civile conseguenti l'eccezionale evento sismico che ha colpito il territorio delle regioni Lazio, Marche, Umbria e Abruzzo il 24.08.2016. Determina a contrarre per l'affidamento diretto dei lavori di demolizione del piazzale di accesso al supermarket limitrofo all'ex ospedale Grifoni di Amatrice e della scala esterna e di alcune strutture (muri di sostegno in c.a.) integrati nella struttura portante dell'ex Ospedale Grifoni di Amatrice e che avevano la funzione di sostenere la strada S.S. 260 - via Picente. Approvazione atti di gara. CUP F72C21000170005 CIG 8637489967. </t>
+        </is>
+      </c>
+      <c r="D1334">
+        <v>8637489967</v>
       </c>
       <c r="E1334" s="2">
-        <v>44216</v>
+        <v>44246</v>
       </c>
     </row>
     <row r="1335">
       <c r="A1335">
-        <v>2260</v>
+        <v>2298</v>
       </c>
       <c r="B1335">
         <v>2020</v>
       </c>
-      <c r="C1335" t="s">
-        <v>1169</v>
+      <c r="C1335" t="inlineStr">
+        <is>
+          <t>Affidamento diretto a Sapienza, ai sensi dell'art. 36 del d.lgs. n. 50/2016, secondo la Legge n. 120/2020, di: (a) un servizio specialistico statistico-econometrico per l'introduzione di moduli di equazioni;b) un servizio di sviluppo software "CPT"</t>
+        </is>
       </c>
       <c r="D1335" t="s">
-        <v>1170</v>
+        <v>1186</v>
       </c>
       <c r="E1335" s="2">
-        <v>44215</v>
+        <v>44242</v>
       </c>
     </row>
     <row r="1336">
       <c r="A1336">
-        <v>2259</v>
+        <v>2297</v>
       </c>
       <c r="B1336">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C1336" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile"&amp;nbsp;Investire sugli edifici pubblici per migliorare la sostenibilita economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2740246_Intervento A0100E0331, presso gli "Uffici Comunali di Piazza del Popolo" nel Comune di Latina. Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori, nomina Direttore Lavori e CSE. CUP F24D17000010006 -&amp;nbsp;CIG 8593971139</t>
+          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs. n. 50/2016, così come disciplinato, in via transitoria, dall'art. 1, co. 2, lett. a) della Legge n. 120/2020, di un servizio di ristampa del volume "Lazio in Numeri 2020".</t>
         </is>
       </c>
       <c r="D1336" t="s">
-        <v>1171</v>
+        <v>1187</v>
       </c>
       <c r="E1336" s="2">
-        <v>44215</v>
+        <v>44242</v>
       </c>
     </row>
     <row r="1337">
       <c r="A1337">
-        <v>2258</v>
+        <v>2296</v>
       </c>
       <c r="B1337">
         <v>2020</v>
       </c>
       <c r="C1337" t="inlineStr">
         <is>
-          <t>Affidamento mediante Trattativa Diretta ai sensi dell'art. 36 co. 2, lett. a) così come modificato ex art. 1 co. 2 lettera a) della L. 120/2020, e art. 36 co. 6, D. Lgs. 50/16, per la durata di un anno, del servizio di manutenzione dei sistemi di controllo degli accessi delle sedi degli Uffici della Giunta Regione Lazio e dei Centri per l'Impiego siti all'interno del comune di Roma oltre alle sedi dei Centri antiviolenza e tutela della donna. Importo a base della procedura: € 90.659,01. Importo del contratto: € 82.331,40, contraente: ********** s.r.l. (cod. cred. *******). Impegno di € 4.988,39 per l'annualità 2020, prenotazione dell'importo pari a € 77.343,01 per l'annualità 2021 a valere sul Capitolo S21900 del Bilancio della Regione Lazio. CIG: 85159407FF. </t>
+          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs. n. 50/2016, per l'acquisto di libri specializzati attinenti alle materie relative ai Conti Pubblici Territoriali (CPT) – Libraccio Outlet S.r.l., Via G. Verdi, 8 - CAP 20090</t>
         </is>
       </c>
       <c r="D1337" t="s">
-        <v>1172</v>
+        <v>1188</v>
       </c>
       <c r="E1337" s="2">
-        <v>44214</v>
+        <v>44242</v>
       </c>
     </row>
     <row r="1338">
       <c r="A1338">
-        <v>2257</v>
+        <v>2295</v>
       </c>
       <c r="B1338">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1338" t="inlineStr">
         <is>
-          <t>Affidamento ex art. 36, comma 2, lett. a) del D. Lgs. 50/2016 così come modificato ai sensi dell'art. 1 comma 2 lettera a) della L. 120/2020, per la conclusione di un accordo quadro con unico operatore come all'art. 54 co. 3 del D. Lgs. 50/2016 per lavori di bonifica e riqualificazione ambientale di siti e manufatti di proprietà o in uso alla Regione Lazio con presenza di rifiuti pericolosi ed amianto. Contraente: ********* s.r.l. - sede legale in via ************, ** – ******,****** - Partita IVA: *********. Prenotazione dell'importo di € 165.559,80 a favore del contraente (cod. cred. ********) e di € 10.000,00 a favore di "creditori diversi" per l'annualità 2021 a valere sul Capitolo S22501 del Bilancio pluriennale della Regione Lazio CIG: 85546722A9-CUP: F83B20000100002. </t>
+          <t>“Intervento di messa in sicurezza della Frazione di Poggio D’Api nel Comune di Accumoli (RI)."di cui all’Ordinanza Commissariale n. 109 del 21/11/2020 CUP: C65J18000160001</t>
         </is>
       </c>
       <c r="D1338" t="s">
-        <v>1173</v>
+        <v>6</v>
       </c>
       <c r="E1338" s="2">
-        <v>44214</v>
+        <v>44242</v>
       </c>
     </row>
     <row r="1339">
       <c r="A1339">
-        <v>2256</v>
+        <v>2294</v>
       </c>
       <c r="B1339">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1339" t="inlineStr">
         <is>
-          <t>Lavori di rifacimento impermeabilizzazione terrazzo e interventi di ripristino impianti dell'immobile sito in Via Monte delle Capre n. 23, destinato al Centro Maree per donne vittime di violenza. Affidamento ai sensi dell'art. 36, comma 2, lett. a) del D.Lgs. n. 50/2016 ed impegno di spesa a favore di **********S.r.l., con sede in ***** (**) Via **************** C.F./P.I.*********, sul cap. S21900, es fin. 2020, per euro 87.352,00 IVA inclusa. CIG 8526152336. </t>
-[...3 lines deleted...]
-        <v>8526152336</v>
+          <t>DGR 74/2019 - "Manutenzione e sistemazione delle scogliere emerse di Isola Sacra loc. Passo della Sentinella nel comune di Fiumicino (RM)". Determinazione a contrarre finalizzata all'affidamento dei lavori tramite procedura negoziata di cui all'art. 1, comma 2, lett. b), del Decreto-Legge n. 76 del 16.7.2020, convertito in Legge n. 120 dell'11/09/2020 e approvazione atti di gara. CUP F14D20000050002 - CIG: 8598735C96 
+</t>
+        </is>
+      </c>
+      <c r="D1339" t="s">
+        <v>1189</v>
       </c>
       <c r="E1339" s="2">
-        <v>44214</v>
+        <v>44239</v>
       </c>
     </row>
     <row r="1340">
       <c r="A1340">
-        <v>2255</v>
+        <v>2293</v>
       </c>
       <c r="B1340">
         <v>2020</v>
       </c>
       <c r="C1340" t="inlineStr">
         <is>
-          <t>Emergenza COVID-19 – Affidamento diretto ex art. 2, c. 4 del Decreto-legge n. 76/2020 di servizi di trasporto pubblico integrativi e temporanei a supporto della ripresa delle attività produttive e scolastiche per il periodo 14/09/2020-31/10/2020. Ulteriore proroga del servizio.</t>
+          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs. n. 50/2016, di un servizio di stampa del volume dal titolo "Lazio in Numeri 2020" – ditta Tipografia Eurosia S.r.l., Piazza S. Eurosia - 00154 - ROMA (P.IVA 01702621002)</t>
         </is>
       </c>
       <c r="D1340" t="s">
-        <v>6</v>
+        <v>1190</v>
       </c>
       <c r="E1340" s="2">
-        <v>44210</v>
+        <v>44242</v>
       </c>
     </row>
     <row r="1341">
       <c r="A1341">
-        <v>2254</v>
+        <v>2292</v>
       </c>
       <c r="B1341">
-        <v>2020</v>
-[...7 lines deleted...]
-        <v>8531352662</v>
+        <v>2021</v>
+      </c>
+      <c r="C1341" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D1341" t="s">
+        <v>1192</v>
       </c>
       <c r="E1341" s="2">
-        <v>44210</v>
+        <v>44236</v>
       </c>
     </row>
     <row r="1342">
       <c r="A1342">
-        <v>2253</v>
+        <v>2291</v>
       </c>
       <c r="B1342">
         <v>2020</v>
       </c>
       <c r="C1342" t="inlineStr">
         <is>
-          <t>Supporto specialistico giuridico per le attività connesse all'emergenza Covid-19 e agli interventi di efficientamento dei servizi di trasporto regionali sulla missione 10 programma 02 macroaggregato 1.03.02.11 capitolo D41928- CIG 855634466F.</t>
+          <t>Servizio di caratterizzazione integrativa e analisi di rischio sito specifica dell'ex discarica ubicata in località "Facciano" in agro del Comune di Pignataro Interamna (FR). Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art. 36, comma 2, lettera b) del D.lgs. n. 50/2016, previa indagine esplorativa del mercato, approvazione progetto, atti di gara e nomina RUP. Approvazione q.e. rimodulato e autorizzazione agli impegni sul capitolo E32504 per un importo totale di € 131.944,82 così suddiviso: a favore di creditori diversi per € 130.555,88 e a favore del Fondo Incentivi ex art. 383 sexies R.R. n. 1/2002 per l'importo di €1.388,94, bilancio regionale e.f. 2020.
+</t>
         </is>
       </c>
       <c r="D1342" t="s">
-        <v>1174</v>
+        <v>1193</v>
       </c>
       <c r="E1342" s="2">
-        <v>44210</v>
+        <v>44232</v>
       </c>
     </row>
     <row r="1343">
       <c r="A1343">
-        <v>2252</v>
+        <v>2290</v>
       </c>
       <c r="B1343">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1343" t="inlineStr">
         <is>
-          <t>Attuazione del nuovo modello di programmazione del trasporto pubblico locale, ai sensi della deliberazione di Giunta regionale n. 617 del 22 settembre 2020. Affidamento ad ASTRAL delle attività di supporto per la redazione dei Piani Economico-Finanziari simulati relativi alle 11 unità di rete: Impegno di spesa sul capitolo T19563, missione 10 programma 02, macroaggregato 1.04.03.01.</t>
+          <t>POR FESR LAZIO 2014-2020. Progetto A0102E0001. Gara europea a procedura aperta ai sensi degli artt. 157 c. 2 e 60 del Decreto Legislativo 18 aprile 2016, n. 50, per l'affidamento dell'incarico dell'Ufficio Direzione Lavori e Coordinamento della&amp;nbsp;sicurezza in fase di esecuzione, relativo ai lavori di "efficientamento energetico dell'edificio sede della Giunta Regionale della Regione Lazio sito in via Cristoforo Colombo 212 - Roma". CUP F82B17002490009 (ex F89B17000260009) - CIG 84501303DF. Determinazione di indizione, ai sensi dell'art. 32 del D.lgs. 50/2016 ed approvazione degli atti di gara.
+</t>
         </is>
       </c>
       <c r="D1343" t="s">
-        <v>6</v>
+        <v>1194</v>
       </c>
       <c r="E1343" s="2">
-        <v>44210</v>
+        <v>44229</v>
       </c>
     </row>
     <row r="1344">
       <c r="A1344">
-        <v>2251</v>
+        <v>2289</v>
       </c>
       <c r="B1344">
         <v>2020</v>
       </c>
       <c r="C1344" t="inlineStr">
         <is>
-          <t>Approvazione dello schema di "Accordo attuativo della convenzione tra Ministero delle Infrastrutture e dei Trasporti e Regione Lazio del 3/04/2020 per la fornitura di n. 7 treni (elettrici) denominati jazz base". Piano Operativo Infrastrutture - Asse Tematico F "Rinnovo materiale trasporto pubblico locale - Piano sicurezza ferroviaria". Piano nazionale per il rinnovo del materiale rotabile ferroviario. Delibera CIPE n. 25 del 10.08.2016 e Delibera CIPE n. 54 del 01.12.2016. </t>
+          <t>Affidamento diretto, ai sensi del Dlgs 50/2016 art. 36 c. 2 lett. a), di un corso di formazione avente per oggetto la comunicazione efficace nelle situazioni di emergenza, destinato agli operatori tecnici della Centrale unica di risposta NUE 112,Capitolo di spesa E47933 – Impegno di € 16.030,80 (iva inclusa) in favore di Bewise Associazione di Promozione Sociale (cod. 202969) E.F. 2020.</t>
         </is>
       </c>
       <c r="D1344" t="s">
-        <v>6</v>
+        <v>1195</v>
       </c>
       <c r="E1344" s="2">
-        <v>44210</v>
+        <v>44228</v>
       </c>
     </row>
     <row r="1345">
       <c r="A1345">
-        <v>2250</v>
+        <v>2288</v>
       </c>
       <c r="B1345">
         <v>2020</v>
       </c>
       <c r="C1345" t="inlineStr">
         <is>
-          <t>Affidamento su MePA, a seguito di Trattativa Diretta con la ditta Soluxioni S.r.l., del servizio di manutenzione evolutiva dei sistemi informativi IMCRUD e ARES-InfraMob – Autorizzazione alla stipula del contratto - Importo € 44.196,57 - Capitolo S26515 - Esercizio finanziario 2020.</t>
-[...3 lines deleted...]
-        <v>1175</v>
+          <t>Procedura negoziata ex art. 63 del D.Lgs. n. 50/2016 [art. 1, comma 2, lett. b) del D.L. n. 76/2020 conv. in L. n. 120/2020] per l'acquisizione del servizio 'Valutazione indipendente del POR FSE Lazio 2014-2020'</t>
+        </is>
+      </c>
+      <c r="D1345">
+        <v>8470818426</v>
       </c>
       <c r="E1345" s="2">
-        <v>44208</v>
+        <v>44225</v>
       </c>
     </row>
     <row r="1346">
       <c r="A1346">
-        <v>2249</v>
+        <v>2287</v>
       </c>
       <c r="B1346">
         <v>2020</v>
       </c>
       <c r="C1346" t="inlineStr">
         <is>
-          <t>Campagna informativa sul programma di prevenzione dell'influenza, in particolare sul programma di vaccinazione antinfluenzale e sul programma di vaccinazione antipneumococcica per la stagione 2020-2021. Impegno di spesa di € 207.615,00 (IVA inclusa) - Capitolo di bilancio H11732 - esercizio finanziario 2020.</t>
-[...5 lines deleted...]
-        </is>
+          <t>Procedura negoziata, suddivisa in lotti, ex art. 36, comma 2, lett. b) del D.Lgs. 18 aprile 2016, n. 50 per l'acquisizione tramite MePA del servizio di valutazione tematica del POR Lazio FSE 2014-2020 - Impegno complessivo di spesa di € 134.200,00 IVA inclusa in favore di CREDITORI DIVERSI (cod. creditore 3805), - Attuazione del Programma Operativo 2014-2020 della Regione Lazio FSE - Asse 5 – Assistenza tecnica - Obiettivo specifico AT2.</t>
+        </is>
+      </c>
+      <c r="D1346" t="s">
+        <v>1196</v>
       </c>
       <c r="E1346" s="2">
-        <v>44207</v>
+        <v>44225</v>
       </c>
     </row>
     <row r="1347">
       <c r="A1347">
-        <v>2248</v>
+        <v>2286</v>
       </c>
       <c r="B1347">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C1347" t="inlineStr">
         <is>
-          <t>Progetto di sensibilizzazione dei giovani al rispetto delle norme anti COVID-19. Impegno di € 36.600,00 (Iva inclusa) in favore di "The Washing Machine Italia srl" (codice creditore 155646) - Capitolo R31902 - esercizio finanziario 2020.</t>
+          <t>Procedura per l'acquisizione del servizio di valutazione tematica del POR Lazio FSE 2014/2020 - Impegno complessivo di spesa di € 268.400,00 IVA inclusa – Attuazione del Programma Operativo 2014-2020 della Regione Lazio – FSE- Asse 5 – Assistenza tecnica - Obiettivo specifico AT2.</t>
         </is>
       </c>
       <c r="D1347" t="s">
-        <v>1176</v>
+        <v>1197</v>
       </c>
       <c r="E1347" s="2">
-        <v>44207</v>
+        <v>44225</v>
       </c>
     </row>
     <row r="1348">
       <c r="A1348">
-        <v>2247</v>
+        <v>2285</v>
       </c>
       <c r="B1348">
         <v>2020</v>
       </c>
       <c r="C1348" t="inlineStr">
         <is>
-          <t>Affidamento alla Invidio srl di un servizio di produzione video per le tematiche ambientali. Impegno di spesa di € 12.200,00 (IVA inclusa) - Capitolo di bilancio R31902 - Esercizio Finanziario 2020.</t>
+          <t>POR 2014-2020.Sistema Informativo di Gestione e Monitoraggio dei PO FSE e FESR Lazio. Approvazione Studio di Fattibilità e impegno di spesa per continuità servizi di manutenzione e assistenza tecnica (Fase 1 SFAT) CUP:F81G19000210009</t>
         </is>
       </c>
       <c r="D1348" t="s">
-        <v>1177</v>
+        <v>6</v>
       </c>
       <c r="E1348" s="2">
-        <v>44207</v>
+        <v>44225</v>
       </c>
     </row>
     <row r="1349">
       <c r="A1349">
-        <v>2246</v>
+        <v>2284</v>
       </c>
       <c r="B1349">
         <v>2020</v>
       </c>
-      <c r="C1349" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1349" t="s">
+        <v>1198</v>
       </c>
       <c r="D1349" t="s">
-        <v>1178</v>
+        <v>1199</v>
       </c>
       <c r="E1349" s="2">
-        <v>44207</v>
+        <v>44225</v>
       </c>
     </row>
     <row r="1350">
       <c r="A1350">
-        <v>2245</v>
+        <v>2283</v>
       </c>
       <c r="B1350">
         <v>2020</v>
       </c>
       <c r="C1350" t="inlineStr">
         <is>
-          <t>Pubblicità istituzionale su "Sportclub Magazine". Impegno di € 18.300,00 (Iva inclusa) in favore della Marketing Xpression di Marco Oddino (cod. cred. 173589) - Capitolo R31902 - esercizio finanziario 2020."</t>
+          <t>Affidamento a Lazio Innova S.p.A. della realizzazione di specifici interventi finalizzati alla implementazione del progetto comunitario "Prometeus" Interreg Europe 2014-2020. CUP F89J16001960007. II FASE Convenzione - Conferma impegno 23.450,00€</t>
         </is>
       </c>
       <c r="D1350" t="s">
-        <v>1179</v>
+        <v>6</v>
       </c>
       <c r="E1350" s="2">
-        <v>44207</v>
+        <v>44224</v>
       </c>
     </row>
     <row r="1351">
       <c r="A1351">
-        <v>2244</v>
+        <v>2282</v>
       </c>
       <c r="B1351">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="C1351" t="inlineStr">
         <is>
-          <t>Promozione di immagine per la Regione Lazio in occasione della campagna informativa sul Numero Verde antiomofobia ?Gay Help Line 800.713.713, a cura dell'Associazione Gay Center/Gay Help Line (cod. cred. 131431), Impegno di € 80.000,00 (Iva esente) sul capitolo R31902 - esercizio finanziario 2020. Impegno di € 30,00 a titolo di contributo per l'Autorità Nazionale Anticorruzione (ANAC) (cod.cred. 159683) sul capitolo T19427 - esercizio finanziario 2020.</t>
-[...3 lines deleted...]
-        <v>7736232</v>
+          <t>Affidamento a Lazio Innova S.p.A. della realizzazione di specifici interventi finalizzati alla implementazione del progetto comunitario "Prometeus"- Interreg Europe 2014-2020. CUP F89J16001960007. I FASE Convenzione Lazio Innova 93.800,00€</t>
+        </is>
+      </c>
+      <c r="D1351" t="s">
+        <v>6</v>
       </c>
       <c r="E1351" s="2">
-        <v>44207</v>
+        <v>44224</v>
       </c>
     </row>
     <row r="1352">
       <c r="A1352">
-        <v>2243</v>
+        <v>2281</v>
       </c>
       <c r="B1352">
         <v>2020</v>
       </c>
       <c r="C1352" t="inlineStr">
         <is>
-          <t>Campagna di comunicazione istituzionale "Regione vicina". Impegno di spesa di € 157.056,60 (IVA inclusa) - Capitolo dibilancio R31902 - esercizio finanziario 2020.</t>
-[...5 lines deleted...]
-        </is>
+          <t>Progetto Comunitario "SMART HY-AWARE - Smart solutions for HYdrogen potential AWAReness Enhancing" - Programma Interreg Europe 2014-2020 - Obiettivo Specifico 3.1. PGI05931 - CUP F82G18000150007. Affidamento a Lazio Innova S.p.A. della realizzazione di attività finalizzate al perseguimento di obiettivi aventi carattere generale nell'ambito del Progetto. Approvazione Schema di Convenzione contenente le modalità di realizzazione ed esecuzione delle attività richieste. Impegno di spesa complessivo euro 68.867,00 sui capitoli A33230 (quota FESR euro 58.536,95) e A33231 (quota nazionale euro 10.330,05) in favore di Lazio Innova S.p.A. (codice creditore 59621). Es. fin. 2020 e pluriennale 2021. Piano dei conti finanziario fino al IV livello 1.04.03.01.</t>
+        </is>
+      </c>
+      <c r="D1352" t="s">
+        <v>6</v>
       </c>
       <c r="E1352" s="2">
-        <v>44207</v>
+        <v>44224</v>
       </c>
     </row>
     <row r="1353">
       <c r="A1353">
-        <v>2242</v>
+        <v>2280</v>
       </c>
       <c r="B1353">
         <v>2020</v>
       </c>
       <c r="C1353" t="inlineStr">
         <is>
-          <t>Campagna informativa per la ricerca di volontari per uno studio clinico per un vaccino contro COVID-19. Impegno di spesa di € 50.581,20 (IVA inclusa) - Capitolo di bilancio R31902 - esercizio finanziario 2020.</t>
+          <t>Determina a contrarre ai sensi dell'art. 32 del D.lgs. 50/2016 di autorizzazione dell'espletamento di una procedura negoziata per la stipula di un Accordo Quadro (art. 54, D.lgs. 50/16), avente ad oggetto i lavori di messa in sicurezza e di manutenzione delle essenze arboree ubicate sulle fasce frangivento presenti nel territorio di Latina e Provincia – 4 Lotti Funzionali. Impegni e prenotazioni di spesa sul Bilancio Pluriennale della Regione Lazio, ess. finn. 2020-2021:sul capitolo S22501 per € 1.292.624,24 per lavori, sul capitolo S22501 per € 55.998,00 per incarico di Direzione dei Lavori,sul capitolo S22501 per € 44.408,00 per incarico di Coordinamento per la sicurezza in fase di esecuzione,€ 20.992,47 sul capitolo S22501, accertamento in entrata di € 20.992,47 sui capitoli 341559, 341562 e 341563, a titolo d'incentivi al personale dipendente.</t>
         </is>
       </c>
       <c r="D1353" t="s">
-        <v>1180</v>
+        <v>1200</v>
       </c>
       <c r="E1353" s="2">
-        <v>44207</v>
+        <v>44223</v>
       </c>
     </row>
     <row r="1354">
       <c r="A1354">
-        <v>2241</v>
+        <v>2279</v>
       </c>
       <c r="B1354">
         <v>2020</v>
       </c>
       <c r="C1354" t="inlineStr">
         <is>
-          <t>Campagna informativa relativa alle misure di sicurezza da adottare per fronteggiare l?emergenza sanitaria provocata da COVID-19. Impegno di spesa di € 158.633,00 (IVA inclusa) - Capitolo di bilancio R31902 - esercizio finanziario 2020.</t>
+          <t>Affidamento del servizio per la “Realizzazione di un gemello digitale (Digital Twin) delle Aree portuali di Anzio, Formia, Terracina e Ventotene” - Approvazione dello Schema di Convenzione ai sensi dell'Art.15 della L.241/1990, ed impegno di spesa di € 390.000,00 sul cap. D22510 Missione 10 Programma 03 Aggr. 2.02.01.07.000 denominato “Armo - interventi regionali per l'adeguamento dell'esistente sistema portuale laziale (L.R. n. 72 del 29/11/1984) § Hardware” esercizio finanziario 2020 in favore del CITERA dell’Università degli Studi di Roma “La Sapienza (cod. cred. 2611) CIG 8501518A95 – CUP F61F20000070002. </t>
         </is>
       </c>
       <c r="D1354" t="s">
-        <v>1181</v>
+        <v>1201</v>
       </c>
       <c r="E1354" s="2">
-        <v>44207</v>
+        <v>44221</v>
       </c>
     </row>
     <row r="1355">
       <c r="A1355">
-        <v>2240</v>
+        <v>2278</v>
       </c>
       <c r="B1355">
         <v>2020</v>
       </c>
       <c r="C1355" t="inlineStr">
         <is>
-          <t>Campagna informativa relativa alle misure di sicurezza da adottare per fronteggiare l'emergenza sanitaria provocata da COVID-19. Impegno di spesa di Euro 45.514,54 (IVA inclusa) - Capitolo di bilancio R31902 - esercizio finanziario 2020 - COV20.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di accordi quadro per la fornitura di tecnologie informatiche destinate alle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Approvazione atti e provvedimento di indizione. Valore complessivo della procedura pari ad euro 5.058.278,69 IVA esclusa.</t>
         </is>
       </c>
       <c r="D1355" t="s">
-        <v>1182</v>
+        <v>1202</v>
       </c>
       <c r="E1355" s="2">
-        <v>44207</v>
+        <v>44221</v>
       </c>
     </row>
     <row r="1356">
       <c r="A1356">
-        <v>2239</v>
+        <v>2277</v>
       </c>
       <c r="B1356">
         <v>2020</v>
       </c>
       <c r="C1356" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lett. a), degli interventi di manutenzione sul patrimonio immobiliare in proprietà e in uso della Regione Lazio. Prenotazione impegno di spesa di complessivi € 161.402,46 sul Capitolo S21900 del Bilancio Pluriennale della Regione Lazio, es. fin. 2021, a favore di PROGETTI E RESTAURI s.r.l., con sede in Roma, Via Monasterace n. 4-10, C.F/ P.IVA: 08658901007. CIG: 855556211D </t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di accordi quadro per la fornitura di basse e medie tecnologie elettromedicali destinate alle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Approvazione atti e provvedimento di indizione. Importo complessivo di gara: euro 25.225.377,05 (iva esclusa).</t>
         </is>
       </c>
       <c r="D1356" t="s">
-        <v>1183</v>
+        <v>1203</v>
       </c>
       <c r="E1356" s="2">
-        <v>44204</v>
+        <v>44221</v>
       </c>
     </row>
     <row r="1357">
       <c r="A1357">
-        <v>2238</v>
+        <v>2276</v>
       </c>
       <c r="B1357">
         <v>2020</v>
       </c>
-      <c r="C1357" t="s">
-        <v>1184</v>
+      <c r="C1357" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 10 lotti, finalizzata alla stipula di accordi quadro per la fornitura di guanti monouso da destinare alle Aziende Sanitarie ed Ospedaliere della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.
+</t>
+        </is>
       </c>
       <c r="D1357" t="s">
-        <v>1185</v>
+        <v>1204</v>
       </c>
       <c r="E1357" s="2">
-        <v>44195</v>
+        <v>44221</v>
       </c>
     </row>
     <row r="1358">
       <c r="A1358">
-        <v>2237</v>
+        <v>2275</v>
       </c>
       <c r="B1358">
         <v>2020</v>
       </c>
       <c r="C1358" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre relativa alla Gara comunitaria a procedura aperta finalizzata all'affidamento del "multiservizio tecnologico di manutenzione degli impianti relativi agli immobili di proprietà o in uso, a qualsiasi titolo, alla Regione Lazio". Impegni di spesa: € 15.544.371,61 IVA compresa, cap. S23416, Es. Fin. 2021-2028, in favore di Creditori Diversi (cod. cred/deb. 3805), € 6.355.559,78 IVA compresa, cap. S21900, Es. Fin. 2021-2028, in favore di Creditori Diversi (cod. cred/deb. 3805), Impegno di spesa di € 800,00 a favore di ANAC sul cap. T19427. Es. Fin. 2021, Impegno di spesa di complessivi € 197 458,40 sui capitoli S23416 e S21900 es fin 2021-2028 e relativo accertamento a favore del fondo incentivi, ai sensi dell'art.113 del Dlgs 50/2016 sui capitoli 341559 per € 157.966,72, 341562 per € 19.745,84 e 341563 per € 19.745,84. CIG 85680789A2 
-</t>
+          <t>Nomine Consigli di Disciplina presso le Aziende di Trasporto Pubblico, di competenza della Regione Lazio, ex Art. 54 del Regolamento - Allegato "A" - al Regio Decreto 8 gennaio 1931, n. 148 e ss.mm.ii. Rinnovo dell'"Avviso" pubblico per manifestazioni di interesse ad assumere l'incarico di "Presidente" di detti Consigli di Disciplina</t>
         </is>
       </c>
       <c r="D1358" t="s">
-        <v>1186</v>
+        <v>6</v>
       </c>
       <c r="E1358" s="2">
-        <v>44194</v>
+        <v>44221</v>
       </c>
     </row>
     <row r="1359">
       <c r="A1359">
-        <v>2236</v>
+        <v>2274</v>
       </c>
       <c r="B1359">
         <v>2020</v>
       </c>
       <c r="C1359" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile, Dossier n. "LI-ES2-20160109-2470214". Intervento A0100E0205 presso la "Scuola Media Ettore Sacconi" nel Comune di Tarquinia (VT). Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 – Incarico per la redazione dell'attestato di prestazione energetica. Disimpegno di € 2.092,51 ed attribuzione impegni nn 64326/2020, 64327/2020 e 64328/2020 rispettivamente dei Capitoli A42200, A42201 A42202 all'operatore economico arch. Di Meglio Marianna (cod. creditore 203154). CUP F83C15000000006_CIG 85556444C7</t>
-[...3 lines deleted...]
-        <v>1187</v>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla fornitura di ausili tecnici standard per disabili di cui al dpcm del 12 gennaio 2017 (gu n.65 del 18/03/2017) e servizi connessi, occorrenti alle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
+        </is>
+      </c>
+      <c r="D1359" t="inlineStr">
+        <is>
+          <t>8556372D88; 8556374F2E; 8556375006; 85563760D9; 85563771AC; 8556379352; 8556380425; 85563814F8; 85563825CB; 8556384771; 8556385844; 85563879EA; 8556388ABD; 8556389B90; 8556390C63; 8556393EDC;&amp;nbsp;8556394FAF; 8556395087; 8556398300; 85563993D3; 8556401579; 855640371F; 8556406998; 8556407A6B; 8556408B3E; 8556409C11; 8556410CE4; 8556411DB7; 8556412E8A; 8556413F5D; 8556414035; 85564161DB;&amp;nbsp;8556418381; 8556419454; 8556420527; 85564226CD; 85564237A0; 8556424873; 8556426A19; 8556428BBF; 8556429C92; 8556430D65; 8556431E38; 8556432F0B; 8556433FDE
+</t>
+        </is>
       </c>
       <c r="E1359" s="2">
-        <v>44189</v>
+        <v>44221</v>
       </c>
     </row>
     <row r="1360">
       <c r="A1360">
-        <v>2235</v>
+        <v>2273</v>
       </c>
       <c r="B1360">
         <v>2020</v>
       </c>
       <c r="C1360" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell’art. 36, comma 2, lettera a) del D.Lgs. n. 50/2016, per l’acquisto di vestiario per il personale Guardiaparco e tecnico della Direzione Regionale Capitale Naturale Parchi e Aree Protette. Acquisto tramite MEPA, per euro totali € 28.734,05 ogni onere incluso. Impegno di spesa per l’anno 2020 a favore della Ditta Gino Trabaldo s.r.l. (codice creditore n. 98718) sul capitolo E21940. CIG Z7B2F4F795.  </t>
+          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 8 lotti, finalizzata alla stipula di un accordo quadro per la fornitura di medicazioni generali ed avanzate occorrenti alle aziende sanitarie della Regione Lazio. Provvedimento di indizione e approvazione atti.
+</t>
         </is>
       </c>
       <c r="D1360" t="s">
-        <v>1188</v>
+        <v>1205</v>
       </c>
       <c r="E1360" s="2">
-        <v>44188</v>
+        <v>44218</v>
       </c>
     </row>
     <row r="1361">
       <c r="A1361">
-        <v>2234</v>
+        <v>2272</v>
       </c>
       <c r="B1361">
         <v>2020</v>
       </c>
       <c r="C1361" t="inlineStr">
         <is>
-          <t>Affidamento ai sensi dell'art. 36, comma 2, lett. a), del D.lgs. n. 50/2016 dell'incarico di redazione di due studi di fattibilità per gli immobili sedi degli Uffici della Giunta Regione Lazio siti in Roma, via Parigi n. 11, e in Latina, via Pier Luigi Nervi n. 174. Prenotazione impegno di spesa sul capitolo S21903 del Bilancio Pluriennale della Regione Lazio, es. fin. 2021, a favore di AKA Studio Associato Caccavale, Casadei, Pineschi architetti, con studio in Roma, Piazzale Portuense n. 3, C.F. e P.IVA 09654461004, per un importo complessivo di € 93.637,44. CIG 8555613B30</t>
+          <t>Conferimento di incarico ex art. 36, comma 2), lettera a), del D. Lgs. n. 50/2016, del servizio di consulenza tecnica di parte alla Società "Guida Ingegneria Forense srl" per conto della Regione Lazio, citata come soggetto civilmente responsabile nel giudizio penale n. 482/2019 r.g. GIP (n. 1282/2018 r.g.n.r.) (fascicolo Avvocatura n. 1117/2019 – Avvocato incaricato Carlo D'Amata). Impegno di spesa di € 48.214,40 sul capitolo R21420 (missione 01 – Programma 11 – Aggregato 1.03.02.11.000) esercizio 2020 - codice creditore n. 190630. SMART CIG: ZDD2BDF9F4. 
+</t>
         </is>
       </c>
       <c r="D1361" t="s">
-        <v>1189</v>
+        <v>1206</v>
       </c>
       <c r="E1361" s="2">
-        <v>44188</v>
+        <v>44218</v>
       </c>
     </row>
     <row r="1362">
       <c r="A1362">
-        <v>2233</v>
+        <v>2271</v>
       </c>
       <c r="B1362">
         <v>2020</v>
       </c>
       <c r="C1362" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lett. a), degli interventi urgenti di messa in sicurezza delle alberature ubicate nell'area adibita a "Drive In - Covid" all'interno dell'ex Ospedale Forlanini. Prenotazione sul Capitolo S21900 del Bilancio Pluriennale della Regione Lazio, es. fin. 2021: € 104.671,38 a favore di D'ANNUNZIO LUCIANO S.R.L. con socio unico, con sede in Castelnuovo di Porto (RM), Via Monte Soriano n. 19, C.F/ P.IVA: 08938701003, CIG: 85542641F8 € 6.840,20 a favore dell'Agr. Dott. Aurelio Valentini, con studio in Guidonia Montecelio (RM), via Ragusa n. 3, C.F.: VLNRLA82H14L182E, P.IVA 11472301008, SMART CIG: Z0C2FB6A30.</t>
+          <t>Conferimento di incarico ex art. 36, comma 2), lettera a), del D. Lgs. n. 50/2016, del servizio di consulenza tecnica di parte alla Società "Guida Ingegneria Forense srl" per conto della Regione Lazio, citata come soggetto civilmente responsabile nel giudizio penale n. 336/2018 r.g. gip e n. 1851/2016 r.g.n.r. (fascicolo Avvocatura n. 606/2019 – Avvocato incaricato Elena Prezioso). Impegno di spesa di € 48.214,40 sul capitolo R21420 (missione 01 – Programma 11 – Aggregato 1.03.02.11.000) esercizio 2020 - codice creditore n. 190630. SMART CIG: ZD02BC3D3D.
+</t>
         </is>
       </c>
       <c r="D1362" t="s">
-        <v>1190</v>
+        <v>1207</v>
       </c>
       <c r="E1362" s="2">
-        <v>44188</v>
+        <v>44218</v>
       </c>
     </row>
     <row r="1363">
       <c r="A1363">
-        <v>2232</v>
+        <v>2270</v>
       </c>
       <c r="B1363">
         <v>2020</v>
       </c>
       <c r="C1363" t="inlineStr">
         <is>
-          <t>Approvazione proposta ex art. 33, comma 1, ed aggiudicazione, ai sensi dell'art. 32, del D.Lgs. n. 50/2016 e ss.mm.ii, della procedura negoziata, ai sensi dell'art. 36, lett. b) del D.Lgs. n. 50/2016, avente ad oggetto il servizio di manutenzione delle alberature ed aree a verde in stabili di proprietà e/o in uso alla Regione Lazio, site nel territorio regionale. Disimpegno per ribasso d'asta, rimodulazione e attribuzione impegno 66069/2020 sul capitolo di Bilancio Pluriennale della Regione Lazio S21900, es. fin. 2020-2021, a favore di LINEA VERDE NICOLINI S.R.L., con sede in Roma, via Telesforo n. 10, Codice Fiscale/P.IVA: 00625090568, per un importo complessivo di € 229.051,97. CIG: 8473473320</t>
-[...3 lines deleted...]
-        <v>8473473320</v>
+          <t>Affidamento del servizio di pubblicazione dei bandi e degli avvisi di gara relativi alla "gara per la fornitura di ausili tecnici standard per disabili di cui al dpcm del 12 gennaio 2017 (gu n.65 del 18/03/2017) e servizi connessi occorrenti alle Aziende Sanitarie della Regione Lazio" ed alla "gara per l'acquisizione e la distribuzione di cannule e cateteri da destinare in assistenza territoriale ai pazienti delle Aziende Sanitarie della Regione Lazio". Impegno di spesa € 3.177,22 sul cap. H21509, Es. Fin. 2020 in favore di "Pubblica Amministrazione &amp;amp; Mercato S.r.l." (cod. creditore 203538) (ausili standard) ed impegno di spesa € 1.760,01 sul cap. H21509, Es. Fin. 2020 in favore della Soc. Lexmedia Srl (cod. creditore 112034) (cannule e cateteri) per un totale complessivo di € 4.937,23.</t>
+        </is>
+      </c>
+      <c r="D1363" t="s">
+        <v>1208</v>
       </c>
       <c r="E1363" s="2">
-        <v>44188</v>
+        <v>44217</v>
       </c>
     </row>
     <row r="1364">
       <c r="A1364">
-        <v>2231</v>
+        <v>2269</v>
       </c>
       <c r="B1364">
         <v>2020</v>
       </c>
       <c r="C1364" t="inlineStr">
         <is>
-          <t>Approvazione proposta ex art. 33, comma 1, ed aggiudicazione, ai sensi dell'art. 32, del D.Lgs. n. 50/2016 e ss.mm.ii, della procedura negoziata, ai sensi dell'art. 36, lett. b) del D.Lgs. n. 50/2016, avente ad oggetto il servizio di pronto intervento per riparazione rotture e malfunzionamenti, il monitoraggio e il controllo delle stazioni di pompaggio e della pressione delle condotte idriche, degli acquedotti regionali di Palidoro, Castel di Guido, Paola Merla, Malagrotta, Cecanibbio, Massimina. Disimpegno per ribasso d'asta, rimodulazione e attribuzione impegno 66073/2020 sul capitolo di Bilancio Pluriennale della Regione Lazio S21900, es. fin. 2020-2021, a favore di CO.SA.R. s.r.l., con sede in Roma, via Jacopo Sannazzaro n. 40, C.F. 02832450585, P.IVA 01123611004, per un importo complessivo di € 219.104,59. CIG: 849552482E</t>
+          <t>Determinazione a contrarre. Affidamento diretto alla LAZIOcrea S.p.A del servizio di organizzazione del progetto di realizzazione di video racconti digitali da divulgare nelle scuole della Regione Lazio. Impegno di spesa di euro 79.3000,00 (IVA inclusa) a valere sul Cap. F11908. Esercizio finanziario 2020
+</t>
         </is>
       </c>
       <c r="D1364" t="s">
-        <v>1191</v>
+        <v>1209</v>
       </c>
       <c r="E1364" s="2">
-        <v>44188</v>
+        <v>44217</v>
       </c>
     </row>
     <row r="1365">
       <c r="A1365">
-        <v>2230</v>
+        <v>2268</v>
       </c>
       <c r="B1365">
         <v>2020</v>
       </c>
       <c r="C1365" t="inlineStr">
         <is>
-          <t>Approvazione proposta ex art. 33, comma 1, ed aggiudicazione, ai sensi dell'art. 32, del D.Lgs. n. 50/2016 e ss.mm.ii, della procedura negoziata, ai sensi dell'art. 36, lett. b) del D.Lgs. n. 50/2016, avente ad oggetto il servizio di pronto intervento per messa in sicurezza su fasce frangivento e bonifica ambientale nella Provincia di Latina. Disimpegno per ribasso d'asta, rimodulazione e attribuzione impegno 66012/2020 sul capitolo di Bilancio Pluriennale della Regione Lazio S21900, es. fin. 2020-2021, a favore di IPOMAGI s.r.l., con sede in Roma, via Malatesta n. 38/b, C.F. 05182860584, P.IVA 01369051006, per un importo complessivo di € 222.531,94.CIG: 8473456518 </t>
-[...3 lines deleted...]
-        <v>8473456518</v>
+          <t>Determinazione a contrarre. Affidamento diretto all'Alicubi srl (cod. creditore 193433) per la realizzazione di un videodocumentario web sulla data "identitaria" del 2 giugno da divulgare nelle scuole della Regione Lazio ai sensi dell'articolo 36, comma 2, lett. a) del D.Lgs. n. 50/2016. Impegno di spesa di euro 11.126,40 (IVA inclusa) a valere sul Cap. F11908. (Codice CUP n. F86F20000310002 e Codice CIG n. Z562D2802D). Esercizio finanziario 2020</t>
+        </is>
+      </c>
+      <c r="D1365" t="s">
+        <v>1210</v>
       </c>
       <c r="E1365" s="2">
-        <v>44188</v>
+        <v>44217</v>
       </c>
     </row>
     <row r="1366">
       <c r="A1366">
-        <v>2229</v>
+        <v>2267</v>
       </c>
       <c r="B1366">
         <v>2020</v>
       </c>
       <c r="C1366" t="inlineStr">
         <is>
-          <t>Affidamento ai sensi dell'art. 36, comma 2, lett. a), del D.lgs. n. 50/2016 dei servizi tecnici inerenti la produzione del progetto definitivo ed esecutivo e coordinamento sicurezza in fase di progettazione dei lavori di riqualificazione e messa a norma sotto il profilo della prevenzione incendi, dei locali archivio/deposito e delle autorimesse al primo e al secondo piano interrato compresa l'attività di supporto al RUP per lo svolgimento delle azioni di carattere tecnico e di coordinamento progettuale per l'esecuzione degli interventi di adeguamento e antincendio della sede della sede istituzionale della Regione Lazio di Roma in via Cristoforo Colombo 212. Impegno e prenotazione impegno di spesa sul capitolo S22506, ess. finn. 2020-2021, a favore dell'Arch. Andrea Iacovelli, con studio in Roma, via Reggio Emilia n. 81, C.F. CVLNDR67C22H501R, P. IVA 10373510584, per € 91.325,24. </t>
+          <t>Attività di visibilità istituzionale della Regione Lazio. Impegno della somma di 1.524.000,00 a favore di LAZIOCrea S.p.A. sul Cap. di bilancio C21924 Es. Fin. 2020. COV20.</t>
         </is>
       </c>
       <c r="D1366" t="s">
-        <v>1192</v>
+        <v>6</v>
       </c>
       <c r="E1366" s="2">
-        <v>44188</v>
+        <v>44216</v>
       </c>
     </row>
     <row r="1367">
       <c r="A1367">
-        <v>2228</v>
+        <v>2266</v>
       </c>
       <c r="B1367">
         <v>2020</v>
       </c>
       <c r="C1367" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lett. a), degli interventi di messa in sicurezza delle fasce frangivento di Strada Lunga e via Migliara 42 nel Comune di Latina e di via Colle di Tufo nel Comune di Cisterna di Latina. Impegno di spesa di complessivi € 126.205,67 sul Capitolo S21900 del Bilancio della Regione Lazio, es. fin. 2020, a favore di GREAT GREEN Cooperativa Sociale a r.l., con sede in Roma, Via Via dei Malatesta n. 46, C.F/ P.IVA: 12514851000. </t>
+          <t>Attività di visibilità istituzionale della Regione Lazio e di promozione del territorio della Regione Lazio. Impegno della somma di € 2.539.356,16 a favore di LAZIOCrea S.p.A. sul Cap. di bilancio C21924 Es. Fin. 2020.</t>
         </is>
       </c>
       <c r="D1367" t="s">
-        <v>1193</v>
+        <v>6</v>
       </c>
       <c r="E1367" s="2">
-        <v>44188</v>
+        <v>44216</v>
       </c>
     </row>
     <row r="1368">
       <c r="A1368">
-        <v>2227</v>
+        <v>2265</v>
       </c>
       <c r="B1368">
         <v>2020</v>
       </c>
       <c r="C1368" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lett. a), del servizio di minuto mantenimento edile negli immobili di proprietà o in uso alla Regione Lazio, compresi i Centri per l'Impiego. Impegno e prenotazione di spesa di complessivi € 87.963,34 sul Capitolo S21900 del Bilancio della Regione Lazio, ess. finn. 2020-2021, a favore di AM 22 s.r.l., con sede legale in Palombara Sabina (RM), via Alcide De Gasperi n. 12, C.F./P.IVA 12512451001.</t>
-[...3 lines deleted...]
-        <v>8473421835</v>
+          <t>D.G.R. n. 212 del 28/4/2020 concernente "Revoca dello schema di deliberazione n. 1752/2020- DEC6/2020 ed approvazione del Programma Operativo Annuale degli Interventi 2020 di cui alla l.r. 29 dicembre 2014, n.15". Impegno della somma di € 460.643,84 a favore di LAZIOCrea S.p.A. sul Cap. di bilancio C21924 Es. Fin. 2020 COV20</t>
+        </is>
+      </c>
+      <c r="D1368" t="s">
+        <v>6</v>
       </c>
       <c r="E1368" s="2">
-        <v>44188</v>
+        <v>44216</v>
       </c>
     </row>
     <row r="1369">
       <c r="A1369">
-        <v>2226</v>
+        <v>2264</v>
       </c>
       <c r="B1369">
         <v>2020</v>
       </c>
       <c r="C1369" t="inlineStr">
         <is>
-          <t>Lavori per la messa in sicurezza e la valorizzazione delle fasce frangivento, secondo i principi della "Circular Economy" nella Provincia di Latina, Comune di Sabaudia - Tratto di via Formicosa. Affidamento ai sensi dell'art. 36, comma 2, lett. a) del D.Lgs. n. 50/2016 ed impegno di spesa a favore della EKOGEO s.r.l., con sede in Roma Via Giovanni Battista de Rossi n. 13, C.F./P.IVA 13440961004, sul cap. S21900, es fin. 2020, per euro 110.152,58 IVA inclusa.</t>
-[...3 lines deleted...]
-        <v>8553380876</v>
+          <t>D.G.R. n. 412 del 30/06/2020 concernente "Emergenza COVID-19. Misure straordinarie a sostegno delle attività da realizzare da parte delle Associazioni Culturali e delle Associazioni di Promozione Sociale attive in ambito culturale e di animazione territoriale". Impegno della somma di ? 1.000.000,00 a favore di LazioCrea S.p.A. sul Cap. di bilancio C21923 Es. Fin. 2020.COV20.</t>
+        </is>
+      </c>
+      <c r="D1369" t="s">
+        <v>6</v>
       </c>
       <c r="E1369" s="2">
-        <v>44188</v>
+        <v>44216</v>
       </c>
     </row>
     <row r="1370">
       <c r="A1370">
-        <v>2225</v>
+        <v>2263</v>
       </c>
       <c r="B1370">
         <v>2020</v>
       </c>
       <c r="C1370" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lett. a), dei servizi di:pronto intervento per riparazione rotture e malfunzionamenti, il monitoraggio e il controllo delle stazioni di pompaggio e della pressione delle condotte idriche, degli acquedotti regionali di Palidoro, Castel di Guido, Tenuta Paola, Merla, Malagrotta, Cecanibbio, Massimina,manutenzione del Complesso immobiliare di proprietà regionale sito in Roma, Piazza Carlo Forlanini n. 1. Impegno di spesa di complessivi € 122.000,00 sul Capitolo S21900 del Bilancio della Regione Lazio, es. fin. 2020, a favore della Costruzioni Tecnologiche 2000 S.r.l., con sede legale in Roma, via Savoia n. 80, C.F/P.Iva 0725185100.</t>
+          <t>Deliberazione di Giunta Regionale n. 984 del 20 dicembre 2019 concernente l'approvazione del Piano Operativo Annuale di LazioCrea SpA. Piano di Comunicazione a supporto delle iniziative della Giunta regionale. Impegno di spesa di Euro 100.000,00 (IVA inclusa) in favore di LazioCrea SpA Cap. di Bilancio R31902 Esercizio finanziario 2020.</t>
         </is>
       </c>
       <c r="D1370" t="s">
-        <v>1194</v>
+        <v>6</v>
       </c>
       <c r="E1370" s="2">
-        <v>44188</v>
+        <v>44216</v>
       </c>
     </row>
     <row r="1371">
       <c r="A1371">
-        <v>2224</v>
+        <v>2262</v>
       </c>
       <c r="B1371">
         <v>2020</v>
       </c>
       <c r="C1371" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile, Dossier LI-ES2-0840334_Intervento A0100E0172 presso le Scuole dell'obbligo "Pio Fedi" in Via A. Manzoni nel Comune di Vitorchiano (VT). Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 – Incarico per la redazione dell'attestato di prestazione energetica. Disimpegno di € 1.132,32 ed attribuzione impegni nn 53915/2020, 53916/2020 e 53917/2020 rispettivamente dei Capitoli A42200, A42201 A42202 all'operatore economico arch. Settimi Claudio (cod. creditore 80789).CUP F83C15000000006_CIG 8555672BE0</t>
+          <t>Affidamento per un servizio di creatività claim e video COVID-19. Importo € 10.000,00 Iva inclusa - Capitolo di bilancio R31902 - Esercizio Finanziario 2020.COV20 </t>
         </is>
       </c>
       <c r="D1371" t="s">
-        <v>1195</v>
+        <v>1211</v>
       </c>
       <c r="E1371" s="2">
-        <v>44187</v>
+        <v>44216</v>
       </c>
     </row>
     <row r="1372">
       <c r="A1372">
-        <v>2223</v>
+        <v>2261</v>
       </c>
       <c r="B1372">
         <v>2020</v>
       </c>
       <c r="C1372" t="inlineStr">
         <is>
-          <t>Procedura aperta d’urgenza per la conclusione di un accordo quadro per la fornitura di test salivari necessari per la gestione dell’emergenza sanitaria COVID-19-2 determinazione a contrarre. Approvazione schemi, atti e indizione gara. ID gara n. 7991849</t>
+          <t>Realizzazione e distribuzione della guida intitolata "COVID-19 Regole utili da seguire a casa. Impegno di spesa di euro 34.162,00 (IVA inclusa) in favore di AB31 srl - capitolo di bilancio R31902 - Esercizio finanziario 2020". COV20.</t>
         </is>
       </c>
       <c r="D1372" t="s">
-        <v>1196</v>
+        <v>1212</v>
       </c>
       <c r="E1372" s="2">
-        <v>44184</v>
+        <v>44216</v>
       </c>
     </row>
     <row r="1373">
       <c r="A1373">
-        <v>2222</v>
+        <v>2260</v>
       </c>
       <c r="B1373">
         <v>2020</v>
       </c>
-      <c r="C1373" t="inlineStr">
-[...9 lines deleted...]
-        </is>
+      <c r="C1373" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D1373" t="s">
+        <v>1214</v>
       </c>
       <c r="E1373" s="2">
-        <v>44183</v>
+        <v>44215</v>
       </c>
     </row>
     <row r="1374">
       <c r="A1374">
-        <v>2221</v>
+        <v>2259</v>
       </c>
       <c r="B1374">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>1197</v>
+        <v>2021</v>
+      </c>
+      <c r="C1374" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile"&amp;nbsp;Investire sugli edifici pubblici per migliorare la sostenibilita economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2740246_Intervento A0100E0331, presso gli "Uffici Comunali di Piazza del Popolo" nel Comune di Latina. Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori, nomina Direttore Lavori e CSE. CUP F24D17000010006 -&amp;nbsp;CIG 8593971139</t>
+        </is>
       </c>
       <c r="D1374" t="s">
-        <v>6</v>
+        <v>1215</v>
       </c>
       <c r="E1374" s="2">
-        <v>44183</v>
+        <v>44215</v>
       </c>
     </row>
     <row r="1375">
       <c r="A1375">
-        <v>2220</v>
+        <v>2258</v>
       </c>
       <c r="B1375">
         <v>2020</v>
       </c>
       <c r="C1375" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta per l'acquisizione e la distribuzione di cannule e cateteri da destinare in assistenza territoriale ai pazienti delle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
-[...6 lines deleted...]
-        </is>
+          <t>Affidamento mediante Trattativa Diretta ai sensi dell'art. 36 co. 2, lett. a) così come modificato ex art. 1 co. 2 lettera a) della L. 120/2020, e art. 36 co. 6, D. Lgs. 50/16, per la durata di un anno, del servizio di manutenzione dei sistemi di controllo degli accessi delle sedi degli Uffici della Giunta Regione Lazio e dei Centri per l'Impiego siti all'interno del comune di Roma oltre alle sedi dei Centri antiviolenza e tutela della donna. Importo a base della procedura: € 90.659,01. Importo del contratto: € 82.331,40, contraente: ********** s.r.l. (cod. cred. *******). Impegno di € 4.988,39 per l'annualità 2020, prenotazione dell'importo pari a € 77.343,01 per l'annualità 2021 a valere sul Capitolo S21900 del Bilancio della Regione Lazio. CIG: 85159407FF. </t>
+        </is>
+      </c>
+      <c r="D1375" t="s">
+        <v>1216</v>
       </c>
       <c r="E1375" s="2">
-        <v>44182</v>
+        <v>44214</v>
       </c>
     </row>
     <row r="1376">
       <c r="A1376">
-        <v>2219</v>
+        <v>2257</v>
       </c>
       <c r="B1376">
         <v>2020</v>
       </c>
-      <c r="C1376" t="s">
-        <v>1198</v>
+      <c r="C1376" t="inlineStr">
+        <is>
+          <t>Affidamento ex art. 36, comma 2, lett. a) del D. Lgs. 50/2016 così come modificato ai sensi dell'art. 1 comma 2 lettera a) della L. 120/2020, per la conclusione di un accordo quadro con unico operatore come all'art. 54 co. 3 del D. Lgs. 50/2016 per lavori di bonifica e riqualificazione ambientale di siti e manufatti di proprietà o in uso alla Regione Lazio con presenza di rifiuti pericolosi ed amianto. Contraente: ********* s.r.l. - sede legale in via ************, ** – ******,****** - Partita IVA: *********. Prenotazione dell'importo di € 165.559,80 a favore del contraente (cod. cred. ********) e di € 10.000,00 a favore di "creditori diversi" per l'annualità 2021 a valere sul Capitolo S22501 del Bilancio pluriennale della Regione Lazio CIG: 85546722A9-CUP: F83B20000100002. </t>
+        </is>
       </c>
       <c r="D1376" t="s">
-        <v>1199</v>
+        <v>1217</v>
       </c>
       <c r="E1376" s="2">
-        <v>44180</v>
+        <v>44214</v>
       </c>
     </row>
     <row r="1377">
       <c r="A1377">
-        <v>2218</v>
+        <v>2256</v>
       </c>
       <c r="B1377">
         <v>2020</v>
       </c>
       <c r="C1377" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta, ai sensi dell'art. 60 del D. Lgs. N° 50/2016 e s.m.i., per l'affidamento di un Accordo Quadro, ai sensi e per gli effetti dell'art. 54 comma 4, lett. a) del d. lgs. n. 50/2016, avente ad oggetto la fornitura di suture chirurgiche tradizionali occorrenti alle Aziende Sani-tarie della Regione Lazio. Determinazione a contrarre, provvedimento di indizione e approvazione atti di gara e nomina del Responsabile Unico del Procedimento. N.ro Gara 7982276</t>
-[...3 lines deleted...]
-        <v>1200</v>
+          <t>Lavori di rifacimento impermeabilizzazione terrazzo e interventi di ripristino impianti dell'immobile sito in Via Monte delle Capre n. 23, destinato al Centro Maree per donne vittime di violenza. Affidamento ai sensi dell'art. 36, comma 2, lett. a) del D.Lgs. n. 50/2016 ed impegno di spesa a favore di **********S.r.l., con sede in ***** (**) Via **************** C.F./P.I.*********, sul cap. S21900, es fin. 2020, per euro 87.352,00 IVA inclusa. CIG 8526152336. </t>
+        </is>
+      </c>
+      <c r="D1377">
+        <v>8526152336</v>
       </c>
       <c r="E1377" s="2">
-        <v>44179</v>
+        <v>44214</v>
       </c>
     </row>
     <row r="1378">
       <c r="A1378">
-        <v>2217</v>
+        <v>2255</v>
       </c>
       <c r="B1378">
         <v>2020</v>
       </c>
       <c r="C1378" t="inlineStr">
         <is>
-          <t>Affidamento, ai sensi dell'art. 192 del D.Lgs. n. 50/2016, della fornitura dei materiali e del servizio di piccola manutenzione all'interno degli stabili di proprietà o in uso alla Regione Lazio. Impegno di spesa di complessivi € 18.300,00 sul Capitolo S21900 del Bilancio della Regione Lazio, es. fin. 2020, a favore della LAZIOcrea S.p.A., con sede legale in Roma, via del Serafico n. 107, C.F/P.Iva 13662331001.</t>
+          <t>Emergenza COVID-19 – Affidamento diretto ex art. 2, c. 4 del Decreto-legge n. 76/2020 di servizi di trasporto pubblico integrativi e temporanei a supporto della ripresa delle attività produttive e scolastiche per il periodo 14/09/2020-31/10/2020. Ulteriore proroga del servizio.</t>
         </is>
       </c>
       <c r="D1378" t="s">
         <v>6</v>
       </c>
       <c r="E1378" s="2">
-        <v>44176</v>
+        <v>44210</v>
       </c>
     </row>
     <row r="1379">
       <c r="A1379">
-        <v>2216</v>
+        <v>2254</v>
       </c>
       <c r="B1379">
         <v>2020</v>
       </c>
       <c r="C1379" t="inlineStr">
         <is>
-          <t>Lavori di consolidamento Rupe località Mercatello, a completamento intervento somma urgenza movimento franoso nel Comune di Bagnoregio". Affidamento servizio pubblicazione Avviso appalto aggiudicato, alla Società Lexmedia S.r.l., (cod. cred. 112034) ed attribuzione impegno 63960/2020 di € 1.632,33 nell'es. fin 2021. Accertamento dell'importo di € 1.632,33= sul capitolo di entrata 331530.CUP F69D15001850002_CIG Z7F2FA0FB4</t>
-[...3 lines deleted...]
-        <v>1201</v>
+          <t>supporto specialistico per le attività preparatorie relative al Personale nel trasferimento della gestione delle ferrovie regionali ex concesse da ATAC ad altre realtà regionali. Impegno di spesa di € 73.200 sulla missione 10 programma 02 macroaggregato 1.03.02.11 capitolo D41928 </t>
+        </is>
+      </c>
+      <c r="D1379">
+        <v>8531352662</v>
       </c>
       <c r="E1379" s="2">
-        <v>44176</v>
+        <v>44210</v>
       </c>
     </row>
     <row r="1380">
       <c r="A1380">
-        <v>2215</v>
+        <v>2253</v>
       </c>
       <c r="B1380">
         <v>2020</v>
       </c>
-      <c r="C1380" t="s">
-        <v>1202</v>
+      <c r="C1380" t="inlineStr">
+        <is>
+          <t>Supporto specialistico giuridico per le attività connesse all'emergenza Covid-19 e agli interventi di efficientamento dei servizi di trasporto regionali sulla missione 10 programma 02 macroaggregato 1.03.02.11 capitolo D41928- CIG 855634466F.</t>
+        </is>
       </c>
       <c r="D1380" t="s">
-        <v>1203</v>
+        <v>1218</v>
       </c>
       <c r="E1380" s="2">
-        <v>44175</v>
+        <v>44210</v>
       </c>
     </row>
     <row r="1381">
       <c r="A1381">
-        <v>2214</v>
+        <v>2252</v>
       </c>
       <c r="B1381">
         <v>2020</v>
       </c>
       <c r="C1381" t="inlineStr">
         <is>
-          <t>Emergenza derivante dagli eventi metereologici verificatesi nel territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. Intervento codice n. 594 "Lavori straordinari dell'alveo del fiume Fibreno nel tratto a valle e a monte della Ferrovia Roccasecca - Sora - Ripristino officiosità idraulica e difese spondali". Determinazione a contrarre. CUP: F44H20000120001 CIG. 8548935456
-</t>
+          <t>Attuazione del nuovo modello di programmazione del trasporto pubblico locale, ai sensi della deliberazione di Giunta regionale n. 617 del 22 settembre 2020. Affidamento ad ASTRAL delle attività di supporto per la redazione dei Piani Economico-Finanziari simulati relativi alle 11 unità di rete: Impegno di spesa sul capitolo T19563, missione 10 programma 02, macroaggregato 1.04.03.01.</t>
         </is>
       </c>
       <c r="D1381" t="s">
-        <v>1204</v>
+        <v>6</v>
       </c>
       <c r="E1381" s="2">
-        <v>44174</v>
+        <v>44210</v>
       </c>
     </row>
     <row r="1382">
       <c r="A1382">
-        <v>2213</v>
+        <v>2251</v>
       </c>
       <c r="B1382">
         <v>2020</v>
       </c>
       <c r="C1382" t="inlineStr">
         <is>
-          <t>Emergenza derivante dagli eventi metereologici verificatesi nel territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. Intervento codice n. R94 "Lavori straordinari dell'alveo del fiume Rapido - Vecchio alveo - Ripristino difese spondali a monte della casa circondariale". Determinazione a contrarre. CUP: F34H20000420001 CIG: 8549371C20</t>
+          <t>Approvazione dello schema di "Accordo attuativo della convenzione tra Ministero delle Infrastrutture e dei Trasporti e Regione Lazio del 3/04/2020 per la fornitura di n. 7 treni (elettrici) denominati jazz base". Piano Operativo Infrastrutture - Asse Tematico F "Rinnovo materiale trasporto pubblico locale - Piano sicurezza ferroviaria". Piano nazionale per il rinnovo del materiale rotabile ferroviario. Delibera CIPE n. 25 del 10.08.2016 e Delibera CIPE n. 54 del 01.12.2016. </t>
         </is>
       </c>
       <c r="D1382" t="s">
-        <v>1205</v>
+        <v>6</v>
       </c>
       <c r="E1382" s="2">
-        <v>44174</v>
+        <v>44210</v>
       </c>
     </row>
     <row r="1383">
       <c r="A1383">
-        <v>2212</v>
+        <v>2250</v>
       </c>
       <c r="B1383">
         <v>2020</v>
       </c>
       <c r="C1383" t="inlineStr">
         <is>
-          <t>Appalto specifico per l’acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio, della Regione Calabria e della Regione Sardegna – Farmaci 2020_quarta tranche, nell’ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori - Nr. Gara 7970854.
-[...7 lines deleted...]
-        </is>
+          <t>Affidamento su MePA, a seguito di Trattativa Diretta con la ditta Soluxioni S.r.l., del servizio di manutenzione evolutiva dei sistemi informativi IMCRUD e ARES-InfraMob – Autorizzazione alla stipula del contratto - Importo € 44.196,57 - Capitolo S26515 - Esercizio finanziario 2020.</t>
+        </is>
+      </c>
+      <c r="D1383" t="s">
+        <v>1219</v>
       </c>
       <c r="E1383" s="2">
-        <v>44174</v>
+        <v>44208</v>
       </c>
     </row>
     <row r="1384">
       <c r="A1384">
-        <v>2211</v>
+        <v>2249</v>
       </c>
       <c r="B1384">
         <v>2020</v>
       </c>
       <c r="C1384" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile . Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2740248 - Intervento A0100E0330, presso la Scuola Media Aldo Manuzio"&amp;nbsp;di Latina Scalo Comune di Latina. Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori, nomina Direttore Lavori e CSE. CUP F24D17000010006 &amp;nbsp;CIG 853856029E
-[...4 lines deleted...]
-        <v>1206</v>
+          <t>Campagna informativa sul programma di prevenzione dell'influenza, in particolare sul programma di vaccinazione antinfluenzale e sul programma di vaccinazione antipneumococcica per la stagione 2020-2021. Impegno di spesa di € 207.615,00 (IVA inclusa) - Capitolo di bilancio H11732 - esercizio finanziario 2020.</t>
+        </is>
+      </c>
+      <c r="D1384" t="inlineStr">
+        <is>
+          <t>ZE02E1D1FD; Z392E1D214; ZC72E1D21D; Z5A2E1D226; Z482E1D233; ZAE2E1D23D; ZEC2E1D248; ZF72E1D24E; Z072D1D254; ZE52E1D25B; Z502E1D265; Z832E1D26A; Z162E1D273; Z212E1D279; ZAF2E1D282; ZD62E215E3; ZED2E1D28D; Z082E1D299; Z132E1D29F</t>
+        </is>
       </c>
       <c r="E1384" s="2">
-        <v>44169</v>
+        <v>44207</v>
       </c>
     </row>
     <row r="1385">
       <c r="A1385">
-        <v>2210</v>
+        <v>2248</v>
       </c>
       <c r="B1385">
         <v>2020</v>
       </c>
       <c r="C1385" t="inlineStr">
         <is>
-          <t>Intervento n. 12IR822/G1 "Dissesto idrogeologico strada comunale da Poggio d'Api a Colle Arquata - Accumoli (RI)". Affidamento del Servizio di progettazione definitiva ed esecutiva, coordinamento della sicurezza in fase di progettazione e rilievo plano-altimetrico dell'intervento.</t>
-[...3 lines deleted...]
-        <v>8462052238</v>
+          <t>Progetto di sensibilizzazione dei giovani al rispetto delle norme anti COVID-19. Impegno di € 36.600,00 (Iva inclusa) in favore di "The Washing Machine Italia srl" (codice creditore 155646) - Capitolo R31902 - esercizio finanziario 2020.</t>
+        </is>
+      </c>
+      <c r="D1385" t="s">
+        <v>1220</v>
       </c>
       <c r="E1385" s="2">
-        <v>44169</v>
+        <v>44207</v>
       </c>
     </row>
     <row r="1386">
       <c r="A1386">
-        <v>2209</v>
+        <v>2247</v>
       </c>
       <c r="B1386">
         <v>2020</v>
       </c>
       <c r="C1386" t="inlineStr">
         <is>
-          <t>SiGeM –Sistema Informativo di Gestione e Monitoraggio dei PO FSE e FESR Lazio. Realizzazione delle attività previste dalla fase 2 dello SFAT a valere sul POR FESR Lazio 2021-2027.</t>
+          <t>Affidamento alla Invidio srl di un servizio di produzione video per le tematiche ambientali. Impegno di spesa di € 12.200,00 (IVA inclusa) - Capitolo di bilancio R31902 - Esercizio Finanziario 2020.</t>
         </is>
       </c>
       <c r="D1386" t="s">
-        <v>1207</v>
+        <v>1221</v>
       </c>
       <c r="E1386" s="2">
-        <v>44169</v>
+        <v>44207</v>
       </c>
     </row>
     <row r="1387">
       <c r="A1387">
-        <v>2208</v>
+        <v>2246</v>
       </c>
       <c r="B1387">
         <v>2020</v>
       </c>
       <c r="C1387" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020. Progetto A0097E0019. SiGeM –Sistema Informativo di Gestione e Monitoraggio dei PO FSE e FESR Lazio. Approvazione Studio di Fattibilità "sviluppo software, manutenzione evolutiva, adeguativa, correttiva e relativo supporto tecnico". Continuità dei servizi di manutenzione e assistenza tecnica (Fase 1 SFAT).</t>
+          <t>Pubblicità istituzionale sulla Guida "Roma de La Pecora Nera 2021". Impegno di Euro 24.400,00 (Iva inclusa) in favore di La Pecora Nera Editore snc - Capitolo R31902 - esercizio finanziario 2020.</t>
         </is>
       </c>
       <c r="D1387" t="s">
-        <v>6</v>
+        <v>1222</v>
       </c>
       <c r="E1387" s="2">
-        <v>44169</v>
+        <v>44207</v>
       </c>
     </row>
     <row r="1388">
       <c r="A1388">
-        <v>2207</v>
+        <v>2245</v>
       </c>
       <c r="B1388">
         <v>2020</v>
       </c>
       <c r="C1388" t="inlineStr">
         <is>
-          <t>Affidamento sul MEPA, a seguito di Trattativa Diretta, del servizio di utilizzo ed allestimento sale per l'espletamento della prova preselettiva del concorso pubblico, per titoli ed esami, per la copertura di 10 posti a tempo pieno ed indeterminato di esperto legale - avvocato, categoria giuridica D, posizione economica D1, presso l'avvocatura regionale, importo complessivo di € 21.450,00 IVA esclusa (€ 26.169,00 IVA inclusa) Cap. T19535 –impegno esercizio finanziario 2020.</t>
+          <t>Pubblicità istituzionale su "Sportclub Magazine". Impegno di € 18.300,00 (Iva inclusa) in favore della Marketing Xpression di Marco Oddino (cod. cred. 173589) - Capitolo R31902 - esercizio finanziario 2020."</t>
         </is>
       </c>
       <c r="D1388" t="s">
-        <v>1208</v>
+        <v>1223</v>
       </c>
       <c r="E1388" s="2">
-        <v>44162</v>
+        <v>44207</v>
       </c>
     </row>
     <row r="1389">
       <c r="A1389">
-        <v>2206</v>
+        <v>2244</v>
       </c>
       <c r="B1389">
         <v>2020</v>
       </c>
-      <c r="C1389" t="s">
-[...3 lines deleted...]
-        <v>1210</v>
+      <c r="C1389" t="inlineStr">
+        <is>
+          <t>Promozione di immagine per la Regione Lazio in occasione della campagna informativa sul Numero Verde antiomofobia ?Gay Help Line 800.713.713, a cura dell'Associazione Gay Center/Gay Help Line (cod. cred. 131431), Impegno di € 80.000,00 (Iva esente) sul capitolo R31902 - esercizio finanziario 2020. Impegno di € 30,00 a titolo di contributo per l'Autorità Nazionale Anticorruzione (ANAC) (cod.cred. 159683) sul capitolo T19427 - esercizio finanziario 2020.</t>
+        </is>
+      </c>
+      <c r="D1389">
+        <v>7736232</v>
       </c>
       <c r="E1389" s="2">
-        <v>44161</v>
+        <v>44207</v>
       </c>
     </row>
     <row r="1390">
       <c r="A1390">
-        <v>2205</v>
+        <v>2243</v>
       </c>
       <c r="B1390">
         <v>2020</v>
       </c>
       <c r="C1390" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Dossier LI-ES2-2960279 - Intervento A0100E0120 –presso la "Scuola media San Bartolomeo" nel Comune di Sezze (LT). Affidamento servizio pubblicazione Variante all'Operatore economico INTESTO S.r.l. (cod. creditore 138804), Incremento impegno di € 208,00= ed attribuzione impegno n 55318 sul Capitolo A42502, accertamento dell'importo di € 1.708,00 sul capitolo di entrata nn. 331530. CUP: F14D16000000006 - CIG ZF62EC5958</t>
-[...3 lines deleted...]
-        <v>1211</v>
+          <t>Campagna di comunicazione istituzionale "Regione vicina". Impegno di spesa di € 157.056,60 (IVA inclusa) - Capitolo dibilancio R31902 - esercizio finanziario 2020.</t>
+        </is>
+      </c>
+      <c r="D1390" t="inlineStr">
+        <is>
+          <t>Z552CB43CD; Z5A2CB4330; ZB62CB4379: ZCA2CB43F6; Z9F2CB4423; Z192CB444C; ZD32CB4568; Z222CB44C3;Z302CB43A2; ZBE2CB44A6; Z722CB45BC; Z8C2CB44E6; Z0F2CB4586; ZBE2CB45A1; ZA62CB450B; Z322CB4527;Z192CB4547; Z212CB447E</t>
+        </is>
       </c>
       <c r="E1390" s="2">
-        <v>44161</v>
+        <v>44207</v>
       </c>
     </row>
     <row r="1391">
       <c r="A1391">
-        <v>2204</v>
+        <v>2242</v>
       </c>
       <c r="B1391">
         <v>2020</v>
       </c>
       <c r="C1391" t="inlineStr">
         <is>
-          <t>DGR n. 984/2019 e DGR n. 98/2020. Attività di manutenzione adeguativa, migliorativa ed evolutiva del sistema informativo Registro Impianti Geotermici (RIG) e Sistema Informativo Territoriale  (SIT). Approvazione dello studio di fattibilità e impegno di spesa a favore della società in house providing LazioCrea S.p.A. (Codice Creditore 164838) per € 48.577,71 complessivi, di cui € 22.820,40 sul capitolo E11901 e € 25.757,31 sul capitolo E12520, nell'ambito del Programma 01 della Missione 17. Esercizi finanziari 2020 e 2021.</t>
+          <t>Campagna informativa per la ricerca di volontari per uno studio clinico per un vaccino contro COVID-19. Impegno di spesa di € 50.581,20 (IVA inclusa) - Capitolo di bilancio R31902 - esercizio finanziario 2020.</t>
         </is>
       </c>
       <c r="D1391" t="s">
-        <v>6</v>
+        <v>1224</v>
       </c>
       <c r="E1391" s="2">
-        <v>44161</v>
+        <v>44207</v>
       </c>
     </row>
     <row r="1392">
       <c r="A1392">
-        <v>2203</v>
+        <v>2241</v>
       </c>
       <c r="B1392">
         <v>2020</v>
       </c>
       <c r="C1392" t="inlineStr">
         <is>
-          <t>Approvazione dello schema di Protocollo d'intesa tra la Regione Lazio e l'ANCI Lazio per attività di supporto ai comuni della Regione Lazio in materia di efficientamento energetico, fonti energetiche rinnovabili e mobilità sostenibile.</t>
+          <t>Campagna informativa relativa alle misure di sicurezza da adottare per fronteggiare l?emergenza sanitaria provocata da COVID-19. Impegno di spesa di € 158.633,00 (IVA inclusa) - Capitolo di bilancio R31902 - esercizio finanziario 2020.</t>
         </is>
       </c>
       <c r="D1392" t="s">
-        <v>6</v>
+        <v>1225</v>
       </c>
       <c r="E1392" s="2">
-        <v>44161</v>
+        <v>44207</v>
       </c>
     </row>
     <row r="1393">
       <c r="A1393">
-        <v>2202</v>
+        <v>2240</v>
       </c>
       <c r="B1393">
         <v>2020</v>
       </c>
       <c r="C1393" t="inlineStr">
         <is>
-          <t>Attuazione della Deliberazione di Giunta regionale 4 agosto 2016, n. 509. Accordo sottoscritto tra il Presidente della Regione Lazio e il Presidente di ENEA per il Sistema Informativo per la gestione degli Attestati di Prestazione Energetica nella Regione Lazio, denominato APE Lazio. Determinazione n. G17060 del 09/12/2019. Modifica dello schema di Convenzione per le annualità 2019 e 2020. Conferma degli impegni di spesa nn. 23749 e 32895 di €15.000,00 sul Capitolo di bilancio regionale E11901 della Missione 17, Programma 01, a favore di ENEA - Agenzia nazionale per le nuove tecnologie, l'energia e lo sviluppo economico sostenibile - (codice creditore 6889).</t>
+          <t>Campagna informativa relativa alle misure di sicurezza da adottare per fronteggiare l'emergenza sanitaria provocata da COVID-19. Impegno di spesa di Euro 45.514,54 (IVA inclusa) - Capitolo di bilancio R31902 - esercizio finanziario 2020 - COV20.</t>
         </is>
       </c>
       <c r="D1393" t="s">
-        <v>6</v>
+        <v>1226</v>
       </c>
       <c r="E1393" s="2">
-        <v>44161</v>
+        <v>44207</v>
       </c>
     </row>
     <row r="1394">
       <c r="A1394">
-        <v>2201</v>
+        <v>2239</v>
       </c>
       <c r="B1394">
         <v>2020</v>
       </c>
       <c r="C1394" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lett. a), degli interventi di manutenzione sul patrimonio immobiliare in proprietà e in uso della Regione Lazio. Prenotazione impegno di spesa di complessivi € 161.402,46 sul Capitolo S21900 del Bilancio Pluriennale della Regione Lazio, es. fin. 2021, a favore di PROGETTI E RESTAURI s.r.l., con sede in Roma, Via Monasterace n. 4-10, C.F/ P.IVA: 08658901007. CIG: 855556211D </t>
+        </is>
+      </c>
+      <c r="D1394" t="s">
+        <v>1227</v>
+      </c>
+      <c r="E1394" s="2">
+        <v>44204</v>
+      </c>
+    </row>
+    <row r="1395">
+      <c r="A1395">
+        <v>2238</v>
+      </c>
+      <c r="B1395">
+        <v>2020</v>
+      </c>
+      <c r="C1395" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D1395" t="s">
+        <v>1229</v>
+      </c>
+      <c r="E1395" s="2">
+        <v>44195</v>
+      </c>
+    </row>
+    <row r="1396">
+      <c r="A1396">
+        <v>2237</v>
+      </c>
+      <c r="B1396">
+        <v>2020</v>
+      </c>
+      <c r="C1396" t="inlineStr">
+        <is>
+          <t>Determinazione a contrarre relativa alla Gara comunitaria a procedura aperta finalizzata all'affidamento del "multiservizio tecnologico di manutenzione degli impianti relativi agli immobili di proprietà o in uso, a qualsiasi titolo, alla Regione Lazio". Impegni di spesa: € 15.544.371,61 IVA compresa, cap. S23416, Es. Fin. 2021-2028, in favore di Creditori Diversi (cod. cred/deb. 3805), € 6.355.559,78 IVA compresa, cap. S21900, Es. Fin. 2021-2028, in favore di Creditori Diversi (cod. cred/deb. 3805), Impegno di spesa di € 800,00 a favore di ANAC sul cap. T19427. Es. Fin. 2021, Impegno di spesa di complessivi € 197 458,40 sui capitoli S23416 e S21900 es fin 2021-2028 e relativo accertamento a favore del fondo incentivi, ai sensi dell'art.113 del Dlgs 50/2016 sui capitoli 341559 per € 157.966,72, 341562 per € 19.745,84 e 341563 per € 19.745,84. CIG 85680789A2 
+</t>
+        </is>
+      </c>
+      <c r="D1396" t="s">
+        <v>1230</v>
+      </c>
+      <c r="E1396" s="2">
+        <v>44194</v>
+      </c>
+    </row>
+    <row r="1397">
+      <c r="A1397">
+        <v>2236</v>
+      </c>
+      <c r="B1397">
+        <v>2020</v>
+      </c>
+      <c r="C1397" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile, Dossier n. "LI-ES2-20160109-2470214". Intervento A0100E0205 presso la "Scuola Media Ettore Sacconi" nel Comune di Tarquinia (VT). Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 – Incarico per la redazione dell'attestato di prestazione energetica. Disimpegno di € 2.092,51 ed attribuzione impegni nn 64326/2020, 64327/2020 e 64328/2020 rispettivamente dei Capitoli A42200, A42201 A42202 all'operatore economico arch. Di Meglio Marianna (cod. creditore 203154). CUP F83C15000000006_CIG 85556444C7</t>
+        </is>
+      </c>
+      <c r="D1397" t="s">
+        <v>1231</v>
+      </c>
+      <c r="E1397" s="2">
+        <v>44189</v>
+      </c>
+    </row>
+    <row r="1398">
+      <c r="A1398">
+        <v>2235</v>
+      </c>
+      <c r="B1398">
+        <v>2020</v>
+      </c>
+      <c r="C1398" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ai sensi dell’art. 36, comma 2, lettera a) del D.Lgs. n. 50/2016, per l’acquisto di vestiario per il personale Guardiaparco e tecnico della Direzione Regionale Capitale Naturale Parchi e Aree Protette. Acquisto tramite MEPA, per euro totali € 28.734,05 ogni onere incluso. Impegno di spesa per l’anno 2020 a favore della Ditta Gino Trabaldo s.r.l. (codice creditore n. 98718) sul capitolo E21940. CIG Z7B2F4F795.  </t>
+        </is>
+      </c>
+      <c r="D1398" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E1398" s="2">
+        <v>44188</v>
+      </c>
+    </row>
+    <row r="1399">
+      <c r="A1399">
+        <v>2234</v>
+      </c>
+      <c r="B1399">
+        <v>2020</v>
+      </c>
+      <c r="C1399" t="inlineStr">
+        <is>
+          <t>Affidamento ai sensi dell'art. 36, comma 2, lett. a), del D.lgs. n. 50/2016 dell'incarico di redazione di due studi di fattibilità per gli immobili sedi degli Uffici della Giunta Regione Lazio siti in Roma, via Parigi n. 11, e in Latina, via Pier Luigi Nervi n. 174. Prenotazione impegno di spesa sul capitolo S21903 del Bilancio Pluriennale della Regione Lazio, es. fin. 2021, a favore di AKA Studio Associato Caccavale, Casadei, Pineschi architetti, con studio in Roma, Piazzale Portuense n. 3, C.F. e P.IVA 09654461004, per un importo complessivo di € 93.637,44. CIG 8555613B30</t>
+        </is>
+      </c>
+      <c r="D1399" t="s">
+        <v>1233</v>
+      </c>
+      <c r="E1399" s="2">
+        <v>44188</v>
+      </c>
+    </row>
+    <row r="1400">
+      <c r="A1400">
+        <v>2233</v>
+      </c>
+      <c r="B1400">
+        <v>2020</v>
+      </c>
+      <c r="C1400" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lett. a), degli interventi urgenti di messa in sicurezza delle alberature ubicate nell'area adibita a "Drive In - Covid" all'interno dell'ex Ospedale Forlanini. Prenotazione sul Capitolo S21900 del Bilancio Pluriennale della Regione Lazio, es. fin. 2021: € 104.671,38 a favore di D'ANNUNZIO LUCIANO S.R.L. con socio unico, con sede in Castelnuovo di Porto (RM), Via Monte Soriano n. 19, C.F/ P.IVA: 08938701003, CIG: 85542641F8 € 6.840,20 a favore dell'Agr. Dott. Aurelio Valentini, con studio in Guidonia Montecelio (RM), via Ragusa n. 3, C.F.: VLNRLA82H14L182E, P.IVA 11472301008, SMART CIG: Z0C2FB6A30.</t>
+        </is>
+      </c>
+      <c r="D1400" t="s">
+        <v>1234</v>
+      </c>
+      <c r="E1400" s="2">
+        <v>44188</v>
+      </c>
+    </row>
+    <row r="1401">
+      <c r="A1401">
+        <v>2232</v>
+      </c>
+      <c r="B1401">
+        <v>2020</v>
+      </c>
+      <c r="C1401" t="inlineStr">
+        <is>
+          <t>Approvazione proposta ex art. 33, comma 1, ed aggiudicazione, ai sensi dell'art. 32, del D.Lgs. n. 50/2016 e ss.mm.ii, della procedura negoziata, ai sensi dell'art. 36, lett. b) del D.Lgs. n. 50/2016, avente ad oggetto il servizio di manutenzione delle alberature ed aree a verde in stabili di proprietà e/o in uso alla Regione Lazio, site nel territorio regionale. Disimpegno per ribasso d'asta, rimodulazione e attribuzione impegno 66069/2020 sul capitolo di Bilancio Pluriennale della Regione Lazio S21900, es. fin. 2020-2021, a favore di LINEA VERDE NICOLINI S.R.L., con sede in Roma, via Telesforo n. 10, Codice Fiscale/P.IVA: 00625090568, per un importo complessivo di € 229.051,97. CIG: 8473473320</t>
+        </is>
+      </c>
+      <c r="D1401">
+        <v>8473473320</v>
+      </c>
+      <c r="E1401" s="2">
+        <v>44188</v>
+      </c>
+    </row>
+    <row r="1402">
+      <c r="A1402">
+        <v>2231</v>
+      </c>
+      <c r="B1402">
+        <v>2020</v>
+      </c>
+      <c r="C1402" t="inlineStr">
+        <is>
+          <t>Approvazione proposta ex art. 33, comma 1, ed aggiudicazione, ai sensi dell'art. 32, del D.Lgs. n. 50/2016 e ss.mm.ii, della procedura negoziata, ai sensi dell'art. 36, lett. b) del D.Lgs. n. 50/2016, avente ad oggetto il servizio di pronto intervento per riparazione rotture e malfunzionamenti, il monitoraggio e il controllo delle stazioni di pompaggio e della pressione delle condotte idriche, degli acquedotti regionali di Palidoro, Castel di Guido, Paola Merla, Malagrotta, Cecanibbio, Massimina. Disimpegno per ribasso d'asta, rimodulazione e attribuzione impegno 66073/2020 sul capitolo di Bilancio Pluriennale della Regione Lazio S21900, es. fin. 2020-2021, a favore di CO.SA.R. s.r.l., con sede in Roma, via Jacopo Sannazzaro n. 40, C.F. 02832450585, P.IVA 01123611004, per un importo complessivo di € 219.104,59. CIG: 849552482E</t>
+        </is>
+      </c>
+      <c r="D1402" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E1402" s="2">
+        <v>44188</v>
+      </c>
+    </row>
+    <row r="1403">
+      <c r="A1403">
+        <v>2230</v>
+      </c>
+      <c r="B1403">
+        <v>2020</v>
+      </c>
+      <c r="C1403" t="inlineStr">
+        <is>
+          <t>Approvazione proposta ex art. 33, comma 1, ed aggiudicazione, ai sensi dell'art. 32, del D.Lgs. n. 50/2016 e ss.mm.ii, della procedura negoziata, ai sensi dell'art. 36, lett. b) del D.Lgs. n. 50/2016, avente ad oggetto il servizio di pronto intervento per messa in sicurezza su fasce frangivento e bonifica ambientale nella Provincia di Latina. Disimpegno per ribasso d'asta, rimodulazione e attribuzione impegno 66012/2020 sul capitolo di Bilancio Pluriennale della Regione Lazio S21900, es. fin. 2020-2021, a favore di IPOMAGI s.r.l., con sede in Roma, via Malatesta n. 38/b, C.F. 05182860584, P.IVA 01369051006, per un importo complessivo di € 222.531,94.CIG: 8473456518 </t>
+        </is>
+      </c>
+      <c r="D1403">
+        <v>8473456518</v>
+      </c>
+      <c r="E1403" s="2">
+        <v>44188</v>
+      </c>
+    </row>
+    <row r="1404">
+      <c r="A1404">
+        <v>2229</v>
+      </c>
+      <c r="B1404">
+        <v>2020</v>
+      </c>
+      <c r="C1404" t="inlineStr">
+        <is>
+          <t>Affidamento ai sensi dell'art. 36, comma 2, lett. a), del D.lgs. n. 50/2016 dei servizi tecnici inerenti la produzione del progetto definitivo ed esecutivo e coordinamento sicurezza in fase di progettazione dei lavori di riqualificazione e messa a norma sotto il profilo della prevenzione incendi, dei locali archivio/deposito e delle autorimesse al primo e al secondo piano interrato compresa l'attività di supporto al RUP per lo svolgimento delle azioni di carattere tecnico e di coordinamento progettuale per l'esecuzione degli interventi di adeguamento e antincendio della sede della sede istituzionale della Regione Lazio di Roma in via Cristoforo Colombo 212. Impegno e prenotazione impegno di spesa sul capitolo S22506, ess. finn. 2020-2021, a favore dell'Arch. Andrea Iacovelli, con studio in Roma, via Reggio Emilia n. 81, C.F. CVLNDR67C22H501R, P. IVA 10373510584, per € 91.325,24. </t>
+        </is>
+      </c>
+      <c r="D1404" t="s">
+        <v>1236</v>
+      </c>
+      <c r="E1404" s="2">
+        <v>44188</v>
+      </c>
+    </row>
+    <row r="1405">
+      <c r="A1405">
+        <v>2228</v>
+      </c>
+      <c r="B1405">
+        <v>2020</v>
+      </c>
+      <c r="C1405" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lett. a), degli interventi di messa in sicurezza delle fasce frangivento di Strada Lunga e via Migliara 42 nel Comune di Latina e di via Colle di Tufo nel Comune di Cisterna di Latina. Impegno di spesa di complessivi € 126.205,67 sul Capitolo S21900 del Bilancio della Regione Lazio, es. fin. 2020, a favore di GREAT GREEN Cooperativa Sociale a r.l., con sede in Roma, Via Via dei Malatesta n. 46, C.F/ P.IVA: 12514851000. </t>
+        </is>
+      </c>
+      <c r="D1405" t="s">
+        <v>1237</v>
+      </c>
+      <c r="E1405" s="2">
+        <v>44188</v>
+      </c>
+    </row>
+    <row r="1406">
+      <c r="A1406">
+        <v>2227</v>
+      </c>
+      <c r="B1406">
+        <v>2020</v>
+      </c>
+      <c r="C1406" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lett. a), del servizio di minuto mantenimento edile negli immobili di proprietà o in uso alla Regione Lazio, compresi i Centri per l'Impiego. Impegno e prenotazione di spesa di complessivi € 87.963,34 sul Capitolo S21900 del Bilancio della Regione Lazio, ess. finn. 2020-2021, a favore di AM 22 s.r.l., con sede legale in Palombara Sabina (RM), via Alcide De Gasperi n. 12, C.F./P.IVA 12512451001.</t>
+        </is>
+      </c>
+      <c r="D1406">
+        <v>8473421835</v>
+      </c>
+      <c r="E1406" s="2">
+        <v>44188</v>
+      </c>
+    </row>
+    <row r="1407">
+      <c r="A1407">
+        <v>2226</v>
+      </c>
+      <c r="B1407">
+        <v>2020</v>
+      </c>
+      <c r="C1407" t="inlineStr">
+        <is>
+          <t>Lavori per la messa in sicurezza e la valorizzazione delle fasce frangivento, secondo i principi della "Circular Economy" nella Provincia di Latina, Comune di Sabaudia - Tratto di via Formicosa. Affidamento ai sensi dell'art. 36, comma 2, lett. a) del D.Lgs. n. 50/2016 ed impegno di spesa a favore della EKOGEO s.r.l., con sede in Roma Via Giovanni Battista de Rossi n. 13, C.F./P.IVA 13440961004, sul cap. S21900, es fin. 2020, per euro 110.152,58 IVA inclusa.</t>
+        </is>
+      </c>
+      <c r="D1407">
+        <v>8553380876</v>
+      </c>
+      <c r="E1407" s="2">
+        <v>44188</v>
+      </c>
+    </row>
+    <row r="1408">
+      <c r="A1408">
+        <v>2225</v>
+      </c>
+      <c r="B1408">
+        <v>2020</v>
+      </c>
+      <c r="C1408" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lett. a), dei servizi di:pronto intervento per riparazione rotture e malfunzionamenti, il monitoraggio e il controllo delle stazioni di pompaggio e della pressione delle condotte idriche, degli acquedotti regionali di Palidoro, Castel di Guido, Tenuta Paola, Merla, Malagrotta, Cecanibbio, Massimina,manutenzione del Complesso immobiliare di proprietà regionale sito in Roma, Piazza Carlo Forlanini n. 1. Impegno di spesa di complessivi € 122.000,00 sul Capitolo S21900 del Bilancio della Regione Lazio, es. fin. 2020, a favore della Costruzioni Tecnologiche 2000 S.r.l., con sede legale in Roma, via Savoia n. 80, C.F/P.Iva 0725185100.</t>
+        </is>
+      </c>
+      <c r="D1408" t="s">
+        <v>1238</v>
+      </c>
+      <c r="E1408" s="2">
+        <v>44188</v>
+      </c>
+    </row>
+    <row r="1409">
+      <c r="A1409">
+        <v>2224</v>
+      </c>
+      <c r="B1409">
+        <v>2020</v>
+      </c>
+      <c r="C1409" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile, Dossier LI-ES2-0840334_Intervento A0100E0172 presso le Scuole dell'obbligo "Pio Fedi" in Via A. Manzoni nel Comune di Vitorchiano (VT). Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 – Incarico per la redazione dell'attestato di prestazione energetica. Disimpegno di € 1.132,32 ed attribuzione impegni nn 53915/2020, 53916/2020 e 53917/2020 rispettivamente dei Capitoli A42200, A42201 A42202 all'operatore economico arch. Settimi Claudio (cod. creditore 80789).CUP F83C15000000006_CIG 8555672BE0</t>
+        </is>
+      </c>
+      <c r="D1409" t="s">
+        <v>1239</v>
+      </c>
+      <c r="E1409" s="2">
+        <v>44187</v>
+      </c>
+    </row>
+    <row r="1410">
+      <c r="A1410">
+        <v>2223</v>
+      </c>
+      <c r="B1410">
+        <v>2020</v>
+      </c>
+      <c r="C1410" t="inlineStr">
+        <is>
+          <t>Procedura aperta d’urgenza per la conclusione di un accordo quadro per la fornitura di test salivari necessari per la gestione dell’emergenza sanitaria COVID-19-2 determinazione a contrarre. Approvazione schemi, atti e indizione gara. ID gara n. 7991849</t>
+        </is>
+      </c>
+      <c r="D1410" t="s">
+        <v>1240</v>
+      </c>
+      <c r="E1410" s="2">
+        <v>44184</v>
+      </c>
+    </row>
+    <row r="1411">
+      <c r="A1411">
+        <v>2222</v>
+      </c>
+      <c r="B1411">
+        <v>2020</v>
+      </c>
+      <c r="C1411" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l’acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio e della Regione Calabria – Farmaci 2020_quinta tranche, nell’ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori – Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 7983849.
+</t>
+        </is>
+      </c>
+      <c r="D1411" t="inlineStr">
+        <is>
+          <t>8556816BEF; 8556820F3B; 8556831851; 85568507FF; 8556860042; 85568697AD; 8557038325; 85570637C5; 8557076281; 8557092FB1; 85571152B0; 8557123948;&amp;nbsp;85571374D7; 8557150F8E; 8557156485; 8557167D96; 8557191168; 8557206DC5; 8557223BCD; 8557242B7B; 8557250218; 855727243F
+</t>
+        </is>
+      </c>
+      <c r="E1411" s="2">
+        <v>44183</v>
+      </c>
+    </row>
+    <row r="1412">
+      <c r="A1412">
+        <v>2221</v>
+      </c>
+      <c r="B1412">
+        <v>2020</v>
+      </c>
+      <c r="C1412" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D1412" t="s">
+        <v>6</v>
+      </c>
+      <c r="E1412" s="2">
+        <v>44183</v>
+      </c>
+    </row>
+    <row r="1413">
+      <c r="A1413">
+        <v>2220</v>
+      </c>
+      <c r="B1413">
+        <v>2020</v>
+      </c>
+      <c r="C1413" t="inlineStr">
+        <is>
+          <t>Gara comunitaria a procedura aperta per l'acquisizione e la distribuzione di cannule e cateteri da destinare in assistenza territoriale ai pazienti delle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
+        </is>
+      </c>
+      <c r="D1413" t="inlineStr">
+        <is>
+          <t>8554124E6C; 85541503E4; 8554163E9B; 85541671EC; 8554175884; 8554181D76; 8554183F1C; 85541850C7; 85541904E6; 8554194832; 85541969D8; 8554202ECA; 8554203F9D; 855420621B; 8554210567; 85542137E0; 85542148B3; 8554215986; 8554219CD2
+</t>
+        </is>
+      </c>
+      <c r="E1413" s="2">
+        <v>44182</v>
+      </c>
+    </row>
+    <row r="1414">
+      <c r="A1414">
+        <v>2219</v>
+      </c>
+      <c r="B1414">
+        <v>2020</v>
+      </c>
+      <c r="C1414" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D1414" t="s">
+        <v>1243</v>
+      </c>
+      <c r="E1414" s="2">
+        <v>44180</v>
+      </c>
+    </row>
+    <row r="1415">
+      <c r="A1415">
+        <v>2218</v>
+      </c>
+      <c r="B1415">
+        <v>2020</v>
+      </c>
+      <c r="C1415" t="inlineStr">
+        <is>
+          <t>Gara comunitaria a procedura aperta, ai sensi dell'art. 60 del D. Lgs. N° 50/2016 e s.m.i., per l'affidamento di un Accordo Quadro, ai sensi e per gli effetti dell'art. 54 comma 4, lett. a) del d. lgs. n. 50/2016, avente ad oggetto la fornitura di suture chirurgiche tradizionali occorrenti alle Aziende Sani-tarie della Regione Lazio. Determinazione a contrarre, provvedimento di indizione e approvazione atti di gara e nomina del Responsabile Unico del Procedimento. N.ro Gara 7982276</t>
+        </is>
+      </c>
+      <c r="D1415" t="s">
+        <v>1244</v>
+      </c>
+      <c r="E1415" s="2">
+        <v>44179</v>
+      </c>
+    </row>
+    <row r="1416">
+      <c r="A1416">
+        <v>2217</v>
+      </c>
+      <c r="B1416">
+        <v>2020</v>
+      </c>
+      <c r="C1416" t="inlineStr">
+        <is>
+          <t>Affidamento, ai sensi dell'art. 192 del D.Lgs. n. 50/2016, della fornitura dei materiali e del servizio di piccola manutenzione all'interno degli stabili di proprietà o in uso alla Regione Lazio. Impegno di spesa di complessivi € 18.300,00 sul Capitolo S21900 del Bilancio della Regione Lazio, es. fin. 2020, a favore della LAZIOcrea S.p.A., con sede legale in Roma, via del Serafico n. 107, C.F/P.Iva 13662331001.</t>
+        </is>
+      </c>
+      <c r="D1416" t="s">
+        <v>6</v>
+      </c>
+      <c r="E1416" s="2">
+        <v>44176</v>
+      </c>
+    </row>
+    <row r="1417">
+      <c r="A1417">
+        <v>2216</v>
+      </c>
+      <c r="B1417">
+        <v>2020</v>
+      </c>
+      <c r="C1417" t="inlineStr">
+        <is>
+          <t>Lavori di consolidamento Rupe località Mercatello, a completamento intervento somma urgenza movimento franoso nel Comune di Bagnoregio". Affidamento servizio pubblicazione Avviso appalto aggiudicato, alla Società Lexmedia S.r.l., (cod. cred. 112034) ed attribuzione impegno 63960/2020 di € 1.632,33 nell'es. fin 2021. Accertamento dell'importo di € 1.632,33= sul capitolo di entrata 331530.CUP F69D15001850002_CIG Z7F2FA0FB4</t>
+        </is>
+      </c>
+      <c r="D1417" t="s">
+        <v>1245</v>
+      </c>
+      <c r="E1417" s="2">
+        <v>44176</v>
+      </c>
+    </row>
+    <row r="1418">
+      <c r="A1418">
+        <v>2215</v>
+      </c>
+      <c r="B1418">
+        <v>2020</v>
+      </c>
+      <c r="C1418" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D1418" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E1418" s="2">
+        <v>44175</v>
+      </c>
+    </row>
+    <row r="1419">
+      <c r="A1419">
+        <v>2214</v>
+      </c>
+      <c r="B1419">
+        <v>2020</v>
+      </c>
+      <c r="C1419" t="inlineStr">
+        <is>
+          <t>Emergenza derivante dagli eventi metereologici verificatesi nel territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. Intervento codice n. 594 "Lavori straordinari dell'alveo del fiume Fibreno nel tratto a valle e a monte della Ferrovia Roccasecca - Sora - Ripristino officiosità idraulica e difese spondali". Determinazione a contrarre. CUP: F44H20000120001 CIG. 8548935456
+</t>
+        </is>
+      </c>
+      <c r="D1419" t="s">
+        <v>1248</v>
+      </c>
+      <c r="E1419" s="2">
+        <v>44174</v>
+      </c>
+    </row>
+    <row r="1420">
+      <c r="A1420">
+        <v>2213</v>
+      </c>
+      <c r="B1420">
+        <v>2020</v>
+      </c>
+      <c r="C1420" t="inlineStr">
+        <is>
+          <t>Emergenza derivante dagli eventi metereologici verificatesi nel territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. Intervento codice n. R94 "Lavori straordinari dell'alveo del fiume Rapido - Vecchio alveo - Ripristino difese spondali a monte della casa circondariale". Determinazione a contrarre. CUP: F34H20000420001 CIG: 8549371C20</t>
+        </is>
+      </c>
+      <c r="D1420" t="s">
+        <v>1249</v>
+      </c>
+      <c r="E1420" s="2">
+        <v>44174</v>
+      </c>
+    </row>
+    <row r="1421">
+      <c r="A1421">
+        <v>2212</v>
+      </c>
+      <c r="B1421">
+        <v>2020</v>
+      </c>
+      <c r="C1421" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l’acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio, della Regione Calabria e della Regione Sardegna – Farmaci 2020_quarta tranche, nell’ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori - Nr. Gara 7970854.
+</t>
+        </is>
+      </c>
+      <c r="D1421" t="inlineStr">
+        <is>
+          <t>8542185210; 85421873B6; 854218955C; 854219062F; 8542191702; 85421927D5; 85421938A8; 854219497B; 8542195A4E; 8542196B21; 8542198CC7; 8542199D9A; 8542200E6D; 8542201F40; 8542202018; 85422030EB; 8542205291; 8542206364, 8542207437; 854220850A; 85422095DD; 8543724814; 8543730D06; 854373512A; 85437426EF; 8543750D87; 85437605CA; 85437659E9; 8543770E08; 854377522C; 85437827F1; 8543787C10; 8543793107; 85438120B5; 854381425B; 854381967A; 8543824A99; 8543826C3F; 8543832136; 8543838628; 8543843A47; 85438575D6; 85438629F5; 8543869FBA; 854387872A; 8543886DC2; 8543896605; 8543916686; 8543929142; 8543934561; 8543943CCC; 8543951369; 854457023A; 85445734B3; 8544575659; 854457672C; 85445788D2; 85445799A5; 8544581B4B; 8546658D49; 8546659E1C; 8546661FC2; 854666316D; 85466663E6; 854666858C; 854666965F; 8546670732; 8546671805; 85466739AB; 8546674A7E; 8546675B51; 8546677CF7; 8546678DCA; 8546681048; 85466831EE; 854668860D; 85466907B3; 8546691886; 8546694AFF; 8546696CA5; 8546699F1E; 85467010C9; 854670219C; 854670326F; 8546704342; 85467064E8; 854672870F; 85467297E2; 8546731988; 8546733B2E; 8546737E7A; 8546738F4D; 85467411CB; 854674229E
+</t>
+        </is>
+      </c>
+      <c r="E1421" s="2">
+        <v>44174</v>
+      </c>
+    </row>
+    <row r="1422">
+      <c r="A1422">
+        <v>2211</v>
+      </c>
+      <c r="B1422">
+        <v>2020</v>
+      </c>
+      <c r="C1422" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile . Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2740248 - Intervento A0100E0330, presso la Scuola Media Aldo Manuzio"&amp;nbsp;di Latina Scalo Comune di Latina. Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori, nomina Direttore Lavori e CSE. CUP F24D17000010006 &amp;nbsp;CIG 853856029E
+</t>
+        </is>
+      </c>
+      <c r="D1422" t="s">
+        <v>1250</v>
+      </c>
+      <c r="E1422" s="2">
+        <v>44169</v>
+      </c>
+    </row>
+    <row r="1423">
+      <c r="A1423">
+        <v>2210</v>
+      </c>
+      <c r="B1423">
+        <v>2020</v>
+      </c>
+      <c r="C1423" t="inlineStr">
+        <is>
+          <t>Intervento n. 12IR822/G1 "Dissesto idrogeologico strada comunale da Poggio d'Api a Colle Arquata - Accumoli (RI)". Affidamento del Servizio di progettazione definitiva ed esecutiva, coordinamento della sicurezza in fase di progettazione e rilievo plano-altimetrico dell'intervento.</t>
+        </is>
+      </c>
+      <c r="D1423">
+        <v>8462052238</v>
+      </c>
+      <c r="E1423" s="2">
+        <v>44169</v>
+      </c>
+    </row>
+    <row r="1424">
+      <c r="A1424">
+        <v>2209</v>
+      </c>
+      <c r="B1424">
+        <v>2020</v>
+      </c>
+      <c r="C1424" t="inlineStr">
+        <is>
+          <t>SiGeM –Sistema Informativo di Gestione e Monitoraggio dei PO FSE e FESR Lazio. Realizzazione delle attività previste dalla fase 2 dello SFAT a valere sul POR FESR Lazio 2021-2027.</t>
+        </is>
+      </c>
+      <c r="D1424" t="s">
+        <v>1251</v>
+      </c>
+      <c r="E1424" s="2">
+        <v>44169</v>
+      </c>
+    </row>
+    <row r="1425">
+      <c r="A1425">
+        <v>2208</v>
+      </c>
+      <c r="B1425">
+        <v>2020</v>
+      </c>
+      <c r="C1425" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020. Progetto A0097E0019. SiGeM –Sistema Informativo di Gestione e Monitoraggio dei PO FSE e FESR Lazio. Approvazione Studio di Fattibilità "sviluppo software, manutenzione evolutiva, adeguativa, correttiva e relativo supporto tecnico". Continuità dei servizi di manutenzione e assistenza tecnica (Fase 1 SFAT).</t>
+        </is>
+      </c>
+      <c r="D1425" t="s">
+        <v>6</v>
+      </c>
+      <c r="E1425" s="2">
+        <v>44169</v>
+      </c>
+    </row>
+    <row r="1426">
+      <c r="A1426">
+        <v>2207</v>
+      </c>
+      <c r="B1426">
+        <v>2020</v>
+      </c>
+      <c r="C1426" t="inlineStr">
+        <is>
+          <t>Affidamento sul MEPA, a seguito di Trattativa Diretta, del servizio di utilizzo ed allestimento sale per l'espletamento della prova preselettiva del concorso pubblico, per titoli ed esami, per la copertura di 10 posti a tempo pieno ed indeterminato di esperto legale - avvocato, categoria giuridica D, posizione economica D1, presso l'avvocatura regionale, importo complessivo di € 21.450,00 IVA esclusa (€ 26.169,00 IVA inclusa) Cap. T19535 –impegno esercizio finanziario 2020.</t>
+        </is>
+      </c>
+      <c r="D1426" t="s">
+        <v>1252</v>
+      </c>
+      <c r="E1426" s="2">
+        <v>44162</v>
+      </c>
+    </row>
+    <row r="1427">
+      <c r="A1427">
+        <v>2206</v>
+      </c>
+      <c r="B1427">
+        <v>2020</v>
+      </c>
+      <c r="C1427" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D1427" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E1427" s="2">
+        <v>44161</v>
+      </c>
+    </row>
+    <row r="1428">
+      <c r="A1428">
+        <v>2205</v>
+      </c>
+      <c r="B1428">
+        <v>2020</v>
+      </c>
+      <c r="C1428" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Dossier LI-ES2-2960279 - Intervento A0100E0120 –presso la "Scuola media San Bartolomeo" nel Comune di Sezze (LT). Affidamento servizio pubblicazione Variante all'Operatore economico INTESTO S.r.l. (cod. creditore 138804), Incremento impegno di € 208,00= ed attribuzione impegno n 55318 sul Capitolo A42502, accertamento dell'importo di € 1.708,00 sul capitolo di entrata nn. 331530. CUP: F14D16000000006 - CIG ZF62EC5958</t>
+        </is>
+      </c>
+      <c r="D1428" t="s">
+        <v>1255</v>
+      </c>
+      <c r="E1428" s="2">
+        <v>44161</v>
+      </c>
+    </row>
+    <row r="1429">
+      <c r="A1429">
+        <v>2204</v>
+      </c>
+      <c r="B1429">
+        <v>2020</v>
+      </c>
+      <c r="C1429" t="inlineStr">
+        <is>
+          <t>DGR n. 984/2019 e DGR n. 98/2020. Attività di manutenzione adeguativa, migliorativa ed evolutiva del sistema informativo Registro Impianti Geotermici (RIG) e Sistema Informativo Territoriale  (SIT). Approvazione dello studio di fattibilità e impegno di spesa a favore della società in house providing LazioCrea S.p.A. (Codice Creditore 164838) per € 48.577,71 complessivi, di cui € 22.820,40 sul capitolo E11901 e € 25.757,31 sul capitolo E12520, nell'ambito del Programma 01 della Missione 17. Esercizi finanziari 2020 e 2021.</t>
+        </is>
+      </c>
+      <c r="D1429" t="s">
+        <v>6</v>
+      </c>
+      <c r="E1429" s="2">
+        <v>44161</v>
+      </c>
+    </row>
+    <row r="1430">
+      <c r="A1430">
+        <v>2203</v>
+      </c>
+      <c r="B1430">
+        <v>2020</v>
+      </c>
+      <c r="C1430" t="inlineStr">
+        <is>
+          <t>Approvazione dello schema di Protocollo d'intesa tra la Regione Lazio e l'ANCI Lazio per attività di supporto ai comuni della Regione Lazio in materia di efficientamento energetico, fonti energetiche rinnovabili e mobilità sostenibile.</t>
+        </is>
+      </c>
+      <c r="D1430" t="s">
+        <v>6</v>
+      </c>
+      <c r="E1430" s="2">
+        <v>44161</v>
+      </c>
+    </row>
+    <row r="1431">
+      <c r="A1431">
+        <v>2202</v>
+      </c>
+      <c r="B1431">
+        <v>2020</v>
+      </c>
+      <c r="C1431" t="inlineStr">
+        <is>
+          <t>Attuazione della Deliberazione di Giunta regionale 4 agosto 2016, n. 509. Accordo sottoscritto tra il Presidente della Regione Lazio e il Presidente di ENEA per il Sistema Informativo per la gestione degli Attestati di Prestazione Energetica nella Regione Lazio, denominato APE Lazio. Determinazione n. G17060 del 09/12/2019. Modifica dello schema di Convenzione per le annualità 2019 e 2020. Conferma degli impegni di spesa nn. 23749 e 32895 di €15.000,00 sul Capitolo di bilancio regionale E11901 della Missione 17, Programma 01, a favore di ENEA - Agenzia nazionale per le nuove tecnologie, l'energia e lo sviluppo economico sostenibile - (codice creditore 6889).</t>
+        </is>
+      </c>
+      <c r="D1431" t="s">
+        <v>6</v>
+      </c>
+      <c r="E1431" s="2">
+        <v>44161</v>
+      </c>
+    </row>
+    <row r="1432">
+      <c r="A1432">
+        <v>2201</v>
+      </c>
+      <c r="B1432">
+        <v>2020</v>
+      </c>
+      <c r="C1432" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile ? Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier - LI-ES2-2570213- Intervento A0100E0041 presso l'«Istituto Comprensivo Luigi Fantappiè», sito in Piazza L. Concetti n. 1, nel Comune di Viterbo (VT).&amp;nbsp;
 &amp;nbsp;
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="D1394" t="s">
-[...2 lines deleted...]
-      <c r="E1394" s="2">
+      <c r="D1432" t="s">
+        <v>1256</v>
+      </c>
+      <c r="E1432" s="2">
         <v>44159</v>
-      </c>
-[...722 lines deleted...]
-        <v>44132</v>
       </c>
     </row>
     <row r="1433">
       <c r="A1433">
-        <v>2162</v>
+        <v>2200</v>
       </c>
       <c r="B1433">
         <v>2020</v>
       </c>
-      <c r="C1433" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1433" t="s">
+        <v>1257</v>
       </c>
       <c r="D1433" t="s">
-        <v>1237</v>
+        <v>1258</v>
       </c>
       <c r="E1433" s="2">
-        <v>44131</v>
+        <v>44155</v>
       </c>
     </row>
     <row r="1434">
       <c r="A1434">
-        <v>2161</v>
+        <v>2199</v>
       </c>
       <c r="B1434">
         <v>2020</v>
       </c>
       <c r="C1434" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 2, comma 2, lettera a) del D.L. 16 luglio 2020, n. 76 per l'incarico di assistenza scavi archeologici ai sensi dell'art. 25 del DLGS 50/2016 relativo all'intervento di "Ricostruzione dell'ospedale di Amatrice" - Codice Opera: OOPP_M_002_2017 - CUP: F78I18000070008 CIG: Z322ECB98C – Determina a contrarre semplificata</t>
-[...3 lines deleted...]
-        <v>1238</v>
+          <t>Appalto specifico per l'acquisizione di farmaci per pazienti cronici fragili e fattori della coagulazione per continuità ed esigenze terapeutiche occorrenti alle Aziende Sanitarie della Regione Lazio e Regione Calabria.</t>
+        </is>
+      </c>
+      <c r="D1434" t="inlineStr">
+        <is>
+          <t>8520573745;8520597B12;8520616AC0;8520631722;8520640E8D,85206495FD;8520660F0E;8520670751;85206896FF;8520699F3D;8520704361;8520709780;8520724300;8520740117;8520750955;8520755D74;85207655B7;8520775DF5;852078670B;8520803513;852082573A;8520843615;8520990F6</t>
+        </is>
       </c>
       <c r="E1434" s="2">
-        <v>44131</v>
+        <v>44155</v>
       </c>
     </row>
     <row r="1435">
       <c r="A1435">
-        <v>2160</v>
+        <v>2198</v>
       </c>
       <c r="B1435">
         <v>2020</v>
       </c>
       <c r="C1435" t="inlineStr">
         <is>
-          <t>Piano stralcio 2019 (Delibera CIPE n. 35 del 24 luglio 2019 - Intervento Codice Rendis 12IR003/G9 denominato "Lavori di sistemazione idrogeologica e messa in sicurezza del pendio tra via Bandita dei Buoi ed il Piazzale del Bocciodromo nel Comune di Allumiere (Rm)". Determinazione a contrarre finalizzata all'affidamento, tramite procedura negoziata di cui dell'art. 1, comma 2, lett. b), del Decreto Legge n. 76 del 16/07/2020, convertito in Legge n. 120 dell?11/09/2020. CUP: F25J19000130001 - CIG: 84854563CF
-</t>
+          <t>Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio di progettazione definitiva ed esecutiva degli arredi ed attrezzature sanitarie, relativi all'intervento di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018, allo studio Valle 3.0 S.R.L. CUP F78I18000070008 - CIG 852124737A</t>
         </is>
       </c>
       <c r="D1435" t="s">
-        <v>1239</v>
+        <v>1259</v>
       </c>
       <c r="E1435" s="2">
-        <v>44127</v>
+        <v>44154</v>
       </c>
     </row>
     <row r="1436">
       <c r="A1436">
-        <v>2159</v>
+        <v>2197</v>
       </c>
       <c r="B1436">
         <v>2020</v>
       </c>
       <c r="C1436" t="inlineStr">
         <is>
-          <t>Reg.(UE) n. 1305/2013. Misura 20"Assistenza Tecnica" del PSR 2014/2020 del Lazio e attuazione DGR n. 984/2019 "Approvazione del Piano operativo annuale LAZIOcrea S.p.A. per l'anno 2020". Approvazione studio di fattibilità "Implementazione dei sistemi informativi del comparto Agricoltura". Approvazione Schema di Convenzione tra Regione Lazio e LAZIOcrea S.p.A- CUP F81B20000380008. Impegni pluriennali a favore di LAZIOcrea S.p.A. (cod.cred. 164838) per un importo complessivo di € 1.324.207,20 IVA inclusa, di cui € 609.453,00 sul capitolo S25904, € 328.483,00 sul capitolo S26515, € 351.945,60 sul capitolo A12111 ed € 34.325,60 sul capitolo A13101. Esercizi finanziari 2020-2021-2022.</t>
+          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento codice R511 denominato "Lavori straordinari di manutenzione dell'alveo del Fibreno da loc. Ponte Tapino alla confluenza con il fiume Liri Km 9,00". Determinazione a contrarre. CUP: F93H20000260001- CIG: 8520007432&amp;nbsp;CIG AGGIUNTIVO 8822852FC8.
+</t>
         </is>
       </c>
       <c r="D1436" t="s">
-        <v>6</v>
+        <v>1260</v>
       </c>
       <c r="E1436" s="2">
-        <v>44126</v>
+        <v>44153</v>
       </c>
     </row>
     <row r="1437">
       <c r="A1437">
-        <v>2158</v>
+        <v>2196</v>
       </c>
       <c r="B1437">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C1437" t="inlineStr">
         <is>
-          <t>Lavori per la ricostruzione dell'ospedale di Amatrice di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Codice Opera: OOPP_M_002_2017. Determina a contrarre per l'affidamento dell'incarico, ai sensi dell'art. 2, c. 2-bis del D.L. 189/2016, di collaudatore tecnico amministrativo in corso d'opera, verifica della contabilità e collaudatore tecnico funzionale degli impianti elettrici e certificatore energetico per la formazione della Commissione di collaudo. CUP: F78I18000070008 – CIG 8481509AA2</t>
-[...3 lines deleted...]
-        <v>1240</v>
+          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell'art. 60 del d. lgs. n 50/2016 e s.m.i., finalizzata alla stipula di un accordo quadro per la fornitura di medicazioni generali ed avanzate occorrenti alle Aziende Sanitarie della Regione Lazio.
+</t>
+        </is>
+      </c>
+      <c r="D1437" t="inlineStr">
+        <is>
+          <t>8133295F58; 813330686E; 81333382D8; 81333436F7; 8133350CBC; 81333604FF; 81333626A5; 8133367AC4; 813337408E; 81333837F9; 8133389CEB; 8133391E91; 8133400601; 8133408C99; 8133412FE5; 8133421755; 8133425AA1; 8133431F93; 81334417D6; 8133461857; 8133641CE0; 8133679C3C; 81336926F8; 8133698BEA; 81337051B4; 81337116A6; 8133719D3E; 8133729581; 8133736B46; 8133746389; 813375394E; 8133758D6D; 8133760F13; 81337685B0; 813378106C; 8133789704; 8133796CC9; 8133804366; 8133814BA4; 8133819FC3; 8133827660; 81338308D9; 813384011C; 8133851A2D; 813386019D; 8133867762; 8133873C54; 8133878078; 8133886710; 8133890A5C; 8133895E7B
+</t>
+        </is>
       </c>
       <c r="E1437" s="2">
-        <v>44126</v>
+        <v>44152</v>
       </c>
     </row>
     <row r="1438">
       <c r="A1438">
-        <v>2157</v>
+        <v>2195</v>
       </c>
       <c r="B1438">
         <v>2020</v>
       </c>
       <c r="C1438" t="inlineStr">
         <is>
-          <t>Lavori per la ricostruzione dell'ospedale di Amatrice di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Codice Opera: OOPP_M_002_2017. Determina a contrarre per l'affidamento dell'incarico, ai sensi dell'art. 2, c. 2-bis del D.L. 189/2016, di collaudatore tecnico amministrativo in corso d'opera, verifica della contabilità e collaudatore tecnico funzionale degli impianti termoidraulici per la formazione della Commissione di collaudo. CUP: F78I18000070008 – CIG 84815089CF</t>
+          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento codice R513 denominato "Lavori straordinari di manutenzione dell'alveo del fiume Rapido da S. Elia a Cassino – Vecchio e nuovo alveo - Km 9,00". Determinazione a contrarre.&amp;nbsp; CUP: F13H20000160001- CIG: 85176012B4
+</t>
         </is>
       </c>
       <c r="D1438" t="s">
-        <v>1241</v>
+        <v>1261</v>
       </c>
       <c r="E1438" s="2">
-        <v>44126</v>
+        <v>44400</v>
       </c>
     </row>
     <row r="1439">
       <c r="A1439">
-        <v>2156</v>
+        <v>2194</v>
       </c>
       <c r="B1439">
-        <v>2020</v>
+        <v>2011</v>
       </c>
       <c r="C1439" t="inlineStr">
         <is>
-          <t>Lavori per la ricostruzione dell'ospedale di Amatrice di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Codice Opera: OOPP_M_002_2017. Determina a contrarre per l'affidamento dell'incarico, ai sensi dell'art. 2, c. 2-bis del D.L. 189/2016, di Presidente di Commissione di collaudo, collaudatore tecnico amministrativo in corso d'opera, verifica della contabilità e collaudatore statico in corso d'opera per la formazione della Commissione di collaudo. CUP: F78I18000070008 – CIG 84815078FC</t>
+          <t>Affidamento diretto dei servizi di trasporto pubblico locale su strada a COTRAL S.p.A. - Approvazione del relativo Regolamento sulle attività di vigilanza e controllo sui servizi di trasporto di competenza regionale affidati ai sensi dell'art.38, co. 5, L.R. 24.12.2008, n.31 - (affidamento in house providing).</t>
         </is>
       </c>
       <c r="D1439" t="s">
-        <v>1242</v>
+        <v>6</v>
       </c>
       <c r="E1439" s="2">
-        <v>44126</v>
+        <v>44152</v>
       </c>
     </row>
     <row r="1440">
       <c r="A1440">
-        <v>2155</v>
+        <v>2193</v>
       </c>
       <c r="B1440">
         <v>2020</v>
       </c>
       <c r="C1440" t="inlineStr">
         <is>
-          <t>Bando a favore degli Istituti Scolastici pubblici del Lazio per la concessione dei contributi finanziari per la realizzazione di progetti "Plastic Free. - APPROVAZIONE GRADUATORIA FINALE</t>
-[...3 lines deleted...]
-        <v>6</v>
+          <t>Procedura di gara aperta ai sensi dell’art. 60 del D.Lgs. 50/2016, per l’affidamento del “Servizio di Tesoreria Unica della Regione Lazio”, autorizzata con Determina a contrarre n G13379 del 12/11/2020. Approvazione atti ed indizione della procedura.</t>
+        </is>
+      </c>
+      <c r="D1440">
+        <v>8497092623</v>
       </c>
       <c r="E1440" s="2">
-        <v>44125</v>
+        <v>44151</v>
+      </c>
+      <c r="F1440" t="s">
+        <v>1262</v>
       </c>
     </row>
     <row r="1441">
       <c r="A1441">
-        <v>2154</v>
+        <v>2192</v>
       </c>
       <c r="B1441">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C1441" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione del vaccino pneumococcico polisaccaridico e di farmaci vari occorrenti alle Aziende sanitarie delle Regioni Lazio e Calabria, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori. Nr. Gara 7905737.
-[...7 lines deleted...]
-        </is>
+          <t>Revoca Deliberazione di Giunta regionale n. 255 del 5 giugno 2018. Adozione dei nuovi indirizzi in merito all'affidamento dell'esercizio dei servizi di trasporto pubblico ferroviario di interesse regionale e locale sulle ferrovie Regionali Roma-Lido di Ostia e Roma -Viterbo. Approvazione e pubblicazione di avviso di preinformazione, ai sensi dell'articolo 7, comma 2, del Regolamento (CE) n. 1370/2007.</t>
+        </is>
+      </c>
+      <c r="D1441" t="s">
+        <v>6</v>
       </c>
       <c r="E1441" s="2">
-        <v>44117</v>
+        <v>44148</v>
       </c>
     </row>
     <row r="1442">
       <c r="A1442">
-        <v>2153</v>
+        <v>2191</v>
       </c>
       <c r="B1442">
         <v>2020</v>
       </c>
-      <c r="C1442" t="s">
-        <v>1243</v>
+      <c r="C1442" t="inlineStr">
+        <is>
+          <t>Ferrovie Roma-Lido di Ostia e Roma-Civita Castellana-Viterbo. Definizione del termine per l'affidamento alla società in house ASTRAL S.p.A. finalizzato al subentro ad ATAC S.p.A. nella gestione delle reti infrastrutturali, come previsto dalla deliberazione di Giunta regionale 1° ottobre 2019, n. 689.</t>
+        </is>
       </c>
       <c r="D1442" t="s">
-        <v>1244</v>
+        <v>6</v>
       </c>
       <c r="E1442" s="2">
-        <v>44112</v>
+        <v>44148</v>
       </c>
     </row>
     <row r="1443">
       <c r="A1443">
-        <v>2152</v>
+        <v>2190</v>
       </c>
       <c r="B1443">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>1245</v>
+        <v>2019</v>
+      </c>
+      <c r="C1443" t="inlineStr">
+        <is>
+          <t>Delibera di indirizzo finalizzata allo svolgimento dell'attività istruttoria per l'affidamento della gestione delle infrastrutture ferroviarie regionali "Roma - Lido di Ostia" e "Roma - Civita Castellana - Viterbo" ad ASTRAL S.p.A. società in house.</t>
+        </is>
       </c>
       <c r="D1443" t="s">
-        <v>1246</v>
+        <v>6</v>
       </c>
       <c r="E1443" s="2">
-        <v>44112</v>
+        <v>44148</v>
       </c>
     </row>
     <row r="1444">
       <c r="A1444">
-        <v>2151</v>
+        <v>2189</v>
       </c>
       <c r="B1444">
         <v>2020</v>
       </c>
-      <c r="C1444" t="s" s="3">
-        <v>1247</v>
+      <c r="C1444" t="inlineStr">
+        <is>
+          <t>Autorizzazione all'espletamento della procedura di affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs. n. 50/2016, del servizio di erogazione di corsi di formazione su tecnologia SAS, rivolto al personale della Giunta regionale (utenti n. 6), mediante Richiesta di Offerta (RdO) sul Mercato Elettronico della Pubblica Amministrazione (MEPA). Importo complessivo stimato dell'affidamento pari ad euro 8.000,00. Approvazione atti di gara (Allegati 1 e 2). Impegno di spesa per euro 8.000,00 in favore di creditori diversi a valere sul capitolo di bilancio C11126, esercizio finanziario 2020, missione 01 - programma 03 - aggregato 1.03.02.04. CIG Z3C2F0959D</t>
+        </is>
       </c>
       <c r="D1444" t="s">
-        <v>1248</v>
+        <v>1263</v>
       </c>
       <c r="E1444" s="2">
-        <v>44112</v>
+        <v>44148</v>
       </c>
     </row>
     <row r="1445">
       <c r="A1445">
-        <v>2150</v>
+        <v>2188</v>
       </c>
       <c r="B1445">
         <v>2020</v>
       </c>
       <c r="C1445" t="inlineStr">
         <is>
-          <t>Gara, attraverso il MEPA di Consip, per l'affidamento dei servizi necessari all'organizzazione e all'espletamento del concorso pubblico, per titoli ed esami, per l'assunzione di n. 10 unità di personale a tempo pieno e indeterminato, categoria D, posizione economica D1, per le esigenze della Avvocatura regionale.</t>
+          <t>Impegno fondi per erogazione anticipazione 10% a favore di ASTRAL S.p.A per gli interventi previsti dalla convenzione approvata con DGR 688/2018 registrata dagli Organi Competenti il 22/11/2018 con decreto n. 300 del 13/11/2018, registrato al Registro 1 Foglio n. 2800.</t>
         </is>
       </c>
       <c r="D1445" t="s">
-        <v>1249</v>
+        <v>6</v>
       </c>
       <c r="E1445" s="2">
-        <v>44112</v>
+        <v>44148</v>
       </c>
     </row>
     <row r="1446">
       <c r="A1446">
-        <v>2149</v>
+        <v>2187</v>
       </c>
       <c r="B1446">
         <v>2020</v>
       </c>
       <c r="C1446" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica el'incremento dell'uso delle energie rinnovabili. Dossier - LI-ES2-1860264 - Intervento A0100E0141, presso la Scuola ITIS Viterbo (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. CUP F87D18000540009 – CIG 845520718C
-</t>
+          <t>Costituzione di un elenco regionale di Professionisti abilitati a svolgere le attività di attestazione della prestazione energetica degli edifici, per l'affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020</t>
         </is>
       </c>
       <c r="D1446" t="s">
-        <v>1250</v>
+        <v>6</v>
       </c>
       <c r="E1446" s="2">
-        <v>44110</v>
+        <v>44148</v>
       </c>
     </row>
     <row r="1447">
       <c r="A1447">
-        <v>2148</v>
+        <v>2186</v>
       </c>
       <c r="B1447">
         <v>2020</v>
       </c>
-      <c r="C1447" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1447" t="s">
+        <v>1264</v>
       </c>
       <c r="D1447" t="s">
-        <v>1251</v>
+        <v>6</v>
       </c>
       <c r="E1447" s="2">
-        <v>44110</v>
+        <v>44148</v>
       </c>
     </row>
     <row r="1448">
       <c r="A1448">
-        <v>2147</v>
+        <v>2185</v>
       </c>
       <c r="B1448">
         <v>2020</v>
       </c>
       <c r="C1448" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento codice R536 denominato "Lavori straordinari di manutenzione dell'alveo del fosso Cremera". Determinazione a contrarre. CUP: F83H20000210001. CIG 8458348195</t>
-[...3 lines deleted...]
-        <v>8458348195</v>
+          <t>Decreto Interministeriale 14 febbraio 2020, n. 81, per l'attuazione del Piano Strategico Nazionale della Mobilità Sostenibile, ai sensi dell'art. 1, commi 613-615, Legge n. 232/2016 e del D.P.C.M. 17 aprile 2019 - Approvazione della scheda tecnica per le modalità</t>
+        </is>
+      </c>
+      <c r="D1448" t="s">
+        <v>6</v>
       </c>
       <c r="E1448" s="2">
-        <v>44106</v>
+        <v>44148</v>
       </c>
     </row>
     <row r="1449">
       <c r="A1449">
-        <v>2146</v>
+        <v>2184</v>
       </c>
       <c r="B1449">
         <v>2020</v>
       </c>
       <c r="C1449" t="inlineStr">
         <is>
-          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n.558 del 15 novembre 2018. Invito, ai sensi del combinato disposto dell’art. 36, comma 2, lett. c) e dell’art. 1, co. 2 lett. b) del Decreto-legge 16 luglio 2020, n. 76 e delle deroghe di cui all’ O.C.D.P.C. n. 558/2018 art. 4 comma 3, per la presentazione dell’offerta per l’affidamento, mediante procedura negoziata senza previa pubblicazione di bando di gara - per l’esecuzione dell’intervento codice R536 denominato “Lavori straordinari di manutenzione dell’alveo del fosso Cremera”. CUP F83H20000210001. CIG 8458348195.Importo dei lavori a base di gara: € 226.910,57 di cui € 210.133,27 quale importo lavori soggetto a ribasso d’asta ed € 16.777,30 per oneri per la sicurezza non soggetti a ribasso, IVA esclusa.</t>
-[...3 lines deleted...]
-        <v>8458348195</v>
+          <t>Individuazione di Astral S.p.A. quale soggetto attuatore per interventi straordinari ed urgenti relativi alle infrastrutture ferroviarie regionali “Roma – Lido di Ostia” e “Roma – Civita Castellana – Viterbo</t>
+        </is>
+      </c>
+      <c r="D1449" t="s">
+        <v>6</v>
       </c>
       <c r="E1449" s="2">
-        <v>44106</v>
+        <v>44147</v>
       </c>
     </row>
     <row r="1450">
       <c r="A1450">
-        <v>2145</v>
+        <v>2183</v>
       </c>
       <c r="B1450">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C1450" t="inlineStr">
         <is>
-          <t>Avviso per la manifestazione di interesse. Emergenza COVID-19 – Affidamento diretto ex art. 2, c. 4 del Decreto-legge n. 76/2020 di servizi di trasporto pubblico integrativi e temporanei a supporto della ripresa delle attività produttive e scolastiche per il periodo 14/09/2020-31/10/2020. Presa d'atto dei lavori della commissione esaminatrice. Revoca ex art. 21-quinquies L. 241/90 aggiudicazione lotti FRB2, LTB2 e VT1. Annullamento ex art. 21-nonies L. 241/90 aggiudicazione lotto LTA1.</t>
+          <t>POR FESR Lazio 2014-2020 - Azione 4.6.3 "Sistemi di Trasporto Intelligenti (ITS)"- Affidamento in house ad Astral s.p.a della fornitura di beni e servizi interventi 1) "Sistema SBE" e 2) "Infomobilità" e approvazione del relativo "Schema di contratto" tra Regione Lazio ed Astral SpA.</t>
         </is>
       </c>
       <c r="D1450" t="s">
         <v>6</v>
       </c>
       <c r="E1450" s="2">
-        <v>44106</v>
+        <v>44147</v>
       </c>
     </row>
     <row r="1451">
       <c r="A1451">
-        <v>2144</v>
+        <v>2182</v>
       </c>
       <c r="B1451">
         <v>2020</v>
       </c>
       <c r="C1451" t="inlineStr">
         <is>
-          <t>Emergenza COVID 2019 -Affidamento diretto ex ART. 2, C.4 D.L. 76/2020 di servizi di trasporto pubblico integrativi e temporanei a supporto della ripresa delle attività produttive e scolastiche per il periodo 14/09/2020 -31/10/2020. Avviso per la manifestazione di interesse e relativi allegati</t>
+          <t>Assegnazione di un contributo straordinario a Roma Capitale per servizi di trasporto pubblico integrativi e temporanei a supporto della ripresa delle attività produttive e scolastiche. Attuazione DGR 729/2020</t>
         </is>
       </c>
       <c r="D1451" t="s">
         <v>6</v>
       </c>
       <c r="E1451" s="2">
-        <v>44106</v>
+        <v>44147</v>
       </c>
     </row>
     <row r="1452">
       <c r="A1452">
-        <v>2143</v>
+        <v>2181</v>
       </c>
       <c r="B1452">
         <v>2020</v>
       </c>
       <c r="C1452" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - "Interventi per la mitigazione del rischio idraulico Comune di Tarquinia, a seguito eventi metereologici verificatisi a partire dal mese di ottobre 2018 - Codice Intervento 559". Approvazione progetto esecutivo e decreto a contrarre. CUP F84H20001180006 - CIG 844179559C</t>
+          <t>Misure per la prevenzione e gestione dell'emergenza epidemiologica da COVID-2019 -Procedura di affidamento diretto ex art. 2, c. 4 del Decreto-legge n. 76/2020 di ulteriori servizi di trasporto pubblico integrativi e temporanei a supporto della ripresa delle attività produttive e scolastiche per il periodo 12/10/2020-31/10/2020.</t>
         </is>
       </c>
       <c r="D1452" t="s">
-        <v>1252</v>
+        <v>6</v>
       </c>
       <c r="E1452" s="2">
-        <v>44105</v>
+        <v>44146</v>
       </c>
     </row>
     <row r="1453">
       <c r="A1453">
-        <v>2142</v>
+        <v>2180</v>
       </c>
       <c r="B1453">
         <v>2020</v>
       </c>
       <c r="C1453" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - "Interventi per la mitigazione del rischio idraulico Comune di Montalto di Castro, a seguito eventi metereologici verificatisi a partire dal mese di ottobre 2018 - Codice Intervento 560". Approvazione progetto esecutivo e decreto a contrarre. CUP F24H20000870006 - CIG 84418291AC</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile ? Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier - LI-ES2-2160189- Intervento A0100E0079 presso la Scuola Elementare "U. Cerboni" nel Comune di Roma. Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. CUP F86C17000050006 - CIG 84894503C3
+</t>
         </is>
       </c>
       <c r="D1453" t="s">
-        <v>1253</v>
+        <v>1265</v>
       </c>
       <c r="E1453" s="2">
-        <v>44105</v>
+        <v>44146</v>
       </c>
     </row>
     <row r="1454">
       <c r="A1454">
-        <v>2141</v>
+        <v>2179</v>
       </c>
       <c r="B1454">
         <v>2020</v>
       </c>
-      <c r="C1454" t="inlineStr">
-[...5 lines deleted...]
-        <v>1254</v>
+      <c r="C1454" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D1454">
+        <v>8494858296</v>
       </c>
       <c r="E1454" s="2">
-        <v>44104</v>
+        <v>44145</v>
       </c>
     </row>
     <row r="1455">
       <c r="A1455">
-        <v>2140</v>
+        <v>2178</v>
       </c>
       <c r="B1455">
         <v>2020</v>
       </c>
-      <c r="C1455" t="s">
-        <v>1255</v>
+      <c r="C1455" t="inlineStr">
+        <is>
+          <t>POR FESR LAZIO 2014-2020. Progetto A0102E0001. Gara europea a procedura aperta, ai sensi dell'articolo 60 del Decreto Legislativo 18 aprile 2016, n. 50, per l’affidamento dei lavori di efficientamento energetico dell’edificio sede della Giunta Regionale della Regione Lazio sito in Via Cristoforo Colombo 212 – Roma. CUP F82B17002490009 (ex F89B17000260009); CIG 843242406C
+</t>
+        </is>
       </c>
       <c r="D1455" t="s">
-        <v>6</v>
+        <v>1266</v>
       </c>
       <c r="E1455" s="2">
-        <v>44104</v>
+        <v>44148</v>
       </c>
     </row>
     <row r="1456">
       <c r="A1456">
-        <v>2139</v>
+        <v>2177</v>
       </c>
       <c r="B1456">
         <v>2020</v>
       </c>
       <c r="C1456" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre di affidamento diretto ai sensi dell'art. 36 comma 2 lett. a) del servizio di pubblicazione degli atti relativi alla "Gara comunitaria centralizzata svolta tramite procedura aperta finalizzata all'affidamento del servizio di Call Center ReCUP per la Regione Lazio. Intervento RECUP3." CIG ZB52E1DEE9. Impegno di spesa di € 2.088,78 a favore della RISCONTRI SOCIETA' COOPERATIVA - Cap. H21509 – Esercizio finanziario 2020.</t>
+          <t>Lavori per la ricostruzione dell'ospedale di Amatrice di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Codice Opera: OOPP_M_002_2017. Nomina gruppo di supporto al RUP. CUP: F78I18000070008.</t>
         </is>
       </c>
       <c r="D1456" t="s">
-        <v>1256</v>
+        <v>1267</v>
       </c>
       <c r="E1456" s="2">
-        <v>44104</v>
+        <v>44144</v>
       </c>
     </row>
     <row r="1457">
       <c r="A1457">
-        <v>2138</v>
+        <v>2176</v>
       </c>
       <c r="B1457">
         <v>2020</v>
       </c>
       <c r="C1457" t="inlineStr">
         <is>
-          <t>Determinazione di indizione della "Gara comunitaria centralizzata svolta tramite procedura aperta finalizzata all'affidamento del servizio di Call Center ReCUP per la Regione Lazio". Approvazione atti, indizione della procedura e nomina del Responsabile Unico del Procedimento della fase di affidamento. INTERVENTO RECUP3. CIG 8417356DE6.</t>
+          <t>Procedura negoziata d'urgenza tramite RDO su Mepa Consip per la conclusione di un accordo quadro per la fornitura di pulsossimetri da dito necessari per la gestione dell'emergenza sanitaria covid-19-2. CIG n. 85041441A3. Determinazione a contrarre. Nomina del Responsabile unico del procedimento, approvazione atti e indizione gara - COV- 20</t>
         </is>
       </c>
       <c r="D1457" t="s">
-        <v>1257</v>
+        <v>1268</v>
       </c>
       <c r="E1457" s="2">
-        <v>44104</v>
+        <v>44144</v>
       </c>
     </row>
     <row r="1458">
       <c r="A1458">
-        <v>2137</v>
+        <v>2175</v>
       </c>
       <c r="B1458">
         <v>2020</v>
       </c>
       <c r="C1458" t="inlineStr">
         <is>
-          <t>Procedura negoziata d’urgenza, senza previa pubblicazione del bando di gara, ai sensi dell’art. 63, comma 2, lett. c) e 163 del D.Lgs. 50/2016, finalizzata alla conclusione di un Accordo Quadro per la fornitura di dispositivi vari necessari alla gestione dell’emergenza sanitaria COVID-19-2</t>
-[...5 lines deleted...]
-        </is>
+          <t>Approvazione schema di avviso pubblico di consultazione preliminare di mercato, ai sensi dell'art. 66 del D. Lgs. 18 aprile 2016 n.50, per la fornitura di guanti monouso da destinare alle Aziende Sanitarie ed Ospedaliere della Regione Lazio.</t>
+        </is>
+      </c>
+      <c r="D1458" t="s">
+        <v>6</v>
       </c>
       <c r="E1458" s="2">
-        <v>44103</v>
+        <v>44141</v>
       </c>
     </row>
     <row r="1459">
       <c r="A1459">
-        <v>2136</v>
+        <v>2174</v>
       </c>
       <c r="B1459">
         <v>2020</v>
       </c>
-      <c r="C1459" t="s">
-        <v>1258</v>
+      <c r="C1459" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell'art. 60 del D. Lgs. n° 50/2016 e s.m.i., per l'acquisizione del servizio di sorveglianza attiva antincendio e di sicurezza occorrente alle Aziende Sanitarie della Regione Lazio.&amp;nbsp;</t>
+        </is>
       </c>
       <c r="D1459" t="s">
-        <v>1259</v>
+        <v>1269</v>
       </c>
       <c r="E1459" s="2">
-        <v>44104</v>
+        <v>44141</v>
       </c>
     </row>
     <row r="1460">
       <c r="A1460">
-        <v>2135</v>
+        <v>2173</v>
       </c>
       <c r="B1460">
         <v>2020</v>
       </c>
       <c r="C1460" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - R515 denominato "Lavori straordinari di manutenzione dell'alveo del fiume Sacco da Colleferro a Ceprano Km 25,00". Determinazione a contrarre. CUP: F53H20000150001. CIG 8448320E33.</t>
+          <t>Aggiornamento VAS e sintesi non tecnica per la redazione del Piano dei Porti della Regione Lazio. Affidamento incarico a Interprogetti S.r.l. - società di ingegneria sul cap. T94666 es. fin. 2020, n. impegno63360/2020.</t>
         </is>
       </c>
       <c r="D1460" t="s">
-        <v>1260</v>
+        <v>6</v>
       </c>
       <c r="E1460" s="2">
-        <v>44098</v>
+        <v>44139</v>
       </c>
     </row>
     <row r="1461">
       <c r="A1461">
-        <v>2133</v>
+        <v>2172</v>
       </c>
       <c r="B1461">
         <v>2020</v>
       </c>
-      <c r="C1461" t="inlineStr">
-[...6 lines deleted...]
-        <v>1261</v>
+      <c r="C1461" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D1461">
+        <v>8495157952</v>
       </c>
       <c r="E1461" s="2">
-        <v>44098</v>
+        <v>44138</v>
       </c>
     </row>
     <row r="1462">
       <c r="A1462">
-        <v>2132</v>
+        <v>2171</v>
       </c>
       <c r="B1462">
         <v>2020</v>
       </c>
       <c r="C1462" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di accordi quadro per la fornitura di Acceleratori Lineari, Tomografi a Risonanza Magnetica (RM) e Tomografi Computerizzati (TC) destinati alle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Approvazione atti e provvedimento di indizione. Importo complessivo di gara: euro 40.570.000,00 (iva inclusa) - Impegno di spesa per l'importo di euro 16.150.000,00 sul Capitolo C12161, euro 12.000.000,00 sul Capitolo H22527 - Accantonamento euro 4.420.000,00 sul Capitolo T21503 ed euro 8.000.000,00 sul Capitolo T22505. Esercizio finanziario 2021.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile" DossierLI-ES2-2160188_Intervento A0100E0080 - "Scuola Elementare e Materna Maffi" nel Comune di Roma Capitale. Affidamento servizio pubblicazione Variante all'Operatore economico EDITRICE SIFIC S.r.l. (cod. creditore 78475), disimpegno € 472,00= ed attribuzione impegni nn 56577/2020, 56578/2020 e 56579/2020 rispettivamente dei Capitoli A42200, A42201 e A42202, accertamento dell'importo di € 809,00 su capitoli di entrata nn. 413154, 421160 e 331530. CUP: F87D18000310009 - CIG ZC32E3E669</t>
         </is>
       </c>
       <c r="D1462" t="s">
-        <v>1262</v>
+        <v>1271</v>
       </c>
       <c r="E1462" s="2">
-        <v>44095</v>
+        <v>44134</v>
       </c>
     </row>
     <row r="1463">
       <c r="A1463">
-        <v>2131</v>
+        <v>2170</v>
       </c>
       <c r="B1463">
         <v>2020</v>
       </c>
-      <c r="C1463" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1463" t="s">
+        <v>1272</v>
       </c>
       <c r="D1463" t="s">
-        <v>1263</v>
+        <v>1273</v>
       </c>
       <c r="E1463" s="2">
-        <v>44095</v>
+        <v>44134</v>
       </c>
     </row>
     <row r="1464">
       <c r="A1464">
-        <v>2130</v>
+        <v>2169</v>
       </c>
       <c r="B1464">
         <v>2020</v>
       </c>
       <c r="C1464" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione del servizio di ricondizionamento e riutilizzo degli ausili per disabili per le ASL Regione Lazio.</t>
+          <t>Procedura di gara aperta ai sensi dell’art. 60 del D.Lgs. 50/2016, per l’affidamento dei “Servizi di pulizia e sanificazione a ridotto impatto ambientale e dei servizi accessori per le sedi delle Amministrazioni del territorio della Regione Lazio, Procedura suddivisa in 6 lotti</t>
         </is>
       </c>
       <c r="D1464" t="s">
-        <v>1264</v>
+        <v>1274</v>
       </c>
       <c r="E1464" s="2">
-        <v>44095</v>
+        <v>44133</v>
       </c>
     </row>
     <row r="1465">
       <c r="A1465">
-        <v>2129</v>
+        <v>2168</v>
       </c>
       <c r="B1465">
         <v>2020</v>
       </c>
       <c r="C1465" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata, a procedura aperta, finalizzata alla fornitura di sistemi per emodialisi, dialisi peritoneale, cateteri per dialisi, attrezzature e materiale di consumo per le Aziende Sanitarie della Regione Lazio
-[...7 lines deleted...]
-        </is>
+          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 – "Lavori di riparazione danni a seguito degli eventi metereologici agli impianti idrovori di Focene, Ostia Antica, Tor S. Michele e Bocca di Leone - Codice Intervento 558". Approvazione progetto esecutivo e decreto a contrarre. CUP F94H20000850006 - CIG 8474935999. </t>
+        </is>
+      </c>
+      <c r="D1465">
+        <v>8474935999</v>
       </c>
       <c r="E1465" s="2">
-        <v>44095</v>
+        <v>44133</v>
       </c>
     </row>
     <row r="1466">
       <c r="A1466">
-        <v>2128</v>
+        <v>2167</v>
       </c>
       <c r="B1466">
         <v>2020</v>
       </c>
       <c r="C1466" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta finalizzata alla stipula di un accordo quadro per la fornitura e messa a dimora di nuovi alberi e arbusti nel territorio della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
+          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - "Lavori urgenti di manutenzione straordinaria dei canali di bonifica zona Piana del Sole Roma Capitale e Comune di Fiumicino - Codice Intervento 557". Approvazione progetto esecutivo e decreto a contrarre. CUP F14H20001350006 - CIG 8474879B62.</t>
         </is>
       </c>
       <c r="D1466" t="s">
-        <v>1265</v>
+        <v>1275</v>
       </c>
       <c r="E1466" s="2">
-        <v>44095</v>
+        <v>44133</v>
       </c>
     </row>
     <row r="1467">
       <c r="A1467">
-        <v>2127</v>
+        <v>2166</v>
       </c>
       <c r="B1467">
         <v>2020</v>
       </c>
       <c r="C1467" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per l'acquisizione e la distribuzione di cannule e cateteri da destinare in assistenza territoriale ai pazienti delle aziende sanitarie della Regione Lazio - 19 lotti
-[...7 lines deleted...]
-        </is>
+          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 – "Interventi urgenti di sistemazione dell'impianto idrovoro di Pagliete: sostituzione quadro elettrico generale ed installazione gruppo elettrogeno di emergenza - Codice Intervento 556". Approvazione progetto esecutivo e decreto a contrarre. CUP F14H20001340006 - CIG 84748302F5.</t>
+        </is>
+      </c>
+      <c r="D1467" t="s">
+        <v>1276</v>
       </c>
       <c r="E1467" s="2">
-        <v>44095</v>
+        <v>44133</v>
       </c>
     </row>
     <row r="1468">
       <c r="A1468">
-        <v>2126</v>
+        <v>2165</v>
       </c>
       <c r="B1468">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="C1468" t="inlineStr">
         <is>
-          <t>Intervento n. 44 - "Consolidamento dissesto gravitativo in località Peschio" nel comune di Morolo (FR). Revoca delle Determinazioni nn. G19186 del 30/12/2014 e H00041 del 18/04/2017 e, per l'effetto, degli atti della procedura indetta con le citate Determinazioni.</t>
+          <t>DGR 105/2020 intervento n. 2 – "Riqualificazione scogliere, realizzazione di pennelli e ripascimento del litorale di Fregene sud nel Comune di Fiumicino (RM)" -  CUP F14H20001330002 - CIG 8441219A46</t>
         </is>
       </c>
       <c r="D1468" t="s">
-        <v>1266</v>
+        <v>1277</v>
       </c>
       <c r="E1468" s="2">
-        <v>44089</v>
+        <v>44132</v>
       </c>
     </row>
     <row r="1469">
       <c r="A1469">
-        <v>2125</v>
+        <v>2164</v>
       </c>
       <c r="B1469">
         <v>2020</v>
       </c>
-      <c r="C1469" t="s">
-        <v>1267</v>
+      <c r="C1469" t="inlineStr">
+        <is>
+          <t>DGR 105/2020 intervento n. 1 "Riqualificazione della scogliera sommersa e ripascimento in loc. Santa Severa" nel comune di Santa Marinella (RM) - CUP F53H20000560002. 
+</t>
+        </is>
       </c>
       <c r="D1469" t="s">
-        <v>6</v>
+        <v>1278</v>
       </c>
       <c r="E1469" s="2">
-        <v>44089</v>
+        <v>44132</v>
       </c>
     </row>
     <row r="1470">
       <c r="A1470">
-        <v>2124</v>
+        <v>2163</v>
       </c>
       <c r="B1470">
         <v>2020</v>
       </c>
-      <c r="C1470" t="inlineStr">
-[...5 lines deleted...]
-        <v>8333103622</v>
+      <c r="C1470" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D1470" t="s">
+        <v>1280</v>
       </c>
       <c r="E1470" s="2">
-        <v>44082</v>
+        <v>44132</v>
       </c>
     </row>
     <row r="1471">
       <c r="A1471">
-        <v>2123</v>
+        <v>2162</v>
       </c>
       <c r="B1471">
         <v>2020</v>
       </c>
-      <c r="C1471" t="s">
-        <v>1268</v>
+      <c r="C1471" t="inlineStr">
+        <is>
+          <t>Procedura negoziata senza previa pubblicazione di bando di gara - per l’esecuzione dell’intervento codice R108 denominato “Lavori straordinari ed urgenti dell'alveo del fiume Salto dalla diga sino alla confluenza nel Velino”.</t>
+        </is>
       </c>
       <c r="D1471" t="s">
-        <v>1269</v>
+        <v>1281</v>
       </c>
       <c r="E1471" s="2">
-        <v>44082</v>
+        <v>44131</v>
       </c>
     </row>
     <row r="1472">
       <c r="A1472">
-        <v>2122</v>
+        <v>2161</v>
       </c>
       <c r="B1472">
         <v>2020</v>
       </c>
       <c r="C1472" t="inlineStr">
         <is>
-          <t>Procedura aperta per l'affidamento del servizio di assistenza, consulenza e intermediazione assicurativa per la Regione Lazio, per la durata di 36 mesi. Indizione di gara e approvazione atti. Importo a base d'asta € 186.087,07.</t>
+          <t>Affidamento diretto ai sensi dell'art. 2, comma 2, lettera a) del D.L. 16 luglio 2020, n. 76 per l'incarico di assistenza scavi archeologici ai sensi dell'art. 25 del DLGS 50/2016 relativo all'intervento di "Ricostruzione dell'ospedale di Amatrice" - Codice Opera: OOPP_M_002_2017 - CUP: F78I18000070008 CIG: Z322ECB98C – Determina a contrarre semplificata</t>
         </is>
       </c>
       <c r="D1472" t="s">
-        <v>1270</v>
+        <v>1282</v>
       </c>
       <c r="E1472" s="2">
-        <v>44082</v>
+        <v>44131</v>
       </c>
     </row>
     <row r="1473">
       <c r="A1473">
-        <v>2121</v>
+        <v>2160</v>
       </c>
       <c r="B1473">
         <v>2020</v>
       </c>
       <c r="C1473" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento R512 “Lavori straordinari di manutenzione dell’alveo del fiume Turano da Rocca Sinibalda a Ponte Salario in dx e sx idraulica per 3 Km”. Determinazione a contrarre. CUP F13H20000150001 - CIG 8415747E1C 
+          <t>Piano stralcio 2019 (Delibera CIPE n. 35 del 24 luglio 2019 - Intervento Codice Rendis 12IR003/G9 denominato "Lavori di sistemazione idrogeologica e messa in sicurezza del pendio tra via Bandita dei Buoi ed il Piazzale del Bocciodromo nel Comune di Allumiere (Rm)". Determinazione a contrarre finalizzata all'affidamento, tramite procedura negoziata di cui dell'art. 1, comma 2, lett. b), del Decreto Legge n. 76 del 16/07/2020, convertito in Legge n. 120 dell?11/09/2020. CUP: F25J19000130001 - CIG: 84854563CF
 </t>
         </is>
       </c>
       <c r="D1473" t="s">
-        <v>1271</v>
+        <v>1283</v>
       </c>
       <c r="E1473" s="2">
-        <v>44078</v>
+        <v>44127</v>
       </c>
     </row>
     <row r="1474">
       <c r="A1474">
-        <v>2120</v>
+        <v>2159</v>
       </c>
       <c r="B1474">
         <v>2020</v>
       </c>
       <c r="C1474" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento R509 "Lavori straordinari di manutenzione dell'alveo del fiume Mignone dalla SS Aurelia sino alla foce in dx e sx idraulica per Km 4,00 ca". Determinazione a contrarre. CUP F83H20000220001. </t>
-[...3 lines deleted...]
-        <v>8418681356</v>
+          <t>Reg.(UE) n. 1305/2013. Misura 20"Assistenza Tecnica" del PSR 2014/2020 del Lazio e attuazione DGR n. 984/2019 "Approvazione del Piano operativo annuale LAZIOcrea S.p.A. per l'anno 2020". Approvazione studio di fattibilità "Implementazione dei sistemi informativi del comparto Agricoltura". Approvazione Schema di Convenzione tra Regione Lazio e LAZIOcrea S.p.A- CUP F81B20000380008. Impegni pluriennali a favore di LAZIOcrea S.p.A. (cod.cred. 164838) per un importo complessivo di € 1.324.207,20 IVA inclusa, di cui € 609.453,00 sul capitolo S25904, € 328.483,00 sul capitolo S26515, € 351.945,60 sul capitolo A12111 ed € 34.325,60 sul capitolo A13101. Esercizi finanziari 2020-2021-2022.</t>
+        </is>
+      </c>
+      <c r="D1474" t="s">
+        <v>6</v>
       </c>
       <c r="E1474" s="2">
-        <v>44077</v>
+        <v>44126</v>
       </c>
     </row>
     <row r="1475">
       <c r="A1475">
-        <v>2119</v>
+        <v>2158</v>
       </c>
       <c r="B1475">
         <v>2020</v>
       </c>
       <c r="C1475" t="inlineStr">
         <is>
-          <t>Determina a contrarre e affidamento, ai sensi dell'art. 2. Comma 1) dal Decreto-legge 16 luglio 2020 n. 76, dei servizi tecnici necessari alla bonifica bellica sistematica terrestre per la ricostruzione dell'Ospedale di Amatrice (RI), di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. CUP F74B20000140005 CIG: 8383538A68.</t>
+          <t>Lavori per la ricostruzione dell'ospedale di Amatrice di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Codice Opera: OOPP_M_002_2017. Determina a contrarre per l'affidamento dell'incarico, ai sensi dell'art. 2, c. 2-bis del D.L. 189/2016, di collaudatore tecnico amministrativo in corso d'opera, verifica della contabilità e collaudatore tecnico funzionale degli impianti elettrici e certificatore energetico per la formazione della Commissione di collaudo. CUP: F78I18000070008 – CIG 8481509AA2</t>
         </is>
       </c>
       <c r="D1475" t="s">
-        <v>1272</v>
+        <v>1284</v>
       </c>
       <c r="E1475" s="2">
-        <v>44076</v>
+        <v>44126</v>
       </c>
     </row>
     <row r="1476">
       <c r="A1476">
-        <v>2118</v>
+        <v>2157</v>
       </c>
       <c r="B1476">
         <v>2020</v>
       </c>
       <c r="C1476" t="inlineStr">
         <is>
-          <t>Affidamento del "Servizio di manutenzione impianti degli immobili in uso a qualsiasi titolo alle Strutture della Giunta Regionale, agli Enti Dipendenti della Regione Lazio, alle Società Partecipate, agli Enti Locali territoriali ed alle Amministrazioni pubbliche aventi sede nel territorio della Regione Lazio". Procedura suddivisa in 4 lotti.</t>
+          <t>Lavori per la ricostruzione dell'ospedale di Amatrice di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Codice Opera: OOPP_M_002_2017. Determina a contrarre per l'affidamento dell'incarico, ai sensi dell'art. 2, c. 2-bis del D.L. 189/2016, di collaudatore tecnico amministrativo in corso d'opera, verifica della contabilità e collaudatore tecnico funzionale degli impianti termoidraulici per la formazione della Commissione di collaudo. CUP: F78I18000070008 – CIG 84815089CF</t>
         </is>
       </c>
       <c r="D1476" t="s">
-        <v>1273</v>
+        <v>1285</v>
       </c>
       <c r="E1476" s="2">
-        <v>44069</v>
+        <v>44126</v>
       </c>
     </row>
     <row r="1477">
       <c r="A1477">
-        <v>2117</v>
+        <v>2156</v>
       </c>
       <c r="B1477">
         <v>2020</v>
       </c>
       <c r="C1477" t="inlineStr">
         <is>
-          <t>Intervento n. 54. Determinazione a contrarre finalizzata all'affidamento dei "Lavori di consolidamento del Versante in Prossimità del lago Fibreno, Zona incubatoio, nel Comune di Posta Fibreno (FR)" tramite procedura negoziata di cui dell'art. 1, comma 2, lett. b), del Decreto Legge n. 76 del 16.7.2020. CUP: F57B10000290003 - CIG: 84118573FE </t>
+          <t>Lavori per la ricostruzione dell'ospedale di Amatrice di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Codice Opera: OOPP_M_002_2017. Determina a contrarre per l'affidamento dell'incarico, ai sensi dell'art. 2, c. 2-bis del D.L. 189/2016, di Presidente di Commissione di collaudo, collaudatore tecnico amministrativo in corso d'opera, verifica della contabilità e collaudatore statico in corso d'opera per la formazione della Commissione di collaudo. CUP: F78I18000070008 – CIG 84815078FC</t>
         </is>
       </c>
       <c r="D1477" t="s">
-        <v>1274</v>
+        <v>1286</v>
       </c>
       <c r="E1477" s="2">
-        <v>44081</v>
+        <v>44126</v>
       </c>
     </row>
     <row r="1478">
       <c r="A1478">
-        <v>2116</v>
+        <v>2155</v>
       </c>
       <c r="B1478">
         <v>2020</v>
       </c>
       <c r="C1478" t="inlineStr">
         <is>
-          <t>Procedura per l'affidamento diretto, ai sensi del Dlgs 50/2016 art. 36 c. 2 lett.a) - di una fornitura e relativo montaggio di pannelli parafiato per le postazioni di lavoro degli operatori della Centrale unica di risposta NUE 112, nell'ambito delle misure di prevenzione Covid 19. Aggiudicazione definitiva in favore della ditta INDUSTRIE GRAFICHE INPRINTING SRL per € 3.904,00 ogni onere incluso, iva compresa. Modifica creditore dell'impegno n. 50096/2020 sul capitolo E46543, per l'E.F. 2020, in favore del creditore individuato INDUSTRIE GRAFICHE INPRINTING SRL (codice creditore 136312) e disimpegno di € 96,00. C.I.G. n. Z0C2D8A57E COV 20"</t>
+          <t>Bando a favore degli Istituti Scolastici pubblici del Lazio per la concessione dei contributi finanziari per la realizzazione di progetti "Plastic Free. - APPROVAZIONE GRADUATORIA FINALE</t>
         </is>
       </c>
       <c r="D1478" t="s">
-        <v>1275</v>
+        <v>6</v>
       </c>
       <c r="E1478" s="2">
-        <v>44056</v>
+        <v>44125</v>
       </c>
     </row>
     <row r="1479">
       <c r="A1479">
-        <v>2115</v>
+        <v>2154</v>
       </c>
       <c r="B1479">
         <v>2020</v>
       </c>
-      <c r="C1479" t="s">
-[...3 lines deleted...]
-        <v>1277</v>
+      <c r="C1479" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione del vaccino pneumococcico polisaccaridico e di farmaci vari occorrenti alle Aziende sanitarie delle Regioni Lazio e Calabria, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori. Nr. Gara 7905737.
+</t>
+        </is>
+      </c>
+      <c r="D1479" t="inlineStr">
+        <is>
+          <t>8467340E00; 8467429774; 84674443D6; 846746010B; 8467470949; 8467483405; 8467494D16; 846750562C; 8467510A4B; 8467522434; 8467532C72; 84675424B5; 84675489A7; 8467557117; 8467562536; 8467571CA1; 8467879ACD; 8467889310; 8467901CF4
+</t>
+        </is>
       </c>
       <c r="E1479" s="2">
-        <v>44057</v>
+        <v>44117</v>
       </c>
     </row>
     <row r="1480">
       <c r="A1480">
-        <v>2114</v>
+        <v>2153</v>
       </c>
       <c r="B1480">
         <v>2020</v>
       </c>
-      <c r="C1480" t="inlineStr">
-[...3 lines deleted...]
-        </is>
+      <c r="C1480" t="s">
+        <v>1287</v>
       </c>
       <c r="D1480" t="s">
-        <v>1278</v>
+        <v>1288</v>
       </c>
       <c r="E1480" s="2">
-        <v>44054</v>
+        <v>44112</v>
       </c>
     </row>
     <row r="1481">
       <c r="A1481">
-        <v>2113</v>
+        <v>2152</v>
       </c>
       <c r="B1481">
         <v>2020</v>
       </c>
-      <c r="C1481" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1481" t="s">
+        <v>1289</v>
       </c>
       <c r="D1481" t="s">
-        <v>1279</v>
+        <v>1290</v>
       </c>
       <c r="E1481" s="2">
-        <v>44053</v>
+        <v>44112</v>
       </c>
     </row>
     <row r="1482">
       <c r="A1482">
-        <v>2112</v>
+        <v>2151</v>
       </c>
       <c r="B1482">
         <v>2020</v>
       </c>
-      <c r="C1482" t="s">
-        <v>1280</v>
+      <c r="C1482" t="s" s="4">
+        <v>1291</v>
       </c>
       <c r="D1482" t="s">
-        <v>1281</v>
+        <v>1292</v>
       </c>
       <c r="E1482" s="2">
-        <v>44053</v>
+        <v>44112</v>
       </c>
     </row>
     <row r="1483">
       <c r="A1483">
-        <v>2111</v>
+        <v>2150</v>
       </c>
       <c r="B1483">
         <v>2020</v>
       </c>
       <c r="C1483" t="inlineStr">
         <is>
-          <t>Avviso per la ricerca di immobili ad uso scuole finalizzato all'utilizzo di spazi da adibire per lo svolgimento di attività scolastiche nel rispetto delle indicazioni finalizzate alla prevenzione del contagio elaborate dal Comitato tecnico scientifico (CTS) istituito presso il Dipartimento della Protezione civile.</t>
+          <t>Gara, attraverso il MEPA di Consip, per l'affidamento dei servizi necessari all'organizzazione e all'espletamento del concorso pubblico, per titoli ed esami, per l'assunzione di n. 10 unità di personale a tempo pieno e indeterminato, categoria D, posizione economica D1, per le esigenze della Avvocatura regionale.</t>
         </is>
       </c>
       <c r="D1483" t="s">
-        <v>1282</v>
+        <v>1293</v>
       </c>
       <c r="E1483" s="2">
-        <v>44049</v>
+        <v>44112</v>
       </c>
     </row>
     <row r="1484">
       <c r="A1484">
-        <v>2110</v>
+        <v>2149</v>
       </c>
       <c r="B1484">
         <v>2020</v>
       </c>
       <c r="C1484" t="inlineStr">
         <is>
-          <t>Affidamento sul MEPA, a seguito di Trattativa Diretta, del servizio di utilizzo ed allestimento sale per l'espletamento delle prove scritte delle procedure concorsuali per l'assunzione a tempo pieno e indeterminato di n. 95 unità di personale, cat. D, diversi profili professionali, per il potenziamento dei centri per l'impiego e delle politiche attive del lavoro, importo complessivo di € 23.500,00 IVA esclusa (€ 28.670,00 IVA inclusa) Cap. T19535 – impegno esercizio finanziario 2020</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica el'incremento dell'uso delle energie rinnovabili. Dossier - LI-ES2-1860264 - Intervento A0100E0141, presso la Scuola ITIS Viterbo (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. CUP F87D18000540009 – CIG 845520718C
+</t>
         </is>
       </c>
       <c r="D1484" t="s">
-        <v>1283</v>
+        <v>1294</v>
       </c>
       <c r="E1484" s="2">
-        <v>44048</v>
-[...2 lines deleted...]
-        <v>1284</v>
+        <v>44110</v>
       </c>
     </row>
     <row r="1485">
       <c r="A1485">
-        <v>2109</v>
+        <v>2148</v>
       </c>
       <c r="B1485">
         <v>2020</v>
       </c>
       <c r="C1485" t="inlineStr">
         <is>
-          <t>Comune di Ceprano – Ex Europress – Caratterizzazione e MISE – “SERVIZIO PER LA CLASSIFICAZIONE DEI RIFIUTI E L’ELABORAZIONE DEL PIANO DI RIMOZIONE RIFIUTI – SITO EX EUROPRESS”. CUP F97F19000160002 CIG 8390696D5F.Determinazione a contrarre finalizzata all’affidamento, ai sensi dell’art. 36, comma 2, lettera b) del D.lgs. n. 50/2016, previa indagine esplorativa del mercato, approvazione progetto, atti di gara e nomina RUP</t>
+          <t>Procedura negoziata senza previa pubblicazione di bando di gara - per l’esecuzione dell’intervento codice R510 denominato "Lavori straordinari di manutenzione dell'alveo dei fossi Crescenza, Acqua Traversa per ca. 4 Km". CUP 83H20000200001. CIG 8458340AF8</t>
         </is>
       </c>
       <c r="D1485" t="s">
-        <v>1285</v>
+        <v>1295</v>
       </c>
       <c r="E1485" s="2">
-        <v>44048</v>
+        <v>44110</v>
       </c>
     </row>
     <row r="1486">
       <c r="A1486">
-        <v>2108</v>
+        <v>2147</v>
       </c>
       <c r="B1486">
         <v>2020</v>
       </c>
-      <c r="C1486" t="s">
-[...3 lines deleted...]
-        <v>1287</v>
+      <c r="C1486" t="inlineStr">
+        <is>
+          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento codice R536 denominato "Lavori straordinari di manutenzione dell'alveo del fosso Cremera". Determinazione a contrarre. CUP: F83H20000210001. CIG 8458348195</t>
+        </is>
+      </c>
+      <c r="D1486">
+        <v>8458348195</v>
       </c>
       <c r="E1486" s="2">
-        <v>44047</v>
-[...2 lines deleted...]
-        <v>1288</v>
+        <v>44106</v>
       </c>
     </row>
     <row r="1487">
       <c r="A1487">
-        <v>2107</v>
+        <v>2146</v>
       </c>
       <c r="B1487">
         <v>2020</v>
       </c>
       <c r="C1487" t="inlineStr">
         <is>
-          <t>Procedura aperta telematica per l’affidamento della fornitura del sistema informativo human capital management di gestione e supporto al change management e dei relativi servizi di migrazione dati, evoluzione e manutenzione. Intervento HCM - Human Capital Management.</t>
-[...3 lines deleted...]
-        <v>1289</v>
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n.558 del 15 novembre 2018. Invito, ai sensi del combinato disposto dell’art. 36, comma 2, lett. c) e dell’art. 1, co. 2 lett. b) del Decreto-legge 16 luglio 2020, n. 76 e delle deroghe di cui all’ O.C.D.P.C. n. 558/2018 art. 4 comma 3, per la presentazione dell’offerta per l’affidamento, mediante procedura negoziata senza previa pubblicazione di bando di gara - per l’esecuzione dell’intervento codice R536 denominato “Lavori straordinari di manutenzione dell’alveo del fosso Cremera”. CUP F83H20000210001. CIG 8458348195.Importo dei lavori a base di gara: € 226.910,57 di cui € 210.133,27 quale importo lavori soggetto a ribasso d’asta ed € 16.777,30 per oneri per la sicurezza non soggetti a ribasso, IVA esclusa.</t>
+        </is>
+      </c>
+      <c r="D1487">
+        <v>8458348195</v>
       </c>
       <c r="E1487" s="2">
-        <v>44047</v>
+        <v>44106</v>
       </c>
     </row>
     <row r="1488">
       <c r="A1488">
-        <v>2106</v>
+        <v>2145</v>
       </c>
       <c r="B1488">
         <v>2020</v>
       </c>
       <c r="C1488" t="inlineStr">
         <is>
-          <t>OCDPC 558/2018. Determinazione a contrarre finalizzata all'affidamento diretto, ai sensi dell?art. 36, comma 2, lettera a) del D.Lgs. n. 50/2016, mediante procedura negoziata previo avviso pubblico per manifestazione di interesse, di progettazione e direzione di esecuzione dei servizi di miglioramento boschivo attraverso avviamenti ad alto fusto, diradamenti, sistemazione di infrastrutture e punti d?acqua anche per prevenire il rischio di incendi boschivi nelle foreste demaniale della Regione Lazio </t>
+          <t>Avviso per la manifestazione di interesse. Emergenza COVID-19 – Affidamento diretto ex art. 2, c. 4 del Decreto-legge n. 76/2020 di servizi di trasporto pubblico integrativi e temporanei a supporto della ripresa delle attività produttive e scolastiche per il periodo 14/09/2020-31/10/2020. Presa d'atto dei lavori della commissione esaminatrice. Revoca ex art. 21-quinquies L. 241/90 aggiudicazione lotti FRB2, LTB2 e VT1. Annullamento ex art. 21-nonies L. 241/90 aggiudicazione lotto LTA1.</t>
         </is>
       </c>
       <c r="D1488" t="s">
         <v>6</v>
       </c>
       <c r="E1488" s="2">
-        <v>44041</v>
+        <v>44106</v>
       </c>
     </row>
     <row r="1489">
       <c r="A1489">
-        <v>2105</v>
+        <v>2144</v>
       </c>
       <c r="B1489">
         <v>2020</v>
       </c>
       <c r="C1489" t="inlineStr">
         <is>
-          <t>Procedura aperta, ai sensi dell'art. 60 del D.lgs. 50/2016 e ss.mm.ii., sopra soglia comunitaria, e tramite procedura telematica, per l'affidamento dei lavori di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Determina a contrarre ed approvazione degli atti di gara. Codice Opera: OOPP_M_002_2017 - CUP: F78I18000070008 - CIG: 83810759E0 </t>
-[...3 lines deleted...]
-        <v>83800000</v>
+          <t>Emergenza COVID 2019 -Affidamento diretto ex ART. 2, C.4 D.L. 76/2020 di servizi di trasporto pubblico integrativi e temporanei a supporto della ripresa delle attività produttive e scolastiche per il periodo 14/09/2020 -31/10/2020. Avviso per la manifestazione di interesse e relativi allegati</t>
+        </is>
+      </c>
+      <c r="D1489" t="s">
+        <v>6</v>
       </c>
       <c r="E1489" s="2">
-        <v>44035</v>
+        <v>44106</v>
       </c>
     </row>
     <row r="1490">
       <c r="A1490">
-        <v>2104</v>
+        <v>2143</v>
       </c>
       <c r="B1490">
         <v>2020</v>
       </c>
       <c r="C1490" t="inlineStr">
         <is>
-          <t>Affidamento, ai sensi degli artt. 36, comma 2, lettera a) del D.lgs. 50/2016, del Servizio di pubblicità legale del bando sulla GURI e dell'Avviso per estratto sui quotidiani afferente alla procedura aperta per è stata indetta la gara europea mediante procedura aperta ai sensi dell'art. 60 del D.lgs. 50/2016 per l'affidamento dei lavori di lavori di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Determinazione a contrarre in forma semplificata ai sensi dell'art. 32, comma 2 secondo periodo d.lgs. 50/2016</t>
+          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - "Interventi per la mitigazione del rischio idraulico Comune di Tarquinia, a seguito eventi metereologici verificatisi a partire dal mese di ottobre 2018 - Codice Intervento 559". Approvazione progetto esecutivo e decreto a contrarre. CUP F84H20001180006 - CIG 844179559C</t>
         </is>
       </c>
       <c r="D1490" t="s">
-        <v>1290</v>
+        <v>1296</v>
       </c>
       <c r="E1490" s="2">
-        <v>44034</v>
+        <v>44105</v>
       </c>
     </row>
     <row r="1491">
       <c r="A1491">
-        <v>2103</v>
+        <v>2142</v>
       </c>
       <c r="B1491">
         <v>2020</v>
       </c>
       <c r="C1491" t="inlineStr">
         <is>
-          <t>Realizzazione di un rifugio montano in località Pantani del comune di Accumoli. CUP F68C18000150002 Comunicazione di avvio dei procedimenti finalizzati all’approvazione del progetto definitivo ed all’apposizione del vincolo preordinato all’esproprio sulle aree di proprietà privata interessate dall’intervento.</t>
+          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - "Interventi per la mitigazione del rischio idraulico Comune di Montalto di Castro, a seguito eventi metereologici verificatisi a partire dal mese di ottobre 2018 - Codice Intervento 560". Approvazione progetto esecutivo e decreto a contrarre. CUP F24H20000870006 - CIG 84418291AC</t>
         </is>
       </c>
       <c r="D1491" t="s">
-        <v>6</v>
+        <v>1297</v>
       </c>
       <c r="E1491" s="2">
-        <v>44034</v>
+        <v>44105</v>
       </c>
     </row>
     <row r="1492">
       <c r="A1492">
-        <v>2102</v>
+        <v>2141</v>
       </c>
       <c r="B1492">
         <v>2020</v>
       </c>
       <c r="C1492" t="inlineStr">
         <is>
-          <t>Procedura negoziata d'urgenza, senza previa pubblicazione del bando di procedura, ai sensi dell'art. 63, comma 2, lettera b) del d.lgs. 50/2016 per la fornitura di kit tipo CLIA per la rilevazione di anticorpi totali specifici per SARS-COV-2 Determinazione a contrarre. Approvazione schemi, atti e indizione gara. ID gara n.7824299 </t>
+          <t>Determinazione a contrarre di affidamento diretto ai sensi dell'art. 36 comma 2 lett. a) del servizio di pubblicazione degli atti relativi a "Mercato Elettronico della Regione Lazio per le Macro-classi merceologiche di forniture, servizi e dispositivi medici.". CIG Z932E1139D. Impegno di spesa di € 1.605,77 a favore della Net4Market - CSAmed S.r.l. - Cap. S23917 – Esercizio finanziario 2020.</t>
         </is>
       </c>
       <c r="D1492" t="s">
-        <v>1291</v>
+        <v>1298</v>
       </c>
       <c r="E1492" s="2">
-        <v>44032</v>
+        <v>44104</v>
       </c>
     </row>
     <row r="1493">
       <c r="A1493">
-        <v>2101</v>
+        <v>2140</v>
       </c>
       <c r="B1493">
         <v>2020</v>
       </c>
-      <c r="C1493" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1493" t="s">
+        <v>1299</v>
       </c>
       <c r="D1493" t="s">
-        <v>1292</v>
+        <v>6</v>
       </c>
       <c r="E1493" s="2">
-        <v>44032</v>
+        <v>44104</v>
       </c>
     </row>
     <row r="1494">
       <c r="A1494">
-        <v>2100</v>
+        <v>2139</v>
       </c>
       <c r="B1494">
         <v>2020</v>
       </c>
       <c r="C1494" t="inlineStr">
         <is>
-          <t>Adesione alla Convenzione Consip “Noleggio autoveicoli 14” per il noleggio a lungo termine senza conducente di n. 1 autoveicolo Jeep Renegade 2.0 Multijet 140 cv Longitude S&amp;amp;S 4WD, Lotto 6, per la durata di 36 mesi.</t>
+          <t>Determinazione a contrarre di affidamento diretto ai sensi dell'art. 36 comma 2 lett. a) del servizio di pubblicazione degli atti relativi alla "Gara comunitaria centralizzata svolta tramite procedura aperta finalizzata all'affidamento del servizio di Call Center ReCUP per la Regione Lazio. Intervento RECUP3." CIG ZB52E1DEE9. Impegno di spesa di € 2.088,78 a favore della RISCONTRI SOCIETA' COOPERATIVA - Cap. H21509 – Esercizio finanziario 2020.</t>
         </is>
       </c>
       <c r="D1494" t="s">
-        <v>1293</v>
+        <v>1300</v>
       </c>
       <c r="E1494" s="2">
-        <v>44027</v>
+        <v>44104</v>
       </c>
     </row>
     <row r="1495">
       <c r="A1495">
-        <v>2099</v>
+        <v>2138</v>
       </c>
       <c r="B1495">
         <v>2020</v>
       </c>
       <c r="C1495" t="inlineStr">
         <is>
-          <t>Affidamento lavori per la "Esecuzione di una campagna di sondaggi a mare per la realizzazione delle analisi dei sedimenti ai sensi del DM n. 173/2016 nonché rilievi Multi-Beam e Laser Scanner integrato delle aree da eseguirsi sul canale di accesso del Porto di Terracina e su siti del litorale terracinese limitrofo" ai sensi dell'art. 36 comma 2 lett. a) del decreto legislativo 18 aprile 2016, n. 50 - CIG: Z9E2D20D42 </t>
+          <t>Determinazione di indizione della "Gara comunitaria centralizzata svolta tramite procedura aperta finalizzata all'affidamento del servizio di Call Center ReCUP per la Regione Lazio". Approvazione atti, indizione della procedura e nomina del Responsabile Unico del Procedimento della fase di affidamento. INTERVENTO RECUP3. CIG 8417356DE6.</t>
         </is>
       </c>
       <c r="D1495" t="s">
-        <v>1294</v>
+        <v>1301</v>
       </c>
       <c r="E1495" s="2">
-        <v>44022</v>
+        <v>44104</v>
       </c>
     </row>
     <row r="1496">
       <c r="A1496">
-        <v>2098</v>
+        <v>2137</v>
       </c>
       <c r="B1496">
         <v>2020</v>
       </c>
-      <c r="C1496" t="s">
-[...3 lines deleted...]
-        <v>1296</v>
+      <c r="C1496" t="inlineStr">
+        <is>
+          <t>Procedura negoziata d’urgenza, senza previa pubblicazione del bando di gara, ai sensi dell’art. 63, comma 2, lett. c) e 163 del D.Lgs. 50/2016, finalizzata alla conclusione di un Accordo Quadro per la fornitura di dispositivi vari necessari alla gestione dell’emergenza sanitaria COVID-19-2</t>
+        </is>
+      </c>
+      <c r="D1496" t="inlineStr">
+        <is>
+          <t>8335505454; 8335512A19; 8335519FDE; 8335529821; 83355422DD; 8335554CC1; 83355601B8; 83355666AA; 8335579166; 8335590A77; 83356067AC; 8335616FEA; 8335627900; 8335638216; 8335648A54; 833565501E; 8335674FC7; 8335683737; 8335691DCF</t>
+        </is>
       </c>
       <c r="E1496" s="2">
-        <v>44020</v>
+        <v>44103</v>
       </c>
     </row>
     <row r="1497">
       <c r="A1497">
-        <v>2097</v>
+        <v>2136</v>
       </c>
       <c r="B1497">
         <v>2020</v>
       </c>
       <c r="C1497" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="D1497" t="s">
-        <v>1298</v>
+        <v>1303</v>
       </c>
       <c r="E1497" s="2">
-        <v>44020</v>
+        <v>44104</v>
       </c>
     </row>
     <row r="1498">
       <c r="A1498">
-        <v>2096</v>
+        <v>2135</v>
       </c>
       <c r="B1498">
         <v>2020</v>
       </c>
-      <c r="C1498" t="s">
-        <v>1299</v>
+      <c r="C1498" t="inlineStr">
+        <is>
+          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - R515 denominato "Lavori straordinari di manutenzione dell'alveo del fiume Sacco da Colleferro a Ceprano Km 25,00". Determinazione a contrarre. CUP: F53H20000150001. CIG 8448320E33.</t>
+        </is>
       </c>
       <c r="D1498" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
       <c r="E1498" s="2">
-        <v>44018</v>
+        <v>44098</v>
       </c>
     </row>
     <row r="1499">
       <c r="A1499">
-        <v>2095</v>
+        <v>2133</v>
       </c>
       <c r="B1499">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C1499" t="inlineStr">
         <is>
-          <t>Sisma del 24 agosto 2016. O.C.D.P.C 388 del 10 ottobre 2016. Approvazione verbali di gara e proposta di aggiudicazione relativa all'affidamento dei lavori di demolizione di due fabbricati danneggiati dal sisma e del massetto in c.a. nell'area di sedime di pertinenza dell'Ospedale Grifoni di Amatrice ed altre attività connesse.</t>
+          <t>Lavori straordinari di manutenzione dell’alveo del Liri dal tratto urbano di Sora all’intersezione con la SS 630 Km 25,00”. F53H20000160001. CIG 8446808E75&amp;nbsp;CIG aggiuntivo 8841581F71
+</t>
         </is>
       </c>
       <c r="D1499" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="E1499" s="2">
-        <v>44018</v>
+        <v>44098</v>
       </c>
     </row>
     <row r="1500">
       <c r="A1500">
-        <v>2094</v>
+        <v>2132</v>
       </c>
       <c r="B1500">
         <v>2020</v>
       </c>
-      <c r="C1500" t="s">
-        <v>1302</v>
+      <c r="C1500" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di accordi quadro per la fornitura di Acceleratori Lineari, Tomografi a Risonanza Magnetica (RM) e Tomografi Computerizzati (TC) destinati alle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Approvazione atti e provvedimento di indizione. Importo complessivo di gara: euro 40.570.000,00 (iva inclusa) - Impegno di spesa per l'importo di euro 16.150.000,00 sul Capitolo C12161, euro 12.000.000,00 sul Capitolo H22527 - Accantonamento euro 4.420.000,00 sul Capitolo T21503 ed euro 8.000.000,00 sul Capitolo T22505. Esercizio finanziario 2021.</t>
+        </is>
       </c>
       <c r="D1500" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
       <c r="E1500" s="2">
-        <v>44018</v>
+        <v>44095</v>
       </c>
     </row>
     <row r="1501">
       <c r="A1501">
-        <v>2093</v>
+        <v>2131</v>
       </c>
       <c r="B1501">
         <v>2020</v>
       </c>
       <c r="C1501" t="inlineStr">
         <is>
-          <t>DGR n. 105/2020 intervento n. 3: Riqualificazione del tratto del litorale di Ostia Levante compreso tra il Canale dei Pescatori e lo stabilimento Nuova Pineta - CUP F83H20000960002 - CIG 8326731BC9
-</t>
+          <t>Gara comunitaria centralizzata a procedura aperta sopra soglia comunitaria, ai sensi dell'art. 60 del D.lgs. 50/2016, per la fornitura in noleggio di barelle, comprensiva di assistenza tecnica full risk e sanificazione, per le Aziende Sanitarie della Regione Lazio.</t>
         </is>
       </c>
       <c r="D1501" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="E1501" s="2">
-        <v>44015</v>
+        <v>44095</v>
       </c>
     </row>
     <row r="1502">
       <c r="A1502">
-        <v>2092</v>
+        <v>2130</v>
       </c>
       <c r="B1502">
         <v>2020</v>
       </c>
       <c r="C1502" t="inlineStr">
         <is>
-          <t>DGR n. 105/2020 intervento n. 4: Riqualificazione del tratto del litorale di Ostia Levante compreso tra lo stabilimento Pinetina e lo stabilimento Gambrinus - CUP F83H20000960002 - CIG 83363215B6
-</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione del servizio di ricondizionamento e riutilizzo degli ausili per disabili per le ASL Regione Lazio.</t>
         </is>
       </c>
       <c r="D1502" t="s">
-        <v>1305</v>
+        <v>1308</v>
       </c>
       <c r="E1502" s="2">
-        <v>44015</v>
+        <v>44095</v>
       </c>
     </row>
     <row r="1503">
       <c r="A1503">
-        <v>2091</v>
+        <v>2129</v>
       </c>
       <c r="B1503">
         <v>2020</v>
       </c>
       <c r="C1503" t="inlineStr">
         <is>
-          <t>Accordo Quadro con un operatore economico finalizzato all'acquisto di nuovi treni da adibire al trasporto pubblico per le ferrovie regionali Roma – Lido di Ostia e Roma – Civita Castellana – Viterbo. Istituzione struttura stabile a supporto del RUP ed impegno della somma di € 45.676,80 sul capitolo D44131 - finalizzato all'affidamento di incarico di supporto tecnico all'ing. Vittorio Sebastiani. CUP F70B18000000003 CIG Z712C56D45.</t>
-[...3 lines deleted...]
-        <v>1306</v>
+          <t>Gara comunitaria centralizzata, a procedura aperta, finalizzata alla fornitura di sistemi per emodialisi, dialisi peritoneale, cateteri per dialisi, attrezzature e materiale di consumo per le Aziende Sanitarie della Regione Lazio
+</t>
+        </is>
+      </c>
+      <c r="D1503" t="inlineStr">
+        <is>
+          <t>8369408DF5; 8369409EC8; 8369410F9B; 8369412146; 83694142EC; 83694153BF; 8369416492; 8369417565; 8369418638; 836941970B; 83694207DE; 83694218B1; 8369424B2A; 8369426CD0; 8369428E76; 8369444BAB; 8369447E24; 83694500A2; 83694543EE; 83694554C; 836945873A; 83694619B3; 8369462A86; 8369463B59; 8369465CFF; 8369468F78; 8369470123; 83694722C9; 836947446F; 83694776E8; 83694787BB; 8369482B07; 8369485D80; 8369486E53; 8369488FF9; 8369491277
+</t>
+        </is>
       </c>
       <c r="E1503" s="2">
-        <v>44014</v>
+        <v>44095</v>
       </c>
     </row>
     <row r="1504">
       <c r="A1504">
-        <v>2090</v>
+        <v>2128</v>
       </c>
       <c r="B1504">
         <v>2020</v>
       </c>
       <c r="C1504" t="inlineStr">
         <is>
-          <t>Interventi per la riqualificazione, pulizia e bonifica delle aree golenali del tratto del Fiume Tevere. "Sistemazione di un'area ricreativa a Marconi e Parco Tevere Magliana". Approvazione del progetto esecutivo "Lavori urgenti di manutenzione del parco della Magliana - Primo stralcio" e del relativo Avviso per Manifestazione di interesse e dello Schema di Istanza di Partecipazione. CUP F83B19000300002 – CIG 8357733B72 </t>
+          <t>Gara comunitaria a procedura aperta finalizzata alla stipula di un accordo quadro per la fornitura e messa a dimora di nuovi alberi e arbusti nel territorio della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
         </is>
       </c>
       <c r="D1504" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="E1504" s="2">
-        <v>44014</v>
+        <v>44095</v>
       </c>
     </row>
     <row r="1505">
       <c r="A1505">
-        <v>2089</v>
+        <v>2127</v>
       </c>
       <c r="B1505">
         <v>2020</v>
       </c>
       <c r="C1505" t="inlineStr">
         <is>
-          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n.558 del 15 novembre 2018. Intervento codice R509 denominato "Lavori straordinari di manutenzione dell'alveo del fiume Mignone dalla SS Aurelia sino alla foce in dx e sx idraulica per Km 4,00 ca.". Affidamento delle attività topografiche compresa l'elaborazione di disegni e grafici. CUP: F83H20000220001. CIG: ZD72D7F3D6 </t>
-[...3 lines deleted...]
-        <v>1308</v>
+          <t>Gara comunitaria centralizzata a procedura aperta per l'acquisizione e la distribuzione di cannule e cateteri da destinare in assistenza territoriale ai pazienti delle aziende sanitarie della Regione Lazio - 19 lotti
+</t>
+        </is>
+      </c>
+      <c r="D1505" t="inlineStr">
+        <is>
+          <t>8375306128; 83753071FB; 83753082CE; 83753093A1; 8375310474; 83753136ED; 8375315893; 8375316966; 8375318B0C; 8375320CB2; 8375321D85; 8375322E58; 8375323F2B; 8375324003; 8375329422; 83753304F5; 837533269B; 837533376E; 8375334841
+</t>
+        </is>
       </c>
       <c r="E1505" s="2">
-        <v>44014</v>
+        <v>44095</v>
       </c>
     </row>
     <row r="1506">
       <c r="A1506">
-        <v>2088</v>
+        <v>2126</v>
       </c>
       <c r="B1506">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="C1506" t="inlineStr">
         <is>
-          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n.558 del 15 novembre 2018. Intervento codice R511 denominato "Lavori straordinari di manutenzione dell'alveo del Fibreno da loc. Ponte Tapino alla confluenza con il fiume Liri Km 9,00". Affidamento delle attività topografiche compresa l'elaborazione di disegni e grafici. CUP: F93H20000260001 CIG: ZBB2D737E2</t>
+          <t>Intervento n. 44 - "Consolidamento dissesto gravitativo in località Peschio" nel comune di Morolo (FR). Revoca delle Determinazioni nn. G19186 del 30/12/2014 e H00041 del 18/04/2017 e, per l'effetto, degli atti della procedura indetta con le citate Determinazioni.</t>
         </is>
       </c>
       <c r="D1506" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="E1506" s="2">
-        <v>44014</v>
+        <v>44089</v>
       </c>
     </row>
     <row r="1507">
       <c r="A1507">
-        <v>2087</v>
+        <v>2125</v>
       </c>
       <c r="B1507">
         <v>2020</v>
       </c>
-      <c r="C1507" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1507" t="s">
+        <v>1311</v>
       </c>
       <c r="D1507" t="s">
-        <v>1310</v>
+        <v>6</v>
       </c>
       <c r="E1507" s="2">
-        <v>44014</v>
+        <v>44089</v>
       </c>
     </row>
     <row r="1508">
       <c r="A1508">
-        <v>2086</v>
+        <v>2124</v>
       </c>
       <c r="B1508">
         <v>2020</v>
       </c>
       <c r="C1508" t="inlineStr">
         <is>
-          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n.558 del 15 novembre 2018. Intervento codice R514 denominato "Lavori straordinari di manutenzione dell'alveo del Liri dal tratto urbano di Sora all'intersezione con la SS 630 Km 25,00". Affidamento delle attività topografiche compresa l'elaborazione di disegni e grafici. CUP: F53H20000160001. CIG Z922D6C0FB. </t>
-[...3 lines deleted...]
-        <v>1311</v>
+          <t>Autorizzazione ad espletare la gara, attraverso il Mepa, per l'affidamento del servizio di Loss Adjuster per la gestione sotto franchigia dei sinistri delle Polizze Assicurative RCT/O della Regione Lazio importo a base d'asta € 175.680,00 IVA compresa Capitolo S21410 esercizio finanziario 2020/2021.</t>
+        </is>
+      </c>
+      <c r="D1508">
+        <v>8333103622</v>
       </c>
       <c r="E1508" s="2">
-        <v>44014</v>
+        <v>44082</v>
       </c>
     </row>
     <row r="1509">
       <c r="A1509">
-        <v>2085</v>
+        <v>2123</v>
       </c>
       <c r="B1509">
         <v>2020</v>
       </c>
-      <c r="C1509" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1509" t="s">
+        <v>1312</v>
       </c>
       <c r="D1509" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="E1509" s="2">
-        <v>44014</v>
+        <v>44082</v>
       </c>
     </row>
     <row r="1510">
       <c r="A1510">
-        <v>2084</v>
+        <v>2122</v>
       </c>
       <c r="B1510">
         <v>2020</v>
       </c>
       <c r="C1510" t="inlineStr">
         <is>
-          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n.558 del 15 novembre 2018. Intervento codice R515 denominato "Lavori straordinari di manutenzione dell'alveo del fiume Sacco da Colleferro a Ceprano Km 25,00". Affidamento delle attività topografiche compresa l'elaborazione di disegni e grafici. CUP: F53H20000150001. CIG: Z5C2D6C122</t>
+          <t>Procedura aperta per l'affidamento del servizio di assistenza, consulenza e intermediazione assicurativa per la Regione Lazio, per la durata di 36 mesi. Indizione di gara e approvazione atti. Importo a base d'asta € 186.087,07.</t>
         </is>
       </c>
       <c r="D1510" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="E1510" s="2">
-        <v>44014</v>
+        <v>44082</v>
       </c>
     </row>
     <row r="1511">
       <c r="A1511">
-        <v>2083</v>
+        <v>2121</v>
       </c>
       <c r="B1511">
         <v>2020</v>
       </c>
       <c r="C1511" t="inlineStr">
         <is>
-          <t>Appalto specifico per l’acquisizione di vaccini vari ad uso umano occorrenti alle Aziende sanitarie delle Regioni Lazio e Calabria, nell’ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori </t>
+          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento R512 “Lavori straordinari di manutenzione dell’alveo del fiume Turano da Rocca Sinibalda a Ponte Salario in dx e sx idraulica per 3 Km”. Determinazione a contrarre. CUP F13H20000150001 - CIG 8415747E1C 
+</t>
         </is>
       </c>
       <c r="D1511" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="E1511" s="2">
-        <v>44013</v>
-[...2 lines deleted...]
-        <v>1315</v>
+        <v>44078</v>
       </c>
     </row>
     <row r="1512">
       <c r="A1512">
-        <v>2082</v>
+        <v>2120</v>
       </c>
       <c r="B1512">
         <v>2020</v>
       </c>
       <c r="C1512" t="inlineStr">
         <is>
-          <t>Recepimento della Determinazione n. 400 del 21.10.2019 (lotti 13-14-20-23) - come rettificata dalla Determinazione n. 420 del 06.11.2019 - e della Determinazione n. 539 del 31.12.2019 (lotti 15-16-17-18-19-21-22-24) di INTERCENT-ER (Agenzia regionale di sviluppo dei mercati Telematici dell'Emilia Romagna) ad oggetto "Procedura aperta per la fornitura di defibrillatori impiantabili e pacemaker per le Regioni Emilia-Romagna e Lazio". 
-[...4 lines deleted...]
-        <v>1316</v>
+          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento R509 "Lavori straordinari di manutenzione dell'alveo del fiume Mignone dalla SS Aurelia sino alla foce in dx e sx idraulica per Km 4,00 ca". Determinazione a contrarre. CUP F83H20000220001. </t>
+        </is>
+      </c>
+      <c r="D1512">
+        <v>8418681356</v>
       </c>
       <c r="E1512" s="2">
-        <v>44012</v>
+        <v>44077</v>
       </c>
     </row>
     <row r="1513">
       <c r="A1513">
-        <v>2081</v>
+        <v>2119</v>
       </c>
       <c r="B1513">
         <v>2020</v>
       </c>
       <c r="C1513" t="inlineStr">
         <is>
-          <t>Determina a contrarre e affidamento, ai sensi dell'art. 36 co. 2 lett. a) del D.Lgs. 50/2016, dei servizi tecnici necessari alle procedure di esproprio per l'intervento di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. CUP F78I18000070008 CIG Z0D2D5F86A</t>
+          <t>Determina a contrarre e affidamento, ai sensi dell'art. 2. Comma 1) dal Decreto-legge 16 luglio 2020 n. 76, dei servizi tecnici necessari alla bonifica bellica sistematica terrestre per la ricostruzione dell'Ospedale di Amatrice (RI), di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. CUP F74B20000140005 CIG: 8383538A68.</t>
         </is>
       </c>
       <c r="D1513" t="s">
-        <v>1317</v>
+        <v>1316</v>
       </c>
       <c r="E1513" s="2">
-        <v>44008</v>
+        <v>44076</v>
       </c>
     </row>
     <row r="1514">
       <c r="A1514">
-        <v>2080</v>
+        <v>2118</v>
       </c>
       <c r="B1514">
         <v>2020</v>
       </c>
       <c r="C1514" t="inlineStr">
         <is>
-          <t>SERVIZIO PER LA CLASSIFICAZIONE DEI RIFIUTI PRESENTI NEL SITO E PER L’ELABORAZIONE DEL PIANO DI RIMOZIONE RIFIUTI – COMUNE DI PALIANO PONTI DELLA SELVA”. Determinazione a contrarre finalizzata all’affidamento, ai sensi dell’art. 36, comma 2, lettera b) del D.lgs. n. 50/2016, previa indagine esplorativa del mercato, ed approvazione atti di gara. </t>
+          <t>Affidamento del "Servizio di manutenzione impianti degli immobili in uso a qualsiasi titolo alle Strutture della Giunta Regionale, agli Enti Dipendenti della Regione Lazio, alle Società Partecipate, agli Enti Locali territoriali ed alle Amministrazioni pubbliche aventi sede nel territorio della Regione Lazio". Procedura suddivisa in 4 lotti.</t>
         </is>
       </c>
       <c r="D1514" t="s">
-        <v>1318</v>
+        <v>1317</v>
       </c>
       <c r="E1514" s="2">
-        <v>44007</v>
+        <v>44069</v>
       </c>
     </row>
     <row r="1515">
       <c r="A1515">
-        <v>2079</v>
+        <v>2117</v>
       </c>
       <c r="B1515">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C1515" t="inlineStr">
         <is>
-          <t>Affidamento, ai sensi dell'art. 36 del decreto legislativo 18 aprile 2016 n. 50, alla Bar Banqueting s.r.l., del servizio di coffee break e lunch per la riunione del 06/06/2019 del Comitato di Sorveglianza del POR Lazio FSE 2014 - 2020. CIG: Z3A286C996 – CUP: F89F19000220009. Disimpegno di spesa di Euro 2.120,00 (Iva inclusa) da "Creditori diversi" e conversione dell'impegno di € 2.880,00 (Iva inclusa), da "Creditori diversi" alla suddetta Bar Banqueting s.r.l., con codice creditore 161190, a valere sul POR FSE 2014-2020 - Asse V - Capitoli A41164 - A41165 - A41166. Esercizio finanziario 2019.</t>
+          <t>Intervento n. 54. Determinazione a contrarre finalizzata all'affidamento dei "Lavori di consolidamento del Versante in Prossimità del lago Fibreno, Zona incubatoio, nel Comune di Posta Fibreno (FR)" tramite procedura negoziata di cui dell'art. 1, comma 2, lett. b), del Decreto Legge n. 76 del 16.7.2020. CUP: F57B10000290003 - CIG: 84118573FE </t>
         </is>
       </c>
       <c r="D1515" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
       <c r="E1515" s="2">
-        <v>44004</v>
+        <v>44081</v>
       </c>
     </row>
     <row r="1516">
       <c r="A1516">
-        <v>2078</v>
+        <v>2116</v>
       </c>
       <c r="B1516">
         <v>2020</v>
       </c>
       <c r="C1516" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre in forma semplificata ai sensi dell'art. 32, comma 2 secondo periodo d.lgs. 50/2016 relativa al Servizio di identificazione ed archiviazione di tutte le posizioni autorizzate per le piccole e grandi derivazioni di acqua pubblica e di riconciliazione dei pagamenti precedentemente effettuati da parte dei vari concessionari. Assistenza informatica specialistica relativa all'applicazione web del sistema telematico di tracciabilità SMART CIG: Z402CA317E. Impegno di spesa di € 20.790,00 a favore della ditta Alpha Consult s.r.l., c.f. 06144420582, sul Capitolo E41915, Missione 09 Programma 01, p.d.c.  1.03.02.19.000, Esercizio finanziario 2020 e prenotazione di impegno di spesa per € 13.860,00 a favore della ditta Alpha Consult s.r.l., c.f. 06144420582, sul Capitolo E41915, Missione 09 Programma 01, p.d.c. 1.03.02.19.000, Esercizio finanziario 2021.</t>
+          <t>Procedura per l'affidamento diretto, ai sensi del Dlgs 50/2016 art. 36 c. 2 lett.a) - di una fornitura e relativo montaggio di pannelli parafiato per le postazioni di lavoro degli operatori della Centrale unica di risposta NUE 112, nell'ambito delle misure di prevenzione Covid 19. Aggiudicazione definitiva in favore della ditta INDUSTRIE GRAFICHE INPRINTING SRL per € 3.904,00 ogni onere incluso, iva compresa. Modifica creditore dell'impegno n. 50096/2020 sul capitolo E46543, per l'E.F. 2020, in favore del creditore individuato INDUSTRIE GRAFICHE INPRINTING SRL (codice creditore 136312) e disimpegno di € 96,00. C.I.G. n. Z0C2D8A57E COV 20"</t>
         </is>
       </c>
       <c r="D1516" t="s">
-        <v>1320</v>
+        <v>1319</v>
       </c>
       <c r="E1516" s="2">
-        <v>43999</v>
+        <v>44056</v>
       </c>
     </row>
     <row r="1517">
       <c r="A1517">
-        <v>2077</v>
+        <v>2115</v>
       </c>
       <c r="B1517">
-        <v>2019</v>
-[...4 lines deleted...]
-        </is>
+        <v>2020</v>
+      </c>
+      <c r="C1517" t="s">
+        <v>1320</v>
       </c>
       <c r="D1517" t="s">
-        <v>6</v>
+        <v>1321</v>
       </c>
       <c r="E1517" s="2">
-        <v>43994</v>
+        <v>44057</v>
       </c>
     </row>
     <row r="1518">
       <c r="A1518">
-        <v>2076</v>
+        <v>2114</v>
       </c>
       <c r="B1518">
         <v>2020</v>
       </c>
       <c r="C1518" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile " Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili" Dossier - LI-ES2-2400404 - Intervento A0100E0255 presso la Scuola Media Ernesto Monaci nel Comune di Soriano nel Cimino (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori.CUP: F64D17000020009 CIG: 83261360CA 
+          <t>Procedura aperta, suddivisa in 2 Lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi postali e servizi «a monte» del recapito, destinati alle Amministrazioni del territorio della Regione Lazio. Indizione ed approvazione degli atti e documenti di gara.
 </t>
         </is>
       </c>
       <c r="D1518" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="E1518" s="2">
-        <v>43987</v>
+        <v>44054</v>
       </c>
     </row>
     <row r="1519">
       <c r="A1519">
-        <v>2075</v>
+        <v>2113</v>
       </c>
       <c r="B1519">
         <v>2020</v>
       </c>
       <c r="C1519" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile. Dossier LI-ES2-2960279 - Intervento A0100E0120 presso la Scuola media San Bartolomeo nel Comune di Sezze (LT).  CUP: F14D16000000006 - CIG 8317614834</t>
-[...3 lines deleted...]
-        <v>8317614834</v>
+          <t>Intervento di difesa spondale in dx idraulica del Fiume Fiora in corrispondenza dello smottamento della strada comunale di via Monte di Castro nel Comune di Ischia di Castro (VT). Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art.1, comma 2, lett. b), del Decreto Legge n. 76 del 16/07/2020, previa indagine esplorativa del mercato, ed approvazione atti di gara. CUP F73H20000400002 - CIG 838440450F</t>
+        </is>
+      </c>
+      <c r="D1519" t="s">
+        <v>1323</v>
       </c>
       <c r="E1519" s="2">
-        <v>43983</v>
+        <v>44053</v>
       </c>
     </row>
     <row r="1520">
       <c r="A1520">
-        <v>2074</v>
+        <v>2112</v>
       </c>
       <c r="B1520">
         <v>2020</v>
       </c>
-      <c r="C1520" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1520" t="s">
+        <v>1324</v>
       </c>
       <c r="D1520" t="s">
-        <v>1322</v>
+        <v>1325</v>
       </c>
       <c r="E1520" s="2">
-        <v>43983</v>
+        <v>44053</v>
       </c>
     </row>
     <row r="1521">
       <c r="A1521">
-        <v>2073</v>
+        <v>2111</v>
       </c>
       <c r="B1521">
         <v>2020</v>
       </c>
       <c r="C1521" t="inlineStr">
         <is>
-          <t>Approvazione verbale di gara ed aggiudicazione dei lavori di indagini geognostiche ai fini dell'Audit Ambientale per la gestione e l'utilizzo delle terre e rocce da scavo come sottoprodotto, ai sensi dell'art 184 ter del D.lgs 152/2006 e dell'art. 4 del D.P.R. 120/2017 e del loro riutilizzo in area di cantiere o in altro di sito di destinazione artt. 185-186 d. lgs 152/06 nell'ambito dell'intervento di Ricostruzione dell'Ospedale di Amatrice, ai sensi dell' art. 36 comma 2 lettera a) del D.Lgs. n. 50/2016, alla Ditta GEO 3D S.r.l. CUP F78I18000070008 - CIG: 8312484EC9.</t>
+          <t>Avviso per la ricerca di immobili ad uso scuole finalizzato all'utilizzo di spazi da adibire per lo svolgimento di attività scolastiche nel rispetto delle indicazioni finalizzate alla prevenzione del contagio elaborate dal Comitato tecnico scientifico (CTS) istituito presso il Dipartimento della Protezione civile.</t>
         </is>
       </c>
       <c r="D1521" t="s">
-        <v>1323</v>
+        <v>1326</v>
       </c>
       <c r="E1521" s="2">
-        <v>43983</v>
+        <v>44049</v>
       </c>
     </row>
     <row r="1522">
       <c r="A1522">
-        <v>2072</v>
+        <v>2110</v>
       </c>
       <c r="B1522">
         <v>2020</v>
       </c>
       <c r="C1522" t="inlineStr">
         <is>
-          <t>Attribuzione della funzione di Stazione Appaltante nonché di Soggetto Attuatore ad ASTRAL S.p.A. per la gara a procedura aperta, ai sensi dell'art. 60 del d.lgs. n. 50/2016, per la progettazione definitiva e esecutiva, la fornitura in opera e la manutenzione quinquennale ordinaria e straordinaria, di un sistema di comunicazione radio terra – treno, con tecnologia tetra, per la ferrovia regionale Roma – Lido di Ostia. Impegno di spesa in favore di ASTRAL S.p.a. dell'importo di 4.000.000,00 sul capitolo D44107, missione 10, programma 01, macro aggregato 2.02.01.09.</t>
+          <t>Affidamento sul MEPA, a seguito di Trattativa Diretta, del servizio di utilizzo ed allestimento sale per l'espletamento delle prove scritte delle procedure concorsuali per l'assunzione a tempo pieno e indeterminato di n. 95 unità di personale, cat. D, diversi profili professionali, per il potenziamento dei centri per l'impiego e delle politiche attive del lavoro, importo complessivo di € 23.500,00 IVA esclusa (€ 28.670,00 IVA inclusa) Cap. T19535 – impegno esercizio finanziario 2020</t>
         </is>
       </c>
       <c r="D1522" t="s">
-        <v>6</v>
+        <v>1327</v>
       </c>
       <c r="E1522" s="2">
-        <v>43979</v>
+        <v>44048</v>
+      </c>
+      <c r="F1522" t="s">
+        <v>1328</v>
       </c>
     </row>
     <row r="1523">
       <c r="A1523">
-        <v>2071</v>
+        <v>2109</v>
       </c>
       <c r="B1523">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C1523" t="inlineStr">
         <is>
-          <t>Attuazione Legge Regionale n. 11/2017 "Disposizioni per favorire la mobilità nuova" ai fini dell'approvazione del Piano Regionale della Mobilità Ciclistica (PRMC). Affidamento incarico ad Astral SpA delle attività relative alla procedura di VAS prevista ai sensi del D.Lgs. n.152/2006, propedeutica all'approvazione del Piano Regionale della Mobilità Ciclistica ed impegno dell'importo di € 250.000,00 sul cap. D11908 nell'Es. Fin 2019. </t>
+          <t>Comune di Ceprano – Ex Europress – Caratterizzazione e MISE – “SERVIZIO PER LA CLASSIFICAZIONE DEI RIFIUTI E L’ELABORAZIONE DEL PIANO DI RIMOZIONE RIFIUTI – SITO EX EUROPRESS”. CUP F97F19000160002 CIG 8390696D5F.Determinazione a contrarre finalizzata all’affidamento, ai sensi dell’art. 36, comma 2, lettera b) del D.lgs. n. 50/2016, previa indagine esplorativa del mercato, approvazione progetto, atti di gara e nomina RUP</t>
         </is>
       </c>
       <c r="D1523" t="s">
-        <v>6</v>
+        <v>1329</v>
       </c>
       <c r="E1523" s="2">
-        <v>43979</v>
+        <v>44048</v>
       </c>
     </row>
     <row r="1524">
       <c r="A1524">
-        <v>2070</v>
+        <v>2108</v>
       </c>
       <c r="B1524">
-        <v>2019</v>
-[...4 lines deleted...]
-        </is>
+        <v>2020</v>
+      </c>
+      <c r="C1524" t="s">
+        <v>1330</v>
       </c>
       <c r="D1524" t="s">
-        <v>6</v>
+        <v>1331</v>
       </c>
       <c r="E1524" s="2">
-        <v>43979</v>
+        <v>44047</v>
+      </c>
+      <c r="F1524" t="s">
+        <v>1332</v>
       </c>
     </row>
     <row r="1525">
       <c r="A1525">
-        <v>2069</v>
+        <v>2107</v>
       </c>
       <c r="B1525">
         <v>2020</v>
       </c>
       <c r="C1525" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile. Dossier - LI-ES2-3550477 - Intervento A0100E0347 presso la "Scuola Primaria Giovanni Pascoli" nel Comune di Sutri (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sui Capitoli A42134 - A42135 - A42136 a favore dell'Autorità Nazionale Anticorruzione (Cod. cred.159683), E.F. 2020.CUP: F77D18000120002 - CIG 8311610D8A </t>
+          <t>Procedura aperta telematica per l’affidamento della fornitura del sistema informativo human capital management di gestione e supporto al change management e dei relativi servizi di migrazione dati, evoluzione e manutenzione. Intervento HCM - Human Capital Management.</t>
         </is>
       </c>
       <c r="D1525" t="s">
-        <v>1324</v>
+        <v>1333</v>
       </c>
       <c r="E1525" s="2">
-        <v>43978</v>
+        <v>44047</v>
       </c>
     </row>
     <row r="1526">
       <c r="A1526">
-        <v>2068</v>
+        <v>2106</v>
       </c>
       <c r="B1526">
         <v>2020</v>
       </c>
       <c r="C1526" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. n. 558/2018. Procedura negoziata ai sensi dell'art. 36, comma 2, lett. a) del D.Lgs. n. 50/2016 e ss.mm.ii. per l'affidamento di progettazione e direzione di esecuzione del servizio di miglioramento boschivo attraverso avviamento ad alto fusto di bosco di latifoglie mesofile, allontanamento degli alberi schiantati da avversità meteoriche, sistemazione pozzo e manutenzione ordinaria e straordinaria della viabilità forestale presso la foresta demaniale Carpinetana in località Valle Santa Maria – Monte della Difesa in Comune di Maenza (LT).</t>
+          <t>OCDPC 558/2018. Determinazione a contrarre finalizzata all'affidamento diretto, ai sensi dell?art. 36, comma 2, lettera a) del D.Lgs. n. 50/2016, mediante procedura negoziata previo avviso pubblico per manifestazione di interesse, di progettazione e direzione di esecuzione dei servizi di miglioramento boschivo attraverso avviamenti ad alto fusto, diradamenti, sistemazione di infrastrutture e punti d?acqua anche per prevenire il rischio di incendi boschivi nelle foreste demaniale della Regione Lazio </t>
         </is>
       </c>
       <c r="D1526" t="s">
-        <v>1325</v>
+        <v>6</v>
       </c>
       <c r="E1526" s="2">
-        <v>43977</v>
+        <v>44041</v>
       </c>
     </row>
     <row r="1527">
       <c r="A1527">
-        <v>2067</v>
+        <v>2105</v>
       </c>
       <c r="B1527">
         <v>2020</v>
       </c>
       <c r="C1527" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. n. 558/2018. Procedura negoziata ai sensi dell'art. 36, comma 2, lett. a) del D.Lgs. n. 50/2016 e ss.mm.ii. per l'affidamento di progettazione e direzione di esecuzione del servizio di miglioramento boschivo attraverso diradamento di pineta adulta di Pinus pinea, allontanamento degli alberi schiantati da avversità meteoriche, sistemazione fontanile e manutenzione ordinaria e straordinaria della viabilità forestale presso la foresta demaniale Matricetta in località Piediserra in Comune di Rieti (RI).</t>
-[...3 lines deleted...]
-        <v>1326</v>
+          <t>Procedura aperta, ai sensi dell'art. 60 del D.lgs. 50/2016 e ss.mm.ii., sopra soglia comunitaria, e tramite procedura telematica, per l'affidamento dei lavori di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Determina a contrarre ed approvazione degli atti di gara. Codice Opera: OOPP_M_002_2017 - CUP: F78I18000070008 - CIG: 83810759E0 </t>
+        </is>
+      </c>
+      <c r="D1527">
+        <v>83800000</v>
       </c>
       <c r="E1527" s="2">
-        <v>43977</v>
+        <v>44035</v>
       </c>
     </row>
     <row r="1528">
       <c r="A1528">
-        <v>2066</v>
+        <v>2104</v>
       </c>
       <c r="B1528">
         <v>2020</v>
       </c>
       <c r="C1528" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile. Dossier LI-ES2-1860266- Intervento A0100E0123 presso l'Istituto Tecnico Commerciale di Via Monterozzi Marina nel Comune di Tarquinia (VT). E.F. 2020.CUP F84D16000040006
-</t>
+          <t>Affidamento, ai sensi degli artt. 36, comma 2, lettera a) del D.lgs. 50/2016, del Servizio di pubblicità legale del bando sulla GURI e dell'Avviso per estratto sui quotidiani afferente alla procedura aperta per è stata indetta la gara europea mediante procedura aperta ai sensi dell'art. 60 del D.lgs. 50/2016 per l'affidamento dei lavori di lavori di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Determinazione a contrarre in forma semplificata ai sensi dell'art. 32, comma 2 secondo periodo d.lgs. 50/2016</t>
         </is>
       </c>
       <c r="D1528" t="s">
-        <v>1327</v>
+        <v>1334</v>
       </c>
       <c r="E1528" s="2">
-        <v>43976</v>
+        <v>44034</v>
       </c>
     </row>
     <row r="1529">
       <c r="A1529">
-        <v>2065</v>
+        <v>2103</v>
       </c>
       <c r="B1529">
         <v>2020</v>
       </c>
       <c r="C1529" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lettera a) del D.Lgs. n. 50/2016, mediante procedura negoziata previo avviso pubblico per manifestazione di interesse, di progettazione e direzione di esecuzione del servizio di miglioramento boschivo attraverso avviamento ad alto fusto di bosco di latifoglie mesofile, allontanamento degli alberi schiantati da avversità meteoriche, sistemazione pozzo e manutenzione ordinaria e straordinaria della viabilità forestale presso la foresta demaniale Carpinetana in località Valle Santa Maria – Monte della Difesa in Comune di Maenza (LT).</t>
+          <t>Realizzazione di un rifugio montano in località Pantani del comune di Accumoli. CUP F68C18000150002 Comunicazione di avvio dei procedimenti finalizzati all’approvazione del progetto definitivo ed all’apposizione del vincolo preordinato all’esproprio sulle aree di proprietà privata interessate dall’intervento.</t>
         </is>
       </c>
       <c r="D1529" t="s">
         <v>6</v>
       </c>
       <c r="E1529" s="2">
-        <v>43972</v>
+        <v>44034</v>
       </c>
     </row>
     <row r="1530">
       <c r="A1530">
-        <v>2064</v>
+        <v>2102</v>
       </c>
       <c r="B1530">
         <v>2020</v>
       </c>
       <c r="C1530" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lettera a) del D.Lgs. n. 50/2016, mediante procedura negoziata previo avviso pubblico per manifestazione di interesse, di progettazione e direzione di esecuzione del servizio di miglioramento boschivo attraverso diradamento di pineta adulta di Pinus pinea, allontanamento degli alberi schiantati da avversità meteoriche, sistemazione fontanile e manutenzione ordinaria e straordinaria della viabilità forestale presso la foresta demaniale Matricetta in località Piediserra in comune di Rieti (RI).</t>
+          <t>Procedura negoziata d'urgenza, senza previa pubblicazione del bando di procedura, ai sensi dell'art. 63, comma 2, lettera b) del d.lgs. 50/2016 per la fornitura di kit tipo CLIA per la rilevazione di anticorpi totali specifici per SARS-COV-2 Determinazione a contrarre. Approvazione schemi, atti e indizione gara. ID gara n.7824299 </t>
         </is>
       </c>
       <c r="D1530" t="s">
-        <v>6</v>
+        <v>1335</v>
       </c>
       <c r="E1530" s="2">
-        <v>43972</v>
+        <v>44032</v>
       </c>
     </row>
     <row r="1531">
       <c r="A1531">
-        <v>2063</v>
+        <v>2101</v>
       </c>
       <c r="B1531">
         <v>2020</v>
       </c>
       <c r="C1531" t="inlineStr">
         <is>
-          <t>Ordinanza del Capo Dipartimento di Protezione Civile n.558 del 15 novembre 2018. Intervento codice R509 denominato "Lavori straordinari di manutenzione dell'alveo del fiume Mignone dalla SS Aurelia sino alla foce in dx e sx idraulica per Km 4,00 ca.". Approvazione della perizia giustificativa dei "Lavori urgenti per il ripristino della officiosità idraulica del fiume Mignone in località Farnesiana nel comune di Tarquinia (VT)" CUP: F83H20000220001 - CIG: Z852AE8E66. </t>
+          <t>Piano stralcio 2019 (Delibera CIPE n. 35 del 24 luglio 2019) - Intervento 12IR025/G9 denominato "Lavori straordinari di manutenzione delle arginature del Fiume Ninfa-Sisto." Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art. 36, comma 2, lettera c-bis) del D.lgs. n. 50/2016 e approvazione atti di gara. CUP F75J19000400001. CIG 8364944A27</t>
         </is>
       </c>
       <c r="D1531" t="s">
-        <v>1328</v>
+        <v>1336</v>
       </c>
       <c r="E1531" s="2">
-        <v>43969</v>
+        <v>44032</v>
       </c>
     </row>
     <row r="1532">
       <c r="A1532">
-        <v>2062</v>
+        <v>2100</v>
       </c>
       <c r="B1532">
         <v>2020</v>
       </c>
-      <c r="C1532" t="s">
-        <v>1329</v>
+      <c r="C1532" t="inlineStr">
+        <is>
+          <t>Adesione alla Convenzione Consip “Noleggio autoveicoli 14” per il noleggio a lungo termine senza conducente di n. 1 autoveicolo Jeep Renegade 2.0 Multijet 140 cv Longitude S&amp;amp;S 4WD, Lotto 6, per la durata di 36 mesi.</t>
+        </is>
       </c>
       <c r="D1532" t="s">
-        <v>1330</v>
+        <v>1337</v>
       </c>
       <c r="E1532" s="2">
-        <v>43962</v>
+        <v>44027</v>
       </c>
     </row>
     <row r="1533">
       <c r="A1533">
-        <v>2061</v>
+        <v>2099</v>
       </c>
       <c r="B1533">
         <v>2020</v>
       </c>
       <c r="C1533" t="inlineStr">
         <is>
-          <t>Lavori di difesa spondale in sx idraulica del fiume Velino in corrispondenza dello smottamento della strada comunale di via Capannelle in località Ponte Carpegna nel Comune di Rieti. Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art. 36, comma 2, lettera b) del D.lgs. n. 50/2016, previa indagine esplorativa del mercato, approvazione atti di gara, nomina gruppo di supporto al RUP ed impegno fondi € 88.000,00 capitoli E42550 e T19427, creditori vari, esercizio finanziario 2020. CUP F13H19001280002 – CIG 8283517E76. M.S./66 </t>
+          <t>Affidamento lavori per la "Esecuzione di una campagna di sondaggi a mare per la realizzazione delle analisi dei sedimenti ai sensi del DM n. 173/2016 nonché rilievi Multi-Beam e Laser Scanner integrato delle aree da eseguirsi sul canale di accesso del Porto di Terracina e su siti del litorale terracinese limitrofo" ai sensi dell'art. 36 comma 2 lett. a) del decreto legislativo 18 aprile 2016, n. 50 - CIG: Z9E2D20D42 </t>
         </is>
       </c>
       <c r="D1533" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="E1533" s="2">
-        <v>43962</v>
+        <v>44022</v>
       </c>
     </row>
     <row r="1534">
       <c r="A1534">
-        <v>2060</v>
+        <v>2098</v>
       </c>
       <c r="B1534">
         <v>2020</v>
       </c>
-      <c r="C1534" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1534" t="s">
+        <v>1339</v>
       </c>
       <c r="D1534" t="s">
-        <v>1332</v>
+        <v>1340</v>
       </c>
       <c r="E1534" s="2">
-        <v>43958</v>
+        <v>44020</v>
       </c>
     </row>
     <row r="1535">
       <c r="A1535">
-        <v>2059</v>
+        <v>2097</v>
       </c>
       <c r="B1535">
         <v>2020</v>
       </c>
-      <c r="C1535" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1535" t="s">
+        <v>1341</v>
       </c>
       <c r="D1535" t="s">
-        <v>1333</v>
+        <v>1342</v>
       </c>
       <c r="E1535" s="2">
-        <v>43958</v>
+        <v>44020</v>
       </c>
     </row>
     <row r="1536">
       <c r="A1536">
-        <v>2058</v>
+        <v>2096</v>
       </c>
       <c r="B1536">
         <v>2020</v>
       </c>
-      <c r="C1536" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1536" t="s">
+        <v>1343</v>
       </c>
       <c r="D1536" t="s">
-        <v>1334</v>
+        <v>1344</v>
       </c>
       <c r="E1536" s="2">
-        <v>43957</v>
+        <v>44018</v>
       </c>
     </row>
     <row r="1537">
       <c r="A1537">
-        <v>2057</v>
+        <v>2095</v>
       </c>
       <c r="B1537">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C1537" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di Vaccini anti influenzali 2020/2021 e vaccini vari occorrenti alle Aziende Sanitarie della Regione Lazio e Calabria, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori – Determina a contrarre. Approvazione schemi, atti e indizione gara.</t>
+          <t>Sisma del 24 agosto 2016. O.C.D.P.C 388 del 10 ottobre 2016. Approvazione verbali di gara e proposta di aggiudicazione relativa all'affidamento dei lavori di demolizione di due fabbricati danneggiati dal sisma e del massetto in c.a. nell'area di sedime di pertinenza dell'Ospedale Grifoni di Amatrice ed altre attività connesse.</t>
         </is>
       </c>
       <c r="D1537" t="s">
-        <v>1335</v>
+        <v>1345</v>
       </c>
       <c r="E1537" s="2">
-        <v>43948</v>
+        <v>44018</v>
       </c>
     </row>
     <row r="1538">
       <c r="A1538">
-        <v>2056</v>
+        <v>2094</v>
       </c>
       <c r="B1538">
         <v>2020</v>
       </c>
-      <c r="C1538" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1538" t="s">
+        <v>1346</v>
       </c>
       <c r="D1538" t="s">
-        <v>1336</v>
+        <v>1347</v>
       </c>
       <c r="E1538" s="2">
-        <v>43945</v>
+        <v>44018</v>
       </c>
     </row>
     <row r="1539">
       <c r="A1539">
-        <v>2055</v>
+        <v>2093</v>
       </c>
       <c r="B1539">
         <v>2020</v>
       </c>
-      <c r="C1539" t="s">
-        <v>1337</v>
+      <c r="C1539" t="inlineStr">
+        <is>
+          <t>DGR n. 105/2020 intervento n. 3: Riqualificazione del tratto del litorale di Ostia Levante compreso tra il Canale dei Pescatori e lo stabilimento Nuova Pineta - CUP F83H20000960002 - CIG 8326731BC9
+</t>
+        </is>
       </c>
       <c r="D1539" t="s">
-        <v>6</v>
+        <v>1348</v>
       </c>
       <c r="E1539" s="2">
-        <v>43944</v>
+        <v>44015</v>
       </c>
     </row>
     <row r="1540">
       <c r="A1540">
-        <v>2054</v>
+        <v>2092</v>
       </c>
       <c r="B1540">
         <v>2020</v>
       </c>
       <c r="C1540" t="inlineStr">
         <is>
-          <t>Affidamento ad ASTRAL per le attività inerenti il supporto tecnico operativo e di coordinamento nella fase di affiancamento sulle linee ferroviarie Roma Lido e Roma Viterbo autorizzato con deliberazione di Giunta regionale 1 ottobre 2019, n. 689</t>
+          <t>DGR n. 105/2020 intervento n. 4: Riqualificazione del tratto del litorale di Ostia Levante compreso tra lo stabilimento Pinetina e lo stabilimento Gambrinus - CUP F83H20000960002 - CIG 83363215B6
+</t>
         </is>
       </c>
       <c r="D1540" t="s">
-        <v>6</v>
+        <v>1349</v>
       </c>
       <c r="E1540" s="2">
-        <v>43944</v>
+        <v>44015</v>
       </c>
     </row>
     <row r="1541">
       <c r="A1541">
-        <v>2053</v>
+        <v>2091</v>
       </c>
       <c r="B1541">
         <v>2020</v>
       </c>
       <c r="C1541" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier n. LI-ES2-20151127-0630028, Intervento A0100E0429- presso "Sede principale uffici Comunali" nel Comune di _San Vito Romano (RM). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sul Capitolo Overbooking A42502, a Creditori diversi (Cod. creditore 3805), e sui capitoli A42134 - A42135 - A42136 a favore dell'Autorità Nazionale Anticorruzione (Cod. cred.159683), E.F. 2019. CUP F84H15002170006 - CIG 827270434E</t>
+          <t>Accordo Quadro con un operatore economico finalizzato all'acquisto di nuovi treni da adibire al trasporto pubblico per le ferrovie regionali Roma – Lido di Ostia e Roma – Civita Castellana – Viterbo. Istituzione struttura stabile a supporto del RUP ed impegno della somma di € 45.676,80 sul capitolo D44131 - finalizzato all'affidamento di incarico di supporto tecnico all'ing. Vittorio Sebastiani. CUP F70B18000000003 CIG Z712C56D45.</t>
         </is>
       </c>
       <c r="D1541" t="s">
-        <v>1338</v>
+        <v>1350</v>
       </c>
       <c r="E1541" s="2">
-        <v>43944</v>
+        <v>44014</v>
       </c>
     </row>
     <row r="1542">
       <c r="A1542">
-        <v>2052</v>
+        <v>2090</v>
       </c>
       <c r="B1542">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C1542" t="inlineStr">
         <is>
-          <t>Procedura negoziata tramite RDO su M.E.P.A. per Fornitura di un profilatore acustico portatile ad effetto doppler (ADCP) per l'esecuzione di misure di portata e di rilievi batimetrici, comprensivo di i) Servizio di formazione del personale dell'Agenzia di Protezione Civile all'utilizzo del profilatore acustico e ii) Servizio per l'esecuzione di misure di portata con il profilatore acustico oggetto della fornitura.</t>
+          <t>Interventi per la riqualificazione, pulizia e bonifica delle aree golenali del tratto del Fiume Tevere. "Sistemazione di un'area ricreativa a Marconi e Parco Tevere Magliana". Approvazione del progetto esecutivo "Lavori urgenti di manutenzione del parco della Magliana - Primo stralcio" e del relativo Avviso per Manifestazione di interesse e dello Schema di Istanza di Partecipazione. CUP F83B19000300002 – CIG 8357733B72 </t>
         </is>
       </c>
       <c r="D1542" t="s">
-        <v>1339</v>
+        <v>1351</v>
       </c>
       <c r="E1542" s="2">
-        <v>43942</v>
-[...2 lines deleted...]
-        <v>1340</v>
+        <v>44014</v>
       </c>
     </row>
     <row r="1543">
       <c r="A1543">
-        <v>2051</v>
+        <v>2089</v>
       </c>
       <c r="B1543">
         <v>2020</v>
       </c>
       <c r="C1543" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio e Calabria - Farmaci 2020_Seconda tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori - Determina a contrarre. Approvazione schemi, atti e indizione gara.
-</t>
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n.558 del 15 novembre 2018. Intervento codice R509 denominato "Lavori straordinari di manutenzione dell'alveo del fiume Mignone dalla SS Aurelia sino alla foce in dx e sx idraulica per Km 4,00 ca.". Affidamento delle attività topografiche compresa l'elaborazione di disegni e grafici. CUP: F83H20000220001. CIG: ZD72D7F3D6 </t>
         </is>
       </c>
       <c r="D1543" t="s">
-        <v>1341</v>
+        <v>1352</v>
       </c>
       <c r="E1543" s="2">
-        <v>43941</v>
-[...2 lines deleted...]
-        <v>1074</v>
+        <v>44014</v>
       </c>
     </row>
     <row r="1544">
       <c r="A1544">
-        <v>2050</v>
+        <v>2088</v>
       </c>
       <c r="B1544">
         <v>2020</v>
       </c>
       <c r="C1544" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2290190, Intervento A0100E0031- presso la "Sede Comunale Palazzo Angeletti Antonelli" nel Comune di Ceccano (FR)."</t>
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n.558 del 15 novembre 2018. Intervento codice R511 denominato "Lavori straordinari di manutenzione dell'alveo del Fibreno da loc. Ponte Tapino alla confluenza con il fiume Liri Km 9,00". Affidamento delle attività topografiche compresa l'elaborazione di disegni e grafici. CUP: F93H20000260001 CIG: ZBB2D737E2</t>
         </is>
       </c>
       <c r="D1544" t="s">
-        <v>1342</v>
+        <v>1353</v>
       </c>
       <c r="E1544" s="2">
-        <v>43938</v>
+        <v>44014</v>
       </c>
     </row>
     <row r="1545">
       <c r="A1545">
-        <v>2049</v>
+        <v>2087</v>
       </c>
       <c r="B1545">
         <v>2020</v>
       </c>
       <c r="C1545" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-20160111-2400405_ Intervento A0100E0253 presso la "Scuola Elementare Achille Ferruzzi" nel Comune di Soriano nel Cimino (VT)."</t>
-[...3 lines deleted...]
-        <v>8270129658</v>
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n.558 del 15 novembre 2018. Intervento codice R513 denominato "Lavori straordinari di manutenzione dell'alveo del fiume Rapido da S. Elia a Cassino – Vecchio e nuovo alveo - Km 9,00". Affidamento delle attività topografiche compresa l'elaborazione di disegni e grafici. CUP: F13H20000160001. CIG: Z242D7385D</t>
+        </is>
+      </c>
+      <c r="D1545" t="s">
+        <v>1354</v>
       </c>
       <c r="E1545" s="2">
-        <v>43937</v>
+        <v>44014</v>
       </c>
     </row>
     <row r="1546">
       <c r="A1546">
-        <v>2048</v>
+        <v>2086</v>
       </c>
       <c r="B1546">
         <v>2020</v>
       </c>
-      <c r="C1546" t="s">
-        <v>1343</v>
+      <c r="C1546" t="inlineStr">
+        <is>
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n.558 del 15 novembre 2018. Intervento codice R514 denominato "Lavori straordinari di manutenzione dell'alveo del Liri dal tratto urbano di Sora all'intersezione con la SS 630 Km 25,00". Affidamento delle attività topografiche compresa l'elaborazione di disegni e grafici. CUP: F53H20000160001. CIG Z922D6C0FB. </t>
+        </is>
       </c>
       <c r="D1546" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="E1546" s="2">
-        <v>43928</v>
+        <v>44014</v>
       </c>
     </row>
     <row r="1547">
       <c r="A1547">
-        <v>2047</v>
+        <v>2085</v>
       </c>
       <c r="B1547">
         <v>2020</v>
       </c>
       <c r="C1547" t="inlineStr">
         <is>
-          <t>Gruppo Acquedottistico Reatino/Cicolano. Affidamento diretto ai sensi dell'art. 36, comma 2, lettera a) del D. Lgs. n. 50/2016 della manutenzione del sistema automazione Hermes acquedotto Terminillo a favore della Soc. ITALPONTI TELECOMUNICAZIONI SRL (cod. creditore n.134159) CIG ZAF2C4C6A2 Impegno di spesa sul capitolo D33904 Importo € 8.296,00. Nomina Responsabile Unico del Procedimento e Direttore Lavori.</t>
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n.558 del 15 novembre 2018. Intervento codice R536 denominato "Lavori straordinari di manutenzione dell'alveo del fosso Cremera". Affidamento delle attività topografiche compresa l'elaborazione di disegni e grafici. CUP: F83H20000210001. CIG: ZAF2D732B0 </t>
         </is>
       </c>
       <c r="D1547" t="s">
-        <v>1344</v>
+        <v>1356</v>
       </c>
       <c r="E1547" s="2">
-        <v>43924</v>
+        <v>44014</v>
       </c>
     </row>
     <row r="1548">
       <c r="A1548">
-        <v>2046</v>
+        <v>2084</v>
       </c>
       <c r="B1548">
         <v>2020</v>
       </c>
       <c r="C1548" t="inlineStr">
         <is>
-          <t>Intervento n. 12IR636/G1 "Consolidamento e risanamento ambientale Centro Abitato di Amatrice Espansione sud - Amatrice (RI)" Approvazione del progetto esecutivo e determinazione a contrarre - approvazione atti di gara. CUP F73H18000230001 - CIG 8260039FCD</t>
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n.558 del 15 novembre 2018. Intervento codice R515 denominato "Lavori straordinari di manutenzione dell'alveo del fiume Sacco da Colleferro a Ceprano Km 25,00". Affidamento delle attività topografiche compresa l'elaborazione di disegni e grafici. CUP: F53H20000150001. CIG: Z5C2D6C122</t>
         </is>
       </c>
       <c r="D1548" t="s">
-        <v>1345</v>
+        <v>1357</v>
       </c>
       <c r="E1548" s="2">
-        <v>43923</v>
+        <v>44014</v>
       </c>
     </row>
     <row r="1549">
       <c r="A1549">
-        <v>2045</v>
+        <v>2083</v>
       </c>
       <c r="B1549">
         <v>2020</v>
       </c>
       <c r="C1549" t="inlineStr">
         <is>
-          <t>Sostituzione dell'appaltatore in varie procedure di gara a seguito di fusione per incorporazione tra la Società SHIRE ITALIA S.p.A. (incorporata) e la Società TAKEDA ITALIA S.p.A. (incorporante), ai sensi dell?art. 106 del D.Lgs. n. 50/2016.</t>
+          <t>Appalto specifico per l’acquisizione di vaccini vari ad uso umano occorrenti alle Aziende sanitarie delle Regioni Lazio e Calabria, nell’ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori </t>
         </is>
       </c>
       <c r="D1549" t="s">
-        <v>1346</v>
+        <v>1358</v>
       </c>
       <c r="E1549" s="2">
-        <v>43921</v>
+        <v>44013</v>
+      </c>
+      <c r="F1549" t="s">
+        <v>1359</v>
       </c>
     </row>
     <row r="1550">
       <c r="A1550">
-        <v>2044</v>
+        <v>2082</v>
       </c>
       <c r="B1550">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C1550" t="inlineStr">
         <is>
-          <t>Affidamento in economia del servizio di pubblicazione dell'avviso di esito della gara comunitaria centralizzata a procedura aperta, suddivisa in 35 lotti, per la fornitura triennale di aghi e siringhe occorrenti alle Aziende Sanitarie della Regione Lazio. Impegno di spesa di € 4.454,30 sul capitolo S23427 ed accertamenti per rimborso delle spese di pubblicazione a carico dei soggetti aggiudicatari per complessivi € 6.187,49 sul capitolo 331530. Esercizio finanziario 2019.</t>
+          <t>Recepimento della Determinazione n. 400 del 21.10.2019 (lotti 13-14-20-23) - come rettificata dalla Determinazione n. 420 del 06.11.2019 - e della Determinazione n. 539 del 31.12.2019 (lotti 15-16-17-18-19-21-22-24) di INTERCENT-ER (Agenzia regionale di sviluppo dei mercati Telematici dell'Emilia Romagna) ad oggetto "Procedura aperta per la fornitura di defibrillatori impiantabili e pacemaker per le Regioni Emilia-Romagna e Lazio". 
+</t>
         </is>
       </c>
       <c r="D1550" t="s">
-        <v>1347</v>
+        <v>1360</v>
       </c>
       <c r="E1550" s="2">
-        <v>43921</v>
+        <v>44012</v>
       </c>
     </row>
     <row r="1551">
       <c r="A1551">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B1551">
         <v>2020</v>
       </c>
       <c r="C1551" t="inlineStr">
         <is>
-          <t>POR FESR LAZIO 2014-2020. Progetto A0123E0198. Intervento "Sistemazione idraulica del fosso Galeria dal ponte della ferrovia Roma Civitavecchia al Tevere" cod. ReNDiS 12IR011/G3 - Azione 5.1.1. CUP F84H14001390002 – Impegno di € 5.171,69 a favore del Geol. Maurizio FELICI (cod. creditore 191050) sui capitoli A42215-A42216-A42217 es fin 2020</t>
+          <t>Determina a contrarre e affidamento, ai sensi dell'art. 36 co. 2 lett. a) del D.Lgs. 50/2016, dei servizi tecnici necessari alle procedure di esproprio per l'intervento di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. CUP F78I18000070008 CIG Z0D2D5F86A</t>
         </is>
       </c>
       <c r="D1551" t="s">
-        <v>1348</v>
+        <v>1361</v>
       </c>
       <c r="E1551" s="2">
-        <v>43920</v>
+        <v>44008</v>
       </c>
     </row>
     <row r="1552">
       <c r="A1552">
-        <v>2042</v>
+        <v>2080</v>
       </c>
       <c r="B1552">
         <v>2020</v>
       </c>
       <c r="C1552" t="inlineStr">
         <is>
-          <t>Aggiornamento elenco operatori economici per l'affidamento dei servizi di analisi e valutazione previsti dai Piani di Valutazione del POR FSE 2014-2020 e del POR FESR 2014-2020, ai sensi dell'art. 36 del d.lgs. 50/2016
-</t>
+          <t>SERVIZIO PER LA CLASSIFICAZIONE DEI RIFIUTI PRESENTI NEL SITO E PER L’ELABORAZIONE DEL PIANO DI RIMOZIONE RIFIUTI – COMUNE DI PALIANO PONTI DELLA SELVA”. Determinazione a contrarre finalizzata all’affidamento, ai sensi dell’art. 36, comma 2, lettera b) del D.lgs. n. 50/2016, previa indagine esplorativa del mercato, ed approvazione atti di gara. </t>
         </is>
       </c>
       <c r="D1552" t="s">
-        <v>1349</v>
+        <v>1362</v>
       </c>
       <c r="E1552" s="2">
-        <v>43920</v>
+        <v>44007</v>
       </c>
     </row>
     <row r="1553">
       <c r="A1553">
-        <v>2041</v>
+        <v>2079</v>
       </c>
       <c r="B1553">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C1553" t="inlineStr">
         <is>
-          <t>Lavori di raccolta del materiale galleggiante con apposita barriera sul Fiume Tevere in Comune di Fiumicino (RM) e sul Fiume Aniene in Comune di Roma. Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art. 36, comma 2, lettera b) del D.lgs. n. 50/2016, previa indagine esplorativa del mercato, ed approvazione atti di gara. Impegno di spesa per complessivi € 225.000,00 sul capitolo E42549, esercizi finanziari 2020-2021. CUP F16E20000000002 – CIG 8251082045.</t>
-[...3 lines deleted...]
-        <v>8251082045</v>
+          <t>Affidamento, ai sensi dell'art. 36 del decreto legislativo 18 aprile 2016 n. 50, alla Bar Banqueting s.r.l., del servizio di coffee break e lunch per la riunione del 06/06/2019 del Comitato di Sorveglianza del POR Lazio FSE 2014 - 2020. CIG: Z3A286C996 – CUP: F89F19000220009. Disimpegno di spesa di Euro 2.120,00 (Iva inclusa) da "Creditori diversi" e conversione dell'impegno di € 2.880,00 (Iva inclusa), da "Creditori diversi" alla suddetta Bar Banqueting s.r.l., con codice creditore 161190, a valere sul POR FSE 2014-2020 - Asse V - Capitoli A41164 - A41165 - A41166. Esercizio finanziario 2019.</t>
+        </is>
+      </c>
+      <c r="D1553" t="s">
+        <v>1363</v>
       </c>
       <c r="E1553" s="2">
-        <v>43920</v>
+        <v>44004</v>
       </c>
     </row>
     <row r="1554">
       <c r="A1554">
-        <v>2040</v>
+        <v>2078</v>
       </c>
       <c r="B1554">
         <v>2020</v>
       </c>
       <c r="C1554" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2160150–Intervento n. A0100E0071 - "Scuola Giardinieri" nelComune di Roma Capitale. Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. 159683, E.F. 2020. CUP: F87D17000870009 - CIG 8166702FAC</t>
+          <t>Determinazione a contrarre in forma semplificata ai sensi dell'art. 32, comma 2 secondo periodo d.lgs. 50/2016 relativa al Servizio di identificazione ed archiviazione di tutte le posizioni autorizzate per le piccole e grandi derivazioni di acqua pubblica e di riconciliazione dei pagamenti precedentemente effettuati da parte dei vari concessionari. Assistenza informatica specialistica relativa all'applicazione web del sistema telematico di tracciabilità SMART CIG: Z402CA317E. Impegno di spesa di € 20.790,00 a favore della ditta Alpha Consult s.r.l., c.f. 06144420582, sul Capitolo E41915, Missione 09 Programma 01, p.d.c.  1.03.02.19.000, Esercizio finanziario 2020 e prenotazione di impegno di spesa per € 13.860,00 a favore della ditta Alpha Consult s.r.l., c.f. 06144420582, sul Capitolo E41915, Missione 09 Programma 01, p.d.c. 1.03.02.19.000, Esercizio finanziario 2021.</t>
         </is>
       </c>
       <c r="D1554" t="s">
-        <v>1350</v>
+        <v>1364</v>
       </c>
       <c r="E1554" s="2">
-        <v>43916</v>
+        <v>43999</v>
       </c>
     </row>
     <row r="1555">
       <c r="A1555">
-        <v>2039</v>
+        <v>2077</v>
       </c>
       <c r="B1555">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C1555" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. LI-ES2- 2160151_ Intervento A0100E0070 presso la "presso "Scuola Elementare Gandhi", Via Corinaldo n. 41, Roma Capitale". Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. 159683, E.F. 2019. CUP F87F17000000006 - CIG 8194600DD5.</t>
+          <t>Approvazione dello schema di Disciplinare attuativo per la realizzazione dell'intervento denominato "ferrovia Roma-Lido" previsto per l'asse tematico c (p.o. fsc 2014-2020), nell'ambito della convenzione approvata con decreto ministeriale n. 213 del 09/07/2019, ammesso alla registrazione dalla corte dei conti il 22/07/2019 al reg. 1, fg. 2760. </t>
         </is>
       </c>
       <c r="D1555" t="s">
-        <v>1351</v>
+        <v>6</v>
       </c>
       <c r="E1555" s="2">
-        <v>43916</v>
+        <v>43994</v>
       </c>
     </row>
     <row r="1556">
       <c r="A1556">
-        <v>2038</v>
+        <v>2076</v>
       </c>
       <c r="B1556">
         <v>2020</v>
       </c>
       <c r="C1556" t="inlineStr">
         <is>
-          <t>Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per la fornitura di specialità medicinali occorrenti alle Aziende Sanitarie della Regione Lazio e della Regione Calabria Negoziata  18 Indetta con determinazione n. G01356 del 14 febbraio 2020 - Trasferimento della titolarità dell'autorizzazione all'immissione in commercio della specialità medicinale Sylvant (siltuximab) da Janssen Cilag International NV ad EUSA Pharma (Netherlands) BV</t>
-[...3 lines deleted...]
-        <v>8211184365</v>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile " Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili" Dossier - LI-ES2-2400404 - Intervento A0100E0255 presso la Scuola Media Ernesto Monaci nel Comune di Soriano nel Cimino (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori.CUP: F64D17000020009 CIG: 83261360CA 
+</t>
+        </is>
+      </c>
+      <c r="D1556" t="s">
+        <v>1365</v>
       </c>
       <c r="E1556" s="2">
-        <v>43913</v>
+        <v>43987</v>
       </c>
     </row>
     <row r="1557">
       <c r="A1557">
-        <v>2037</v>
+        <v>2075</v>
       </c>
       <c r="B1557">
         <v>2020</v>
       </c>
       <c r="C1557" t="inlineStr">
         <is>
-          <t>Lavori di manutenzione della rete acquedottistica del gruppo Reatino/Cicolano Lotto Area 2 in gestione alla Regione Lazio – Direzione Regionale Lavori Pubblici, Stazione Unica Appalti, Risorse Idriche E Difesa Del Suolo - Area Attuazione Servizio Idrico Integrato e Risorse Idriche – Approvazione dei verbali di gara ed aggiudicazione dei lavori. CUP F22D19000070002 – CIG 796283969D. Rettifica Determinazioni nn.G12438 del 19/09/2019 e G00125 del 10/01/2020 - Nomina Responsabile Unico del Procedimento Impegno di spesa sul cap. D33904 importo € 60.016,67 (IVA inclusa) a favore di BG AMBIENTE Unipersonale SRL Unipersonale (cod. cred.172148).</t>
-[...3 lines deleted...]
-        <v>1352</v>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile. Dossier LI-ES2-2960279 - Intervento A0100E0120 presso la Scuola media San Bartolomeo nel Comune di Sezze (LT).  CUP: F14D16000000006 - CIG 8317614834</t>
+        </is>
+      </c>
+      <c r="D1557">
+        <v>8317614834</v>
       </c>
       <c r="E1557" s="2">
-        <v>43913</v>
+        <v>43983</v>
       </c>
     </row>
     <row r="1558">
       <c r="A1558">
-        <v>2036</v>
+        <v>2074</v>
       </c>
       <c r="B1558">
         <v>2020</v>
       </c>
       <c r="C1558" t="inlineStr">
         <is>
-          <t>Lavori di manutenzione della rete acquedottistica del gruppo Reatino/Cicolano Lotto Area 1 in gestione alla Regione Lazio – Direzione Regionale Lavori Pubblici, Stazione Unica Appalti, Risorse Idriche E Difesa Del Suolo - Area Attuazione Servizio Idrico Integrato e Risorse Idriche – Approvazione dei verbali di gara ed aggiudicazione dei lavori. CUP F22D19000070002 – CIG 7962827CB4. Rettifica Determinazioni nn. G12439 del 19/09/2019 e n. G00968 del 03/02/2020. Impegno di spesa sul cap. D33904 importo € 58.229,92 (IVA inclusa) a favore di Pangea Srl (cod. cred. 77388).</t>
+          <t>Affidamento mediante procedura aperta ai sensi dell'art. 60 del D.Lgs n. 50/2016 e ss.mm.ii. dei "Lavori di ripristino della scogliera posta a difesa dell'Idroscalo di Ostia -Comune di Roma" ed approvazione atti di gara. Impegno di spesa per complessivi 1.543.741,93 sul capitolo E42551 missione 09 - Programma 01 – Codice macroaggregato 2.02.03.06 (manutenzione straordinaria su beni terzi, esercizio finanziario 2020 - CUP F83H20000930002 – CIG 8313585B5D)</t>
         </is>
       </c>
       <c r="D1558" t="s">
-        <v>1353</v>
+        <v>1366</v>
       </c>
       <c r="E1558" s="2">
-        <v>43913</v>
+        <v>43983</v>
       </c>
     </row>
     <row r="1559">
       <c r="A1559">
-        <v>2035</v>
+        <v>2073</v>
       </c>
       <c r="B1559">
         <v>2020</v>
       </c>
       <c r="C1559" t="inlineStr">
         <is>
-          <t>Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per la fornitura di specialità medicinale AFSTYLA occorrente alle Aziende Sanitarie della Regione Lazio. Provvedimento di affidamento e autorizzazione esecuzione d'urgenza.</t>
+          <t>Approvazione verbale di gara ed aggiudicazione dei lavori di indagini geognostiche ai fini dell'Audit Ambientale per la gestione e l'utilizzo delle terre e rocce da scavo come sottoprodotto, ai sensi dell'art 184 ter del D.lgs 152/2006 e dell'art. 4 del D.P.R. 120/2017 e del loro riutilizzo in area di cantiere o in altro di sito di destinazione artt. 185-186 d. lgs 152/06 nell'ambito dell'intervento di Ricostruzione dell'Ospedale di Amatrice, ai sensi dell' art. 36 comma 2 lettera a) del D.Lgs. n. 50/2016, alla Ditta GEO 3D S.r.l. CUP F78I18000070008 - CIG: 8312484EC9.</t>
         </is>
       </c>
       <c r="D1559" t="s">
-        <v>1354</v>
+        <v>1367</v>
       </c>
       <c r="E1559" s="2">
-        <v>43913</v>
+        <v>43983</v>
       </c>
     </row>
     <row r="1560">
       <c r="A1560">
-        <v>2034</v>
+        <v>2072</v>
       </c>
       <c r="B1560">
         <v>2020</v>
       </c>
       <c r="C1560" t="inlineStr">
         <is>
-          <t>Affidamento dei servizi tecnici propedeutici alla progettazione dell'intervento: "Realizzazione di un rifugio montano in località Pantani nel Comune di Accumoli" a favore dell'Arch. Enea Franchi – Disimpegno della somma di € 26.465,14 dall'impegno n. 23746/2020 sul Capitolo D44545 – Esercizio Finanziario 2020</t>
-[...3 lines deleted...]
-        <v>8093398350</v>
+          <t>Attribuzione della funzione di Stazione Appaltante nonché di Soggetto Attuatore ad ASTRAL S.p.A. per la gara a procedura aperta, ai sensi dell'art. 60 del d.lgs. n. 50/2016, per la progettazione definitiva e esecutiva, la fornitura in opera e la manutenzione quinquennale ordinaria e straordinaria, di un sistema di comunicazione radio terra – treno, con tecnologia tetra, per la ferrovia regionale Roma – Lido di Ostia. Impegno di spesa in favore di ASTRAL S.p.a. dell'importo di 4.000.000,00 sul capitolo D44107, missione 10, programma 01, macro aggregato 2.02.01.09.</t>
+        </is>
+      </c>
+      <c r="D1560" t="s">
+        <v>6</v>
       </c>
       <c r="E1560" s="2">
-        <v>43906</v>
+        <v>43979</v>
       </c>
     </row>
     <row r="1561">
       <c r="A1561">
-        <v>2033</v>
+        <v>2071</v>
       </c>
       <c r="B1561">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C1561" t="inlineStr">
         <is>
-          <t>Consolidamento del costone roccioso di Monte Orlando, prospicente la spiaggia di Serapo e lungo la Via Lucio Munazio Planco - Comune di Gaeta (Lt). Determinazione a contrarre finalizzata all'affidamento, ai sensi ai sensi dell'art. 36, comma 2, lettera c-bis) del D.lgs. n. 50/2016. - CUP: B94J18000030002 - CIG: 81853837BB</t>
+          <t>Attuazione Legge Regionale n. 11/2017 "Disposizioni per favorire la mobilità nuova" ai fini dell'approvazione del Piano Regionale della Mobilità Ciclistica (PRMC). Affidamento incarico ad Astral SpA delle attività relative alla procedura di VAS prevista ai sensi del D.Lgs. n.152/2006, propedeutica all'approvazione del Piano Regionale della Mobilità Ciclistica ed impegno dell'importo di € 250.000,00 sul cap. D11908 nell'Es. Fin 2019. </t>
         </is>
       </c>
       <c r="D1561" t="s">
-        <v>1355</v>
+        <v>6</v>
       </c>
       <c r="E1561" s="2">
-        <v>43894</v>
+        <v>43979</v>
       </c>
     </row>
     <row r="1562">
       <c r="A1562">
-        <v>2032</v>
+        <v>2070</v>
       </c>
       <c r="B1562">
         <v>2019</v>
       </c>
-      <c r="C1562" t="s">
-        <v>1356</v>
+      <c r="C1562" t="inlineStr">
+        <is>
+          <t>"Manifestazione d'interesse per la realizzazione di piste ciclabili sul territorio regionale", nell'ambito delle disposizioni per favorire la "Mobilità Nuova". Approvazione graduatoria tecnica ed individuazione di Astral SpA, società in house della Regione Lazio, quale soggetto attuatore unico degli interventi. </t>
+        </is>
       </c>
       <c r="D1562" t="s">
-        <v>1357</v>
+        <v>6</v>
       </c>
       <c r="E1562" s="2">
-        <v>43889</v>
+        <v>43979</v>
       </c>
     </row>
     <row r="1563">
       <c r="A1563">
-        <v>2031</v>
+        <v>2069</v>
       </c>
       <c r="B1563">
         <v>2020</v>
       </c>
       <c r="C1563" t="inlineStr">
         <is>
-          <t>Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per la fornitura di specialità medicinali occorrenti alle Aziende Sanitarie della Regione Lazio – "Negoziata 18". ID 7689060 Indizione gara e approvazione atti.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile. Dossier - LI-ES2-3550477 - Intervento A0100E0347 presso la "Scuola Primaria Giovanni Pascoli" nel Comune di Sutri (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sui Capitoli A42134 - A42135 - A42136 a favore dell'Autorità Nazionale Anticorruzione (Cod. cred.159683), E.F. 2020.CUP: F77D18000120002 - CIG 8311610D8A </t>
         </is>
       </c>
       <c r="D1563" t="s">
-        <v>1358</v>
+        <v>1368</v>
       </c>
       <c r="E1563" s="2">
-        <v>43878</v>
-[...2 lines deleted...]
-        <v>1315</v>
+        <v>43978</v>
       </c>
     </row>
     <row r="1564">
       <c r="A1564">
-        <v>2030</v>
+        <v>2068</v>
       </c>
       <c r="B1564">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C1564" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio e Calabria – Farmaci 2020_Prima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori. Ammissione al prosieguo della procedura di gara.</t>
+          <t>O.C.D.P.C. n. 558/2018. Procedura negoziata ai sensi dell'art. 36, comma 2, lett. a) del D.Lgs. n. 50/2016 e ss.mm.ii. per l'affidamento di progettazione e direzione di esecuzione del servizio di miglioramento boschivo attraverso avviamento ad alto fusto di bosco di latifoglie mesofile, allontanamento degli alberi schiantati da avversità meteoriche, sistemazione pozzo e manutenzione ordinaria e straordinaria della viabilità forestale presso la foresta demaniale Carpinetana in località Valle Santa Maria – Monte della Difesa in Comune di Maenza (LT).</t>
         </is>
       </c>
       <c r="D1564" t="s">
-        <v>1359</v>
+        <v>1369</v>
       </c>
       <c r="E1564" s="2">
-        <v>43875</v>
+        <v>43977</v>
       </c>
     </row>
     <row r="1565">
       <c r="A1565">
-        <v>2029</v>
+        <v>2067</v>
       </c>
       <c r="B1565">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C1565" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre finalizzata all'affidamento diretto, ai sensi dell'art. 36, co. 2, lettera a) del d.lgs. n. 50/2016, del servizio di assistenza tecnica all'Organismo Intermedio dell'Autorità di Certificazione per il Programma Operativo (PO) FEAMP 2014-2020.Impegno di spesa a favore di ISRI Soc. Coop. a r.l., P.IVA 00938821006, per euro 48.141,20 (IVA inclusa), sui Capitoli di bilancio A14145, A14146 e A14147 – Programma Fondo Europeo per gli Affari Marittimi e la Pesca (FEAMP), esercizio finanziario 2019. CIG N. Z3B2ADFFE5. </t>
+          <t>O.C.D.P.C. n. 558/2018. Procedura negoziata ai sensi dell'art. 36, comma 2, lett. a) del D.Lgs. n. 50/2016 e ss.mm.ii. per l'affidamento di progettazione e direzione di esecuzione del servizio di miglioramento boschivo attraverso diradamento di pineta adulta di Pinus pinea, allontanamento degli alberi schiantati da avversità meteoriche, sistemazione fontanile e manutenzione ordinaria e straordinaria della viabilità forestale presso la foresta demaniale Matricetta in località Piediserra in Comune di Rieti (RI).</t>
         </is>
       </c>
       <c r="D1565" t="s">
-        <v>1360</v>
+        <v>1370</v>
       </c>
       <c r="E1565" s="2">
-        <v>43874</v>
+        <v>43977</v>
       </c>
     </row>
     <row r="1566">
       <c r="A1566">
-        <v>2028</v>
+        <v>2066</v>
       </c>
       <c r="B1566">
         <v>2020</v>
       </c>
       <c r="C1566" t="inlineStr">
         <is>
-          <t>Determina a contrarre e formalizzazione dell'incarico per la redazione della relazione specialistica necessaria all'emissione del parere ex art. 89 del DPR. 380/2001 e alla richiesta del parere per interventi in aree sottoposte a vincolo idrogeologico ai sensi del R.D.L. 3267/23 e RD 1126/26, DGR 6215/96 e DGR 3888/98 e successive modifiche ed integrazioni ai sensi dell'art. 36 co. 2 lett. a) del D.Lgs. 50/2016 per l'intervento di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. CUP F78I18000070008 CIG 81922656F0</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile. Dossier LI-ES2-1860266- Intervento A0100E0123 presso l'Istituto Tecnico Commerciale di Via Monterozzi Marina nel Comune di Tarquinia (VT). E.F. 2020.CUP F84D16000040006
+</t>
         </is>
       </c>
       <c r="D1566" t="s">
-        <v>1361</v>
+        <v>1371</v>
       </c>
       <c r="E1566" s="2">
-        <v>43872</v>
+        <v>43976</v>
       </c>
     </row>
     <row r="1567">
       <c r="A1567">
+        <v>2065</v>
+      </c>
+      <c r="B1567">
+        <v>2020</v>
+      </c>
+      <c r="C1567" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lettera a) del D.Lgs. n. 50/2016, mediante procedura negoziata previo avviso pubblico per manifestazione di interesse, di progettazione e direzione di esecuzione del servizio di miglioramento boschivo attraverso avviamento ad alto fusto di bosco di latifoglie mesofile, allontanamento degli alberi schiantati da avversità meteoriche, sistemazione pozzo e manutenzione ordinaria e straordinaria della viabilità forestale presso la foresta demaniale Carpinetana in località Valle Santa Maria – Monte della Difesa in Comune di Maenza (LT).</t>
+        </is>
+      </c>
+      <c r="D1567" t="s">
+        <v>6</v>
+      </c>
+      <c r="E1567" s="2">
+        <v>43972</v>
+      </c>
+    </row>
+    <row r="1568">
+      <c r="A1568">
+        <v>2064</v>
+      </c>
+      <c r="B1568">
+        <v>2020</v>
+      </c>
+      <c r="C1568" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lettera a) del D.Lgs. n. 50/2016, mediante procedura negoziata previo avviso pubblico per manifestazione di interesse, di progettazione e direzione di esecuzione del servizio di miglioramento boschivo attraverso diradamento di pineta adulta di Pinus pinea, allontanamento degli alberi schiantati da avversità meteoriche, sistemazione fontanile e manutenzione ordinaria e straordinaria della viabilità forestale presso la foresta demaniale Matricetta in località Piediserra in comune di Rieti (RI).</t>
+        </is>
+      </c>
+      <c r="D1568" t="s">
+        <v>6</v>
+      </c>
+      <c r="E1568" s="2">
+        <v>43972</v>
+      </c>
+    </row>
+    <row r="1569">
+      <c r="A1569">
+        <v>2063</v>
+      </c>
+      <c r="B1569">
+        <v>2020</v>
+      </c>
+      <c r="C1569" t="inlineStr">
+        <is>
+          <t>Ordinanza del Capo Dipartimento di Protezione Civile n.558 del 15 novembre 2018. Intervento codice R509 denominato "Lavori straordinari di manutenzione dell'alveo del fiume Mignone dalla SS Aurelia sino alla foce in dx e sx idraulica per Km 4,00 ca.". Approvazione della perizia giustificativa dei "Lavori urgenti per il ripristino della officiosità idraulica del fiume Mignone in località Farnesiana nel comune di Tarquinia (VT)" CUP: F83H20000220001 - CIG: Z852AE8E66. </t>
+        </is>
+      </c>
+      <c r="D1569" t="s">
+        <v>1372</v>
+      </c>
+      <c r="E1569" s="2">
+        <v>43969</v>
+      </c>
+    </row>
+    <row r="1570">
+      <c r="A1570">
+        <v>2062</v>
+      </c>
+      <c r="B1570">
+        <v>2020</v>
+      </c>
+      <c r="C1570" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D1570" t="s">
+        <v>1374</v>
+      </c>
+      <c r="E1570" s="2">
+        <v>43962</v>
+      </c>
+    </row>
+    <row r="1571">
+      <c r="A1571">
+        <v>2061</v>
+      </c>
+      <c r="B1571">
+        <v>2020</v>
+      </c>
+      <c r="C1571" t="inlineStr">
+        <is>
+          <t>Lavori di difesa spondale in sx idraulica del fiume Velino in corrispondenza dello smottamento della strada comunale di via Capannelle in località Ponte Carpegna nel Comune di Rieti. Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art. 36, comma 2, lettera b) del D.lgs. n. 50/2016, previa indagine esplorativa del mercato, approvazione atti di gara, nomina gruppo di supporto al RUP ed impegno fondi € 88.000,00 capitoli E42550 e T19427, creditori vari, esercizio finanziario 2020. CUP F13H19001280002 – CIG 8283517E76. M.S./66 </t>
+        </is>
+      </c>
+      <c r="D1571" t="s">
+        <v>1375</v>
+      </c>
+      <c r="E1571" s="2">
+        <v>43962</v>
+      </c>
+    </row>
+    <row r="1572">
+      <c r="A1572">
+        <v>2060</v>
+      </c>
+      <c r="B1572">
+        <v>2020</v>
+      </c>
+      <c r="C1572" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-0380017, Intervento A0100E0375, Intervento Palazzo Farnese, sede principale Uffici Comunali/Municipio nel Comune di Gradoli (VT)". Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sui Capitoli A42134 - A42135 - A42136 a favore dell'Autorità Nazionale Anticorruzione (Cod. cred.159683), E.F. 2020.CUP F84H16002450006 – CIG 82782113D3 </t>
+        </is>
+      </c>
+      <c r="D1572" t="s">
+        <v>1376</v>
+      </c>
+      <c r="E1572" s="2">
+        <v>43958</v>
+      </c>
+    </row>
+    <row r="1573">
+      <c r="A1573">
+        <v>2059</v>
+      </c>
+      <c r="B1573">
+        <v>2020</v>
+      </c>
+      <c r="C1573" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier n. LI-ES2-2310323, Intervento A0100E0137, presso l'Istituto Comprensivo "xxv Aprile", viale Gramsci, nel Comune di Civita Castellana (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sui Capitoli A42134 - A42135 - A42136 a favore dell'Autorità Nazionale Anticorruzione (Cod. cred.159683), E.F. 2020.CUP F65B17000500006 - CIG 82874636D0</t>
+        </is>
+      </c>
+      <c r="D1573" t="s">
+        <v>1377</v>
+      </c>
+      <c r="E1573" s="2">
+        <v>43958</v>
+      </c>
+    </row>
+    <row r="1574">
+      <c r="A1574">
+        <v>2058</v>
+      </c>
+      <c r="B1574">
+        <v>2020</v>
+      </c>
+      <c r="C1574" t="inlineStr">
+        <is>
+          <t>Aggiudicazione definitiva della procedura negoziata tramite RDO su M.E.P.A. per fornitura di attrezzatura e componentistica per il Radar meteorologico di Protezione Civile</t>
+        </is>
+      </c>
+      <c r="D1574" t="s">
+        <v>1378</v>
+      </c>
+      <c r="E1574" s="2">
+        <v>43957</v>
+      </c>
+    </row>
+    <row r="1575">
+      <c r="A1575">
+        <v>2057</v>
+      </c>
+      <c r="B1575">
+        <v>2020</v>
+      </c>
+      <c r="C1575" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di Vaccini anti influenzali 2020/2021 e vaccini vari occorrenti alle Aziende Sanitarie della Regione Lazio e Calabria, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori – Determina a contrarre. Approvazione schemi, atti e indizione gara.</t>
+        </is>
+      </c>
+      <c r="D1575" t="s">
+        <v>1379</v>
+      </c>
+      <c r="E1575" s="2">
+        <v>43948</v>
+      </c>
+    </row>
+    <row r="1576">
+      <c r="A1576">
+        <v>2056</v>
+      </c>
+      <c r="B1576">
+        <v>2020</v>
+      </c>
+      <c r="C1576" t="inlineStr">
+        <is>
+          <t>Procedura negoziata d’urgenza, senza previa pubblicazione del bando di procedura, ai sensi dell’art. 63, comma 2, lettera c) e 163 del D.Lgs. 50/2016 per l’acquisizione della fornitura di test diagnostici per SARS-CoV-2</t>
+        </is>
+      </c>
+      <c r="D1576" t="s">
+        <v>1380</v>
+      </c>
+      <c r="E1576" s="2">
+        <v>43945</v>
+      </c>
+    </row>
+    <row r="1577">
+      <c r="A1577">
+        <v>2055</v>
+      </c>
+      <c r="B1577">
+        <v>2020</v>
+      </c>
+      <c r="C1577" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D1577" t="s">
+        <v>6</v>
+      </c>
+      <c r="E1577" s="2">
+        <v>43944</v>
+      </c>
+    </row>
+    <row r="1578">
+      <c r="A1578">
+        <v>2054</v>
+      </c>
+      <c r="B1578">
+        <v>2020</v>
+      </c>
+      <c r="C1578" t="inlineStr">
+        <is>
+          <t>Affidamento ad ASTRAL per le attività inerenti il supporto tecnico operativo e di coordinamento nella fase di affiancamento sulle linee ferroviarie Roma Lido e Roma Viterbo autorizzato con deliberazione di Giunta regionale 1 ottobre 2019, n. 689</t>
+        </is>
+      </c>
+      <c r="D1578" t="s">
+        <v>6</v>
+      </c>
+      <c r="E1578" s="2">
+        <v>43944</v>
+      </c>
+    </row>
+    <row r="1579">
+      <c r="A1579">
+        <v>2053</v>
+      </c>
+      <c r="B1579">
+        <v>2020</v>
+      </c>
+      <c r="C1579" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier n. LI-ES2-20151127-0630028, Intervento A0100E0429- presso "Sede principale uffici Comunali" nel Comune di _San Vito Romano (RM). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sul Capitolo Overbooking A42502, a Creditori diversi (Cod. creditore 3805), e sui capitoli A42134 - A42135 - A42136 a favore dell'Autorità Nazionale Anticorruzione (Cod. cred.159683), E.F. 2019. CUP F84H15002170006 - CIG 827270434E</t>
+        </is>
+      </c>
+      <c r="D1579" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E1579" s="2">
+        <v>43944</v>
+      </c>
+    </row>
+    <row r="1580">
+      <c r="A1580">
+        <v>2052</v>
+      </c>
+      <c r="B1580">
+        <v>2019</v>
+      </c>
+      <c r="C1580" t="inlineStr">
+        <is>
+          <t>Procedura negoziata tramite RDO su M.E.P.A. per Fornitura di un profilatore acustico portatile ad effetto doppler (ADCP) per l'esecuzione di misure di portata e di rilievi batimetrici, comprensivo di i) Servizio di formazione del personale dell'Agenzia di Protezione Civile all'utilizzo del profilatore acustico e ii) Servizio per l'esecuzione di misure di portata con il profilatore acustico oggetto della fornitura.</t>
+        </is>
+      </c>
+      <c r="D1580" t="s">
+        <v>1383</v>
+      </c>
+      <c r="E1580" s="2">
+        <v>43942</v>
+      </c>
+      <c r="F1580" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="1581">
+      <c r="A1581">
+        <v>2051</v>
+      </c>
+      <c r="B1581">
+        <v>2020</v>
+      </c>
+      <c r="C1581" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio e Calabria - Farmaci 2020_Seconda tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori - Determina a contrarre. Approvazione schemi, atti e indizione gara.
+</t>
+        </is>
+      </c>
+      <c r="D1581" t="s">
+        <v>1385</v>
+      </c>
+      <c r="E1581" s="2">
+        <v>43941</v>
+      </c>
+      <c r="F1581" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="1582">
+      <c r="A1582">
+        <v>2050</v>
+      </c>
+      <c r="B1582">
+        <v>2020</v>
+      </c>
+      <c r="C1582" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2290190, Intervento A0100E0031- presso la "Sede Comunale Palazzo Angeletti Antonelli" nel Comune di Ceccano (FR)."</t>
+        </is>
+      </c>
+      <c r="D1582" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E1582" s="2">
+        <v>43938</v>
+      </c>
+    </row>
+    <row r="1583">
+      <c r="A1583">
+        <v>2049</v>
+      </c>
+      <c r="B1583">
+        <v>2020</v>
+      </c>
+      <c r="C1583" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-20160111-2400405_ Intervento A0100E0253 presso la "Scuola Elementare Achille Ferruzzi" nel Comune di Soriano nel Cimino (VT)."</t>
+        </is>
+      </c>
+      <c r="D1583">
+        <v>8270129658</v>
+      </c>
+      <c r="E1583" s="2">
+        <v>43937</v>
+      </c>
+    </row>
+    <row r="1584">
+      <c r="A1584">
+        <v>2048</v>
+      </c>
+      <c r="B1584">
+        <v>2020</v>
+      </c>
+      <c r="C1584" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D1584" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E1584" s="2">
+        <v>43928</v>
+      </c>
+    </row>
+    <row r="1585">
+      <c r="A1585">
+        <v>2047</v>
+      </c>
+      <c r="B1585">
+        <v>2020</v>
+      </c>
+      <c r="C1585" t="inlineStr">
+        <is>
+          <t>Gruppo Acquedottistico Reatino/Cicolano. Affidamento diretto ai sensi dell'art. 36, comma 2, lettera a) del D. Lgs. n. 50/2016 della manutenzione del sistema automazione Hermes acquedotto Terminillo a favore della Soc. ITALPONTI TELECOMUNICAZIONI SRL (cod. creditore n.134159) CIG ZAF2C4C6A2 Impegno di spesa sul capitolo D33904 Importo € 8.296,00. Nomina Responsabile Unico del Procedimento e Direttore Lavori.</t>
+        </is>
+      </c>
+      <c r="D1585" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E1585" s="2">
+        <v>43924</v>
+      </c>
+    </row>
+    <row r="1586">
+      <c r="A1586">
+        <v>2046</v>
+      </c>
+      <c r="B1586">
+        <v>2020</v>
+      </c>
+      <c r="C1586" t="inlineStr">
+        <is>
+          <t>Intervento n. 12IR636/G1 "Consolidamento e risanamento ambientale Centro Abitato di Amatrice Espansione sud - Amatrice (RI)" Approvazione del progetto esecutivo e determinazione a contrarre - approvazione atti di gara. CUP F73H18000230001 - CIG 8260039FCD</t>
+        </is>
+      </c>
+      <c r="D1586" t="s">
+        <v>1389</v>
+      </c>
+      <c r="E1586" s="2">
+        <v>43923</v>
+      </c>
+    </row>
+    <row r="1587">
+      <c r="A1587">
+        <v>2045</v>
+      </c>
+      <c r="B1587">
+        <v>2020</v>
+      </c>
+      <c r="C1587" t="inlineStr">
+        <is>
+          <t>Sostituzione dell'appaltatore in varie procedure di gara a seguito di fusione per incorporazione tra la Società SHIRE ITALIA S.p.A. (incorporata) e la Società TAKEDA ITALIA S.p.A. (incorporante), ai sensi dell?art. 106 del D.Lgs. n. 50/2016.</t>
+        </is>
+      </c>
+      <c r="D1587" t="s">
+        <v>1390</v>
+      </c>
+      <c r="E1587" s="2">
+        <v>43921</v>
+      </c>
+    </row>
+    <row r="1588">
+      <c r="A1588">
+        <v>2044</v>
+      </c>
+      <c r="B1588">
+        <v>2019</v>
+      </c>
+      <c r="C1588" t="inlineStr">
+        <is>
+          <t>Affidamento in economia del servizio di pubblicazione dell'avviso di esito della gara comunitaria centralizzata a procedura aperta, suddivisa in 35 lotti, per la fornitura triennale di aghi e siringhe occorrenti alle Aziende Sanitarie della Regione Lazio. Impegno di spesa di € 4.454,30 sul capitolo S23427 ed accertamenti per rimborso delle spese di pubblicazione a carico dei soggetti aggiudicatari per complessivi € 6.187,49 sul capitolo 331530. Esercizio finanziario 2019.</t>
+        </is>
+      </c>
+      <c r="D1588" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E1588" s="2">
+        <v>43921</v>
+      </c>
+    </row>
+    <row r="1589">
+      <c r="A1589">
+        <v>2043</v>
+      </c>
+      <c r="B1589">
+        <v>2020</v>
+      </c>
+      <c r="C1589" t="inlineStr">
+        <is>
+          <t>POR FESR LAZIO 2014-2020. Progetto A0123E0198. Intervento "Sistemazione idraulica del fosso Galeria dal ponte della ferrovia Roma Civitavecchia al Tevere" cod. ReNDiS 12IR011/G3 - Azione 5.1.1. CUP F84H14001390002 – Impegno di € 5.171,69 a favore del Geol. Maurizio FELICI (cod. creditore 191050) sui capitoli A42215-A42216-A42217 es fin 2020</t>
+        </is>
+      </c>
+      <c r="D1589" t="s">
+        <v>1392</v>
+      </c>
+      <c r="E1589" s="2">
+        <v>43920</v>
+      </c>
+    </row>
+    <row r="1590">
+      <c r="A1590">
+        <v>2042</v>
+      </c>
+      <c r="B1590">
+        <v>2020</v>
+      </c>
+      <c r="C1590" t="inlineStr">
+        <is>
+          <t>Aggiornamento elenco operatori economici per l'affidamento dei servizi di analisi e valutazione previsti dai Piani di Valutazione del POR FSE 2014-2020 e del POR FESR 2014-2020, ai sensi dell'art. 36 del d.lgs. 50/2016
+</t>
+        </is>
+      </c>
+      <c r="D1590" t="s">
+        <v>1393</v>
+      </c>
+      <c r="E1590" s="2">
+        <v>43920</v>
+      </c>
+    </row>
+    <row r="1591">
+      <c r="A1591">
+        <v>2041</v>
+      </c>
+      <c r="B1591">
+        <v>2020</v>
+      </c>
+      <c r="C1591" t="inlineStr">
+        <is>
+          <t>Lavori di raccolta del materiale galleggiante con apposita barriera sul Fiume Tevere in Comune di Fiumicino (RM) e sul Fiume Aniene in Comune di Roma. Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art. 36, comma 2, lettera b) del D.lgs. n. 50/2016, previa indagine esplorativa del mercato, ed approvazione atti di gara. Impegno di spesa per complessivi € 225.000,00 sul capitolo E42549, esercizi finanziari 2020-2021. CUP F16E20000000002 – CIG 8251082045.</t>
+        </is>
+      </c>
+      <c r="D1591">
+        <v>8251082045</v>
+      </c>
+      <c r="E1591" s="2">
+        <v>43920</v>
+      </c>
+    </row>
+    <row r="1592">
+      <c r="A1592">
+        <v>2040</v>
+      </c>
+      <c r="B1592">
+        <v>2020</v>
+      </c>
+      <c r="C1592" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2160150–Intervento n. A0100E0071 - "Scuola Giardinieri" nelComune di Roma Capitale. Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. 159683, E.F. 2020. CUP: F87D17000870009 - CIG 8166702FAC</t>
+        </is>
+      </c>
+      <c r="D1592" t="s">
+        <v>1394</v>
+      </c>
+      <c r="E1592" s="2">
+        <v>43916</v>
+      </c>
+    </row>
+    <row r="1593">
+      <c r="A1593">
+        <v>2039</v>
+      </c>
+      <c r="B1593">
+        <v>2020</v>
+      </c>
+      <c r="C1593" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. LI-ES2- 2160151_ Intervento A0100E0070 presso la "presso "Scuola Elementare Gandhi", Via Corinaldo n. 41, Roma Capitale". Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. 159683, E.F. 2019. CUP F87F17000000006 - CIG 8194600DD5.</t>
+        </is>
+      </c>
+      <c r="D1593" t="s">
+        <v>1395</v>
+      </c>
+      <c r="E1593" s="2">
+        <v>43916</v>
+      </c>
+    </row>
+    <row r="1594">
+      <c r="A1594">
+        <v>2038</v>
+      </c>
+      <c r="B1594">
+        <v>2020</v>
+      </c>
+      <c r="C1594" t="inlineStr">
+        <is>
+          <t>Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per la fornitura di specialità medicinali occorrenti alle Aziende Sanitarie della Regione Lazio e della Regione Calabria Negoziata  18 Indetta con determinazione n. G01356 del 14 febbraio 2020 - Trasferimento della titolarità dell'autorizzazione all'immissione in commercio della specialità medicinale Sylvant (siltuximab) da Janssen Cilag International NV ad EUSA Pharma (Netherlands) BV</t>
+        </is>
+      </c>
+      <c r="D1594">
+        <v>8211184365</v>
+      </c>
+      <c r="E1594" s="2">
+        <v>43913</v>
+      </c>
+    </row>
+    <row r="1595">
+      <c r="A1595">
+        <v>2037</v>
+      </c>
+      <c r="B1595">
+        <v>2020</v>
+      </c>
+      <c r="C1595" t="inlineStr">
+        <is>
+          <t>Lavori di manutenzione della rete acquedottistica del gruppo Reatino/Cicolano Lotto Area 2 in gestione alla Regione Lazio – Direzione Regionale Lavori Pubblici, Stazione Unica Appalti, Risorse Idriche E Difesa Del Suolo - Area Attuazione Servizio Idrico Integrato e Risorse Idriche – Approvazione dei verbali di gara ed aggiudicazione dei lavori. CUP F22D19000070002 – CIG 796283969D. Rettifica Determinazioni nn.G12438 del 19/09/2019 e G00125 del 10/01/2020 - Nomina Responsabile Unico del Procedimento Impegno di spesa sul cap. D33904 importo € 60.016,67 (IVA inclusa) a favore di BG AMBIENTE Unipersonale SRL Unipersonale (cod. cred.172148).</t>
+        </is>
+      </c>
+      <c r="D1595" t="s">
+        <v>1396</v>
+      </c>
+      <c r="E1595" s="2">
+        <v>43913</v>
+      </c>
+    </row>
+    <row r="1596">
+      <c r="A1596">
+        <v>2036</v>
+      </c>
+      <c r="B1596">
+        <v>2020</v>
+      </c>
+      <c r="C1596" t="inlineStr">
+        <is>
+          <t>Lavori di manutenzione della rete acquedottistica del gruppo Reatino/Cicolano Lotto Area 1 in gestione alla Regione Lazio – Direzione Regionale Lavori Pubblici, Stazione Unica Appalti, Risorse Idriche E Difesa Del Suolo - Area Attuazione Servizio Idrico Integrato e Risorse Idriche – Approvazione dei verbali di gara ed aggiudicazione dei lavori. CUP F22D19000070002 – CIG 7962827CB4. Rettifica Determinazioni nn. G12439 del 19/09/2019 e n. G00968 del 03/02/2020. Impegno di spesa sul cap. D33904 importo € 58.229,92 (IVA inclusa) a favore di Pangea Srl (cod. cred. 77388).</t>
+        </is>
+      </c>
+      <c r="D1596" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E1596" s="2">
+        <v>43913</v>
+      </c>
+    </row>
+    <row r="1597">
+      <c r="A1597">
+        <v>2035</v>
+      </c>
+      <c r="B1597">
+        <v>2020</v>
+      </c>
+      <c r="C1597" t="inlineStr">
+        <is>
+          <t>Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per la fornitura di specialità medicinale AFSTYLA occorrente alle Aziende Sanitarie della Regione Lazio. Provvedimento di affidamento e autorizzazione esecuzione d'urgenza.</t>
+        </is>
+      </c>
+      <c r="D1597" t="s">
+        <v>1398</v>
+      </c>
+      <c r="E1597" s="2">
+        <v>43913</v>
+      </c>
+    </row>
+    <row r="1598">
+      <c r="A1598">
+        <v>2034</v>
+      </c>
+      <c r="B1598">
+        <v>2020</v>
+      </c>
+      <c r="C1598" t="inlineStr">
+        <is>
+          <t>Affidamento dei servizi tecnici propedeutici alla progettazione dell'intervento: "Realizzazione di un rifugio montano in località Pantani nel Comune di Accumoli" a favore dell'Arch. Enea Franchi – Disimpegno della somma di € 26.465,14 dall'impegno n. 23746/2020 sul Capitolo D44545 – Esercizio Finanziario 2020</t>
+        </is>
+      </c>
+      <c r="D1598">
+        <v>8093398350</v>
+      </c>
+      <c r="E1598" s="2">
+        <v>43906</v>
+      </c>
+    </row>
+    <row r="1599">
+      <c r="A1599">
+        <v>2033</v>
+      </c>
+      <c r="B1599">
+        <v>2020</v>
+      </c>
+      <c r="C1599" t="inlineStr">
+        <is>
+          <t>Consolidamento del costone roccioso di Monte Orlando, prospicente la spiaggia di Serapo e lungo la Via Lucio Munazio Planco - Comune di Gaeta (Lt). Determinazione a contrarre finalizzata all'affidamento, ai sensi ai sensi dell'art. 36, comma 2, lettera c-bis) del D.lgs. n. 50/2016. - CUP: B94J18000030002 - CIG: 81853837BB</t>
+        </is>
+      </c>
+      <c r="D1599" t="s">
+        <v>1399</v>
+      </c>
+      <c r="E1599" s="2">
+        <v>43894</v>
+      </c>
+    </row>
+    <row r="1600">
+      <c r="A1600">
+        <v>2032</v>
+      </c>
+      <c r="B1600">
+        <v>2019</v>
+      </c>
+      <c r="C1600" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D1600" t="s">
+        <v>1401</v>
+      </c>
+      <c r="E1600" s="2">
+        <v>43889</v>
+      </c>
+    </row>
+    <row r="1601">
+      <c r="A1601">
+        <v>2031</v>
+      </c>
+      <c r="B1601">
+        <v>2020</v>
+      </c>
+      <c r="C1601" t="inlineStr">
+        <is>
+          <t>Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per la fornitura di specialità medicinali occorrenti alle Aziende Sanitarie della Regione Lazio – "Negoziata 18". ID 7689060 Indizione gara e approvazione atti.</t>
+        </is>
+      </c>
+      <c r="D1601" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E1601" s="2">
+        <v>43878</v>
+      </c>
+      <c r="F1601" t="s">
+        <v>1359</v>
+      </c>
+    </row>
+    <row r="1602">
+      <c r="A1602">
+        <v>2030</v>
+      </c>
+      <c r="B1602">
+        <v>2019</v>
+      </c>
+      <c r="C1602" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio e Calabria – Farmaci 2020_Prima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori. Ammissione al prosieguo della procedura di gara.</t>
+        </is>
+      </c>
+      <c r="D1602" t="s">
+        <v>1403</v>
+      </c>
+      <c r="E1602" s="2">
+        <v>43875</v>
+      </c>
+    </row>
+    <row r="1603">
+      <c r="A1603">
+        <v>2029</v>
+      </c>
+      <c r="B1603">
+        <v>2019</v>
+      </c>
+      <c r="C1603" t="inlineStr">
+        <is>
+          <t>Determinazione a contrarre finalizzata all'affidamento diretto, ai sensi dell'art. 36, co. 2, lettera a) del d.lgs. n. 50/2016, del servizio di assistenza tecnica all'Organismo Intermedio dell'Autorità di Certificazione per il Programma Operativo (PO) FEAMP 2014-2020.Impegno di spesa a favore di ISRI Soc. Coop. a r.l., P.IVA 00938821006, per euro 48.141,20 (IVA inclusa), sui Capitoli di bilancio A14145, A14146 e A14147 – Programma Fondo Europeo per gli Affari Marittimi e la Pesca (FEAMP), esercizio finanziario 2019. CIG N. Z3B2ADFFE5. </t>
+        </is>
+      </c>
+      <c r="D1603" t="s">
+        <v>1404</v>
+      </c>
+      <c r="E1603" s="2">
+        <v>43874</v>
+      </c>
+    </row>
+    <row r="1604">
+      <c r="A1604">
+        <v>2028</v>
+      </c>
+      <c r="B1604">
+        <v>2020</v>
+      </c>
+      <c r="C1604" t="inlineStr">
+        <is>
+          <t>Determina a contrarre e formalizzazione dell'incarico per la redazione della relazione specialistica necessaria all'emissione del parere ex art. 89 del DPR. 380/2001 e alla richiesta del parere per interventi in aree sottoposte a vincolo idrogeologico ai sensi del R.D.L. 3267/23 e RD 1126/26, DGR 6215/96 e DGR 3888/98 e successive modifiche ed integrazioni ai sensi dell'art. 36 co. 2 lett. a) del D.Lgs. 50/2016 per l'intervento di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. CUP F78I18000070008 CIG 81922656F0</t>
+        </is>
+      </c>
+      <c r="D1604" t="s">
+        <v>1405</v>
+      </c>
+      <c r="E1604" s="2">
+        <v>43872</v>
+      </c>
+    </row>
+    <row r="1605">
+      <c r="A1605">
         <v>2027</v>
       </c>
-      <c r="B1567">
+      <c r="B1605">
         <v>2022</v>
       </c>
-      <c r="C1567" t="inlineStr">
+      <c r="C1605" t="inlineStr">
         <is>
           <t>PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Redazione dell'Attestato di Prestazione Energetica APE della "Scuola primaria Edmondo De Amicis" nel Comune di Forano (RI). Intervento A0100E0201. Disimpegno della somma complessiva di € -1.700,82 per effetto del ribasso d'asta e perfezionamento delle prenotazioni n. 2022/33586 - 2022/33585 - 2022/33587 per l'importo complessivo di € 2.269,86 comprensivo di IVA e oneri di legge rispettivamente sui Capitoli U0000A42200 - U0000A42201 - U0000A42202 a favore dell'arch Antonietta Longo (cod, cred. 233794) Es. finanziario 2022. CUP F72B16000000006 - CIG ZDE361CCCB
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="D1567" t="s">
-[...2 lines deleted...]
-      <c r="E1567" s="2">
+      <c r="D1605" t="s">
+        <v>1406</v>
+      </c>
+      <c r="E1605" s="2">
         <v>44742</v>
       </c>
     </row>
-    <row r="1568">
-      <c r="A1568">
+    <row r="1606">
+      <c r="A1606">
         <v>2026</v>
       </c>
-      <c r="B1568">
+      <c r="B1606">
         <v>2019</v>
       </c>
-      <c r="C1568" t="s">
-[...5 lines deleted...]
-      <c r="E1568" s="2">
+      <c r="C1606" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D1606" t="s">
+        <v>1408</v>
+      </c>
+      <c r="E1606" s="2">
         <v>43860</v>
       </c>
     </row>
-    <row r="1569">
-      <c r="A1569">
+    <row r="1607">
+      <c r="A1607">
         <v>2025</v>
       </c>
-      <c r="B1569">
+      <c r="B1607">
         <v>2019</v>
       </c>
-      <c r="C1569" t="s">
-[...5 lines deleted...]
-      <c r="E1569" s="2">
+      <c r="C1607" t="s">
+        <v>1409</v>
+      </c>
+      <c r="D1607" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E1607" s="2">
         <v>43860</v>
       </c>
     </row>
-    <row r="1570">
-      <c r="A1570">
+    <row r="1608">
+      <c r="A1608">
         <v>2024</v>
       </c>
-      <c r="B1570">
+      <c r="B1608">
         <v>2019</v>
       </c>
-      <c r="C1570" t="inlineStr">
+      <c r="C1608" t="inlineStr">
         <is>
           <t>Servizio di assicurazione rischio infortuni per gli alunni delle scuole statali e paritarie private di ogni ordine grado nonché per il personale adibito alla sorveglianza degli stessi durante il trasporto
 </t>
         </is>
       </c>
-      <c r="D1570" t="s">
-[...2 lines deleted...]
-      <c r="E1570" s="2">
+      <c r="D1608" t="s">
+        <v>1411</v>
+      </c>
+      <c r="E1608" s="2">
         <v>43860</v>
       </c>
     </row>
-    <row r="1571">
-      <c r="A1571">
+    <row r="1609">
+      <c r="A1609">
         <v>2023</v>
       </c>
-      <c r="B1571">
+      <c r="B1609">
         <v>2020</v>
       </c>
-      <c r="C1571" t="inlineStr">
+      <c r="C1609" t="inlineStr">
         <is>
           <t>Procedura negoziata ai sensi dell’art. 2, comma 2 bis, del D.L. 189/2016 e ss.mm.ii., previa pubblicazione di avviso per manifestazione di interesse per l’affidamento del servizio di verifica del progetto esecutivo per l’intervento denominato “Ricostruzione ospedale di Amatrice (RI)”. Ordinanza Commissariale n. 56 del 10/05/2018 – Determina a contrarre e approvazione atti di gara. CUP F78118000070008 CIG: 81809258DF</t>
         </is>
       </c>
-      <c r="D1571" t="s">
-[...2 lines deleted...]
-      <c r="E1571" s="2">
+      <c r="D1609" t="s">
+        <v>1412</v>
+      </c>
+      <c r="E1609" s="2">
         <v>43859</v>
       </c>
     </row>
-    <row r="1572">
-      <c r="A1572">
+    <row r="1610">
+      <c r="A1610">
         <v>2022</v>
       </c>
-      <c r="B1572">
+      <c r="B1610">
         <v>2019</v>
       </c>
-      <c r="C1572" t="inlineStr">
+      <c r="C1610" t="inlineStr">
         <is>
           <t>Gara comunitaria ad evidenza pubblica a procedura aperta per la realizzazione di una rete di "Hub cultura-socialità-lavoro" sul territorio regionale. Impegno di € 7.984.900,00 IVA inclusa – POR Lazio FSE 2014-2020 - Asse I - Occupazione - Priorità di investimento 8.vii - Obiettivo specifico 8.7 Azione Cardine 19 "Creazione del network Porta Futuro, sviluppo del relativo format e dei servizi di supporto necessari". Approvazione schemi degli atti ed indizione di gara codice CIG 7911542AFC codice CUP F85G19000050009.</t>
         </is>
       </c>
-      <c r="D1572" t="s">
-[...2 lines deleted...]
-      <c r="E1572" s="2">
+      <c r="D1610" t="s">
+        <v>1413</v>
+      </c>
+      <c r="E1610" s="2">
         <v>43859</v>
       </c>
-      <c r="F1572" t="s">
-[...4 lines deleted...]
-      <c r="A1573">
+      <c r="F1610" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="1611">
+      <c r="A1611">
         <v>2021</v>
       </c>
-      <c r="B1573">
+      <c r="B1611">
         <v>2020</v>
       </c>
-      <c r="C1573" t="inlineStr">
+      <c r="C1611" t="inlineStr">
         <is>
           <t>Aggiornamento dello schema di Avviso pubblico per l’Istituzione dell’Elenco di Operatori Economici da consultare per l’acquisizione dei servizi di analisi e valutazione previsti dai Piani di Valutazione del POR FSE 2014-2020 e del POR FESR 2014-2020, di cui alla DE n. G10938/2016.</t>
         </is>
       </c>
-      <c r="D1573" t="s">
-[...2 lines deleted...]
-      <c r="E1573" s="2">
+      <c r="D1611" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E1611" s="2">
         <v>43859</v>
       </c>
     </row>
-    <row r="1574">
-      <c r="A1574">
+    <row r="1612">
+      <c r="A1612">
         <v>2020</v>
       </c>
-      <c r="B1574">
+      <c r="B1612">
         <v>2019</v>
       </c>
-      <c r="C1574" t="s">
-[...5 lines deleted...]
-      <c r="E1574" s="2">
+      <c r="C1612" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D1612" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E1612" s="2">
         <v>43858</v>
       </c>
     </row>
-    <row r="1575">
-      <c r="A1575">
+    <row r="1613">
+      <c r="A1613">
         <v>2019</v>
       </c>
-      <c r="B1575">
+      <c r="B1613">
         <v>2020</v>
       </c>
-      <c r="C1575" t="inlineStr">
+      <c r="C1613" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal "Energia sostenibile 2.0" - Azione 4.1.1 Promozione dell'eco-efficienza e riduzione di consumi di energia primaria negli edifici e strutture pubbliche: interventi di ristrutturazione di singoli edifici o complessi di edifici, installazione di sistemi intelligenti di telecontrollo, regolazione, gestione, monitoraggio e ottimizzazione dei consumi energetici (smart buildings) e delle emissioni inquinanti anche attraverso l'utilizzo di mix tecnologici. Nomina del Geom. Carlo Pallozzi in sostituzione dell'arch. Maria Gioia Olimpieri quale Responsabile Unico del Procedimento per la realizzazione Intervento A0100E0253" - Dossier n. LI-ES2 – 20160111 - 2400405 "Scuola Elementare Achille Ferruzzi" nel Comune di Soriano nel Cimino (VT).</t>
         </is>
       </c>
-      <c r="D1575" t="s">
-[...2 lines deleted...]
-      <c r="E1575" s="2">
+      <c r="D1613" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E1613" s="2">
         <v>43858</v>
       </c>
     </row>
-    <row r="1576">
-      <c r="A1576">
+    <row r="1614">
+      <c r="A1614">
         <v>2018</v>
       </c>
-      <c r="B1576">
+      <c r="B1614">
         <v>2019</v>
       </c>
-      <c r="C1576" t="inlineStr">
+      <c r="C1614" t="inlineStr">
         <is>
           <t>Gara, attraverso il MEPA di Consip, per la fornitura di un servizio di mediazione linguistica tramite interpretariato telefonico di emergenza da remoto per le esigenze della Centrale Unica di Risposta 112 NUE di Roma ed eventuali altre CUR 112 NUE del LAZIO.</t>
         </is>
       </c>
-      <c r="D1576" t="s">
-[...2 lines deleted...]
-      <c r="E1576" s="2">
+      <c r="D1614" t="s">
+        <v>1418</v>
+      </c>
+      <c r="E1614" s="2">
         <v>43854</v>
       </c>
     </row>
-    <row r="1577">
-      <c r="A1577">
+    <row r="1615">
+      <c r="A1615">
         <v>2017</v>
       </c>
-      <c r="B1577">
+      <c r="B1615">
         <v>2017</v>
       </c>
-      <c r="C1577" t="inlineStr">
+      <c r="C1615" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 43 lotti, finalizzata alla conclusione di un accordo quadro per la fornitura triennale di protesi ortopediche di anca, di ginocchio e di spalla per le AA.SS. e AA.OO. Regione Lazio.
 </t>
         </is>
       </c>
-      <c r="D1577" t="inlineStr">
+      <c r="D1615" t="inlineStr">
         <is>
           <t>6993909449;6993917AE1;6993923FD3;69939294CA;6993936A8F;6993940DDB;6993948478;6993959D89;
 69939630DA;6993966353;6993971772;6993976B91;6993981FB0;699398422E;69939874A7;69939917F3;
 6993996C12;6994280671;6994288D09;6994291F82;699429961F;6994304A3E;6994308D8A;69943120DB;
 6994315354;6994320773;69943239EC;6994325B92;6994328E0B;699433215C;69943364A8;6994343A6D;
 69943532B0;6994356529;6994360875;6994364BC1;6994368F0D;699437225E;6994378750;69943808F6;
 6994385D15;6994388F8E;6994390139
 </t>
         </is>
       </c>
-      <c r="E1577" s="2">
+      <c r="E1615" s="2">
         <v>43853</v>
-      </c>
-[...721 lines deleted...]
-        </is>
       </c>
     </row>
     <row r="1616">
       <c r="A1616">
-        <v>1978</v>
+        <v>2016</v>
       </c>
       <c r="B1616">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C1616" t="inlineStr">
         <is>
-          <t>Impegno di spesa di euro 61.000,00 (IVA compresa), per l'annualità 2019, a favore della SIAE, cod. cred.122764, sul capitolo di bilancio R31920 esercizio finanziario 2019, giusta Convenzione tra Regione Lazio e SIAE per il pagamento dei diritti di esecuzione musicale in occasione di manifestazioni culturali e ricreative organizzate dai centri anziani del Lazio nel corso del 2019.</t>
+          <t>8 GIUGNO 2001, N. 327 “TESTO UNICO DELLE DISPOSIZIONI LEGISLATIVE E REGOLAMENTARI IN MATERIA DI ESPROPRIAZIONE PER PUBBLICA UTILITA’”. OGGETTO: “Ricostruzione dell’Ospedale di Amatrice, di cui all’Ordinanza Commissariale n. 56 del 10/05/2018. CUP F78118000070008 - Comunicazione di avvio dei procedimenti finalizzati all’approvazione del progetto definitivo ed all’apposizione del vincolo preordinato all’esproprio sulle aree di proprietà privata interessate dall’intervento.</t>
         </is>
       </c>
       <c r="D1616" t="s">
-        <v>6</v>
+        <v>363</v>
       </c>
       <c r="E1616" s="2">
-        <v>43790</v>
+        <v>43853</v>
       </c>
     </row>
     <row r="1617">
       <c r="A1617">
-        <v>1977</v>
+        <v>2015</v>
       </c>
       <c r="B1617">
         <v>2019</v>
       </c>
       <c r="C1617" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 36, co. 2, lettera a) del d.lgs. n. 50/2016, di un servizio di studio e ricerca in ambito economico-finanziario per la realizzazione di un modello econometrico regionale destinato alle analisi di stima degli effetti e di impatto macroeconomico della spesa pubblica settoriale-territoriale dell'archivio dei Conti Pubblici Territoriali (CPT).</t>
-[...3 lines deleted...]
-        <v>1409</v>
+          <t>Determinazione a contrarre ai sensi dell’art. 32, comma 2, D.Lgs. n. 50/2016 e autorizzazione all’espletamento della procedura di gara aperta ai sensi dell’art. 60 del D.Lgs. n. 50/2016, per l’acquisizione di attrezzature funzionali al potenziamento della Colonna Mobile Regionale e dei relativi moduli, in attuazione del DPCM art. 41, comma 4, del DL 50/2017. </t>
+        </is>
+      </c>
+      <c r="D1617">
+        <v>7630915</v>
       </c>
       <c r="E1617" s="2">
-        <v>43790</v>
-[...2 lines deleted...]
-        <v>1410</v>
+        <v>43852</v>
       </c>
     </row>
     <row r="1618">
       <c r="A1618">
-        <v>1976</v>
+        <v>2014</v>
       </c>
       <c r="B1618">
         <v>2019</v>
       </c>
-      <c r="C1618" t="s">
-        <v>1411</v>
+      <c r="C1618" t="inlineStr">
+        <is>
+          <t>Affidamento diretto a favore di Libreria La Sapienza di Massimo e Miriam Pambianchi e C. S.a.S., per la fornitura di manuali giuridici per le esigenze dell'Agenzia di Protezione Civile.</t>
+        </is>
       </c>
       <c r="D1618" t="s">
-        <v>1412</v>
+        <v>1419</v>
       </c>
       <c r="E1618" s="2">
-        <v>43789</v>
+        <v>43847</v>
       </c>
     </row>
     <row r="1619">
       <c r="A1619">
-        <v>1975</v>
+        <v>2013</v>
       </c>
       <c r="B1619">
         <v>2019</v>
       </c>
       <c r="C1619" t="inlineStr">
         <is>
-          <t>Consigliera di parità regionale. Seminario "Stop gender pay gap. Perché ancora esistono differenziali retributivi tra uomini e donne?" che si terrà in data 11 novembre 2019 presso la Sala Tevere della Regione Lazio. Impegno di spesa, sul capitolo di bilancio F31169, di euro 1.230,00 - IVA inclusa – a favore della ditta "La Fornarina" di Spurio Cristiano per la fornitura di servizio catering - Esercizio finanziario 2019</t>
+          <t>Autorizzazione ad espletare una procedura di acquisto, attraverso il MEPA di Consip, per la fornitura di gadget per le esigenze dell’Agenzia di Protezione Civile della Regione Lazio</t>
         </is>
       </c>
       <c r="D1619" t="s">
-        <v>1413</v>
+        <v>1420</v>
       </c>
       <c r="E1619" s="2">
-        <v>43781</v>
+        <v>43847</v>
       </c>
     </row>
     <row r="1620">
       <c r="A1620">
-        <v>1974</v>
+        <v>2012</v>
       </c>
       <c r="B1620">
         <v>2019</v>
       </c>
-      <c r="C1620" t="s">
-        <v>1414</v>
+      <c r="C1620" t="inlineStr">
+        <is>
+          <t>Autorizzazione ad espletare una procedura di acquisto, attraverso il MEPA di Consip, per la fornitura di capi di abbigliamento e accessori per le esigenze del personale dell’Agenzia di Protezione Civile della Regione Lazio</t>
+        </is>
       </c>
       <c r="D1620" t="s">
-        <v>1415</v>
+        <v>1421</v>
       </c>
       <c r="E1620" s="2">
-        <v>43777</v>
+        <v>43847</v>
       </c>
     </row>
     <row r="1621">
       <c r="A1621">
-        <v>1973</v>
+        <v>2011</v>
       </c>
       <c r="B1621">
         <v>2019</v>
       </c>
       <c r="C1621" t="inlineStr">
         <is>
-          <t>Affidamento diretto a favore di Ferrino &amp;amp; C. SpA, mediante trattativa diretta sul MEPA, per la fornitura di n. 550 lettini da campeggio pieghevoli ad uso di protezione civile, ai fini del potenziamento della colonna mobile regionale, ai sensi del DPCM art. 41, comma 4, del DL 50/2017.</t>
+          <t>Intervento di difesa spondale in sx idraulica in corrispondenza dello smottamento della strada comunale di via Capannelle in località Ponte Carpegna nel Comune di Rieti. CUP F13H19001280002</t>
         </is>
       </c>
       <c r="D1621" t="s">
-        <v>1416</v>
+        <v>363</v>
       </c>
       <c r="E1621" s="2">
-        <v>43777</v>
+        <v>43847</v>
       </c>
     </row>
     <row r="1622">
       <c r="A1622">
-        <v>1972</v>
+        <v>2010</v>
       </c>
       <c r="B1622">
-        <v>2019</v>
-[...4 lines deleted...]
-        </is>
+        <v>2020</v>
+      </c>
+      <c r="C1622" t="s">
+        <v>1422</v>
       </c>
       <c r="D1622" t="s">
-        <v>1417</v>
+        <v>1423</v>
       </c>
       <c r="E1622" s="2">
-        <v>43777</v>
+        <v>43844</v>
       </c>
     </row>
     <row r="1623">
       <c r="A1623">
-        <v>1971</v>
+        <v>2009</v>
       </c>
       <c r="B1623">
         <v>2019</v>
       </c>
       <c r="C1623" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell’art. 60 del D. Lgs.n.50/2016 e s.m.i., finalizzata alla fornitura di sistemi per prelievo ematico sottovuoto e dispositivi di raccolta campione occorrenti alle Aziende Sanitarie della Regione Lazio.</t>
+          <t>Lavori straordinari di manutenzione dell'alveo del Fiume Velino"- 1° Stralcio località Caporio - Centrale di Cotilia in Comune di Cittaducale (RI). Procedura negoziata, ex art. 36, comma 2, lettera b) del D.lgs. n. 50/2016, previa indagine esplorativa del mercato, ed approvazione atti di gara. CUP F45J19000360001 - CIG 81661242B5.</t>
         </is>
       </c>
       <c r="D1623" t="s">
-        <v>1418</v>
+        <v>1424</v>
       </c>
       <c r="E1623" s="2">
-        <v>43777</v>
+        <v>43844</v>
       </c>
     </row>
     <row r="1624">
       <c r="A1624">
-        <v>1970</v>
+        <v>2008</v>
       </c>
       <c r="B1624">
         <v>2019</v>
       </c>
       <c r="C1624" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs. 50/2016 di un servizio consistente nella realizzazione dei due corsi di formazione "Programmazione SAS" (utenti n. 4) e "Multivariate Statistics (utenti n. 2).</t>
+          <t>Affidamento diretto, ai sensi dell'articolo 36, comma 2, lettera a), del d.lgs. n. 50/2016, fuori dal Mercato Elettronico della Pubblica Amministrazione, del servizio di gestione e manutenzione del software applicativo del Protocollo Itaca Regione Lazio. CUP F81D19000020002 - Determina a contrarre, nomina del Responsabile Unico del Procedimento e impegno di spesa sul Capitolo E61900 - E.F. 2019-2020 dell'importo complessivo di euro 12.200,00.</t>
         </is>
       </c>
       <c r="D1624" t="s">
-        <v>1419</v>
+        <v>1425</v>
       </c>
       <c r="E1624" s="2">
-        <v>43776</v>
+        <v>43830</v>
       </c>
     </row>
     <row r="1625">
       <c r="A1625">
-        <v>1969</v>
+        <v>2007</v>
       </c>
       <c r="B1625">
         <v>2019</v>
       </c>
       <c r="C1625" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lettera a) del d.lgs. n. 50/2016 per la fornitura di aggiornamenti e servizi di manutenzione di n. 2 licenze ArcGIS Desktop Standard CU, con n. 4 estensioni Desktop, mediante ODA sul MEPA.</t>
+          <t>Interreg Europe: programmazione 2014-2020. Progetto ENERSELVES – Policy instruments for energy self–consumption in buildings - PGI02505 - CUP E69D16003390007. Affidamento diretto, ai sensi dell'art. 36, c.2, lett. a) del d.lgs. 50/2016, fuori dal Mercato Elettronico della P.A., del servizio di catering per un caffè di benvenuto e un pasto leggero nell'ambito della riunione interparternariale del progetto ENERSELVES che si terrà in Roma in data 22 novembre 2019.</t>
         </is>
       </c>
       <c r="D1625" t="s">
-        <v>1420</v>
+        <v>1426</v>
       </c>
       <c r="E1625" s="2">
-        <v>43776</v>
+        <v>43830</v>
       </c>
     </row>
     <row r="1626">
       <c r="A1626">
-        <v>1968</v>
+        <v>2006</v>
       </c>
       <c r="B1626">
         <v>2019</v>
       </c>
-      <c r="C1626" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1626" t="s">
+        <v>1427</v>
       </c>
       <c r="D1626" t="s">
-        <v>1421</v>
+        <v>1428</v>
       </c>
       <c r="E1626" s="2">
-        <v>43773</v>
+        <v>43823</v>
+      </c>
+      <c r="F1626" t="s">
+        <v>1359</v>
       </c>
     </row>
     <row r="1627">
       <c r="A1627">
-        <v>1967</v>
+        <v>2005</v>
       </c>
       <c r="B1627">
         <v>2019</v>
       </c>
       <c r="C1627" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2250332, Intervento A0100E0201, "Scuola primaria Edmondo De Amicis" nel Comune di Forano (RI)
-</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. DOSSIER LI-ES2-2910478_Intervento A0100E0346 presso la "Sede Comunale Roccasecca dei Volsci" nel Comune di Roccasecca dei Volsci (LT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. 159683, E.F. 2019. CUP F54J16000010006 - CIG 8119664EB0</t>
         </is>
       </c>
       <c r="D1627" t="s">
-        <v>1422</v>
+        <v>1429</v>
       </c>
       <c r="E1627" s="2">
-        <v>43768</v>
+        <v>43823</v>
       </c>
     </row>
     <row r="1628">
       <c r="A1628">
-        <v>1966</v>
+        <v>2004</v>
       </c>
       <c r="B1628">
         <v>2019</v>
       </c>
       <c r="C1628" t="inlineStr">
         <is>
-          <t>Procedura negoziata ai sensi del combinato disposto dell'art. 36, comma 2, lett b), dell'art 157, comma 2 del D.Lgs n. 50/2016 e dell'art. 2, comma 2 bis, del D.L. 189/2016 e ss.mm.ii., previa pubblicazione di avviso per manifestazione di interesse per l'affidamento del servizio di verifica del progetto esecutivo per l'intervento denominato "Ricostruzione ospedale di Amatrice (RI)". Ordinanza Commissariale n. 56 del 10/05/2018</t>
+          <t>Reg. (UE) n. 1305/2013. Misura 20 "Assistenza Tecnica" del PSR 2014/2020 del Lazio. Affidamento diretto ai sensi dell'art. 9 del D. Lgs 50/2016. Approvazione schema di atto esecutivo del protocollo di intesa tra Regione Lazio e AGEA reg. cron. 22616/2019. Impegno a favore di SIN S.p.a, codice creditore 185443 di euro 228.079,92 IVA inclusa sul capitolo A13101 e contestuale accertamento in entrata a carico di AGEA, codice creditore 64092, sul capitolo 221132, esercizio finanziario 2019, Codice CUP F81F19000030005.</t>
         </is>
       </c>
       <c r="D1628" t="s">
-        <v>1423</v>
+        <v>1326</v>
       </c>
       <c r="E1628" s="2">
-        <v>43766</v>
+        <v>43823</v>
       </c>
     </row>
     <row r="1629">
       <c r="A1629">
-        <v>1965</v>
+        <v>2003</v>
       </c>
       <c r="B1629">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="C1629" t="inlineStr">
         <is>
-          <t>Gara attraverso il MEPA per l’affidamento dei servizi necessari all’organizzazione e all’espletamento delle procedure concorsuali per l’assunzione a tempo pieno e indeterminato di 200 unità di personale, con il profilo professionale di Esperto mercato e servizi per il lavoro, categoria D – posizione economica D1, e di n. 60 unità di personale, a tempo pieno e indeterminato, con il profilo di Assistente mercato e servizi per il lavoro, categoria C – posizione C1, per il potenziamento dei centri d’impiego e delle politiche attive del lavoro.</t>
+          <t>Misura 20 "Assistenza Tecnica" del PSR 2014/2020 del Lazio, domanda di sostegno n. 54250339261, atto di concessione n. G05877 04/05/2018. Approvazione dello schema di accordo di collaborazione tra Regione Lazio e Centro di Ricerca Politiche e Bio-economia del Consiglio per la Ricerca in Agricoltura e l'Analisi dell'Economia Agraria (di seguito "CREA-PB"), per il supporto all'attività di monitoraggio della tenuta della contabilità aziendale, secondo la metodologia RICA, da parte dei beneficiari del Programma di Sviluppo Rurale (PSR) del Lazio 2007/2013 - CUP FC89C18000260009</t>
         </is>
       </c>
       <c r="D1629" t="s">
-        <v>1424</v>
+        <v>1326</v>
       </c>
       <c r="E1629" s="2">
-        <v>43742</v>
+        <v>43822</v>
       </c>
     </row>
     <row r="1630">
       <c r="A1630">
-        <v>1964</v>
+        <v>2002</v>
       </c>
       <c r="B1630">
         <v>2019</v>
       </c>
       <c r="C1630" t="inlineStr">
         <is>
-          <t>Servizio di gestione degli impianti idrovori di Via Ferloni, Via di Villa Livia e Via Frassineto con particolare riguardo agli eventi di piena, compresa la manutenzione dei canali adduttori e delle aree verdi, in Comune di Roma. Progetto n. 19 del 20/03/2019 </t>
-[...3 lines deleted...]
-        <v>1425</v>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier n. LI-ES2-0900227_ Intervento A0100E0051 presso la "Scuola Elementare Dante Alighieri nel Comune di Fabrica Di Roma (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, E.F. 2019. CUP F92B17000120006 – CIG 8139676121</t>
+        </is>
+      </c>
+      <c r="D1630">
+        <v>8139676121</v>
       </c>
       <c r="E1630" s="2">
-        <v>43735</v>
-[...2 lines deleted...]
-        <v>1426</v>
+        <v>43822</v>
       </c>
     </row>
     <row r="1631">
       <c r="A1631">
-        <v>1963</v>
+        <v>2001</v>
       </c>
       <c r="B1631">
         <v>2019</v>
       </c>
-      <c r="C1631" t="s">
-        <v>1427</v>
+      <c r="C1631" t="inlineStr">
+        <is>
+          <t>Lavori di consolidamento della Rupe in località Mercatello, a completamento dell'intervento di somma urgenza per movimento franoso nel Comune di Bagnoregio (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sul Capitolo C12152 a favore di creditori diversi (codice creditore 3805) di € 809.865,50=, e di € 1.350,86= a favore della soc. Lexemedia, e Impegno sul Capitolo T19427 di € 375,00= a favore dell'Autorita Nazionale Anticorruzione (Cod.creditore 159683) E.F. 2019.CUP: F69D15001850002- CIG lavori 8133947966 e CIG pubblicazione ZE929A1C28
+</t>
+        </is>
       </c>
       <c r="D1631" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="E1631" s="2">
-        <v>43735</v>
+        <v>43822</v>
       </c>
     </row>
     <row r="1632">
       <c r="A1632">
-        <v>1962</v>
+        <v>2000</v>
       </c>
       <c r="B1632">
         <v>2019</v>
       </c>
       <c r="C1632" t="inlineStr">
         <is>
-          <t>Lavori di ripristino della briglia e contro-briglia in corrispondenza ed a valle del ponte Rosa, con ri-sezionamento della sezione idraulica del fiume Tronto, in località “Retrosi” nel Comune di Amatrice (RI). Progetto esecutivo n. 351 del 24.04.2018 - CUP F72H17000270002 – CIG 8023646A22 Determinazione a contrarre per l’importo complessivo di €.264.686,34 sui capitoli di bilancio nn. D34507 e T19427 esercizio finanziario. 2018, 2019 e 2020.</t>
+          <t>Determinazione a contrarre finalizzata all’affidamento, ai sensi dell’art. 36, comma 2,n lettera b) del D.lgs. n. 50/2016, previa indagine esplorativa del mercato, dei lavori per la rimozione della vegetazione spontanea presente nell’alveo del fiume Velino, compresa la risagomatura delle sponde nel tratto compreso tra i Comuni di Antrodoco e Borgo Velino (RI) –Determinazione acontrarre ed approvazione atti di gara. Impegno di spesa sul cap. E41918, importo di € 86.800,00= E.F. 2019 a favore di Creditori Diversi (cod. cred. 3805) ed Impegno di spesa sul Capitolo T19427 di € 30,00= (Cod. creditore 159683). CUP F85G19000090002 CIG 81317547AE</t>
         </is>
       </c>
       <c r="D1632" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="E1632" s="2">
-        <v>43732</v>
+        <v>43822</v>
       </c>
     </row>
     <row r="1633">
       <c r="A1633">
-        <v>1961</v>
+        <v>1999</v>
       </c>
       <c r="B1633">
         <v>2019</v>
       </c>
       <c r="C1633" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento dei servizi di stampa, imbustamento e postalizzazione degli avvisi bonari per il recupero dell’evasione dei ticket sanitari relativi alle prestazioni di specialistica ambulatoriale e farmaceutica erogate dagli Enti del S.S.R. di Regione Lazio</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2160188–Intervento n. A0100E0080 - "Scuola Elementare e Materna Maffi" nel Comune di Roma Capitale. Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. 159683, E.F. 2019.CUP: F87D18000310009 - CIG 811596308B</t>
         </is>
       </c>
       <c r="D1633" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="E1633" s="2">
-        <v>43731</v>
+        <v>43819</v>
       </c>
     </row>
     <row r="1634">
       <c r="A1634">
-        <v>1960</v>
+        <v>1998</v>
       </c>
       <c r="B1634">
         <v>2019</v>
       </c>
       <c r="C1634" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento n. A0100E0204 - Dossier n. LIES2- 20160109-2470216 “Lavori di efficientamento energetico presso la Scuola Media Luigi Dasti nel Comune di Tarquinia (VT)”. Determina a contrarre ed approvazione atti di gara per l’affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. 159683, E.F. 2019. CUP: F84D16000030006_CIG 7931281C1F</t>
+          <t>Affidamento della progettazione definitiva, esecutiva e coordinamento della sicurezza in fase di progettazione per i lavori di ampliamento della sede viaria della circonvallazione in Accumoli capoluogo.</t>
         </is>
       </c>
       <c r="D1634" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="E1634" s="2">
-        <v>43735</v>
+        <v>43819</v>
       </c>
     </row>
     <row r="1635">
       <c r="A1635">
-        <v>1959</v>
+        <v>1997</v>
       </c>
       <c r="B1635">
         <v>2019</v>
       </c>
-      <c r="C1635" t="s">
-        <v>1432</v>
+      <c r="C1635" t="inlineStr">
+        <is>
+          <t>Procedura di gara mediante adesione al Sistema Dinamico di Acquisizione di CONSIP SpA., di cui all'art. 55 del D. Lgs. n. 50/2016, per l'acquisto di arredi per ufficio a ridotto impatto ambientale occorrenti alle sedi della Regione Lazio site all'interno del comune di Roma e dell'area metropolitana suddivisa in due lotti.</t>
+        </is>
       </c>
       <c r="D1635" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="E1635" s="2">
-        <v>43725</v>
+        <v>43818</v>
       </c>
     </row>
     <row r="1636">
       <c r="A1636">
-        <v>1958</v>
+        <v>1996</v>
       </c>
       <c r="B1636">
         <v>2019</v>
       </c>
-      <c r="C1636" t="s">
-        <v>1434</v>
+      <c r="C1636" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all'affidamento del multiservizio tecnologico di manutenzione degli impianti relativi agli immobili in uso alle aziende sanitarie della Regione Lazio (Policlinico Umberto I, San Camillo, INMI “Spallanzani”, IFO “Istituto Nazionale Tumori Regina Elena”)</t>
+        </is>
       </c>
       <c r="D1636" t="s">
         <v>1435</v>
       </c>
       <c r="E1636" s="2">
-        <v>43725</v>
+        <v>43812</v>
       </c>
     </row>
     <row r="1637">
       <c r="A1637">
-        <v>1957</v>
+        <v>1995</v>
       </c>
       <c r="B1637">
         <v>2019</v>
       </c>
-      <c r="C1637" t="s">
+      <c r="C1637" t="inlineStr">
+        <is>
+          <t>Impegno di spesa in favore di UNIEURO SPA per acquisto di n° 180 stufette al fine del potenziamento della colonna mobile regionale. Inpegno di spesa € 5.709,60 IVA Compresa</t>
+        </is>
+      </c>
+      <c r="D1637" t="s">
         <v>1436</v>
       </c>
-      <c r="D1637" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E1637" s="2">
-        <v>43725</v>
+        <v>43811</v>
       </c>
     </row>
     <row r="1638">
       <c r="A1638">
-        <v>1956</v>
+        <v>1994</v>
       </c>
       <c r="B1638">
         <v>2019</v>
       </c>
       <c r="C1638" t="inlineStr">
         <is>
-          <t>Servizio di pubblicazione legale sulla GURI e dell'Avviso per estratto sui quotidiani, ai sensi dell'art. 98 del D.lgs 50/2016 e del DM 2 Dicembre 2016, dei risultati della procedura di aggiudicazione relativi alla "Procedura aperta per l'affidamento dei servizi tecnici di architettura e ingegneria relativi ai lavori di ricostruzione dell'ospedale nel Comune di Amatrice.</t>
+          <t>Impegno di spesa in favore della SONEPAR ITALIA per acquisto di cavi unipolari al fine del potenziamento della colonna mobile regionale. Inpegno di spesa € 5.994,52 IVA Compresa</t>
         </is>
       </c>
       <c r="D1638" t="s">
-        <v>1438</v>
+        <v>1437</v>
       </c>
       <c r="E1638" s="2">
-        <v>43721</v>
+        <v>43811</v>
       </c>
     </row>
     <row r="1639">
       <c r="A1639">
-        <v>1955</v>
+        <v>1993</v>
       </c>
       <c r="B1639">
         <v>2019</v>
       </c>
-      <c r="C1639" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1639" t="s">
+        <v>1438</v>
       </c>
       <c r="D1639" t="s">
         <v>1439</v>
       </c>
       <c r="E1639" s="2">
-        <v>43717</v>
+        <v>43811</v>
       </c>
     </row>
     <row r="1640">
       <c r="A1640">
-        <v>1954</v>
+        <v>1992</v>
       </c>
       <c r="B1640">
         <v>2019</v>
       </c>
       <c r="C1640" t="s">
         <v>1440</v>
       </c>
       <c r="D1640" t="s">
         <v>1441</v>
       </c>
       <c r="E1640" s="2">
-        <v>43714</v>
+        <v>43811</v>
       </c>
     </row>
     <row r="1641">
       <c r="A1641">
-        <v>1953</v>
+        <v>1991</v>
       </c>
       <c r="B1641">
         <v>2019</v>
       </c>
       <c r="C1641" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 – Intervento R60 “Lavori urgenti di ripristino dell’officiosità idraulica del fiume Arrone da Via Aurelia alla foce.” Determinazione a contrarre per l’affidamento della redazione dello studio di Valutazione d’Incidenza Ambientale (V.Inc.A.). CUP F33H1900034000 - CIG Z042929C72</t>
+          <t>Impegno di spesa in favore della Pratesi Hotel Division S.r.l. per acquisto di stoviglie biodegradabile, per esercitazione CHILDEX 2019 – Impegno di spesa di € 2.165,60 IVA compresa.Esercizio Finanziario 2019 - Cap. E47900</t>
         </is>
       </c>
       <c r="D1641" t="s">
         <v>1442</v>
       </c>
       <c r="E1641" s="2">
-        <v>43711</v>
+        <v>43811</v>
       </c>
     </row>
     <row r="1642">
       <c r="A1642">
-        <v>1952</v>
+        <v>1990</v>
       </c>
       <c r="B1642">
         <v>2019</v>
       </c>
-      <c r="C1642" t="s">
-[...3 lines deleted...]
-        <v>1444</v>
+      <c r="C1642" t="inlineStr">
+        <is>
+          <t>Determinazione a contrarre ai sensi dell’art. 32, comma 2, D.Lgs. n. 50/2016 e autorizzazione all’espletamento della procedura di gara aperta ai sensi dell’art. 60 del D.Lgs. n. 50/2016, per l’affidamento della fornitura di noleggio a lungo termine senza conducente di n. 18 veicoli operativi con allestimento AIB (antincendio boschivo), suddivisi in due lotti, destinati alle attività di antincendio boschivo di competenza dell’Agenzia Regionale di Protezione Civile, comprensivo del servizio di manutenzione “Full Service”. </t>
+        </is>
+      </c>
+      <c r="D1642">
+        <v>7596633</v>
       </c>
       <c r="E1642" s="2">
-        <v>43707</v>
+        <v>43811</v>
       </c>
     </row>
     <row r="1643">
       <c r="A1643">
-        <v>1951</v>
+        <v>1989</v>
       </c>
       <c r="B1643">
         <v>2019</v>
       </c>
-      <c r="C1643" t="s">
-[...3 lines deleted...]
-        <v>7995037140</v>
+      <c r="C1643" t="inlineStr">
+        <is>
+          <t>POR FESR LAZIO 2014-2020. Progetto A0097E0015. Sistema Informativo di gestione, monitoraggio e controllo del POR FSE e del POR FESR Lazio 2014-2020. Affidamento a LAZIOcrea Spa (ex LAit Spa) di "Servizi analoghi a quelli oggetto delle Determinazioni n. G11938 del 05/10/2015, assunta dal Direttore "Formazione, Ricerca e Innovazione, Scuola e Università, Diritto allo studio", e n. G12003 del 06/10/2015, assunta dal Direttore "Sviluppo Economico e Attività produttive". Impegno di spesa di € 152.963,22 a valere sui capitoli A42182, A42183 e A42184. Esercizi finanziari 2019-2020. CUP F81G19000220009.</t>
+        </is>
+      </c>
+      <c r="D1643" t="s">
+        <v>1443</v>
       </c>
       <c r="E1643" s="2">
-        <v>43707</v>
+        <v>43810</v>
       </c>
     </row>
     <row r="1644">
       <c r="A1644">
-        <v>1950</v>
+        <v>1988</v>
       </c>
       <c r="B1644">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="C1644" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. – Intervento R60 “lavori urgenti di ripristino dell’officiosita’ idraulica del fiume Arrone dall’incile alla foce”. </t>
-[...3 lines deleted...]
-        <v>8009197672</v>
+          <t>POR FESR Lazio 2014-2020. Progetto n. A0097E0012. Approvazione Piano delle Attività "Assistenza Tecnica all'Autorità di Gestione del POR FESR Lazio 2014-2020" presentato da LAZIOcrea S.p.A. nell'ambito dell'Asse Prioritario 6 – Obiettivo specifico 6.1.5. Approvazione dello schema di convenzione tra la Regione Lazio e LAZIOcrea S.p.A. - CUP n. F81H17000070009.</t>
+        </is>
+      </c>
+      <c r="D1644" t="s">
+        <v>1443</v>
       </c>
       <c r="E1644" s="2">
-        <v>43700</v>
+        <v>43810</v>
       </c>
     </row>
     <row r="1645">
       <c r="A1645">
-        <v>1949</v>
+        <v>1987</v>
       </c>
       <c r="B1645">
         <v>2019</v>
       </c>
-      <c r="C1645" t="s">
-        <v>1446</v>
+      <c r="C1645" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020. Progetto A0097E0014. Adesione alla Convenzione Consip "Supporto specialistico e assistenza tecnica alle Autorità di gestione e di certificazione per l'attuazione dei Programmi Operativi 2014-2020" Lotto n. 4. Impegni di spesa pari ad € 1.800.512,60 sui capitoli A42176, A42177 e A42178 esercizi finanziari 2019 – 2020 - 2021. Affidamento incarico di Direttore dell'Esecuzione del Contratto – DEC. CUP F89F15000010006. CIG 7961869625.
+</t>
+        </is>
       </c>
       <c r="D1645" t="s">
-        <v>1447</v>
+        <v>1444</v>
       </c>
       <c r="E1645" s="2">
-        <v>43698</v>
-[...4 lines deleted...]
-        </is>
+        <v>43810</v>
       </c>
     </row>
     <row r="1646">
       <c r="A1646">
-        <v>1948</v>
+        <v>1986</v>
       </c>
       <c r="B1646">
         <v>2019</v>
       </c>
       <c r="C1646" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento R61 "Lavori di messa in sicurezza di un'area soggetta a fenomeni franosi località Via La Veduta nel Comune di Atina (FR)".</t>
-[...3 lines deleted...]
-        <v>1448</v>
+          <t>Procedura di gara per l'affidamento del Servizio di Assistenza Tecnica per la Gestione del Programma Operativo Nazionale "Sistema di politiche attive per l'occupazione".</t>
+        </is>
+      </c>
+      <c r="D1646">
+        <v>8121353083</v>
       </c>
       <c r="E1646" s="2">
-        <v>43684</v>
+        <v>43810</v>
       </c>
     </row>
     <row r="1647">
       <c r="A1647">
-        <v>1947</v>
+        <v>1985</v>
       </c>
       <c r="B1647">
         <v>2019</v>
       </c>
-      <c r="C1647" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1647" t="s">
+        <v>1445</v>
       </c>
       <c r="D1647" t="s">
-        <v>1449</v>
+        <v>1446</v>
       </c>
       <c r="E1647" s="2">
-        <v>43684</v>
+        <v>43809</v>
       </c>
     </row>
     <row r="1648">
       <c r="A1648">
-        <v>1946</v>
+        <v>1984</v>
       </c>
       <c r="B1648">
         <v>2019</v>
       </c>
       <c r="C1648" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. – Intervento R66 “Lavori Urgenti di Ripascimento e Manutenzione delle Opere Esistenti a Causa di Erosione Costiera nel comune di Tarquinia”; Approvazione progetto definitivo-esecutivo e Determinazione a contrarre. CUP F85J19001390001 - CIG 7983626896 </t>
+          <t>Gara attraverso il MEPA per l’affidamento dei servizi necessari all’organizzazione e all’espletamento delle procedure concorsuali per l’assunzione a tempo pieno e indeterminato di complessive N. 95 unità di personale, Cat. D, diverso profilo professionale, per il potenziamento dei centri per l’impiego e delle politiche attive del lavoro. </t>
         </is>
       </c>
       <c r="D1648">
-        <v>7983626896</v>
+        <v>8074036947</v>
       </c>
       <c r="E1648" s="2">
-        <v>43684</v>
+        <v>43809</v>
       </c>
     </row>
     <row r="1649">
       <c r="A1649">
-        <v>1945</v>
+        <v>1983</v>
       </c>
       <c r="B1649">
         <v>2019</v>
       </c>
       <c r="C1649" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta per l’acquisizione del servizio di supporto al monitoraggio 2 del contratto di multiservizio tecnologico occorrente alle Aziende Sanitarie della Regione Lazio.</t>
+          <t>Riapertura dei termini per la presentazione di manifestazioni d’interesse relative all’“Avviso pubblico per indagine di mercato finalizzata all’individuazione di operatori economici da invitare ad una procedura negoziata ai sensi dell’art. 36, comma 2, lett. b) del d.lgs. n. 50/2016 e ss.mm.ii. per l’affidamento della rimozione e smaltimento di n. 5 relitti navali presenti lungo le sponde del Fiume Tevere in Comune di Fiumicino (RM)”.</t>
         </is>
       </c>
       <c r="D1649" t="s">
-        <v>1450</v>
+        <v>1447</v>
       </c>
       <c r="E1649" s="2">
-        <v>43684</v>
+        <v>43805</v>
       </c>
     </row>
     <row r="1650">
       <c r="A1650">
-        <v>1944</v>
+        <v>1982</v>
       </c>
       <c r="B1650">
         <v>2019</v>
       </c>
       <c r="C1650" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. – Intervento R64 "Lavori Urgenti di Ripascimento e Manutenzione delle Opere Esistenti a Causa di Erosione Costiera nel comune di Roma – X Municipio Ostia", Approvazione progetto definitivo-esecutivo e Determinazione a contrarre per l'affidamento dei lavori CUP F85J19001400001 CIG 7981847C81</t>
+          <t>Procedura di gara aperta ai sensi dell'art.60 del D.Lgs. 50/2016, per l'affidamento del "Servizio di Tesoreria della Regione Lazio", autorizzata con Determina a contrarre n G16652 del 03/12/2019. </t>
         </is>
       </c>
       <c r="D1650" t="s">
-        <v>1451</v>
+        <v>1448</v>
       </c>
       <c r="E1650" s="2">
-        <v>43679</v>
+        <v>43804</v>
       </c>
     </row>
     <row r="1651">
       <c r="A1651">
-        <v>1943</v>
+        <v>1981</v>
       </c>
       <c r="B1651">
         <v>2019</v>
       </c>
-      <c r="C1651" t="s">
-[...3 lines deleted...]
-        <v>7412914227</v>
+      <c r="C1651" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014 - 2020. Call for proposal 2.0 relativa alla linea di intervento denominata “Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l’efficienza energetica e l’incremento dell’uso delle energie rinnovabili”. Intervento A0100E0287 - Dossier LIES2- 3620446 Lavori di efficientamento energetico da attuare presso l’edificio scolastico “Campi d'Annibale” nel Comune di Rocca di Papa (RM). Determina a contrarre ed approvazione atti di gara per l’affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. 159683, E.F. 2019. CUP F34D17000340009 – CIG 8103490B7C</t>
+        </is>
+      </c>
+      <c r="D1651" t="s">
+        <v>1449</v>
       </c>
       <c r="E1651" s="2">
-        <v>43679</v>
+        <v>43801</v>
       </c>
     </row>
     <row r="1652">
       <c r="A1652">
-        <v>1942</v>
+        <v>1980</v>
       </c>
       <c r="B1652">
         <v>2019</v>
       </c>
       <c r="C1652" t="s">
-        <v>1453</v>
+        <v>1450</v>
       </c>
       <c r="D1652" t="s">
-        <v>1454</v>
+        <v>1451</v>
       </c>
       <c r="E1652" s="2">
-        <v>43679</v>
+        <v>43791</v>
+      </c>
+      <c r="F1652" t="s">
+        <v>1452</v>
       </c>
     </row>
     <row r="1653">
       <c r="A1653">
-        <v>1941</v>
+        <v>1979</v>
       </c>
       <c r="B1653">
         <v>2019</v>
       </c>
       <c r="C1653" t="inlineStr">
         <is>
-          <t>Intervento n. 44 - “Consolidamento dissesto gravitativo in località Peschio” nel comune di Morolo (FR). Affidamento dell’incarico finalizzato all’aggiornamento del progetto esecutivo.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura di farmaci biologici e biosimilari occorrenti alle aziende sanitarie e ospedaliere della Regione Lazio e della Regione Calabria.</t>
         </is>
       </c>
       <c r="D1653" t="s">
-        <v>1455</v>
+        <v>1358</v>
       </c>
       <c r="E1653" s="2">
-        <v>43672</v>
+        <v>43791</v>
+      </c>
+      <c r="F1653" t="inlineStr">
+        <is>
+          <t>Elenco CIG: 798674674B;7986753D10;79867602DA;7986774E64;79867846A7;7986787920;7986790B99;7986791C6C; 79868003DC;79868068CE;7986808A74;7986811CED;79868182B7;798682587C;798682694F;7986833F14; 7986836192;79868404DE;7986843757;7986847AA3;7986849C49;7986853F95;7986855140;79868583B9; 798686055F</t>
+        </is>
       </c>
     </row>
     <row r="1654">
       <c r="A1654">
-        <v>1940</v>
+        <v>1978</v>
       </c>
       <c r="B1654">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>1456</v>
+        <v>2019</v>
+      </c>
+      <c r="C1654" t="inlineStr">
+        <is>
+          <t>Impegno di spesa di euro 61.000,00 (IVA compresa), per l'annualità 2019, a favore della SIAE, cod. cred.122764, sul capitolo di bilancio R31920 esercizio finanziario 2019, giusta Convenzione tra Regione Lazio e SIAE per il pagamento dei diritti di esecuzione musicale in occasione di manifestazioni culturali e ricreative organizzate dai centri anziani del Lazio nel corso del 2019.</t>
+        </is>
       </c>
       <c r="D1654" t="s">
-        <v>1371</v>
+        <v>6</v>
       </c>
       <c r="E1654" s="2">
-        <v>43753</v>
+        <v>43790</v>
       </c>
     </row>
     <row r="1655">
       <c r="A1655">
-        <v>1939</v>
+        <v>1977</v>
       </c>
       <c r="B1655">
         <v>2019</v>
       </c>
       <c r="C1655" t="inlineStr">
         <is>
-          <t>Per manifestazione di interesse finalizzata all’affidamento della progettazione definitiva, esecutiva e coordinamento della sicurezza in fase di progettazione per i lavori di ampliamento della sede viaria della circonvallazione in Accumoli capoluogo.</t>
+          <t>Affidamento diretto, ai sensi dell'art. 36, co. 2, lettera a) del d.lgs. n. 50/2016, di un servizio di studio e ricerca in ambito economico-finanziario per la realizzazione di un modello econometrico regionale destinato alle analisi di stima degli effetti e di impatto macroeconomico della spesa pubblica settoriale-territoriale dell'archivio dei Conti Pubblici Territoriali (CPT).</t>
         </is>
       </c>
       <c r="D1655" t="s">
-        <v>1457</v>
+        <v>1453</v>
       </c>
       <c r="E1655" s="2">
-        <v>43669</v>
+        <v>43790</v>
+      </c>
+      <c r="F1655" t="s">
+        <v>1454</v>
       </c>
     </row>
     <row r="1656">
       <c r="A1656">
-        <v>1938</v>
+        <v>1976</v>
       </c>
       <c r="B1656">
         <v>2019</v>
       </c>
       <c r="C1656" t="s">
-        <v>1458</v>
+        <v>1455</v>
       </c>
       <c r="D1656" t="s">
-        <v>1459</v>
+        <v>1456</v>
       </c>
       <c r="E1656" s="2">
-        <v>43670</v>
+        <v>43789</v>
       </c>
     </row>
     <row r="1657">
       <c r="A1657">
-        <v>1937</v>
+        <v>1975</v>
       </c>
       <c r="B1657">
         <v>2019</v>
       </c>
       <c r="C1657" t="inlineStr">
         <is>
-          <t>Affidamento diretto a SAS Institute S.r.l., Piazza della Repubblica, 68 – 00185 Roma – P.IVA 08517850155, ai sensi dell'art. 36, co. 2, lettera a) del d.lgs. n. 50/2016 per la realizzazione di un corso di formazione SAS Visual Analytics for SAS Viya: overview. Impegno di spesa per euro 10.980,00 (IVA inclusa) a valere sul capitolo di bilancio C11118, esercizio finanziario 2019, missione 01 – programma 03 - aggregato 1.03.02.99. CIG: Z1028EE6AA.</t>
+          <t>Consigliera di parità regionale. Seminario "Stop gender pay gap. Perché ancora esistono differenziali retributivi tra uomini e donne?" che si terrà in data 11 novembre 2019 presso la Sala Tevere della Regione Lazio. Impegno di spesa, sul capitolo di bilancio F31169, di euro 1.230,00 - IVA inclusa – a favore della ditta "La Fornarina" di Spurio Cristiano per la fornitura di servizio catering - Esercizio finanziario 2019</t>
         </is>
       </c>
       <c r="D1657" t="s">
-        <v>1460</v>
+        <v>1457</v>
       </c>
       <c r="E1657" s="2">
-        <v>43658</v>
+        <v>43781</v>
       </c>
     </row>
     <row r="1658">
       <c r="A1658">
-        <v>1936</v>
+        <v>1974</v>
       </c>
       <c r="B1658">
         <v>2019</v>
       </c>
-      <c r="C1658" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1658" t="s">
+        <v>1458</v>
       </c>
       <c r="D1658" t="s">
-        <v>1461</v>
+        <v>1459</v>
       </c>
       <c r="E1658" s="2">
-        <v>43655</v>
+        <v>43777</v>
       </c>
     </row>
     <row r="1659">
       <c r="A1659">
-        <v>1935</v>
+        <v>1973</v>
       </c>
       <c r="B1659">
         <v>2019</v>
       </c>
       <c r="C1659" t="inlineStr">
         <is>
-          <t>Interventi per la mitigazione del rischio idrogeologico della frana per colamento lento in Belmonte Castello località Spetina (FR).  Servizio di coordinatore della sicurezza in fase di progettazione.</t>
+          <t>Affidamento diretto a favore di Ferrino &amp;amp; C. SpA, mediante trattativa diretta sul MEPA, per la fornitura di n. 550 lettini da campeggio pieghevoli ad uso di protezione civile, ai fini del potenziamento della colonna mobile regionale, ai sensi del DPCM art. 41, comma 4, del DL 50/2017.</t>
         </is>
       </c>
       <c r="D1659" t="s">
-        <v>1223</v>
+        <v>1460</v>
       </c>
       <c r="E1659" s="2">
-        <v>43650</v>
+        <v>43777</v>
       </c>
     </row>
     <row r="1660">
       <c r="A1660">
-        <v>1934</v>
+        <v>1972</v>
       </c>
       <c r="B1660">
         <v>2019</v>
       </c>
-      <c r="C1660" t="s">
-        <v>1462</v>
+      <c r="C1660" t="inlineStr">
+        <is>
+          <t>Impegno di spesa in favore della SERIARCO srl per acquisto di n. 500 articoli denominati “T-Shirt Bianche misure varie con logo dell’Agenzia di Protezione Civile” per esercitazione CHILDEX 2019</t>
+        </is>
       </c>
       <c r="D1660" t="s">
-        <v>1463</v>
+        <v>1461</v>
       </c>
       <c r="E1660" s="2">
-        <v>43647</v>
+        <v>43777</v>
       </c>
     </row>
     <row r="1661">
       <c r="A1661">
-        <v>1933</v>
+        <v>1971</v>
       </c>
       <c r="B1661">
         <v>2019</v>
       </c>
-      <c r="C1661" t="s">
-        <v>1464</v>
+      <c r="C1661" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell’art. 60 del D. Lgs.n.50/2016 e s.m.i., finalizzata alla fornitura di sistemi per prelievo ematico sottovuoto e dispositivi di raccolta campione occorrenti alle Aziende Sanitarie della Regione Lazio.</t>
+        </is>
       </c>
       <c r="D1661" t="s">
-        <v>1465</v>
+        <v>1462</v>
       </c>
       <c r="E1661" s="2">
-        <v>43647</v>
+        <v>43777</v>
       </c>
     </row>
     <row r="1662">
       <c r="A1662">
-        <v>1932</v>
+        <v>1970</v>
       </c>
       <c r="B1662">
         <v>2019</v>
       </c>
-      <c r="C1662" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="C1662" t="inlineStr">
+        <is>
+          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs. 50/2016 di un servizio consistente nella realizzazione dei due corsi di formazione "Programmazione SAS" (utenti n. 4) e "Multivariate Statistics (utenti n. 2).</t>
+        </is>
+      </c>
+      <c r="D1662" t="s">
+        <v>1463</v>
       </c>
       <c r="E1662" s="2">
-        <v>43642</v>
-[...2 lines deleted...]
-        <v>1467</v>
+        <v>43776</v>
       </c>
     </row>
     <row r="1663">
       <c r="A1663">
-        <v>1931</v>
+        <v>1969</v>
       </c>
       <c r="B1663">
         <v>2019</v>
       </c>
       <c r="C1663" t="inlineStr">
         <is>
-          <t>Affidamento servizio legale ai sensi dell'art.17 e art.36 comma 2 lettera a del D.lgs.n.50/2016 finalizzato all'effettuazione di uno studio teso a riscontrare l'esistenza dei fenomeni di erosione, di elusione o di evasione della tassa automobilistica, che danno luogo alla perdita di gettito nella Regione Lazio, nell'ambito dei contratti a noleggio a lungo termine, breve termine e car sharing e formulazione di possibili soluzioni riguardo al menzionato fenomeno del mancato gettito.</t>
+          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lettera a) del d.lgs. n. 50/2016 per la fornitura di aggiornamenti e servizi di manutenzione di n. 2 licenze ArcGIS Desktop Standard CU, con n. 4 estensioni Desktop, mediante ODA sul MEPA.</t>
         </is>
       </c>
       <c r="D1663" t="s">
-        <v>1468</v>
+        <v>1464</v>
       </c>
       <c r="E1663" s="2">
-        <v>43641</v>
+        <v>43776</v>
       </c>
     </row>
     <row r="1664">
       <c r="A1664">
-        <v>1930</v>
+        <v>1968</v>
       </c>
       <c r="B1664">
         <v>2019</v>
       </c>
-      <c r="C1664" t="s">
-        <v>1469</v>
+      <c r="C1664" t="inlineStr">
+        <is>
+          <t>Affidamento dei lavori relativi all'esecuzione di ulteriori indagini geognostiche nell'ambito dell'intervento di ricostruzione dell'ospedale di Amatrice (RI), presso l'area ai sensi art 36 comma 2 lett a) D.lgs.50/2016.</t>
+        </is>
       </c>
       <c r="D1664" t="s">
-        <v>1470</v>
+        <v>1465</v>
       </c>
       <c r="E1664" s="2">
-        <v>43640</v>
+        <v>43773</v>
       </c>
     </row>
     <row r="1665">
       <c r="A1665">
-        <v>1929</v>
+        <v>1967</v>
       </c>
       <c r="B1665">
         <v>2019</v>
       </c>
       <c r="C1665" t="inlineStr">
         <is>
-          <t>Approvazione avviso pubblico esplorativo per manifestazione di interesse diretto agli Enti del Terzo settore, operanti nel settore del sostegno alla famiglia e della tutela dei minori vittime di abuso e maltrattamento, interessati a partecipare alla successiva procedura per l'affidamento del servizio di gestione del "Centro Giorgio Fregosi per i bambini ed adolescenti vittime di abuso e maltrattamento" ubicato in Roma Via dei Sabelli n. 108, tramite procedura negoziata ex art. 36, comma 2, lettera b) del D.Lgs. 18 aprile 2016 n. 50 e s.s. m.m. i.i., fuori dal Mercato Elettronico della Pubblica Amministrazione - senza impegno di spesa.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2250332, Intervento A0100E0201, "Scuola primaria Edmondo De Amicis" nel Comune di Forano (RI)
+</t>
         </is>
       </c>
       <c r="D1665" t="s">
-        <v>1223</v>
+        <v>1466</v>
       </c>
       <c r="E1665" s="2">
-        <v>43635</v>
+        <v>43768</v>
       </c>
     </row>
     <row r="1666">
       <c r="A1666">
-        <v>1928</v>
+        <v>1966</v>
       </c>
       <c r="B1666">
         <v>2019</v>
       </c>
-      <c r="C1666" t="s">
-        <v>1471</v>
+      <c r="C1666" t="inlineStr">
+        <is>
+          <t>Procedura negoziata ai sensi del combinato disposto dell'art. 36, comma 2, lett b), dell'art 157, comma 2 del D.Lgs n. 50/2016 e dell'art. 2, comma 2 bis, del D.L. 189/2016 e ss.mm.ii., previa pubblicazione di avviso per manifestazione di interesse per l'affidamento del servizio di verifica del progetto esecutivo per l'intervento denominato "Ricostruzione ospedale di Amatrice (RI)". Ordinanza Commissariale n. 56 del 10/05/2018</t>
+        </is>
       </c>
       <c r="D1666" t="s">
-        <v>1472</v>
+        <v>1467</v>
       </c>
       <c r="E1666" s="2">
-        <v>43634</v>
+        <v>43766</v>
       </c>
     </row>
     <row r="1667">
       <c r="A1667">
-        <v>1927</v>
+        <v>1965</v>
       </c>
       <c r="B1667">
         <v>2019</v>
       </c>
-      <c r="C1667" t="s">
-        <v>1473</v>
+      <c r="C1667" t="inlineStr">
+        <is>
+          <t>Gara attraverso il MEPA per l’affidamento dei servizi necessari all’organizzazione e all’espletamento delle procedure concorsuali per l’assunzione a tempo pieno e indeterminato di 200 unità di personale, con il profilo professionale di Esperto mercato e servizi per il lavoro, categoria D – posizione economica D1, e di n. 60 unità di personale, a tempo pieno e indeterminato, con il profilo di Assistente mercato e servizi per il lavoro, categoria C – posizione C1, per il potenziamento dei centri d’impiego e delle politiche attive del lavoro.</t>
+        </is>
       </c>
       <c r="D1667" t="s">
-        <v>1474</v>
+        <v>1468</v>
       </c>
       <c r="E1667" s="2">
-        <v>43634</v>
-[...2 lines deleted...]
-        <v>1475</v>
+        <v>43742</v>
       </c>
     </row>
     <row r="1668">
       <c r="A1668">
-        <v>1926</v>
+        <v>1964</v>
       </c>
       <c r="B1668">
         <v>2019</v>
       </c>
       <c r="C1668" t="inlineStr">
         <is>
-          <t>Avviso indagine di mercato per manifestazione di interesse a partecipare alla procedura negoziata per ’affidamento del “servizio di movimentazione, ritiro, carico, trasporto e smaltimento fanghi biologici di depurazione e rifiuti palabili prodotti dall’impianto di depurazione in comune di Marta (VT)”, nell’ambito dei lavori di “adeguamento rete fognaria e depuratore CO.BA.L.B. a servizio dei comuni del lago di Bolsena”, CUP: F84E12000450002</t>
+          <t>Servizio di gestione degli impianti idrovori di Via Ferloni, Via di Villa Livia e Via Frassineto con particolare riguardo agli eventi di piena, compresa la manutenzione dei canali adduttori e delle aree verdi, in Comune di Roma. Progetto n. 19 del 20/03/2019 </t>
         </is>
       </c>
       <c r="D1668" t="s">
-        <v>1223</v>
+        <v>1469</v>
       </c>
       <c r="E1668" s="2">
-        <v>43633</v>
+        <v>43735</v>
+      </c>
+      <c r="F1668" t="s">
+        <v>1470</v>
       </c>
     </row>
     <row r="1669">
       <c r="A1669">
-        <v>1925</v>
+        <v>1963</v>
       </c>
       <c r="B1669">
         <v>2019</v>
       </c>
-      <c r="C1669" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1669" t="s">
+        <v>1471</v>
       </c>
       <c r="D1669" t="s">
-        <v>1476</v>
+        <v>1472</v>
       </c>
       <c r="E1669" s="2">
-        <v>43630</v>
+        <v>43735</v>
       </c>
     </row>
     <row r="1670">
       <c r="A1670">
-        <v>1924</v>
+        <v>1962</v>
       </c>
       <c r="B1670">
         <v>2019</v>
       </c>
       <c r="C1670" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0182 - Dossier LI-ES2-3320347 "Scuola primaria G. Carducci nel Comune di Monte Porzio Catone (RM).</t>
+          <t>Lavori di ripristino della briglia e contro-briglia in corrispondenza ed a valle del ponte Rosa, con ri-sezionamento della sezione idraulica del fiume Tronto, in località “Retrosi” nel Comune di Amatrice (RI). Progetto esecutivo n. 351 del 24.04.2018 - CUP F72H17000270002 – CIG 8023646A22 Determinazione a contrarre per l’importo complessivo di €.264.686,34 sui capitoli di bilancio nn. D34507 e T19427 esercizio finanziario. 2018, 2019 e 2020.</t>
         </is>
       </c>
       <c r="D1670" t="s">
-        <v>1477</v>
+        <v>1473</v>
       </c>
       <c r="E1670" s="2">
-        <v>43629</v>
+        <v>43732</v>
       </c>
     </row>
     <row r="1671">
       <c r="A1671">
-        <v>1923</v>
+        <v>1961</v>
       </c>
       <c r="B1671">
         <v>2019</v>
       </c>
-      <c r="C1671" t="s">
-        <v>1478</v>
+      <c r="C1671" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento dei servizi di stampa, imbustamento e postalizzazione degli avvisi bonari per il recupero dell’evasione dei ticket sanitari relativi alle prestazioni di specialistica ambulatoriale e farmaceutica erogate dagli Enti del S.S.R. di Regione Lazio</t>
+        </is>
       </c>
       <c r="D1671" t="s">
-        <v>1479</v>
+        <v>1474</v>
       </c>
       <c r="E1671" s="2">
-        <v>43630</v>
+        <v>43731</v>
       </c>
     </row>
     <row r="1672">
       <c r="A1672">
-        <v>1922</v>
+        <v>1960</v>
       </c>
       <c r="B1672">
         <v>2019</v>
       </c>
       <c r="C1672" t="inlineStr">
         <is>
-          <t>Lavori di S.U. per il ripristino della officiosità idraulica del fiume Fibreno, a seguito delle avverse condizioni meteo che hanno determinato il crollo di alberature di alto fusto nell’alveo, compromettendo e danneggiando le difese idrauliche, nei comuni di Isola del Liri, Sora e Broccostella.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento n. A0100E0204 - Dossier n. LIES2- 20160109-2470216 “Lavori di efficientamento energetico presso la Scuola Media Luigi Dasti nel Comune di Tarquinia (VT)”. Determina a contrarre ed approvazione atti di gara per l’affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. 159683, E.F. 2019. CUP: F84D16000030006_CIG 7931281C1F</t>
         </is>
       </c>
       <c r="D1672" t="s">
-        <v>1480</v>
+        <v>1475</v>
       </c>
       <c r="E1672" s="2">
-        <v>43622</v>
+        <v>43735</v>
       </c>
     </row>
     <row r="1673">
       <c r="A1673">
-        <v>1921</v>
+        <v>1959</v>
       </c>
       <c r="B1673">
         <v>2019</v>
       </c>
-      <c r="C1673" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1673" t="s">
+        <v>1476</v>
       </c>
       <c r="D1673" t="s">
-        <v>1481</v>
+        <v>1477</v>
       </c>
       <c r="E1673" s="2">
-        <v>43622</v>
-[...2 lines deleted...]
-        <v>1482</v>
+        <v>43725</v>
       </c>
     </row>
     <row r="1674">
       <c r="A1674">
-        <v>1920</v>
+        <v>1958</v>
       </c>
       <c r="B1674">
-        <v>2018</v>
-[...4 lines deleted...]
-        </is>
+        <v>2019</v>
+      </c>
+      <c r="C1674" t="s">
+        <v>1478</v>
       </c>
       <c r="D1674" t="s">
-        <v>1483</v>
+        <v>1479</v>
       </c>
       <c r="E1674" s="2">
-        <v>43614</v>
+        <v>43725</v>
       </c>
     </row>
     <row r="1675">
       <c r="A1675">
-        <v>1919</v>
+        <v>1957</v>
       </c>
       <c r="B1675">
         <v>2019</v>
       </c>
-      <c r="C1675" t="inlineStr">
-[...5 lines deleted...]
-        <v>788000000</v>
+      <c r="C1675" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D1675" t="s">
+        <v>1481</v>
       </c>
       <c r="E1675" s="2">
-        <v>43601</v>
+        <v>43725</v>
       </c>
     </row>
     <row r="1676">
       <c r="A1676">
-        <v>1918</v>
+        <v>1956</v>
       </c>
       <c r="B1676">
         <v>2019</v>
       </c>
       <c r="C1676" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata ""Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier n. LI-ES2-0530026_Intervento A0100E0392 presso l'Edificio Scolastico ""Papa Giovanni XXIII"" nel Comune di Bomarzo (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. creditore 159683, E.F. 2019. CUP F34D16000020006 – CIG7878309A3F</t>
+          <t>Servizio di pubblicazione legale sulla GURI e dell'Avviso per estratto sui quotidiani, ai sensi dell'art. 98 del D.lgs 50/2016 e del DM 2 Dicembre 2016, dei risultati della procedura di aggiudicazione relativi alla "Procedura aperta per l'affidamento dei servizi tecnici di architettura e ingegneria relativi ai lavori di ricostruzione dell'ospedale nel Comune di Amatrice.</t>
         </is>
       </c>
       <c r="D1676" t="s">
-        <v>1484</v>
+        <v>1482</v>
       </c>
       <c r="E1676" s="2">
-        <v>43601</v>
+        <v>43721</v>
       </c>
     </row>
     <row r="1677">
       <c r="A1677">
-        <v>1917</v>
+        <v>1955</v>
       </c>
       <c r="B1677">
         <v>2019</v>
       </c>
       <c r="C1677" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata ""Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2960313_Intervento A0100E0118, presso il ""Palazzo De Magistris"" sede comunale sito in Piazza Diaz n. 1 nel Comune di Sezze (LT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2019.CUP F14D17000390006 CIG 78799872FC</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier n. LI-ES2 2780277_Intervento n. A0100E0174 "Lavori di efficientamento energetico presso la "Scuola Materna Elementare Media C. Rosatelli" nel Comune di Roviano (RM)". Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. 159683, E.F. 2019. CUP: F94D17000130006 - CIG 7942947737</t>
         </is>
       </c>
       <c r="D1677" t="s">
-        <v>1485</v>
+        <v>1483</v>
       </c>
       <c r="E1677" s="2">
-        <v>43601</v>
+        <v>43717</v>
       </c>
     </row>
     <row r="1678">
       <c r="A1678">
-        <v>1916</v>
+        <v>1954</v>
       </c>
       <c r="B1678">
         <v>2019</v>
       </c>
-      <c r="C1678" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1678" t="s">
+        <v>1484</v>
       </c>
       <c r="D1678" t="s">
-        <v>1486</v>
+        <v>1485</v>
       </c>
       <c r="E1678" s="2">
-        <v>43601</v>
+        <v>43714</v>
       </c>
     </row>
     <row r="1679">
       <c r="A1679">
-        <v>1915</v>
+        <v>1953</v>
       </c>
       <c r="B1679">
         <v>2019</v>
       </c>
       <c r="C1679" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier n. “LI-ES2-2470214”. Intervento A0100E0205 presso la “Scuola Media Ettore Sacconi” nel Comune di Tarquinia(VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2019. CUP F83C15000000006 – CIG 783229564C</t>
+          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 – Intervento R60 “Lavori urgenti di ripristino dell’officiosità idraulica del fiume Arrone da Via Aurelia alla foce.” Determinazione a contrarre per l’affidamento della redazione dello studio di Valutazione d’Incidenza Ambientale (V.Inc.A.). CUP F33H1900034000 - CIG Z042929C72</t>
         </is>
       </c>
       <c r="D1679" t="s">
-        <v>1487</v>
+        <v>1486</v>
       </c>
       <c r="E1679" s="2">
-        <v>43601</v>
+        <v>43711</v>
       </c>
     </row>
     <row r="1680">
       <c r="A1680">
-        <v>1914</v>
+        <v>1952</v>
       </c>
       <c r="B1680">
         <v>2019</v>
       </c>
       <c r="C1680" t="s">
+        <v>1487</v>
+      </c>
+      <c r="D1680" t="s">
         <v>1488</v>
       </c>
-      <c r="D1680" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E1680" s="2">
-        <v>43592</v>
+        <v>43707</v>
       </c>
     </row>
     <row r="1681">
       <c r="A1681">
-        <v>1913</v>
+        <v>1951</v>
       </c>
       <c r="B1681">
         <v>2019</v>
       </c>
       <c r="C1681" t="s">
         <v>1489</v>
       </c>
-      <c r="D1681" t="s">
-        <v>1490</v>
+      <c r="D1681">
+        <v>7995037140</v>
       </c>
       <c r="E1681" s="2">
-        <v>43587</v>
+        <v>43707</v>
       </c>
     </row>
     <row r="1682">
       <c r="A1682">
-        <v>1912</v>
+        <v>1950</v>
       </c>
       <c r="B1682">
         <v>2019</v>
       </c>
       <c r="C1682" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici ecc..". Intervento A0100E0452 - LI-ES2-20160115-0820168 - presso il "Plesso scolastico Risorgimento" sito nel Comune di Frascati (RM). Determina a contrarre per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione., ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara–schema contratto. Impegno su Capitoli: A42200-A42201-A42202, codice cred. 3805, e A42134-A42135-A42136, codice cred. 159683, E.F. 2019. CUP F17D17000230009 – CIG 781017584B</t>
-[...3 lines deleted...]
-        <v>1491</v>
+          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. – Intervento R60 “lavori urgenti di ripristino dell’officiosita’ idraulica del fiume Arrone dall’incile alla foce”. </t>
+        </is>
+      </c>
+      <c r="D1682">
+        <v>8009197672</v>
       </c>
       <c r="E1682" s="2">
-        <v>43578</v>
+        <v>43700</v>
       </c>
     </row>
     <row r="1683">
       <c r="A1683">
-        <v>1911</v>
+        <v>1949</v>
       </c>
       <c r="B1683">
         <v>2019</v>
       </c>
-      <c r="C1683" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1683" t="s">
+        <v>1490</v>
       </c>
       <c r="D1683" t="s">
-        <v>1492</v>
+        <v>1491</v>
       </c>
       <c r="E1683" s="2">
-        <v>43573</v>
+        <v>43698</v>
+      </c>
+      <c r="F1683" t="inlineStr">
+        <is>
+          <t>La gara, gestita da SCR Piemonte, è consultabile accedendo al seguente linkhttp://www.scr.piemonte.it/cms/acquisti-forniture-e-servizi/convenzioni/convenzioni-attive/2190-fornitura-di-farmaci-ed-emoderivati-e-servizi-connessi-per-le-aziende-del-servizio-sanitario-regionale-e-dellazienda-usl-valle-daosta-gara-06-2018-aggiornamento-allottavo-appalto-specifico.html</t>
+        </is>
       </c>
     </row>
     <row r="1684">
       <c r="A1684">
-        <v>1910</v>
+        <v>1948</v>
       </c>
       <c r="B1684">
         <v>2019</v>
       </c>
       <c r="C1684" t="inlineStr">
         <is>
-          <t>Acquisto pick up Isuzu modello Planet con modulo AIB (antincendio boschivo) per uso di protezione civile per l’importo complessivo di Euro 47.519,00 comprensivo di IVA. Impegno di spesa di Euro 47.519,00 sul capitolo E46550, esercizio finanziario 2019</t>
+          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento R61 "Lavori di messa in sicurezza di un'area soggetta a fenomeni franosi località Via La Veduta nel Comune di Atina (FR)".</t>
         </is>
       </c>
       <c r="D1684" t="s">
-        <v>1493</v>
+        <v>1492</v>
       </c>
       <c r="E1684" s="2">
-        <v>43564</v>
+        <v>43684</v>
       </c>
     </row>
     <row r="1685">
       <c r="A1685">
-        <v>1909</v>
+        <v>1947</v>
       </c>
       <c r="B1685">
         <v>2019</v>
       </c>
       <c r="C1685" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020 - Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento Dossier n. LI-ES2-2540467 – Progetto n. A0100E0321 - “Scuola elementare di Cura di Vetralla” – Comune di Vetralla. (VT). Affidamento incarico di progettazione di fattibilità tecnico economica, esecutiva, definitiva e di coordinamento della sicurezza in fase di progettazione e approvazione schema di lettera di accettazione incarico professionale alla SEAPER Società di Ingegneria SRL -  P.IVA 02279100609 (cod. cred. 181633) Impegno sui Capitoli A42200 - A42201 - A42202 - E.F. 2019. CIG Z2B251531A – CUP F67F18000000009</t>
+          <t>dlgs 50/2016 determina a contrarre per l’affidamento del servizio di diagnostica, monitoraggio e prestazioni scientifiche specialistiche per l’identificazione di organismi nocivi da quarantena delle piante per l’anno 2019 nel territorio del Lazio. Impegno di spesa euro 122.000,00 IVA inclusa capitolo cap. B11115 macroaggr. 1.03.02.11.000. Es fin 2019 ed impegno di spesa di € 30,00 in favore di Autorità Nazionale Anticorruzione (cc 159683) sul cap. T19427 macroaggr. 1.04.01.01 - E.F. 2019</t>
         </is>
       </c>
       <c r="D1685" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="E1685" s="2">
-        <v>43563</v>
+        <v>43684</v>
       </c>
     </row>
     <row r="1686">
       <c r="A1686">
-        <v>1908</v>
+        <v>1946</v>
       </c>
       <c r="B1686">
         <v>2019</v>
       </c>
       <c r="C1686" t="inlineStr">
         <is>
-          <t>Avviso pubblico per la costituzione di un elenco di operatori economici da invitare alle procedure negoziate ai sensi dell'art. 36 comma 2 del D.lgs. 50/2016, relative all'affidamento dei servizi di abbattimento di manufatti precari abusivi e successiva pulizia delle aree demaniali dei fiumi Tevere ed Aniene, ricadenti nel territorio comunale di Roma Capitale.</t>
-[...3 lines deleted...]
-        <v>1371</v>
+          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. – Intervento R66 “Lavori Urgenti di Ripascimento e Manutenzione delle Opere Esistenti a Causa di Erosione Costiera nel comune di Tarquinia”; Approvazione progetto definitivo-esecutivo e Determinazione a contrarre. CUP F85J19001390001 - CIG 7983626896 </t>
+        </is>
+      </c>
+      <c r="D1686">
+        <v>7983626896</v>
       </c>
       <c r="E1686" s="2">
-        <v>43560</v>
+        <v>43684</v>
       </c>
     </row>
     <row r="1687">
       <c r="A1687">
-        <v>1907</v>
+        <v>1945</v>
       </c>
       <c r="B1687">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1687" t="inlineStr">
         <is>
-          <t>Determina a contrarre, ai sensi dell'art. 32 del D.lgs. 50/2016, di autorizzazione all’espletamento di una procedura aperta, ai sensi dell'articolo 157, comma 2 e dell'articolo 60 del Decreto Legislativo 18 aprile 2016, n. 50, da espletare attraverso il MEPA, per l’affidamento dei servizi tecnici di “supporto al RUP per la supervisione e coordinamento della progettazione, verifica e validazione della progettazione definitiva ed esecutiva” relativamente ai lavori di “efficientamento energetico dell’edificio sede della Giunta Regionale della Regione Lazio sito in via Cristoforo Colombo 212 – Roma” ai sensi dell’art. 26 del D. Lgs. n. 50/2016.</t>
-[...3 lines deleted...]
-        <v>7716076359</v>
+          <t>Gara comunitaria a procedura aperta per l’acquisizione del servizio di supporto al monitoraggio 2 del contratto di multiservizio tecnologico occorrente alle Aziende Sanitarie della Regione Lazio.</t>
+        </is>
+      </c>
+      <c r="D1687" t="s">
+        <v>1494</v>
       </c>
       <c r="E1687" s="2">
-        <v>43537</v>
+        <v>43684</v>
       </c>
     </row>
     <row r="1688">
       <c r="A1688">
-        <v>1906</v>
+        <v>1944</v>
       </c>
       <c r="B1688">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1688" t="inlineStr">
         <is>
-          <t>Gara, attraverso il MEPA di Consip, per l’affidamento del servizio di spedizione della corrispondenza della Regione Lazio sul territorio nazionale ed internazionale, per la durata di due anni.</t>
+          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. – Intervento R64 "Lavori Urgenti di Ripascimento e Manutenzione delle Opere Esistenti a Causa di Erosione Costiera nel comune di Roma – X Municipio Ostia", Approvazione progetto definitivo-esecutivo e Determinazione a contrarre per l'affidamento dei lavori CUP F85J19001400001 CIG 7981847C81</t>
         </is>
       </c>
       <c r="D1688" t="s">
         <v>1495</v>
       </c>
       <c r="E1688" s="2">
-        <v>43532</v>
+        <v>43679</v>
       </c>
     </row>
     <row r="1689">
       <c r="A1689">
-        <v>1905</v>
+        <v>1943</v>
       </c>
       <c r="B1689">
         <v>2019</v>
       </c>
-      <c r="C1689" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D1689" t="s">
+      <c r="C1689" t="s">
         <v>1496</v>
       </c>
+      <c r="D1689">
+        <v>7412914227</v>
+      </c>
       <c r="E1689" s="2">
-        <v>43531</v>
-[...2 lines deleted...]
-        <v>1497</v>
+        <v>43679</v>
       </c>
     </row>
     <row r="1690">
       <c r="A1690">
+        <v>1942</v>
+      </c>
+      <c r="B1690">
+        <v>2019</v>
+      </c>
+      <c r="C1690" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D1690" t="s">
+        <v>1498</v>
+      </c>
+      <c r="E1690" s="2">
+        <v>43679</v>
+      </c>
+    </row>
+    <row r="1691">
+      <c r="A1691">
+        <v>1941</v>
+      </c>
+      <c r="B1691">
+        <v>2019</v>
+      </c>
+      <c r="C1691" t="inlineStr">
+        <is>
+          <t>Intervento n. 44 - “Consolidamento dissesto gravitativo in località Peschio” nel comune di Morolo (FR). Affidamento dell’incarico finalizzato all’aggiornamento del progetto esecutivo.</t>
+        </is>
+      </c>
+      <c r="D1691" t="s">
+        <v>1499</v>
+      </c>
+      <c r="E1691" s="2">
+        <v>43672</v>
+      </c>
+    </row>
+    <row r="1692">
+      <c r="A1692">
+        <v>1940</v>
+      </c>
+      <c r="B1692">
+        <v>2018</v>
+      </c>
+      <c r="C1692" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D1692" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E1692" s="2">
+        <v>43753</v>
+      </c>
+    </row>
+    <row r="1693">
+      <c r="A1693">
+        <v>1939</v>
+      </c>
+      <c r="B1693">
+        <v>2019</v>
+      </c>
+      <c r="C1693" t="inlineStr">
+        <is>
+          <t>Per manifestazione di interesse finalizzata all’affidamento della progettazione definitiva, esecutiva e coordinamento della sicurezza in fase di progettazione per i lavori di ampliamento della sede viaria della circonvallazione in Accumoli capoluogo.</t>
+        </is>
+      </c>
+      <c r="D1693" t="s">
+        <v>1501</v>
+      </c>
+      <c r="E1693" s="2">
+        <v>43669</v>
+      </c>
+    </row>
+    <row r="1694">
+      <c r="A1694">
+        <v>1938</v>
+      </c>
+      <c r="B1694">
+        <v>2019</v>
+      </c>
+      <c r="C1694" t="s">
+        <v>1502</v>
+      </c>
+      <c r="D1694" t="s">
+        <v>1503</v>
+      </c>
+      <c r="E1694" s="2">
+        <v>43670</v>
+      </c>
+    </row>
+    <row r="1695">
+      <c r="A1695">
+        <v>1937</v>
+      </c>
+      <c r="B1695">
+        <v>2019</v>
+      </c>
+      <c r="C1695" t="inlineStr">
+        <is>
+          <t>Affidamento diretto a SAS Institute S.r.l., Piazza della Repubblica, 68 – 00185 Roma – P.IVA 08517850155, ai sensi dell'art. 36, co. 2, lettera a) del d.lgs. n. 50/2016 per la realizzazione di un corso di formazione SAS Visual Analytics for SAS Viya: overview. Impegno di spesa per euro 10.980,00 (IVA inclusa) a valere sul capitolo di bilancio C11118, esercizio finanziario 2019, missione 01 – programma 03 - aggregato 1.03.02.99. CIG: Z1028EE6AA.</t>
+        </is>
+      </c>
+      <c r="D1695" t="s">
+        <v>1504</v>
+      </c>
+      <c r="E1695" s="2">
+        <v>43658</v>
+      </c>
+    </row>
+    <row r="1696">
+      <c r="A1696">
+        <v>1936</v>
+      </c>
+      <c r="B1696">
+        <v>2019</v>
+      </c>
+      <c r="C1696" t="inlineStr">
+        <is>
+          <t>POR-FESR Lazio 2014-2020 – Attuazione dell’Azione 5.1.1 “Interventi di messa in sicurezza e per l’aumento della resilienza dei territori più esposti a rischio idrogeologico e di erosione costiera” dell’Asse prioritario 5 Rischio idrogeologico, di cui alla D.G.R. n. 397 del 28 luglio 2015 che approva la Scheda Modalità Attuative del Programma Operativo. Progetto A0123E0199: Intervento di “Sistemazione Idraulica del Fiume Turano”- Cod. ReNDiS 12IR034/G1.Determinazione a contrarre e approvazione della documentazione di gara relativa all’affidamento dei lavori di “Sistemazione Idraulica del Fiume Turano” nel tratto compreso tra il Ponte sulla S.S. N. 4 Salaria e Via Votone e ripristino frana in fregio alla pista ciclabile sul Fiume Velino – fronte ex I.T.G. Tratto Urbano, nel Comune di Rieti” - CUP F13H17000020006 - CIG 79304248E8.</t>
+        </is>
+      </c>
+      <c r="D1696" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E1696" s="2">
+        <v>43655</v>
+      </c>
+    </row>
+    <row r="1697">
+      <c r="A1697">
+        <v>1935</v>
+      </c>
+      <c r="B1697">
+        <v>2019</v>
+      </c>
+      <c r="C1697" t="inlineStr">
+        <is>
+          <t>Interventi per la mitigazione del rischio idrogeologico della frana per colamento lento in Belmonte Castello località Spetina (FR).  Servizio di coordinatore della sicurezza in fase di progettazione.</t>
+        </is>
+      </c>
+      <c r="D1697" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E1697" s="2">
+        <v>43650</v>
+      </c>
+    </row>
+    <row r="1698">
+      <c r="A1698">
+        <v>1934</v>
+      </c>
+      <c r="B1698">
+        <v>2019</v>
+      </c>
+      <c r="C1698" t="s">
+        <v>1506</v>
+      </c>
+      <c r="D1698" t="s">
+        <v>1507</v>
+      </c>
+      <c r="E1698" s="2">
+        <v>43647</v>
+      </c>
+    </row>
+    <row r="1699">
+      <c r="A1699">
+        <v>1933</v>
+      </c>
+      <c r="B1699">
+        <v>2019</v>
+      </c>
+      <c r="C1699" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D1699" t="s">
+        <v>1509</v>
+      </c>
+      <c r="E1699" s="2">
+        <v>43647</v>
+      </c>
+    </row>
+    <row r="1700">
+      <c r="A1700">
+        <v>1932</v>
+      </c>
+      <c r="B1700">
+        <v>2019</v>
+      </c>
+      <c r="C1700" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D1700" t="inlineStr">
+        <is>
+          <t>7947315BCC; 7947490C36; 794750261F; 7947510CB7; 79475150DB; 79475204FA; 79475226A0; 7947528B92; 7947534089; 794753622F; 79475394A8; 79531223E5; 795318363B; 7953213EFA; 79532258E3</t>
+        </is>
+      </c>
+      <c r="E1700" s="2">
+        <v>43642</v>
+      </c>
+      <c r="F1700" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="1701">
+      <c r="A1701">
+        <v>1931</v>
+      </c>
+      <c r="B1701">
+        <v>2019</v>
+      </c>
+      <c r="C1701" t="inlineStr">
+        <is>
+          <t>Affidamento servizio legale ai sensi dell'art.17 e art.36 comma 2 lettera a del D.lgs.n.50/2016 finalizzato all'effettuazione di uno studio teso a riscontrare l'esistenza dei fenomeni di erosione, di elusione o di evasione della tassa automobilistica, che danno luogo alla perdita di gettito nella Regione Lazio, nell'ambito dei contratti a noleggio a lungo termine, breve termine e car sharing e formulazione di possibili soluzioni riguardo al menzionato fenomeno del mancato gettito.</t>
+        </is>
+      </c>
+      <c r="D1701" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E1701" s="2">
+        <v>43641</v>
+      </c>
+    </row>
+    <row r="1702">
+      <c r="A1702">
+        <v>1930</v>
+      </c>
+      <c r="B1702">
+        <v>2019</v>
+      </c>
+      <c r="C1702" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D1702" t="s">
+        <v>1514</v>
+      </c>
+      <c r="E1702" s="2">
+        <v>43640</v>
+      </c>
+    </row>
+    <row r="1703">
+      <c r="A1703">
+        <v>1929</v>
+      </c>
+      <c r="B1703">
+        <v>2019</v>
+      </c>
+      <c r="C1703" t="inlineStr">
+        <is>
+          <t>Approvazione avviso pubblico esplorativo per manifestazione di interesse diretto agli Enti del Terzo settore, operanti nel settore del sostegno alla famiglia e della tutela dei minori vittime di abuso e maltrattamento, interessati a partecipare alla successiva procedura per l'affidamento del servizio di gestione del "Centro Giorgio Fregosi per i bambini ed adolescenti vittime di abuso e maltrattamento" ubicato in Roma Via dei Sabelli n. 108, tramite procedura negoziata ex art. 36, comma 2, lettera b) del D.Lgs. 18 aprile 2016 n. 50 e s.s. m.m. i.i., fuori dal Mercato Elettronico della Pubblica Amministrazione - senza impegno di spesa.</t>
+        </is>
+      </c>
+      <c r="D1703" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E1703" s="2">
+        <v>43635</v>
+      </c>
+    </row>
+    <row r="1704">
+      <c r="A1704">
+        <v>1928</v>
+      </c>
+      <c r="B1704">
+        <v>2019</v>
+      </c>
+      <c r="C1704" t="s">
+        <v>1515</v>
+      </c>
+      <c r="D1704" t="s">
+        <v>1516</v>
+      </c>
+      <c r="E1704" s="2">
+        <v>43634</v>
+      </c>
+    </row>
+    <row r="1705">
+      <c r="A1705">
+        <v>1927</v>
+      </c>
+      <c r="B1705">
+        <v>2019</v>
+      </c>
+      <c r="C1705" t="s">
+        <v>1517</v>
+      </c>
+      <c r="D1705" t="s">
+        <v>1518</v>
+      </c>
+      <c r="E1705" s="2">
+        <v>43634</v>
+      </c>
+      <c r="F1705" t="s">
+        <v>1519</v>
+      </c>
+    </row>
+    <row r="1706">
+      <c r="A1706">
+        <v>1926</v>
+      </c>
+      <c r="B1706">
+        <v>2019</v>
+      </c>
+      <c r="C1706" t="inlineStr">
+        <is>
+          <t>Avviso indagine di mercato per manifestazione di interesse a partecipare alla procedura negoziata per ’affidamento del “servizio di movimentazione, ritiro, carico, trasporto e smaltimento fanghi biologici di depurazione e rifiuti palabili prodotti dall’impianto di depurazione in comune di Marta (VT)”, nell’ambito dei lavori di “adeguamento rete fognaria e depuratore CO.BA.L.B. a servizio dei comuni del lago di Bolsena”, CUP: F84E12000450002</t>
+        </is>
+      </c>
+      <c r="D1706" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E1706" s="2">
+        <v>43633</v>
+      </c>
+    </row>
+    <row r="1707">
+      <c r="A1707">
+        <v>1925</v>
+      </c>
+      <c r="B1707">
+        <v>2019</v>
+      </c>
+      <c r="C1707" t="inlineStr">
+        <is>
+          <t>Gara per l'affidamento del servizio di trasporto ferroviario e per la gestione delle infrastrutture delle ferrovie ex concesse Roma-Lido di Ostia, Roma-Civita Castellana-Viterbo, Roma-Giardinetti. Aggiornamento del costo efficiente del servizio oggetto di affidamento comprensivo degli oneri nonnessi alle infrastrutture. Impegno di spesa ai sensi dell'art. 36 c. 2 del d.lsg. 50/2016 a favore dell'Universitò "La Sapienza" Dip. Ingegneria Informatica, automatica e gesionale" Antonio Ruberti</t>
+        </is>
+      </c>
+      <c r="D1707" t="s">
+        <v>1520</v>
+      </c>
+      <c r="E1707" s="2">
+        <v>43630</v>
+      </c>
+    </row>
+    <row r="1708">
+      <c r="A1708">
+        <v>1924</v>
+      </c>
+      <c r="B1708">
+        <v>2019</v>
+      </c>
+      <c r="C1708" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0182 - Dossier LI-ES2-3320347 "Scuola primaria G. Carducci nel Comune di Monte Porzio Catone (RM).</t>
+        </is>
+      </c>
+      <c r="D1708" t="s">
+        <v>1521</v>
+      </c>
+      <c r="E1708" s="2">
+        <v>43629</v>
+      </c>
+    </row>
+    <row r="1709">
+      <c r="A1709">
+        <v>1923</v>
+      </c>
+      <c r="B1709">
+        <v>2019</v>
+      </c>
+      <c r="C1709" t="s">
+        <v>1522</v>
+      </c>
+      <c r="D1709" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E1709" s="2">
+        <v>43630</v>
+      </c>
+    </row>
+    <row r="1710">
+      <c r="A1710">
+        <v>1922</v>
+      </c>
+      <c r="B1710">
+        <v>2019</v>
+      </c>
+      <c r="C1710" t="inlineStr">
+        <is>
+          <t>Lavori di S.U. per il ripristino della officiosità idraulica del fiume Fibreno, a seguito delle avverse condizioni meteo che hanno determinato il crollo di alberature di alto fusto nell’alveo, compromettendo e danneggiando le difese idrauliche, nei comuni di Isola del Liri, Sora e Broccostella.</t>
+        </is>
+      </c>
+      <c r="D1710" t="s">
+        <v>1524</v>
+      </c>
+      <c r="E1710" s="2">
+        <v>43622</v>
+      </c>
+    </row>
+    <row r="1711">
+      <c r="A1711">
+        <v>1921</v>
+      </c>
+      <c r="B1711">
+        <v>2019</v>
+      </c>
+      <c r="C1711" t="inlineStr">
+        <is>
+          <t>Affidamento del servizio di pubblicazione degli atti della gara concernente l'affidamento dei servizi per la realizzazione del Piano di Comunicazione integrato del Programma di Sviluppo Rurale (PSR) del Lazio 2014-2020</t>
+        </is>
+      </c>
+      <c r="D1711" t="s">
+        <v>1525</v>
+      </c>
+      <c r="E1711" s="2">
+        <v>43622</v>
+      </c>
+      <c r="F1711" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="1712">
+      <c r="A1712">
+        <v>1920</v>
+      </c>
+      <c r="B1712">
+        <v>2018</v>
+      </c>
+      <c r="C1712" t="inlineStr">
+        <is>
+          <t>Determina a contrarre per affidamento del servizio di revisione e certificazione delle spese sostenute nell’ambito del progetto (Controllo di I livello) - prenotazione impegno di spesa a favore creditori diversi (cod. 3805) sui capitoli A33197 (pdc 1.03.02.11) e A33198 (pdc 1.03.02.11). Esercizio Finanziario 2018</t>
+        </is>
+      </c>
+      <c r="D1712" t="s">
+        <v>1527</v>
+      </c>
+      <c r="E1712" s="2">
+        <v>43614</v>
+      </c>
+    </row>
+    <row r="1713">
+      <c r="A1713">
+        <v>1919</v>
+      </c>
+      <c r="B1713">
+        <v>2019</v>
+      </c>
+      <c r="C1713" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. DOSSIER LI-ES2-3190420_Intervento A0100E0343 presso il Polo amministrativo e Socio educativo Via G. Mameli, nel Comune di Poggio Mirteto (RI). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. 159683, E.F. 2019.CUP F142B16000000006 – CIG 78782319E1</t>
+        </is>
+      </c>
+      <c r="D1713">
+        <v>788000000</v>
+      </c>
+      <c r="E1713" s="2">
+        <v>43601</v>
+      </c>
+    </row>
+    <row r="1714">
+      <c r="A1714">
+        <v>1918</v>
+      </c>
+      <c r="B1714">
+        <v>2019</v>
+      </c>
+      <c r="C1714" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata ""Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier n. LI-ES2-0530026_Intervento A0100E0392 presso l'Edificio Scolastico ""Papa Giovanni XXIII"" nel Comune di Bomarzo (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. creditore 159683, E.F. 2019. CUP F34D16000020006 – CIG7878309A3F</t>
+        </is>
+      </c>
+      <c r="D1714" t="s">
+        <v>1528</v>
+      </c>
+      <c r="E1714" s="2">
+        <v>43601</v>
+      </c>
+    </row>
+    <row r="1715">
+      <c r="A1715">
+        <v>1917</v>
+      </c>
+      <c r="B1715">
+        <v>2019</v>
+      </c>
+      <c r="C1715" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata ""Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2960313_Intervento A0100E0118, presso il ""Palazzo De Magistris"" sede comunale sito in Piazza Diaz n. 1 nel Comune di Sezze (LT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2019.CUP F14D17000390006 CIG 78799872FC</t>
+        </is>
+      </c>
+      <c r="D1715" t="s">
+        <v>1529</v>
+      </c>
+      <c r="E1715" s="2">
+        <v>43601</v>
+      </c>
+    </row>
+    <row r="1716">
+      <c r="A1716">
+        <v>1916</v>
+      </c>
+      <c r="B1716">
+        <v>2019</v>
+      </c>
+      <c r="C1716" t="inlineStr">
+        <is>
+          <t>Affidamento incarico del servizio di supporto all'attività tecnico-professionale per la procedura di esproprio, nell'ambito dei lavori di consolidamento della Rupe in località Mercatello, a completamento dell'intervento di somma urgenza per movimento franoso nel Comune di Bagnoregio (VT) alla Società Geoservice 2000 S.r.l., cod. creditore 89919, ed approvazione schema di lettera di accettazione incarico professionale. Impegno su Capitolo C12152, Esercizio Finanziario 2019. CUP F69D15001850002_CIG Z752746C74</t>
+        </is>
+      </c>
+      <c r="D1716" t="s">
+        <v>1530</v>
+      </c>
+      <c r="E1716" s="2">
+        <v>43601</v>
+      </c>
+    </row>
+    <row r="1717">
+      <c r="A1717">
+        <v>1915</v>
+      </c>
+      <c r="B1717">
+        <v>2019</v>
+      </c>
+      <c r="C1717" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier n. “LI-ES2-2470214”. Intervento A0100E0205 presso la “Scuola Media Ettore Sacconi” nel Comune di Tarquinia(VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2019. CUP F83C15000000006 – CIG 783229564C</t>
+        </is>
+      </c>
+      <c r="D1717" t="s">
+        <v>1531</v>
+      </c>
+      <c r="E1717" s="2">
+        <v>43601</v>
+      </c>
+    </row>
+    <row r="1718">
+      <c r="A1718">
+        <v>1914</v>
+      </c>
+      <c r="B1718">
+        <v>2019</v>
+      </c>
+      <c r="C1718" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D1718" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E1718" s="2">
+        <v>43592</v>
+      </c>
+    </row>
+    <row r="1719">
+      <c r="A1719">
+        <v>1913</v>
+      </c>
+      <c r="B1719">
+        <v>2019</v>
+      </c>
+      <c r="C1719" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D1719" t="s">
+        <v>1534</v>
+      </c>
+      <c r="E1719" s="2">
+        <v>43587</v>
+      </c>
+    </row>
+    <row r="1720">
+      <c r="A1720">
+        <v>1912</v>
+      </c>
+      <c r="B1720">
+        <v>2019</v>
+      </c>
+      <c r="C1720" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici ecc..". Intervento A0100E0452 - LI-ES2-20160115-0820168 - presso il "Plesso scolastico Risorgimento" sito nel Comune di Frascati (RM). Determina a contrarre per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione., ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara–schema contratto. Impegno su Capitoli: A42200-A42201-A42202, codice cred. 3805, e A42134-A42135-A42136, codice cred. 159683, E.F. 2019. CUP F17D17000230009 – CIG 781017584B</t>
+        </is>
+      </c>
+      <c r="D1720" t="s">
+        <v>1535</v>
+      </c>
+      <c r="E1720" s="2">
+        <v>43578</v>
+      </c>
+    </row>
+    <row r="1721">
+      <c r="A1721">
+        <v>1911</v>
+      </c>
+      <c r="B1721">
+        <v>2019</v>
+      </c>
+      <c r="C1721" t="inlineStr">
+        <is>
+          <t>POR-FESR Lazio 2014-2020 – Attuazione dell'Azione 5.1.1 "Interventi di messa in sicurezza e per l'aumento della resilienza dei territori più esposti a rischio idrogeologico e di erosione costiera" dell'Asse prioritario 5 Rischio idrogeologico, di cui alla D.G.R. n. 397 del 28 luglio 2015 che approva la Scheda Modalità Attuative del Programma Operativo. Progetto A0123E0207 - Intervento di "lavori di ripristino dell'officiosità dell'alveo del fiume Cosa nei comuni di Frosinone e Ceccano" - cod. ReNDiS 12IR031/G1 - Determinazione a contrarre e approvazione documentazione di gara. CIG 7850024CB9 CUP F33G14000150002</t>
+        </is>
+      </c>
+      <c r="D1721" t="s">
+        <v>1536</v>
+      </c>
+      <c r="E1721" s="2">
+        <v>43573</v>
+      </c>
+    </row>
+    <row r="1722">
+      <c r="A1722">
+        <v>1910</v>
+      </c>
+      <c r="B1722">
+        <v>2019</v>
+      </c>
+      <c r="C1722" t="inlineStr">
+        <is>
+          <t>Acquisto pick up Isuzu modello Planet con modulo AIB (antincendio boschivo) per uso di protezione civile per l’importo complessivo di Euro 47.519,00 comprensivo di IVA. Impegno di spesa di Euro 47.519,00 sul capitolo E46550, esercizio finanziario 2019</t>
+        </is>
+      </c>
+      <c r="D1722" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E1722" s="2">
+        <v>43564</v>
+      </c>
+    </row>
+    <row r="1723">
+      <c r="A1723">
+        <v>1909</v>
+      </c>
+      <c r="B1723">
+        <v>2019</v>
+      </c>
+      <c r="C1723" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020 - Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento Dossier n. LI-ES2-2540467 – Progetto n. A0100E0321 - “Scuola elementare di Cura di Vetralla” – Comune di Vetralla. (VT). Affidamento incarico di progettazione di fattibilità tecnico economica, esecutiva, definitiva e di coordinamento della sicurezza in fase di progettazione e approvazione schema di lettera di accettazione incarico professionale alla SEAPER Società di Ingegneria SRL -  P.IVA 02279100609 (cod. cred. 181633) Impegno sui Capitoli A42200 - A42201 - A42202 - E.F. 2019. CIG Z2B251531A – CUP F67F18000000009</t>
+        </is>
+      </c>
+      <c r="D1723" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E1723" s="2">
+        <v>43563</v>
+      </c>
+    </row>
+    <row r="1724">
+      <c r="A1724">
+        <v>1908</v>
+      </c>
+      <c r="B1724">
+        <v>2019</v>
+      </c>
+      <c r="C1724" t="inlineStr">
+        <is>
+          <t>Avviso pubblico per la costituzione di un elenco di operatori economici da invitare alle procedure negoziate ai sensi dell'art. 36 comma 2 del D.lgs. 50/2016, relative all'affidamento dei servizi di abbattimento di manufatti precari abusivi e successiva pulizia delle aree demaniali dei fiumi Tevere ed Aniene, ricadenti nel territorio comunale di Roma Capitale.</t>
+        </is>
+      </c>
+      <c r="D1724" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E1724" s="2">
+        <v>43560</v>
+      </c>
+    </row>
+    <row r="1725">
+      <c r="A1725">
+        <v>1907</v>
+      </c>
+      <c r="B1725">
+        <v>2018</v>
+      </c>
+      <c r="C1725" t="inlineStr">
+        <is>
+          <t>Determina a contrarre, ai sensi dell'art. 32 del D.lgs. 50/2016, di autorizzazione all’espletamento di una procedura aperta, ai sensi dell'articolo 157, comma 2 e dell'articolo 60 del Decreto Legislativo 18 aprile 2016, n. 50, da espletare attraverso il MEPA, per l’affidamento dei servizi tecnici di “supporto al RUP per la supervisione e coordinamento della progettazione, verifica e validazione della progettazione definitiva ed esecutiva” relativamente ai lavori di “efficientamento energetico dell’edificio sede della Giunta Regionale della Regione Lazio sito in via Cristoforo Colombo 212 – Roma” ai sensi dell’art. 26 del D. Lgs. n. 50/2016.</t>
+        </is>
+      </c>
+      <c r="D1725">
+        <v>7716076359</v>
+      </c>
+      <c r="E1725" s="2">
+        <v>43537</v>
+      </c>
+    </row>
+    <row r="1726">
+      <c r="A1726">
+        <v>1906</v>
+      </c>
+      <c r="B1726">
+        <v>2018</v>
+      </c>
+      <c r="C1726" t="inlineStr">
+        <is>
+          <t>Gara, attraverso il MEPA di Consip, per l’affidamento del servizio di spedizione della corrispondenza della Regione Lazio sul territorio nazionale ed internazionale, per la durata di due anni.</t>
+        </is>
+      </c>
+      <c r="D1726" t="s">
+        <v>1539</v>
+      </c>
+      <c r="E1726" s="2">
+        <v>43532</v>
+      </c>
+    </row>
+    <row r="1727">
+      <c r="A1727">
+        <v>1905</v>
+      </c>
+      <c r="B1727">
+        <v>2019</v>
+      </c>
+      <c r="C1727" t="inlineStr">
+        <is>
+          <t>Gara, attraverso il MEPA di Consip, per l’affidamento dei servizi necessari all’organizzazione delle procedure concorsuali per l’assunzione a tempo pieno e indeterminato di 16 unità di personale con qualifica dirigenziale</t>
+        </is>
+      </c>
+      <c r="D1727" t="s">
+        <v>1540</v>
+      </c>
+      <c r="E1727" s="2">
+        <v>43531</v>
+      </c>
+      <c r="F1727" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="1728">
+      <c r="A1728">
         <v>1904</v>
       </c>
-      <c r="B1690">
+      <c r="B1728">
         <v>2016</v>
       </c>
-      <c r="C1690" t="s">
-[...5 lines deleted...]
-      <c r="E1690" s="2">
+      <c r="C1728" t="s">
+        <v>1542</v>
+      </c>
+      <c r="D1728" t="s">
+        <v>1543</v>
+      </c>
+      <c r="E1728" s="2">
         <v>43530</v>
       </c>
-      <c r="F1690" t="inlineStr">
+      <c r="F1728" t="inlineStr">
         <is>
           <t>Link alla piattaforma e-procurement&amp;nbsp;della Direzione Centrale acquisti,&amp;nbsp;dove sono pubblicati tutti gli atti relativi alla gara
 Link all'Osservatorio dei contratti pubblici, dove sono pubblicati tutti gli atti relativi alla gara
 </t>
         </is>
       </c>
     </row>
-    <row r="1691">
-[...721 lines deleted...]
-    </row>
     <row r="1729">
       <c r="A1729">
-        <v>1865</v>
+        <v>1903</v>
       </c>
       <c r="B1729">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>1543</v>
+        <v>2019</v>
+      </c>
+      <c r="C1729" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile" Azione 4.1.1. Intervento A0100E0125 - LI-ES2-2620312 - SCUOLA ELEMENTARE E MATERNA MARIANGELA VIRGILI – Comune di Ronciglione (VT) – Determina a contrarre per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di incarico – contratto - CUP - F34D16000010006. Rettifica Determinazione n° G14058 del 06/11/2018.</t>
+        </is>
       </c>
       <c r="D1729" t="s">
         <v>1544</v>
       </c>
       <c r="E1729" s="2">
-        <v>43420</v>
+        <v>43529</v>
       </c>
     </row>
     <row r="1730">
       <c r="A1730">
-        <v>1864</v>
+        <v>1902</v>
       </c>
       <c r="B1730">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1730" t="s">
-        <v>1543</v>
-[...4 lines deleted...]
-        </is>
+        <v>1545</v>
+      </c>
+      <c r="D1730" t="s">
+        <v>1546</v>
       </c>
       <c r="E1730" s="2">
-        <v>43420</v>
+        <v>43528</v>
       </c>
     </row>
     <row r="1731">
       <c r="A1731">
-        <v>1863</v>
+        <v>1901</v>
       </c>
       <c r="B1731">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="C1731" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="D1731" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="E1731" s="2">
-        <v>43420</v>
+        <v>43524</v>
       </c>
     </row>
     <row r="1732">
       <c r="A1732">
-        <v>1862</v>
+        <v>1900</v>
       </c>
       <c r="B1732">
-        <v>2018</v>
-[...7 lines deleted...]
-        </is>
+        <v>2019</v>
+      </c>
+      <c r="C1732" t="inlineStr">
+        <is>
+          <t>Procedura aperta per l’affidamento dell’incarico di progettazione definitiva ed esecutiva compresa la relazione geologica, dell’incarico di direzione lavori e coordinamento della sicurezza in fase di progettazione ed esecuzione. Intervento di ricostruzione dell'Ospedale di Amatrice.</t>
+        </is>
+      </c>
+      <c r="D1732" t="s">
+        <v>1415</v>
       </c>
       <c r="E1732" s="2">
-        <v>43420</v>
+        <v>43523</v>
       </c>
     </row>
     <row r="1733">
       <c r="A1733">
-        <v>1861</v>
+        <v>1899</v>
       </c>
       <c r="B1733">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1733" t="inlineStr">
         <is>
-          <t>Avviso pubblico esplorativo per la manifestazione di interesse a partecipare alla procedura di gara negoziata per l’affidamento del servizio concernente la realizzazione di un sistema di previsione delle piene del fiume Tevere in tempo reale con interfaccia GIS a supporto delle decisioni del centro funzionale dell’Agenzia regionale di Protezione civile della Regione Lazio.</t>
+          <t>Determinazione a contrarre finalizzata all’affidamento diretto, ai sensi dell’art. 36, comma 2, lettera a) del D.Lgs. n. 50/2016, mediante procedura negoziata previo avviso pubblico per manifestazione di interesse, del servizio per la caratterizzazione integrativa e analisi di rischio sito specifica dell’ex discarica ubicata in località “Facciano” in agro del Comune di Pignataro Interamna (FR). </t>
         </is>
       </c>
       <c r="D1733" t="s">
-        <v>1548</v>
+        <v>1415</v>
       </c>
       <c r="E1733" s="2">
-        <v>43419</v>
+        <v>43518</v>
       </c>
     </row>
     <row r="1734">
       <c r="A1734">
-        <v>1860</v>
+        <v>1898</v>
       </c>
       <c r="B1734">
         <v>2018</v>
       </c>
       <c r="C1734" t="inlineStr">
         <is>
-          <t>Procedura di gara per l'affidamento del servizio di Vigilanza Armata presso le sedi istituzionali, gli uffici e gli immobili della Regione Lazio e presso alcune sedi istituzionali di Roma Capitale</t>
+          <t>Acquisto dispositivi di protezione individuale per l'importo complessivo di Euro 457,50 comprensivo di IVA. Impegno di spesa di Euro 457,50 sul capitolo E47900, esercizio finanziario 2018. </t>
         </is>
       </c>
       <c r="D1734" t="s">
-        <v>1371</v>
+        <v>1549</v>
       </c>
       <c r="E1734" s="2">
-        <v>43417</v>
+        <v>43518</v>
       </c>
     </row>
     <row r="1735">
       <c r="A1735">
-        <v>1859</v>
+        <v>1897</v>
       </c>
       <c r="B1735">
         <v>2018</v>
       </c>
       <c r="C1735" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0141 - LI-ES2-1860264 - PRESSO SCUOLA ITIS VITERBO (VT) - Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara disciplinare di incarico – contratto -. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP - F84D16000050006</t>
+          <t>Accordo Quadro tra l'Agenzia Regionale di Protezione Civile della Regione Lazio e l'ANCI – Associazione Nazionale dei Comuni Italiani per attività di innovazione nel processo di gestione della sicurezza territoriale e di protezione civile. Affidamento all’ANCI dell’attività di formazione relativa al “Nuovo codice di protezione civile: compiti e responsabilità delle amministrazioni locali” per l'importo complessivo di € 42.000,00 comprensivo di IVA. Impegno di spesa di € 42.000,00 sul capitolo E47906, esercizio finanziario 2018.</t>
         </is>
       </c>
       <c r="D1735" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="E1735" s="2">
-        <v>43417</v>
+        <v>43518</v>
       </c>
     </row>
     <row r="1736">
       <c r="A1736">
-        <v>1858</v>
+        <v>1896</v>
       </c>
       <c r="B1736">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1736" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0125 - LI-ES2-2620312 - SCUOLA ELEMENTARE E MATERNA MARIANGELA VIRGILI – Comune di Ronciglione (VT) –Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara disciplinare di incarico – contratto -. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP - F34D16000010006</t>
+          <t>POR-FESR Lazio 2014-2020 – Attuazione dell’Azione 5.1.1 “Interventi di messa in sicurezza e per l’aumento della resilienza dei territori più esposti a rischio idrogeologico e di erosione costiera” dell’Asse prioritario 5 Rischio idrogeologico, di cui alla D.G.R. n. 397 del 28 luglio 2015 che approva la Scheda Modalità Attuative del Programma Operativo. Intervento A0123E0196 - cod. ReNDiS 12IR010/G3 “lavori di ripristino dell’officiosità idraulica del fosso di Monte Oliviero, fosso Val Pantana e fosso Valle Muricana nel tratto compreso tra via della Giustiniana ed il Fiume Tevere”. Progetto esecutivo n. 14 del 14.01.2019 - Determinazione a contrarre per l’importo complessivo di €.550.601,91 sui capitoli di bilancio nn. A42140, A42141, A42142, A42143, A42144 e A42145 nell’ambito del Programma 09 della Missione 09 – E.F. 2017-2020. CUP F88H17000100009 – CIG 78709162D6.</t>
         </is>
       </c>
       <c r="D1736" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="E1736" s="2">
-        <v>43417</v>
+        <v>43572</v>
       </c>
     </row>
     <row r="1737">
       <c r="A1737">
-        <v>1857</v>
+        <v>1895</v>
       </c>
       <c r="B1737">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1737" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0072 - LI-ES2-2160153 - SCUOLA ELEMENTARE NINO MANFREDI – Comune di Roma – Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara disciplinare di incarico – contratto -. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP - F87D18000550006</t>
-[...3 lines deleted...]
-        <v>1551</v>
+          <t>Procedura aperta ex art. 60 del d.lgs. 50/2016 svolta con modalità telematica, finalizzata alla stipula di un Accordo Quadro di cui all’art. 54 del d.lgs. n. 50/2016 con un solo operatore economico avente ad oggetto lavori di manutenzione ordinaria degli impianti idrovori di Corcolle e Pratolungo sul fiume Aniene - Comune di Roma - CIG 7674840652 – Provvedimento di ammissione ed esclusione dei partecipanti alla procedura di gara ai sensi dell’art. 29, comma 1 del d.lgs.50/2016 e ss.mm.ii.</t>
+        </is>
+      </c>
+      <c r="D1737">
+        <v>7674840652</v>
       </c>
       <c r="E1737" s="2">
-        <v>43417</v>
+        <v>43514</v>
       </c>
     </row>
     <row r="1738">
       <c r="A1738">
-        <v>1856</v>
+        <v>1894</v>
       </c>
       <c r="B1738">
-        <v>2018</v>
-[...4 lines deleted...]
-        </is>
+        <v>2019</v>
+      </c>
+      <c r="C1738" t="s">
+        <v>1552</v>
       </c>
       <c r="D1738" t="s">
-        <v>1552</v>
+        <v>1415</v>
       </c>
       <c r="E1738" s="2">
-        <v>43417</v>
+        <v>43501</v>
       </c>
     </row>
     <row r="1739">
       <c r="A1739">
-        <v>1855</v>
+        <v>1893</v>
       </c>
       <c r="B1739">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1739" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0331 - LI-ES2-2740246 – presso gli Uffici Comunali di Piazza del Popolo Latina (LT) - Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara disciplinare di incarico – contratto -. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP - F22B16000010006</t>
+          <t>Lavori per la realizzazione di un parco pubblico comprensivo di arredo urbano ed impianti sportivi nell'area di confisca alla criminalità organizzata sita in via Roccabernarda, 15 - Roma</t>
         </is>
       </c>
       <c r="D1739">
-        <v>7662139520</v>
+        <v>7774636895</v>
       </c>
       <c r="E1739" s="2">
-        <v>43417</v>
+        <v>43497</v>
       </c>
     </row>
     <row r="1740">
       <c r="A1740">
-        <v>1854</v>
+        <v>1892</v>
       </c>
       <c r="B1740">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="C1740" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0071 - Roma Capitale "Scuola Giardinieri" - Via di Porta San Sebastiano, 2 - Comune di Roma". Determina a contrarre per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema di richiesta di offerta, schema di domanda di partecipazione, schema di offerta economica e schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805 - CUP F87D17000870009</t>
-[...3 lines deleted...]
-        <v>7853218880</v>
+          <t>Affidamento diretto ex art. 36, comma 2), lettera a), del D. Lgs. n. 50/2016, del servizio di consulenza tecnica di parte (C.T.P.) al Prof. Ing. Franco Braga per conto della Regione Lazio, citata come soggetto civilmente responsabile nel giudizio penale r.g.n. 1726/17 – r. gip n. 139/18 presso il Tribunale di Rieti a seguito del crollo delle palazzine ATER di Amatrice.</t>
+        </is>
+      </c>
+      <c r="D1740" t="s">
+        <v>1553</v>
       </c>
       <c r="E1740" s="2">
-        <v>43556</v>
+        <v>43497</v>
       </c>
     </row>
     <row r="1741">
       <c r="A1741">
-        <v>1853</v>
+        <v>1891</v>
       </c>
       <c r="B1741">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1741" t="inlineStr">
         <is>
-          <t>Sisma Centro Italia del 24 agosto 2016 – Intervento urgente per lavori di urbanizzazione per lo preparazione del piazzale per lo svolgimento delle esequie di stato delle vittime del terremoto di Amatrice , ai sensi dell'art. 163 del D.lgs. 50/2016. Spesa complessiva di € 12,950,11 (IVA esclusa) a favore della Ditta ERREGI Costruzioni, da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d’Italia. Esercizio Finanziario 2018- </t>
+          <t>Gara comunitaria a procedura aperta, ai sensi dell’art. 60 del D. Lgs. N° 50/2016 e s.m.i., per l’affidamento del servizio medico di emergenza in elicottero per ARES 118.</t>
         </is>
       </c>
       <c r="D1741" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="E1741" s="2">
-        <v>43412</v>
+        <v>43567</v>
+      </c>
+      <c r="F1741" t="s">
+        <v>1555</v>
       </c>
     </row>
     <row r="1742">
       <c r="A1742">
-        <v>1852</v>
+        <v>1890</v>
       </c>
       <c r="B1742">
-        <v>2018</v>
-[...4 lines deleted...]
-        </is>
+        <v>2019</v>
+      </c>
+      <c r="C1742" t="s">
+        <v>1556</v>
       </c>
       <c r="D1742">
-        <v>7667572893</v>
+        <v>7774663895</v>
       </c>
       <c r="E1742" s="2">
-        <v>43412</v>
+        <v>43489</v>
       </c>
     </row>
     <row r="1743">
       <c r="A1743">
-        <v>1851</v>
+        <v>1889</v>
       </c>
       <c r="B1743">
         <v>2018</v>
       </c>
       <c r="C1743" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili.  Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 40.000,00, ai sensi degli artt. 31, comma 8 e 36, comma 2, lett. a) del D.Lgs. n. 50/2016 – Operazione di sorteggio per l’individuazione degli operatori economici iscritti nella Fascia I dell’Elenco Regionale dei Professionisti esperti in risparmio energetico nell’edilizia e certificazione energetica degli edifici - Approvazione verbale operazioni di sorteggio del 17.10.2018.</t>
+          <t>Gara comunitaria a procedura aperta, ai sensi dell’art. 60 del d. lgs. n° 50/2016 e s.m.i., per l’affidamento del servizio di valutazione del programma di reindustrializzazione del Lazio (attivita’ V_1 e V_2 del Piano di valutazione del POR FESR 2014-2020)
+</t>
         </is>
       </c>
       <c r="D1743" t="s">
-        <v>1371</v>
+        <v>1557</v>
       </c>
       <c r="E1743" s="2">
-        <v>43409</v>
+        <v>43483</v>
+      </c>
+      <c r="F1743" t="s">
+        <v>1558</v>
       </c>
     </row>
     <row r="1744">
       <c r="A1744">
-        <v>1850</v>
+        <v>1888</v>
       </c>
       <c r="B1744">
         <v>2019</v>
       </c>
-      <c r="C1744" t="s">
-        <v>1554</v>
+      <c r="C1744" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura di stent coronarici occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio - Lotto n. 1</t>
+        </is>
       </c>
       <c r="D1744" t="s">
-        <v>1555</v>
+        <v>1559</v>
       </c>
       <c r="E1744" s="2">
-        <v>43550</v>
-[...2 lines deleted...]
-        <v>1556</v>
+        <v>43482</v>
+      </c>
+      <c r="F1744" t="inlineStr">
+        <is>
+          <t>Determinazione&amp;nbsp;G17570 del 24/12/2018 - Pubblicata sul&amp;nbsp;BUR n. 6 del 17/01/2019 suppl. n. 1Link alla banca dati Intercent-ER- Agenzia regionale per lo sviluppo dei mercati telematici, dove sono pubblicati tutti gli atti relativi alla gara</t>
+        </is>
       </c>
     </row>
     <row r="1745">
       <c r="A1745">
-        <v>1849</v>
+        <v>1887</v>
       </c>
       <c r="B1745">
-        <v>2018</v>
-[...7 lines deleted...]
-        <v>1557</v>
+        <v>2017</v>
+      </c>
+      <c r="C1745" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D1745" t="inlineStr">
+        <is>
+          <t>731405551F; 7314083C38; 7314095621; 7314120AC1; 7314135723; 7314161C96; 73141779CB; 731418613B; 7314196979; 7314209435; 7314224097; 7314240DC7; 7314247391; 7314261F1B; 731427175E; 7314279DF6; 7314289639
+</t>
+        </is>
       </c>
       <c r="E1745" s="2">
-        <v>43551</v>
-[...2 lines deleted...]
-        <v>1511</v>
+        <v>45362</v>
       </c>
     </row>
     <row r="1746">
       <c r="A1746">
-        <v>1848</v>
+        <v>1886</v>
       </c>
       <c r="B1746">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1746" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0437 - LI-ES2-1990130- Sede principale uffici comunali (COMUNE DI APRILIA) (LT). Determina a contrarre per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP F17B17000220006"</t>
+          <t>Avviso per l'affidamento dei servizi progettazione di importo inferiore a 100.000 euro inerenti gli interventi rientranti nell’ambito del “POR FESR Lazio 2014-2020, Call for proposal 2.0. linea di intervento denominata "Energia sostenibile”</t>
         </is>
       </c>
       <c r="D1746" t="s">
-        <v>1558</v>
+        <v>1415</v>
       </c>
       <c r="E1746" s="2">
-        <v>43395</v>
+        <v>43476</v>
       </c>
     </row>
     <row r="1747">
       <c r="A1747">
-        <v>1847</v>
+        <v>1885</v>
       </c>
       <c r="B1747">
         <v>2018</v>
       </c>
       <c r="C1747" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0079 - LI-ES2-3320347 Scuola elementare Cerboni (Comune di Roma) (RM). Determina a contrarre per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP: F86C17000050006"</t>
-[...3 lines deleted...]
-        <v>7661012319</v>
+          <t>Procedura di gara per l'affidamento del servizio di Vigilanza Armata presso le sedi istituzionali, gli uffici e gli immobili della Regione Lazio e presso alcune sedi istituzionali di Roma Capitale”.</t>
+        </is>
+      </c>
+      <c r="D1747" t="s">
+        <v>1561</v>
       </c>
       <c r="E1747" s="2">
-        <v>43395</v>
+        <v>43474</v>
+      </c>
+      <c r="F1747" t="s">
+        <v>1555</v>
       </c>
     </row>
     <row r="1748">
       <c r="A1748">
-        <v>1846</v>
+        <v>1884</v>
       </c>
       <c r="B1748">
         <v>2018</v>
       </c>
       <c r="C1748" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0330 - LI-ES2-2740248-Audit energetico per Scuola Media 'Aldo Manuzio' di Latina Scalo (LT). Determina a contrarre per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP: F24D17000010006 Pagina 1"</t>
+          <t>Gara, attraverso il MEPA di Consip, per l’affidamento dei servizi necessari all’organizzazione e all’espletamento della procedura concorsuale per l’assunzione a tempo pieno e indeterminato di disabili ai sensi della legge 12 marzo 1999 n. 68, per la copertura di n. 55 unità di personale con il profilo professionale di assistente area amministrativa, categoria C, posizione economica C1.</t>
         </is>
       </c>
       <c r="D1748" t="s">
-        <v>1559</v>
+        <v>1562</v>
       </c>
       <c r="E1748" s="2">
-        <v>43395</v>
+        <v>43472</v>
       </c>
     </row>
     <row r="1749">
       <c r="A1749">
-        <v>1845</v>
+        <v>1883</v>
       </c>
       <c r="B1749">
         <v>2018</v>
       </c>
-      <c r="C1749" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1749" t="s">
+        <v>1563</v>
       </c>
       <c r="D1749" t="s">
-        <v>1560</v>
+        <v>1358</v>
       </c>
       <c r="E1749" s="2">
-        <v>43395</v>
+        <v>43472</v>
+      </c>
+      <c r="F1749" t="s">
+        <v>1359</v>
       </c>
     </row>
     <row r="1750">
       <c r="A1750">
-        <v>1844</v>
+        <v>1882</v>
       </c>
       <c r="B1750">
         <v>2018</v>
       </c>
       <c r="C1750" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0031 - DOSSIER LI-ES2-206015 - 2290190 "Palazzo Angeletti Antonelli sede comunale, Comune di Ceccano (FR). Affidamento incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione schema di lettera di accettazione incarico professionale all'ing Antonio Marsturzo cod. cred 180647. Impegno su Capitoli A42200 - A42201 - A42202 - E.F. 2018. CUP F84H16002450006 - CIG ZAF226B7AB</t>
+          <t>Affidamento per la realizzazione del progetto “Le politiche pubbliche della Regione Lazio lette attraverso i conti pubblici territoriali” ex art. 36, comma 2, lett. a) del D. Lgs. 50/2016 - impegno di spesa di € 15.000,00 EF 2018 e € 30.000,00 EF 2019 - cap. C11101 – a favore del CER – Centro Europa Ricerche</t>
         </is>
       </c>
       <c r="D1750" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="E1750" s="2">
-        <v>43395</v>
+        <v>43472</v>
       </c>
     </row>
     <row r="1751">
       <c r="A1751">
-        <v>1843</v>
+        <v>1881</v>
       </c>
       <c r="B1751">
         <v>2018</v>
       </c>
-      <c r="C1751" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1751" t="s">
+        <v>1565</v>
       </c>
       <c r="D1751" t="s">
-        <v>1371</v>
+        <v>1566</v>
       </c>
       <c r="E1751" s="2">
-        <v>43390</v>
+        <v>43472</v>
       </c>
     </row>
     <row r="1752">
       <c r="A1752">
-        <v>1842</v>
+        <v>1880</v>
       </c>
       <c r="B1752">
         <v>2018</v>
       </c>
-      <c r="C1752" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1752" t="s">
+        <v>1567</v>
       </c>
       <c r="D1752" t="s">
-        <v>1562</v>
+        <v>1568</v>
       </c>
       <c r="E1752" s="2">
-        <v>43390</v>
-[...2 lines deleted...]
-        <v>1563</v>
+        <v>43472</v>
       </c>
     </row>
     <row r="1753">
       <c r="A1753">
-        <v>1841</v>
+        <v>1879</v>
       </c>
       <c r="B1753">
         <v>2018</v>
       </c>
-      <c r="C1753" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1753" t="s">
+        <v>1569</v>
       </c>
       <c r="D1753" t="s">
-        <v>1371</v>
+        <v>1570</v>
       </c>
       <c r="E1753" s="2">
-        <v>43388</v>
+        <v>43472</v>
       </c>
     </row>
     <row r="1754">
       <c r="A1754">
-        <v>1840</v>
+        <v>1878</v>
       </c>
       <c r="B1754">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1754" t="inlineStr">
         <is>
-          <t>d.d. 26/10/16 n. G12419: riforma sostitutiva degli all.1 e 2. Approvazione  degli schemi di addendum alle convenzione tra le la Regione Lazio e Soc. in house Laziocrea S.p.A. per le attività di supporto quale "soggetto attuatore" alle attività di comunicazione e informazione della Progr.ne 2014-2020 dei fondi SIE. CUP F89G16000760006 POR FEASR, CUP F81H16000270009 POR FESR, CUP F87E16001400009 POR FSE</t>
-        </is>
+          <t>Rettifica parziale della Determinazione n. G13607 del 26.10.2018 avente ad oggetto “Lavori di manutenzione ordinaria degli impianti idrovori di Corcolle e Pratolungo sul fiume Aniene – Comune di Roma. Approvazione della Perizia n. 12 del 19/09/2018, nomina del RUP e determinazione a contrarre –  Determinazione impegno fondi, creditori diversi € 145.916,07 capitolo E41913, Autorità Nazionale Anticorruzione € 30,00 capitolo T19427 – esercizio finanziario 2019–2020”.</t>
+        </is>
+      </c>
+      <c r="D1754" t="s">
+        <v>1415</v>
       </c>
       <c r="E1754" s="2">
-        <v>43382</v>
+        <v>43454</v>
       </c>
     </row>
     <row r="1755">
       <c r="A1755">
-        <v>1839</v>
+        <v>1877</v>
       </c>
       <c r="B1755">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1755" t="inlineStr">
         <is>
-          <t>d.d. 26/10/16 n. G12419: riforma sostitutiva degli all.1 e 2. Approvazione degli schemi di addendum alle convenzione tra le la Regione Lazio e Soc. in house Lazio Innova S.p.A. per le attività di supporto quale "soggetto attuatore" alle attività di comunicazione e informazione della Progr.ne 2014-2020 dei fondi SIE. CUP F89G16000750006  POR FEASR, CUP F81H16000260009 POR FESR, CUP F87E16001390009 POR FSE</t>
+          <t>Affidamento del servizio di pubblicazione dell'esito di gara per il servizio di valutazione del  PSR della Regione Lazio. Impegno spesa €1.717,11 IVA e bollo inclusi. Capitolo S23917 es.fin. 2018.</t>
         </is>
       </c>
       <c r="D1755" t="s">
-        <v>1371</v>
+        <v>1571</v>
       </c>
       <c r="E1755" s="2">
-        <v>43382</v>
+        <v>43452</v>
       </c>
     </row>
     <row r="1756">
       <c r="A1756">
-        <v>1838</v>
+        <v>1876</v>
       </c>
       <c r="B1756">
         <v>2019</v>
       </c>
       <c r="C1756" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2- LI-ES2-0840334- Intervento A0100E0172 presso le Scuole dell'obbligo in Via A. Manzoni "Pio Fedi" nel Comune di Vitorchiano (VT). Rettifica determinazione a contrarre n. G13343 del 23/10/2018. CUP F94D16000020006 – CIG 7839997A2F</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0069- LI-ES2-20160107-2160152 “Scuola Elementare “Nuzzo” sita in Via Rubellia nel Comune di Roma. Affidamento incarico di progettazione di fattibilità tecnico economica, esecutiva, definitiva e di coord. della sicurezza in fase di progettazione e approvazione schema di lettera di accettazione incarico professionale all’ing. Stefania De Grandis (cod. cred. 183610) Disimpegno di € 12.984,43 per ribasso d’asta e modifica creditore su gli impegni nn. 17634/2019, 17737/2019 e 17841/2019 rispettivamente dei Capitoli A42200, A42201 e A42202. CIG ZA9255A3BC – CUP F88G15000020006 </t>
         </is>
       </c>
       <c r="D1756" t="s">
-        <v>1564</v>
+        <v>1572</v>
       </c>
       <c r="E1756" s="2">
-        <v>43550</v>
+        <v>43563</v>
       </c>
     </row>
     <row r="1757">
       <c r="A1757">
-        <v>1837</v>
+        <v>1875</v>
       </c>
       <c r="B1757">
         <v>2018</v>
       </c>
-      <c r="C1757" t="s">
-        <v>1565</v>
+      <c r="C1757" t="inlineStr">
+        <is>
+          <t>Procedura aperta, ai sensi dell'art. 60 del D.lgs. 50/2016 e ss.mm.ii., sopra soglia comunitaria, per l'affidamento dell'incarico di progettazione definitiva ed esecutiva, compresa relazione geologica e dell'incarico di direzione lavori e coordinamento della sicurezza in fase di progettazione ed esecuzione, relativo ai lavori di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Determina a contrarre ed approvazione degli atti di gara. CUP: F78118000070008 - CIG: 7707767A89.</t>
+        </is>
       </c>
       <c r="D1757" t="s">
-        <v>1566</v>
+        <v>1573</v>
       </c>
       <c r="E1757" s="2">
-        <v>43378</v>
+        <v>43448</v>
       </c>
     </row>
     <row r="1758">
       <c r="A1758">
-        <v>1836</v>
+        <v>1874</v>
       </c>
       <c r="B1758">
         <v>2018</v>
       </c>
-      <c r="C1758" t="s">
-        <v>1567</v>
+      <c r="C1758" t="inlineStr">
+        <is>
+          <t>Affidamento, ai sensi degli artt. 36, comma 2, lettera a) del D.Lgs. 50/2016, del servizio di pubblicazione legale del bando sulla GURI e dell'Avviso per estratto del bando di gara a procedura aperta per l'affidamento dei servizi tecnici di architettura e ingegneria relativi ai lavori di ricostruzione dell'ospedale nel Comune di Amatrice, di cui all'Ordinanza n. 56 del 10/05/2018 del Commissario straordinario del governo ai fini della ricostruzione nei territori interessati dagli eventi sismici verificatisi a far data dal 24 agosto 2016.</t>
+        </is>
       </c>
       <c r="D1758" t="s">
-        <v>1568</v>
+        <v>1574</v>
       </c>
       <c r="E1758" s="2">
-        <v>43377</v>
+        <v>43447</v>
+      </c>
+      <c r="F1758" t="s">
+        <v>1575</v>
       </c>
     </row>
     <row r="1759">
       <c r="A1759">
-        <v>1835</v>
+        <v>1873</v>
       </c>
       <c r="B1759">
         <v>2018</v>
       </c>
-      <c r="C1759" t="s">
-        <v>1569</v>
+      <c r="C1759" t="inlineStr">
+        <is>
+          <t>Procedura aperta ai sensi dell’art. 60 del d.lgs. n. 50/2016 finalizzata alla stipula di un Accordo Quadro di cui all’art. 54 del d.lgs. n. 50/2016 con un solo operatore economico avente ad oggetto lo sfalcio della vegetazione presente lungo gli argini da Castel Giubileo a Via del Foro Italico e la gestione del servizio di pronto intervento dei n. 6 impianti idrovori presenti in via Salaria sulla sponda sx ed in via Flaminia sulla sponda dx del fiume Tevere in Roma, in occasione degli eventi di piena - CIG 767525197C</t>
+        </is>
       </c>
       <c r="D1759" t="s">
-        <v>1538</v>
+        <v>1576</v>
       </c>
       <c r="E1759" s="2">
-        <v>43374</v>
+        <v>43446</v>
       </c>
     </row>
     <row r="1760">
       <c r="A1760">
-        <v>1834</v>
+        <v>1872</v>
       </c>
       <c r="B1760">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1760" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta, ex art. 60 del D.Lgs. 50/16 per la stipula di convenzione/contratto per l’affidamento triennale del servizio di acquisizione ottica delle immagini e logistica per le ricette farmaceutiche della Regione Lazio.</t>
+          <t>Affidamento del servizio supplementare di riempimento, con materiale arido proveniente da cave o da idoneo impianto di recupero rifiuti-inerti, della cavità creatasi a seguito della demolizione del solaio del piano seminterrato del "fabbricato A" sito nell'area confiscata alla criminalità organizzata, di Via Roccabernarda, 15 – Roma. Disimpegno su creditori diversi della somma totale di € 20.061,74 sul Capitolo di spesa S22501, esercizio finanziario 2019, e contestuale incremento di pari somma a favore dell'Impresa C.E.S.A Srl comma 12 del D.lgs 50/2016.</t>
         </is>
       </c>
       <c r="D1760" t="s">
-        <v>1570</v>
+        <v>1577</v>
       </c>
       <c r="E1760" s="2">
-        <v>43371</v>
+        <v>43560</v>
       </c>
     </row>
     <row r="1761">
       <c r="A1761">
-        <v>1833</v>
+        <v>1871</v>
       </c>
       <c r="B1761">
         <v>2018</v>
       </c>
-      <c r="C1761" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1761" t="s">
+        <v>1578</v>
       </c>
       <c r="D1761" t="s">
-        <v>1571</v>
+        <v>1415</v>
       </c>
       <c r="E1761" s="2">
-        <v>43371</v>
+        <v>43433</v>
       </c>
     </row>
     <row r="1762">
       <c r="A1762">
-        <v>1832</v>
+        <v>1870</v>
       </c>
       <c r="B1762">
         <v>2018</v>
       </c>
       <c r="C1762" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 100.000,00 ai sensi degli artt. 31 comma 8 e 36 comma 2 lett. a) del d.lgs. n. 50/2016 – Operazione di sorteggio per l’individuazione degli operatori economici iscritti nell’Elenco Regionale dei Professionisti, Fascia II, esperti in risparmio energetico nell’edilizia e certificazione energetica degli edifici da invitare alle procedure negoziate per l’affidamento di servizi di ingegneria ed architettura di importo superiore a 40.000 € ed inferiore a 100.000 € – Approvazione verbale operazioni di sorteggio del 24.09.2018. </t>
+          <t>Approvazione avviso pubblico per manifestazione di interesse diretto agli operatori economici interessati a partecipare alla eventuale successiva procedura negoziata senza previa pubblicazione di bando per l’affidamento del servizio di assessment della percezione esterna dell’operato della Regione Lazio.</t>
         </is>
       </c>
       <c r="D1762" t="s">
-        <v>1371</v>
+        <v>1415</v>
       </c>
       <c r="E1762" s="2">
-        <v>43370</v>
+        <v>43431</v>
       </c>
     </row>
     <row r="1763">
       <c r="A1763">
-        <v>1831</v>
+        <v>1869</v>
       </c>
       <c r="B1763">
         <v>2018</v>
       </c>
-      <c r="C1763" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1763" t="s">
+        <v>1579</v>
       </c>
       <c r="D1763" t="s">
-        <v>1572</v>
+        <v>1580</v>
       </c>
       <c r="E1763" s="2">
-        <v>43370</v>
+        <v>43425</v>
       </c>
     </row>
     <row r="1764">
       <c r="A1764">
-        <v>1830</v>
+        <v>1868</v>
       </c>
       <c r="B1764">
         <v>2018</v>
       </c>
-      <c r="C1764" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1764" t="s">
+        <v>1581</v>
       </c>
       <c r="D1764" t="s">
-        <v>1573</v>
+        <v>1582</v>
       </c>
       <c r="E1764" s="2">
-        <v>43370</v>
+        <v>43424</v>
+      </c>
+      <c r="F1764" t="s">
+        <v>1583</v>
       </c>
     </row>
     <row r="1765">
       <c r="A1765">
-        <v>1829</v>
+        <v>1867</v>
       </c>
       <c r="B1765">
         <v>2018</v>
       </c>
-      <c r="C1765" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1765" t="s">
+        <v>1584</v>
       </c>
       <c r="D1765" t="s">
-        <v>1574</v>
+        <v>1585</v>
       </c>
       <c r="E1765" s="2">
-        <v>43370</v>
+        <v>43423</v>
       </c>
     </row>
     <row r="1766">
       <c r="A1766">
-        <v>1828</v>
+        <v>1866</v>
       </c>
       <c r="B1766">
         <v>2018</v>
       </c>
       <c r="C1766" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0347 –presso la“Scuola primaria Giovanni Pascoli” nel Comune di Sutri (VT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.  CUP: F98E17000050006</t>
-[...3 lines deleted...]
-        <v>7626618445</v>
+          <t>D.lgs. 50/2016: Affidamento attraverso il MEPA di Consip per la fornitura di materiali per lo svolgimento delle attivita’ istituzionali di competenza del Servizio Fitosanitario Regionale. Impegno di spesa di euro 1.366,40 a favore della ditta Euroclone S.p.A. P. IVA 08126390155. Capitolo E23910 macroaggregato 1.03.01.02 es. fin. 2018</t>
+        </is>
+      </c>
+      <c r="D1766" t="s">
+        <v>1586</v>
       </c>
       <c r="E1766" s="2">
-        <v>43370</v>
+        <v>43420</v>
       </c>
     </row>
     <row r="1767">
       <c r="A1767">
-        <v>1827</v>
+        <v>1865</v>
       </c>
       <c r="B1767">
         <v>2018</v>
       </c>
-      <c r="C1767" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1767" t="s">
+        <v>1587</v>
       </c>
       <c r="D1767" t="s">
-        <v>1575</v>
+        <v>1588</v>
       </c>
       <c r="E1767" s="2">
-        <v>43370</v>
+        <v>43420</v>
       </c>
     </row>
     <row r="1768">
       <c r="A1768">
-        <v>1826</v>
+        <v>1864</v>
       </c>
       <c r="B1768">
         <v>2018</v>
       </c>
-      <c r="C1768" t="inlineStr">
-[...5 lines deleted...]
-        <v>7625708550</v>
+      <c r="C1768" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D1768" t="inlineStr">
+        <is>
+          <t>759030342F; 7590344604; 7590355F15; 7590370B77; 75903857D9; 7590399368; 7590407A00; 7590413EF2; 7590416170; 75904204BC; 7590451E4E; 75905163F5; 7590536476; 75905407C2; 7590546CB4; 75905521AB; 75905564F7; 7590559770; 75905629E9; 7590570086; 759057764B; 759</t>
+        </is>
       </c>
       <c r="E1768" s="2">
-        <v>43370</v>
+        <v>43420</v>
       </c>
     </row>
     <row r="1769">
       <c r="A1769">
-        <v>1825</v>
+        <v>1863</v>
       </c>
       <c r="B1769">
         <v>2018</v>
       </c>
-      <c r="C1769" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1769" t="s">
+        <v>1589</v>
       </c>
       <c r="D1769" t="s">
-        <v>1576</v>
+        <v>1590</v>
       </c>
       <c r="E1769" s="2">
-        <v>43370</v>
+        <v>43420</v>
       </c>
     </row>
     <row r="1770">
       <c r="A1770">
-        <v>1824</v>
+        <v>1862</v>
       </c>
       <c r="B1770">
         <v>2018</v>
       </c>
-      <c r="C1770" t="inlineStr">
-[...5 lines deleted...]
-        <v>1577</v>
+      <c r="C1770" t="s">
+        <v>1591</v>
+      </c>
+      <c r="D1770" t="inlineStr">
+        <is>
+          <t>74665453DA; 7466708A5B; 7466839677; 7466941AA2; 746695997D; 746697892B; 7467068372; 7467081E29; 7467140ED9; 7467157CE1; 746718974B; 74672032DA; 746722335B; 746722984D; 7467251A74; 7467259111</t>
+        </is>
       </c>
       <c r="E1770" s="2">
-        <v>43370</v>
+        <v>43420</v>
       </c>
     </row>
     <row r="1771">
       <c r="A1771">
-        <v>1823</v>
+        <v>1861</v>
       </c>
       <c r="B1771">
         <v>2018</v>
       </c>
       <c r="C1771" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0119 –presso la “Scuola elementare Melogrosso” nel SEZZE (LT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F14D17000400006</t>
-[...3 lines deleted...]
-        <v>7611473239</v>
+          <t>Avviso pubblico esplorativo per la manifestazione di interesse a partecipare alla procedura di gara negoziata per l’affidamento del servizio concernente la realizzazione di un sistema di previsione delle piene del fiume Tevere in tempo reale con interfaccia GIS a supporto delle decisioni del centro funzionale dell’Agenzia regionale di Protezione civile della Regione Lazio.</t>
+        </is>
+      </c>
+      <c r="D1771" t="s">
+        <v>1592</v>
       </c>
       <c r="E1771" s="2">
-        <v>43370</v>
+        <v>43419</v>
       </c>
     </row>
     <row r="1772">
       <c r="A1772">
-        <v>1822</v>
+        <v>1860</v>
       </c>
       <c r="B1772">
         <v>2018</v>
       </c>
       <c r="C1772" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0080 -presso la “SCUOLA ELEMENTARE E MATERNA MAFFI” Nel Comune Di Roma Capitale. Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F87D18000310009</t>
+          <t>Procedura di gara per l'affidamento del servizio di Vigilanza Armata presso le sedi istituzionali, gli uffici e gli immobili della Regione Lazio e presso alcune sedi istituzionali di Roma Capitale</t>
         </is>
       </c>
       <c r="D1772" t="s">
-        <v>1578</v>
+        <v>1415</v>
       </c>
       <c r="E1772" s="2">
-        <v>43370</v>
+        <v>43417</v>
       </c>
     </row>
     <row r="1773">
       <c r="A1773">
-        <v>1821</v>
+        <v>1859</v>
       </c>
       <c r="B1773">
         <v>2018</v>
       </c>
       <c r="C1773" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0070 –presso la Scuola Elementare Gandhi", Via Corinaldo N. 41, Roma Capitale. Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F84J17000170006</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0141 - LI-ES2-1860264 - PRESSO SCUOLA ITIS VITERBO (VT) - Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara disciplinare di incarico – contratto -. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP - F84D16000050006</t>
         </is>
       </c>
       <c r="D1773" t="s">
-        <v>1579</v>
+        <v>1593</v>
       </c>
       <c r="E1773" s="2">
-        <v>43370</v>
+        <v>43417</v>
       </c>
     </row>
     <row r="1774">
       <c r="A1774">
-        <v>1820</v>
+        <v>1858</v>
       </c>
       <c r="B1774">
         <v>2018</v>
       </c>
       <c r="C1774" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0043 -presso il Palazzo dei Priori – Sede Comunale nel Comune di Viterbo (VT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F84J17000170006 – CIG 7590394F44</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0125 - LI-ES2-2620312 - SCUOLA ELEMENTARE E MATERNA MARIANGELA VIRGILI – Comune di Ronciglione (VT) –Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara disciplinare di incarico – contratto -. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP - F34D16000010006</t>
         </is>
       </c>
       <c r="D1774" t="s">
-        <v>1580</v>
+        <v>1594</v>
       </c>
       <c r="E1774" s="2">
-        <v>43370</v>
+        <v>43417</v>
       </c>
     </row>
     <row r="1775">
       <c r="A1775">
-        <v>1819</v>
+        <v>1857</v>
       </c>
       <c r="B1775">
         <v>2018</v>
       </c>
       <c r="C1775" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020. Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili”. Intervento A0100E0174 – DOSSIER LI-ES2-2780277 - “Scuola materna elementare e media C. Rosatelli” nel Comune di Roviano (RM). Affidamento incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione schema di lettera di accettazione incarico professionale alla Società di Ingegneria STEAM S.r.l. cod. cred. 177869. Impegno sui Capitoli A42200 - A42201 - A42202, E.F. 2018. CUP F94D17000130006 - CIG Z6F2262ECD</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0072 - LI-ES2-2160153 - SCUOLA ELEMENTARE NINO MANFREDI – Comune di Roma – Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara disciplinare di incarico – contratto -. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP - F87D18000550006</t>
         </is>
       </c>
       <c r="D1775" t="s">
-        <v>1581</v>
+        <v>1595</v>
       </c>
       <c r="E1775" s="2">
-        <v>43370</v>
+        <v>43417</v>
       </c>
     </row>
     <row r="1776">
       <c r="A1776">
-        <v>1818</v>
+        <v>1856</v>
       </c>
       <c r="B1776">
         <v>2018</v>
       </c>
       <c r="C1776" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili.  Intervento A0100E0118 - DOSSIER LI-ES2-2960313 “Palazzo de Magistris sede comunale, Comune di Sezze (LT). Affidamento incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione schema di lettera di accettazione incarico professionale all’ing Massimo Pescosolido cod. cred. 177886 Impegno su Capitoli A42200 - A42201 - A42202 - E.F. 2018.CUP F14D17000390006 - CIG ZB9238C45F</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0041 - LI-ES2-2570213- “Istituto Comprensivo Luigi Fantappie'” Piazza L. Concetti n. 1 nel Comune di Viterbo.Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara disciplinare di incarico – contratto -. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP - F87D17000820006</t>
         </is>
       </c>
       <c r="D1776" t="s">
-        <v>1582</v>
+        <v>1596</v>
       </c>
       <c r="E1776" s="2">
-        <v>43370</v>
+        <v>43417</v>
       </c>
     </row>
     <row r="1777">
       <c r="A1777">
-        <v>1817</v>
+        <v>1855</v>
       </c>
       <c r="B1777">
         <v>2018</v>
       </c>
       <c r="C1777" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0051 – DOSSIER LI-ES2-0900227 - “Scuola Elementare Dante Alighieri nel Comune di Fabrica Di Roma (VT). Affidamento incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione schema di lettera di accettazione incarico professionale all’Ing. Nicola Graniglia - cod. cred.­ 178367 Impegno su Capitoli A42200 - A42201 - A42202 - E.F. 2018.CUP F92B17000120006 - CIG Z5D2267F40</t>
-[...3 lines deleted...]
-        <v>1583</v>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0331 - LI-ES2-2740246 – presso gli Uffici Comunali di Piazza del Popolo Latina (LT) - Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara disciplinare di incarico – contratto -. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP - F22B16000010006</t>
+        </is>
+      </c>
+      <c r="D1777">
+        <v>7662139520</v>
       </c>
       <c r="E1777" s="2">
-        <v>43370</v>
+        <v>43417</v>
       </c>
     </row>
     <row r="1778">
       <c r="A1778">
-        <v>1816</v>
+        <v>1854</v>
       </c>
       <c r="B1778">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1778" t="inlineStr">
         <is>
-          <t>POR FESR 2014 - 2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili" . Affidamento dei servizi di ingegneria e architettura di importo inferiore a 100.000 euro, ai sensi degli artt. 31, comma 8 e 36, comma 2, lett. a) del D.Lgs. n. 50/2016 - Aggiornamento dell'"Elenco Regionale Professionisti Esperti in Risparmio Energetico nell'edilizia e certificazione energetica degli edifici".</t>
-[...3 lines deleted...]
-        <v>1371</v>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0071 - Roma Capitale "Scuola Giardinieri" - Via di Porta San Sebastiano, 2 - Comune di Roma". Determina a contrarre per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema di richiesta di offerta, schema di domanda di partecipazione, schema di offerta economica e schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805 - CUP F87D17000870009</t>
+        </is>
+      </c>
+      <c r="D1778">
+        <v>7853218880</v>
       </c>
       <c r="E1778" s="2">
-        <v>43364</v>
+        <v>43556</v>
       </c>
     </row>
     <row r="1779">
       <c r="A1779">
-        <v>1815</v>
+        <v>1853</v>
       </c>
       <c r="B1779">
         <v>2018</v>
       </c>
       <c r="C1779" t="inlineStr">
         <is>
-          <t>Appalto dei lavori di manutenzione straordinaria per la realizzazione di una stazione carabinieri presso il complesso “Ospedale Forlanini” palazzina 17, via Portuense 332, Roma</t>
+          <t>Sisma Centro Italia del 24 agosto 2016 – Intervento urgente per lavori di urbanizzazione per lo preparazione del piazzale per lo svolgimento delle esequie di stato delle vittime del terremoto di Amatrice , ai sensi dell'art. 163 del D.lgs. 50/2016. Spesa complessiva di € 12,950,11 (IVA esclusa) a favore della Ditta ERREGI Costruzioni, da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d’Italia. Esercizio Finanziario 2018- </t>
         </is>
       </c>
       <c r="D1779" t="s">
-        <v>1584</v>
+        <v>1597</v>
       </c>
       <c r="E1779" s="2">
-        <v>43364</v>
+        <v>43412</v>
       </c>
     </row>
     <row r="1780">
       <c r="A1780">
-        <v>1814</v>
+        <v>1852</v>
       </c>
       <c r="B1780">
         <v>2018</v>
       </c>
       <c r="C1780" t="inlineStr">
         <is>
-          <t>Call for proposal “Energia sostenibile 2.0” - POR FESR Lazio 2014-2020 - Asse prioritario 4 Azione 4.1.1 -&amp;nbsp; “Promozione dell'eco-efficienza e riduzione di consumi di energia primaria negli edifici e strutture pubbliche: interventi di ristrutturazione di singoli edifici o complessi di edifici, installazione di sistemi intelligenti di telecontrollo, regolazione, gestione, monitoraggio e ottimizzazione dei consumi energetici (smart buildings) e delle emissioni inquinanti anche attraverso l'utilizzo di mix tecnologici”. ”. Operazioni di sorteggio finalizzate all’individuazione degli operatori economici iscritti nell’ Elenco Regionale dei Professionisti Fascia II, esperti in risparmio energetico nell’edilizia e certificazione energetica degli edifici da invitare alle procedure di affidamento di servizi tecnici di importo superiore a 40.000 euro ed inferiore a 100.000 euro - Approvazione Avviso operazioni di pubblico sorteggio.
-[...4 lines deleted...]
-        <v>548</v>
+          <t>Sisma Centro Italia del 24 agosto 2016 – Intervento urgente per approvviginamento acqua pota bile nelle zone terremotate di Amatrice e Accumoli . Spesa complessiva di € 43,620,42 (IVA esclusa) da imputarsi da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d’Italia a favore della Società Acea ATO2 Spa – Esercizio Finanziario 2018 –</t>
+        </is>
+      </c>
+      <c r="D1780">
+        <v>7667572893</v>
       </c>
       <c r="E1780" s="2">
-        <v>43364</v>
+        <v>43412</v>
       </c>
     </row>
     <row r="1781">
       <c r="A1781">
-        <v>1813</v>
+        <v>1851</v>
       </c>
       <c r="B1781">
         <v>2018</v>
       </c>
       <c r="C1781" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre finalizzata all’individuazione di operatori economici da invitare ad una procedura negoziata ai sensi dell’art. 36, comma 2, lett. b) del d.lgs. n. 50/2016 e ss.mm.ii. per l’affidamento del servizio di aggiornamento del Piano di Gestione dei Rifiuti della Regione Lazio, approvato con D.C.R. n. 14 del 18 gennaio 2012, e del Rapporto Ambientale. Approvazione dell’avviso pubblico per indagine di mercato.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili.  Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 40.000,00, ai sensi degli artt. 31, comma 8 e 36, comma 2, lett. a) del D.Lgs. n. 50/2016 – Operazione di sorteggio per l’individuazione degli operatori economici iscritti nella Fascia I dell’Elenco Regionale dei Professionisti esperti in risparmio energetico nell’edilizia e certificazione energetica degli edifici - Approvazione verbale operazioni di sorteggio del 17.10.2018.</t>
         </is>
       </c>
       <c r="D1781" t="s">
-        <v>1371</v>
+        <v>1415</v>
       </c>
       <c r="E1781" s="2">
-        <v>43363</v>
-[...2 lines deleted...]
-        <v>1585</v>
+        <v>43409</v>
       </c>
     </row>
     <row r="1782">
       <c r="A1782">
-        <v>1812</v>
+        <v>1850</v>
       </c>
       <c r="B1782">
-        <v>2018</v>
-[...4 lines deleted...]
-        </is>
+        <v>2019</v>
+      </c>
+      <c r="C1782" t="s">
+        <v>1598</v>
       </c>
       <c r="D1782" t="s">
-        <v>1371</v>
+        <v>1599</v>
       </c>
       <c r="E1782" s="2">
-        <v>43363</v>
+        <v>43550</v>
       </c>
       <c r="F1782" t="s">
-        <v>1585</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="1783">
       <c r="A1783">
-        <v>1811</v>
+        <v>1849</v>
       </c>
       <c r="B1783">
         <v>2018</v>
       </c>
       <c r="C1783" t="inlineStr">
         <is>
-          <t>RDO Servizio di di supporto nella predisposizione ed espletamento concorso selettivo di formazione per l'assunzione a tempo pieno e indeterminato di n.115 unità di personale con il profilo professionale di assistente area tecnica </t>
+          <t>Gara comunitaria a procedura aperta, suddivisa in 7 lotti, per l’affidamento di servizi informativi, giornalistici e videogiornalistici, a mezzo di agenzie di stampa, per le Strutture della Regione Lazio: approvazione atti di gara ed indizione della procedura.</t>
         </is>
       </c>
       <c r="D1783" t="s">
-        <v>1586</v>
+        <v>1601</v>
       </c>
       <c r="E1783" s="2">
-        <v>43360</v>
+        <v>43551</v>
+      </c>
+      <c r="F1783" t="s">
+        <v>1555</v>
       </c>
     </row>
     <row r="1784">
       <c r="A1784">
-        <v>1810</v>
+        <v>1848</v>
       </c>
       <c r="B1784">
         <v>2018</v>
       </c>
       <c r="C1784" t="inlineStr">
         <is>
-          <t>AVVISO DI INDAGINE DI MERCATO - CIG 7620336433- volta ad individuare operatori economici da invitare alla procedura negoziata ex art. 36, comma 2, lett. b) del d. lgs. n. 50/2016 per servizio di utilizzo ed allestimento sale e assistenza medica per l'espletamento della prova preselettiva del corso - concorso selettivo di formazione per l'assunzione a tempo pieno e indeterminato di n.115 unità di personale con il profilo professionale di assistente area tecnica – servizio NUE 112, categoria C, posizione economica C1.</t>
-[...3 lines deleted...]
-        <v>7620336433</v>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0437 - LI-ES2-1990130- Sede principale uffici comunali (COMUNE DI APRILIA) (LT). Determina a contrarre per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP F17B17000220006"</t>
+        </is>
+      </c>
+      <c r="D1784" t="s">
+        <v>1602</v>
       </c>
       <c r="E1784" s="2">
-        <v>43356</v>
-[...2 lines deleted...]
-        <v>1587</v>
+        <v>43395</v>
       </c>
     </row>
     <row r="1785">
       <c r="A1785">
-        <v>1809</v>
+        <v>1847</v>
       </c>
       <c r="B1785">
         <v>2018</v>
       </c>
       <c r="C1785" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili”. Approvazione disciplinare – tipo e relativi allegati per l’affidamento, mediante procedura aperta, dei servizi di progettazione di importo pari o superiore a 40.000 euro ed inferiore a 100.000 euro.</t>
-[...3 lines deleted...]
-        <v>1371</v>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0079 - LI-ES2-3320347 Scuola elementare Cerboni (Comune di Roma) (RM). Determina a contrarre per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP: F86C17000050006"</t>
+        </is>
+      </c>
+      <c r="D1785">
+        <v>7661012319</v>
       </c>
       <c r="E1785" s="2">
-        <v>43347</v>
+        <v>43395</v>
       </c>
     </row>
     <row r="1786">
       <c r="A1786">
-        <v>1808</v>
+        <v>1846</v>
       </c>
       <c r="B1786">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C1786" t="inlineStr">
         <is>
-          <t>Appalto Specifico per la fornitura di prodotti farmaceutici per le Aziende Sanitarie del Lazio Id Consip 1466119. (gara farmaci 2016). Presa d’atto della Sentenza del Consiglio di Stato, Sez III n. 4725/2018</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0330 - LI-ES2-2740248-Audit energetico per Scuola Media 'Aldo Manuzio' di Latina Scalo (LT). Determina a contrarre per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP: F24D17000010006 Pagina 1"</t>
         </is>
       </c>
       <c r="D1786" t="s">
-        <v>1588</v>
+        <v>1603</v>
       </c>
       <c r="E1786" s="2">
-        <v>43340</v>
+        <v>43395</v>
       </c>
     </row>
     <row r="1787">
       <c r="A1787">
-        <v>1807</v>
+        <v>1845</v>
       </c>
       <c r="B1787">
         <v>2018</v>
       </c>
       <c r="C1787" t="inlineStr">
         <is>
-          <t>“Appalto specifico indetto dalla Regione Lazio, per l’affidamento di vaccini anti influenzali – Gara 2018”. ID CONSIP 2012983. Ammissioni ai fini del proseguo della procedura di gara”.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0182 - DOSSIER LI-ES2-LI-ES2-3320347 ""Scuola primaria G. Carducci comune di Monte Porzio Catone (RM). Affidamento incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione schema di lettera di accettazione incarico professionale all'ing Massimo Patrizi cod. cred.180849 Impegno su Capitoli A42200 - A42201 - A42202 - E.F. 2018.CUP H86J17000220006- CIG Z0624790B3"</t>
         </is>
       </c>
       <c r="D1787" t="s">
-        <v>1589</v>
+        <v>1604</v>
       </c>
       <c r="E1787" s="2">
-        <v>43334</v>
+        <v>43395</v>
       </c>
     </row>
     <row r="1788">
       <c r="A1788">
-        <v>1806</v>
+        <v>1844</v>
       </c>
       <c r="B1788">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>1590</v>
+        <v>2018</v>
+      </c>
+      <c r="C1788" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0031 - DOSSIER LI-ES2-206015 - 2290190 "Palazzo Angeletti Antonelli sede comunale, Comune di Ceccano (FR). Affidamento incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione schema di lettera di accettazione incarico professionale all'ing Antonio Marsturzo cod. cred 180647. Impegno su Capitoli A42200 - A42201 - A42202 - E.F. 2018. CUP F84H16002450006 - CIG ZAF226B7AB</t>
+        </is>
       </c>
       <c r="D1788" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="E1788" s="2">
-        <v>43318</v>
-[...2 lines deleted...]
-        <v>1592</v>
+        <v>43395</v>
       </c>
     </row>
     <row r="1789">
       <c r="A1789">
-        <v>1805</v>
+        <v>1843</v>
       </c>
       <c r="B1789">
         <v>2018</v>
       </c>
       <c r="C1789" t="inlineStr">
         <is>
-          <t>Terzo Aggiornamento dell’“ Elenco Regionale di Professionisti Esperti in risparmio energetico nell’edilizia e certificazione energetica degli edifici per l’affidamento dei servizi di ingegneria ed architettura di importo inferiore a euro 100.00 ai sensi dell’art. 36, comma 2, lett. b) e dell’art. 157, comma 2 del d.lgs. n. 50/2016” approvato con determinazione n. G16904 del 06/12/2017.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Determina a contrarre per l’affidamento dei servizi di ingegneria e architettura di importo inferiore a € 40.000,00 ai sensi degli artt. 36 e 157 del d.lgs. n. 50/2016</t>
         </is>
       </c>
       <c r="D1789" t="s">
-        <v>1371</v>
+        <v>1415</v>
       </c>
       <c r="E1789" s="2">
-        <v>43318</v>
+        <v>43390</v>
       </c>
     </row>
     <row r="1790">
       <c r="A1790">
-        <v>1804</v>
+        <v>1842</v>
       </c>
       <c r="B1790">
         <v>2018</v>
       </c>
       <c r="C1790" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili" - "Elenco regionale di professionisti esperti in risparmio energetico nell'edilizia e certificazione energetica degli edifici per l'affidamento dei servizi di ingegneria ed architettura di importo inferiore a euro 100.000,00" ai sensi dell'art. 36, comma 2, lett. a) e lett. b) e dell'art. 157, comma 2 del d.lgs. n. 50/2016". Avvio della procedura di Aggiornamento periodico dell'Elenco, approvazione dell'Avviso e dei relativi allegati.</t>
+          <t>Procedura aperta finalizzata alla stipula di un accordo quadro per il completamento del servizio di separazione dei rifiuti, caricamento, trasporto, recupero e smaltimento delle macerie nelle Frazioni del Comune di Amatrice ed in via residuale nei 15 Comuni del Lazio nell’area del Cratere Sismico, interessati dal sisma del 24 agosto 2016 ed eventi successivi ai sensi dell’articolo 5 dell’O.C.D.P.C. del 10 ottobre 2016 n. 399. </t>
         </is>
       </c>
       <c r="D1790" t="s">
-        <v>1371</v>
+        <v>1606</v>
       </c>
       <c r="E1790" s="2">
-        <v>43318</v>
+        <v>43390</v>
+      </c>
+      <c r="F1790" t="s">
+        <v>1607</v>
       </c>
     </row>
     <row r="1791">
       <c r="A1791">
-        <v>1803</v>
+        <v>1841</v>
       </c>
       <c r="B1791">
         <v>2018</v>
       </c>
       <c r="C1791" t="inlineStr">
         <is>
-          <t>Procedura aperta, ai sensi dell'articolo 60 del D. Lgs. n^ 50/2016, finalizzata alla stipula di un accordo quadro per l'affidamento del servizio di rimozione, selezione, catalogazione, trasporto e stoccaggio in deposito temporaneo delle macerie di tipo 'A' nei 15 Comuni del Lazio nell'area del Cratere Sismico, interessati dal sisma del 24 agosto 2016 ed eventi successivi ai sensi dell'articolo 5 dell'O.C.D.P.C. del 10 ottobre 2016 n. 399.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 40.000,00 ai sensi degli artt. 31 comma 8 e 36 comma 2 lett. a) del d.lgs. n. 50/2016 – Operazione di sorteggio per l’individuazione degli operatori economici iscritti nell’Elenco Regionale dei Professionisti, Fascia I esperti in risparmio energetico nell’edilizia e certificazione energetica degli edifici da invitare alle procedure negoziate per l’affidamento di servizi di ingegneria ed architettura di importo inferiore a 40.000,00 € - Approvazione avviso di pubblico sorteggio.</t>
         </is>
       </c>
       <c r="D1791" t="s">
-        <v>1593</v>
+        <v>1415</v>
       </c>
       <c r="E1791" s="2">
-        <v>43315</v>
-[...2 lines deleted...]
-        <v>1594</v>
+        <v>43388</v>
       </c>
     </row>
     <row r="1792">
       <c r="A1792">
-        <v>1802</v>
+        <v>1840</v>
       </c>
       <c r="B1792">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="C1792" t="inlineStr">
         <is>
-          <t>Servizio di cernita, preselezione e trasporto del materiale di risulta proveniente dalla demolizione del "fabbricato B" sito nell'area, confiscata alla criminalità organizzata, di Via Roccabernarda, 15 – Roma.</t>
-[...3 lines deleted...]
-        <v>7681667823</v>
+          <t>d.d. 26/10/16 n. G12419: riforma sostitutiva degli all.1 e 2. Approvazione  degli schemi di addendum alle convenzione tra le la Regione Lazio e Soc. in house Laziocrea S.p.A. per le attività di supporto quale "soggetto attuatore" alle attività di comunicazione e informazione della Progr.ne 2014-2020 dei fondi SIE. CUP F89G16000760006 POR FEASR, CUP F81H16000270009 POR FESR, CUP F87E16001400009 POR FSE</t>
+        </is>
       </c>
       <c r="E1792" s="2">
-        <v>43549</v>
+        <v>43382</v>
       </c>
     </row>
     <row r="1793">
       <c r="A1793">
-        <v>1801</v>
+        <v>1839</v>
       </c>
       <c r="B1793">
         <v>2017</v>
       </c>
       <c r="C1793" t="inlineStr">
         <is>
-          <t>Affidamento a R.T.I. (Accenture S.p.A e Inmatica S.p.A) della fornitura dei servizi di manutenzione evolutivo-adeguativa e di consulenza specifica per l’adeguamento del sistema informativo elettorale centrale (SIEL) alle variazioni intervenute con la normativa elettorale della Regione Lazio.</t>
-[...3 lines deleted...]
-        <v>7318752934</v>
+          <t>d.d. 26/10/16 n. G12419: riforma sostitutiva degli all.1 e 2. Approvazione degli schemi di addendum alle convenzione tra le la Regione Lazio e Soc. in house Lazio Innova S.p.A. per le attività di supporto quale "soggetto attuatore" alle attività di comunicazione e informazione della Progr.ne 2014-2020 dei fondi SIE. CUP F89G16000750006  POR FEASR, CUP F81H16000260009 POR FESR, CUP F87E16001390009 POR FSE</t>
+        </is>
+      </c>
+      <c r="D1793" t="s">
+        <v>1415</v>
       </c>
       <c r="E1793" s="2">
-        <v>43312</v>
+        <v>43382</v>
       </c>
     </row>
     <row r="1794">
       <c r="A1794">
-        <v>1800</v>
+        <v>1838</v>
       </c>
       <c r="B1794">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="C1794" t="inlineStr">
         <is>
-          <t>Affidamento a IPZS (Istituto Poligrafico e Zecca dello stato) S.p.A., della fornitura del servizio di stampa, allestimento, distribuzione del materiale  e supporto alla gestione del progetto per lo svolgimento delle elezioni regionali 2018. </t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2- LI-ES2-0840334- Intervento A0100E0172 presso le Scuole dell'obbligo in Via A. Manzoni "Pio Fedi" nel Comune di Vitorchiano (VT). Rettifica determinazione a contrarre n. G13343 del 23/10/2018. CUP F94D16000020006 – CIG 7839997A2F</t>
         </is>
       </c>
       <c r="D1794" t="s">
-        <v>1595</v>
+        <v>1608</v>
       </c>
       <c r="E1794" s="2">
-        <v>43312</v>
+        <v>43550</v>
       </c>
     </row>
     <row r="1795">
       <c r="A1795">
-        <v>1799</v>
+        <v>1837</v>
       </c>
       <c r="B1795">
         <v>2018</v>
       </c>
-      <c r="C1795" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1795" t="s">
+        <v>1609</v>
       </c>
       <c r="D1795" t="s">
-        <v>1596</v>
+        <v>1610</v>
       </c>
       <c r="E1795" s="2">
-        <v>43308</v>
+        <v>43378</v>
       </c>
     </row>
     <row r="1796">
       <c r="A1796">
-        <v>1798</v>
+        <v>1836</v>
       </c>
       <c r="B1796">
         <v>2018</v>
       </c>
-      <c r="C1796" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1796" t="s">
+        <v>1611</v>
       </c>
       <c r="D1796" t="s">
-        <v>1597</v>
+        <v>1612</v>
       </c>
       <c r="E1796" s="2">
-        <v>43308</v>
+        <v>43377</v>
       </c>
     </row>
     <row r="1797">
       <c r="A1797">
-        <v>1797</v>
+        <v>1835</v>
       </c>
       <c r="B1797">
         <v>2018</v>
       </c>
-      <c r="C1797" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1797" t="s">
+        <v>1613</v>
       </c>
       <c r="D1797" t="s">
-        <v>1598</v>
+        <v>1582</v>
       </c>
       <c r="E1797" s="2">
-        <v>43308</v>
+        <v>43374</v>
       </c>
     </row>
     <row r="1798">
       <c r="A1798">
-        <v>1796</v>
+        <v>1834</v>
       </c>
       <c r="B1798">
         <v>2018</v>
       </c>
-      <c r="C1798" t="s">
-        <v>1599</v>
+      <c r="C1798" t="inlineStr">
+        <is>
+          <t>Gara comunitaria a procedura aperta, ex art. 60 del D.Lgs. 50/16 per la stipula di convenzione/contratto per l’affidamento triennale del servizio di acquisizione ottica delle immagini e logistica per le ricette farmaceutiche della Regione Lazio.</t>
+        </is>
       </c>
       <c r="D1798" t="s">
-        <v>1371</v>
+        <v>1614</v>
       </c>
       <c r="E1798" s="2">
-        <v>43306</v>
+        <v>43371</v>
       </c>
     </row>
     <row r="1799">
       <c r="A1799">
-        <v>1795</v>
+        <v>1833</v>
       </c>
       <c r="B1799">
         <v>2018</v>
       </c>
       <c r="C1799" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 100.000,00 ai sensi degli artt. 31 comma 8 e 36 comma 2 lett. a) del d.lgs. n. 50/2016 – Operazione di sorteggio per l'individuazione degli operatori economici iscritti nell'Elenco Regionale dei Professionisti, Fascia II, esperti in risparmio energetico nell'edilizia e certificazione energetica degli edifici da invitare alle procedure negoziate per l'affidamento di servizi di ingegneria ed architettura di importo superiore a 40.000 € ed inferiore a 100.000 € – Approvazione verbale operazioni di sorteggio del 20.07.2018.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0371 -presso gli Uffici Pubblici - Ex Asl nel Comune di Monterotondo (RM). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.  CUP F98E17000050006 CIG: 7587906A1C</t>
         </is>
       </c>
       <c r="D1799" t="s">
-        <v>1371</v>
+        <v>1615</v>
       </c>
       <c r="E1799" s="2">
-        <v>43305</v>
+        <v>43371</v>
       </c>
     </row>
     <row r="1800">
       <c r="A1800">
-        <v>1794</v>
+        <v>1832</v>
       </c>
       <c r="B1800">
         <v>2018</v>
       </c>
       <c r="C1800" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0392 -” Dossier n. LI-ES2-20151119-0530026 “Edificio Scolastico Papa Giovanni XXIII” nel Comune di Bomarzo (VT). Affidamento incarico di progettazione di fattibilità tecnico economica, esecutiva, definitiva e di coordinamento della sicurezza in fase di progettazione e approvazione schema di lettera di accettazione incarico professionale all’ing. Andrea ZENATELLO </t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 100.000,00 ai sensi degli artt. 31 comma 8 e 36 comma 2 lett. a) del d.lgs. n. 50/2016 – Operazione di sorteggio per l’individuazione degli operatori economici iscritti nell’Elenco Regionale dei Professionisti, Fascia II, esperti in risparmio energetico nell’edilizia e certificazione energetica degli edifici da invitare alle procedure negoziate per l’affidamento di servizi di ingegneria ed architettura di importo superiore a 40.000 € ed inferiore a 100.000 € – Approvazione verbale operazioni di sorteggio del 24.09.2018. </t>
         </is>
       </c>
       <c r="D1800" t="s">
-        <v>1600</v>
+        <v>1415</v>
       </c>
       <c r="E1800" s="2">
-        <v>43301</v>
+        <v>43370</v>
       </c>
     </row>
     <row r="1801">
       <c r="A1801">
-        <v>1793</v>
+        <v>1831</v>
       </c>
       <c r="B1801">
         <v>2018</v>
       </c>
       <c r="C1801" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili.  Intervento A0100E0201- LI-ES2-20160109-2250332.  “Scuola primaria Edmondo De Amicis” nel Comune di Forano (RI). Affidamento incarico di progettazione di fattibilità tecnico economica, esecutiva, definitiva e di coordinamento della sicurezza in fase di progettazione e approvazione schema di lettera di accettazione incarico professionale alla Società “RB INGEGNERIA-SERVIZI DI INGEGNERIA INTEGRATA SRL” </t>
+          <t>Nomina della Commissione giudicatrice della procedura ristretta, ai sensi dell'articolo 157, comma 2 e dell'articolo 61 del Decreto Legislativo 18 aprile 2016, n. 50, avente ad oggetto l'affidamento di servizi di architettura e ingegneria relativi ai lavori di efficientamento energetico dell'edificio sede della Giunta regionale della Regione Lazio sito Roma, in via Cristoforo Colombo 212 indetto con Determinazione G04617 del 9/04/2018 e G06728 del 25/05/2018.</t>
         </is>
       </c>
       <c r="D1801" t="s">
-        <v>1601</v>
+        <v>1616</v>
       </c>
       <c r="E1801" s="2">
-        <v>43301</v>
+        <v>43370</v>
       </c>
     </row>
     <row r="1802">
       <c r="A1802">
-        <v>1792</v>
+        <v>1830</v>
       </c>
       <c r="B1802">
         <v>2018</v>
       </c>
       <c r="C1802" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili”. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 100.000,00 ai sensi degli artt. 31 comma 8 e 36 comma 2 lett. a) del d.lgs. n. 50/2016 – Operazioni di sorteggio finalizzate all’individuazione degli operatori economici iscritti nell’ Elenco Regionale dei Professionisti Fascia II, esperti in risparmio energetico nell’edilizia e certificazione energetica degli edifici da invitare alle procedure di affidamento di servizi tecnici di importo superiore a 40.000 euro ed inferiore a 100.000 euro - Approvazione di Avviso di pubblico sorteggio. </t>
-        </is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0375 - DOSSIER LI- ES2-0380017 “Intervento Palazzo Farnese, sede principale Uffici Comunali/Municipio nel Comune di Gradoli (VT)”. Affidamento incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione schema di lettera di accettazione incarico professionale all’Ing. Marino Vito Bruno - cod. cred. 179625 Impegno su Capitoli A42200 - A42201 - A42202 - E.F. 2018. CUP F44J17000020009 - CIG Z59223E665.</t>
+        </is>
+      </c>
+      <c r="D1802" t="s">
+        <v>1617</v>
       </c>
       <c r="E1802" s="2">
-        <v>43300</v>
+        <v>43370</v>
       </c>
     </row>
     <row r="1803">
       <c r="A1803">
-        <v>1791</v>
+        <v>1829</v>
       </c>
       <c r="B1803">
         <v>2018</v>
       </c>
       <c r="C1803" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili". Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 100.000,00 ai sensi degli artt. 31 comma 8 e 36 comma 2 lett. a) del d.lgs. n. 50/2016 – "Elenco Regionale Professionisti Esperti in Risparmio Energetico nell'edilizia e certificazione energetica degli edifici". Approvazione degli esiti delle verifiche effettuate dalla Commissione prevista con Determinazione G09428/2017 e validazione dell'Elenco Regionale Aggiornato</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0431 - presso la Scuola Primaria 'Luigi Minervini' e B-Scuola Secondaria di I livello 'Basilio Sisti' nel Comune di Rieti (RI). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F15B16000010006</t>
         </is>
       </c>
       <c r="D1803" t="s">
-        <v>1371</v>
+        <v>1618</v>
       </c>
       <c r="E1803" s="2">
-        <v>43300</v>
+        <v>43370</v>
       </c>
     </row>
     <row r="1804">
       <c r="A1804">
-        <v>1790</v>
+        <v>1828</v>
       </c>
       <c r="B1804">
         <v>2018</v>
       </c>
-      <c r="C1804" t="s">
-        <v>1602</v>
+      <c r="C1804" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0347 –presso la“Scuola primaria Giovanni Pascoli” nel Comune di Sutri (VT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.  CUP: F98E17000050006</t>
+        </is>
       </c>
       <c r="D1804">
-        <v>7462516703</v>
+        <v>7626618445</v>
       </c>
       <c r="E1804" s="2">
-        <v>43293</v>
+        <v>43370</v>
       </c>
     </row>
     <row r="1805">
       <c r="A1805">
-        <v>1789</v>
+        <v>1827</v>
       </c>
       <c r="B1805">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>1603</v>
+        <v>2018</v>
+      </c>
+      <c r="C1805" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0255 - presso la “Scuola Media Ernesto Monaci” nel comune di Soriano nel Cimino (VT).Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F64D17000020009 CIG: 75891615C6</t>
+        </is>
       </c>
       <c r="D1805" t="s">
-        <v>1604</v>
+        <v>1619</v>
       </c>
       <c r="E1805" s="2">
-        <v>43549</v>
+        <v>43370</v>
       </c>
     </row>
     <row r="1806">
       <c r="A1806">
-        <v>1788</v>
+        <v>1826</v>
       </c>
       <c r="B1806">
         <v>2018</v>
       </c>
       <c r="C1806" t="inlineStr">
         <is>
-          <t>Lavori per realizzazione delle opere di urbanizzazione primaria e della fondazione delle soluzioni abitative di emergenza (S.A.E.) nell’area denominata “denominata “Amatrice – Cossito” a seguito del sisma del 24 agosto 2016 ai sensi dell’articolo 1 dell’Ordinanza del Capo del Dipartimento della Protezione Civile 19 settembre 2016, n° 394, nel Comune di Amatrice (RI). Approvazione Perizia lavori supplementari. </t>
-[...3 lines deleted...]
-        <v>1605</v>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0137 - presso “l’Istituto Comprensivo XXV Aprile", Viale A. Gramsci nel Comune di Civita Castellana (VT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F65B17000500006</t>
+        </is>
+      </c>
+      <c r="D1806">
+        <v>7625708550</v>
       </c>
       <c r="E1806" s="2">
-        <v>43293</v>
+        <v>43370</v>
       </c>
     </row>
     <row r="1807">
       <c r="A1807">
-        <v>1787</v>
+        <v>1825</v>
       </c>
       <c r="B1807">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1807" t="inlineStr">
         <is>
-          <t>DGR n. 891 del 19/12/2017 - Approvazione dello schema del nuovo Contratto Quadro di Servizi da stipularsi tra la Regione Lazio e LAZIOcrea S.p.A. per il periodo 2018 – 2021 e Approvazione Piano operativo annuale LAZIOcrea S.p.A. per l'anno 2018.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0123 - presso l’Istituto Tecnico Commerciale di Via Monterozzi Marina nel Comune di Tarquinia (VT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F84D16000040006</t>
         </is>
       </c>
       <c r="D1807" t="s">
-        <v>1371</v>
+        <v>1620</v>
       </c>
       <c r="E1807" s="2">
-        <v>43293</v>
+        <v>43370</v>
       </c>
     </row>
     <row r="1808">
       <c r="A1808">
-        <v>1786</v>
+        <v>1824</v>
       </c>
       <c r="B1808">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>1606</v>
+        <v>2018</v>
+      </c>
+      <c r="C1808" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0120 -presso la “Scuola media San Bartolomeo” nel Comune di Sezze (LT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. CUP: F14D16000000006</t>
+        </is>
       </c>
       <c r="D1808" t="s">
-        <v>1371</v>
+        <v>1621</v>
       </c>
       <c r="E1808" s="2">
-        <v>43293</v>
+        <v>43370</v>
       </c>
     </row>
     <row r="1809">
       <c r="A1809">
-        <v>1785</v>
+        <v>1823</v>
       </c>
       <c r="B1809">
         <v>2018</v>
       </c>
       <c r="C1809" t="inlineStr">
         <is>
-          <t>"POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata ""Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0346 LI-ES2-2910478 – ""Sede Comunale Roccasecca dei Volsci"" nel Comune di Roccasecca dei Volsci (LT). Affidamento incarico di progettazione di fattibilità tecnico economica, esecutiva, definitiva e di coordinamento della sicurezza in fase di progettazione e approvazione schema di lettera di accettazione incarico professionale all'arch. Augusto BRUCCOLERI"</t>
-[...3 lines deleted...]
-        <v>1607</v>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0119 –presso la “Scuola elementare Melogrosso” nel SEZZE (LT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F14D17000400006</t>
+        </is>
+      </c>
+      <c r="D1809">
+        <v>7611473239</v>
       </c>
       <c r="E1809" s="2">
-        <v>43287</v>
+        <v>43370</v>
       </c>
     </row>
     <row r="1810">
       <c r="A1810">
-        <v>1784</v>
+        <v>1822</v>
       </c>
       <c r="B1810">
         <v>2018</v>
       </c>
       <c r="C1810" t="inlineStr">
         <is>
-          <t>"POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata ""Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0287 - ""Scuola Elementare Campi d'Annibale"" nel Comune di Rocca di Papa (RM). Affidamento incarico di progettazione di fattibilità tecnico economica, esecutiva, definitiva e di coordinamento della sicurezza in fase di progettazione e approvazione schema di lettera di accettazione incarico professionale all'arch. Melaranci Virginio"</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0080 -presso la “SCUOLA ELEMENTARE E MATERNA MAFFI” Nel Comune Di Roma Capitale. Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F87D18000310009</t>
         </is>
       </c>
       <c r="D1810" t="s">
-        <v>1608</v>
+        <v>1622</v>
       </c>
       <c r="E1810" s="2">
-        <v>43287</v>
+        <v>43370</v>
       </c>
     </row>
     <row r="1811">
       <c r="A1811">
-        <v>1783</v>
+        <v>1821</v>
       </c>
       <c r="B1811">
         <v>2018</v>
       </c>
       <c r="C1811" t="inlineStr">
         <is>
-          <t>"POR FESR Lazio 2014-2020 - Call for proposal 2.0 relativa alla linea di intervento denominata ""Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0429 - ""Sede Principale Uffici Comunali"" nel comune di San Vito Romano (RM). Affidamento incarico di progettazione di fattibilità tecnico economica, esecutiva, definitiva e di coordinamento della sicurezza in fase di progettazione e approvazione schema di lettera di accettazione incarico professionale all'ing. Antonio Mele"</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0070 –presso la Scuola Elementare Gandhi", Via Corinaldo N. 41, Roma Capitale. Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F84J17000170006</t>
         </is>
       </c>
       <c r="D1811" t="s">
-        <v>1609</v>
+        <v>1623</v>
       </c>
       <c r="E1811" s="2">
-        <v>43287</v>
+        <v>43370</v>
       </c>
     </row>
     <row r="1812">
       <c r="A1812">
-        <v>1782</v>
+        <v>1820</v>
       </c>
       <c r="B1812">
         <v>2018</v>
       </c>
       <c r="C1812" t="inlineStr">
         <is>
-          <t>"POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata ""Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0172 – Dossier n° LI-ES2-0840334. ""Denominazione intervento Scuole dell'obbligo in Via A. Manzoni 'Pio Fedi' nel Comune di Vitorchiano (VT)"". Affidamento incarico di progettazione di fattibilità tecnico economica, esecutiva, definitiva e di coordinamento della sicurezza in fase di progettazione e approvazione schema di lettera di accettazione incarico professionale all'Arch. Getuli Gerardo"</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0043 -presso il Palazzo dei Priori – Sede Comunale nel Comune di Viterbo (VT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F84J17000170006 – CIG 7590394F44</t>
         </is>
       </c>
       <c r="D1812" t="s">
-        <v>1610</v>
+        <v>1624</v>
       </c>
       <c r="E1812" s="2">
-        <v>43287</v>
+        <v>43370</v>
       </c>
     </row>
     <row r="1813">
       <c r="A1813">
-        <v>1781</v>
+        <v>1819</v>
       </c>
       <c r="B1813">
         <v>2018</v>
       </c>
       <c r="C1813" t="inlineStr">
         <is>
-          <t>"POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata ""Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0204 – Dossier n° LI-ES2-2470216. ""Denominazione intervento Scuola Media Luigi Dasti nel Comune di Tarquinia (VT)"". Affidamento incarico di progettazione di fattibilità tecnico economica, esecutiva, definitiva e di coordinamento della sicurezza in fase di progettazione e approvazione schema di lettera di accettazione incarico professionale all'Arch. Antonio Ciolfi "</t>
+          <t>POR FESR Lazio 2014-2020. Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili”. Intervento A0100E0174 – DOSSIER LI-ES2-2780277 - “Scuola materna elementare e media C. Rosatelli” nel Comune di Roviano (RM). Affidamento incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione schema di lettera di accettazione incarico professionale alla Società di Ingegneria STEAM S.r.l. cod. cred. 177869. Impegno sui Capitoli A42200 - A42201 - A42202, E.F. 2018. CUP F94D17000130006 - CIG Z6F2262ECD</t>
         </is>
       </c>
       <c r="D1813" t="s">
-        <v>1611</v>
+        <v>1625</v>
       </c>
       <c r="E1813" s="2">
-        <v>43287</v>
+        <v>43370</v>
       </c>
     </row>
     <row r="1814">
       <c r="A1814">
-        <v>1780</v>
+        <v>1818</v>
       </c>
       <c r="B1814">
         <v>2018</v>
       </c>
       <c r="C1814" t="inlineStr">
         <is>
-          <t>"POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata ""Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0205- DOSSIER LI-ES2-2470214 ""Scuola Media Ettore Sacconi"" nel Comune di Tarquinia (VT). Affidamento incarico di progettazione di fattibilità tecnico economica, esecutiva, definitiva e di coordinamento della sicurezza in fase di progettazione e approvazione schema di lettera di accettazione incarico professionale all'arch. Giorgio PELLONI"</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili.  Intervento A0100E0118 - DOSSIER LI-ES2-2960313 “Palazzo de Magistris sede comunale, Comune di Sezze (LT). Affidamento incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione schema di lettera di accettazione incarico professionale all’ing Massimo Pescosolido cod. cred. 177886 Impegno su Capitoli A42200 - A42201 - A42202 - E.F. 2018.CUP F14D17000390006 - CIG ZB9238C45F</t>
         </is>
       </c>
       <c r="D1814" t="s">
-        <v>1612</v>
+        <v>1626</v>
       </c>
       <c r="E1814" s="2">
-        <v>43287</v>
+        <v>43370</v>
       </c>
     </row>
     <row r="1815">
       <c r="A1815">
-        <v>1779</v>
+        <v>1817</v>
       </c>
       <c r="B1815">
         <v>2018</v>
       </c>
       <c r="C1815" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0343 – DOSSIER LI-ES2-20160111-3190420 – POLO AMMINISTRATIVO E SOCIO EDUCATIVO Via G. Mameli, PROMOZIONE DELL'ECO EFFICIENZA E RIDUZIONE DEI CONSUMO nel Comune di Poggio Mirteto (RI). Affidamento incarico di progettazione di fattibilità tecnico economica, esecutiva, definitiva e di coordinamento della sicurezza in fase di progettazione e approvazione schema di lettera di accettazione incarico professionale all'ing. Maurizio CIRELLA</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0051 – DOSSIER LI-ES2-0900227 - “Scuola Elementare Dante Alighieri nel Comune di Fabrica Di Roma (VT). Affidamento incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione schema di lettera di accettazione incarico professionale all’Ing. Nicola Graniglia - cod. cred.­ 178367 Impegno su Capitoli A42200 - A42201 - A42202 - E.F. 2018.CUP F92B17000120006 - CIG Z5D2267F40</t>
         </is>
       </c>
       <c r="D1815" t="s">
-        <v>1613</v>
+        <v>1627</v>
       </c>
       <c r="E1815" s="2">
-        <v>43287</v>
+        <v>43370</v>
       </c>
     </row>
     <row r="1816">
       <c r="A1816">
-        <v>1778</v>
+        <v>1816</v>
       </c>
       <c r="B1816">
         <v>2018</v>
       </c>
       <c r="C1816" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 100.000,00 ai sensi degli artt. 31 comma 8 e 36 comma 2 lett. a) del d.lgs. n. 50/2016 – Operazione di sorteggio finalizzate all'individuazione degli operatori economici iscritti nell' Elenco Regionale dei Professionisti, Fascia I esperti in risparmio energetico nell'edilizia e certificazione energetica degli edifici per l'affidamento di servizi tecnici di importo inferiore a 40.000 euro. – Approvazione verbali operazioni di sorteggio del 26.06.2018</t>
+          <t>POR FESR 2014 - 2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili" . Affidamento dei servizi di ingegneria e architettura di importo inferiore a 100.000 euro, ai sensi degli artt. 31, comma 8 e 36, comma 2, lett. a) del D.Lgs. n. 50/2016 - Aggiornamento dell'"Elenco Regionale Professionisti Esperti in Risparmio Energetico nell'edilizia e certificazione energetica degli edifici".</t>
         </is>
       </c>
       <c r="D1816" t="s">
-        <v>1371</v>
+        <v>1415</v>
       </c>
       <c r="E1816" s="2">
-        <v>43284</v>
+        <v>43364</v>
       </c>
     </row>
     <row r="1817">
       <c r="A1817">
-        <v>1777</v>
+        <v>1815</v>
       </c>
       <c r="B1817">
         <v>2018</v>
       </c>
       <c r="C1817" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 100.000,00 ai sensi degli artt. 31 comma 8 e 36 comma 2 lett. a) del d.lgs. n. 50/2016 – Operazione di sorteggio per l'individuazione degli operatori economici iscritti nell' Elenco Regionale dei Professionisti, Fascia II, esperti in risparmio energetico nell'edilizia e certificazione energetica degli edifici da invitare alle procedure negoziate per l'affidamento di servizi di ingegneria ed architettura di importo superiore a 40.000 € ed inferiore a 100.000 € – Approvazione verbali operazioni di sorteggio del 26.06.2018</t>
+          <t>Appalto dei lavori di manutenzione straordinaria per la realizzazione di una stazione carabinieri presso il complesso “Ospedale Forlanini” palazzina 17, via Portuense 332, Roma</t>
         </is>
       </c>
       <c r="D1817" t="s">
-        <v>1371</v>
+        <v>1628</v>
       </c>
       <c r="E1817" s="2">
-        <v>43284</v>
+        <v>43364</v>
       </c>
     </row>
     <row r="1818">
       <c r="A1818">
-        <v>1776</v>
+        <v>1814</v>
       </c>
       <c r="B1818">
         <v>2018</v>
       </c>
       <c r="C1818" t="inlineStr">
         <is>
-          <t>Gara per l'affidamento, in concessione, ai sensi dell’art. 164 del d. lgs. n. 50/2016 e s.m.i, per la gestione del servizio di erogazione di bevande calde, fredde, snack ed altri generi alimentari mediante l’installazione di distributori automatici - categoria 17 - codice CPV 42933000-5 (distributori automatici) e CPV 15000000-8 (prodotti alimentari e bevande), presso le sedi della regione Lazio.  CIG 74237017DC</t>
+          <t>Call for proposal “Energia sostenibile 2.0” - POR FESR Lazio 2014-2020 - Asse prioritario 4 Azione 4.1.1 -&amp;nbsp; “Promozione dell'eco-efficienza e riduzione di consumi di energia primaria negli edifici e strutture pubbliche: interventi di ristrutturazione di singoli edifici o complessi di edifici, installazione di sistemi intelligenti di telecontrollo, regolazione, gestione, monitoraggio e ottimizzazione dei consumi energetici (smart buildings) e delle emissioni inquinanti anche attraverso l'utilizzo di mix tecnologici”. ”. Operazioni di sorteggio finalizzate all’individuazione degli operatori economici iscritti nell’ Elenco Regionale dei Professionisti Fascia II, esperti in risparmio energetico nell’edilizia e certificazione energetica degli edifici da invitare alle procedure di affidamento di servizi tecnici di importo superiore a 40.000 euro ed inferiore a 100.000 euro - Approvazione Avviso operazioni di pubblico sorteggio.
+</t>
         </is>
       </c>
       <c r="D1818" t="s">
-        <v>1614</v>
+        <v>590</v>
       </c>
       <c r="E1818" s="2">
-        <v>43283</v>
+        <v>43364</v>
       </c>
     </row>
     <row r="1819">
       <c r="A1819">
-        <v>1775</v>
+        <v>1813</v>
       </c>
       <c r="B1819">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>1615</v>
+        <v>2018</v>
+      </c>
+      <c r="C1819" t="inlineStr">
+        <is>
+          <t>Determinazione a contrarre finalizzata all’individuazione di operatori economici da invitare ad una procedura negoziata ai sensi dell’art. 36, comma 2, lett. b) del d.lgs. n. 50/2016 e ss.mm.ii. per l’affidamento del servizio di aggiornamento del Piano di Gestione dei Rifiuti della Regione Lazio, approvato con D.C.R. n. 14 del 18 gennaio 2012, e del Rapporto Ambientale. Approvazione dell’avviso pubblico per indagine di mercato.</t>
+        </is>
       </c>
       <c r="D1819" t="s">
-        <v>1616</v>
+        <v>1415</v>
       </c>
       <c r="E1819" s="2">
-        <v>43283</v>
+        <v>43363</v>
       </c>
       <c r="F1819" t="s">
-        <v>1617</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="1820">
       <c r="A1820">
-        <v>1774</v>
+        <v>1812</v>
       </c>
       <c r="B1820">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1820" t="inlineStr">
         <is>
-          <t>Affidamento dell'incarico di progettazione dei lavori di ripristino della briglia e controbriglia in corrispondenza ed a valle del ponte Rosa con risezionamento della sezione idraulica del fiume Tronto in località Retrosi nel Comune di Amatrice (RI)</t>
+          <t>Determinazione a contrarre finalizzata all’individuazione di operatori economici da invitare ad una procedura negoziata ai sensi dell’art. 36, comma 2, lett. b) del d.lgs. n. 50/2016 e ss.mm.ii. per l’affidamento del servizio di aggiornamento del Piano di Gestione dei Rifiuti della Regione Lazio, approvato con D.C.R. n. 14 del 18 gennaio 2012, e del Rapporto Ambientale. Approvazione dell’avviso pubblico per indagine di mercato.</t>
         </is>
       </c>
       <c r="D1820" t="s">
-        <v>1618</v>
+        <v>1415</v>
       </c>
       <c r="E1820" s="2">
-        <v>43277</v>
+        <v>43363</v>
+      </c>
+      <c r="F1820" t="s">
+        <v>1629</v>
       </c>
     </row>
     <row r="1821">
       <c r="A1821">
-        <v>1773</v>
+        <v>1811</v>
       </c>
       <c r="B1821">
         <v>2018</v>
       </c>
       <c r="C1821" t="inlineStr">
         <is>
-          <t>Sisma Centro Italia del 24 agosto 2016 – Intervento urgente per la messa in sicurezza dei moduli abitativi per evitare un pericolo grave ed immediato per l’incolumità e la sicurezza delle persone, ai sensi dell'art. 163 del D.lgs. 50/2016. Spesa complessiva di € 25.600,00 (IVA esclusa) a favore della ditta Galli Gaetano s.r.l., da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d’Italia – Esercizio Finanziario 2018 </t>
+          <t>RDO Servizio di di supporto nella predisposizione ed espletamento concorso selettivo di formazione per l'assunzione a tempo pieno e indeterminato di n.115 unità di personale con il profilo professionale di assistente area tecnica </t>
         </is>
       </c>
       <c r="D1821" t="s">
-        <v>1619</v>
+        <v>1630</v>
       </c>
       <c r="E1821" s="2">
-        <v>43272</v>
+        <v>43360</v>
       </c>
     </row>
     <row r="1822">
       <c r="A1822">
-        <v>1772</v>
+        <v>1810</v>
       </c>
       <c r="B1822">
         <v>2018</v>
       </c>
       <c r="C1822" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Operazione di sorteggio finalizzate all'individuazione degli operatori economici iscritti nell' Elenco Regionale dei Professionisti, Fascia I e Fascia II, esperti in risparmio energetico nell'edilizia e certificazione energetica degli edifici da invitare alle procedure di affidamento di servizi tecnici di importo inferiore a 40.000 euro e di importo superiore a 40.000 euro ed inferiore a 100.000 euro – Approvazione degli schemi di Avviso pubblico.</t>
-[...3 lines deleted...]
-        <v>1371</v>
+          <t>AVVISO DI INDAGINE DI MERCATO - CIG 7620336433- volta ad individuare operatori economici da invitare alla procedura negoziata ex art. 36, comma 2, lett. b) del d. lgs. n. 50/2016 per servizio di utilizzo ed allestimento sale e assistenza medica per l'espletamento della prova preselettiva del corso - concorso selettivo di formazione per l'assunzione a tempo pieno e indeterminato di n.115 unità di personale con il profilo professionale di assistente area tecnica – servizio NUE 112, categoria C, posizione economica C1.</t>
+        </is>
+      </c>
+      <c r="D1822">
+        <v>7620336433</v>
       </c>
       <c r="E1822" s="2">
-        <v>43272</v>
+        <v>43356</v>
+      </c>
+      <c r="F1822" t="s">
+        <v>1631</v>
       </c>
     </row>
     <row r="1823">
       <c r="A1823">
-        <v>1771</v>
+        <v>1809</v>
       </c>
       <c r="B1823">
         <v>2018</v>
       </c>
       <c r="C1823" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Affidamento dei servizi di ingegneria e architettura di importo pari o superiore a € 40.000,00 ed inferiore ad € 100.000,00 ai sensi del combinato disposto dall'art. 157, comma 2 e dell'art. 36 comma 2 lett. b del D.Lgs n. 50/2016. Aggiornamento dell "Elenco Regionale Professionisti Esperti in Risparmio Energetico nell'edilizia e certificazione energetica degli edifici". Determina di approvazione degli esiti delle verifiche effettuate dalla Commissione prevista con determinazione G09428 del 6/07/2017 e validazione dell'Elenco Regionale Aggiornato.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili”. Approvazione disciplinare – tipo e relativi allegati per l’affidamento, mediante procedura aperta, dei servizi di progettazione di importo pari o superiore a 40.000 euro ed inferiore a 100.000 euro.</t>
         </is>
       </c>
       <c r="D1823" t="s">
-        <v>1371</v>
+        <v>1415</v>
       </c>
       <c r="E1823" s="2">
-        <v>43271</v>
+        <v>43347</v>
       </c>
     </row>
     <row r="1824">
       <c r="A1824">
-        <v>1770</v>
+        <v>1808</v>
       </c>
       <c r="B1824">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="C1824" t="inlineStr">
         <is>
-          <t>Call for proposal “Energia sostenibile 2.0” - POR FESR Lazio 2014-2020 - Asse prioritario 4 Azione 4.1.1 - Avviso per il secondo Aggiornamento dell'Elenco Regionale di Professionisti Esperti in risparmio energetico nell'edilizia e certificazione&amp;nbsp;energetica degli edifici per l'affidamento dei servizi di ingegneria ed architettura di importo inferiore a euro 100.00 ai sensi dell'art. 36, comma 2, lett. b) e dell'art. 157, comma 2 del d.lgs. n. 50/2016, pprovato con determinazione n. G16904 del&amp;nbsp;06/12/2017.
-</t>
+          <t>Appalto Specifico per la fornitura di prodotti farmaceutici per le Aziende Sanitarie del Lazio Id Consip 1466119. (gara farmaci 2016). Presa d’atto della Sentenza del Consiglio di Stato, Sez III n. 4725/2018</t>
         </is>
       </c>
       <c r="D1824" t="s">
-        <v>548</v>
+        <v>1632</v>
       </c>
       <c r="E1824" s="2">
-        <v>43265</v>
+        <v>43340</v>
       </c>
     </row>
     <row r="1825">
       <c r="A1825">
-        <v>1769</v>
+        <v>1807</v>
       </c>
       <c r="B1825">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="C1825" t="inlineStr">
         <is>
-          <t>Gara europea a procedura aperta, ai sensi dell'art. 71 d.lgs. n. 36/2023 per l'affidamento dei servizi di realizzazione ed attuazione della strategia di comunicazione relativa all'iniziativa 1.7.2 del PNRR "Rete dei servizi di facilitazione digitale" della Regione Lazio. Provvedimento di aggiudicazione.</t>
+          <t>“Appalto specifico indetto dalla Regione Lazio, per l’affidamento di vaccini anti influenzali – Gara 2018”. ID CONSIP 2012983. Ammissioni ai fini del proseguo della procedura di gara”.</t>
         </is>
       </c>
       <c r="D1825" t="s">
-        <v>1620</v>
+        <v>1633</v>
       </c>
       <c r="E1825" s="2">
-        <v>45784</v>
+        <v>43334</v>
       </c>
     </row>
     <row r="1826">
       <c r="A1826">
-        <v>1768</v>
+        <v>1806</v>
       </c>
       <c r="B1826">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="C1826" t="s">
-        <v>1621</v>
+        <v>1634</v>
       </c>
       <c r="D1826" t="s">
-        <v>1622</v>
+        <v>1635</v>
       </c>
       <c r="E1826" s="2">
-        <v>43264</v>
+        <v>43318</v>
+      </c>
+      <c r="F1826" t="s">
+        <v>1636</v>
       </c>
     </row>
     <row r="1827">
       <c r="A1827">
-        <v>1767</v>
+        <v>1805</v>
       </c>
       <c r="B1827">
         <v>2018</v>
       </c>
       <c r="C1827" t="inlineStr">
         <is>
-          <t>Sisma Centro Italia del 24 agosto 2016- Intervento urgente di messa in sicurezza di aree di accesso adiacenti i moduli abitativi in varie loc. di Amatrice e di Amatrice, ai sensi dell'art. 163 del D.lgs. 50/2016. Spesa complessiva € 8.300,00 IVA ESCLUSA) da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d'Italia</t>
+          <t>Terzo Aggiornamento dell’“ Elenco Regionale di Professionisti Esperti in risparmio energetico nell’edilizia e certificazione energetica degli edifici per l’affidamento dei servizi di ingegneria ed architettura di importo inferiore a euro 100.00 ai sensi dell’art. 36, comma 2, lett. b) e dell’art. 157, comma 2 del d.lgs. n. 50/2016” approvato con determinazione n. G16904 del 06/12/2017.</t>
         </is>
       </c>
       <c r="D1827" t="s">
-        <v>1623</v>
+        <v>1415</v>
       </c>
       <c r="E1827" s="2">
-        <v>43264</v>
+        <v>43318</v>
       </c>
     </row>
     <row r="1828">
       <c r="A1828">
-        <v>1766</v>
+        <v>1804</v>
       </c>
       <c r="B1828">
         <v>2018</v>
       </c>
       <c r="C1828" t="inlineStr">
         <is>
-          <t>Sisma Centro Italia del 24 agosto 2016- Intervento urgente di messa in sicurezza di aree di accesso adiacenti i moduli abitativi in varie loc. di Amatrice e di Amatrice, ai sensi dell'art. 163 del D.lgs. 50/2016. Spesa complessiva € 17.500,00 (IVA ESCLUSA) da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d'Italia</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili" - "Elenco regionale di professionisti esperti in risparmio energetico nell'edilizia e certificazione energetica degli edifici per l'affidamento dei servizi di ingegneria ed architettura di importo inferiore a euro 100.000,00" ai sensi dell'art. 36, comma 2, lett. a) e lett. b) e dell'art. 157, comma 2 del d.lgs. n. 50/2016". Avvio della procedura di Aggiornamento periodico dell'Elenco, approvazione dell'Avviso e dei relativi allegati.</t>
         </is>
       </c>
       <c r="D1828" t="s">
-        <v>1624</v>
+        <v>1415</v>
       </c>
       <c r="E1828" s="2">
-        <v>43264</v>
+        <v>43318</v>
       </c>
     </row>
     <row r="1829">
       <c r="A1829">
-        <v>1765</v>
+        <v>1803</v>
       </c>
       <c r="B1829">
         <v>2018</v>
       </c>
       <c r="C1829" t="inlineStr">
         <is>
-          <t>Sisma Centro Italia del 24 agosto 2016 -intervento urgente per creare aree idonee alla posa di moduli prefabricati per lo svolgimento di attività sanitaria, ai sensi dell'art. 163 del D.lgs 50/2016. Spesa complessiva di €9.242,00 (IVA ESCLUSA) a favore della ditta Galli Gaetano srl da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d'Italia</t>
+          <t>Procedura aperta, ai sensi dell'articolo 60 del D. Lgs. n^ 50/2016, finalizzata alla stipula di un accordo quadro per l'affidamento del servizio di rimozione, selezione, catalogazione, trasporto e stoccaggio in deposito temporaneo delle macerie di tipo 'A' nei 15 Comuni del Lazio nell'area del Cratere Sismico, interessati dal sisma del 24 agosto 2016 ed eventi successivi ai sensi dell'articolo 5 dell'O.C.D.P.C. del 10 ottobre 2016 n. 399.</t>
         </is>
       </c>
       <c r="D1829" t="s">
-        <v>1625</v>
+        <v>1637</v>
       </c>
       <c r="E1829" s="2">
-        <v>43264</v>
+        <v>43315</v>
+      </c>
+      <c r="F1829" t="s">
+        <v>1638</v>
       </c>
     </row>
     <row r="1830">
       <c r="A1830">
-        <v>1764</v>
+        <v>1802</v>
       </c>
       <c r="B1830">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1830" t="inlineStr">
         <is>
-          <t>Sisma Centro Italia del 24 agosto 2016 – Intervento urgente per realizzare le opere per i servizi alle piazzole per le strutture abitative provvisorie, 10 alloggi, in località Poggio Castellano comune di Amatrice di cui dell'art. 163 del D.lgs. 50/2016. Spesa complessiva di € 14.963,00 (IVA esclusa) a favore della ditta R.G. Costruzioni, da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d'Italia – Esercizio Finanziario 2018</t>
-[...3 lines deleted...]
-        <v>1626</v>
+          <t>Servizio di cernita, preselezione e trasporto del materiale di risulta proveniente dalla demolizione del "fabbricato B" sito nell'area, confiscata alla criminalità organizzata, di Via Roccabernarda, 15 – Roma.</t>
+        </is>
+      </c>
+      <c r="D1830">
+        <v>7681667823</v>
       </c>
       <c r="E1830" s="2">
-        <v>43264</v>
+        <v>43549</v>
       </c>
     </row>
     <row r="1831">
       <c r="A1831">
-        <v>1763</v>
+        <v>1801</v>
       </c>
       <c r="B1831">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="C1831" t="inlineStr">
         <is>
-          <t>Sisma Centro Italia del 24 agosto 2016 – Intervento urgente di messa in sicurezza di modulo abitativo in loc. Prato "Amatrice", ai sensi dell'art. 163 del D.lgs. 50/2016. Spesa complessiva di € 3.500,00 (IVA esclusa) da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d'Italia – Esercizio Finanziario 2018</t>
-[...3 lines deleted...]
-        <v>1627</v>
+          <t>Affidamento a R.T.I. (Accenture S.p.A e Inmatica S.p.A) della fornitura dei servizi di manutenzione evolutivo-adeguativa e di consulenza specifica per l’adeguamento del sistema informativo elettorale centrale (SIEL) alle variazioni intervenute con la normativa elettorale della Regione Lazio.</t>
+        </is>
+      </c>
+      <c r="D1831">
+        <v>7318752934</v>
       </c>
       <c r="E1831" s="2">
-        <v>43264</v>
+        <v>43312</v>
       </c>
     </row>
     <row r="1832">
       <c r="A1832">
-        <v>1762</v>
+        <v>1800</v>
       </c>
       <c r="B1832">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="C1832" t="inlineStr">
         <is>
-          <t>Sisma Centro Italia del 24 agosto 2016 – Ulteriore intervento urgente per garantire le condizioni di supporto sanitario essenziale per i cittadini di Accumoli a salvaguardia della salute pubblica, ai sensi dell'art. 163 del D.lgs. 50/2016. Costo complessivo di € 3.654,00 (IVA esclusa) a favore della ditta Galli Gaetano s.r.l. da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d'Italia – Esercizio Finanziario 2018</t>
+          <t>Affidamento a IPZS (Istituto Poligrafico e Zecca dello stato) S.p.A., della fornitura del servizio di stampa, allestimento, distribuzione del materiale  e supporto alla gestione del progetto per lo svolgimento delle elezioni regionali 2018. </t>
         </is>
       </c>
       <c r="D1832" t="s">
-        <v>1628</v>
+        <v>1639</v>
       </c>
       <c r="E1832" s="2">
-        <v>43264</v>
+        <v>43312</v>
       </c>
     </row>
     <row r="1833">
       <c r="A1833">
-        <v>1761</v>
+        <v>1799</v>
       </c>
       <c r="B1833">
         <v>2018</v>
       </c>
       <c r="C1833" t="inlineStr">
         <is>
-          <t>Sisma Centro Italia del 24 agosto 2016 – Intervento urgente per l'installazione di uno shelter bagno a beneficio del personale militare impegnato nella zona, ai sensi dell'art. 163 del D.lgs. 50/2016. Spesa complessiva di € 3.650,00 (IVA esclusa) a favore della ditta Galli Gaetano s.r.l. da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d'Italia – Esercizio Finanziario 2018</t>
+          <t>Sisma Centro Italia del 24 agosto 2016 – Interventi urgenti di scongelamento tubazioni e reperibilità aree SAE-MAPRE, allerta meteorologica per fenomeni nivologici periodo febbraio - marzo 2018, ai sensi dell'art. 163 del D.lgs. 50/2016. Spesa complessiva di € 3.700,00 (IVA esclusa) a favore della Ditta R.F. Impianti di Festa Raffaele, da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d’Italia</t>
         </is>
       </c>
       <c r="D1833" t="s">
-        <v>1629</v>
+        <v>1640</v>
       </c>
       <c r="E1833" s="2">
-        <v>43264</v>
+        <v>43308</v>
       </c>
     </row>
     <row r="1834">
       <c r="A1834">
-        <v>1760</v>
+        <v>1798</v>
       </c>
       <c r="B1834">
         <v>2018</v>
       </c>
       <c r="C1834" t="inlineStr">
         <is>
-          <t>Sisma Centro Italia del 24 agosto 2016 – Intervento urgente per garantire le condizioni di supporto sanitario essenziale per i cittadini di Accumoli a salvaguardia della salute pubblica, ai sensi dell'art. 163 del D.lgs. 50/2016. Spesa complessiva di € 3.860,00 (IVA esclusa) a favore della ditta Galli Gaetano s.r.l. da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d'Italia – Esercizio Finanziario 2018</t>
+          <t>Sisma Centro Italia del 24 agosto 2016 – Interventi urgenti di scongelamento tubazioni e reperibilità aree SAE-MAPRE, allerta meteorologica per fenomeni nivologici periodo febbraio - marzo 2018, ai sensi dell'art. 163 del D.lgs. 50/2016. Spesa complessiva di € 14.919,00 (IVA esclusa) a favore della Ditta Materiali da Costruzione srl, da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d’Italia – Esercizio Finanziario 2018</t>
         </is>
       </c>
       <c r="D1834" t="s">
-        <v>1630</v>
+        <v>1641</v>
       </c>
       <c r="E1834" s="2">
-        <v>43264</v>
+        <v>43308</v>
       </c>
     </row>
     <row r="1835">
       <c r="A1835">
-        <v>1759</v>
+        <v>1797</v>
       </c>
       <c r="B1835">
         <v>2018</v>
       </c>
       <c r="C1835" t="inlineStr">
         <is>
-          <t>Sisma Centro Italia del 24 agosto 2016- Intervento urgente di smaltimento rifiuto speciale, manto erboso in materiale sintetico (codice rifiuto 17.02.03), loc. "Sant'Angelo di Amatrice", ai sensi dell'art. 163 del D.lgs 50/2016. Spesa complessiva di € 1.529, 20 (IVA esclusa) da iputarsi sulla Contebilità Speciale n. 6022 presso la Banca d'Italia - esercizio finaziario 2018</t>
+          <t>Sisma Centro Italia del 24 agosto 2016 – Interventi urgenti di scongelamento tubazioni e reperibilità aree SAE-MAPRE, allerta meteorologica per fenomeni nivologici periodo febbraio - marzo 2018, ai sensi dell'art. 163 del D.lgs. 50/2016. Spesa complessiva di € 15.863,00 (IVA esclusa) a favore della Ditta Edilizia Rapini srl, da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d’Italia – Esercizio Finanziario 2018</t>
         </is>
       </c>
       <c r="D1835" t="s">
-        <v>1631</v>
+        <v>1642</v>
       </c>
       <c r="E1835" s="2">
-        <v>43264</v>
+        <v>43308</v>
       </c>
     </row>
     <row r="1836">
       <c r="A1836">
-        <v>1758</v>
+        <v>1796</v>
       </c>
       <c r="B1836">
         <v>2018</v>
       </c>
-      <c r="C1836" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1836" t="s">
+        <v>1643</v>
       </c>
       <c r="D1836" t="s">
-        <v>1632</v>
+        <v>1415</v>
       </c>
       <c r="E1836" s="2">
-        <v>43264</v>
+        <v>43306</v>
       </c>
     </row>
     <row r="1837">
       <c r="A1837">
-        <v>1757</v>
+        <v>1795</v>
       </c>
       <c r="B1837">
         <v>2018</v>
       </c>
       <c r="C1837" t="inlineStr">
         <is>
-          <t>Sisma Centro Italia del 24 agosto 2016- Intervento urgente di un escavatore da reperire con "nolo a freddo, ai sensi dell'art. 163 del d.lgs. 50/2016. Spesa complessiva di € 3,000,00 (IVA esclusa) da imputarsi sulla contabilità speciale n. 6022 presso la Banca d'Italia- Esercizio Fin. 2018</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 100.000,00 ai sensi degli artt. 31 comma 8 e 36 comma 2 lett. a) del d.lgs. n. 50/2016 – Operazione di sorteggio per l'individuazione degli operatori economici iscritti nell'Elenco Regionale dei Professionisti, Fascia II, esperti in risparmio energetico nell'edilizia e certificazione energetica degli edifici da invitare alle procedure negoziate per l'affidamento di servizi di ingegneria ed architettura di importo superiore a 40.000 € ed inferiore a 100.000 € – Approvazione verbale operazioni di sorteggio del 20.07.2018.</t>
         </is>
       </c>
       <c r="D1837" t="s">
-        <v>1633</v>
+        <v>1415</v>
       </c>
       <c r="E1837" s="2">
-        <v>43264</v>
+        <v>43305</v>
       </c>
     </row>
     <row r="1838">
       <c r="A1838">
-        <v>1756</v>
+        <v>1794</v>
       </c>
       <c r="B1838">
         <v>2018</v>
       </c>
       <c r="C1838" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Rettifica determina n. G02085/2018 relativa all'affidamento dei servizi di ingegneria e architettura di importo pari o superiore a € 40.000,00 ed inferiore ad € 100.000,00 ai sensi del combinato disposto dall'art. 157, comma 2 e dell'art. 36 comma 2 lett. b del D.Lgs n. 50/2016. Approvazione schema-tipo lettera di invito e relativi allegati.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0392 -” Dossier n. LI-ES2-20151119-0530026 “Edificio Scolastico Papa Giovanni XXIII” nel Comune di Bomarzo (VT). Affidamento incarico di progettazione di fattibilità tecnico economica, esecutiva, definitiva e di coordinamento della sicurezza in fase di progettazione e approvazione schema di lettera di accettazione incarico professionale all’ing. Andrea ZENATELLO </t>
         </is>
       </c>
       <c r="D1838" t="s">
-        <v>1371</v>
+        <v>1644</v>
       </c>
       <c r="E1838" s="2">
-        <v>43259</v>
+        <v>43301</v>
       </c>
     </row>
     <row r="1839">
       <c r="A1839">
-        <v>1755</v>
+        <v>1793</v>
       </c>
       <c r="B1839">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>1634</v>
+        <v>2018</v>
+      </c>
+      <c r="C1839" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili.  Intervento A0100E0201- LI-ES2-20160109-2250332.  “Scuola primaria Edmondo De Amicis” nel Comune di Forano (RI). Affidamento incarico di progettazione di fattibilità tecnico economica, esecutiva, definitiva e di coordinamento della sicurezza in fase di progettazione e approvazione schema di lettera di accettazione incarico professionale alla Società “RB INGEGNERIA-SERVIZI DI INGEGNERIA INTEGRATA SRL” </t>
+        </is>
       </c>
       <c r="D1839" t="s">
-        <v>1635</v>
+        <v>1645</v>
       </c>
       <c r="E1839" s="2">
-        <v>43259</v>
+        <v>43301</v>
       </c>
     </row>
     <row r="1840">
       <c r="A1840">
-        <v>1754</v>
+        <v>1792</v>
       </c>
       <c r="B1840">
         <v>2018</v>
       </c>
       <c r="C1840" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal “Energia Sostenibile 2.0” – Azione 4.1.1 Aggiornamento Elenco regionale di professionisti esperti in risparmio energetico nell’edilizia e certificazione energetica degli edifici per l’affidamento dei servizi di ingegneria ed architettura di importo inferiore a € 100.000,00 ai sensi degli artt. 36 e 157 del d.lgs. n. 50/2016. Sostituzione membro della commissione nominato con determinazione n. G13793/2017
-[...4 lines deleted...]
-        <v>548</v>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili”. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 100.000,00 ai sensi degli artt. 31 comma 8 e 36 comma 2 lett. a) del d.lgs. n. 50/2016 – Operazioni di sorteggio finalizzate all’individuazione degli operatori economici iscritti nell’ Elenco Regionale dei Professionisti Fascia II, esperti in risparmio energetico nell’edilizia e certificazione energetica degli edifici da invitare alle procedure di affidamento di servizi tecnici di importo superiore a 40.000 euro ed inferiore a 100.000 euro - Approvazione di Avviso di pubblico sorteggio. </t>
+        </is>
       </c>
       <c r="E1840" s="2">
-        <v>43251</v>
+        <v>43300</v>
       </c>
     </row>
     <row r="1841">
       <c r="A1841">
-        <v>1753</v>
+        <v>1791</v>
       </c>
       <c r="B1841">
         <v>2018</v>
       </c>
       <c r="C1841" t="inlineStr">
         <is>
-          <t>POR FESR LAZIO 2014-2020. Associazione atto a progetto A0100E0460. Call for proposal "Energia sostenibile 2.0" - Azione 4.1.1 Promozione dell'eco-efficienza e riduzione di consumi di energia primaria negli edifici e strutture pubbliche. Determina di affidamento e approvazione schema di lettera di accettazione incarico per l'affidamento dell'incarico professionale di supporto ai RUP per la fase di diagnosi energetica di n° 34 immobili ammessi a seguito dello scorrimento della graduatoria definitiva degli interventi di cui alla Determinazione n° G15111 del 08/11/2017, all' Ing. Marco Rinaldi (cod cred 168525) Impegno su Capitoli A42200 - A42201 A42202 esercizio finanziario 2018 - CIG Z69224F565 – CUP F82E18000020006</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili". Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 100.000,00 ai sensi degli artt. 31 comma 8 e 36 comma 2 lett. a) del d.lgs. n. 50/2016 – "Elenco Regionale Professionisti Esperti in Risparmio Energetico nell'edilizia e certificazione energetica degli edifici". Approvazione degli esiti delle verifiche effettuate dalla Commissione prevista con Determinazione G09428/2017 e validazione dell'Elenco Regionale Aggiornato</t>
         </is>
       </c>
       <c r="D1841" t="s">
-        <v>1636</v>
+        <v>1415</v>
       </c>
       <c r="E1841" s="2">
-        <v>43251</v>
+        <v>43300</v>
       </c>
     </row>
     <row r="1842">
       <c r="A1842">
-        <v>1752</v>
+        <v>1790</v>
       </c>
       <c r="B1842">
         <v>2018</v>
       </c>
-      <c r="C1842" t="inlineStr">
-[...5 lines deleted...]
-        <v>1637</v>
+      <c r="C1842" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D1842">
+        <v>7462516703</v>
       </c>
       <c r="E1842" s="2">
-        <v>43250</v>
+        <v>43293</v>
       </c>
     </row>
     <row r="1843">
       <c r="A1843">
-        <v>1751</v>
+        <v>1789</v>
       </c>
       <c r="B1843">
-        <v>2018</v>
-[...5 lines deleted...]
-        </is>
+        <v>2019</v>
+      </c>
+      <c r="C1843" t="s">
+        <v>1647</v>
       </c>
       <c r="D1843" t="s">
-        <v>548</v>
+        <v>1648</v>
       </c>
       <c r="E1843" s="2">
-        <v>43248</v>
+        <v>43549</v>
       </c>
     </row>
     <row r="1844">
       <c r="A1844">
-        <v>1750</v>
+        <v>1788</v>
       </c>
       <c r="B1844">
         <v>2018</v>
       </c>
-      <c r="C1844" t="s">
-        <v>1638</v>
+      <c r="C1844" t="inlineStr">
+        <is>
+          <t>Lavori per realizzazione delle opere di urbanizzazione primaria e della fondazione delle soluzioni abitative di emergenza (S.A.E.) nell’area denominata “denominata “Amatrice – Cossito” a seguito del sisma del 24 agosto 2016 ai sensi dell’articolo 1 dell’Ordinanza del Capo del Dipartimento della Protezione Civile 19 settembre 2016, n° 394, nel Comune di Amatrice (RI). Approvazione Perizia lavori supplementari. </t>
+        </is>
       </c>
       <c r="D1844" t="s">
-        <v>1314</v>
+        <v>1649</v>
       </c>
       <c r="E1844" s="2">
-        <v>43551</v>
-[...4 lines deleted...]
-        </is>
+        <v>43293</v>
       </c>
     </row>
     <row r="1845">
       <c r="A1845">
-        <v>1749</v>
+        <v>1787</v>
       </c>
       <c r="B1845">
         <v>2017</v>
       </c>
       <c r="C1845" t="inlineStr">
         <is>
-          <t>Gara ad evidenza pubblica a procedura aperta, sopra soglia comunitaria, in un unico lotto finalizzata all'affidamento dei servizi di raccolta, trasporto al trattamento dei rifiuti urbani e dei servizi di igiene urbana del Comune di Sabaudia</t>
+          <t>DGR n. 891 del 19/12/2017 - Approvazione dello schema del nuovo Contratto Quadro di Servizi da stipularsi tra la Regione Lazio e LAZIOcrea S.p.A. per il periodo 2018 – 2021 e Approvazione Piano operativo annuale LAZIOcrea S.p.A. per l'anno 2018.</t>
         </is>
       </c>
       <c r="D1845" t="s">
-        <v>1639</v>
+        <v>1415</v>
       </c>
       <c r="E1845" s="2">
-        <v>43238</v>
-[...2 lines deleted...]
-        <v>1640</v>
+        <v>43293</v>
       </c>
     </row>
     <row r="1846">
       <c r="A1846">
-        <v>1748</v>
+        <v>1786</v>
       </c>
       <c r="B1846">
-        <v>2018</v>
-[...4 lines deleted...]
-        </is>
+        <v>2016</v>
+      </c>
+      <c r="C1846" t="s">
+        <v>1650</v>
       </c>
       <c r="D1846" t="s">
-        <v>1641</v>
+        <v>1415</v>
       </c>
       <c r="E1846" s="2">
-        <v>43214</v>
+        <v>43293</v>
       </c>
     </row>
     <row r="1847">
       <c r="A1847">
-        <v>1747</v>
+        <v>1785</v>
       </c>
       <c r="B1847">
         <v>2018</v>
       </c>
       <c r="C1847" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Affidamento dei servizi di ingegneria ed architettura di importo inferiore a € 40.000,00 ai sensi degli artt. 31 comma 8 e 36 comma 2 lett. a) del d.lgs. n. 50/2016 - Approvazione verbale operazioni di sorteggio del 11/04/2018</t>
+          <t>"POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata ""Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0346 LI-ES2-2910478 – ""Sede Comunale Roccasecca dei Volsci"" nel Comune di Roccasecca dei Volsci (LT). Affidamento incarico di progettazione di fattibilità tecnico economica, esecutiva, definitiva e di coordinamento della sicurezza in fase di progettazione e approvazione schema di lettera di accettazione incarico professionale all'arch. Augusto BRUCCOLERI"</t>
         </is>
       </c>
       <c r="D1847" t="s">
-        <v>1371</v>
+        <v>1651</v>
       </c>
       <c r="E1847" s="2">
-        <v>43214</v>
+        <v>43287</v>
       </c>
     </row>
     <row r="1848">
       <c r="A1848">
-        <v>1746</v>
+        <v>1784</v>
       </c>
       <c r="B1848">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="C1848" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta per l'affidamento dei servizi di vigilanza armata, custodia-portierato e altri servizi per le sedi e gli immobili della Regione Lazio.</t>
+          <t>"POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata ""Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0287 - ""Scuola Elementare Campi d'Annibale"" nel Comune di Rocca di Papa (RM). Affidamento incarico di progettazione di fattibilità tecnico economica, esecutiva, definitiva e di coordinamento della sicurezza in fase di progettazione e approvazione schema di lettera di accettazione incarico professionale all'arch. Melaranci Virginio"</t>
         </is>
       </c>
       <c r="D1848" t="s">
-        <v>1642</v>
+        <v>1652</v>
       </c>
       <c r="E1848" s="2">
-        <v>43210</v>
-[...2 lines deleted...]
-        <v>1643</v>
+        <v>43287</v>
       </c>
     </row>
     <row r="1849">
       <c r="A1849">
-        <v>1745</v>
+        <v>1783</v>
       </c>
       <c r="B1849">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1849" t="inlineStr">
         <is>
-          <t>Procedura negoziata per la stipula di un Accordo Quadro (art. 54, D.lgs. 50/16), avente ad oggetto i lavori di messa in sicurezza e di manutenzione delle essenze arboree ubicate sulle fasce frangivento presenti nel territorio di Latina e Provincia – Durata: Biennio 2018-2019</t>
+          <t>"POR FESR Lazio 2014-2020 - Call for proposal 2.0 relativa alla linea di intervento denominata ""Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0429 - ""Sede Principale Uffici Comunali"" nel comune di San Vito Romano (RM). Affidamento incarico di progettazione di fattibilità tecnico economica, esecutiva, definitiva e di coordinamento della sicurezza in fase di progettazione e approvazione schema di lettera di accettazione incarico professionale all'ing. Antonio Mele"</t>
         </is>
       </c>
       <c r="D1849" t="s">
-        <v>1644</v>
+        <v>1653</v>
       </c>
       <c r="E1849" s="2">
-        <v>43208</v>
+        <v>43287</v>
       </c>
     </row>
     <row r="1850">
       <c r="A1850">
-        <v>1744</v>
+        <v>1782</v>
       </c>
       <c r="B1850">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1850" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Affidamento dei servizi di ingegneria ed architettura di importo inferiore a € 40.000,00 ai sensi degli artt. 31 comma 8 e 36 comma 2 lett. a) del d.lgs. n. 50/2016 - Avviso per l'aggiornamento dell' Elenco regionale di professionisti esperti in risparmio energetico nell'edilizia e certificazione energetica degli edifici, approvato con determinazione n. G16904 del 06/12/2017.</t>
+          <t>"POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata ""Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0172 – Dossier n° LI-ES2-0840334. ""Denominazione intervento Scuole dell'obbligo in Via A. Manzoni 'Pio Fedi' nel Comune di Vitorchiano (VT)"". Affidamento incarico di progettazione di fattibilità tecnico economica, esecutiva, definitiva e di coordinamento della sicurezza in fase di progettazione e approvazione schema di lettera di accettazione incarico professionale all'Arch. Getuli Gerardo"</t>
         </is>
       </c>
       <c r="D1850" t="s">
-        <v>1371</v>
+        <v>1654</v>
       </c>
       <c r="E1850" s="2">
-        <v>43208</v>
+        <v>43287</v>
       </c>
     </row>
     <row r="1851">
       <c r="A1851">
-        <v>1743</v>
+        <v>1781</v>
       </c>
       <c r="B1851">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1851" t="inlineStr">
         <is>
-          <t>Contratto rep. 20240/2017. Servizio aereo di spegnimento degli incendi boschivi nell'ambito delle attività di protezione civile sull'intero territorio della Regione Lazio- campagna A.I.B. 2017. Servizio complementare integrazione flotta regionale. periodo 14 agosto- 31 agosto 2017- Affidamento ai sensi dell'art. 57 comma 5 lett. a) d.lgs. 163/2006. Impegno di spesa complessivo di € 198,955,04 (IVA inclusa) a favore dell'ATI Heliwest s.r.l.- Eliossola S.r.l. Cap. E23517 Es. fin. 2017.</t>
+          <t>"POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata ""Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0204 – Dossier n° LI-ES2-2470216. ""Denominazione intervento Scuola Media Luigi Dasti nel Comune di Tarquinia (VT)"". Affidamento incarico di progettazione di fattibilità tecnico economica, esecutiva, definitiva e di coordinamento della sicurezza in fase di progettazione e approvazione schema di lettera di accettazione incarico professionale all'Arch. Antonio Ciolfi "</t>
         </is>
       </c>
       <c r="D1851" t="s">
-        <v>1645</v>
+        <v>1655</v>
       </c>
       <c r="E1851" s="2">
-        <v>43206</v>
+        <v>43287</v>
       </c>
     </row>
     <row r="1852">
       <c r="A1852">
-        <v>1742</v>
+        <v>1780</v>
       </c>
       <c r="B1852">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1852" t="inlineStr">
         <is>
-          <t>Contratto rep. 20240/2017. Servizio aereo di spegnimento degli incendi boschivi nell'ambito delle attività di protezione civile sull'intero territorio della Regione Lazio- campagna A.I.B. 2017. Servizio complementare integrazione flotta regionale. Affidamento ai sensi dell'art. 57 comma 5 lett. a) del d.lgs. 163/2006. Impegno di spesa complessivo di € 1.396.277,03 (IVA inclusa) a favore dell'ATI Heliwest S.r.l. -Eliossola S.r.l.. Capitolo E23517- Es. fin. 2017. </t>
-[...3 lines deleted...]
-        <v>6945788</v>
+          <t>"POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata ""Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0205- DOSSIER LI-ES2-2470214 ""Scuola Media Ettore Sacconi"" nel Comune di Tarquinia (VT). Affidamento incarico di progettazione di fattibilità tecnico economica, esecutiva, definitiva e di coordinamento della sicurezza in fase di progettazione e approvazione schema di lettera di accettazione incarico professionale all'arch. Giorgio PELLONI"</t>
+        </is>
+      </c>
+      <c r="D1852" t="s">
+        <v>1656</v>
       </c>
       <c r="E1852" s="2">
-        <v>43206</v>
+        <v>43287</v>
       </c>
     </row>
     <row r="1853">
       <c r="A1853">
-        <v>1741</v>
+        <v>1779</v>
       </c>
       <c r="B1853">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1853" t="inlineStr">
         <is>
-          <t>Contratto rep. 20240. Servizio aereo di spegnimento degli incendi boschivi campagna AIB 2017. Servizio complementare integrazione flotta regionale- periodo 14 agosto- 31 agosto 2017.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0343 – DOSSIER LI-ES2-20160111-3190420 – POLO AMMINISTRATIVO E SOCIO EDUCATIVO Via G. Mameli, PROMOZIONE DELL'ECO EFFICIENZA E RIDUZIONE DEI CONSUMO nel Comune di Poggio Mirteto (RI). Affidamento incarico di progettazione di fattibilità tecnico economica, esecutiva, definitiva e di coordinamento della sicurezza in fase di progettazione e approvazione schema di lettera di accettazione incarico professionale all'ing. Maurizio CIRELLA</t>
         </is>
       </c>
       <c r="D1853" t="s">
-        <v>1371</v>
+        <v>1657</v>
       </c>
       <c r="E1853" s="2">
-        <v>43206</v>
+        <v>43287</v>
       </c>
     </row>
     <row r="1854">
       <c r="A1854">
-        <v>1740</v>
+        <v>1778</v>
       </c>
       <c r="B1854">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1854" t="inlineStr">
         <is>
-          <t>Contratto rep. n. 20240/2017. Servizio aereo di spegnimento degli incendi boschivi nell'ambito delle attività di protezione civile sull'intero territorio della Regione Lazio-campagna AIB 2017- Servizio complementare integrazione di volo flotta regionale- periodo 30 agosto- 15 settembre 2017- Affidamento ai sensi dell'art. 57 comma 5 lett. a) del d.lgs. 163/20006. Impegno di spesa complessivo di € 258.677,14 (IVA inclusa) a favore dell'ATI Heliwest S.r.l. Eliossola S.r.l. Es. fin. 2017. </t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 100.000,00 ai sensi degli artt. 31 comma 8 e 36 comma 2 lett. a) del d.lgs. n. 50/2016 – Operazione di sorteggio finalizzate all'individuazione degli operatori economici iscritti nell' Elenco Regionale dei Professionisti, Fascia I esperti in risparmio energetico nell'edilizia e certificazione energetica degli edifici per l'affidamento di servizi tecnici di importo inferiore a 40.000 euro. – Approvazione verbali operazioni di sorteggio del 26.06.2018</t>
         </is>
       </c>
       <c r="D1854" t="s">
-        <v>1646</v>
+        <v>1415</v>
       </c>
       <c r="E1854" s="2">
-        <v>43206</v>
+        <v>43284</v>
       </c>
     </row>
     <row r="1855">
       <c r="A1855">
-        <v>1739</v>
+        <v>1777</v>
       </c>
       <c r="B1855">
         <v>2018</v>
       </c>
       <c r="C1855" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili"- "Elenco regionale di professionisti esperti in risparmio energetico nell'edilizia e certificazione energetica degli edifici per l'affidamento dei servizi di ingegneria ed architettura di importo inferiore a euro 100.000,00" ai sensi dell'art. 36, comma 2, lett. a) e lett. b) e dell'art. 157, comma 2 del d.lgs. n. 50/2016". Rettifica determinazione n. G09428 del 6/07/2017, aggiornamento dell'Elenco ed approvazione del nuovo schema di Avviso e dei relativi allegati.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 100.000,00 ai sensi degli artt. 31 comma 8 e 36 comma 2 lett. a) del d.lgs. n. 50/2016 – Operazione di sorteggio per l'individuazione degli operatori economici iscritti nell' Elenco Regionale dei Professionisti, Fascia II, esperti in risparmio energetico nell'edilizia e certificazione energetica degli edifici da invitare alle procedure negoziate per l'affidamento di servizi di ingegneria ed architettura di importo superiore a 40.000 € ed inferiore a 100.000 € – Approvazione verbali operazioni di sorteggio del 26.06.2018</t>
         </is>
       </c>
       <c r="D1855" t="s">
-        <v>1371</v>
+        <v>1415</v>
       </c>
       <c r="E1855" s="2">
-        <v>43202</v>
+        <v>43284</v>
       </c>
     </row>
     <row r="1856">
       <c r="A1856">
-        <v>1738</v>
+        <v>1776</v>
       </c>
       <c r="B1856">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1856" t="inlineStr">
         <is>
-          <t>D.G.R.L. n. 64 del 21 febbraio 2017 "Programma di Cooperazione Territoriale Europea Interreg Europe 2014-2020. Partecipazione della Regione Lazio alla realizzazione dei progetti Cult –RInG, ENERSELVES, e Urban Manifacturing, candidati al 2° Bando e finanziati." - Progetto ENERSELVES – Policy instruments for energy self–consumption in buildings - PGI02505, - CUP E69D16003390007. Impegno di 3.000,00 € in favore di creditori diversi per l'affidamento delle attività di controllo di I livello per il progetto ENERSELVES.</t>
+          <t>Gara per l'affidamento, in concessione, ai sensi dell’art. 164 del d. lgs. n. 50/2016 e s.m.i, per la gestione del servizio di erogazione di bevande calde, fredde, snack ed altri generi alimentari mediante l’installazione di distributori automatici - categoria 17 - codice CPV 42933000-5 (distributori automatici) e CPV 15000000-8 (prodotti alimentari e bevande), presso le sedi della regione Lazio.  CIG 74237017DC</t>
         </is>
       </c>
       <c r="D1856" t="s">
-        <v>1647</v>
+        <v>1658</v>
       </c>
       <c r="E1856" s="2">
-        <v>43202</v>
+        <v>43283</v>
       </c>
     </row>
     <row r="1857">
       <c r="A1857">
-        <v>1737</v>
+        <v>1775</v>
       </c>
       <c r="B1857">
-        <v>2018</v>
-[...4 lines deleted...]
-        </is>
+        <v>2017</v>
+      </c>
+      <c r="C1857" t="s">
+        <v>1659</v>
       </c>
       <c r="D1857" t="s">
-        <v>1648</v>
+        <v>1660</v>
       </c>
       <c r="E1857" s="2">
-        <v>43199</v>
-[...4 lines deleted...]
-        </is>
+        <v>43283</v>
+      </c>
+      <c r="F1857" t="s">
+        <v>1661</v>
       </c>
     </row>
     <row r="1858">
       <c r="A1858">
-        <v>1736</v>
+        <v>1774</v>
       </c>
       <c r="B1858">
         <v>2017</v>
       </c>
       <c r="C1858" t="inlineStr">
         <is>
-          <t>Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci per l'erogazione in DPC, diretta e ospedaliera occorrenti alle Aziende Sanitarie della Regione Lazio– Negoziata 8</t>
+          <t>Affidamento dell'incarico di progettazione dei lavori di ripristino della briglia e controbriglia in corrispondenza ed a valle del ponte Rosa con risezionamento della sezione idraulica del fiume Tronto in località Retrosi nel Comune di Amatrice (RI)</t>
         </is>
       </c>
       <c r="D1858" t="s">
-        <v>1648</v>
+        <v>1662</v>
       </c>
       <c r="E1858" s="2">
-        <v>43199</v>
-[...4 lines deleted...]
-        </is>
+        <v>43277</v>
       </c>
     </row>
     <row r="1859">
       <c r="A1859">
-        <v>1735</v>
+        <v>1773</v>
       </c>
       <c r="B1859">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1859" t="inlineStr">
         <is>
-          <t>Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci per l'erogazione in DPC, diretta e ospedaliera occorrenti alle Aziende Sanitarie della Regione Lazio e della Regione Emilia Romagna – Negoziata 7</t>
+          <t>Sisma Centro Italia del 24 agosto 2016 – Intervento urgente per la messa in sicurezza dei moduli abitativi per evitare un pericolo grave ed immediato per l’incolumità e la sicurezza delle persone, ai sensi dell'art. 163 del D.lgs. 50/2016. Spesa complessiva di € 25.600,00 (IVA esclusa) a favore della ditta Galli Gaetano s.r.l., da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d’Italia – Esercizio Finanziario 2018 </t>
         </is>
       </c>
       <c r="D1859" t="s">
-        <v>1648</v>
+        <v>1663</v>
       </c>
       <c r="E1859" s="2">
-        <v>43199</v>
-[...4 lines deleted...]
-        </is>
+        <v>43272</v>
       </c>
     </row>
     <row r="1860">
       <c r="A1860">
-        <v>1734</v>
+        <v>1772</v>
       </c>
       <c r="B1860">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1860" t="inlineStr">
         <is>
-          <t>Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 6</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Operazione di sorteggio finalizzate all'individuazione degli operatori economici iscritti nell' Elenco Regionale dei Professionisti, Fascia I e Fascia II, esperti in risparmio energetico nell'edilizia e certificazione energetica degli edifici da invitare alle procedure di affidamento di servizi tecnici di importo inferiore a 40.000 euro e di importo superiore a 40.000 euro ed inferiore a 100.000 euro – Approvazione degli schemi di Avviso pubblico.</t>
         </is>
       </c>
       <c r="D1860" t="s">
-        <v>1648</v>
+        <v>1415</v>
       </c>
       <c r="E1860" s="2">
-        <v>43199</v>
-[...4 lines deleted...]
-        </is>
+        <v>43272</v>
       </c>
     </row>
     <row r="1861">
       <c r="A1861">
-        <v>1733</v>
+        <v>1771</v>
       </c>
       <c r="B1861">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1861" t="inlineStr">
         <is>
-          <t>Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 5</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Affidamento dei servizi di ingegneria e architettura di importo pari o superiore a € 40.000,00 ed inferiore ad € 100.000,00 ai sensi del combinato disposto dall'art. 157, comma 2 e dell'art. 36 comma 2 lett. b del D.Lgs n. 50/2016. Aggiornamento dell "Elenco Regionale Professionisti Esperti in Risparmio Energetico nell'edilizia e certificazione energetica degli edifici". Determina di approvazione degli esiti delle verifiche effettuate dalla Commissione prevista con determinazione G09428 del 6/07/2017 e validazione dell'Elenco Regionale Aggiornato.</t>
         </is>
       </c>
       <c r="D1861" t="s">
-        <v>1648</v>
+        <v>1415</v>
       </c>
       <c r="E1861" s="2">
-        <v>43199</v>
-[...4 lines deleted...]
-        </is>
+        <v>43271</v>
       </c>
     </row>
     <row r="1862">
       <c r="A1862">
-        <v>1732</v>
+        <v>1770</v>
       </c>
       <c r="B1862">
         <v>2018</v>
       </c>
       <c r="C1862" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Affidamento dei servizi di ingegneria ed architettura di importo inferiore a € 40.000,00 ai sensi degli artt. 31 comma 8 e 36 comma 2 lett. a) del d.lgs. n. 50/2016 - Elenco regionale professionisti esperti in risparmio energetico nell'edilizia e certificazione energetica degli edifici, approvato con determinazione n. G16904 del 06/12/2017 - Approvazione Avviso nuove operazioni di sorteggio</t>
+          <t>Call for proposal “Energia sostenibile 2.0” - POR FESR Lazio 2014-2020 - Asse prioritario 4 Azione 4.1.1 - Avviso per il secondo Aggiornamento dell'Elenco Regionale di Professionisti Esperti in risparmio energetico nell'edilizia e certificazione&amp;nbsp;energetica degli edifici per l'affidamento dei servizi di ingegneria ed architettura di importo inferiore a euro 100.00 ai sensi dell'art. 36, comma 2, lett. b) e dell'art. 157, comma 2 del d.lgs. n. 50/2016, pprovato con determinazione n. G16904 del&amp;nbsp;06/12/2017.
+</t>
         </is>
       </c>
       <c r="D1862" t="s">
-        <v>1371</v>
+        <v>590</v>
       </c>
       <c r="E1862" s="2">
-        <v>43196</v>
+        <v>43265</v>
       </c>
     </row>
     <row r="1863">
       <c r="A1863">
-        <v>1731</v>
+        <v>1769</v>
       </c>
       <c r="B1863">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="C1863" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Determina a contrarre per l'affidamento dei servizi di ingegneria e architettura di importo inferiore a € 40.000,00 ai sensi degli artt. 31 comma 8 e 36 comma 2 lett. a) del d.lgs. n. 50/2016 - Nuove operazioni di sorteggio</t>
+          <t>Gara europea a procedura aperta, ai sensi dell'art. 71 d.lgs. n. 36/2023 per l'affidamento dei servizi di realizzazione ed attuazione della strategia di comunicazione relativa all'iniziativa 1.7.2 del PNRR "Rete dei servizi di facilitazione digitale" della Regione Lazio. Provvedimento di aggiudicazione.</t>
         </is>
       </c>
       <c r="D1863" t="s">
-        <v>1371</v>
+        <v>1664</v>
       </c>
       <c r="E1863" s="2">
-        <v>43195</v>
+        <v>45784</v>
       </c>
     </row>
     <row r="1864">
       <c r="A1864">
-        <v>1730</v>
+        <v>1768</v>
       </c>
       <c r="B1864">
         <v>2018</v>
       </c>
-      <c r="C1864" t="inlineStr">
-[...5 lines deleted...]
-        <v>7423561455</v>
+      <c r="C1864" t="s">
+        <v>1665</v>
+      </c>
+      <c r="D1864" t="s">
+        <v>1666</v>
       </c>
       <c r="E1864" s="2">
-        <v>43195</v>
+        <v>43264</v>
       </c>
     </row>
     <row r="1865">
       <c r="A1865">
-        <v>1729</v>
+        <v>1767</v>
       </c>
       <c r="B1865">
         <v>2018</v>
       </c>
-      <c r="C1865" t="s">
-        <v>1649</v>
+      <c r="C1865" t="inlineStr">
+        <is>
+          <t>Sisma Centro Italia del 24 agosto 2016- Intervento urgente di messa in sicurezza di aree di accesso adiacenti i moduli abitativi in varie loc. di Amatrice e di Amatrice, ai sensi dell'art. 163 del D.lgs. 50/2016. Spesa complessiva € 8.300,00 IVA ESCLUSA) da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d'Italia</t>
+        </is>
       </c>
       <c r="D1865" t="s">
-        <v>1650</v>
+        <v>1667</v>
       </c>
       <c r="E1865" s="2">
-        <v>43187</v>
+        <v>43264</v>
       </c>
     </row>
     <row r="1866">
       <c r="A1866">
-        <v>1728</v>
+        <v>1766</v>
       </c>
       <c r="B1866">
         <v>2018</v>
       </c>
       <c r="C1866" t="inlineStr">
         <is>
-          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Ventotene</t>
+          <t>Sisma Centro Italia del 24 agosto 2016- Intervento urgente di messa in sicurezza di aree di accesso adiacenti i moduli abitativi in varie loc. di Amatrice e di Amatrice, ai sensi dell'art. 163 del D.lgs. 50/2016. Spesa complessiva € 17.500,00 (IVA ESCLUSA) da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d'Italia</t>
         </is>
       </c>
       <c r="D1866" t="s">
-        <v>1651</v>
+        <v>1668</v>
       </c>
       <c r="E1866" s="2">
-        <v>43187</v>
+        <v>43264</v>
       </c>
     </row>
     <row r="1867">
       <c r="A1867">
-        <v>1727</v>
+        <v>1765</v>
       </c>
       <c r="B1867">
         <v>2018</v>
       </c>
       <c r="C1867" t="inlineStr">
         <is>
-          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Terracina</t>
+          <t>Sisma Centro Italia del 24 agosto 2016 -intervento urgente per creare aree idonee alla posa di moduli prefabricati per lo svolgimento di attività sanitaria, ai sensi dell'art. 163 del D.lgs 50/2016. Spesa complessiva di €9.242,00 (IVA ESCLUSA) a favore della ditta Galli Gaetano srl da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d'Italia</t>
         </is>
       </c>
       <c r="D1867" t="s">
-        <v>1652</v>
+        <v>1669</v>
       </c>
       <c r="E1867" s="2">
-        <v>43187</v>
+        <v>43264</v>
       </c>
     </row>
     <row r="1868">
       <c r="A1868">
-        <v>1726</v>
+        <v>1764</v>
       </c>
       <c r="B1868">
         <v>2018</v>
       </c>
       <c r="C1868" t="inlineStr">
         <is>
-          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Formia.</t>
+          <t>Sisma Centro Italia del 24 agosto 2016 – Intervento urgente per realizzare le opere per i servizi alle piazzole per le strutture abitative provvisorie, 10 alloggi, in località Poggio Castellano comune di Amatrice di cui dell'art. 163 del D.lgs. 50/2016. Spesa complessiva di € 14.963,00 (IVA esclusa) a favore della ditta R.G. Costruzioni, da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d'Italia – Esercizio Finanziario 2018</t>
         </is>
       </c>
       <c r="D1868" t="s">
-        <v>1653</v>
+        <v>1670</v>
       </c>
       <c r="E1868" s="2">
-        <v>43187</v>
+        <v>43264</v>
       </c>
     </row>
     <row r="1869">
       <c r="A1869">
-        <v>1725</v>
+        <v>1763</v>
       </c>
       <c r="B1869">
         <v>2018</v>
       </c>
       <c r="C1869" t="inlineStr">
         <is>
-          <t>Lavori di S.U. per il ripristino del muro d’argine in sponda destra del fiume Rapido, a salvaguardia della viabilità e delle civili abitazioni, in via Peschiera, comune di Sant’Elia Fiumerapido (FR).</t>
+          <t>Sisma Centro Italia del 24 agosto 2016 – Intervento urgente di messa in sicurezza di modulo abitativo in loc. Prato "Amatrice", ai sensi dell'art. 163 del D.lgs. 50/2016. Spesa complessiva di € 3.500,00 (IVA esclusa) da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d'Italia – Esercizio Finanziario 2018</t>
         </is>
       </c>
       <c r="D1869" t="s">
-        <v>1654</v>
+        <v>1671</v>
       </c>
       <c r="E1869" s="2">
-        <v>43186</v>
-[...2 lines deleted...]
-        <v>1655</v>
+        <v>43264</v>
       </c>
     </row>
     <row r="1870">
       <c r="A1870">
-        <v>1724</v>
+        <v>1762</v>
       </c>
       <c r="B1870">
         <v>2018</v>
       </c>
       <c r="C1870" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata “Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili”- Affidamento dei servizi di importo pari o superiore a 40.000 euro ed inferiore a 100.000 euro. Modalità di costituzione della Commissione di gara. </t>
+          <t>Sisma Centro Italia del 24 agosto 2016 – Ulteriore intervento urgente per garantire le condizioni di supporto sanitario essenziale per i cittadini di Accumoli a salvaguardia della salute pubblica, ai sensi dell'art. 163 del D.lgs. 50/2016. Costo complessivo di € 3.654,00 (IVA esclusa) a favore della ditta Galli Gaetano s.r.l. da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d'Italia – Esercizio Finanziario 2018</t>
         </is>
       </c>
       <c r="D1870" t="s">
-        <v>1371</v>
+        <v>1672</v>
       </c>
       <c r="E1870" s="2">
-        <v>43182</v>
+        <v>43264</v>
       </c>
     </row>
     <row r="1871">
       <c r="A1871">
-        <v>1723</v>
+        <v>1761</v>
       </c>
       <c r="B1871">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>1656</v>
+        <v>2018</v>
+      </c>
+      <c r="C1871" t="inlineStr">
+        <is>
+          <t>Sisma Centro Italia del 24 agosto 2016 – Intervento urgente per l'installazione di uno shelter bagno a beneficio del personale militare impegnato nella zona, ai sensi dell'art. 163 del D.lgs. 50/2016. Spesa complessiva di € 3.650,00 (IVA esclusa) a favore della ditta Galli Gaetano s.r.l. da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d'Italia – Esercizio Finanziario 2018</t>
+        </is>
       </c>
       <c r="D1871" t="s">
-        <v>1657</v>
+        <v>1673</v>
       </c>
       <c r="E1871" s="2">
-        <v>43180</v>
-[...2 lines deleted...]
-        <v>1658</v>
+        <v>43264</v>
       </c>
     </row>
     <row r="1872">
       <c r="A1872">
-        <v>1722</v>
+        <v>1760</v>
       </c>
       <c r="B1872">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C1872" t="inlineStr">
         <is>
-          <t>Appalto Specifico per la fornitura di medicazioni generali e specialistiche occorrenti alle Aziende Sanitarie della Regione Lazio indetto con Determinazione n. G03692 del 14/04/2016</t>
+          <t>Sisma Centro Italia del 24 agosto 2016 – Intervento urgente per garantire le condizioni di supporto sanitario essenziale per i cittadini di Accumoli a salvaguardia della salute pubblica, ai sensi dell'art. 163 del D.lgs. 50/2016. Spesa complessiva di € 3.860,00 (IVA esclusa) a favore della ditta Galli Gaetano s.r.l. da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d'Italia – Esercizio Finanziario 2018</t>
         </is>
       </c>
       <c r="D1872" t="s">
-        <v>1659</v>
+        <v>1674</v>
       </c>
       <c r="E1872" s="2">
-        <v>43186</v>
-[...2 lines deleted...]
-        <v>1660</v>
+        <v>43264</v>
       </c>
     </row>
     <row r="1873">
       <c r="A1873">
-        <v>1721</v>
+        <v>1759</v>
       </c>
       <c r="B1873">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1873" t="inlineStr">
         <is>
-          <t>Procedura di gara mediante adesione al “Sistema” Dinamico di Acquisizione di CONSIP SpA, ai sensi del D.Lgs. 163/2006, per l’affidamento della "Fornitura del servizio di ossigenoterapia domiciliare per i fabbisogni delle Aziende Asl del Lazio”. Procedura suddivisa in n. 6 (sei) lotti funzionali.</t>
+          <t>Sisma Centro Italia del 24 agosto 2016- Intervento urgente di smaltimento rifiuto speciale, manto erboso in materiale sintetico (codice rifiuto 17.02.03), loc. "Sant'Angelo di Amatrice", ai sensi dell'art. 163 del D.lgs 50/2016. Spesa complessiva di € 1.529, 20 (IVA esclusa) da iputarsi sulla Contebilità Speciale n. 6022 presso la Banca d'Italia - esercizio finaziario 2018</t>
         </is>
       </c>
       <c r="D1873" t="s">
-        <v>1661</v>
+        <v>1675</v>
       </c>
       <c r="E1873" s="2">
-        <v>43174</v>
-[...2 lines deleted...]
-        <v>1511</v>
+        <v>43264</v>
       </c>
     </row>
     <row r="1874">
       <c r="A1874">
-        <v>1720</v>
+        <v>1758</v>
       </c>
       <c r="B1874">
         <v>2018</v>
       </c>
       <c r="C1874" t="inlineStr">
         <is>
-          <t>Lavori di manutenzione urgente del fiume Rapido per il ripristino dell’officiosità dell’alveo, in comune di Sant’Elia Fiumerapido e a Cassino, dalla località Concentramento fino alla confluenza con la nuova inalveazione.</t>
-[...3 lines deleted...]
-        <v>7324752092</v>
+          <t>Sisma Centro Italia del 24 agosto 2016 - Intervento urgente per il ritiro della cucina da campo di Torrita, ai sensi dell'art. 163 del D.lgs. 50/2016. Spesa coplessiva di € 400,00 (IVA esclusa) a favore della ditta DALM s.r.l., da iputarsi sulla Contabilità Speciale n. 6022 presso la Banca d'Italia - Esercizio Finanziario 2018 </t>
+        </is>
+      </c>
+      <c r="D1874" t="s">
+        <v>1676</v>
       </c>
       <c r="E1874" s="2">
-        <v>43166</v>
-[...2 lines deleted...]
-        <v>1662</v>
+        <v>43264</v>
       </c>
     </row>
     <row r="1875">
       <c r="A1875">
-        <v>1719</v>
+        <v>1757</v>
       </c>
       <c r="B1875">
         <v>2018</v>
       </c>
-      <c r="C1875" t="s">
-        <v>1663</v>
+      <c r="C1875" t="inlineStr">
+        <is>
+          <t>Sisma Centro Italia del 24 agosto 2016- Intervento urgente di un escavatore da reperire con "nolo a freddo, ai sensi dell'art. 163 del d.lgs. 50/2016. Spesa complessiva di € 3,000,00 (IVA esclusa) da imputarsi sulla contabilità speciale n. 6022 presso la Banca d'Italia- Esercizio Fin. 2018</t>
+        </is>
       </c>
       <c r="D1875" t="s">
-        <v>1664</v>
+        <v>1677</v>
       </c>
       <c r="E1875" s="2">
-        <v>43153</v>
-[...2 lines deleted...]
-        <v>1665</v>
+        <v>43264</v>
       </c>
     </row>
     <row r="1876">
       <c r="A1876">
-        <v>1718</v>
+        <v>1756</v>
       </c>
       <c r="B1876">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1876" t="inlineStr">
         <is>
-          <t>Presentazione del Presidente della Regione Lazio della legge regionale n. 7 del 18/07/2017 "Disposizioni per la rigenerazione urbana e per il recupero edilizio" – Approvazione schema di contratto per la concessione in uso temporaneo della sala e prestazione dei servizi connessi.</t>
-[...3 lines deleted...]
-        <v>0</v>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Rettifica determina n. G02085/2018 relativa all'affidamento dei servizi di ingegneria e architettura di importo pari o superiore a € 40.000,00 ed inferiore ad € 100.000,00 ai sensi del combinato disposto dall'art. 157, comma 2 e dell'art. 36 comma 2 lett. b del D.Lgs n. 50/2016. Approvazione schema-tipo lettera di invito e relativi allegati.</t>
+        </is>
+      </c>
+      <c r="D1876" t="s">
+        <v>1415</v>
       </c>
       <c r="E1876" s="2">
-        <v>43138</v>
+        <v>43259</v>
       </c>
     </row>
     <row r="1877">
       <c r="A1877">
-        <v>1717</v>
+        <v>1755</v>
       </c>
       <c r="B1877">
         <v>2017</v>
       </c>
-      <c r="C1877" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1877" t="s">
+        <v>1678</v>
       </c>
       <c r="D1877" t="s">
-        <v>1666</v>
+        <v>1679</v>
       </c>
       <c r="E1877" s="2">
-        <v>43117</v>
+        <v>43259</v>
       </c>
     </row>
     <row r="1878">
       <c r="A1878">
-        <v>1716</v>
+        <v>1754</v>
       </c>
       <c r="B1878">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1878" t="inlineStr">
         <is>
-          <t>Dlgs 50/2016 determina a contrarre per l’affidamento  del servizio di diagnostica, monitoraggio  e consulenze scientifiche specialistiche di organismi nocivi da quarantena delle piante per l’anno 2018 nel territorio del Lazio. Impegno di spesa euro 142.772,51 IVA inclusa capitolo cap. B11115 macroaggr.  1.03.02.11.000. Es fin 2017 </t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal “Energia Sostenibile 2.0” – Azione 4.1.1 Aggiornamento Elenco regionale di professionisti esperti in risparmio energetico nell’edilizia e certificazione energetica degli edifici per l’affidamento dei servizi di ingegneria ed architettura di importo inferiore a € 100.000,00 ai sensi degli artt. 36 e 157 del d.lgs. n. 50/2016. Sostituzione membro della commissione nominato con determinazione n. G13793/2017
+</t>
         </is>
       </c>
       <c r="D1878" t="s">
-        <v>1667</v>
+        <v>590</v>
       </c>
       <c r="E1878" s="2">
-        <v>43117</v>
+        <v>43251</v>
       </c>
     </row>
     <row r="1879">
       <c r="A1879">
-        <v>1715</v>
+        <v>1753</v>
       </c>
       <c r="B1879">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1879" t="inlineStr">
         <is>
-          <t>Dlgs 50/2016, Autorizzazione espletamento procedura di gara attraverso il MEPA di Consip, per la fornitura di materiali per lo svolgimento delle attivita’ istituzionali di competenza del Servizio Fitosanitario Regionale Impegni di spesa euro  3.473,50 IVA inclusa, capitolo B11122 macroaggregato 1.03.01.02, es. fin 2017</t>
+          <t>POR FESR LAZIO 2014-2020. Associazione atto a progetto A0100E0460. Call for proposal "Energia sostenibile 2.0" - Azione 4.1.1 Promozione dell'eco-efficienza e riduzione di consumi di energia primaria negli edifici e strutture pubbliche. Determina di affidamento e approvazione schema di lettera di accettazione incarico per l'affidamento dell'incarico professionale di supporto ai RUP per la fase di diagnosi energetica di n° 34 immobili ammessi a seguito dello scorrimento della graduatoria definitiva degli interventi di cui alla Determinazione n° G15111 del 08/11/2017, all' Ing. Marco Rinaldi (cod cred 168525) Impegno su Capitoli A42200 - A42201 A42202 esercizio finanziario 2018 - CIG Z69224F565 – CUP F82E18000020006</t>
         </is>
       </c>
       <c r="D1879" t="s">
-        <v>1668</v>
+        <v>1680</v>
       </c>
       <c r="E1879" s="2">
-        <v>43117</v>
+        <v>43251</v>
       </c>
     </row>
     <row r="1880">
       <c r="A1880">
-        <v>1714</v>
+        <v>1752</v>
       </c>
       <c r="B1880">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1880" t="inlineStr">
         <is>
-          <t>Stato di calamità naturale per crisi idrica proclamato con decreto del Presidente della Regione Lazio 5 luglio 2017, n. T00116: affidamento in somma urgenza (art. 163 c.6 del D.lgs. 50/2016) della fornitura e relativa istallazione di una stazione meteo-idrometrica per il monitoraggio dei parametri ambientali del lago di Bracciano.</t>
-[...3 lines deleted...]
-        <v>7189892692</v>
+          <t>Lavori relativi all’ intervento prioritario di messa in sicurezza, di consolidamento e protezione della falesia sud-orientale della spiaggia Calanave - tratto Zia Bettina - Ventotene (LT)</t>
+        </is>
+      </c>
+      <c r="D1880" t="s">
+        <v>1681</v>
       </c>
       <c r="E1880" s="2">
-        <v>43112</v>
+        <v>43250</v>
       </c>
     </row>
     <row r="1881">
       <c r="A1881">
-        <v>1713</v>
+        <v>1751</v>
       </c>
       <c r="B1881">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1881" t="inlineStr">
         <is>
-          <t>Procedura di gara mediante adesione al “Sistema” Dinamico di Acquisizione di CONSIP SpA, ai sensi dell’art. 55 del D.Lgs. 50/2016, per l’affidamento del “Servizio di pulizia e sanificazione a ridotto impatto ambientale presso le Sedi istituzionali e gli Uffici della Regione Lazio”. Procedura suddivisa in n. 5 (cinque) lotti funzionali.</t>
+          <t>“Call for proposal “Energia sostenibile 2.0” - POR FESR Lazio 2014-2020 - Asse prioritario 4 Azione 4.1.1”. Elenco di Operatori Economici qualificati da invitare alle procedure negoziate indette per l’affidamento dei lavori di importo pari o superiore a 150.000 euro ed inferiore a 1.000.000,00 euro, ai sensi dell’art. 36, comma 2, lettera c) del D.Lgs. n. 50/2016 e s.m.i.
+</t>
         </is>
       </c>
       <c r="D1881" t="s">
-        <v>1669</v>
+        <v>590</v>
       </c>
       <c r="E1881" s="2">
-        <v>43112</v>
+        <v>43248</v>
       </c>
     </row>
     <row r="1882">
       <c r="A1882">
-        <v>1712</v>
+        <v>1750</v>
       </c>
       <c r="B1882">
-        <v>2016</v>
-[...7 lines deleted...]
-        <v>6840409414</v>
+        <v>2018</v>
+      </c>
+      <c r="C1882" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D1882" t="s">
+        <v>1358</v>
       </c>
       <c r="E1882" s="2">
-        <v>43111</v>
-[...2 lines deleted...]
-        <v>1670</v>
+        <v>43551</v>
+      </c>
+      <c r="F1882" t="inlineStr">
+        <is>
+          <t>Elenco CIGLink all'Osservatorio dei contratti pubblici, dove sono pubblicati tutti gli atti relativi alla garaDeterminazione G07650 del 14/06/2018 - Ritiro lotti nn. 40 e 41</t>
+        </is>
       </c>
     </row>
     <row r="1883">
       <c r="A1883">
-        <v>1711</v>
+        <v>1749</v>
       </c>
       <c r="B1883">
         <v>2017</v>
       </c>
-      <c r="C1883" t="s">
-        <v>1671</v>
+      <c r="C1883" t="inlineStr">
+        <is>
+          <t>Gara ad evidenza pubblica a procedura aperta, sopra soglia comunitaria, in un unico lotto finalizzata all'affidamento dei servizi di raccolta, trasporto al trattamento dei rifiuti urbani e dei servizi di igiene urbana del Comune di Sabaudia</t>
+        </is>
       </c>
       <c r="D1883" t="s">
-        <v>1672</v>
+        <v>1683</v>
       </c>
       <c r="E1883" s="2">
+        <v>43238</v>
+      </c>
+      <c r="F1883" t="s">
+        <v>1684</v>
+      </c>
+    </row>
+    <row r="1884">
+      <c r="A1884">
+        <v>1748</v>
+      </c>
+      <c r="B1884">
+        <v>2018</v>
+      </c>
+      <c r="C1884" t="inlineStr">
+        <is>
+          <t>Affidamento dei lavori di: “Mitigazione del rischio idrogeologico dell’abitato in frazione Pace del Comune di Pescorocchiano (RI)” Importo complessivo a base di gara: € 1.469.584,43 oltre IVA, di cui € 1.413.175,87 soggetti a ribasso d’asta ed € 56.408,56 per oneri per la sicurezza non soggetti a ribasso d’asta</t>
+        </is>
+      </c>
+      <c r="D1884" t="s">
+        <v>1685</v>
+      </c>
+      <c r="E1884" s="2">
+        <v>43214</v>
+      </c>
+    </row>
+    <row r="1885">
+      <c r="A1885">
+        <v>1747</v>
+      </c>
+      <c r="B1885">
+        <v>2018</v>
+      </c>
+      <c r="C1885" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Affidamento dei servizi di ingegneria ed architettura di importo inferiore a € 40.000,00 ai sensi degli artt. 31 comma 8 e 36 comma 2 lett. a) del d.lgs. n. 50/2016 - Approvazione verbale operazioni di sorteggio del 11/04/2018</t>
+        </is>
+      </c>
+      <c r="D1885" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E1885" s="2">
+        <v>43214</v>
+      </c>
+    </row>
+    <row r="1886">
+      <c r="A1886">
+        <v>1746</v>
+      </c>
+      <c r="B1886">
+        <v>2014</v>
+      </c>
+      <c r="C1886" t="inlineStr">
+        <is>
+          <t>Gara comunitaria a procedura aperta per l'affidamento dei servizi di vigilanza armata, custodia-portierato e altri servizi per le sedi e gli immobili della Regione Lazio.</t>
+        </is>
+      </c>
+      <c r="D1886" t="s">
+        <v>1686</v>
+      </c>
+      <c r="E1886" s="2">
+        <v>43210</v>
+      </c>
+      <c r="F1886" t="s">
+        <v>1687</v>
+      </c>
+    </row>
+    <row r="1887">
+      <c r="A1887">
+        <v>1745</v>
+      </c>
+      <c r="B1887">
+        <v>2017</v>
+      </c>
+      <c r="C1887" t="inlineStr">
+        <is>
+          <t>Procedura negoziata per la stipula di un Accordo Quadro (art. 54, D.lgs. 50/16), avente ad oggetto i lavori di messa in sicurezza e di manutenzione delle essenze arboree ubicate sulle fasce frangivento presenti nel territorio di Latina e Provincia – Durata: Biennio 2018-2019</t>
+        </is>
+      </c>
+      <c r="D1887" t="s">
+        <v>1688</v>
+      </c>
+      <c r="E1887" s="2">
+        <v>43208</v>
+      </c>
+    </row>
+    <row r="1888">
+      <c r="A1888">
+        <v>1744</v>
+      </c>
+      <c r="B1888">
+        <v>2017</v>
+      </c>
+      <c r="C1888" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Affidamento dei servizi di ingegneria ed architettura di importo inferiore a € 40.000,00 ai sensi degli artt. 31 comma 8 e 36 comma 2 lett. a) del d.lgs. n. 50/2016 - Avviso per l'aggiornamento dell' Elenco regionale di professionisti esperti in risparmio energetico nell'edilizia e certificazione energetica degli edifici, approvato con determinazione n. G16904 del 06/12/2017.</t>
+        </is>
+      </c>
+      <c r="D1888" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E1888" s="2">
+        <v>43208</v>
+      </c>
+    </row>
+    <row r="1889">
+      <c r="A1889">
+        <v>1743</v>
+      </c>
+      <c r="B1889">
+        <v>2017</v>
+      </c>
+      <c r="C1889" t="inlineStr">
+        <is>
+          <t>Contratto rep. 20240/2017. Servizio aereo di spegnimento degli incendi boschivi nell'ambito delle attività di protezione civile sull'intero territorio della Regione Lazio- campagna A.I.B. 2017. Servizio complementare integrazione flotta regionale. periodo 14 agosto- 31 agosto 2017- Affidamento ai sensi dell'art. 57 comma 5 lett. a) d.lgs. 163/2006. Impegno di spesa complessivo di € 198,955,04 (IVA inclusa) a favore dell'ATI Heliwest s.r.l.- Eliossola S.r.l. Cap. E23517 Es. fin. 2017.</t>
+        </is>
+      </c>
+      <c r="D1889" t="s">
+        <v>1689</v>
+      </c>
+      <c r="E1889" s="2">
+        <v>43206</v>
+      </c>
+    </row>
+    <row r="1890">
+      <c r="A1890">
+        <v>1742</v>
+      </c>
+      <c r="B1890">
+        <v>2017</v>
+      </c>
+      <c r="C1890" t="inlineStr">
+        <is>
+          <t>Contratto rep. 20240/2017. Servizio aereo di spegnimento degli incendi boschivi nell'ambito delle attività di protezione civile sull'intero territorio della Regione Lazio- campagna A.I.B. 2017. Servizio complementare integrazione flotta regionale. Affidamento ai sensi dell'art. 57 comma 5 lett. a) del d.lgs. 163/2006. Impegno di spesa complessivo di € 1.396.277,03 (IVA inclusa) a favore dell'ATI Heliwest S.r.l. -Eliossola S.r.l.. Capitolo E23517- Es. fin. 2017. </t>
+        </is>
+      </c>
+      <c r="D1890">
+        <v>6945788</v>
+      </c>
+      <c r="E1890" s="2">
+        <v>43206</v>
+      </c>
+    </row>
+    <row r="1891">
+      <c r="A1891">
+        <v>1741</v>
+      </c>
+      <c r="B1891">
+        <v>2017</v>
+      </c>
+      <c r="C1891" t="inlineStr">
+        <is>
+          <t>Contratto rep. 20240. Servizio aereo di spegnimento degli incendi boschivi campagna AIB 2017. Servizio complementare integrazione flotta regionale- periodo 14 agosto- 31 agosto 2017.</t>
+        </is>
+      </c>
+      <c r="D1891" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E1891" s="2">
+        <v>43206</v>
+      </c>
+    </row>
+    <row r="1892">
+      <c r="A1892">
+        <v>1740</v>
+      </c>
+      <c r="B1892">
+        <v>2017</v>
+      </c>
+      <c r="C1892" t="inlineStr">
+        <is>
+          <t>Contratto rep. n. 20240/2017. Servizio aereo di spegnimento degli incendi boschivi nell'ambito delle attività di protezione civile sull'intero territorio della Regione Lazio-campagna AIB 2017- Servizio complementare integrazione di volo flotta regionale- periodo 30 agosto- 15 settembre 2017- Affidamento ai sensi dell'art. 57 comma 5 lett. a) del d.lgs. 163/20006. Impegno di spesa complessivo di € 258.677,14 (IVA inclusa) a favore dell'ATI Heliwest S.r.l. Eliossola S.r.l. Es. fin. 2017. </t>
+        </is>
+      </c>
+      <c r="D1892" t="s">
+        <v>1690</v>
+      </c>
+      <c r="E1892" s="2">
+        <v>43206</v>
+      </c>
+    </row>
+    <row r="1893">
+      <c r="A1893">
+        <v>1739</v>
+      </c>
+      <c r="B1893">
+        <v>2018</v>
+      </c>
+      <c r="C1893" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili"- "Elenco regionale di professionisti esperti in risparmio energetico nell'edilizia e certificazione energetica degli edifici per l'affidamento dei servizi di ingegneria ed architettura di importo inferiore a euro 100.000,00" ai sensi dell'art. 36, comma 2, lett. a) e lett. b) e dell'art. 157, comma 2 del d.lgs. n. 50/2016". Rettifica determinazione n. G09428 del 6/07/2017, aggiornamento dell'Elenco ed approvazione del nuovo schema di Avviso e dei relativi allegati.</t>
+        </is>
+      </c>
+      <c r="D1893" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E1893" s="2">
+        <v>43202</v>
+      </c>
+    </row>
+    <row r="1894">
+      <c r="A1894">
+        <v>1738</v>
+      </c>
+      <c r="B1894">
+        <v>2017</v>
+      </c>
+      <c r="C1894" t="inlineStr">
+        <is>
+          <t>D.G.R.L. n. 64 del 21 febbraio 2017 "Programma di Cooperazione Territoriale Europea Interreg Europe 2014-2020. Partecipazione della Regione Lazio alla realizzazione dei progetti Cult –RInG, ENERSELVES, e Urban Manifacturing, candidati al 2° Bando e finanziati." - Progetto ENERSELVES – Policy instruments for energy self–consumption in buildings - PGI02505, - CUP E69D16003390007. Impegno di 3.000,00 € in favore di creditori diversi per l'affidamento delle attività di controllo di I livello per il progetto ENERSELVES.</t>
+        </is>
+      </c>
+      <c r="D1894" t="s">
+        <v>1691</v>
+      </c>
+      <c r="E1894" s="2">
+        <v>43202</v>
+      </c>
+    </row>
+    <row r="1895">
+      <c r="A1895">
+        <v>1737</v>
+      </c>
+      <c r="B1895">
+        <v>2018</v>
+      </c>
+      <c r="C1895" t="inlineStr">
+        <is>
+          <t>Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci per l'erogazione in DPC, diretta e ospedaliera occorrenti alle Aziende Sanitarie della Regione Lazio– Negoziata 9</t>
+        </is>
+      </c>
+      <c r="D1895" t="s">
+        <v>1692</v>
+      </c>
+      <c r="E1895" s="2">
+        <v>43199</v>
+      </c>
+      <c r="F1895" t="inlineStr">
+        <is>
+          <t>Elenco CIG:7356349B3A; 356351CE0; 7356354F59; 73563582AA; 7356360450; 735636586F; 7356368AE8; 7356372E34; 7356377258; 73563804D1; 73563869C3; 7356389C3C; 7356392EB5; 7356396206; 7356400552; 735640489E; 7356406A44; 7356408BEA; 7356412F36; 73564140E1; 735641842D; 7356419500; 73564216A6; 735642491F; 7356426AC5; 7356428C6B; 7356429D3E; 7356431EE4; 7356432FB7; 7356434162; 7356436308; 73564373DBDetermina G00695 del 22/01/2018</t>
+        </is>
+      </c>
+    </row>
+    <row r="1896">
+      <c r="A1896">
+        <v>1736</v>
+      </c>
+      <c r="B1896">
+        <v>2017</v>
+      </c>
+      <c r="C1896" t="inlineStr">
+        <is>
+          <t>Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci per l'erogazione in DPC, diretta e ospedaliera occorrenti alle Aziende Sanitarie della Regione Lazio– Negoziata 8</t>
+        </is>
+      </c>
+      <c r="D1896" t="s">
+        <v>1692</v>
+      </c>
+      <c r="E1896" s="2">
+        <v>43199</v>
+      </c>
+      <c r="F1896" t="inlineStr">
+        <is>
+          <t>Elenco CIG:730560364F; 7305615038; 73056225FD; 7305632E3B; 730563725F; 73056458F7; 73056583B3; 73056648A5; 7305671E6A; 73056816AD; 730569523C; 7305702801; 7305719609Determina G14587 del 26/10/2017</t>
+        </is>
+      </c>
+    </row>
+    <row r="1897">
+      <c r="A1897">
+        <v>1735</v>
+      </c>
+      <c r="B1897">
+        <v>2017</v>
+      </c>
+      <c r="C1897" t="inlineStr">
+        <is>
+          <t>Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci per l'erogazione in DPC, diretta e ospedaliera occorrenti alle Aziende Sanitarie della Regione Lazio e della Regione Emilia Romagna – Negoziata 7</t>
+        </is>
+      </c>
+      <c r="D1897" t="s">
+        <v>1692</v>
+      </c>
+      <c r="E1897" s="2">
+        <v>43199</v>
+      </c>
+      <c r="F1897" t="inlineStr">
+        <is>
+          <t>Elenco CIG:7250407920; 7250415FB8; 72504268CE; 725043938; 72504604DE; 7250470D1C; 7250473F95; 7250482705; 7250488BF7; 72504940EE; 72505016B3; 7250510E1E; 72505173E8; 7250526B53; 725053311D; 7250536396; 72505417B5; 7250550F20; 7250565B82; 725057321F; 725057756B; 7250583A5D; 7250596519; 72505986BF; 7250604BB1; 7250608EFD; 7250613321; 7250618740; 7250622A8C: 72506311FC; 7250635548; 72506376EE; 7250646E59; 7250662B8E; 7250664D34; 7250669158; 72506723D1; 72506891D9; 72506945F8; 72523024EFDetermina G14587 del 26/10/2017</t>
+        </is>
+      </c>
+    </row>
+    <row r="1898">
+      <c r="A1898">
+        <v>1734</v>
+      </c>
+      <c r="B1898">
+        <v>2017</v>
+      </c>
+      <c r="C1898" t="inlineStr">
+        <is>
+          <t>Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 6</t>
+        </is>
+      </c>
+      <c r="D1898" t="s">
+        <v>1692</v>
+      </c>
+      <c r="E1898" s="2">
+        <v>43199</v>
+      </c>
+      <c r="F1898" t="inlineStr">
+        <is>
+          <t>Elenco CIG:7193854C1C; 71938611E6; 719386987E; 7193874C9D; 7193878FE9; 719388233; 71938855B3; 71938898FF; 7193895DF1; 7193899142; 7193906707; 7193909980; 7193913CCC; 719391701D; 7193920296; 71939256B5; 7193929A01; 7193933D4D; 719393709E; 7193938171; 7193943590; 7193945736; 7193949A82; 7193953DCE; 7193955F74; 719395711F; 7193963611; 719396795D; 7193972D7C; 7193974F22; 7193978273; 7193983692; 7193985838; 7193992DFD; 7193994FA3; 719399507B; 719400156D;  71940047E6; 7194010CD8Determina G12260 del 08/09/2017</t>
+        </is>
+      </c>
+    </row>
+    <row r="1899">
+      <c r="A1899">
+        <v>1733</v>
+      </c>
+      <c r="B1899">
+        <v>2017</v>
+      </c>
+      <c r="C1899" t="inlineStr">
+        <is>
+          <t>Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 5</t>
+        </is>
+      </c>
+      <c r="D1899" t="s">
+        <v>1692</v>
+      </c>
+      <c r="E1899" s="2">
+        <v>43199</v>
+      </c>
+      <c r="F1899" t="inlineStr">
+        <is>
+          <t>Elenco CIG:7102238833; 7102254568; 7102266F4C; 7102272443; 71022924C4; 7102304EA8; 7102307126; 71023157BE; 7102320BDD; 7102324F29; 7102330420Determina G08072 del 08/06/2017</t>
+        </is>
+      </c>
+    </row>
+    <row r="1900">
+      <c r="A1900">
+        <v>1732</v>
+      </c>
+      <c r="B1900">
+        <v>2018</v>
+      </c>
+      <c r="C1900" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Affidamento dei servizi di ingegneria ed architettura di importo inferiore a € 40.000,00 ai sensi degli artt. 31 comma 8 e 36 comma 2 lett. a) del d.lgs. n. 50/2016 - Elenco regionale professionisti esperti in risparmio energetico nell'edilizia e certificazione energetica degli edifici, approvato con determinazione n. G16904 del 06/12/2017 - Approvazione Avviso nuove operazioni di sorteggio</t>
+        </is>
+      </c>
+      <c r="D1900" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E1900" s="2">
+        <v>43196</v>
+      </c>
+    </row>
+    <row r="1901">
+      <c r="A1901">
+        <v>1731</v>
+      </c>
+      <c r="B1901">
+        <v>2018</v>
+      </c>
+      <c r="C1901" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Determina a contrarre per l'affidamento dei servizi di ingegneria e architettura di importo inferiore a € 40.000,00 ai sensi degli artt. 31 comma 8 e 36 comma 2 lett. a) del d.lgs. n. 50/2016 - Nuove operazioni di sorteggio</t>
+        </is>
+      </c>
+      <c r="D1901" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E1901" s="2">
+        <v>43195</v>
+      </c>
+    </row>
+    <row r="1902">
+      <c r="A1902">
+        <v>1730</v>
+      </c>
+      <c r="B1902">
+        <v>2018</v>
+      </c>
+      <c r="C1902" t="inlineStr">
+        <is>
+          <t>Dlgs 50/2016 determina a contrarre per l’affidamento del servizio di diagnosi per l’identificazione di Xylella fastidiosa su materiali vegetali in importazione da Paesi terzi. Impegno di spesa euro 199.999,99 IVA inclusa capitolo cap. B11115 macroaggr. 1.03.02.11.000. Es fin 2018 </t>
+        </is>
+      </c>
+      <c r="D1902">
+        <v>7423561455</v>
+      </c>
+      <c r="E1902" s="2">
+        <v>43195</v>
+      </c>
+    </row>
+    <row r="1903">
+      <c r="A1903">
+        <v>1729</v>
+      </c>
+      <c r="B1903">
+        <v>2018</v>
+      </c>
+      <c r="C1903" t="s">
+        <v>1693</v>
+      </c>
+      <c r="D1903" t="s">
+        <v>1694</v>
+      </c>
+      <c r="E1903" s="2">
+        <v>43187</v>
+      </c>
+    </row>
+    <row r="1904">
+      <c r="A1904">
+        <v>1728</v>
+      </c>
+      <c r="B1904">
+        <v>2018</v>
+      </c>
+      <c r="C1904" t="inlineStr">
+        <is>
+          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Ventotene</t>
+        </is>
+      </c>
+      <c r="D1904" t="s">
+        <v>1695</v>
+      </c>
+      <c r="E1904" s="2">
+        <v>43187</v>
+      </c>
+    </row>
+    <row r="1905">
+      <c r="A1905">
+        <v>1727</v>
+      </c>
+      <c r="B1905">
+        <v>2018</v>
+      </c>
+      <c r="C1905" t="inlineStr">
+        <is>
+          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Terracina</t>
+        </is>
+      </c>
+      <c r="D1905" t="s">
+        <v>1696</v>
+      </c>
+      <c r="E1905" s="2">
+        <v>43187</v>
+      </c>
+    </row>
+    <row r="1906">
+      <c r="A1906">
+        <v>1726</v>
+      </c>
+      <c r="B1906">
+        <v>2018</v>
+      </c>
+      <c r="C1906" t="inlineStr">
+        <is>
+          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Formia.</t>
+        </is>
+      </c>
+      <c r="D1906" t="s">
+        <v>1697</v>
+      </c>
+      <c r="E1906" s="2">
+        <v>43187</v>
+      </c>
+    </row>
+    <row r="1907">
+      <c r="A1907">
+        <v>1725</v>
+      </c>
+      <c r="B1907">
+        <v>2018</v>
+      </c>
+      <c r="C1907" t="inlineStr">
+        <is>
+          <t>Lavori di S.U. per il ripristino del muro d’argine in sponda destra del fiume Rapido, a salvaguardia della viabilità e delle civili abitazioni, in via Peschiera, comune di Sant’Elia Fiumerapido (FR).</t>
+        </is>
+      </c>
+      <c r="D1907" t="s">
+        <v>1698</v>
+      </c>
+      <c r="E1907" s="2">
+        <v>43186</v>
+      </c>
+      <c r="F1907" t="s">
+        <v>1699</v>
+      </c>
+    </row>
+    <row r="1908">
+      <c r="A1908">
+        <v>1724</v>
+      </c>
+      <c r="B1908">
+        <v>2018</v>
+      </c>
+      <c r="C1908" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata “Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili”- Affidamento dei servizi di importo pari o superiore a 40.000 euro ed inferiore a 100.000 euro. Modalità di costituzione della Commissione di gara. </t>
+        </is>
+      </c>
+      <c r="D1908" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E1908" s="2">
+        <v>43182</v>
+      </c>
+    </row>
+    <row r="1909">
+      <c r="A1909">
+        <v>1723</v>
+      </c>
+      <c r="B1909">
+        <v>2016</v>
+      </c>
+      <c r="C1909" t="s">
+        <v>1700</v>
+      </c>
+      <c r="D1909" t="s">
+        <v>1701</v>
+      </c>
+      <c r="E1909" s="2">
+        <v>43180</v>
+      </c>
+      <c r="F1909" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="1910">
+      <c r="A1910">
+        <v>1722</v>
+      </c>
+      <c r="B1910">
+        <v>2016</v>
+      </c>
+      <c r="C1910" t="inlineStr">
+        <is>
+          <t>Appalto Specifico per la fornitura di medicazioni generali e specialistiche occorrenti alle Aziende Sanitarie della Regione Lazio indetto con Determinazione n. G03692 del 14/04/2016</t>
+        </is>
+      </c>
+      <c r="D1910" t="s">
+        <v>1703</v>
+      </c>
+      <c r="E1910" s="2">
+        <v>43186</v>
+      </c>
+      <c r="F1910" t="s">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="1911">
+      <c r="A1911">
+        <v>1721</v>
+      </c>
+      <c r="B1911">
+        <v>2017</v>
+      </c>
+      <c r="C1911" t="inlineStr">
+        <is>
+          <t>Procedura di gara mediante adesione al “Sistema” Dinamico di Acquisizione di CONSIP SpA, ai sensi del D.Lgs. 163/2006, per l’affidamento della "Fornitura del servizio di ossigenoterapia domiciliare per i fabbisogni delle Aziende Asl del Lazio”. Procedura suddivisa in n. 6 (sei) lotti funzionali.</t>
+        </is>
+      </c>
+      <c r="D1911" t="s">
+        <v>1705</v>
+      </c>
+      <c r="E1911" s="2">
+        <v>43174</v>
+      </c>
+      <c r="F1911" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="1912">
+      <c r="A1912">
+        <v>1720</v>
+      </c>
+      <c r="B1912">
+        <v>2018</v>
+      </c>
+      <c r="C1912" t="inlineStr">
+        <is>
+          <t>Lavori di manutenzione urgente del fiume Rapido per il ripristino dell’officiosità dell’alveo, in comune di Sant’Elia Fiumerapido e a Cassino, dalla località Concentramento fino alla confluenza con la nuova inalveazione.</t>
+        </is>
+      </c>
+      <c r="D1912">
+        <v>7324752092</v>
+      </c>
+      <c r="E1912" s="2">
+        <v>43166</v>
+      </c>
+      <c r="F1912" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="1913">
+      <c r="A1913">
+        <v>1719</v>
+      </c>
+      <c r="B1913">
+        <v>2018</v>
+      </c>
+      <c r="C1913" t="s">
+        <v>1707</v>
+      </c>
+      <c r="D1913" t="s">
+        <v>1708</v>
+      </c>
+      <c r="E1913" s="2">
+        <v>43153</v>
+      </c>
+      <c r="F1913" t="s">
+        <v>1709</v>
+      </c>
+    </row>
+    <row r="1914">
+      <c r="A1914">
+        <v>1718</v>
+      </c>
+      <c r="B1914">
+        <v>2017</v>
+      </c>
+      <c r="C1914" t="inlineStr">
+        <is>
+          <t>Presentazione del Presidente della Regione Lazio della legge regionale n. 7 del 18/07/2017 "Disposizioni per la rigenerazione urbana e per il recupero edilizio" – Approvazione schema di contratto per la concessione in uso temporaneo della sala e prestazione dei servizi connessi.</t>
+        </is>
+      </c>
+      <c r="D1914">
+        <v>0</v>
+      </c>
+      <c r="E1914" s="2">
+        <v>43138</v>
+      </c>
+    </row>
+    <row r="1915">
+      <c r="A1915">
+        <v>1717</v>
+      </c>
+      <c r="B1915">
+        <v>2017</v>
+      </c>
+      <c r="C1915" t="inlineStr">
+        <is>
+          <t>Dlgs 50/2016, Autorizzazione espletamento procedura di gara attraverso il MEPA di Consip, per la fornitura di materiali per lo svolgimento delle attivita’ istituzionali di competenza del Servizio Fitosanitario Regionale Impegni di spesa euro 5.700,00 IVA inclusa, capitolo B11122 macroaggregato 1.03.01.02, es. fin 2017</t>
+        </is>
+      </c>
+      <c r="D1915" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E1915" s="2">
+        <v>43117</v>
+      </c>
+    </row>
+    <row r="1916">
+      <c r="A1916">
+        <v>1716</v>
+      </c>
+      <c r="B1916">
+        <v>2017</v>
+      </c>
+      <c r="C1916" t="inlineStr">
+        <is>
+          <t>Dlgs 50/2016 determina a contrarre per l’affidamento  del servizio di diagnostica, monitoraggio  e consulenze scientifiche specialistiche di organismi nocivi da quarantena delle piante per l’anno 2018 nel territorio del Lazio. Impegno di spesa euro 142.772,51 IVA inclusa capitolo cap. B11115 macroaggr.  1.03.02.11.000. Es fin 2017 </t>
+        </is>
+      </c>
+      <c r="D1916" t="s">
+        <v>1711</v>
+      </c>
+      <c r="E1916" s="2">
+        <v>43117</v>
+      </c>
+    </row>
+    <row r="1917">
+      <c r="A1917">
+        <v>1715</v>
+      </c>
+      <c r="B1917">
+        <v>2017</v>
+      </c>
+      <c r="C1917" t="inlineStr">
+        <is>
+          <t>Dlgs 50/2016, Autorizzazione espletamento procedura di gara attraverso il MEPA di Consip, per la fornitura di materiali per lo svolgimento delle attivita’ istituzionali di competenza del Servizio Fitosanitario Regionale Impegni di spesa euro  3.473,50 IVA inclusa, capitolo B11122 macroaggregato 1.03.01.02, es. fin 2017</t>
+        </is>
+      </c>
+      <c r="D1917" t="s">
+        <v>1712</v>
+      </c>
+      <c r="E1917" s="2">
+        <v>43117</v>
+      </c>
+    </row>
+    <row r="1918">
+      <c r="A1918">
+        <v>1714</v>
+      </c>
+      <c r="B1918">
+        <v>2017</v>
+      </c>
+      <c r="C1918" t="inlineStr">
+        <is>
+          <t>Stato di calamità naturale per crisi idrica proclamato con decreto del Presidente della Regione Lazio 5 luglio 2017, n. T00116: affidamento in somma urgenza (art. 163 c.6 del D.lgs. 50/2016) della fornitura e relativa istallazione di una stazione meteo-idrometrica per il monitoraggio dei parametri ambientali del lago di Bracciano.</t>
+        </is>
+      </c>
+      <c r="D1918">
+        <v>7189892692</v>
+      </c>
+      <c r="E1918" s="2">
+        <v>43112</v>
+      </c>
+    </row>
+    <row r="1919">
+      <c r="A1919">
+        <v>1713</v>
+      </c>
+      <c r="B1919">
+        <v>2017</v>
+      </c>
+      <c r="C1919" t="inlineStr">
+        <is>
+          <t>Procedura di gara mediante adesione al “Sistema” Dinamico di Acquisizione di CONSIP SpA, ai sensi dell’art. 55 del D.Lgs. 50/2016, per l’affidamento del “Servizio di pulizia e sanificazione a ridotto impatto ambientale presso le Sedi istituzionali e gli Uffici della Regione Lazio”. Procedura suddivisa in n. 5 (cinque) lotti funzionali.</t>
+        </is>
+      </c>
+      <c r="D1919" t="s">
+        <v>1713</v>
+      </c>
+      <c r="E1919" s="2">
+        <v>43112</v>
+      </c>
+    </row>
+    <row r="1920">
+      <c r="A1920">
+        <v>1712</v>
+      </c>
+      <c r="B1920">
+        <v>2016</v>
+      </c>
+      <c r="C1920" t="inlineStr">
+        <is>
+          <t>Gara comunitaria a procedura aperta per l'affidamento del servizio di Loss Adjuster per la gestione sotto franchigia dei sinistri delle polizze assicurative RCT/O della Regione Lazio - CIG: 6840409414</t>
+        </is>
+      </c>
+      <c r="D1920">
+        <v>6840409414</v>
+      </c>
+      <c r="E1920" s="2">
+        <v>43111</v>
+      </c>
+      <c r="F1920" t="s">
+        <v>1714</v>
+      </c>
+    </row>
+    <row r="1921">
+      <c r="A1921">
+        <v>1711</v>
+      </c>
+      <c r="B1921">
+        <v>2017</v>
+      </c>
+      <c r="C1921" t="s">
+        <v>1715</v>
+      </c>
+      <c r="D1921" t="s">
+        <v>1716</v>
+      </c>
+      <c r="E1921" s="2">
         <v>43108</v>
       </c>
-      <c r="F1883" t="inlineStr">
+      <c r="F1921" t="inlineStr">
         <is>
           <t>Elenco CIG
 Determinazione G18766 28/12/2017
 Link alla piattaforma e-procurement&amp;nbsp;della Direzione Centrale acquisti,dove sono pubblicati tutti gli atti relativi alla gara
 </t>
         </is>
       </c>
     </row>
-    <row r="1884">
-[...758 lines deleted...]
-    </row>
     <row r="1922">
       <c r="A1922">
-        <v>1672</v>
+        <v>1710</v>
       </c>
       <c r="B1922">
-        <v>2016</v>
-[...4 lines deleted...]
-        </is>
+        <v>2017</v>
+      </c>
+      <c r="C1922" t="s">
+        <v>1717</v>
       </c>
       <c r="D1922" t="s">
-        <v>1737</v>
+        <v>1718</v>
       </c>
       <c r="E1922" s="2">
-        <v>42984</v>
-[...2 lines deleted...]
-        <v>1738</v>
+        <v>43108</v>
       </c>
     </row>
     <row r="1923">
       <c r="A1923">
-        <v>1671</v>
+        <v>1709</v>
       </c>
       <c r="B1923">
-        <v>2016</v>
-[...4 lines deleted...]
-        </is>
+        <v>2017</v>
+      </c>
+      <c r="C1923" t="s">
+        <v>1719</v>
       </c>
       <c r="D1923" t="s">
-        <v>1739</v>
+        <v>1720</v>
       </c>
       <c r="E1923" s="2">
-        <v>42984</v>
-[...2 lines deleted...]
-        <v>1740</v>
+        <v>43105</v>
       </c>
     </row>
     <row r="1924">
       <c r="A1924">
-        <v>1670</v>
+        <v>1708</v>
       </c>
       <c r="B1924">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="C1924" t="inlineStr">
         <is>
-          <t>Adesione alla Convenzione Consip “Noleggio autoveicoli 12” Lotto 2 per il noleggio a lungo termine senza conducente, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388, di n. 2 autoveicoli</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0330 - LI-ES2-2740248- Scuola Media 'Aldo Manuzio' di Latina Scalo (LT). Rettifica Determina a contrarre n. G13081 del 17/10/2018 per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione ed approvazione degli schemi di: lettera di invito, offerta economica e tempo, schema disciplinare di incarico, domanda di partecipazione. CUP: F24D17000010006 CIG 78055900A4</t>
         </is>
       </c>
       <c r="D1924" t="s">
-        <v>1741</v>
+        <v>1721</v>
       </c>
       <c r="E1924" s="2">
-        <v>42984</v>
-[...2 lines deleted...]
-        <v>1742</v>
+        <v>43545</v>
       </c>
     </row>
     <row r="1925">
       <c r="A1925">
-        <v>1669</v>
+        <v>1707</v>
       </c>
       <c r="B1925">
         <v>2017</v>
       </c>
       <c r="C1925" t="inlineStr">
         <is>
-          <t>1) Procedura di gara per la fornitura di corone e composizioni floreali per le celebrazioni nazionali, ricorrenze civili e commemorative per la durata di 12 mesi - Impegno di spesa € 8.800,00 IVA compresa - GARA DESERTA;2) Indizione di una procedura di gara per la fornitura di corone e composizioni floreali per le celebrazioni nazionali, ricorrenze civili e commemorativi per la durata di 12 mesi - Approvazione atti di gara -Impegno spesa €9.760,00 Iva Compresa </t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal "Energia sostenibile 2.0" – Azione 4.1.1 - Costituzione di un elenco regionale di professionisti esperti in risparmio energetico nell'edilizia e certificazione energetica degli edifici per l'affidamento dei servizi di ingegneria e architettura di importo inferiore a € 100.000,00 ai sensi degli artt. 36 e 157 del d.lgs. n. 50/2016. Validazione elenco.
+</t>
         </is>
       </c>
       <c r="D1925" t="s">
-        <v>1743</v>
+        <v>590</v>
       </c>
       <c r="E1925" s="2">
-        <v>42984</v>
-[...2 lines deleted...]
-        <v>1744</v>
+        <v>43091</v>
       </c>
     </row>
     <row r="1926">
       <c r="A1926">
-        <v>1668</v>
+        <v>1706</v>
       </c>
       <c r="B1926">
         <v>2017</v>
       </c>
-      <c r="C1926" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1926" t="s">
+        <v>1722</v>
       </c>
       <c r="D1926" t="s">
-        <v>1745</v>
+        <v>1723</v>
       </c>
       <c r="E1926" s="2">
-        <v>42984</v>
-[...2 lines deleted...]
-        <v>1746</v>
+        <v>43091</v>
       </c>
     </row>
     <row r="1927">
       <c r="A1927">
-        <v>1667</v>
+        <v>1705</v>
       </c>
       <c r="B1927">
         <v>2017</v>
       </c>
       <c r="C1927" t="inlineStr">
         <is>
-          <t>Affidamento del servizio di pubblicazione del bando di gara "Procedura aperta per l'affidamento del servizio di assistenza, consulenza e intermediazione assicurativa per la Regione Lazio".</t>
+          <t>APPALTO DEI LAVORI DI ADEGUAMENTO RETE FOGNARIA E DEPURATORE CO.BA.L.B. A SERVIZIO DEI COMUNI DEL LAGO DI BOLSENA - CUP F84E12000450002 - Affidamento pubblicità esito di gara</t>
         </is>
       </c>
       <c r="D1927" t="s">
-        <v>1747</v>
+        <v>1724</v>
       </c>
       <c r="E1927" s="2">
-        <v>42984</v>
-[...2 lines deleted...]
-        <v>1748</v>
+        <v>43091</v>
       </c>
     </row>
     <row r="1928">
       <c r="A1928">
-        <v>1666</v>
+        <v>1704</v>
       </c>
       <c r="B1928">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="C1928" t="s">
-        <v>1749</v>
-[...2 lines deleted...]
-        <v>1750</v>
+        <v>1725</v>
+      </c>
+      <c r="D1928">
+        <v>648000000</v>
       </c>
       <c r="E1928" s="2">
-        <v>42984</v>
+        <v>43091</v>
       </c>
     </row>
     <row r="1929">
       <c r="A1929">
-        <v>1665</v>
+        <v>1703</v>
       </c>
       <c r="B1929">
         <v>2017</v>
       </c>
-      <c r="C1929" t="inlineStr">
-[...5 lines deleted...]
-        <v>1751</v>
+      <c r="C1929" t="s">
+        <v>1726</v>
+      </c>
+      <c r="D1929">
+        <v>7346456745</v>
       </c>
       <c r="E1929" s="2">
-        <v>42984</v>
-[...2 lines deleted...]
-        <v>1752</v>
+        <v>43178</v>
       </c>
     </row>
     <row r="1930">
       <c r="A1930">
-        <v>1664</v>
+        <v>1702</v>
       </c>
       <c r="B1930">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="C1930" t="inlineStr">
         <is>
-          <t>Acquisto di spazi pubblicitari sulla rivista: " Magazine Salute. allegato al settimanale SETTE del Corriere della Sera. Impegno di spesa € 21.960,00 (IVA inclusa). Capitolo di bilancio R31902. Esercizio finanziario 2017.</t>
+          <t>Fornitura e posa in opera  di barriera New Jersey per ostacolare il transito carrabile di aree demaniali golenali del  fiume Tevere sottoposte a sequestro giudiziario dalla Procura di Roma, in località via Baiardo e Lungotevere Dante in comune di Roma.</t>
         </is>
       </c>
       <c r="D1930" t="s">
-        <v>1753</v>
+        <v>1727</v>
       </c>
       <c r="E1930" s="2">
-        <v>42984</v>
-[...2 lines deleted...]
-        <v>1754</v>
+        <v>43090</v>
       </c>
     </row>
     <row r="1931">
       <c r="A1931">
-        <v>1663</v>
+        <v>1701</v>
       </c>
       <c r="B1931">
         <v>2017</v>
       </c>
-      <c r="C1931" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1931" t="s">
+        <v>1728</v>
       </c>
       <c r="D1931" t="s">
-        <v>1755</v>
+        <v>1729</v>
       </c>
       <c r="E1931" s="2">
-        <v>42984</v>
+        <v>43087</v>
       </c>
       <c r="F1931" t="s">
-        <v>1756</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="1932">
       <c r="A1932">
-        <v>1662</v>
+        <v>1700</v>
       </c>
       <c r="B1932">
         <v>2017</v>
       </c>
-      <c r="C1932" t="s">
-[...3 lines deleted...]
-        <v>1758</v>
+      <c r="C1932" t="inlineStr">
+        <is>
+          <t>Risultanze della indagine preliminare di mercato finalizzata ad acquisire informazioni circa l’esistenza di eventuali operatori pubblici in grado di offrire la fornitura del servizio di diagnostica, monitoraggio  e consulenze scientifiche specialistiche di organismi nocivi da quarantena delle piante (Indetta con det. G16658 del 1/12/2017).</t>
+        </is>
       </c>
       <c r="E1932" s="2">
-        <v>42984</v>
-[...2 lines deleted...]
-        <v>1759</v>
+        <v>43087</v>
       </c>
     </row>
     <row r="1933">
       <c r="A1933">
-        <v>1661</v>
+        <v>1699</v>
       </c>
       <c r="B1933">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="C1933" t="inlineStr">
         <is>
-          <t>Pubblicazione e diffusione di una brochure dedicata alle zone colpite dal sisma2016. Capitolo di bilancio regionale R31902. Impegno di spesa per complessive € 56.120,00 (I.V.A. inclusa). Esercizio Finanziario 2017.</t>
+          <t>Determina a contrarre per l'affidamento della fornitura, compresa posa in opera, di container estensibili e monoblocchi prefabbricati coibentati per l'allestimento di un Posto di Assistenza Socio-Sanitaria (PASS) presso il Comune di Amatrice reso</t>
         </is>
       </c>
       <c r="D1933" t="s">
-        <v>1760</v>
+        <v>1731</v>
       </c>
       <c r="E1933" s="2">
-        <v>42984</v>
+        <v>43087</v>
       </c>
       <c r="F1933" t="s">
-        <v>1761</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="1934">
       <c r="A1934">
-        <v>1660</v>
+        <v>1698</v>
       </c>
       <c r="B1934">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1934" t="inlineStr">
         <is>
-          <t>Servizio di interpretariato telefonico da remoto H24 in tempo reale per le necessità del call center laico NUE 112 di Roma. Proroga fornitura del servizio fino all'espletamento della procedura di affidamento, per i mesi di settembre, ottobre, novembre</t>
-[...3 lines deleted...]
-        <v>1762</v>
+          <t>Interventi di manutenzione ordinaria, straordinaria e riqualificazione architettonica sul patrimonio immobiliare in proprietà e in uso della Regione Lazio - Lotto Roma Sud</t>
+        </is>
+      </c>
+      <c r="D1934">
+        <v>7150275198</v>
       </c>
       <c r="E1934" s="2">
-        <v>42984</v>
+        <v>43080</v>
       </c>
       <c r="F1934" t="s">
-        <v>1763</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="1935">
       <c r="A1935">
-        <v>1659</v>
+        <v>1697</v>
       </c>
       <c r="B1935">
         <v>2017</v>
       </c>
       <c r="C1935" t="inlineStr">
         <is>
-          <t>Fornitura di un servizio di catering di qualità e a ridotto impatto ambientale per 6 eventi organizzati dalla Direzione Regionale Ambiente e Sistemi Naturali della Regione Lazio per l'anno 2017.</t>
-[...3 lines deleted...]
-        <v>1764</v>
+          <t>Interventi di manutenzione ordinaria, straordinaria e riqualificazione architettonica sul patrimonio immobiliare in proprietà e in uso della Regione Lazio - Lotto Roma Nord</t>
+        </is>
+      </c>
+      <c r="D1935">
+        <v>7150255117</v>
       </c>
       <c r="E1935" s="2">
-        <v>42984</v>
+        <v>43080</v>
       </c>
       <c r="F1935" t="s">
-        <v>1765</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="1936">
       <c r="A1936">
-        <v>1658</v>
+        <v>1696</v>
       </c>
       <c r="B1936">
         <v>2017</v>
       </c>
-      <c r="C1936" t="s">
-        <v>1766</v>
+      <c r="C1936" t="inlineStr">
+        <is>
+          <t>Avviso pubblico per indagine preliminare di mercato finalizzata ad acquisire informazioni circa l’esistenza di eventuali operatori pubblici in grado di offrire la fornitura del servizio di diagnostica, monitoraggio  e consulenze scientifiche specialistiche di organismi nocivi da quarantena delle piante.</t>
+        </is>
       </c>
       <c r="D1936" t="s">
-        <v>1767</v>
+        <v>1415</v>
       </c>
       <c r="E1936" s="2">
-        <v>42984</v>
+        <v>43073</v>
       </c>
     </row>
     <row r="1937">
       <c r="A1937">
-        <v>1657</v>
+        <v>1695</v>
       </c>
       <c r="B1937">
         <v>2017</v>
       </c>
-      <c r="C1937" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1937" t="s">
+        <v>1734</v>
       </c>
       <c r="D1937" t="s">
-        <v>1768</v>
+        <v>1735</v>
       </c>
       <c r="E1937" s="2">
-        <v>42984</v>
-[...2 lines deleted...]
-        <v>1769</v>
+        <v>43034</v>
       </c>
     </row>
     <row r="1938">
       <c r="A1938">
-        <v>1656</v>
+        <v>1694</v>
       </c>
       <c r="B1938">
         <v>2017</v>
       </c>
       <c r="C1938" t="inlineStr">
         <is>
-          <t>Sisma Centro Italia del 24 agosto 2016 - Posto di Assistenza Socio-Sanitaria (PASS) presso il Comune di Amatrice “Modifica ed adeguamento dei containers siti nell'area Don Minozzi di Amatrice a servizio del PASS. Impegno complessivo di € 3.660,00</t>
+          <t>Adesione alla Convenzione Consip "Noleggio autoveicoli 12" Lotto 4 per il noleggio a lungo termine di autoveicoli senza conducente per le pubbliche amministrazioni, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388. Impegno di spesa € 26559,00 IVA inclusa, esercizi fin. 2018-2021, cap. B11124 in favore di LEASE PLAN ITALIA"</t>
         </is>
       </c>
       <c r="D1938" t="s">
-        <v>1770</v>
+        <v>1736</v>
       </c>
       <c r="E1938" s="2">
-        <v>42984</v>
+        <v>43035</v>
       </c>
       <c r="F1938" t="s">
-        <v>1771</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="1939">
       <c r="A1939">
-        <v>1655</v>
+        <v>1693</v>
       </c>
       <c r="B1939">
         <v>2017</v>
       </c>
-      <c r="C1939" t="s">
-        <v>1772</v>
+      <c r="C1939" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura triennale di aghi e siringhe occorrenti alle Aziende Sanitarie della Regione Lazio. Approvazione atti e indizione gara.</t>
+        </is>
       </c>
       <c r="D1939" t="s">
-        <v>1773</v>
+        <v>1738</v>
       </c>
       <c r="E1939" s="2">
-        <v>42984</v>
-[...2 lines deleted...]
-        <v>1774</v>
+        <v>43005</v>
+      </c>
+      <c r="F1939" t="inlineStr">
+        <is>
+          <t>Elenco CIGDeterminazione di indizione gara n. G10987 del 02/08/2017Link alla documentazione pubblicata sulla piattaforma e-procurement della Direzione Centrale Acquisti</t>
+        </is>
       </c>
     </row>
     <row r="1940">
       <c r="A1940">
-        <v>1654</v>
+        <v>1692</v>
       </c>
       <c r="B1940">
         <v>2017</v>
       </c>
       <c r="C1940" t="inlineStr">
         <is>
-          <t>Affidamento in economia del servizio di pubblicazione del bando di gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione del servizio di gestione tecnica delle apparecchiature elettromedicali e delle attrezzature sanitarie</t>
+          <t>Autorizzazione indizione avviso per manifestazione d'interesse diretto agli operatori economici interessati a partecipare alla successiva procedura negoziata senza previa pubblicazione di bando per l'affidamento del servizio di attività d'informazione pubbliredazionali rìe pubblicità isrìtituzionale per ipovedenti e non vedenti, ai sensi dell'art. 36, comma 2, lettera a) del D.Lgs. 50/2016, fuori dal Mercato Elettronico della Pubblica Amministrazione - senza impegno di spesa.</t>
         </is>
       </c>
       <c r="D1940" t="s">
-        <v>1775</v>
+        <v>1415</v>
       </c>
       <c r="E1940" s="2">
-        <v>42984</v>
-[...2 lines deleted...]
-        <v>1776</v>
+        <v>43005</v>
       </c>
     </row>
     <row r="1941">
       <c r="A1941">
-        <v>1653</v>
+        <v>1691</v>
       </c>
       <c r="B1941">
         <v>2017</v>
       </c>
       <c r="C1941" t="inlineStr">
         <is>
-          <t>1) Sisma Centro Italia 2016. Noleggio di camper per la sistemazione alloggiativa provvisoria ai proprietari di bestiame, nei pressi dei ricoveri temporanei degli animali, nelle more della realizzazione dei moduli provvisori rurali (MAPRE);2) Sisma Centro Italia 2016. Proroga del noleggio di n. 7 (sette) camper per la sistemazione alloggiativa provvisoria dei proprietari di bestiame, nei pressi dei ricoveri temporanei degli animali, nelle more della realizzazione dei moduli provvisori;3) Sisma Centro Italia 2016. Proroga del noleggio di n. 4 (quattro) camper per la sistemazione alloggiativa provvisoria dei proprietari di bestiame, nei pressi dei ricoveri temporanei degli animali, nelle more della realizzazione dei moduli provvisori.</t>
+          <t>Servizi di manutenzione ordinaria e straordinaria da adottare sull'asta del fiume Tevere, da Castel Giubileo all'Isola Tiberina, finalizzate al mantenimento delle pertinenze idrauliche per decoro urbano di Roma Capitale. Perizia n.303 del 11/11/2014</t>
         </is>
       </c>
       <c r="D1941" t="s">
-        <v>1777</v>
+        <v>1739</v>
       </c>
       <c r="E1941" s="2">
-        <v>42984</v>
+        <v>43004</v>
       </c>
       <c r="F1941" t="s">
-        <v>1778</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="1942">
       <c r="A1942">
-        <v>1652</v>
+        <v>1690</v>
       </c>
       <c r="B1942">
         <v>2017</v>
       </c>
-      <c r="C1942" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1942" t="s">
+        <v>1741</v>
       </c>
       <c r="D1942" t="s">
-        <v>1779</v>
+        <v>1742</v>
       </c>
       <c r="E1942" s="2">
         <v>42984</v>
       </c>
-      <c r="F1942" t="s">
-        <v>1780</v>
+      <c r="F1942" t="inlineStr">
+        <is>
+          <t>CIG: 71311001E2;713110452E;7131105601;71311066D4;713110994D;7131117FE5;7131120263;71311234DC;71311245AF;71311299CE;7131133D1A;7131139211;713114248A;71311467D6;7131152CC8;71311635DE;713116792A;7131174EEF,713117609A;7131178240;71311814B9;713118365F;71311879AB;7131189B51;7131191CF7Determinazione G09366 del 05/07/2017</t>
+        </is>
       </c>
     </row>
     <row r="1943">
       <c r="A1943">
-        <v>1651</v>
+        <v>1689</v>
       </c>
       <c r="B1943">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1943" t="inlineStr">
         <is>
-          <t>Affidamento diretto per la fornitura di abbigliamento e vestiario per le esigenze del personale dell'Agenzia di Protezione Civile in servizio presso i territori colpiti dall'evento sismico del 24 agosto- Impegno di spesa € 12.397,27. es. fin. 2016</t>
+          <t>Affidamento della fornitura di derrate alimentari per le necessità della popolazione colpita dal Sisma centro Italia del 24 agosto 2016, in favore della Società Cancelloni Food Service S.p.A. (P.IVA e C.F. n. 00506790542)</t>
         </is>
       </c>
       <c r="D1943" t="s">
-        <v>1781</v>
+        <v>1743</v>
       </c>
       <c r="E1943" s="2">
         <v>42984</v>
       </c>
       <c r="F1943" t="s">
-        <v>1782</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="1944">
       <c r="A1944">
-        <v>1650</v>
+        <v>1688</v>
       </c>
       <c r="B1944">
-        <v>2016</v>
-[...4 lines deleted...]
-        </is>
+        <v>2017</v>
+      </c>
+      <c r="C1944" t="s">
+        <v>1745</v>
       </c>
       <c r="D1944" t="s">
-        <v>1783</v>
+        <v>1746</v>
       </c>
       <c r="E1944" s="2">
         <v>42984</v>
       </c>
       <c r="F1944" t="s">
-        <v>1784</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="1945">
       <c r="A1945">
-        <v>1649</v>
+        <v>1687</v>
       </c>
       <c r="B1945">
         <v>2017</v>
       </c>
       <c r="C1945" t="inlineStr">
         <is>
-          <t>Promozione d'immagine per la Regione Lazio in occasione della manifestazione "Lazio Pride 2017, a cura dell'Associazione Arcigay Roma. Impegno di spesa di € 10.000,00 (iva esente). Capitolo di bilancio R31902. Es Fin 2017.</t>
+          <t>Lavori di ripristino del muraglione d'argine adiacente ponte Sublicio in destra idraulica del fiume Tevere nel Comune di Roma - Affidamento incarico progetto di restauro e risanamento conservativo</t>
         </is>
       </c>
       <c r="D1945" t="s">
-        <v>1785</v>
+        <v>1748</v>
       </c>
       <c r="E1945" s="2">
         <v>42984</v>
       </c>
       <c r="F1945" t="s">
-        <v>1786</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="1946">
       <c r="A1946">
-        <v>1648</v>
+        <v>1686</v>
       </c>
       <c r="B1946">
         <v>2017</v>
       </c>
-      <c r="C1946" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1946" t="s">
+        <v>1750</v>
       </c>
       <c r="D1946" t="s">
-        <v>1787</v>
+        <v>1751</v>
       </c>
       <c r="E1946" s="2">
-        <v>42984</v>
-[...2 lines deleted...]
-        <v>1788</v>
+        <v>43178</v>
       </c>
     </row>
     <row r="1947">
       <c r="A1947">
-        <v>1647</v>
+        <v>1685</v>
       </c>
       <c r="B1947">
         <v>2017</v>
       </c>
-      <c r="C1947" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1947" t="s">
+        <v>1752</v>
       </c>
       <c r="D1947" t="s">
-        <v>1789</v>
+        <v>1753</v>
       </c>
       <c r="E1947" s="2">
         <v>42984</v>
       </c>
-      <c r="F1947" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1948">
       <c r="A1948">
-        <v>1646</v>
+        <v>1684</v>
       </c>
       <c r="B1948">
         <v>2017</v>
       </c>
-      <c r="C1948" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1948" t="s">
+        <v>1754</v>
       </c>
       <c r="D1948" t="s">
-        <v>1791</v>
+        <v>1755</v>
       </c>
       <c r="E1948" s="2">
         <v>42984</v>
       </c>
       <c r="F1948" t="s">
-        <v>1792</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="1949">
       <c r="A1949">
-        <v>1645</v>
+        <v>1683</v>
       </c>
       <c r="B1949">
         <v>2017</v>
       </c>
       <c r="C1949" t="inlineStr">
         <is>
-          <t>Impegno di spesa di € 30.000,00 per la ricarica dell'affrancatrice per il servizio di recapito della posta effettuato da Poste Italiane Spa, attraverso il sistema Affrancaposta della Pitney Bowes Italia S.r.l., ai sensi dell'art. 36 comma 2 lett. a</t>
+          <t>Adesione alla Convenzione Consip "Stampanti 14" Lotto 1 per la fornitura in acquisto di stampanti ed apparecchiature multifunzione dei servizi connessi per le Pubbliche Amministrazioni, stipulata, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488</t>
         </is>
       </c>
       <c r="D1949" t="s">
-        <v>1793</v>
+        <v>1757</v>
       </c>
       <c r="E1949" s="2">
         <v>42984</v>
       </c>
       <c r="F1949" t="s">
-        <v>1794</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="1950">
       <c r="A1950">
-        <v>1644</v>
+        <v>1682</v>
       </c>
       <c r="B1950">
         <v>2017</v>
       </c>
       <c r="C1950" t="inlineStr">
         <is>
-          <t>Sisma Centro Italia 2016 “Affidamento diretto ai sensi dell'art. 36, comma 2, lettera a) del D.Lgs.50/2016 del noleggio di n. 2 (due) containers frigo per le esigenze della mensa di Amatrice “località Torrita, per un periodo di 27 giorni</t>
+          <t>Lavori di somma urgenza per la messa in sicurezza del parapetto del muraglione d'argine posto a valle di ponte Sublicio in destra idraulica del fiume Tevere nel Comune di Roma</t>
         </is>
       </c>
       <c r="D1950" t="s">
-        <v>1795</v>
+        <v>1759</v>
       </c>
       <c r="E1950" s="2">
         <v>42984</v>
       </c>
       <c r="F1950" t="s">
-        <v>1796</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="1951">
       <c r="A1951">
-        <v>1643</v>
+        <v>1681</v>
       </c>
       <c r="B1951">
         <v>2017</v>
       </c>
       <c r="C1951" t="inlineStr">
         <is>
-          <t>Campagna di informazione della Regione Lazio denominata :"Ti porto lo sport". Impegno di spesa € 6.100,00 Iva inclusa. Esercizio finanziario 2017. Capitolo di bilancio R31902.</t>
+          <t>Promozione d'immagine per la Regione Lazio in occasione dell'iniziativa "Notti di Cinema a Piazza Vittorio" a cura della società AGIS LAZIO s.r.l. Impegno di spesa di € 21.960,00 (Iva inclusa). Capitolo R31902. Esercizio finanziario 2017.</t>
         </is>
       </c>
       <c r="D1951" t="s">
-        <v>1797</v>
+        <v>1761</v>
       </c>
       <c r="E1951" s="2">
         <v>42984</v>
       </c>
       <c r="F1951" t="s">
-        <v>1798</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="1952">
       <c r="A1952">
-        <v>1642</v>
+        <v>1680</v>
       </c>
       <c r="B1952">
         <v>2017</v>
       </c>
-      <c r="C1952" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1952" t="s">
+        <v>1763</v>
       </c>
       <c r="D1952" t="s">
-        <v>1799</v>
+        <v>1764</v>
       </c>
       <c r="E1952" s="2">
         <v>42984</v>
       </c>
       <c r="F1952" t="s">
-        <v>1800</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="1953">
       <c r="A1953">
-        <v>1641</v>
+        <v>1679</v>
       </c>
       <c r="B1953">
         <v>2017</v>
       </c>
-      <c r="C1953" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1953" t="s">
+        <v>1766</v>
       </c>
       <c r="D1953" t="s">
-        <v>1801</v>
+        <v>1767</v>
       </c>
       <c r="E1953" s="2">
         <v>42984</v>
       </c>
       <c r="F1953" t="s">
-        <v>1802</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="1954">
       <c r="A1954">
-        <v>1640</v>
+        <v>1678</v>
       </c>
       <c r="B1954">
         <v>2017</v>
       </c>
       <c r="C1954" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016, denominata "Emozioni nel cuore d'Italia" Capitolo di bilancio regionale R 31902.Impegno di spesa per complessivi € 106.039,96 (iva inclusa ) Es. Fin. 2017.</t>
+          <t>Affidamento di un servizio per l'acquisto di spazi pubblicitari sulla rivista: "Braille News". Impegno di spesa € 19.997,16 (Iva inclusa). capitolo di bilancio R31902. Esercizio finanziario 2017.</t>
         </is>
       </c>
       <c r="D1954" t="s">
-        <v>1803</v>
+        <v>1769</v>
       </c>
       <c r="E1954" s="2">
         <v>42984</v>
       </c>
       <c r="F1954" t="s">
-        <v>1804</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="1955">
       <c r="A1955">
-        <v>1639</v>
+        <v>1677</v>
       </c>
       <c r="B1955">
         <v>2017</v>
       </c>
-      <c r="C1955" t="s">
-        <v>1805</v>
+      <c r="C1955" t="inlineStr">
+        <is>
+          <t>Campagna informativa della Regione Lazio "Dalla parte delle donne". Capitolo di bilancio regionale R31902. Impegno di spesa per complessivi € 46.677,20 (IVA inclusa). Esercizio finanziario 2017.</t>
+        </is>
       </c>
       <c r="D1955" t="s">
-        <v>1806</v>
+        <v>1771</v>
       </c>
       <c r="E1955" s="2">
         <v>42984</v>
       </c>
+      <c r="F1955" t="s">
+        <v>1772</v>
+      </c>
     </row>
     <row r="1956">
       <c r="A1956">
-        <v>1638</v>
+        <v>1676</v>
       </c>
       <c r="B1956">
-        <v>2016</v>
-[...4 lines deleted...]
-        </is>
+        <v>2017</v>
+      </c>
+      <c r="C1956" t="s">
+        <v>1773</v>
       </c>
       <c r="D1956" t="s">
-        <v>1807</v>
+        <v>1774</v>
       </c>
       <c r="E1956" s="2">
         <v>42984</v>
       </c>
-      <c r="F1956" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1957">
       <c r="A1957">
-        <v>1637</v>
+        <v>1675</v>
       </c>
       <c r="B1957">
         <v>2017</v>
       </c>
       <c r="C1957" t="inlineStr">
         <is>
-          <t>Lavori di ripristino della via Lungo Liri Salvator Spiridigliozzi nel centro abitato di Pontecorvo e mitigazione delle condizioni di rischio idrogeologico del versante. Affidamento dell'incarico di Coordinatore della sicurezza in fase di esecuzione</t>
+          <t>Adesione alla convenzione Consip "PC portatili e Tablet 1 "Lotto 1 " pc portatili per basse esigenze di mobilità ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388, stipulata con R.T. I. Infordata S.p.a.</t>
         </is>
       </c>
       <c r="D1957" t="s">
-        <v>1809</v>
+        <v>1775</v>
       </c>
       <c r="E1957" s="2">
         <v>42984</v>
       </c>
+      <c r="F1957" t="s">
+        <v>1776</v>
+      </c>
     </row>
     <row r="1958">
       <c r="A1958">
-        <v>1636</v>
+        <v>1674</v>
       </c>
       <c r="B1958">
         <v>2017</v>
       </c>
-      <c r="C1958" t="s">
-        <v>1810</v>
+      <c r="C1958" t="inlineStr">
+        <is>
+          <t>Promozione d'immagine per la Regione Lazio in occasione dell'iniziativa: Le vie del Cinema da Cannes a Roma ed in regione - ed. 2017. Impegno di spesa di € 12.200,00 (I.va Inclusa). Capitolo R31902. Es. Fin. 2017.</t>
+        </is>
       </c>
       <c r="D1958" t="s">
-        <v>1811</v>
+        <v>1777</v>
       </c>
       <c r="E1958" s="2">
         <v>42984</v>
       </c>
       <c r="F1958" t="s">
-        <v>1812</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="1959">
       <c r="A1959">
-        <v>1635</v>
+        <v>1673</v>
       </c>
       <c r="B1959">
         <v>2017</v>
       </c>
       <c r="C1959" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio denominata: "Inizia la ricostruzione". Capitolo di Bilancio regionale R31902. Esercizio Finanziario 2017. Concessionarie: MANZONI S.p.A.; PIEMME S.p.A. e SPORT NETWORK s.r.l.</t>
+          <t>Affidamento, attraverso trattativa diretta su MePA, ai sensi dell'art. 63, comma 2, lett. a) del d.lgs. 50/2016, per la fornitura di n. 129.600 bottigliette di acqua da 0,5 lt. con etichetta personalizzata.</t>
         </is>
       </c>
       <c r="D1959" t="s">
-        <v>1813</v>
+        <v>1779</v>
       </c>
       <c r="E1959" s="2">
         <v>42984</v>
       </c>
       <c r="F1959" t="s">
-        <v>1814</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="1960">
       <c r="A1960">
-        <v>1634</v>
+        <v>1672</v>
       </c>
       <c r="B1960">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="C1960" t="inlineStr">
         <is>
-          <t>Pubblicità istituzionale della Regione Lazio all'interno dell 27^ ed. della pubblicazione "Osterie d'Italia 2018" a cura di POSTER s.r.l. Impegno di € 4.880,00 (Iva inclusa). capitolo R31902. Esercizio Finanziario 2017.</t>
+          <t>1) Sisma Centro Italia - Affidamento diretto ai sensi della lettera a) del comma 2 dell'art. 36 del D.lgs. 50/2016 per noleggio di n. 3 (tre) containers frigo per le esigenze delle mense site nei territori colpiti dal sisma del 24 agosto 2016.2) Sisma Centro Italia “Esercizio dell'opzione di proroga previsto dalla Determinazione Dirigenziale n. G14613 del 7 dicembre 2016 del noleggio di n. 3 (tre) containers frigo per le esigenze delle mense site nei territori colpiti dal sisma del 24 agosto 2016.</t>
         </is>
       </c>
       <c r="D1960" t="s">
-        <v>1815</v>
+        <v>1781</v>
       </c>
       <c r="E1960" s="2">
         <v>42984</v>
       </c>
       <c r="F1960" t="s">
-        <v>1816</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="1961">
       <c r="A1961">
-        <v>1633</v>
+        <v>1671</v>
       </c>
       <c r="B1961">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="C1961" t="inlineStr">
         <is>
-          <t>Procedura di gara attraverso il MEPA per la fornitura di materiali per allestimento sedi e cancelleria speciale - Importo a base d'asta € 14.640,00 Iva compresa - Cap. R31902 esercizio finanziario 2017</t>
+          <t>Autorizzazione ad espletare gara attraverso il MEPA di Consip per fornitura dispositivi protezione individuale per il personale del Servizio Fitosanitario Regionale. Impegno spesa euro 8000 IVA inclusa cap. B11112 es fin 2016</t>
         </is>
       </c>
       <c r="D1961" t="s">
-        <v>1817</v>
+        <v>1783</v>
       </c>
       <c r="E1961" s="2">
         <v>42984</v>
       </c>
       <c r="F1961" t="s">
-        <v>1818</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="1962">
       <c r="A1962">
-        <v>1632</v>
+        <v>1670</v>
       </c>
       <c r="B1962">
         <v>2017</v>
       </c>
-      <c r="C1962" t="s">
-        <v>1819</v>
+      <c r="C1962" t="inlineStr">
+        <is>
+          <t>Adesione alla Convenzione Consip “Noleggio autoveicoli 12” Lotto 2 per il noleggio a lungo termine senza conducente, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388, di n. 2 autoveicoli</t>
+        </is>
       </c>
       <c r="D1962" t="s">
-        <v>1820</v>
+        <v>1785</v>
       </c>
       <c r="E1962" s="2">
         <v>42984</v>
       </c>
+      <c r="F1962" t="s">
+        <v>1786</v>
+      </c>
     </row>
     <row r="1963">
       <c r="A1963">
-        <v>1631</v>
+        <v>1669</v>
       </c>
       <c r="B1963">
         <v>2017</v>
       </c>
-      <c r="C1963" t="s">
-        <v>1821</v>
+      <c r="C1963" t="inlineStr">
+        <is>
+          <t>1) Procedura di gara per la fornitura di corone e composizioni floreali per le celebrazioni nazionali, ricorrenze civili e commemorative per la durata di 12 mesi - Impegno di spesa € 8.800,00 IVA compresa - GARA DESERTA;2) Indizione di una procedura di gara per la fornitura di corone e composizioni floreali per le celebrazioni nazionali, ricorrenze civili e commemorativi per la durata di 12 mesi - Approvazione atti di gara -Impegno spesa €9.760,00 Iva Compresa </t>
+        </is>
       </c>
       <c r="D1963" t="s">
-        <v>1822</v>
+        <v>1787</v>
       </c>
       <c r="E1963" s="2">
         <v>42984</v>
       </c>
+      <c r="F1963" t="s">
+        <v>1788</v>
+      </c>
     </row>
     <row r="1964">
       <c r="A1964">
-        <v>1630</v>
+        <v>1668</v>
       </c>
       <c r="B1964">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1964" t="inlineStr">
         <is>
-          <t>Appalto Specifico per la fornitura di prodotti farmaceutici utilizzati in ambito ospedaliero e per la distribuzione diretta occorrenti alle Aziende Sanitarie della Regione Lazio. Approvazione schemi atti e indizione gara</t>
+          <t>Acquisto di spazi pubblicitari sulla rivista :"Benessere e Salute". Allegato quotidiano Editoriale Oggi. Impegno di spesa E 15.860,00 (Iva inclusa). Capitolo di bilancio R31902, Esercizio finanziario 2017.</t>
         </is>
       </c>
       <c r="D1964" t="s">
-        <v>1314</v>
+        <v>1789</v>
       </c>
       <c r="E1964" s="2">
         <v>42984</v>
       </c>
-      <c r="F1964" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F1964" t="s">
+        <v>1790</v>
       </c>
     </row>
     <row r="1965">
       <c r="A1965">
-        <v>1629</v>
+        <v>1667</v>
       </c>
       <c r="B1965">
         <v>2017</v>
       </c>
-      <c r="C1965" t="s">
-        <v>1823</v>
+      <c r="C1965" t="inlineStr">
+        <is>
+          <t>Affidamento del servizio di pubblicazione del bando di gara "Procedura aperta per l'affidamento del servizio di assistenza, consulenza e intermediazione assicurativa per la Regione Lazio".</t>
+        </is>
       </c>
       <c r="D1965" t="s">
-        <v>1824</v>
+        <v>1791</v>
       </c>
       <c r="E1965" s="2">
         <v>42984</v>
       </c>
       <c r="F1965" t="s">
-        <v>1825</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="1966">
       <c r="A1966">
-        <v>1628</v>
+        <v>1666</v>
       </c>
       <c r="B1966">
         <v>2017</v>
       </c>
       <c r="C1966" t="s">
-        <v>1826</v>
+        <v>1793</v>
       </c>
       <c r="D1966" t="s">
-        <v>1827</v>
+        <v>1794</v>
       </c>
       <c r="E1966" s="2">
         <v>42984</v>
       </c>
-      <c r="F1966" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1967">
       <c r="A1967">
-        <v>1627</v>
+        <v>1665</v>
       </c>
       <c r="B1967">
         <v>2017</v>
       </c>
       <c r="C1967" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione del servizio di gestione tecnica delle apparecchiature elettromedicali e delle attrezzature sanitarie delle Aziende Sanitarie della Regione Lazio - 7 lotti</t>
+          <t>Servizio di pubblicazione del bando per la gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione del servizio di supporto al monitoraggio del contratto di Multiservizio tecnologico alle Aziende Sanitarie della Regione lazio</t>
         </is>
       </c>
       <c r="D1967" t="s">
-        <v>1829</v>
+        <v>1795</v>
       </c>
       <c r="E1967" s="2">
         <v>42984</v>
       </c>
-      <c r="F1967" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F1967" t="s">
+        <v>1796</v>
       </c>
     </row>
     <row r="1968">
       <c r="A1968">
-        <v>1626</v>
+        <v>1664</v>
       </c>
       <c r="B1968">
         <v>2017</v>
       </c>
       <c r="C1968" t="inlineStr">
         <is>
-          <t>Procedura di gara attraverso, il MEPA di Consip, per la fornitura di una piegatrice e cucitrice professionale Plockmatic per le esigenze del Centro Stampa Regionale -Impegno di spesa € 60.829,20 Iva compresa</t>
+          <t>Acquisto di spazi pubblicitari sulla rivista: " Magazine Salute. allegato al settimanale SETTE del Corriere della Sera. Impegno di spesa € 21.960,00 (IVA inclusa). Capitolo di bilancio R31902. Esercizio finanziario 2017.</t>
         </is>
       </c>
       <c r="D1968" t="s">
-        <v>1830</v>
+        <v>1797</v>
       </c>
       <c r="E1968" s="2">
         <v>42984</v>
       </c>
       <c r="F1968" t="s">
-        <v>1831</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="1969">
       <c r="A1969">
-        <v>1625</v>
+        <v>1663</v>
       </c>
       <c r="B1969">
         <v>2017</v>
       </c>
       <c r="C1969" t="inlineStr">
         <is>
-          <t>Campagna d'informazione della Regione Lazio denominata "Spot redazionali sui bandi europei e sulle attività dell'Ente ", attraverso emittenti radiofoniche. Impegno di spesa € 92.997,60. Esercizio Finanziario 2017. Capitolo di bilancio R31902.</t>
+          <t>Attuazione della DGR n. 83/2017 "Approvazione delle iniziative relative alle manifestazioni di promozione turistica in Italia ed all'estero, per il rafforzamento delle opportunità professionali e occupazionali della popolazione del Lazio</t>
         </is>
       </c>
       <c r="D1969" t="s">
-        <v>1832</v>
+        <v>1799</v>
       </c>
       <c r="E1969" s="2">
         <v>42984</v>
       </c>
       <c r="F1969" t="s">
-        <v>1833</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="1970">
       <c r="A1970">
-        <v>1624</v>
+        <v>1662</v>
       </c>
       <c r="B1970">
         <v>2017</v>
       </c>
-      <c r="C1970" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1970" t="s">
+        <v>1801</v>
       </c>
       <c r="D1970" t="s">
-        <v>1834</v>
+        <v>1802</v>
       </c>
       <c r="E1970" s="2">
         <v>42984</v>
       </c>
       <c r="F1970" t="s">
-        <v>1835</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="1971">
       <c r="A1971">
-        <v>1623</v>
+        <v>1661</v>
       </c>
       <c r="B1971">
         <v>2017</v>
       </c>
       <c r="C1971" t="inlineStr">
         <is>
-          <t>Servizio aereo di spegnimento degli incendi boschivi nell'ambito delle attività di protezione civile sull'intero territorio della Regione Lazio “campagna AIB 2017 - Integrazione flotta elicotteri". Impegno di spesa complessivo di € 1.108.961</t>
+          <t>Pubblicazione e diffusione di una brochure dedicata alle zone colpite dal sisma2016. Capitolo di bilancio regionale R31902. Impegno di spesa per complessive € 56.120,00 (I.V.A. inclusa). Esercizio Finanziario 2017.</t>
         </is>
       </c>
       <c r="D1971" t="s">
-        <v>1836</v>
+        <v>1804</v>
       </c>
       <c r="E1971" s="2">
         <v>42984</v>
       </c>
       <c r="F1971" t="s">
-        <v>1837</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="1972">
       <c r="A1972">
-        <v>1622</v>
+        <v>1660</v>
       </c>
       <c r="B1972">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="C1972" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione del servizio di supporto al monitoraggio del contratto di Multiservizio tecnologico te alle Aziende Sanitarie della Regione Lazio</t>
+          <t>Servizio di interpretariato telefonico da remoto H24 in tempo reale per le necessità del call center laico NUE 112 di Roma. Proroga fornitura del servizio fino all'espletamento della procedura di affidamento, per i mesi di settembre, ottobre, novembre</t>
         </is>
       </c>
       <c r="D1972" t="s">
-        <v>1838</v>
+        <v>1806</v>
       </c>
       <c r="E1972" s="2">
         <v>42984</v>
       </c>
-      <c r="F1972" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F1972" t="s">
+        <v>1807</v>
       </c>
     </row>
     <row r="1973">
       <c r="A1973">
-        <v>1621</v>
+        <v>1659</v>
       </c>
       <c r="B1973">
         <v>2017</v>
       </c>
       <c r="C1973" t="inlineStr">
         <is>
-          <t>servizio di ricondizionamento comprensivo di fornitura di parti di ricambio per complessive n. 150 tende campali con struttura pneumatica in dotazione alla Colonna Mobile di Protezione Civile della Regione Lazio</t>
+          <t>Fornitura di un servizio di catering di qualità e a ridotto impatto ambientale per 6 eventi organizzati dalla Direzione Regionale Ambiente e Sistemi Naturali della Regione Lazio per l'anno 2017.</t>
         </is>
       </c>
       <c r="D1973" t="s">
-        <v>1839</v>
+        <v>1808</v>
       </c>
       <c r="E1973" s="2">
         <v>42984</v>
       </c>
       <c r="F1973" t="s">
-        <v>1840</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="1974">
       <c r="A1974">
-        <v>1620</v>
+        <v>1658</v>
       </c>
       <c r="B1974">
         <v>2017</v>
       </c>
-      <c r="C1974" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1974" t="s">
+        <v>1810</v>
       </c>
       <c r="D1974" t="s">
-        <v>1841</v>
+        <v>1811</v>
       </c>
       <c r="E1974" s="2">
         <v>42984</v>
       </c>
-      <c r="F1974" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1975">
       <c r="A1975">
-        <v>1619</v>
+        <v>1657</v>
       </c>
       <c r="B1975">
         <v>2017</v>
       </c>
       <c r="C1975" t="inlineStr">
         <is>
-          <t>Gara comunitaria ad evidenza pubblica a procedura aperta per la realizzazione di una rete di "Hub cultura-socialità -lavoro" sul territorio regionale. Impegno di € 8.000.000,00 IVA inclusa - POR Lazio FSE 2014-2020 - Asse I - Occupazione</t>
+          <t>Fornitura di derrate alimentari per le necessità della popolazione colpita dal Sisma centro Italia del 24 agosto 2016 - Impegno complessivo di € 25.000,00 (IVA inclusa) da imputarsi sulla Contabilità Speciale n. 6022 presso la Banca d'Italia</t>
         </is>
       </c>
       <c r="D1975" t="s">
-        <v>1843</v>
+        <v>1812</v>
       </c>
       <c r="E1975" s="2">
         <v>42984</v>
       </c>
+      <c r="F1975" t="s">
+        <v>1813</v>
+      </c>
     </row>
     <row r="1976">
       <c r="A1976">
-        <v>1618</v>
+        <v>1656</v>
       </c>
       <c r="B1976">
         <v>2017</v>
       </c>
       <c r="C1976" t="inlineStr">
         <is>
-          <t>Attuazione D.G.R. n. 81/2017. Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 36, comma 2, lettera b) del D.Lgs. 50/2016, per l'affidamento dei servizi di Centri Antiviolenza e Case rifugio.</t>
+          <t>Sisma Centro Italia del 24 agosto 2016 - Posto di Assistenza Socio-Sanitaria (PASS) presso il Comune di Amatrice “Modifica ed adeguamento dei containers siti nell'area Don Minozzi di Amatrice a servizio del PASS. Impegno complessivo di € 3.660,00</t>
         </is>
       </c>
       <c r="D1976" t="s">
-        <v>1844</v>
+        <v>1814</v>
       </c>
       <c r="E1976" s="2">
         <v>42984</v>
       </c>
       <c r="F1976" t="s">
-        <v>1845</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="1977">
       <c r="A1977">
-        <v>1617</v>
+        <v>1655</v>
       </c>
       <c r="B1977">
         <v>2017</v>
       </c>
-      <c r="C1977" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C1977" t="s">
+        <v>1816</v>
       </c>
       <c r="D1977" t="s">
-        <v>1648</v>
+        <v>1817</v>
       </c>
       <c r="E1977" s="2">
         <v>42984</v>
       </c>
-      <c r="F1977" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F1977" t="s">
+        <v>1818</v>
       </c>
     </row>
     <row r="1978">
       <c r="A1978">
-        <v>1616</v>
+        <v>1654</v>
       </c>
       <c r="B1978">
         <v>2017</v>
       </c>
       <c r="C1978" t="inlineStr">
         <is>
-          <t>Adesione alla Convenzione Consip "Energia Elettrica 14"Lotto 6 per la fornitura di energia elettrica e dei servizi connessi per le Pubbliche Amministrazioni, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre</t>
+          <t>Affidamento in economia del servizio di pubblicazione del bando di gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione del servizio di gestione tecnica delle apparecchiature elettromedicali e delle attrezzature sanitarie</t>
         </is>
       </c>
       <c r="D1978" t="s">
-        <v>1846</v>
+        <v>1819</v>
       </c>
       <c r="E1978" s="2">
         <v>42984</v>
       </c>
       <c r="F1978" t="s">
-        <v>1847</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="1979">
       <c r="A1979">
-        <v>1615</v>
+        <v>1653</v>
       </c>
       <c r="B1979">
         <v>2017</v>
       </c>
       <c r="C1979" t="inlineStr">
         <is>
-          <t>Procedura di gara attraverso il MEPA per la fornitura e stampa di tesserini venatori, manifesti ed opuscoli contenenti il calendario venatorio per la stagione 2017/2018 - Importo a base d'asta € 76.000,00</t>
+          <t>1) Sisma Centro Italia 2016. Noleggio di camper per la sistemazione alloggiativa provvisoria ai proprietari di bestiame, nei pressi dei ricoveri temporanei degli animali, nelle more della realizzazione dei moduli provvisori rurali (MAPRE);2) Sisma Centro Italia 2016. Proroga del noleggio di n. 7 (sette) camper per la sistemazione alloggiativa provvisoria dei proprietari di bestiame, nei pressi dei ricoveri temporanei degli animali, nelle more della realizzazione dei moduli provvisori;3) Sisma Centro Italia 2016. Proroga del noleggio di n. 4 (quattro) camper per la sistemazione alloggiativa provvisoria dei proprietari di bestiame, nei pressi dei ricoveri temporanei degli animali, nelle more della realizzazione dei moduli provvisori.</t>
         </is>
       </c>
       <c r="D1979" t="s">
-        <v>1848</v>
+        <v>1821</v>
       </c>
       <c r="E1979" s="2">
         <v>42984</v>
       </c>
       <c r="F1979" t="s">
-        <v>1849</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="1980">
       <c r="A1980">
-        <v>1614</v>
+        <v>1652</v>
       </c>
       <c r="B1980">
         <v>2017</v>
       </c>
       <c r="C1980" t="inlineStr">
         <is>
-          <t>Procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs 50/2016 per l'acquisizione della fornitura di farmaci</t>
+          <t>Fornitura di un servizio di catering di qualità e a ridotto impatto ambientale per 6 eventi organizzati dalla Direzione Regionale Ambiente e Sistemi Naturali della Regione Lazio per l'anno 2017. Procedura negoziata senza previa pubblicazione del bando</t>
         </is>
       </c>
       <c r="D1980" t="s">
-        <v>1648</v>
+        <v>1823</v>
       </c>
       <c r="E1980" s="2">
         <v>42984</v>
       </c>
-      <c r="F1980" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F1980" t="s">
+        <v>1824</v>
       </c>
     </row>
     <row r="1981">
       <c r="A1981">
-        <v>1613</v>
+        <v>1651</v>
       </c>
       <c r="B1981">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>1850</v>
+        <v>2016</v>
+      </c>
+      <c r="C1981" t="inlineStr">
+        <is>
+          <t>Affidamento diretto per la fornitura di abbigliamento e vestiario per le esigenze del personale dell'Agenzia di Protezione Civile in servizio presso i territori colpiti dall'evento sismico del 24 agosto- Impegno di spesa € 12.397,27. es. fin. 2016</t>
+        </is>
       </c>
       <c r="D1981" t="s">
-        <v>1851</v>
+        <v>1825</v>
       </c>
       <c r="E1981" s="2">
         <v>42984</v>
       </c>
       <c r="F1981" t="s">
-        <v>1852</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="1982">
       <c r="A1982">
-        <v>1612</v>
+        <v>1650</v>
       </c>
       <c r="B1982">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="C1982" t="inlineStr">
         <is>
-          <t>Servizio di manutenzione full risk e licenza cartografica del sistema software denominato Emma NUE 112 per le esigenze della Centrale Unica di Risposta 112NUE di Roma. Impegno di spesa di € 95.000,00, oltre IVA, per complessivi € 115.900,00 IVA.</t>
+          <t>Sisma Centro Italia 2016 - Affidamento diretto per la fornitura a noleggio di una struttura prefabbricata adibita ad uso ufficio temporaneo per il Comune di Accumoli (RI)</t>
         </is>
       </c>
       <c r="D1982" t="s">
-        <v>1853</v>
+        <v>1827</v>
       </c>
       <c r="E1982" s="2">
         <v>42984</v>
       </c>
       <c r="F1982" t="s">
-        <v>1854</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="1983">
       <c r="A1983">
-        <v>1611</v>
+        <v>1649</v>
       </c>
       <c r="B1983">
         <v>2017</v>
       </c>
       <c r="C1983" t="inlineStr">
         <is>
-          <t>Interventi urgenti di manutenzione del fiume Mignone a valle della Via Aurelia sino alla strada Litoranea nel Comune di Tarquinia, finalizzati alla tutela della pubblica e privata incolumità. C.I.G.Z2D20858CF</t>
+          <t>Promozione d'immagine per la Regione Lazio in occasione della manifestazione "Lazio Pride 2017, a cura dell'Associazione Arcigay Roma. Impegno di spesa di € 10.000,00 (iva esente). Capitolo di bilancio R31902. Es Fin 2017.</t>
         </is>
       </c>
       <c r="D1983" t="s">
-        <v>1855</v>
+        <v>1829</v>
       </c>
       <c r="E1983" s="2">
-        <v>43178</v>
+        <v>42984</v>
+      </c>
+      <c r="F1983" t="s">
+        <v>1830</v>
       </c>
     </row>
     <row r="1984">
       <c r="A1984">
-        <v>1610</v>
+        <v>1648</v>
       </c>
       <c r="B1984">
         <v>2017</v>
       </c>
       <c r="C1984" t="inlineStr">
         <is>
-          <t>Adesione alla Convenzione Consip 'Gas Naturale 9' Lotto 5 per la fornitura di gas naturale e dei servizi connessi per le Pubbliche Amministrazioni, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388</t>
+          <t>GPPBest - BEST PRACTICES EXCHANGE AND STRATEGIC TOOLS FOR GPP - LIFE14 GIE/IT/000812Acquisto di un servizio di assistenza tecnica per help desk per GPP attraverso il MEPA. Presa d'atto di gara deserta e modifica determinazioni n. G06151 del 15/05/2017 (CIG: Z4B1EDD05D)Approvazione verbale di gara per affidamento diretto tramite piattaforma MEPA per l'acquisto di una fornitura di tabletà, computer da tavolo, proiettore (CIG: Z4F1FCA6CC)</t>
         </is>
       </c>
       <c r="D1984" t="s">
-        <v>1856</v>
+        <v>1831</v>
       </c>
       <c r="E1984" s="2">
         <v>42984</v>
       </c>
       <c r="F1984" t="s">
-        <v>1857</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="1985">
       <c r="A1985">
-        <v>1609</v>
+        <v>1647</v>
       </c>
       <c r="B1985">
         <v>2017</v>
       </c>
       <c r="C1985" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. n. 388/2016: primi interventi urgenti di protezione civile conseguenti l'eccezionale evento sismico che ha colpito il territorio delle regioni Lazio, Marche, Umbria e Abruzzo il 24.08.2016</t>
+          <t>Procedura di gara, da effettuare attraverso il MEPA, per la fornitura di Hardware e software per 30 postazioni per il telelavoro - Impegno di spesa € 16.543,20 (IVA compresa)</t>
         </is>
       </c>
       <c r="D1985" t="s">
-        <v>1858</v>
+        <v>1833</v>
       </c>
       <c r="E1985" s="2">
         <v>42984</v>
       </c>
       <c r="F1985" t="s">
-        <v>1859</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="1986">
       <c r="A1986">
-        <v>1608</v>
+        <v>1646</v>
       </c>
       <c r="B1986">
         <v>2017</v>
       </c>
       <c r="C1986" t="inlineStr">
         <is>
-          <t>Sisma Centro Italia del 24 agosto 2016 “Aggiudicazione della fornitura di derrate alimentari necessarie per l'erogazione dei pasti per garantire l'assistenza alla popolazione presso i territori colpiti dall'evento sismico Ditta Petrazzuolo</t>
+          <t>Procedura di gara, attraverso il MEPA, per la fornitura di gadget, di vario genere, per le esigenze della Struttura Comunicazione, Relazioni Esterne ed Istituzionali - Importo a base dâ'asta € 39.963,54 IVA compresa</t>
         </is>
       </c>
       <c r="D1986" t="s">
-        <v>1860</v>
+        <v>1835</v>
       </c>
       <c r="E1986" s="2">
         <v>42984</v>
       </c>
       <c r="F1986" t="s">
-        <v>1861</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="1987">
       <c r="A1987">
-        <v>1607</v>
+        <v>1645</v>
       </c>
       <c r="B1987">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1987" t="inlineStr">
         <is>
-          <t>Affidamento tramite ordine di acquisto sul MEPA di Consip del servizio di aggiornamento licenza d'uso software ZeroGis con assistenza Basic ed hosting. Impegno di spesa pluriennale di € 27.328,00 IVA inclusa, sul cap. E47906 del Bilancio Regionale.</t>
+          <t>Impegno di spesa di € 30.000,00 per la ricarica dell'affrancatrice per il servizio di recapito della posta effettuato da Poste Italiane Spa, attraverso il sistema Affrancaposta della Pitney Bowes Italia S.r.l., ai sensi dell'art. 36 comma 2 lett. a</t>
         </is>
       </c>
       <c r="D1987" t="s">
-        <v>1862</v>
+        <v>1837</v>
       </c>
       <c r="E1987" s="2">
         <v>42984</v>
       </c>
       <c r="F1987" t="s">
-        <v>1863</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="1988">
       <c r="A1988">
-        <v>1606</v>
+        <v>1644</v>
       </c>
       <c r="B1988">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1988" t="inlineStr">
         <is>
-          <t>Aggiudicazione della fornitura di n. 1060 magliette invernali e n. 1060 magliette estive per la dotazione degli operatori del servizio Numero Unico dell'Emergenza (N.U.E.) autorizzata con Determinazione Dirigenziale n. G10099 del 9 settembre 2016</t>
+          <t>Sisma Centro Italia 2016 “Affidamento diretto ai sensi dell'art. 36, comma 2, lettera a) del D.Lgs.50/2016 del noleggio di n. 2 (due) containers frigo per le esigenze della mensa di Amatrice “località Torrita, per un periodo di 27 giorni</t>
         </is>
       </c>
       <c r="D1988" t="s">
-        <v>1864</v>
+        <v>1839</v>
       </c>
       <c r="E1988" s="2">
         <v>42984</v>
       </c>
       <c r="F1988" t="s">
-        <v>1865</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="1989">
       <c r="A1989">
-        <v>1605</v>
+        <v>1643</v>
       </c>
       <c r="B1989">
         <v>2017</v>
       </c>
       <c r="C1989" t="inlineStr">
         <is>
-          <t>Affidamento tramite ordine di acquisto sul MEPA di consip del servizio di manutenzione e aggiornamento funzionale del sistema di previsione idraulica ed idrologica EFFORTS per il bacino del fiume Tevere della Regione Lazio.</t>
+          <t>Campagna di informazione della Regione Lazio denominata :"Ti porto lo sport". Impegno di spesa € 6.100,00 Iva inclusa. Esercizio finanziario 2017. Capitolo di bilancio R31902.</t>
         </is>
       </c>
       <c r="D1989" t="s">
-        <v>1866</v>
+        <v>1841</v>
       </c>
       <c r="E1989" s="2">
         <v>42984</v>
       </c>
+      <c r="F1989" t="s">
+        <v>1842</v>
+      </c>
     </row>
     <row r="1990">
       <c r="A1990">
-        <v>1604</v>
+        <v>1642</v>
       </c>
       <c r="B1990">
         <v>2017</v>
       </c>
       <c r="C1990" t="inlineStr">
         <is>
-          <t>Lavori urgenti di messa in sicurezza e di manutenzione straordinaria delle essenze arboree ubicate sulle fasce frangivento, site nei Comuni di Cisterna di Latina, Pontinia, Sabaudia, San Felice Circeo e Terracina - conferma e attribuzione impegno.</t>
+          <t>Lavori di fornitura e posa in opera di un sistema audio e video all'interno della biblioteca regionale presso il complesso immobiliare sito in Roma, Via Cristoforo Colombo n. 212</t>
         </is>
       </c>
       <c r="D1990" t="s">
-        <v>1867</v>
+        <v>1843</v>
       </c>
       <c r="E1990" s="2">
         <v>42984</v>
       </c>
       <c r="F1990" t="s">
-        <v>1868</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="1991">
       <c r="A1991">
-        <v>1603</v>
+        <v>1641</v>
       </c>
       <c r="B1991">
         <v>2017</v>
       </c>
       <c r="C1991" t="inlineStr">
         <is>
-          <t>Procedura negoziata per la stipula di un Accordo Quadro (art. 54, D.lgs. 50/16), avente ad oggetto l'affidamento del servizio dell'autospurgo, della video-ispezione e della manutenzione dei tratti fecali e relativi pozzetti di scarico</t>
+          <t>Campagna informativa della Regione Lazio nuova App "Salute Lazio " Capitolo di bilancio regionale R31902. Impegno di spesa per complessive € 28.964,75 (Iva inclusa) Es. Fin. 2017.</t>
         </is>
       </c>
       <c r="D1991" t="s">
-        <v>1869</v>
+        <v>1845</v>
       </c>
       <c r="E1991" s="2">
         <v>42984</v>
       </c>
       <c r="F1991" t="s">
-        <v>1870</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="1992">
       <c r="A1992">
-        <v>1602</v>
+        <v>1640</v>
       </c>
       <c r="B1992">
         <v>2017</v>
       </c>
       <c r="C1992" t="inlineStr">
         <is>
-          <t>Servizio di assistenza organizzativa/gestionale e legale e del supporto tecnico-specialistico alla Direzione regionale Centrale Acquisti. Affidamento servizi analoghi ex art. 57, comma 5, lettera B) del D.Lgs. 163/2006 e ss.mm.ii.</t>
+          <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016, denominata "Emozioni nel cuore d'Italia" Capitolo di bilancio regionale R 31902.Impegno di spesa per complessivi € 106.039,96 (iva inclusa ) Es. Fin. 2017.</t>
         </is>
       </c>
       <c r="D1992" t="s">
-        <v>1871</v>
+        <v>1847</v>
       </c>
       <c r="E1992" s="2">
         <v>42984</v>
       </c>
       <c r="F1992" t="s">
-        <v>1872</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="1993">
       <c r="A1993">
-        <v>1601</v>
+        <v>1639</v>
       </c>
       <c r="B1993">
         <v>2017</v>
       </c>
       <c r="C1993" t="s">
-        <v>1873</v>
+        <v>1849</v>
       </c>
       <c r="D1993" t="s">
-        <v>1874</v>
+        <v>1850</v>
       </c>
       <c r="E1993" s="2">
         <v>42984</v>
       </c>
-      <c r="F1993" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1994">
       <c r="A1994">
-        <v>1600</v>
+        <v>1638</v>
       </c>
       <c r="B1994">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="C1994" t="inlineStr">
         <is>
-          <t>Adesione alla Convenzione CONSIP "Noleggio autoveicoli 12" "Lotto 1 “ vetture operative modello A4" per il noleggio a lungo termine di autoveicoli senza conducente per le pubbliche amministrazioni, ai sensi dell'art. 26 Legge 23 dicembre 1999</t>
+          <t>Istituzione dell'Elenco di Operatori economici da consultare per l'acquisizione dei servizi di analisi e valutazioni previsti dai Piani di Valutazione del POR FSE 2014-2020 e del POR FESR 2014-2020. Approvazione schema di Avviso pubblico</t>
         </is>
       </c>
       <c r="D1994" t="s">
-        <v>1876</v>
+        <v>1851</v>
       </c>
       <c r="E1994" s="2">
         <v>42984</v>
       </c>
       <c r="F1994" t="s">
-        <v>1877</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="1995">
       <c r="A1995">
-        <v>1599</v>
+        <v>1637</v>
       </c>
       <c r="B1995">
         <v>2017</v>
       </c>
       <c r="C1995" t="inlineStr">
         <is>
-          <t>Servizio di assicurazione rischio infortuni per gli alunni delle scuole statali e paritarie private di ogni ordine e grado nonchà© per il personale adibito alla sorveglianza degli stessi durante il trasporto, ai sensi dell'articolo 22 della L.R. n. 29/92</t>
-[...3 lines deleted...]
-        <v>7101305644</v>
+          <t>Lavori di ripristino della via Lungo Liri Salvator Spiridigliozzi nel centro abitato di Pontecorvo e mitigazione delle condizioni di rischio idrogeologico del versante. Affidamento dell'incarico di Coordinatore della sicurezza in fase di esecuzione</t>
+        </is>
+      </c>
+      <c r="D1995" t="s">
+        <v>1853</v>
       </c>
       <c r="E1995" s="2">
         <v>42984</v>
       </c>
-      <c r="F1995" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1996">
       <c r="A1996">
-        <v>1598</v>
+        <v>1636</v>
       </c>
       <c r="B1996">
         <v>2017</v>
       </c>
-      <c r="C1996" t="inlineStr">
-[...5 lines deleted...]
-        <v>7094143001</v>
+      <c r="C1996" t="s">
+        <v>1854</v>
+      </c>
+      <c r="D1996" t="s">
+        <v>1855</v>
       </c>
       <c r="E1996" s="2">
         <v>42984</v>
       </c>
-      <c r="F1996" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F1996" t="s">
+        <v>1856</v>
       </c>
     </row>
     <row r="1997">
       <c r="A1997">
-        <v>1597</v>
+        <v>1635</v>
       </c>
       <c r="B1997">
         <v>2017</v>
       </c>
       <c r="C1997" t="inlineStr">
         <is>
-          <t>Procedura di gara, attraverso il MEPA di Consip, per la fornitura dei dispositivi di protezione individuale (DPI) per l'attività di antincendio boschivo per il personale delle Aree Naturali Protette della Giunta Regionale GARA DESERTA</t>
-[...3 lines deleted...]
-        <v>7082845498</v>
+          <t>Campagna informativa della Regione Lazio denominata: "Inizia la ricostruzione". Capitolo di Bilancio regionale R31902. Esercizio Finanziario 2017. Concessionarie: MANZONI S.p.A.; PIEMME S.p.A. e SPORT NETWORK s.r.l.</t>
+        </is>
+      </c>
+      <c r="D1997" t="s">
+        <v>1857</v>
       </c>
       <c r="E1997" s="2">
         <v>42984</v>
       </c>
       <c r="F1997" t="s">
-        <v>1879</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="1998">
       <c r="A1998">
-        <v>1596</v>
+        <v>1634</v>
       </c>
       <c r="B1998">
         <v>2017</v>
       </c>
-      <c r="C1998" t="s">
-[...3 lines deleted...]
-        <v>7016533234</v>
+      <c r="C1998" t="inlineStr">
+        <is>
+          <t>Pubblicità istituzionale della Regione Lazio all'interno dell 27^ ed. della pubblicazione "Osterie d'Italia 2018" a cura di POSTER s.r.l. Impegno di € 4.880,00 (Iva inclusa). capitolo R31902. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="D1998" t="s">
+        <v>1859</v>
       </c>
       <c r="E1998" s="2">
         <v>42984</v>
       </c>
       <c r="F1998" t="s">
-        <v>1881</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="1999">
       <c r="A1999">
-        <v>1595</v>
+        <v>1633</v>
       </c>
       <c r="B1999">
         <v>2017</v>
       </c>
       <c r="C1999" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all'affidamento del servizio di tesoreria 3 per le Aziende Sanitarie della Regione Lazio. Approvazione atti e indizione gara</t>
-[...3 lines deleted...]
-        <v>6997032577</v>
+          <t>Procedura di gara attraverso il MEPA per la fornitura di materiali per allestimento sedi e cancelleria speciale - Importo a base d'asta € 14.640,00 Iva compresa - Cap. R31902 esercizio finanziario 2017</t>
+        </is>
+      </c>
+      <c r="D1999" t="s">
+        <v>1861</v>
       </c>
       <c r="E1999" s="2">
         <v>42984</v>
       </c>
       <c r="F1999" t="s">
-        <v>1882</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="2000">
       <c r="A2000">
-        <v>1594</v>
+        <v>1632</v>
       </c>
       <c r="B2000">
         <v>2017</v>
       </c>
       <c r="C2000" t="s">
-        <v>1883</v>
-[...2 lines deleted...]
-        <v>6779662212</v>
+        <v>1863</v>
+      </c>
+      <c r="D2000" t="s">
+        <v>1864</v>
       </c>
       <c r="E2000" s="2">
         <v>42984</v>
       </c>
     </row>
     <row r="2001">
       <c r="A2001">
-        <v>1593</v>
+        <v>1631</v>
       </c>
       <c r="B2001">
         <v>2017</v>
       </c>
-      <c r="C2001" t="inlineStr">
-[...5 lines deleted...]
-        <v>6779628602</v>
+      <c r="C2001" t="s">
+        <v>1865</v>
+      </c>
+      <c r="D2001" t="s">
+        <v>1866</v>
       </c>
       <c r="E2001" s="2">
         <v>42984</v>
       </c>
-      <c r="F2001" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2002">
       <c r="A2002">
-        <v>1592</v>
+        <v>1630</v>
       </c>
       <c r="B2002">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="C2002" t="inlineStr">
         <is>
-          <t>Risoluzione Accordo Quadro con NOVARTIS FARMA per lotti 9 e 10 aggiudicati con determinazione G13724 del 21 novembre 2016 per trasferimento AIC - Indizione procedura negoziata senza previa pubblicazione del bando di gara, ai sensi dell'art. 63</t>
-[...3 lines deleted...]
-        <v>6715202</v>
+          <t>Appalto Specifico per la fornitura di prodotti farmaceutici utilizzati in ambito ospedaliero e per la distribuzione diretta occorrenti alle Aziende Sanitarie della Regione Lazio. Approvazione schemi atti e indizione gara</t>
+        </is>
+      </c>
+      <c r="D2002" t="s">
+        <v>1358</v>
       </c>
       <c r="E2002" s="2">
         <v>42984</v>
       </c>
-      <c r="F2002" t="s">
-        <v>1885</v>
+      <c r="F2002" t="inlineStr">
+        <is>
+          <t>Elenco CIGDeterminazione G16639 del 29/12/2016 pubblicata sul BURL N.3 DEL 10/01/2017Determinazione G01135 del 06/02/2017 (Lotto ritirato)Determinazione G01318 del 09/02/2017 (Lotti modificati)Determinazione G02311 del 27/02/2017 (Lotti ritirati)Determinazione G04344 del 06/04/2017 (Lotto ritirato)Determinazione G08124 del 09/06/2017 (Lotti ritirati)</t>
+        </is>
       </c>
     </row>
     <row r="2003">
       <c r="A2003">
-        <v>1591</v>
+        <v>1629</v>
       </c>
       <c r="B2003">
-        <v>2016</v>
-[...4 lines deleted...]
-        </is>
+        <v>2017</v>
+      </c>
+      <c r="C2003" t="s">
+        <v>1867</v>
       </c>
       <c r="D2003" t="s">
-        <v>1371</v>
+        <v>1868</v>
       </c>
       <c r="E2003" s="2">
         <v>42984</v>
       </c>
       <c r="F2003" t="s">
-        <v>1886</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="2004">
       <c r="A2004">
-        <v>1590</v>
+        <v>1628</v>
       </c>
       <c r="B2004">
-        <v>2016</v>
-[...4 lines deleted...]
-        </is>
+        <v>2017</v>
+      </c>
+      <c r="C2004" t="s">
+        <v>1870</v>
       </c>
       <c r="D2004" t="s">
-        <v>1371</v>
+        <v>1871</v>
       </c>
       <c r="E2004" s="2">
         <v>42984</v>
       </c>
       <c r="F2004" t="s">
-        <v>1887</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="2005">
       <c r="A2005">
-        <v>1589</v>
+        <v>1627</v>
       </c>
       <c r="B2005">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C2005" t="inlineStr">
         <is>
-          <t>Convenzione con Lazio Innova per la " Strategia unitaria per le attività di comunicazione e informazione della progr.ne 2014-2020 dei fondi SIE convenzione tra Regione Lazio e le società in house Lazio Innova S.p.A. e LazioCrea S.p.A.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione del servizio di gestione tecnica delle apparecchiature elettromedicali e delle attrezzature sanitarie delle Aziende Sanitarie della Regione Lazio - 7 lotti</t>
         </is>
       </c>
       <c r="D2005" t="s">
-        <v>1371</v>
+        <v>1873</v>
       </c>
       <c r="E2005" s="2">
         <v>42984</v>
       </c>
-      <c r="F2005" t="s">
-        <v>1887</v>
+      <c r="F2005" t="inlineStr">
+        <is>
+          <t>Determinazione G10531 del 26/07/2017Determinazione G05279 del 20/04/2018 - Sostituzione Responsabile Unico del Procedimento Link alla piattaforma e-procurement della Direzione Centrale acquisti,dove sono pubblicati tutti gli atti relativi alla gara</t>
+        </is>
       </c>
     </row>
     <row r="2006">
       <c r="A2006">
-        <v>1588</v>
+        <v>1626</v>
       </c>
       <c r="B2006">
         <v>2017</v>
       </c>
-      <c r="C2006" t="s">
-        <v>1888</v>
+      <c r="C2006" t="inlineStr">
+        <is>
+          <t>Procedura di gara attraverso, il MEPA di Consip, per la fornitura di una piegatrice e cucitrice professionale Plockmatic per le esigenze del Centro Stampa Regionale -Impegno di spesa € 60.829,20 Iva compresa</t>
+        </is>
       </c>
       <c r="D2006" t="s">
-        <v>1371</v>
+        <v>1874</v>
       </c>
       <c r="E2006" s="2">
         <v>42984</v>
       </c>
       <c r="F2006" t="s">
-        <v>1889</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="2007">
       <c r="A2007">
-        <v>1587</v>
+        <v>1625</v>
       </c>
       <c r="B2007">
         <v>2017</v>
       </c>
       <c r="C2007" t="inlineStr">
         <is>
-          <t>Conferma dell'impegno di spesa n. 19185/2017, di cui alla Determinazione n. G15818/2016, registrato a favore della società LAZIOcrea Spa, sul capitolo F31931 "Armo - Politiche attive per il lavoro (parte corrente) - Servizi Informatici e di Telecomunicazione</t>
+          <t>Campagna d'informazione della Regione Lazio denominata "Spot redazionali sui bandi europei e sulle attività dell'Ente ", attraverso emittenti radiofoniche. Impegno di spesa € 92.997,60. Esercizio Finanziario 2017. Capitolo di bilancio R31902.</t>
         </is>
       </c>
       <c r="D2007" t="s">
-        <v>1371</v>
+        <v>1876</v>
       </c>
       <c r="E2007" s="2">
         <v>42984</v>
       </c>
       <c r="F2007" t="s">
-        <v>1890</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="2008">
       <c r="A2008">
-        <v>1586</v>
+        <v>1624</v>
       </c>
       <c r="B2008">
         <v>2017</v>
       </c>
       <c r="C2008" t="inlineStr">
         <is>
-          <t>Conferma dell'impegno di spesa n. 19184/2017, di cui alla Determinazione n. G15804/2016, registrato a favore della società LAZIOcrea Spa, sul capitolo F31931 "Armo - Politiche attive per il lavoro (parte corrente) - Servizi Informatici e di Telecomunicazione</t>
+          <t>Autorizzazione ad espletare la gara, attraverso il MEPA di Consip, per la locazione quinquennale di una fotocopiatrice in bianco e nero per le esigenze del Centro Stampa regionale Impegno di spesa € 9.658,35 IVA compresa esercizio Finanziario 2017</t>
         </is>
       </c>
       <c r="D2008" t="s">
-        <v>1371</v>
+        <v>1878</v>
       </c>
       <c r="E2008" s="2">
         <v>42984</v>
       </c>
       <c r="F2008" t="s">
-        <v>1891</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="2009">
       <c r="A2009">
-        <v>1585</v>
+        <v>1623</v>
       </c>
       <c r="B2009">
         <v>2017</v>
       </c>
       <c r="C2009" t="inlineStr">
         <is>
-          <t>Acquisizione di componenti hardware e software di base previsti nello studio di fattibilità "Manutenzione dei Sistemi Informativi". Impegno dell'importo complessivo di € 128.230,54 a favore della società LAZIOcrea Spa, per € 8.540,00</t>
+          <t>Servizio aereo di spegnimento degli incendi boschivi nell'ambito delle attività di protezione civile sull'intero territorio della Regione Lazio “campagna AIB 2017 - Integrazione flotta elicotteri". Impegno di spesa complessivo di € 1.108.961</t>
         </is>
       </c>
       <c r="D2009" t="s">
-        <v>1371</v>
+        <v>1880</v>
       </c>
       <c r="E2009" s="2">
         <v>42984</v>
       </c>
       <c r="F2009" t="s">
-        <v>1892</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="2010">
       <c r="A2010">
-        <v>1584</v>
+        <v>1622</v>
       </c>
       <c r="B2010">
         <v>2017</v>
       </c>
       <c r="C2010" t="inlineStr">
         <is>
-          <t>Lavori di manutenzione su alcuni immobili di proprietà o in uso alla Regione Lazio. Impegno di spesa sul capitolo S22501 del Bilancio della Regione Lazio - es. fin. 2017, per complessivi € 43.920,00 a favore di LAZIOcrea S.p.A.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione del servizio di supporto al monitoraggio del contratto di Multiservizio tecnologico te alle Aziende Sanitarie della Regione Lazio</t>
         </is>
       </c>
       <c r="D2010" t="s">
-        <v>1371</v>
+        <v>1882</v>
       </c>
       <c r="E2010" s="2">
         <v>42984</v>
       </c>
-      <c r="F2010" t="s">
-        <v>1893</v>
+      <c r="F2010" t="inlineStr">
+        <is>
+          <t>Determinazione G09081 del 28/06/2017 - BURL n. 58 del 20/07/17Link alla documentazione pubblicata sulla piattaforma e-procurement della Direzione Centrale Acquisti</t>
+        </is>
       </c>
     </row>
     <row r="2011">
       <c r="A2011">
-        <v>1583</v>
+        <v>1621</v>
       </c>
       <c r="B2011">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C2011" t="inlineStr">
         <is>
-          <t>Convenzione con Lazio Innova per attività di assistenza tecnica alla Cabina di Regia nell'ambito dei programmi finanziati dai fondi SIE del POR FESR CUP F81E16000220008 reg.cron. 19243 det. G0 pagati 3994/2016 : liq.to acconto 40% costo annuale quota</t>
+          <t>servizio di ricondizionamento comprensivo di fornitura di parti di ricambio per complessive n. 150 tende campali con struttura pneumatica in dotazione alla Colonna Mobile di Protezione Civile della Regione Lazio</t>
         </is>
       </c>
       <c r="D2011" t="s">
-        <v>1371</v>
+        <v>1883</v>
       </c>
       <c r="E2011" s="2">
         <v>42984</v>
       </c>
       <c r="F2011" t="s">
-        <v>1894</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="2012">
       <c r="A2012">
-        <v>1582</v>
+        <v>1620</v>
       </c>
       <c r="B2012">
         <v>2017</v>
       </c>
       <c r="C2012" t="inlineStr">
         <is>
-          <t>Approvazione avviso per manifestazione di interesse diretto agli Enti del Terzo settore operanti nel settore del sostegno e dell'aiuto alle donne vittime di violenza e interessati a partecipare alla successiva procedura negoziata senza previa pubblicazione del bando.</t>
+          <t>Procedura di gara attraverso il MEPA di Consip, per la fornitura dei dispositivi di protezione individuale (DPI) in materia di tutela della salute e sicurezza nei luoghi di lavoro per il personale delle Aree Naturali Protette della Giunta Regionale</t>
         </is>
       </c>
       <c r="D2012" t="s">
-        <v>1371</v>
+        <v>1885</v>
       </c>
       <c r="E2012" s="2">
         <v>42984</v>
       </c>
       <c r="F2012" t="s">
-        <v>1895</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="2013">
       <c r="A2013">
-        <v>1581</v>
+        <v>1619</v>
       </c>
       <c r="B2013">
         <v>2017</v>
       </c>
       <c r="C2013" t="inlineStr">
         <is>
-          <t>Articolo 1 bis (Giornata regionale della memoria, della legalità e dell'impegno in ricordo delle vittime di tutte le mafie) e 1 ter (premio regionale "legalità contro tutte le mafie) della l.r. 15/2001. Affidamento alla società "Lazio Innova"</t>
+          <t>Gara comunitaria ad evidenza pubblica a procedura aperta per la realizzazione di una rete di "Hub cultura-socialità -lavoro" sul territorio regionale. Impegno di € 8.000.000,00 IVA inclusa - POR Lazio FSE 2014-2020 - Asse I - Occupazione</t>
         </is>
       </c>
       <c r="D2013" t="s">
-        <v>1371</v>
+        <v>1887</v>
       </c>
       <c r="E2013" s="2">
         <v>42984</v>
       </c>
-      <c r="F2013" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2014">
       <c r="A2014">
-        <v>1580</v>
+        <v>1618</v>
       </c>
       <c r="B2014">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C2014" t="inlineStr">
         <is>
-          <t>1) Procedura tramite MEPA per la conclusione di accordo quadro, ai sensi dell'art. 54 del D.lgs. n. 50/2016, per la fornitura di derrate alimentari necessarie per l'erogazione dei pasti presso i campi di accoglienza;2) Sisma Centro Italia del 24 agosto 2016 - Proroga nelle more dell'aggiudicazione delle nuove procedure di gara, per un periodo di ulteriori quarantacinque giorni, della fornitura di derrate alimentari necessarie per l'erogazione dei pasti.</t>
+          <t>Attuazione D.G.R. n. 81/2017. Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 36, comma 2, lettera b) del D.Lgs. 50/2016, per l'affidamento dei servizi di Centri Antiviolenza e Case rifugio.</t>
         </is>
       </c>
       <c r="D2014" t="s">
-        <v>1897</v>
+        <v>1888</v>
       </c>
       <c r="E2014" s="2">
-        <v>42982</v>
+        <v>42984</v>
       </c>
       <c r="F2014" t="s">
-        <v>1898</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="2015">
       <c r="A2015">
-        <v>1579</v>
+        <v>1617</v>
       </c>
       <c r="B2015">
         <v>2017</v>
       </c>
-      <c r="C2015" t="s">
-        <v>1899</v>
+      <c r="C2015" t="inlineStr">
+        <is>
+          <t>Procedura indetta con determinazione n. G04796 del 13 aprile 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.leg. 50/2016 per l'acquisizione della fornitura di farmaci</t>
+        </is>
       </c>
       <c r="D2015" t="s">
-        <v>1900</v>
+        <v>1692</v>
       </c>
       <c r="E2015" s="2">
-        <v>42982</v>
-[...2 lines deleted...]
-        <v>1901</v>
+        <v>42984</v>
+      </c>
+      <c r="F2015" t="inlineStr">
+        <is>
+          <t>Elenco CIG:7047533037;7047886384;704761530;7047550E3A;704760077F;7047626CF2;7047783E81;7047818B64;7047823F83;704782947A;7047839CB8;70478494FB;7047857B93;70478673D6;7047875A6E;7047881F60,704788310B;7047898D68;70479020B9;70479085AB;70479410E8;70479475DA;7047954B9F;7047958EEB;7047562823;7047583977;7047595360;7047631116;7047636535;7047807253;70478126727047831620;7047892876;7047906405;7047910751;7047932978;70134165F8Determinazione G04796 del 13/04/2017Determinazione di aggiudicazione n. G06171 del 15/05/2017</t>
+        </is>
       </c>
     </row>
     <row r="2016">
       <c r="A2016">
-        <v>1578</v>
+        <v>1616</v>
       </c>
       <c r="B2016">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C2016" t="inlineStr">
         <is>
-          <t>Lavori urgenti di consolidamento della sponda dx del fiume Tevere, nel tratto a monte degli Uffici della Riserva Naturale Regionale Nazzano – Tevere – Farfa. Progetto n. 335 del 20 ottobre 2016. </t>
+          <t>Adesione alla Convenzione Consip "Energia Elettrica 14"Lotto 6 per la fornitura di energia elettrica e dei servizi connessi per le Pubbliche Amministrazioni, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre</t>
         </is>
       </c>
       <c r="D2016" t="s">
-        <v>1902</v>
+        <v>1890</v>
       </c>
       <c r="E2016" s="2">
-        <v>42947</v>
+        <v>42984</v>
       </c>
       <c r="F2016" t="s">
-        <v>1903</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="2017">
       <c r="A2017">
-        <v>1577</v>
+        <v>1615</v>
       </c>
       <c r="B2017">
-        <v>2016</v>
-[...5 lines deleted...]
-        <v>6819763675</v>
+        <v>2017</v>
+      </c>
+      <c r="C2017" t="inlineStr">
+        <is>
+          <t>Procedura di gara attraverso il MEPA per la fornitura e stampa di tesserini venatori, manifesti ed opuscoli contenenti il calendario venatorio per la stagione 2017/2018 - Importo a base d'asta € 76.000,00</t>
+        </is>
+      </c>
+      <c r="D2017" t="s">
+        <v>1892</v>
       </c>
       <c r="E2017" s="2">
-        <v>42947</v>
+        <v>42984</v>
       </c>
       <c r="F2017" t="s">
-        <v>1905</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="2018">
       <c r="A2018">
-        <v>1576</v>
+        <v>1614</v>
       </c>
       <c r="B2018">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>1906</v>
+        <v>2017</v>
+      </c>
+      <c r="C2018" t="inlineStr">
+        <is>
+          <t>Procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs 50/2016 per l'acquisizione della fornitura di farmaci</t>
+        </is>
       </c>
       <c r="D2018" t="s">
-        <v>1907</v>
+        <v>1692</v>
       </c>
       <c r="E2018" s="2">
-        <v>42947</v>
-[...2 lines deleted...]
-        <v>1908</v>
+        <v>42984</v>
+      </c>
+      <c r="F2018" t="inlineStr">
+        <is>
+          <t>Elenco CIG: 7013135E12;701316787C;701318140B;7013194EC2;701320148C;701322692C;7013234FC4;7013247A80;70132572C3;701326160F;7013267B01;7013271E4D;70132794EA;7013287B82;70132973C5;70133038B7;7013309DA9;701333424E;7013347D05;70133531FC;7013368E59;7013407E88;7013427F09;70134409C5;7013445DE4;7013461B19;7013244807;7013318519;7013340740;7013396577;7013410106Determinazione G03414 del 20/03/2017Determinazione di aggiudicazione n. G04758 del 12/04/2017</t>
+        </is>
       </c>
     </row>
     <row r="2019">
       <c r="A2019">
-        <v>1575</v>
+        <v>1613</v>
       </c>
       <c r="B2019">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C2019" t="s">
-        <v>1909</v>
+        <v>1894</v>
       </c>
       <c r="D2019" t="s">
-        <v>1910</v>
+        <v>1895</v>
       </c>
       <c r="E2019" s="2">
-        <v>42947</v>
+        <v>42984</v>
       </c>
       <c r="F2019" t="s">
-        <v>1911</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="2020">
       <c r="A2020">
-        <v>1574</v>
+        <v>1612</v>
       </c>
       <c r="B2020">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>1912</v>
+        <v>2017</v>
+      </c>
+      <c r="C2020" t="inlineStr">
+        <is>
+          <t>Servizio di manutenzione full risk e licenza cartografica del sistema software denominato Emma NUE 112 per le esigenze della Centrale Unica di Risposta 112NUE di Roma. Impegno di spesa di € 95.000,00, oltre IVA, per complessivi € 115.900,00 IVA.</t>
+        </is>
       </c>
       <c r="D2020" t="s">
-        <v>1913</v>
+        <v>1897</v>
       </c>
       <c r="E2020" s="2">
-        <v>42947</v>
+        <v>42984</v>
       </c>
       <c r="F2020" t="s">
-        <v>1914</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="2021">
       <c r="A2021">
-        <v>1573</v>
+        <v>1611</v>
       </c>
       <c r="B2021">
         <v>2017</v>
       </c>
       <c r="C2021" t="inlineStr">
         <is>
-          <t>Intervento titolato Lavori di ripristino della via lungo Liri Salvator Spiridigliozzi nel centro abitato di Pontecorvo (FR) e mitigazione delle condizioni di rischio idrogeologico del versante. Procedura di affidamento dell’incarico di Coordinamento della Sicurezza in fase di esecuzione</t>
+          <t>Interventi urgenti di manutenzione del fiume Mignone a valle della Via Aurelia sino alla strada Litoranea nel Comune di Tarquinia, finalizzati alla tutela della pubblica e privata incolumità. C.I.G.Z2D20858CF</t>
         </is>
       </c>
       <c r="D2021" t="s">
-        <v>1809</v>
+        <v>1899</v>
       </c>
       <c r="E2021" s="2">
-        <v>42947</v>
-[...2 lines deleted...]
-        <v>1915</v>
+        <v>43178</v>
       </c>
     </row>
     <row r="2022">
       <c r="A2022">
-        <v>1572</v>
+        <v>1610</v>
       </c>
       <c r="B2022">
         <v>2017</v>
       </c>
       <c r="C2022" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. n. 388/2016: primi interventi urgenti di protezione civile conseguenti l’eccezionale evento sismico che ha colpito il territorio delle regioni Lazio, Marche, Umbria e Abruzzo il 24.08.2016 - Prosecuzione e completamento del servizio</t>
+          <t>Adesione alla Convenzione Consip 'Gas Naturale 9' Lotto 5 per la fornitura di gas naturale e dei servizi connessi per le Pubbliche Amministrazioni, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388</t>
         </is>
       </c>
       <c r="D2022" t="s">
-        <v>1916</v>
+        <v>1900</v>
       </c>
       <c r="E2022" s="2">
-        <v>42947</v>
+        <v>42984</v>
       </c>
       <c r="F2022" t="s">
-        <v>1917</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="2023">
       <c r="A2023">
-        <v>1571</v>
+        <v>1609</v>
       </c>
       <c r="B2023">
         <v>2017</v>
       </c>
       <c r="C2023" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. n. 388/2016: primi interventi urgenti di protezione civile conseguenti l’eccezionale evento sismico che ha colpito il territorio delle regioni Lazio, Marche, Umbria e Abruzzo il 24.08.2016 - Prosecuzione e completamento del servizio</t>
+          <t>O.C.D.P.C. n. 388/2016: primi interventi urgenti di protezione civile conseguenti l'eccezionale evento sismico che ha colpito il territorio delle regioni Lazio, Marche, Umbria e Abruzzo il 24.08.2016</t>
         </is>
       </c>
       <c r="D2023" t="s">
-        <v>1918</v>
+        <v>1902</v>
       </c>
       <c r="E2023" s="2">
-        <v>42947</v>
+        <v>42984</v>
       </c>
       <c r="F2023" t="s">
-        <v>1919</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="2024">
       <c r="A2024">
-        <v>1570</v>
+        <v>1608</v>
       </c>
       <c r="B2024">
         <v>2017</v>
       </c>
       <c r="C2024" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. n. 388/2016: primi interventi urgenti di protezione civile conseguenti l’eccezionale evento sismico che ha colpito il territorio delle regioni Lazio, Marche, Umbria e Abruzzo il 24.08.2016 - Prosecuzione del servizio di gestione</t>
+          <t>Sisma Centro Italia del 24 agosto 2016 “Aggiudicazione della fornitura di derrate alimentari necessarie per l'erogazione dei pasti per garantire l'assistenza alla popolazione presso i territori colpiti dall'evento sismico Ditta Petrazzuolo</t>
         </is>
       </c>
       <c r="D2024" t="s">
-        <v>1920</v>
+        <v>1904</v>
       </c>
       <c r="E2024" s="2">
-        <v>42947</v>
+        <v>42984</v>
       </c>
       <c r="F2024" t="s">
-        <v>1921</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="2025">
       <c r="A2025">
-        <v>1569</v>
+        <v>1607</v>
       </c>
       <c r="B2025">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="C2025" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. n. 388/2016: primi interventi urgenti di protezione civile conseguenti l’eccezionale evento sismico che ha colpito il territorio delle regioni Lazio, Marche, Umbria e Abruzzo il 24.08.2016 - Prosecuzione del servizio di gestione</t>
+          <t>Affidamento tramite ordine di acquisto sul MEPA di Consip del servizio di aggiornamento licenza d'uso software ZeroGis con assistenza Basic ed hosting. Impegno di spesa pluriennale di € 27.328,00 IVA inclusa, sul cap. E47906 del Bilancio Regionale.</t>
         </is>
       </c>
       <c r="D2025" t="s">
-        <v>1922</v>
+        <v>1906</v>
       </c>
       <c r="E2025" s="2">
-        <v>42947</v>
+        <v>42984</v>
       </c>
       <c r="F2025" t="s">
-        <v>1923</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="2026">
       <c r="A2026">
-        <v>1568</v>
+        <v>1606</v>
       </c>
       <c r="B2026">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="C2026" t="inlineStr">
         <is>
-          <t>Procedura di gara per la fornitura di divise invernali per il personale con qualifica di autista in servizio presso la Giunta Regionale avvio di procedura negoziata mediante invito a n. 5 operatori economici.</t>
+          <t>Aggiudicazione della fornitura di n. 1060 magliette invernali e n. 1060 magliette estive per la dotazione degli operatori del servizio Numero Unico dell'Emergenza (N.U.E.) autorizzata con Determinazione Dirigenziale n. G10099 del 9 settembre 2016</t>
         </is>
       </c>
       <c r="D2026" t="s">
-        <v>1924</v>
+        <v>1908</v>
       </c>
       <c r="E2026" s="2">
-        <v>42947</v>
+        <v>42984</v>
       </c>
       <c r="F2026" t="s">
-        <v>1925</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="2027">
       <c r="A2027">
-        <v>1567</v>
+        <v>1605</v>
       </c>
       <c r="B2027">
         <v>2017</v>
       </c>
       <c r="C2027" t="inlineStr">
         <is>
-          <t>Autorizzazione ad espletare la gara, attraverso il MEPA, per l'affidamento del servizio di spedizione della corrispondenza della Regione Lazio sul territorio nazionale ed internazionale, per la durata di un anno - Importo a base d'asta € 190.000,00</t>
+          <t>Affidamento tramite ordine di acquisto sul MEPA di consip del servizio di manutenzione e aggiornamento funzionale del sistema di previsione idraulica ed idrologica EFFORTS per il bacino del fiume Tevere della Regione Lazio.</t>
         </is>
       </c>
       <c r="D2027" t="s">
-        <v>1926</v>
+        <v>1910</v>
       </c>
       <c r="E2027" s="2">
-        <v>42947</v>
-[...2 lines deleted...]
-        <v>1927</v>
+        <v>42984</v>
       </c>
     </row>
     <row r="2028">
       <c r="A2028">
-        <v>1566</v>
+        <v>1604</v>
       </c>
       <c r="B2028">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C2028" t="inlineStr">
         <is>
-          <t>Sisma Centro Italia del 24 agosto 2016- Intervento di riparazione urgente del container Pass, ai sensi dell'art. 163 del d.lgs. 50/2016. Impegno complessivo di € 2.326,00 (IVA esclusa) da imputarsi sulla Contabilità Speciale n. 6022</t>
+          <t>Lavori urgenti di messa in sicurezza e di manutenzione straordinaria delle essenze arboree ubicate sulle fasce frangivento, site nei Comuni di Cisterna di Latina, Pontinia, Sabaudia, San Felice Circeo e Terracina - conferma e attribuzione impegno.</t>
         </is>
       </c>
       <c r="D2028" t="s">
-        <v>1928</v>
+        <v>1911</v>
       </c>
       <c r="E2028" s="2">
-        <v>42947</v>
+        <v>42984</v>
       </c>
       <c r="F2028" t="s">
-        <v>1929</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="2029">
       <c r="A2029">
+        <v>1603</v>
+      </c>
+      <c r="B2029">
+        <v>2017</v>
+      </c>
+      <c r="C2029" t="inlineStr">
+        <is>
+          <t>Procedura negoziata per la stipula di un Accordo Quadro (art. 54, D.lgs. 50/16), avente ad oggetto l'affidamento del servizio dell'autospurgo, della video-ispezione e della manutenzione dei tratti fecali e relativi pozzetti di scarico</t>
+        </is>
+      </c>
+      <c r="D2029" t="s">
+        <v>1913</v>
+      </c>
+      <c r="E2029" s="2">
+        <v>42984</v>
+      </c>
+      <c r="F2029" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="2030">
+      <c r="A2030">
+        <v>1602</v>
+      </c>
+      <c r="B2030">
+        <v>2017</v>
+      </c>
+      <c r="C2030" t="inlineStr">
+        <is>
+          <t>Servizio di assistenza organizzativa/gestionale e legale e del supporto tecnico-specialistico alla Direzione regionale Centrale Acquisti. Affidamento servizi analoghi ex art. 57, comma 5, lettera B) del D.Lgs. 163/2006 e ss.mm.ii.</t>
+        </is>
+      </c>
+      <c r="D2030" t="s">
+        <v>1915</v>
+      </c>
+      <c r="E2030" s="2">
+        <v>42984</v>
+      </c>
+      <c r="F2030" t="s">
+        <v>1916</v>
+      </c>
+    </row>
+    <row r="2031">
+      <c r="A2031">
+        <v>1601</v>
+      </c>
+      <c r="B2031">
+        <v>2017</v>
+      </c>
+      <c r="C2031" t="s">
+        <v>1917</v>
+      </c>
+      <c r="D2031" t="s">
+        <v>1918</v>
+      </c>
+      <c r="E2031" s="2">
+        <v>42984</v>
+      </c>
+      <c r="F2031" t="s">
+        <v>1919</v>
+      </c>
+    </row>
+    <row r="2032">
+      <c r="A2032">
+        <v>1600</v>
+      </c>
+      <c r="B2032">
+        <v>2017</v>
+      </c>
+      <c r="C2032" t="inlineStr">
+        <is>
+          <t>Adesione alla Convenzione CONSIP "Noleggio autoveicoli 12" "Lotto 1 “ vetture operative modello A4" per il noleggio a lungo termine di autoveicoli senza conducente per le pubbliche amministrazioni, ai sensi dell'art. 26 Legge 23 dicembre 1999</t>
+        </is>
+      </c>
+      <c r="D2032" t="s">
+        <v>1920</v>
+      </c>
+      <c r="E2032" s="2">
+        <v>42984</v>
+      </c>
+      <c r="F2032" t="s">
+        <v>1921</v>
+      </c>
+    </row>
+    <row r="2033">
+      <c r="A2033">
+        <v>1599</v>
+      </c>
+      <c r="B2033">
+        <v>2017</v>
+      </c>
+      <c r="C2033" t="inlineStr">
+        <is>
+          <t>Servizio di assicurazione rischio infortuni per gli alunni delle scuole statali e paritarie private di ogni ordine e grado nonchà© per il personale adibito alla sorveglianza degli stessi durante il trasporto, ai sensi dell'articolo 22 della L.R. n. 29/92</t>
+        </is>
+      </c>
+      <c r="D2033">
+        <v>7101305644</v>
+      </c>
+      <c r="E2033" s="2">
+        <v>42984</v>
+      </c>
+      <c r="F2033" t="s">
+        <v>1922</v>
+      </c>
+    </row>
+    <row r="2034">
+      <c r="A2034">
+        <v>1598</v>
+      </c>
+      <c r="B2034">
+        <v>2017</v>
+      </c>
+      <c r="C2034" t="inlineStr">
+        <is>
+          <t>Procedura aperta per l'affidamento del servizio di assistenza, consulenza e intermediazione assicurativa - Approvazione rettifica atti di gara e riapertura termini della procedura aperta per l'affidamento del servizio di assist., consul. e interm. </t>
+        </is>
+      </c>
+      <c r="D2034">
+        <v>7094143001</v>
+      </c>
+      <c r="E2034" s="2">
+        <v>42984</v>
+      </c>
+      <c r="F2034" t="inlineStr">
+        <is>
+          <t>Determinazione G08451 del 15/06/2017Determinazione G10310 del 21/07/2017Link alla piattaforma e-procurement della Direzione Centrale acquisti, dove sono pubblicati tutti gli atti relativi alla gara</t>
+        </is>
+      </c>
+    </row>
+    <row r="2035">
+      <c r="A2035">
+        <v>1597</v>
+      </c>
+      <c r="B2035">
+        <v>2017</v>
+      </c>
+      <c r="C2035" t="inlineStr">
+        <is>
+          <t>Procedura di gara, attraverso il MEPA di Consip, per la fornitura dei dispositivi di protezione individuale (DPI) per l'attività di antincendio boschivo per il personale delle Aree Naturali Protette della Giunta Regionale GARA DESERTA</t>
+        </is>
+      </c>
+      <c r="D2035">
+        <v>7082845498</v>
+      </c>
+      <c r="E2035" s="2">
+        <v>42984</v>
+      </c>
+      <c r="F2035" t="s">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="2036">
+      <c r="A2036">
+        <v>1596</v>
+      </c>
+      <c r="B2036">
+        <v>2017</v>
+      </c>
+      <c r="C2036" t="s">
+        <v>1924</v>
+      </c>
+      <c r="D2036">
+        <v>7016533234</v>
+      </c>
+      <c r="E2036" s="2">
+        <v>42984</v>
+      </c>
+      <c r="F2036" t="s">
+        <v>1925</v>
+      </c>
+    </row>
+    <row r="2037">
+      <c r="A2037">
+        <v>1595</v>
+      </c>
+      <c r="B2037">
+        <v>2017</v>
+      </c>
+      <c r="C2037" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all'affidamento del servizio di tesoreria 3 per le Aziende Sanitarie della Regione Lazio. Approvazione atti e indizione gara</t>
+        </is>
+      </c>
+      <c r="D2037">
+        <v>6997032577</v>
+      </c>
+      <c r="E2037" s="2">
+        <v>42984</v>
+      </c>
+      <c r="F2037" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="2038">
+      <c r="A2038">
+        <v>1594</v>
+      </c>
+      <c r="B2038">
+        <v>2017</v>
+      </c>
+      <c r="C2038" t="s">
+        <v>1927</v>
+      </c>
+      <c r="D2038">
+        <v>6779662212</v>
+      </c>
+      <c r="E2038" s="2">
+        <v>42984</v>
+      </c>
+    </row>
+    <row r="2039">
+      <c r="A2039">
+        <v>1593</v>
+      </c>
+      <c r="B2039">
+        <v>2017</v>
+      </c>
+      <c r="C2039" t="inlineStr">
+        <is>
+          <t>Affidamento servizio di rilievo laser scanner delle banchine e dei ponti sul fiume Tevere tramite ordine di acquisto sul MEPA di consip. Impegno di spesa di € 48.312,00 IVA inclusa sul cap. E47906 del Bilancio Regionale.</t>
+        </is>
+      </c>
+      <c r="D2039">
+        <v>6779628602</v>
+      </c>
+      <c r="E2039" s="2">
+        <v>42984</v>
+      </c>
+      <c r="F2039" t="s">
+        <v>1928</v>
+      </c>
+    </row>
+    <row r="2040">
+      <c r="A2040">
+        <v>1592</v>
+      </c>
+      <c r="B2040">
+        <v>2017</v>
+      </c>
+      <c r="C2040" t="inlineStr">
+        <is>
+          <t>Risoluzione Accordo Quadro con NOVARTIS FARMA per lotti 9 e 10 aggiudicati con determinazione G13724 del 21 novembre 2016 per trasferimento AIC - Indizione procedura negoziata senza previa pubblicazione del bando di gara, ai sensi dell'art. 63</t>
+        </is>
+      </c>
+      <c r="D2040">
+        <v>6715202</v>
+      </c>
+      <c r="E2040" s="2">
+        <v>42984</v>
+      </c>
+      <c r="F2040" t="s">
+        <v>1929</v>
+      </c>
+    </row>
+    <row r="2041">
+      <c r="A2041">
+        <v>1591</v>
+      </c>
+      <c r="B2041">
+        <v>2016</v>
+      </c>
+      <c r="C2041" t="inlineStr">
+        <is>
+          <t>POR FESR 2014 2020 - Progetto A0117E0001 - Asse prioritario 2 - Lazio Digitale - R.A. 2.2. Investimenti per la digitalizzazione dei SUP e dei rapporti tra PA e imprese C.I.G.: 0000000000</t>
+        </is>
+      </c>
+      <c r="D2041" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E2041" s="2">
+        <v>42984</v>
+      </c>
+      <c r="F2041" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="2042">
+      <c r="A2042">
+        <v>1590</v>
+      </c>
+      <c r="B2042">
+        <v>2016</v>
+      </c>
+      <c r="C2042" t="inlineStr">
+        <is>
+          <t>Convenzione per le attività di comunicazione e informazione della progr.ne 2014-2020 dei Fondi SIE a carico del POR FESR in favore di Lazio Innova S.p.A. e LazioCrea S.p.A. - parte in convenzione con LazioCrea S.p.A. CUP F81H16000270009 reg.cron.196</t>
+        </is>
+      </c>
+      <c r="D2042" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E2042" s="2">
+        <v>42984</v>
+      </c>
+      <c r="F2042" t="s">
+        <v>1931</v>
+      </c>
+    </row>
+    <row r="2043">
+      <c r="A2043">
+        <v>1589</v>
+      </c>
+      <c r="B2043">
+        <v>2016</v>
+      </c>
+      <c r="C2043" t="inlineStr">
+        <is>
+          <t>Convenzione con Lazio Innova per la " Strategia unitaria per le attività di comunicazione e informazione della progr.ne 2014-2020 dei fondi SIE convenzione tra Regione Lazio e le società in house Lazio Innova S.p.A. e LazioCrea S.p.A.</t>
+        </is>
+      </c>
+      <c r="D2043" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E2043" s="2">
+        <v>42984</v>
+      </c>
+      <c r="F2043" t="s">
+        <v>1931</v>
+      </c>
+    </row>
+    <row r="2044">
+      <c r="A2044">
+        <v>1588</v>
+      </c>
+      <c r="B2044">
+        <v>2017</v>
+      </c>
+      <c r="C2044" t="s">
+        <v>1932</v>
+      </c>
+      <c r="D2044" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E2044" s="2">
+        <v>42984</v>
+      </c>
+      <c r="F2044" t="s">
+        <v>1933</v>
+      </c>
+    </row>
+    <row r="2045">
+      <c r="A2045">
+        <v>1587</v>
+      </c>
+      <c r="B2045">
+        <v>2017</v>
+      </c>
+      <c r="C2045" t="inlineStr">
+        <is>
+          <t>Conferma dell'impegno di spesa n. 19185/2017, di cui alla Determinazione n. G15818/2016, registrato a favore della società LAZIOcrea Spa, sul capitolo F31931 "Armo - Politiche attive per il lavoro (parte corrente) - Servizi Informatici e di Telecomunicazione</t>
+        </is>
+      </c>
+      <c r="D2045" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E2045" s="2">
+        <v>42984</v>
+      </c>
+      <c r="F2045" t="s">
+        <v>1934</v>
+      </c>
+    </row>
+    <row r="2046">
+      <c r="A2046">
+        <v>1586</v>
+      </c>
+      <c r="B2046">
+        <v>2017</v>
+      </c>
+      <c r="C2046" t="inlineStr">
+        <is>
+          <t>Conferma dell'impegno di spesa n. 19184/2017, di cui alla Determinazione n. G15804/2016, registrato a favore della società LAZIOcrea Spa, sul capitolo F31931 "Armo - Politiche attive per il lavoro (parte corrente) - Servizi Informatici e di Telecomunicazione</t>
+        </is>
+      </c>
+      <c r="D2046" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E2046" s="2">
+        <v>42984</v>
+      </c>
+      <c r="F2046" t="s">
+        <v>1935</v>
+      </c>
+    </row>
+    <row r="2047">
+      <c r="A2047">
+        <v>1585</v>
+      </c>
+      <c r="B2047">
+        <v>2017</v>
+      </c>
+      <c r="C2047" t="inlineStr">
+        <is>
+          <t>Acquisizione di componenti hardware e software di base previsti nello studio di fattibilità "Manutenzione dei Sistemi Informativi". Impegno dell'importo complessivo di € 128.230,54 a favore della società LAZIOcrea Spa, per € 8.540,00</t>
+        </is>
+      </c>
+      <c r="D2047" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E2047" s="2">
+        <v>42984</v>
+      </c>
+      <c r="F2047" t="s">
+        <v>1936</v>
+      </c>
+    </row>
+    <row r="2048">
+      <c r="A2048">
+        <v>1584</v>
+      </c>
+      <c r="B2048">
+        <v>2017</v>
+      </c>
+      <c r="C2048" t="inlineStr">
+        <is>
+          <t>Lavori di manutenzione su alcuni immobili di proprietà o in uso alla Regione Lazio. Impegno di spesa sul capitolo S22501 del Bilancio della Regione Lazio - es. fin. 2017, per complessivi € 43.920,00 a favore di LAZIOcrea S.p.A.</t>
+        </is>
+      </c>
+      <c r="D2048" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E2048" s="2">
+        <v>42984</v>
+      </c>
+      <c r="F2048" t="s">
+        <v>1937</v>
+      </c>
+    </row>
+    <row r="2049">
+      <c r="A2049">
+        <v>1583</v>
+      </c>
+      <c r="B2049">
+        <v>2016</v>
+      </c>
+      <c r="C2049" t="inlineStr">
+        <is>
+          <t>Convenzione con Lazio Innova per attività di assistenza tecnica alla Cabina di Regia nell'ambito dei programmi finanziati dai fondi SIE del POR FESR CUP F81E16000220008 reg.cron. 19243 det. G0 pagati 3994/2016 : liq.to acconto 40% costo annuale quota</t>
+        </is>
+      </c>
+      <c r="D2049" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E2049" s="2">
+        <v>42984</v>
+      </c>
+      <c r="F2049" t="s">
+        <v>1938</v>
+      </c>
+    </row>
+    <row r="2050">
+      <c r="A2050">
+        <v>1582</v>
+      </c>
+      <c r="B2050">
+        <v>2017</v>
+      </c>
+      <c r="C2050" t="inlineStr">
+        <is>
+          <t>Approvazione avviso per manifestazione di interesse diretto agli Enti del Terzo settore operanti nel settore del sostegno e dell'aiuto alle donne vittime di violenza e interessati a partecipare alla successiva procedura negoziata senza previa pubblicazione del bando.</t>
+        </is>
+      </c>
+      <c r="D2050" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E2050" s="2">
+        <v>42984</v>
+      </c>
+      <c r="F2050" t="s">
+        <v>1939</v>
+      </c>
+    </row>
+    <row r="2051">
+      <c r="A2051">
+        <v>1581</v>
+      </c>
+      <c r="B2051">
+        <v>2017</v>
+      </c>
+      <c r="C2051" t="inlineStr">
+        <is>
+          <t>Articolo 1 bis (Giornata regionale della memoria, della legalità e dell'impegno in ricordo delle vittime di tutte le mafie) e 1 ter (premio regionale "legalità contro tutte le mafie) della l.r. 15/2001. Affidamento alla società "Lazio Innova"</t>
+        </is>
+      </c>
+      <c r="D2051" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E2051" s="2">
+        <v>42984</v>
+      </c>
+      <c r="F2051" t="s">
+        <v>1940</v>
+      </c>
+    </row>
+    <row r="2052">
+      <c r="A2052">
+        <v>1580</v>
+      </c>
+      <c r="B2052">
+        <v>2016</v>
+      </c>
+      <c r="C2052" t="inlineStr">
+        <is>
+          <t>1) Procedura tramite MEPA per la conclusione di accordo quadro, ai sensi dell'art. 54 del D.lgs. n. 50/2016, per la fornitura di derrate alimentari necessarie per l'erogazione dei pasti presso i campi di accoglienza;2) Sisma Centro Italia del 24 agosto 2016 - Proroga nelle more dell'aggiudicazione delle nuove procedure di gara, per un periodo di ulteriori quarantacinque giorni, della fornitura di derrate alimentari necessarie per l'erogazione dei pasti.</t>
+        </is>
+      </c>
+      <c r="D2052" t="s">
+        <v>1941</v>
+      </c>
+      <c r="E2052" s="2">
+        <v>42982</v>
+      </c>
+      <c r="F2052" t="s">
+        <v>1942</v>
+      </c>
+    </row>
+    <row r="2053">
+      <c r="A2053">
+        <v>1579</v>
+      </c>
+      <c r="B2053">
+        <v>2017</v>
+      </c>
+      <c r="C2053" t="s">
+        <v>1943</v>
+      </c>
+      <c r="D2053" t="s">
+        <v>1944</v>
+      </c>
+      <c r="E2053" s="2">
+        <v>42982</v>
+      </c>
+      <c r="F2053" t="s">
+        <v>1945</v>
+      </c>
+    </row>
+    <row r="2054">
+      <c r="A2054">
+        <v>1578</v>
+      </c>
+      <c r="B2054">
+        <v>2016</v>
+      </c>
+      <c r="C2054" t="inlineStr">
+        <is>
+          <t>Lavori urgenti di consolidamento della sponda dx del fiume Tevere, nel tratto a monte degli Uffici della Riserva Naturale Regionale Nazzano – Tevere – Farfa. Progetto n. 335 del 20 ottobre 2016. </t>
+        </is>
+      </c>
+      <c r="D2054" t="s">
+        <v>1946</v>
+      </c>
+      <c r="E2054" s="2">
+        <v>42947</v>
+      </c>
+      <c r="F2054" t="s">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="2055">
+      <c r="A2055">
+        <v>1577</v>
+      </c>
+      <c r="B2055">
+        <v>2016</v>
+      </c>
+      <c r="C2055" t="s">
+        <v>1948</v>
+      </c>
+      <c r="D2055">
+        <v>6819763675</v>
+      </c>
+      <c r="E2055" s="2">
+        <v>42947</v>
+      </c>
+      <c r="F2055" t="s">
+        <v>1949</v>
+      </c>
+    </row>
+    <row r="2056">
+      <c r="A2056">
+        <v>1576</v>
+      </c>
+      <c r="B2056">
+        <v>2016</v>
+      </c>
+      <c r="C2056" t="s">
+        <v>1950</v>
+      </c>
+      <c r="D2056" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E2056" s="2">
+        <v>42947</v>
+      </c>
+      <c r="F2056" t="s">
+        <v>1952</v>
+      </c>
+    </row>
+    <row r="2057">
+      <c r="A2057">
+        <v>1575</v>
+      </c>
+      <c r="B2057">
+        <v>2016</v>
+      </c>
+      <c r="C2057" t="s">
+        <v>1953</v>
+      </c>
+      <c r="D2057" t="s">
+        <v>1954</v>
+      </c>
+      <c r="E2057" s="2">
+        <v>42947</v>
+      </c>
+      <c r="F2057" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="2058">
+      <c r="A2058">
+        <v>1574</v>
+      </c>
+      <c r="B2058">
+        <v>2016</v>
+      </c>
+      <c r="C2058" t="s">
+        <v>1956</v>
+      </c>
+      <c r="D2058" t="s">
+        <v>1957</v>
+      </c>
+      <c r="E2058" s="2">
+        <v>42947</v>
+      </c>
+      <c r="F2058" t="s">
+        <v>1958</v>
+      </c>
+    </row>
+    <row r="2059">
+      <c r="A2059">
+        <v>1573</v>
+      </c>
+      <c r="B2059">
+        <v>2017</v>
+      </c>
+      <c r="C2059" t="inlineStr">
+        <is>
+          <t>Intervento titolato Lavori di ripristino della via lungo Liri Salvator Spiridigliozzi nel centro abitato di Pontecorvo (FR) e mitigazione delle condizioni di rischio idrogeologico del versante. Procedura di affidamento dell’incarico di Coordinamento della Sicurezza in fase di esecuzione</t>
+        </is>
+      </c>
+      <c r="D2059" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E2059" s="2">
+        <v>42947</v>
+      </c>
+      <c r="F2059" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="2060">
+      <c r="A2060">
+        <v>1572</v>
+      </c>
+      <c r="B2060">
+        <v>2017</v>
+      </c>
+      <c r="C2060" t="inlineStr">
+        <is>
+          <t>O.C.D.P.C. n. 388/2016: primi interventi urgenti di protezione civile conseguenti l’eccezionale evento sismico che ha colpito il territorio delle regioni Lazio, Marche, Umbria e Abruzzo il 24.08.2016 - Prosecuzione e completamento del servizio</t>
+        </is>
+      </c>
+      <c r="D2060" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E2060" s="2">
+        <v>42947</v>
+      </c>
+      <c r="F2060" t="s">
+        <v>1961</v>
+      </c>
+    </row>
+    <row r="2061">
+      <c r="A2061">
+        <v>1571</v>
+      </c>
+      <c r="B2061">
+        <v>2017</v>
+      </c>
+      <c r="C2061" t="inlineStr">
+        <is>
+          <t>O.C.D.P.C. n. 388/2016: primi interventi urgenti di protezione civile conseguenti l’eccezionale evento sismico che ha colpito il territorio delle regioni Lazio, Marche, Umbria e Abruzzo il 24.08.2016 - Prosecuzione e completamento del servizio</t>
+        </is>
+      </c>
+      <c r="D2061" t="s">
+        <v>1962</v>
+      </c>
+      <c r="E2061" s="2">
+        <v>42947</v>
+      </c>
+      <c r="F2061" t="s">
+        <v>1963</v>
+      </c>
+    </row>
+    <row r="2062">
+      <c r="A2062">
+        <v>1570</v>
+      </c>
+      <c r="B2062">
+        <v>2017</v>
+      </c>
+      <c r="C2062" t="inlineStr">
+        <is>
+          <t>O.C.D.P.C. n. 388/2016: primi interventi urgenti di protezione civile conseguenti l’eccezionale evento sismico che ha colpito il territorio delle regioni Lazio, Marche, Umbria e Abruzzo il 24.08.2016 - Prosecuzione del servizio di gestione</t>
+        </is>
+      </c>
+      <c r="D2062" t="s">
+        <v>1964</v>
+      </c>
+      <c r="E2062" s="2">
+        <v>42947</v>
+      </c>
+      <c r="F2062" t="s">
+        <v>1965</v>
+      </c>
+    </row>
+    <row r="2063">
+      <c r="A2063">
+        <v>1569</v>
+      </c>
+      <c r="B2063">
+        <v>2017</v>
+      </c>
+      <c r="C2063" t="inlineStr">
+        <is>
+          <t>O.C.D.P.C. n. 388/2016: primi interventi urgenti di protezione civile conseguenti l’eccezionale evento sismico che ha colpito il territorio delle regioni Lazio, Marche, Umbria e Abruzzo il 24.08.2016 - Prosecuzione del servizio di gestione</t>
+        </is>
+      </c>
+      <c r="D2063" t="s">
+        <v>1966</v>
+      </c>
+      <c r="E2063" s="2">
+        <v>42947</v>
+      </c>
+      <c r="F2063" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="2064">
+      <c r="A2064">
+        <v>1568</v>
+      </c>
+      <c r="B2064">
+        <v>2017</v>
+      </c>
+      <c r="C2064" t="inlineStr">
+        <is>
+          <t>Procedura di gara per la fornitura di divise invernali per il personale con qualifica di autista in servizio presso la Giunta Regionale avvio di procedura negoziata mediante invito a n. 5 operatori economici.</t>
+        </is>
+      </c>
+      <c r="D2064" t="s">
+        <v>1968</v>
+      </c>
+      <c r="E2064" s="2">
+        <v>42947</v>
+      </c>
+      <c r="F2064" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="2065">
+      <c r="A2065">
+        <v>1567</v>
+      </c>
+      <c r="B2065">
+        <v>2017</v>
+      </c>
+      <c r="C2065" t="inlineStr">
+        <is>
+          <t>Autorizzazione ad espletare la gara, attraverso il MEPA, per l'affidamento del servizio di spedizione della corrispondenza della Regione Lazio sul territorio nazionale ed internazionale, per la durata di un anno - Importo a base d'asta € 190.000,00</t>
+        </is>
+      </c>
+      <c r="D2065" t="s">
+        <v>1970</v>
+      </c>
+      <c r="E2065" s="2">
+        <v>42947</v>
+      </c>
+      <c r="F2065" t="s">
+        <v>1971</v>
+      </c>
+    </row>
+    <row r="2066">
+      <c r="A2066">
+        <v>1566</v>
+      </c>
+      <c r="B2066">
+        <v>2016</v>
+      </c>
+      <c r="C2066" t="inlineStr">
+        <is>
+          <t>Sisma Centro Italia del 24 agosto 2016- Intervento di riparazione urgente del container Pass, ai sensi dell'art. 163 del d.lgs. 50/2016. Impegno complessivo di € 2.326,00 (IVA esclusa) da imputarsi sulla Contabilità Speciale n. 6022</t>
+        </is>
+      </c>
+      <c r="D2066" t="s">
+        <v>1972</v>
+      </c>
+      <c r="E2066" s="2">
+        <v>42947</v>
+      </c>
+      <c r="F2066" t="s">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="2067">
+      <c r="A2067">
         <v>1565</v>
       </c>
-      <c r="B2029">
+      <c r="B2067">
         <v>2016</v>
       </c>
-      <c r="C2029" t="inlineStr">
+      <c r="C2067" t="inlineStr">
         <is>
           <t>Sisma Centro Italia del 24 agosto 2016 - Posto di Assistenza Socio-Sanitaria (PASS) presso il Comune di Amatrice – Modifica ed adeguamento dei containers siti nell'area Don Minozzi di Amatrice a servizio del PASS. Impegno complessivo di € 3.660,</t>
         </is>
       </c>
-      <c r="D2029" t="s">
-[...2 lines deleted...]
-      <c r="E2029" s="2">
+      <c r="D2067" t="s">
+        <v>1814</v>
+      </c>
+      <c r="E2067" s="2">
         <v>42947</v>
       </c>
-      <c r="F2029" t="s">
-        <v>1930</v>
+      <c r="F2067" t="s">
+        <v>1974</v>
       </c>
     </row>
   </sheetData>
+  <hyperlinks>
+    <hyperlink ref="F535" r:id="rId1" location="" display="https://www.regione.lazio.it/amministrazione-trasparente/bandi-gara-contratti/varianti-in-corso-d-opera%20-lavori-di-raccolta-del-materiale-galleggiante-con-apposita-barriera-sul-fiume-tevere-in-comune-di-fiumicino-RM-e-sul-fiume-niene-in-comune-di-roma-RM"/>
+  </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>