--- v0 (2025-11-24)
+++ v1 (2026-01-26)
@@ -10,2698 +10,2776 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1458" uniqueCount="1458">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1484" uniqueCount="1484">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Annualità</t>
   </si>
   <si>
     <t>Cig</t>
   </si>
   <si>
     <t>Codice identificativo</t>
   </si>
   <si>
     <t>Oggetto</t>
   </si>
   <si>
     <t>Allegati</t>
   </si>
   <si>
+    <t>B58B8DBF66</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02046-19022025.pdf</t>
+  </si>
+  <si>
+    <t>B898DE1B27</t>
+  </si>
+  <si>
+    <t>/</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14295-30102025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00335-15012026.pdf</t>
+  </si>
+  <si>
+    <t>B9F24BB220</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00168-13012026_0.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17943-30122025_0.pdf</t>
+  </si>
+  <si>
+    <t>B8D4E4ECAB</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13997-27102025.pdf</t>
+  </si>
+  <si>
+    <t>B97101DE6C</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16524-04122025.pdf</t>
+  </si>
+  <si>
     <t>non presente</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15660-21112025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17918-30122025.pdf</t>
+  </si>
+  <si>
+    <t>B93E01ECD1</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14468-03112025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15417-18112025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14618-05112025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16994-15122025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16607-05122025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16799-10122025.pdf</t>
+  </si>
+  <si>
+    <t>B8C2BDCDCE</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14543-04112025.pdf</t>
+  </si>
+  <si>
+    <t>B92F94084F</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16519-04122025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15784-24112025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15660-21112025.pdf</t>
   </si>
   <si>
     <t>non presente - verrà acquisito telematicamente, così come previsto dall’articolo 225, commi 1 e 2 del decreto legislativo del 31/03/2023, n. 3</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13756-23102025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13756-23102025.pdf</t>
   </si>
   <si>
     <t>B781F2DDEF</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13611-20102025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13611-20102025.pdf</t>
   </si>
   <si>
     <t>B2116EF126</t>
   </si>
   <si>
-    <t>/</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00104-30102025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00104-30102025.pdf</t>
   </si>
   <si>
     <t>B2A4060621</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14046-28102025.pdf</t>
-[...32 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11704-15092025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14046-28102025.pdf</t>
+  </si>
+  <si>
+    <t>B81602D3DF</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10244-05082025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09495-23072025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17433-18122024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17431-18122024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17430-18122024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16898-11122024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12257-25092025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12259-25092025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12262-25092025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11703-15092025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11704-15092025.pdf</t>
   </si>
   <si>
     <t>B7ED79CD18</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10314-06082025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10314-06082025.pdf</t>
   </si>
   <si>
     <t>B7865AA925</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08303-30062025.pdf</t>
-[...17 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13426-16102025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08303-30062025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13757-23102025_0.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06364-09052025-pagg-1-42.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06364-09052025-pagg-43-73_0.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06364-09052025-pagg-74-167_0.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11938-18092025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13426-16102025.pdf</t>
   </si>
   <si>
     <t>B76237B74E</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08018-23062025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08018-23062025.pdf</t>
   </si>
   <si>
     <t>B78EFCB5F8</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08670-07072025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08670-07072025.pdf</t>
   </si>
   <si>
     <t>B73DE4DC82</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07354-11062025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07354-11062025.pdf</t>
   </si>
   <si>
     <t>B775DC31B4</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08189-26062025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08189-26062025.pdf</t>
   </si>
   <si>
     <t>B782FBA66D</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08406-02072025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08406-02072025.pdf</t>
   </si>
   <si>
     <t>B7115DD07C</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05096-24042025.pdf</t>
-[...11 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08740-09072025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05096-24042025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10287-05082025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00082-02092025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09345-18072025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08740-09072025.pdf</t>
   </si>
   <si>
     <t>B6FC083F42</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00066-07072025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00066-07072025.pdf</t>
   </si>
   <si>
     <t>Non ancora acquisito</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00063-30062025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00063-30062025.pdf</t>
   </si>
   <si>
     <t>B74BF128D9</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07785-18062025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07785-18062025.pdf</t>
   </si>
   <si>
     <t>B67C2E5683</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05954-14052025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05954-14052025.pdf</t>
   </si>
   <si>
     <t>B5610753E1</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01471-06022025.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07210-09062025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01471-06022025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07330-11062025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07210-09062025.pdf</t>
   </si>
   <si>
     <t>B6D847D2DO</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05909-14052025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05909-14052025.pdf</t>
   </si>
   <si>
     <t>B6CBDDB80F</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05738-09052025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05738-09052025.pdf</t>
   </si>
   <si>
     <t>B672799ED0</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04357-07042025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04357-07042025.pdf</t>
   </si>
   <si>
     <t>B67C5A9EC3 B67C77AE7E  B67C8CD641</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04429-08042025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04429-08042025.pdf</t>
   </si>
   <si>
     <t>B6A1A86AD7</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05169-28042025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05169-28042025.pdf</t>
   </si>
   <si>
     <t>B6A166EA01</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05253-29042025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05253-29042025.pdf</t>
   </si>
   <si>
     <t>B6A79C32B0</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05170-28042025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05170-28042025.pdf</t>
   </si>
   <si>
     <t>B5CED86DFF</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03237-17032025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03237-17032025.pdf</t>
   </si>
   <si>
     <t>B5F28E724F</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03648-25032025.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05097-24042025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03648-25032025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05097-24042025.pdf</t>
   </si>
   <si>
     <t>B69538C77A</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04869-16042025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04869-16042025.pdf</t>
   </si>
   <si>
     <t>B6585B5423</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04493-10042025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04493-10042025.pdf</t>
   </si>
   <si>
     <t>B54763CD19</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01630-10022025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01630-10022025.pdf</t>
   </si>
   <si>
     <t>B5B0241572</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02075-20022025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02075-20022025.pdf</t>
   </si>
   <si>
     <t>B4E25D35B8</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17293-17122024.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04196-03042025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17293-17122024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04196-03042025.pdf</t>
   </si>
   <si>
     <t>B3576A5532; B3576A6605; B3576A76D8</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12657-27092024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12657-27092024.pdf</t>
   </si>
   <si>
     <t>B6444D9C0E</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03336-18032025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03336-18032025.pdf</t>
   </si>
   <si>
     <t>B13A25D483</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00024-27032025.pdf</t>
-[...8 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01194-31012025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00024-27032025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02829-07032025.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16798-11122024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01194-31012025.pdf</t>
   </si>
   <si>
     <t>B4124C2A31</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15238-15112024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15238-15112024.pdf</t>
   </si>
   <si>
     <t>B29124F03A</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10157-27072024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10157-27072024.pdf</t>
   </si>
   <si>
     <t>B506E889AF</t>
   </si>
   <si>
     <t>Gara comunitaria aperta per l'affidamento dei servizi concernenti il piano di assistenza sanitaria integrativa per il personale della Regione Lazio.</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18060-27122024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18060-27122024.pdf</t>
   </si>
   <si>
     <t>B434FCA0EE</t>
   </si>
   <si>
     <t>Servizio di supporto tecnico-scientifico per i controlli sui centri prova autorizzati ai sensi del D.Lgs. 150/2012.</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17077-13122024.pdf</t>
-[...11 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17407-18122024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17077-13122024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16894-11122024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17458-19122024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16675-09122024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17407-18122024.pdf</t>
   </si>
   <si>
     <t>B4AF2B4FEB</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16215-02122024.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15470-20112024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16215-02122024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16227-02122024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15470-20112024.pdf</t>
   </si>
   <si>
     <t>B30B6EF8AC</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15400-19112024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15400-19112024.pdf</t>
   </si>
   <si>
     <t>B45B83F854</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13809-18102024.pdf</t>
-[...14 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10925-09082024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13809-18102024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12576-25092024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11721-09092024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10961-12082024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12380-20092024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10925-09082024.pdf</t>
   </si>
   <si>
     <t>B3FC8B3015</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13282-08102024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13282-08102024.pdf</t>
   </si>
   <si>
     <t>974862215F</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12789-30092024.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04962-17042025.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12789-30092024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04962-17042025.pdf</t>
   </si>
   <si>
     <t>9149163028;9149295D12</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11843-1109 2024.pdf</t>
-[...11 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10710-06082024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11843-1109 2024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11418-30082024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11102-21082024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10972-12082024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10710-06082024.pdf</t>
   </si>
   <si>
     <t>B2A405F54E; B2A4060621</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10159-27072024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10159-27072024.pdf</t>
   </si>
   <si>
     <t>B2E5FD970C; B2E5FDA7DF</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09757-22072024.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08662-28062024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09757-22072024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09592-18072024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08662-28062024.pdf</t>
   </si>
   <si>
     <t>9353746B60; 95315579A8; 995789179B; A039B39EDF; B1D806D720</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08683-28062024.pdf</t>
-[...8 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06512-29052024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08683-28062024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08682-28062024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07456-07062024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06512-29052024.pdf</t>
   </si>
   <si>
     <t>9353746B60; 95315579A8; 995789179B; A039B39EDF</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06462-29052024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06462-29052024.pdf</t>
   </si>
   <si>
     <t>B1E6235931</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06285-24052024.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06078-22052024_0.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06285-24052024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06067-22052024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06078-22052024_0.pdf</t>
   </si>
   <si>
     <t>no presente</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06078-22052024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06078-22052024.pdf</t>
   </si>
   <si>
     <t>975316023F; 974862215F; 97529737EC</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05761-16052024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05761-16052024.pdf</t>
   </si>
   <si>
     <t>B1A476D75F</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04024-09042024.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04955-29042024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04024-09042024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04955-29042024.pdf</t>
   </si>
   <si>
     <t>9353265E70; 9531988D53; 997552607A</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05017-30042024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05017-30042024.pdf</t>
   </si>
   <si>
     <t>935366046A; 95321524AC; 999026102F; A039BEE440</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05018-30042024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05018-30042024.pdf</t>
   </si>
   <si>
     <t>9354657B28; 95319806BB; A039228389</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04897-26042024.pdf</t>
-[...14 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03620-29032024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04897-26042024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04891-26042024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04760-24042024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04630-22042024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03797-04042024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03620-29032024.pdf</t>
   </si>
   <si>
     <t>B0C0D4C2EF</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03464-27032024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03464-27032024.pdf</t>
   </si>
   <si>
     <t>9353679418; 9534082D59</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03130-20032024.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03246-22032024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03130-20032024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03246-22032024.pdf</t>
   </si>
   <si>
     <t>B0EE201EFE</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02886-14032024.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02175-28022024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02886-14032024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02590-07032024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02175-28022024.pdf</t>
   </si>
   <si>
     <t>95321524AC; A039BEE440</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01912-22022024.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01777-21022024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01912-22022024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01777-21022024.pdf</t>
   </si>
   <si>
     <t>B0303BAAF5</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00747-25012024_0.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00747-25012024_0.pdf</t>
   </si>
   <si>
     <t>B02FBDBC20</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00800-25012024.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00800-25012024.pdf</t>
   </si>
   <si>
     <t>B02F16F26F</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00446-18012024.pdf</t>
-[...14 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17415-22122023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00446-18012024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17450-27122023-def.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17207-20122023.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17443-27122023.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00272-15012024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17415-22122023.pdf</t>
   </si>
   <si>
     <t>A04189520B</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17450-27122023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17450-27122023.pdf</t>
   </si>
   <si>
     <t>A03D72B6CD</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17445-27122023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17445-27122023.pdf</t>
   </si>
   <si>
     <t>A03FA1EE17</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17422-22122023.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17092-19122023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17422-22122023.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17087-19122023.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17092-19122023.pdf</t>
   </si>
   <si>
     <t>Nr. Gara 9474017</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16718-13122023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16718-13122023.pdf</t>
   </si>
   <si>
     <t>A025F83675; A025F8DEB3</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16488-07122023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16488-07122023.pdf</t>
   </si>
   <si>
     <t>A02FDF78ED</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/determinazione-a-contrarre-cig-A02FDF78ED-rettifica.pdf</t>
-[...8 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13131-05102023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/determinazione-a-contrarre-cig-A02FDF78ED-rettifica.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/determinazione-a-contrarre-cig-A02FDF78ED.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14513-03112023.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13131-05102023.pdf</t>
   </si>
   <si>
     <t>A0137BAF80</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12887-29092023.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12070-13092023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12887-29092023.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12112-15092023.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12070-13092023.pdf</t>
   </si>
   <si>
     <t>99246017D4</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10774-04082023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10774-04082023.pdf</t>
   </si>
   <si>
     <t>989217945A;9892202754;9892228CC7;9893143FDB;98931727CC;9893201FB8;98932518FD;989328443A</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08738-22062023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08738-22062023.pdf</t>
   </si>
   <si>
     <t>Z1A3B24E5D</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07926-07062023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07926-07062023.pdf</t>
   </si>
   <si>
     <t>98846184D1</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08865-26062023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08865-26062023.pdf</t>
   </si>
   <si>
     <t>9807809C04</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08316-14062023.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08590-21062023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08316-14062023.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09014-28062023.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08590-21062023.pdf</t>
   </si>
   <si>
     <t>9859982A8A </t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08767-23062023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08767-23062023.pdf</t>
   </si>
   <si>
     <t>9858897B2B </t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08766-23062023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08766-23062023.pdf</t>
   </si>
   <si>
     <t>9858899CD1</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08765-23062023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08765-23062023.pdf</t>
   </si>
   <si>
     <t>9858615277 </t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08357-15062023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08357-15062023.pdf</t>
   </si>
   <si>
     <t>98446817C2</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08471-19062023.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00082-12062023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08471-19062023.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00082-12062023.pdf</t>
   </si>
   <si>
     <t>9855280256; 9855338233; 9855371D6B; 985539513D; 9855417364</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08178-13062023.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07943-07052023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08178-13062023.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07943-07052023.pdf</t>
   </si>
   <si>
     <t>9781556B5B</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07993-08062023.pdf</t>
-[...17 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03836-22032023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07993-08062023.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04831-06042023.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04239-29032023.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04004-24032023.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04184-28032023.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03075-08032023.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03836-22032023.pdf</t>
   </si>
   <si>
     <t>97108330E7</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/S00039-15032023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/S00039-15032023.pdf</t>
   </si>
   <si>
     <t>972074655D</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03778-20032023.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03472-15032023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03778-20032023.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03472-15032023.pdf</t>
   </si>
   <si>
     <t>9700574EE4</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03183-09032023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03183-09032023.pdf</t>
   </si>
   <si>
     <t>9700667BA4</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03181-09032023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03181-09032023.pdf</t>
   </si>
   <si>
     <t>97007521CC</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03182-09032023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03182-09032023.pdf</t>
   </si>
   <si>
     <t>9702876A91</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03186-09032023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03186-09032023.pdf</t>
   </si>
   <si>
     <t>96081407F3</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02832-02032023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02832-02032023.pdf</t>
   </si>
   <si>
     <t>96719043AC</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02420-23022023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02420-23022023.pdf</t>
   </si>
   <si>
     <t>960522526C</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02419-23022023.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01243-02022023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02419-23022023.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00033-22022023.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01243-02022023.pdf</t>
   </si>
   <si>
     <t>Z9338F2104</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18481-22122022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18481-22122022.pdf</t>
   </si>
   <si>
     <t>95308133B2</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00039-05012023.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00039-05012023.pdf</t>
   </si>
   <si>
     <t>9531988D53</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18148-19122022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18148-19122022.pdf</t>
   </si>
   <si>
     <t>9529776BED</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/S00167-02122022.pdf</t>
-[...8 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15754-15112022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/S00167-02122022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16698-29112022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16290-24112022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15754-15112022.pdf</t>
   </si>
   <si>
     <t> Z0E377E5EC</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14495-24102022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14495-24102022.pdf</t>
   </si>
   <si>
     <t>948339591E;9483418C18;948343387A</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15694-14112022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15694-14112022.pdf</t>
   </si>
   <si>
     <t>9465137E22;9470579905;9470586ECA;94705923C1;9470599986</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15562-11112022.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14974-02112022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15562-11112022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15273-08112022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14974-02112022.pdf</t>
   </si>
   <si>
     <t>ZC2380EA6B</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14061-17102022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14061-17102022.pdf</t>
   </si>
   <si>
     <t>Z4D37639C5</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10975-10082022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10975-10082022.pdf</t>
   </si>
   <si>
     <t>9466612F57</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14557-25102022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14557-25102022.pdf</t>
   </si>
   <si>
     <t>936782099C;96081407F3</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13023-28092022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13023-28092022.pdf</t>
   </si>
   <si>
     <t>Lavori di rimozione materiali lignei in alveo del fiume Tevere, tratto compreso tra Castel Giubileo e ponte Flaminio in comune di Roma.
 </t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14362-21102022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14362-21102022.pdf</t>
   </si>
   <si>
     <t>9441987E26</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00146-13102022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00146-13102022.pdf</t>
   </si>
   <si>
     <t>9376392B72</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12684-23092022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12684-23092022.pdf</t>
   </si>
   <si>
     <t>9277977CD1</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09282-15072022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09282-15072022.pdf</t>
   </si>
   <si>
     <t>9278017DD3</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09286-15072022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09286-15072022.pdf</t>
   </si>
   <si>
     <t>92778682E1</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09287-15072022.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09292-15072022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09287-15072022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09292-15072022.pdf</t>
   </si>
   <si>
     <t>9277897ACD</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09293-15072022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09293-15072022.pdf</t>
   </si>
   <si>
     <t>9277922F6D</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09294-15072022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09294-15072022.pdf</t>
   </si>
   <si>
     <t>92592720FA</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09295-15072022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09295-15072022.pdf</t>
   </si>
   <si>
     <t>927794633F</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09296-15072022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09296-15072022.pdf</t>
   </si>
   <si>
     <t>9277996C7F</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09297-05072022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09297-05072022.pdf</t>
   </si>
   <si>
     <t>9412247FEC</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10544-04082022.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15940-22122020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10544-04082022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11858-09092022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15940-22122020.pdf</t>
   </si>
   <si>
     <t>Z4F36E3921</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08748-06072022.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11414-30082022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08748-06072022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11414-30082022.pdf</t>
   </si>
   <si>
     <t>93625035E3</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11401-30082022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11401-30082022.pdf</t>
   </si>
   <si>
     <t>93598822F9</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11326-25082022.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11271-25082022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11326-25082022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11271-25082022.pdf</t>
   </si>
   <si>
     <t>9353746B60</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10776-08082022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10776-08082022.pdf</t>
   </si>
   <si>
     <t>9281807571 </t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10107-29072022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10107-29072022.pdf</t>
   </si>
   <si>
     <t>93533314EA;9530539196</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10454-04082022.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18138-19122022_0.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10454-04082022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18138-19122022_0.pdf</t>
   </si>
   <si>
     <t>935366046A;95321524AC</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10388-03082022.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18166-19122022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10388-03082022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18166-19122022.pdf</t>
   </si>
   <si>
     <t>935391138C; 9533334417</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10386-03082022.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18357-21122022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10386-03082022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18357-21122022.pdf</t>
   </si>
   <si>
     <t>93536869DD;953251503C</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10387-03082022.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18146-19122022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10387-03082022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18146-19122022.pdf</t>
   </si>
   <si>
     <t>9353699499;9534043D2A</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10385-03082022.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10384-03082022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10385-03082022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18474-22122022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10384-03082022.pdf</t>
   </si>
   <si>
     <t>9354657B28;95319806BB</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10389-03082022.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18139-19122022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10389-03082022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18139-19122022.pdf</t>
   </si>
   <si>
     <t>93530350A7</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10382-03082022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10382-03082022.pdf</t>
   </si>
   <si>
     <t>9353265E70;9531988D53</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10383-03082022.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09931-27072022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10383-03082022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18148-19122022_0.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09931-27072022.pdf</t>
   </si>
   <si>
     <t>93378448A2</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00108-22072022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00108-22072022.pdf</t>
   </si>
   <si>
     <t>9325074E7D</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09619-21072022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09619-21072022.pdf</t>
   </si>
   <si>
     <t>9324279E6F</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09548-20072022.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09618-21072022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09548-20072022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09547-20072022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09618-21072022.pdf</t>
   </si>
   <si>
     <t>93244099B8</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09616-21072022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09616-21072022.pdf</t>
   </si>
   <si>
     <t>932692452B</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09589-20072022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09589-20072022.pdf</t>
   </si>
   <si>
     <t>92310138E7</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09354-15072022.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08492-30062022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09354-15072022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08492-30062022.pdf</t>
   </si>
   <si>
     <t>9278344BAD</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07819-16062022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07819-16062022.pdf</t>
   </si>
   <si>
     <t>92782340EA</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07820-16062022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07820-16062022.pdf</t>
   </si>
   <si>
     <t>923994322E</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06238-18052022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06238-18052022.pdf</t>
   </si>
   <si>
     <t>9261284D51;9261342D2E;9261347152</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07251-07062022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07251-07062022.pdf</t>
   </si>
   <si>
     <t>9186753C64</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06645-24052022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06645-24052022.pdf</t>
   </si>
   <si>
     <t>91925414CF; 91925804FE; 9192592EE2; 91925983D9; 9192607B44; 91926162B4; 9192623879; 9192627BC5; 91926330BC</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06971-31052022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06971-31052022.pdf</t>
   </si>
   <si>
     <t>92232491DB</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07101-01062022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07101-01062022.pdf</t>
   </si>
   <si>
     <t>9097439428;9125293DFE;9125334FD3</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06530-24052022.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06269-19052022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06530-24052022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06269-19052022.pdf</t>
   </si>
   <si>
     <t>923638385E; 9236385A04; 9236390E23</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06291-19052022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06291-19052022.pdf</t>
   </si>
   <si>
     <t>919265962F;9192665B21;9192675364</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05554-09052022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05554-09052022.pdf</t>
   </si>
   <si>
     <t>9142606D22; ZDC35AFFEC</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05243-02052022.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04969-27042022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05243-02052022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05059-28042022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04969-27042022.pdf</t>
   </si>
   <si>
     <t>9201392CE0</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04881-26042022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04881-26042022.pdf</t>
   </si>
   <si>
     <t>9126629C7F</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02417-04032022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02417-04032022.pdf</t>
   </si>
   <si>
     <t>90173486F8</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04806-22042022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04806-22042022.pdf</t>
   </si>
   <si>
     <t>901286644F; 901288432A; 90129097CA</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16777-30122021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16777-30122021.pdf</t>
   </si>
   <si>
     <t>91595961BD; 9159597290; 9159598363; 9159599436</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04648-15042022.PDF</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04648-15042022.PDF</t>
   </si>
   <si>
     <t>91504874C0</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04611-14-04-2022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04611-14-04-2022.pdf</t>
   </si>
   <si>
     <t>9149163028; 9149295D12</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04111-05042022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04111-05042022.pdf</t>
   </si>
   <si>
     <t>9138290378  </t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03368-22032022.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00051-09032022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03368-22032022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02583-08032022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00051-09032022.pdf</t>
   </si>
   <si>
     <t>910622676A</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01693-18022022.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02298-03032022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01693-18022022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02298-03032022.pdf</t>
   </si>
   <si>
     <t>91211746E5</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02237-02032022.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00033-17022022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02237-02032022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00033-17022022.pdf</t>
   </si>
   <si>
     <t>Z0B341D1E0</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15352-10122021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15352-10122021.pdf</t>
   </si>
   <si>
     <t>9074083A2B</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00019-04022022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00019-04022022.pdf</t>
   </si>
   <si>
     <t>Z8033A7B75</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00017-28012022.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00831-28012022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00017-28012022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00010-24012022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00831-28012022.pdf</t>
   </si>
   <si>
     <t>8831441FA6; 8831460F54; 8831470797</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/GGRDG00_000001-11082021.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00009-19012022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/GGRDG00_000001-11082021.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00649-25012022.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00009-19012022.pdf</t>
   </si>
   <si>
     <t>Z6A337E3A2</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13339-02112021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13339-02112021.pdf</t>
   </si>
   <si>
     <t>G37335E9B1</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12750-19102021.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12001-05102021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12750-19102021.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12001-05102021.pdf</t>
   </si>
   <si>
     <t>Z0C323D02C</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09594-15072021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09594-15072021.pdf</t>
   </si>
   <si>
     <t>8774749FEE</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07259-14062021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07259-14062021.pdf</t>
   </si>
   <si>
     <t>Z8D3192DDD</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05992-20052021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05992-20052021.pdf</t>
   </si>
   <si>
     <t>90636497C3</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00209-14012022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00209-14012022.pdf</t>
   </si>
   <si>
     <t>9064915C7E</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00211-14012022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00211-14012022.pdf</t>
   </si>
   <si>
     <t>Z3F3306FD1</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12227-11102021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12227-11102021.pdf</t>
   </si>
   <si>
     <t>Z33334D229</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13406-03112021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13406-03112021.pdf</t>
   </si>
   <si>
     <t>Z3E32F3E9F</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736-29112021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736-29112021.pdf</t>
   </si>
   <si>
     <t>Z86327957B</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12226-11102021.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00112-11012022.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12226-11102021.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00112-11012022.pdf</t>
   </si>
   <si>
     <t>9043217ABD</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16836-31122021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16836-31122021.pdf</t>
   </si>
   <si>
     <t>9020519FC0</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16712-30122021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16712-30122021.pdf</t>
   </si>
   <si>
     <t>895680909D</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16628-29122021.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16756-30122021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16628-29122021.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16756-30122021.pdf</t>
   </si>
   <si>
     <t>8996282EBF</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16077-21122021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16077-21122021.pdf</t>
   </si>
   <si>
     <t>8958921F79; 89589252CA; 8958927470; 8958928543; 8958933962; Z2A33A82AC</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15122-06122021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15122-06122021.pdf</t>
   </si>
   <si>
     <t>900134835B</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15355-10122021.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15358-10122021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15355-10122021.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15358-10122021.pdf</t>
   </si>
   <si>
     <t>8975244DA4</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15099-0612 2021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15099-0612 2021.pdf</t>
   </si>
   <si>
     <t>89589485C4</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14506-24112021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14506-24112021.pdf</t>
   </si>
   <si>
     <t>8968108CD4</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13896-12112021.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12920-22102021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13896-12112021.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13554-05112021.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12920-22102021.pdf</t>
   </si>
   <si>
     <t>89251735C1</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12363-11102021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12363-11102021.pdf</t>
   </si>
   <si>
     <t>ZBF3352FC8</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12649-18102021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12649-18102021.pdf</t>
   </si>
   <si>
     <t>8972648F5A</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00195-10112021.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13172-27102021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00195-10112021.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11839-01102021.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13172-27102021.pdf</t>
   </si>
   <si>
     <t>8952583135; 8952593973; 8952596BEC; 8952600F38; 89526031B6</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13171-28102021.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13080-27102021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13171-28102021.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13080-27102021.pdf</t>
   </si>
   <si>
     <t>8948737B60</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00178-20102021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00178-20102021.pdf</t>
   </si>
   <si>
     <t>894595104F</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12798-20102021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12798-20102021.pdf</t>
   </si>
   <si>
     <t>8914533958; 8914551833; 891456863B; 891458329D</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12278-11102021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12278-11102021.pdf</t>
   </si>
   <si>
     <t>88576468B5</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11349-23092021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11349-23092021.pdf</t>
   </si>
   <si>
     <t> ZB63284141</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09961-22072021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09961-22072021.pdf</t>
   </si>
   <si>
     <t>8837701D91</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11317-22092021.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/GR1217-000007-07092021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11317-22092021.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07292-15062021.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/GR1217-000007-07092021.pdf</t>
   </si>
   <si>
     <t>Cod Anac 8227765</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10163_26072021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10163_26072021.pdf</t>
   </si>
   <si>
     <t>88455445D3</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09983-22072021.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09755-19072021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09983-22072021.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09755-19072021.pdf</t>
   </si>
   <si>
     <t>8750783E90</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09202_09072021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09202_09072021.pdf</t>
   </si>
   <si>
     <t>8756097FD0</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07439-17062021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07439-17062021.pdf</t>
   </si>
   <si>
     <t>La gara è composta da 81 CIG. Pubblicati nell'oggetto</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08557-25062021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08557-25062021.pdf</t>
   </si>
   <si>
     <t>8787873E33; 8787896132; 8787906970; 8787917286; 87879226A5; 878792591E; 8787931E10</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08000-23062021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08000-23062021.pdf</t>
   </si>
   <si>
     <t>La gara è composta da 77 CIG - elencati nell'oggetto</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G072922_15062021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G072922_15062021.pdf</t>
   </si>
   <si>
     <t>ZF92D3ED84</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07209-19062020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07209-19062020.pdf</t>
   </si>
   <si>
     <t>878636736C</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07072_10062021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07072_10062021.pdf</t>
   </si>
   <si>
     <t>8741319CA0 </t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05290-07052021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05290-07052021.pdf</t>
   </si>
   <si>
     <t>ZF32F85A4E</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15579-17122020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15579-17122020.pdf</t>
   </si>
   <si>
     <t>8699012BC9</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05363-10052021.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04108_15042021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05363-10052021.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04108_15042021.pdf</t>
   </si>
   <si>
     <t>874198523D</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00093_07052021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00093_07052021.pdf</t>
   </si>
   <si>
     <t>ZA4318F550</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04909_03052021.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04665_27042021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04909_03052021.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04665_27042021.pdf</t>
   </si>
   <si>
     <t>ZE72D5033A</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12741_30102020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12741_30102020.pdf</t>
   </si>
   <si>
     <t>8390696D5F</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13784_19112020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13784_19112020.pdf</t>
   </si>
   <si>
     <t>8665762D04; 8665771474; 8665783E58; 86657914F5; 8665799B8D; 86658093D0</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02928_17032021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02928_17032021.pdf</t>
   </si>
   <si>
     <t>8699438B55</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04013_13042021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04013_13042021.pdf</t>
   </si>
   <si>
     <t>8691880E45</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04164_15042021.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04269_19042021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04164_15042021.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04269_19042021.pdf</t>
   </si>
   <si>
     <t>8717085E18</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04322_19042021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04322_19042021.pdf</t>
   </si>
   <si>
     <t>8719235C55</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04447_21042021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04447_21042021.pdf</t>
   </si>
   <si>
     <t>8717608DB0</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04718_2742021.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05655_12052020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04718_2742021.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11158_11092018.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05655_12052020.pdf</t>
   </si>
   <si>
     <t>8614051BC0</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00019_28012021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00019_28012021.pdf</t>
   </si>
   <si>
     <t>8618819A6E</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00027_08022021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00027_08022021.pdf</t>
   </si>
   <si>
     <t>8598735C96</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00525_22012021.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/S00048_18022021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00525_22012021.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/S00048_18022021.pdf</t>
   </si>
   <si>
     <t>863651232A</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01687_18022021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01687_18022021.pdf</t>
   </si>
   <si>
     <t>8651357DA2;86513908DF;8651412B06;8651421276;8651436ED3;865144998F;865145702C;8651461378;8651471BB6</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02126_01032021.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00053_08032021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02126_01032021.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02339_04032021.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00053_08032021.pdf</t>
   </si>
   <si>
     <t>86643965C4; 8664456747; 86644713A9; 8664485F33</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02557_09032021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02557_09032021.pdf</t>
   </si>
   <si>
     <t>86426479EB</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02610_10032021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02610_10032021.pdf</t>
   </si>
   <si>
     <t>8549371C20</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00147_07122020.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00148_07122020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00147_07122020.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00148_07122020.pdf</t>
   </si>
   <si>
     <t>8554124E6C</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14949_09122020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14949_09122020.pdf</t>
   </si>
   <si>
     <t>85680789A2</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16411_29122020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16411_29122020.pdf</t>
   </si>
   <si>
     <t>8564769EF4</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16428_2912020.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00277_18012021.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16428_2912020.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00277_18012021.pdf</t>
   </si>
   <si>
     <t>Z562D2802D</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06752_10062020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06752_10062020.pdf</t>
   </si>
   <si>
     <t>Z192F7D11C</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15644_17122020.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14946_09122020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15644_17122020.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14946_09122020.pdf</t>
   </si>
   <si>
     <t>8572596A01; 8572607317; 8572620DCE; 85726316E4; 8572647419; 8572657C57; 85726652F4; 8572679E7E; 8572694AE0; 8572699EFF</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16149_23122020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16149_23122020.pdf</t>
   </si>
   <si>
     <t>8580872794; 85808873F6; 8580900EAD; 8580914A3C; 8580925352; 8580934ABD</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16439_29122020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16439_29122020.pdf</t>
   </si>
   <si>
     <t>858240262D; 8582420508; 85824383E3; 8582457391</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16531_31122020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16531_31122020.pdf</t>
   </si>
   <si>
     <t>8477093E6E; 84956819BD; 8495688F82; 84956922D3; 8495702B11</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14977_09122020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14977_09122020.pdf</t>
   </si>
   <si>
     <t>84832127FF</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00113_27102020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00113_27102020.pdf</t>
   </si>
   <si>
     <t>83509448FD; 83509573B9; 8350967BF7; 83509806B3; 835098392C; 8350988D4B</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08356_15072020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08356_15072020.pdf</t>
   </si>
   <si>
     <t>8486551B6C</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00132_29102020.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00134_03112020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00132_29102020.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00134_03112020.pdf</t>
   </si>
   <si>
     <t>85041441A3</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13116_06112020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13116_06112020.pdf</t>
   </si>
   <si>
     <t>84894503C3</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13320_11112020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13320_11112020.pdf</t>
   </si>
   <si>
     <t>85176012B4</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00131_17112020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00131_17112020.pdf</t>
   </si>
   <si>
     <t>8133295F58 (50 lotti) Vedi elenco</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17379_11122019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17379_11122019.pdf</t>
   </si>
   <si>
     <t>852124737A</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13663_18112020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13663_18112020.pdf</t>
   </si>
   <si>
     <t>8483235AF9</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00150_20112020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00150_20112020.pdf</t>
   </si>
   <si>
     <t>8542185210 Vedi elenco</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/elenco_CIG_Garmaci_Lazio_Calabria_Sardegna.xlsx</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14828_07122020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/elenco_CIG_Garmaci_Lazio_Calabria_Sardegna.xlsx</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14828_07122020.pdf</t>
   </si>
   <si>
     <t>8446808E75</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00076_23092020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00076_23092020.pdf</t>
   </si>
   <si>
     <t>8365082C08</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00108_04092020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00108_04092020.pdf</t>
   </si>
   <si>
     <t>ZB52E1DEE9</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10928_24092020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10928_24092020.pdf</t>
   </si>
   <si>
     <t>Z932E1139D</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10064_01092020.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00091_02102020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10064_01092020.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00091_02102020.pdf</t>
   </si>
   <si>
     <t>8458340AF8</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00093_05102020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00093_05102020.pdf</t>
   </si>
   <si>
     <t>845520718C</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11465_06102020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11465_06102020.pdf</t>
   </si>
   <si>
     <t>84489240A7</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/DD_G11129_30092020.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11751_12102020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/DD_G11129_30092020.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11751_12102020.pdf</t>
   </si>
   <si>
     <t>84854563CF</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00128_23102020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00128_23102020.pdf</t>
   </si>
   <si>
     <t>Z322ECB98C</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12449_27102020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12449_27102020.pdf</t>
   </si>
   <si>
     <t>83925073DE; 8392517C1C</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09433_07082020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09433_07082020.pdf</t>
   </si>
   <si>
     <t>Z032DD270A</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09112_30.07.2020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09112_30.07.2020.pdf</t>
   </si>
   <si>
     <t>8396183D63; 83961935A6; 8396200B6B; 8396212554</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09798_25082020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09798_25082020.pdf</t>
   </si>
   <si>
     <t>8383538A68</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10005_31082020.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00063_28082020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10005_31082020.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00063_28082020.pdf</t>
   </si>
   <si>
     <t>8415747E1C</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00065_03092020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00065_03092020.pdf</t>
   </si>
   <si>
     <t>84118573FE</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00107_04092020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00107_04092020.pdf</t>
   </si>
   <si>
     <t>8369952EE1; 8369961651; 8369967B43; 8369971E8F; 83699762B3; 836997952C</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08181_13072020.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08157_10072020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08181_13072020.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08366_16072020.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08157_10072020.pdf</t>
   </si>
   <si>
     <t>828994897F; 8289950B25</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05090_30042020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05090_30042020.pdf</t>
   </si>
   <si>
     <t>8403726E11; 8403731235; 8403736654</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09559_12082020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09559_12082020.pdf</t>
   </si>
   <si>
     <t>Z402CA317E</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07070_16062020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07070_16062020.pdf</t>
   </si>
   <si>
     <t>Z0D2D5F86A</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07575_26062020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07575_26062020.pdf</t>
   </si>
   <si>
     <t>834789333B - gli altri CIG sono elencati negli allegati</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07596_24062020.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/Elenco_CIG.ods</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07596_24062020.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/Elenco_CIG.ods</t>
   </si>
   <si>
     <t>8364944A27</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00087_10072020_CIG_8364944A27.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00087_10072020_CIG_8364944A27.pdf</t>
   </si>
   <si>
     <t>Z922DB9750</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/det_g08571_del_21_07_2020.pdf</t>
-[...8 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09216_03082020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/det_g08571_del_21_07_2020.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08716_22072020.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00052_29072020.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09216_03082020.pdf</t>
   </si>
   <si>
     <t>8392340A0C</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00098_05082020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00098_05082020.pdf</t>
   </si>
   <si>
     <t>83363215B6</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09096_30072020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09096_30072020.pdf</t>
   </si>
   <si>
     <t>838440450F</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09312_04082020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09312_04082020.pdf</t>
   </si>
   <si>
     <t>828061105F, 82806321B3, 82806429F1, 8280651161, 8280657653, 82806776D4, 8280682AF3, 8280690190, 82806998FB, 8280706EC0, 82807123B7, 8280721B22, 8280730292</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04652_22042020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04652_22042020.pdf</t>
   </si>
   <si>
     <t>828321339B; 8283228FF8; 82832409E1; 82832691D2; 8283282C89; 8283289253; 8283300B64; 82833092D4; 828331254D; 8283318A3F</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04812_24042020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04812_24042020.pdf</t>
   </si>
   <si>
     <t>82782113D3</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05244_05052020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05244_05052020.pdf</t>
   </si>
   <si>
     <t>82874636D0</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05222_04052020.pdf</t>
-[...8 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06150_22052020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05222_04052020.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05560_11052020.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05675_13052020.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06150_22052020.pdf</t>
   </si>
   <si>
     <t>8313585B5D</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06248_26052020.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06403_29052020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06248_26052020.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06403_29052020.pdf</t>
   </si>
   <si>
     <t>828061105F; 82806321B3; 82806429F1; 8280651161; 8280657653; 82806776D4; 8280682AF3; 8280690190; 82806998FB; 8280706EC0; 82807123B7; 8280721B22; 8280730292</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06857_12062020.pdf</t>
-[...17 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17473_13122019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06857_12062020.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16738_02122019.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02494_05032019.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09674_16072019.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10859_08082019.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14669_28102019.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17473_13122019.pdf</t>
   </si>
   <si>
     <t>ZE92B1D433</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17389_12122019.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04293_15042020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17389_12122019.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03320_26032020.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04293_15042020.pdf</t>
   </si>
   <si>
     <t>8272716D32</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04374_16042020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04374_16042020.pdf</t>
   </si>
   <si>
     <t>Elenco CIG</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04453_17042020.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/Elenco_CIG.xlsx</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04453_17042020.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/Elenco_CIG.xlsx</t>
   </si>
   <si>
     <t>827270434E</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04671_22042020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04671_22042020.pdf</t>
   </si>
   <si>
     <t>81661242B5</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00002_10012020.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14724_28102019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00002_10012020.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14724_28102019.pdf</t>
   </si>
   <si>
     <t>Z9729A7FA2;Z9829A7FE7;Z1629A8029;Z2329A80B9;Z2429A80FE;ZC529A813F;Z4A29A816E;Z7629A8C4F;Z0629A81BB;
 ZF329A8CAA;Z3629A81EC;Z7129A8223;Z5129A8256</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11993_12092019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11993_12092019.pdf</t>
   </si>
   <si>
     <t>ZC92B20667</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17450_12122019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17450_12122019.pdf</t>
   </si>
   <si>
     <t>Z4C29091A7</t>
   </si>
   <si>
     <t>Z632A6774F</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15146_05112019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15146_05112019.pdf</t>
   </si>
   <si>
     <t>Z252A8B8C3</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15556_13112019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15556_13112019.pdf</t>
   </si>
   <si>
     <t>ZD42ADD7C1</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16736_05122019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16736_05122019.pdf</t>
   </si>
   <si>
     <t>81809258DF</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00725_29012020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00725_29012020.pdf</t>
   </si>
   <si>
     <t>81922656F0</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01026_04022020.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01026_04022020.pdf</t>
   </si>
   <si>
     <t>Z3B2ADFFE5</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18750_30122019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18750_30122019.pdf</t>
   </si>
   <si>
     <t>8103490B7C</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16393_28112019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16393_28112019.pdf</t>
   </si>
   <si>
     <t>80855284C8</t>
   </si>
   <si>
     <t>Determina a contrarre per l'affidamento del servizio di assistenza sul sistema software "Anagrafe Regionale dell'EdiliziaScolastica". Importo € 240.340,00.</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14751_29102019.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16525_02122019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14751_29102019.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16525_02122019.pdf</t>
   </si>
   <si>
     <t>8129086DF8; 8130426FC5</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17711_16122019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17711_16122019.pdf</t>
   </si>
   <si>
     <t>811596308B</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17984_18122019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17984_18122019.pdf</t>
   </si>
   <si>
     <t>81317547AE</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18376_23122019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18376_23122019.pdf</t>
   </si>
   <si>
     <t>ZE929A1C28</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18382_23122019.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18414_23122019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18382_23122019.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18414_23122019.pdf</t>
   </si>
   <si>
     <t>8119664EB0</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18326_23122019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18326_23122019.pdf</t>
   </si>
   <si>
     <t>Vedi elenco</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18453_23122019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18453_23122019.pdf</t>
   </si>
   <si>
     <t>Z042A3137B</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16001_21112019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16001_21112019.pdf</t>
   </si>
   <si>
     <t>ZDD28A244A</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05960_7052019.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00048_02082019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05960_7052019.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00048_02082019.pdf</t>
   </si>
   <si>
     <t>8023646A22</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12612_24092019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12612_24092019.pdf</t>
   </si>
   <si>
     <t>ZB42A67B7E</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14983_31102019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14983_31102019.pdf</t>
   </si>
   <si>
     <t>Z3529E2BF6</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14488_23102019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14488_23102019.pdf</t>
   </si>
   <si>
     <t>Z182A49646</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14487_23102019.pdf</t>
-[...14 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12861_27092019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14487_23102019.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04905_18042019.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08896_02072019.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08064_13062019.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06714_17052019.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12861_27092019.pdf</t>
   </si>
   <si>
     <t>Z3F2A5213A</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14546_24102019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14546_24102019.pdf</t>
   </si>
   <si>
     <t>78458990AE</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07853_10062019.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08777_28062019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07853_10062019.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08777_28062019.pdf</t>
   </si>
   <si>
     <t>7934964B6E</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09713_16072019.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05112_24042019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09713_16072019.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05112_24042019.pdf</t>
   </si>
   <si>
     <t>Z7D2822A92; Z142822AB4; Z0228229C6</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05246_02052019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05246_02052019.pdf</t>
   </si>
   <si>
     <t>ZAD2855D74</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06577_16052019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06577_16052019.pdf</t>
   </si>
   <si>
     <t>Z49286E42E</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07000_24052019.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00051_06082019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07000_24052019.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00051_06082019.pdf</t>
   </si>
   <si>
     <t>8000771D15</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00052_07082019.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00093_21082019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00052_07082019.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00093_21082019.pdf</t>
   </si>
   <si>
     <t>79955443A3</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00049_02082019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00049_02082019.pdf</t>
   </si>
   <si>
     <t>D2E24561D4</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09723_31072018.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09723_31072018.pdf</t>
   </si>
   <si>
     <t>7545564C6</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09552_26072018.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09552_26072018.pdf</t>
   </si>
   <si>
     <t>ZA324DC246</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13229_19102018.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10175_07082018.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13229_19102018.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14183_08112018.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10175_07082018.pdf</t>
   </si>
   <si>
     <t>Z642436AB2</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09169_19072018.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09169_19072018.pdf</t>
   </si>
   <si>
     <t>ZC825428CE</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14454_13112018.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14454_13112018.pdf</t>
   </si>
   <si>
     <t>Z1C26EB32D</t>
   </si>
   <si>
     <t>Determinazione G02043 del 25/02/2019</t>
   </si>
   <si>
     <t>Z9D27F308C</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06907_22052019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06907_22052019.pdf</t>
   </si>
   <si>
     <t>ZF826312F1</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16784_19122018.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16784_19122018.pdf</t>
   </si>
   <si>
     <t>79275705B7</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07940_12062019_DC.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07940_12062019_DC.pdf</t>
   </si>
   <si>
     <t>Z7628D21BA</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08536_24062019.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08536_24062019.pdf</t>
   </si>
   <si>
     <t>Z40241</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08394_03072018.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08394_03072018.pdf</t>
   </si>
   <si>
     <t>Z0B23FD776</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07734_15_06_2018.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07734_15_06_2018.pdf</t>
   </si>
   <si>
     <t>7515590D0E</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08058_26_06_2018.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08058_26_06_2018.pdf</t>
   </si>
   <si>
     <t>Z5E23E00A8</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07591_13_06_2018.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07591_13_06_2018.pdf</t>
   </si>
   <si>
     <t>ZD124040CB</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07779_18_06_2018.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07779_18_06_2018.pdf</t>
   </si>
   <si>
     <t>Z2F2401B03</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07780_18_06_2018.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07780_18_06_2018.pdf</t>
   </si>
   <si>
     <t>7585621C77</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09693_30072018.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11262_12092018.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09693_30072018.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11262_12092018.pdf</t>
   </si>
   <si>
     <t>ZA62456B9F</t>
   </si>
   <si>
     <t>Z6B2456972</t>
   </si>
   <si>
     <t>ZC82456905</t>
   </si>
   <si>
     <t>732684716B</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12500_14092017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12500_14092017.pdf</t>
   </si>
   <si>
     <t>7389386A39</t>
   </si>
   <si>
     <t>73850819A0</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03076_14032018.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03944_28032018.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03076_14032018.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03944_28032018.pdf</t>
   </si>
   <si>
     <t>Z2D20858CF</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18454_27122017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18454_27122017.pdf</t>
   </si>
   <si>
     <t>Lavori urgenti per il servizio di Piena e Pronto intervento nel circondario Idraulico di competenza regionale. Anno 2017 – 2018.</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14896_02112017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14896_02112017.pdf</t>
   </si>
   <si>
     <t>734643344B</t>
   </si>
   <si>
     <t>Lavori urgenti di manutenzione ordinaria delle paratoie ed accessori per il servizio di piena e di pronto intervento nel circondario idraulico di Roma</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17211_13122017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17211_13122017.pdf</t>
   </si>
   <si>
     <t>73983152AD</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18462_27122017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18462_27122017.pdf</t>
   </si>
   <si>
     <t>697851331B</t>
   </si>
   <si>
     <t>Z92206B104</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf</t>
   </si>
   <si>
     <t>73267300DE</t>
   </si>
   <si>
     <t>73267419EF</t>
   </si>
   <si>
     <t>73267587F7</t>
   </si>
   <si>
     <t>7326764CE9</t>
   </si>
   <si>
     <t>7326802C45</t>
   </si>
   <si>
     <t>732681355B</t>
   </si>
   <si>
     <t>7326821BF3</t>
   </si>
   <si>
     <t>Z8220EB0D3</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf</t>
   </si>
   <si>
     <t>Z9C20EB1F3</t>
   </si>
   <si>
     <t>685533730E</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13077_07112016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13077_07112016.pdf</t>
   </si>
   <si>
     <t>6855352F6B</t>
   </si>
   <si>
     <t>ZD4206C9AB</t>
   </si>
   <si>
     <t>ZE020ABDCE</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15842_20112017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15842_20112017.pdf</t>
   </si>
   <si>
     <t>ZD521623A8</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18414_22122017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18414_22122017.pdf</t>
   </si>
   <si>
     <t>73210029F6</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18415_22122017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18415_22122017.pdf</t>
   </si>
   <si>
     <t>Z93216247F</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18418_22122017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18418_22122017.pdf</t>
   </si>
   <si>
     <t>Z6A212A124</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17422_15122017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17422_15122017.pdf</t>
   </si>
   <si>
     <t>Z78215F01E</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18566_27122017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18566_27122017.pdf</t>
   </si>
   <si>
     <t>ZD220EB8A9</t>
   </si>
   <si>
     <t>Z3C20EACAA</t>
   </si>
   <si>
     <t>ZEC20EAE05</t>
   </si>
   <si>
     <t>Z1720EB35C</t>
   </si>
   <si>
     <t>Z8220EB2C9</t>
   </si>
   <si>
     <t>Z0B20F7242</t>
   </si>
   <si>
     <t>ZF820EB81E</t>
   </si>
   <si>
     <t>Z3520EB495</t>
   </si>
@@ -2723,372 +2801,372 @@
   <si>
     <t>Z4B207252F</t>
   </si>
   <si>
     <t>Z8020727B4</t>
   </si>
   <si>
     <t>ZF120725CE</t>
   </si>
   <si>
     <t>ZE42072639</t>
   </si>
   <si>
     <t>ZD3207268B</t>
   </si>
   <si>
     <t>Z6020726EC</t>
   </si>
   <si>
     <t>Z76206CCC4</t>
   </si>
   <si>
     <t>ZAD2081070</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14783_31102017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14783_31102017.pdf</t>
   </si>
   <si>
     <t>Z2220A88A2</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15319_13112017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15319_13112017.pdf</t>
   </si>
   <si>
     <t>Z861FF34E3</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf</t>
   </si>
   <si>
     <t>ZBC1FF30D0</t>
   </si>
   <si>
     <t>Z071FF2C26</t>
   </si>
   <si>
     <t>Z9B200A93E</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13045_26092017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13045_26092017.pdf</t>
   </si>
   <si>
     <t>Z58200A9D0</t>
   </si>
   <si>
     <t>Z44200AA4E</t>
   </si>
   <si>
     <t>Osservatorio Tecnico Scientifico per la sicurezza, la Legalità  e la lotta alla corruzione - Evento: "Lazio senza mafie".</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14446_24102017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14446_24102017.pdf</t>
   </si>
   <si>
     <t>Z2485783CB</t>
   </si>
   <si>
     <t>Z86206CA37</t>
   </si>
   <si>
     <t>Z31206CAD6</t>
   </si>
   <si>
     <t>Z8B20724C9</t>
   </si>
   <si>
     <t>Z0F1FFF557</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12931_25092017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12931_25092017.pdf</t>
   </si>
   <si>
     <t>Z6F1FF2CBA</t>
   </si>
   <si>
     <t>ZAE1FF2E05</t>
   </si>
   <si>
     <t>Z881FF3181</t>
   </si>
   <si>
     <t>ZAA1FF31D8</t>
   </si>
   <si>
     <t>ZF51FF3273</t>
   </si>
   <si>
     <t>Z111FF32C4</t>
   </si>
   <si>
     <t>ZCD1FF336F</t>
   </si>
   <si>
     <t>ZAA1FF33CE</t>
   </si>
   <si>
     <t>Z421FF3435</t>
   </si>
   <si>
     <t>Z971FF3491</t>
   </si>
   <si>
     <t>6951321B8C</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16497_18112014.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16497_18112014.pdf</t>
   </si>
   <si>
     <t>Z331FA5102</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13291_29_09_2017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13291_29_09_2017.pdf</t>
   </si>
   <si>
     <t>Z5A1F498E5</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05316_21_04_2017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05316_21_04_2017.pdf</t>
   </si>
   <si>
     <t>Z7F1F49910</t>
   </si>
   <si>
     <t>Z571ED5CF6</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13370_14_11_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13370_14_11_2016.pdf</t>
   </si>
   <si>
     <t>ZB21F7408C</t>
   </si>
   <si>
     <t>"Campagne per eventi estivi nel Lazio". Impegno di spesa € 102.120,00 Iva inclusa - Esercizio finanziario 2017 – Capitolo di bilancio R31902.</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10487_25_07_2017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10487_25_07_2017.pdf</t>
   </si>
   <si>
     <t>Z371F740BB</t>
   </si>
   <si>
     <t>Z801FC668C</t>
   </si>
   <si>
     <t>Z851C6598F</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15626_22_12_2016.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09046_27_06_2017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15626_22_12_2016.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09046_27_06_2017.pdf</t>
   </si>
   <si>
     <t>Z50202C5DB</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12327_11_09_2017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12327_11_09_2017.pdf</t>
   </si>
   <si>
     <t>ZE41EFBD99</t>
   </si>
   <si>
     <t>7149725BB5</t>
   </si>
   <si>
     <t>Z4A1CE17DA</t>
   </si>
   <si>
     <t>ZBD1C7EBF0</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15904_22122016.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04219_04042017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15904_22122016.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04219_04042017.pdf</t>
   </si>
   <si>
     <t>Z9B1FBE394</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11913_01_09_2017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11913_01_09_2017.pdf</t>
   </si>
   <si>
     <t>ZE71FBE474</t>
   </si>
   <si>
     <t>ZD21FBE4AD</t>
   </si>
   <si>
     <t>ZB31FBE42A</t>
   </si>
   <si>
     <t>ZE91FBE4FE</t>
   </si>
   <si>
     <t>Z011F8E09A</t>
   </si>
   <si>
     <t>Informazioni e campagne istituzionali della Regione Lazio. Impegno di spesa € 47.458,00 Iva inclusa - Esercizio finanziario 2017 – Capitolo di bilancio R31902.</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11485_10_08_2017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11485_10_08_2017.pdf</t>
   </si>
   <si>
     <t>ZB01F74002</t>
   </si>
   <si>
     <t>"Campagne per eventi estivi nel Lazio".Impegno di spesa € 102.120,00. Iva inclusa. Esercizio finanziario 2017. Capitolo di bilancio R31902.</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10487_25072017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10487_25072017.pdf</t>
   </si>
   <si>
     <t>ZC31F7403A</t>
   </si>
   <si>
     <t>ZB21F408C</t>
   </si>
   <si>
     <t>71563685B1</t>
   </si>
   <si>
     <t>Z371F40BB</t>
   </si>
   <si>
     <t>ZE0F4531F</t>
   </si>
   <si>
     <t>Promozione d'immagine per la Regione Lazio in occasione dell'iniziativa "Notti di Cinema a Piazza Vittorio" a cura della società AGIS LAZIO s.r.l.</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09931_13072017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09931_13072017.pdf</t>
   </si>
   <si>
     <t>Z2C1F5C253</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09977_17072017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09977_17072017.pdf</t>
   </si>
   <si>
     <t>ZB21F82018</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10866_31072017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10866_31072017.pdf</t>
   </si>
   <si>
     <t>Z0A1F7FF8F</t>
   </si>
   <si>
     <t>ZDE1EB8577</t>
   </si>
   <si>
     <t>7119017EA9</t>
   </si>
   <si>
     <t>ZC71EFACF5</t>
   </si>
   <si>
     <t>70132794EA</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20032017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20032017.pdf</t>
   </si>
   <si>
     <t>7084971F03</t>
   </si>
   <si>
     <t>71002542F5</t>
   </si>
   <si>
     <t>7112307D65</t>
   </si>
   <si>
     <t>ZAE1E9B292</t>
   </si>
   <si>
     <t>ZB51DE923C</t>
   </si>
   <si>
     <t>ZD81F54906</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10848_31072017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10848_31072017.pdf</t>
   </si>
   <si>
     <t>ZF11F73EE6</t>
   </si>
   <si>
     <t>Z441F73F55</t>
   </si>
   <si>
     <t>ZCF1F73F8A</t>
   </si>
   <si>
     <t>Z6A1F73FC5</t>
   </si>
   <si>
     <t>70134165F8</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf</t>
   </si>
   <si>
     <t>70134409C5</t>
   </si>
   <si>
     <t>7013445DE4</t>
   </si>
   <si>
     <t>7013461B19</t>
   </si>
   <si>
     <t>7031846EE0</t>
   </si>
   <si>
     <t>ZC71EAC7EB</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07636_30052017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07636_30052017.pdf</t>
   </si>
   <si>
     <t>ZA71ECD0BF</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07975_07062017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07975_07062017.pdf</t>
   </si>
   <si>
     <t>Z511F08F04</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08607_20_06_2017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08607_20_06_2017.pdf</t>
   </si>
   <si>
     <t>Z2C1F1472D</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08796_22_06_2017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08796_22_06_2017.pdf</t>
   </si>
   <si>
     <t>Z761F14688</t>
   </si>
   <si>
     <t>Z6F1F14796</t>
   </si>
   <si>
     <t>7116726C12</t>
   </si>
   <si>
     <t>7013309DA9</t>
   </si>
   <si>
     <t>701333424E</t>
   </si>
   <si>
     <t>7013347D05</t>
   </si>
   <si>
     <t>70133531FC</t>
   </si>
   <si>
     <t>7013368E59</t>
   </si>
@@ -3107,51 +3185,51 @@
   <si>
     <t>7013234FC4</t>
   </si>
   <si>
     <t>7013247A80</t>
   </si>
   <si>
     <t>70132572C3</t>
   </si>
   <si>
     <t>701326160F</t>
   </si>
   <si>
     <t>7013267B01</t>
   </si>
   <si>
     <t>7013271E4D</t>
   </si>
   <si>
     <t>7013287B82</t>
   </si>
   <si>
     <t>70132973C5</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf</t>
   </si>
   <si>
     <t>70479085AB</t>
   </si>
   <si>
     <t>70479410E8</t>
   </si>
   <si>
     <t>70479475DA</t>
   </si>
   <si>
     <t>7047954B9F</t>
   </si>
   <si>
     <t>7047958EEB</t>
   </si>
   <si>
     <t>7013135E12</t>
   </si>
   <si>
     <t>701316787C</t>
   </si>
   <si>
     <t>701318140B</t>
   </si>
@@ -3185,429 +3263,429 @@
   <si>
     <t>7047898D68</t>
   </si>
   <si>
     <t>70479020B9</t>
   </si>
   <si>
     <t>704760077F</t>
   </si>
   <si>
     <t>7047626CF2</t>
   </si>
   <si>
     <t>7047783E81</t>
   </si>
   <si>
     <t>7047818B64</t>
   </si>
   <si>
     <t>7047823F83</t>
   </si>
   <si>
     <t>Z271E79152</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05981_10_05_2017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05981_10_05_2017.pdf</t>
   </si>
   <si>
     <t>Z621E79189</t>
   </si>
   <si>
     <t>Z991E791A7</t>
   </si>
   <si>
     <t>ZAC1E791DF</t>
   </si>
   <si>
     <t>ZD71E80469</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05987_10_05_2017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05987_10_05_2017.pdf</t>
   </si>
   <si>
     <t>Z9C1E8052D</t>
   </si>
   <si>
     <t>7047550E3A</t>
   </si>
   <si>
     <t>Z251E4600D</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf</t>
   </si>
   <si>
     <t>Z861E464A0</t>
   </si>
   <si>
     <t>Z9B1E4607B</t>
   </si>
   <si>
     <t>Z621E460CE</t>
   </si>
   <si>
     <t>ZF41E460F0</t>
   </si>
   <si>
     <t>Z461E4611A</t>
   </si>
   <si>
     <t>Z531E461AA</t>
   </si>
   <si>
     <t>ZE711DD5DB</t>
   </si>
   <si>
     <t>ZB81DCFB2B</t>
   </si>
   <si>
     <t>Z491DA92EE</t>
   </si>
   <si>
     <t>7029479D91</t>
   </si>
   <si>
     <t>Z791E0E0F9</t>
   </si>
   <si>
     <t>681974579A</t>
   </si>
   <si>
     <t>RID_487</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15672_22_12_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15672_22_12_2016.pdf</t>
   </si>
   <si>
     <t>68661405F8</t>
   </si>
   <si>
     <t>APC_401</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13951_24_11_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13951_24_11_2016.pdf</t>
   </si>
   <si>
     <t>687176470A</t>
   </si>
   <si>
     <t>APC_403</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14234_30_11_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14234_30_11_2016.pdf</t>
   </si>
   <si>
     <t>66095927DC</t>
   </si>
   <si>
     <t>ZDA1D5ACC6</t>
   </si>
   <si>
     <t>Z431D5049D</t>
   </si>
   <si>
     <t>Z121DD86C1</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16975_28122015.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16975_28122015.pdf</t>
   </si>
   <si>
     <t>ZE91E45EF4</t>
   </si>
   <si>
     <t>ZC21E45F3A</t>
   </si>
   <si>
     <t>Z2A1E45F70</t>
   </si>
   <si>
     <t>ZBC1E45F92</t>
   </si>
   <si>
     <t>Z781E45FDF</t>
   </si>
   <si>
     <t>ZA81DB0E95</t>
   </si>
   <si>
     <t>CAQ_2458</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02677_07_03_2017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02677_07_03_2017.pdf</t>
   </si>
   <si>
     <t>ZA21CB7D52</t>
   </si>
   <si>
     <t>CAQ_2445</t>
   </si>
   <si>
     <t>ZCB1CD08B7</t>
   </si>
   <si>
     <t>CAQ_2446</t>
   </si>
   <si>
     <t>CAQ_2447</t>
   </si>
   <si>
     <t>ZA21AC3ABC</t>
   </si>
   <si>
     <t>CAQ_2448</t>
   </si>
   <si>
     <t>Z461CDA50A</t>
   </si>
   <si>
     <t>CAQ_2449</t>
   </si>
   <si>
     <t>ZA41CE70D2</t>
   </si>
   <si>
     <t>CAQ_2450</t>
   </si>
   <si>
     <t>ZA11C255BB</t>
   </si>
   <si>
     <t>CAQ_2439</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13947_24_11_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13947_24_11_2016.pdf</t>
   </si>
   <si>
     <t>68937831B3</t>
   </si>
   <si>
     <t>CAQ_2440</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14745_13_12_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14745_13_12_2016.pdf</t>
   </si>
   <si>
     <t>Z9E1CEC095</t>
   </si>
   <si>
     <t>CAQ_2459</t>
   </si>
   <si>
     <t>6972184C3D</t>
   </si>
   <si>
     <t>CAQ_2460</t>
   </si>
   <si>
     <t>6974258BC2</t>
   </si>
   <si>
     <t>CAQ_2461</t>
   </si>
   <si>
     <t>Z081D5E2F7</t>
   </si>
   <si>
     <t>CAQ_2463</t>
   </si>
   <si>
     <t>RID_478</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15674_22_12_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15674_22_12_2016.pdf</t>
   </si>
   <si>
     <t>66941299FF</t>
   </si>
   <si>
     <t>RID_464</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15673_22_12_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15673_22_12_2016.pdf</t>
   </si>
   <si>
     <t>68197224A0</t>
   </si>
   <si>
     <t>RID_483</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15996_23_12_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15996_23_12_2016.pdf</t>
   </si>
   <si>
     <t>Z421A40D0D</t>
   </si>
   <si>
     <t>ART_371</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09511_19082016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09511_19082016.pdf</t>
   </si>
   <si>
     <t>ZEB1BCAFE0</t>
   </si>
   <si>
     <t>FRI_379</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12315_24102016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12315_24102016.pdf</t>
   </si>
   <si>
     <t>Z221C0CAB0</t>
   </si>
   <si>
     <t>FRI_380</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13455_15112016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13455_15112016.pdf</t>
   </si>
   <si>
     <t>Z451DB0D64</t>
   </si>
   <si>
     <t>CAQ_2453</t>
   </si>
   <si>
     <t>Z451DB0DB2</t>
   </si>
   <si>
     <t>CAQ_2454</t>
   </si>
   <si>
     <t>ZCA1DB0DF1</t>
   </si>
   <si>
     <t>CAQ_2455</t>
   </si>
   <si>
     <t>ZD21DB0E23</t>
   </si>
   <si>
     <t>CAQ_2456</t>
   </si>
   <si>
     <t>ZA01DB0E63</t>
   </si>
   <si>
     <t>CAQ_2457</t>
   </si>
   <si>
     <t>ZF41CA80E4</t>
   </si>
   <si>
     <t>CAQ_2428</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf</t>
   </si>
   <si>
     <t>ZA51CA812B</t>
   </si>
   <si>
     <t>CAQ_2429</t>
   </si>
   <si>
     <t>6916911F83</t>
   </si>
   <si>
     <t>CAQ_2430</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15906_22_12_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15906_22_12_2016.pdf</t>
   </si>
   <si>
     <t>Z0F1D0E652</t>
   </si>
   <si>
     <t>CAQ_2441</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01255_08_02_2017.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01255_08_02_2017.pdf</t>
   </si>
   <si>
     <t>Z7E1D0E5D8</t>
   </si>
   <si>
     <t>CAQ_2443</t>
   </si>
   <si>
     <t>ZE21D0E558</t>
   </si>
   <si>
     <t>CAQ_2444</t>
   </si>
   <si>
     <t>ZEC1C3DA9A</t>
   </si>
   <si>
     <t>RID_460</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14888_14_12_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14888_14_12_2016.pdf</t>
   </si>
   <si>
     <t>5782788B9C</t>
   </si>
   <si>
     <t>RID_461</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13099_30_10_2015.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13099_30_10_2015.pdf</t>
   </si>
   <si>
     <t>Z581A7C718</t>
   </si>
   <si>
     <t>RID_462</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09894_05_09_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09894_05_09_2016.pdf</t>
   </si>
   <si>
     <t>Z2E1940D25</t>
   </si>
   <si>
     <t>SAP_385</t>
   </si>
   <si>
     <t>DD_G06730_14_06_2016: AGGIORNAMENTO DEI MATERIALI RARI AI SENSI DELL'ART.4 C.4 DELLA L.R. 17 DEL 06.12.2014</t>
   </si>
   <si>
     <t>6569790A35</t>
   </si>
   <si>
     <t>RID_457</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16975_28_12_2015.pdf</t>
-[...5 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16975_28_12_2015_All.2.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16975_28_12_2015.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16975_28_12_2015_All.1.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16975_28_12_2015_All.2.pdf</t>
   </si>
   <si>
     <t>Z231CA7D81</t>
   </si>
   <si>
     <t>CAQ_2416</t>
   </si>
   <si>
     <t>ZC11CA7DEE</t>
   </si>
   <si>
     <t>CAQ_2417</t>
   </si>
   <si>
     <t>Z0C1CA7E2B</t>
   </si>
   <si>
     <t>CAQ_2418</t>
   </si>
   <si>
     <t>Z021CA7E6A</t>
   </si>
   <si>
     <t>CAQ_2419</t>
   </si>
@@ -3647,81 +3725,81 @@
   <si>
     <t>CAQ_2425</t>
   </si>
   <si>
     <t>Z4B1CA8071</t>
   </si>
   <si>
     <t>CAQ_2426</t>
   </si>
   <si>
     <t>ZE11CA80AC</t>
   </si>
   <si>
     <t>CAQ_2427</t>
   </si>
   <si>
     <t>Z901BD2875</t>
   </si>
   <si>
     <t>ASN_413</t>
   </si>
   <si>
     <t>AGR_421</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04219_04_04_2017.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15904_22_12_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04219_04_04_2017.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15904_22_12_2016.pdf</t>
   </si>
   <si>
     <t>Z161C7EB0C</t>
   </si>
   <si>
     <t>AGR_422</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15627_22_12_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15627_22_12_2016.pdf</t>
   </si>
   <si>
     <t>AGR_423</t>
   </si>
   <si>
     <t>ZA21C91C73</t>
   </si>
   <si>
     <t>CAQ_2433</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16403_28_12_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16403_28_12_2016.pdf</t>
   </si>
   <si>
     <t>CAQ_2432</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15646_22_12_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15646_22_12_2016.pdf</t>
   </si>
   <si>
     <t>Z691C62DBC</t>
   </si>
   <si>
     <t>CAQ_2409</t>
   </si>
   <si>
     <t>ZB41BEB768</t>
   </si>
   <si>
     <t>CAQ_2410</t>
   </si>
   <si>
     <t>Z6C1B95126</t>
   </si>
   <si>
     <t>CAQ_2411</t>
   </si>
   <si>
     <t>Z7C1C921E5</t>
   </si>
   <si>
     <t>CAQ_2431</t>
   </si>
@@ -3734,138 +3812,138 @@
   <si>
     <t>ZA71BAEB33</t>
   </si>
   <si>
     <t>CAQ_2376</t>
   </si>
   <si>
     <t>ZA71BDE215</t>
   </si>
   <si>
     <t>CAQ_2377</t>
   </si>
   <si>
     <t>ZE01CA8162</t>
   </si>
   <si>
     <t>CAQ_2415</t>
   </si>
   <si>
     <t>ZD91BAB6FC</t>
   </si>
   <si>
     <t>CAQ_2394</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf</t>
   </si>
   <si>
     <t>Z8B1BAB788</t>
   </si>
   <si>
     <t>CAQ_2395</t>
   </si>
   <si>
     <t>Z971BAB7D3</t>
   </si>
   <si>
     <t>CAQ_2396</t>
   </si>
   <si>
     <t>ZA81C21FBB</t>
   </si>
   <si>
     <t>AGR_419</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14187_29_11_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14187_29_11_2016.pdf</t>
   </si>
   <si>
     <t>Z161C22094</t>
   </si>
   <si>
     <t>AGR_420</t>
   </si>
   <si>
     <t>Z0C1B45141</t>
   </si>
   <si>
     <t>CAQ_2379</t>
   </si>
   <si>
     <t>ZD31B6A12B</t>
   </si>
   <si>
     <t>CAQ_2380</t>
   </si>
   <si>
     <t>Z591B599E0.</t>
   </si>
   <si>
     <t>CAQ_2381</t>
   </si>
   <si>
     <t>ZF61B8B436</t>
   </si>
   <si>
     <t>CAQ_2382</t>
   </si>
   <si>
     <t>Z05174916D</t>
   </si>
   <si>
     <t>ASN_401</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16736_23_12_2015.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16736_23_12_2015.pdf</t>
   </si>
   <si>
     <t>ZAB1749016</t>
   </si>
   <si>
     <t>ASN_402</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16723_23_12_2015.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16723_23_12_2015.pdf</t>
   </si>
   <si>
     <t>Z251B15A3F</t>
   </si>
   <si>
     <t>ASN_407</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10124_09_09_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10124_09_09_2016.pdf</t>
   </si>
   <si>
     <t>Z7819FDF35</t>
   </si>
   <si>
     <t>ASN_411</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13369_14_11_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13369_14_11_2016.pdf</t>
   </si>
   <si>
     <t>6841664FB9</t>
   </si>
   <si>
     <t>AGR_417</t>
   </si>
   <si>
     <t>AGR_418</t>
   </si>
   <si>
     <t>CAQ_2384</t>
   </si>
   <si>
     <t>ZBF1BAB2EB</t>
   </si>
   <si>
     <t>CAQ_2385</t>
   </si>
   <si>
     <t>Z1E1BAB3A5</t>
   </si>
   <si>
     <t>CAQ_2386</t>
   </si>
@@ -3896,51 +3974,51 @@
   <si>
     <t>Z731BAB5F7</t>
   </si>
   <si>
     <t>CAQ_2391</t>
   </si>
   <si>
     <t>ZAB1BAB65A</t>
   </si>
   <si>
     <t>CAQ_2392</t>
   </si>
   <si>
     <t>Z881BAB6B9</t>
   </si>
   <si>
     <t>CAQ_2393</t>
   </si>
   <si>
     <t>Z891B9B90D</t>
   </si>
   <si>
     <t>CAQ_2378</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13171_09_11_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13171_09_11_2016.pdf</t>
   </si>
   <si>
     <t>6841543BE0</t>
   </si>
   <si>
     <t>AGR_405</t>
   </si>
   <si>
     <t>6841547F2C</t>
   </si>
   <si>
     <t>AGR_406</t>
   </si>
   <si>
     <t>68415544F6</t>
   </si>
   <si>
     <t>AGR_407</t>
   </si>
   <si>
     <t>AGR_408</t>
   </si>
   <si>
     <t>6841565E07</t>
   </si>
@@ -3965,51 +4043,51 @@
   <si>
     <t>AGR_413</t>
   </si>
   <si>
     <t>68415956CB</t>
   </si>
   <si>
     <t>AGR_414</t>
   </si>
   <si>
     <t>6841601BBD</t>
   </si>
   <si>
     <t>AGR_415</t>
   </si>
   <si>
     <t>6841659B9A</t>
   </si>
   <si>
     <t>AGR_416</t>
   </si>
   <si>
     <t>CAQ_2348</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf</t>
   </si>
   <si>
     <t>Z3C1B3991E</t>
   </si>
   <si>
     <t>CAQ_2349</t>
   </si>
   <si>
     <t>Z481B39969</t>
   </si>
   <si>
     <t>CAQ_2350</t>
   </si>
   <si>
     <t>ZBA1B399BE</t>
   </si>
   <si>
     <t>CAQ_2351</t>
   </si>
   <si>
     <t>Z7B1B39A69</t>
   </si>
   <si>
     <t>CAQ_2352</t>
   </si>
@@ -4028,306 +4106,306 @@
   <si>
     <t>Z031B39B67</t>
   </si>
   <si>
     <t>CAQ_2355</t>
   </si>
   <si>
     <t>Z0F1B39BB2</t>
   </si>
   <si>
     <t>CAQ_2356</t>
   </si>
   <si>
     <t>Z9E1B39C00</t>
   </si>
   <si>
     <t>CAQ_2357</t>
   </si>
   <si>
     <t>Z901AE9BA8</t>
   </si>
   <si>
     <t>AGR_404</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11287_04_10_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11287_04_10_2016.pdf</t>
   </si>
   <si>
     <t>CAQ_2319</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09813_05_09_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09813_05_09_2016.pdf</t>
   </si>
   <si>
     <t>CAQ_2321</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05351_16_05_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05351_16_05_2016.pdf</t>
   </si>
   <si>
     <t>Z161B2CEB4</t>
   </si>
   <si>
     <t>CAQ_2326</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10567_21_09_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10567_21_09_2016.pdf</t>
   </si>
   <si>
     <t>ZBC1B2CF53</t>
   </si>
   <si>
     <t>CAQ_2327</t>
   </si>
   <si>
     <t>Z881B2D004</t>
   </si>
   <si>
     <t>CAQ_2328</t>
   </si>
   <si>
     <t>CAQ_2341</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11235_04_10_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11235_04_10_2016.pdf</t>
   </si>
   <si>
     <t>ZF971B0E5E</t>
   </si>
   <si>
     <t>CAQ_2323</t>
   </si>
   <si>
     <t>ZF91B0E5D8</t>
   </si>
   <si>
     <t>CAQ_2324</t>
   </si>
   <si>
     <t>ZF21B0E5EB</t>
   </si>
   <si>
     <t>CAQ_2325</t>
   </si>
   <si>
     <t>Z891B04B23</t>
   </si>
   <si>
     <t>CAQ_2322</t>
   </si>
   <si>
     <t>Z821B3966A</t>
   </si>
   <si>
     <t>CAQ_2346</t>
   </si>
   <si>
     <t>Z6A1B396CF</t>
   </si>
   <si>
     <t>CAQ_2347</t>
   </si>
   <si>
     <t>ZE719B8BC8</t>
   </si>
   <si>
     <t>CAQ_2199</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04994_11_05_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04994_11_05_2016.pdf</t>
   </si>
   <si>
     <t>Z1F19F5E4F</t>
   </si>
   <si>
     <t>CAQ_2201</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05881_24_05_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05881_24_05_2016.pdf</t>
   </si>
   <si>
     <t>ZA319EAF16</t>
   </si>
   <si>
     <t>CAQ_2203</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05778_23_05_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05778_23_05_2016.pdf</t>
   </si>
   <si>
     <t>ZAF1A00786</t>
   </si>
   <si>
     <t>CAQ_2204</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06010_26_05_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06010_26_05_2016.pdf</t>
   </si>
   <si>
     <t>6643353C50</t>
   </si>
   <si>
     <t>CAQ_2205</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03916_19_04_2016.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09986_07_09_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03916_19_04_2016.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09986_07_09_2016.pdf</t>
   </si>
   <si>
     <t>Z8319F745C</t>
   </si>
   <si>
     <t>CAQ_2206</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06500_08_06_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06500_08_06_2016.pdf</t>
   </si>
   <si>
     <t>ZF81A100A1</t>
   </si>
   <si>
     <t>AIP_360</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05731_20_05_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05731_20_05_2016.pdf</t>
   </si>
   <si>
     <t>X98192775E</t>
   </si>
   <si>
     <t>AGR_403</t>
   </si>
   <si>
     <t>Affidamento del servizio 2016 di effettuazione di determinazioni specialistiche entomologiche e nematologiche nel territorio del Lazio</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06910_16_06_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06910_16_06_2016.pdf</t>
   </si>
   <si>
     <t>Z5318B80E8</t>
   </si>
   <si>
     <t>CAQ_2192</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02871_24_03_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02871_24_03_2016.pdf</t>
   </si>
   <si>
     <t>Z8D19C1F1B</t>
   </si>
   <si>
     <t>CAQ_2200</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05884_24_05_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05884_24_05_2016.pdf</t>
   </si>
   <si>
     <t>Z1919F5EA7</t>
   </si>
   <si>
     <t>CAQ_2202</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05877_24_05_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05877_24_05_2016.pdf</t>
   </si>
   <si>
     <t>Z641B01701</t>
   </si>
   <si>
     <t>CAQ_2318</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09798_02_09_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09798_02_09_2016.pdf</t>
   </si>
   <si>
     <t>Z1C191E04A</t>
   </si>
   <si>
     <t>CAQ_2186</t>
   </si>
   <si>
     <t>Acquisto di spazi pubbliredazionali sulla rivista l'Agone Nuovo.</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/DD_G03928_19_04_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/DD_G03928_19_04_2016.pdf</t>
   </si>
   <si>
     <t>6623615CO0</t>
   </si>
   <si>
     <t>CAQ_2187</t>
   </si>
   <si>
     <t>Campagna d'informazione della Regione Lazio denominata Spot redazionali sui bandi europei e sulle attività dell'Ente attraverso emittenti radiofoniche.</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03929_19_04_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03929_19_04_2016.pdf</t>
   </si>
   <si>
     <t>ZD818F1537</t>
   </si>
   <si>
     <t>CAQ_2188</t>
   </si>
   <si>
     <t>662354523F</t>
   </si>
   <si>
     <t>CAQ_2189</t>
   </si>
   <si>
     <t>Z84192267B</t>
   </si>
   <si>
     <t>CAQ_2190</t>
   </si>
   <si>
     <t>C0192775D</t>
   </si>
   <si>
     <t>AGR_402</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02925_24_03_2016.pdf</t>
-[...2 lines deleted...]
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05084_12_05_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02925_24_03_2016.pdf</t>
+  </si>
+  <si>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05084_12_05_2016.pdf</t>
   </si>
   <si>
     <t>ZD71942811</t>
   </si>
   <si>
     <t>CAQ_2191</t>
   </si>
   <si>
     <t>Acquisto di un servizio di produzione video in infografica per campagne informative della Regione Lazio.</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06041_27_05_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06041_27_05_2016.pdf</t>
   </si>
   <si>
     <t>66256180F1</t>
   </si>
   <si>
     <t>CAQ_2177</t>
   </si>
   <si>
     <t>Appalto specifico per la fornitura di ossigenoterapia domiciliare .Lotto n.1 (Asl Roma1)
 Determina a contrarre G03168/2016 - Burl n.40 del 14/04/2016</t>
   </si>
   <si>
     <t>6625921AF9</t>
   </si>
   <si>
     <t>CAQ_2178</t>
   </si>
   <si>
     <t>Appalto Specifico per la fornotura di ossigenoterapia domiciliare - Lotto n.2 (Asl Roma 2)
 Determina a contrarre G03168/2016 - Burl n.40 del 14/04/2016</t>
   </si>
   <si>
     <t>66259670F2</t>
   </si>
   <si>
@@ -4336,102 +4414,102 @@
   <si>
     <t>66260147B9</t>
   </si>
   <si>
     <t>CAQ_2180</t>
   </si>
   <si>
     <t>6626101F82</t>
   </si>
   <si>
     <t>CAQ_2181</t>
   </si>
   <si>
     <t>6626115B11</t>
   </si>
   <si>
     <t>CAQ_2182</t>
   </si>
   <si>
     <t>Z90199C9D4</t>
   </si>
   <si>
     <t>CAQ_2197</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04419_29_04_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04419_29_04_2016.pdf</t>
   </si>
   <si>
     <t>Z7819234ES</t>
   </si>
   <si>
     <t>CAQ_2194</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03517_08_04_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03517_08_04_2016.pdf</t>
   </si>
   <si>
     <t>66303100E7</t>
   </si>
   <si>
     <t>CAQ_2195</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03793_15_04_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03793_15_04_2016.pdf</t>
   </si>
   <si>
     <t>ZB818D9FDB</t>
   </si>
   <si>
     <t>CAQ_2183</t>
   </si>
   <si>
     <t>Rinnovo abbonamento telematico quotidiano nazionale d'informazioni politico-economiche.</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03236_04_04_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03236_04_04_2016.pdf</t>
   </si>
   <si>
     <t>Z071909A04</t>
   </si>
   <si>
     <t>CAQ_2184</t>
   </si>
   <si>
     <t>Acquisto di spazi per pubblicità istituzionale sul quotidiano on-line e cartaceo: "La Notizia giornale.it".</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03548_11_04_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03548_11_04_2016.pdf</t>
   </si>
   <si>
     <t>Z32195D529</t>
   </si>
   <si>
     <t>CAQ_2185</t>
   </si>
   <si>
-    <t>/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04575_04_05_2016.pdf</t>
+    <t>https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04575_04_05_2016.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <u/>
       <color rgb="FF0563C1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -4451,19076 +4529,21069 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.lazio.it/binary/rl_amministrazione_trasparente/tbl_contenuti/CIG_Accordo_quadro_fornitura_medicazioni__Aziende_Sanitarie_Regione_Lazio_2019.xlsx" TargetMode="External"/>
-[...18 lines deleted...]
-<Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G03168&amp;amp;DATAA=01/04/2016&amp;amp;TIPO=8" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02046-19022025.pdf" TargetMode="External"/>
+<Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14295-30102025.pdf" TargetMode="External"/>
+<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00335-15012026.pdf" TargetMode="External"/>
+<Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00168-13012026_0.pdf" TargetMode="External"/>
+<Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17943-30122025_0.pdf" TargetMode="External"/>
+<Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13997-27102025.pdf" TargetMode="External"/>
+<Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16524-04122025.pdf" TargetMode="External"/>
+<Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17918-30122025.pdf" TargetMode="External"/>
+<Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14468-03112025.pdf" TargetMode="External"/>
+<Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15417-18112025.pdf" TargetMode="External"/>
+<Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14618-05112025.pdf" TargetMode="External"/>
+<Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16994-15122025.pdf" TargetMode="External"/>
+<Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16607-05122025.pdf" TargetMode="External"/>
+<Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16799-10122025.pdf" TargetMode="External"/>
+<Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14543-04112025.pdf" TargetMode="External"/>
+<Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16519-04122025.pdf" TargetMode="External"/>
+<Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15784-24112025.pdf" TargetMode="External"/>
+<Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15660-21112025.pdf" TargetMode="External"/>
+<Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13756-23102025.pdf" TargetMode="External"/>
+<Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13611-20102025.pdf" TargetMode="External"/>
+<Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00104-30102025.pdf" TargetMode="External"/>
+<Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14046-28102025.pdf" TargetMode="External"/>
+<Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10244-05082025.pdf" TargetMode="External"/>
+<Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09495-23072025.pdf" TargetMode="External"/>
+<Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17433-18122024.pdf" TargetMode="External"/>
+<Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17431-18122024.pdf" TargetMode="External"/>
+<Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17430-18122024.pdf" TargetMode="External"/>
+<Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16898-11122024.pdf" TargetMode="External"/>
+<Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12257-25092025.pdf" TargetMode="External"/>
+<Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12259-25092025.pdf" TargetMode="External"/>
+<Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12262-25092025.pdf" TargetMode="External"/>
+<Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11703-15092025.pdf" TargetMode="External"/>
+<Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11704-15092025.pdf" TargetMode="External"/>
+<Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10314-06082025.pdf" TargetMode="External"/>
+<Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08303-30062025.pdf" TargetMode="External"/>
+<Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13757-23102025_0.pdf" TargetMode="External"/>
+<Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06364-09052025-pagg-1-42.pdf" TargetMode="External"/>
+<Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06364-09052025-pagg-43-73_0.pdf" TargetMode="External"/>
+<Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06364-09052025-pagg-74-167_0.pdf" TargetMode="External"/>
+<Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11938-18092025.pdf" TargetMode="External"/>
+<Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13426-16102025.pdf" TargetMode="External"/>
+<Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08018-23062025.pdf" TargetMode="External"/>
+<Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08670-07072025.pdf" TargetMode="External"/>
+<Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07354-11062025.pdf" TargetMode="External"/>
+<Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08189-26062025.pdf" TargetMode="External"/>
+<Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08406-02072025.pdf" TargetMode="External"/>
+<Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05096-24042025.pdf" TargetMode="External"/>
+<Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10287-05082025.pdf" TargetMode="External"/>
+<Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00082-02092025.pdf" TargetMode="External"/>
+<Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09345-18072025.pdf" TargetMode="External"/>
+<Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08740-09072025.pdf" TargetMode="External"/>
+<Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00066-07072025.pdf" TargetMode="External"/>
+<Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00063-30062025.pdf" TargetMode="External"/>
+<Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07785-18062025.pdf" TargetMode="External"/>
+<Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05954-14052025.pdf" TargetMode="External"/>
+<Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01471-06022025.pdf" TargetMode="External"/>
+<Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07330-11062025.pdf" TargetMode="External"/>
+<Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07210-09062025.pdf" TargetMode="External"/>
+<Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05909-14052025.pdf" TargetMode="External"/>
+<Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05738-09052025.pdf" TargetMode="External"/>
+<Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04357-07042025.pdf" TargetMode="External"/>
+<Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04429-08042025.pdf" TargetMode="External"/>
+<Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05169-28042025.pdf" TargetMode="External"/>
+<Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05253-29042025.pdf" TargetMode="External"/>
+<Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05170-28042025.pdf" TargetMode="External"/>
+<Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03237-17032025.pdf" TargetMode="External"/>
+<Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03648-25032025.pdf" TargetMode="External"/>
+<Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05097-24042025.pdf" TargetMode="External"/>
+<Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04869-16042025.pdf" TargetMode="External"/>
+<Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04493-10042025.pdf" TargetMode="External"/>
+<Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01630-10022025.pdf" TargetMode="External"/>
+<Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02075-20022025.pdf" TargetMode="External"/>
+<Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17293-17122024.pdf" TargetMode="External"/>
+<Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04196-03042025.pdf" TargetMode="External"/>
+<Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12657-27092024.pdf" TargetMode="External"/>
+<Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03336-18032025.pdf" TargetMode="External"/>
+<Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00024-27032025.pdf" TargetMode="External"/>
+<Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02829-07032025.pdf" TargetMode="External"/>
+<Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16798-11122024.pdf" TargetMode="External"/>
+<Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01194-31012025.pdf" TargetMode="External"/>
+<Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15238-15112024.pdf" TargetMode="External"/>
+<Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10157-27072024.pdf" TargetMode="External"/>
+<Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18060-27122024.pdf" TargetMode="External"/>
+<Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17077-13122024.pdf" TargetMode="External"/>
+<Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16894-11122024.pdf" TargetMode="External"/>
+<Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17458-19122024.pdf" TargetMode="External"/>
+<Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16675-09122024.pdf" TargetMode="External"/>
+<Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17407-18122024.pdf" TargetMode="External"/>
+<Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16215-02122024.pdf" TargetMode="External"/>
+<Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16227-02122024.pdf" TargetMode="External"/>
+<Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15470-20112024.pdf" TargetMode="External"/>
+<Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15400-19112024.pdf" TargetMode="External"/>
+<Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13809-18102024.pdf" TargetMode="External"/>
+<Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12576-25092024.pdf" TargetMode="External"/>
+<Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11721-09092024.pdf" TargetMode="External"/>
+<Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10961-12082024.pdf" TargetMode="External"/>
+<Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12380-20092024.pdf" TargetMode="External"/>
+<Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10925-09082024.pdf" TargetMode="External"/>
+<Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13282-08102024.pdf" TargetMode="External"/>
+<Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12789-30092024.pdf" TargetMode="External"/>
+<Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04962-17042025.pdf" TargetMode="External"/>
+<Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11418-30082024.pdf" TargetMode="External"/>
+<Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11102-21082024.pdf" TargetMode="External"/>
+<Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10972-12082024.pdf" TargetMode="External"/>
+<Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10710-06082024.pdf" TargetMode="External"/>
+<Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10159-27072024.pdf" TargetMode="External"/>
+<Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09757-22072024.pdf" TargetMode="External"/>
+<Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09592-18072024.pdf" TargetMode="External"/>
+<Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08662-28062024.pdf" TargetMode="External"/>
+<Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08683-28062024.pdf" TargetMode="External"/>
+<Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08682-28062024.pdf" TargetMode="External"/>
+<Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07456-07062024.pdf" TargetMode="External"/>
+<Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06512-29052024.pdf" TargetMode="External"/>
+<Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06462-29052024.pdf" TargetMode="External"/>
+<Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06285-24052024.pdf" TargetMode="External"/>
+<Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06067-22052024.pdf" TargetMode="External"/>
+<Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06078-22052024_0.pdf" TargetMode="External"/>
+<Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06078-22052024.pdf" TargetMode="External"/>
+<Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05761-16052024.pdf" TargetMode="External"/>
+<Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04024-09042024.pdf" TargetMode="External"/>
+<Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04955-29042024.pdf" TargetMode="External"/>
+<Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05017-30042024.pdf" TargetMode="External"/>
+<Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05018-30042024.pdf" TargetMode="External"/>
+<Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04897-26042024.pdf" TargetMode="External"/>
+<Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04891-26042024.pdf" TargetMode="External"/>
+<Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04760-24042024.pdf" TargetMode="External"/>
+<Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04630-22042024.pdf" TargetMode="External"/>
+<Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03797-04042024.pdf" TargetMode="External"/>
+<Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03620-29032024.pdf" TargetMode="External"/>
+<Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03464-27032024.pdf" TargetMode="External"/>
+<Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03130-20032024.pdf" TargetMode="External"/>
+<Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03246-22032024.pdf" TargetMode="External"/>
+<Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02886-14032024.pdf" TargetMode="External"/>
+<Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02590-07032024.pdf" TargetMode="External"/>
+<Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02175-28022024.pdf" TargetMode="External"/>
+<Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01912-22022024.pdf" TargetMode="External"/>
+<Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01777-21022024.pdf" TargetMode="External"/>
+<Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00747-25012024_0.pdf" TargetMode="External"/>
+<Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00800-25012024.pdf" TargetMode="External"/>
+<Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00446-18012024.pdf" TargetMode="External"/>
+<Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17450-27122023-def.pdf" TargetMode="External"/>
+<Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17207-20122023.pdf" TargetMode="External"/>
+<Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17443-27122023.pdf" TargetMode="External"/>
+<Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00272-15012024.pdf" TargetMode="External"/>
+<Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17415-22122023.pdf" TargetMode="External"/>
+<Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17450-27122023.pdf" TargetMode="External"/>
+<Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17445-27122023.pdf" TargetMode="External"/>
+<Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17422-22122023.pdf" TargetMode="External"/>
+<Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17087-19122023.pdf" TargetMode="External"/>
+<Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17092-19122023.pdf" TargetMode="External"/>
+<Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16718-13122023.pdf" TargetMode="External"/>
+<Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16488-07122023.pdf" TargetMode="External"/>
+<Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/determinazione-a-contrarre-cig-A02FDF78ED-rettifica.pdf" TargetMode="External"/>
+<Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/determinazione-a-contrarre-cig-A02FDF78ED.pdf" TargetMode="External"/>
+<Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14513-03112023.pdf" TargetMode="External"/>
+<Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13131-05102023.pdf" TargetMode="External"/>
+<Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12887-29092023.pdf" TargetMode="External"/>
+<Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12112-15092023.pdf" TargetMode="External"/>
+<Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12070-13092023.pdf" TargetMode="External"/>
+<Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10774-04082023.pdf" TargetMode="External"/>
+<Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08738-22062023.pdf" TargetMode="External"/>
+<Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07926-07062023.pdf" TargetMode="External"/>
+<Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08865-26062023.pdf" TargetMode="External"/>
+<Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08316-14062023.pdf" TargetMode="External"/>
+<Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09014-28062023.pdf" TargetMode="External"/>
+<Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08590-21062023.pdf" TargetMode="External"/>
+<Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08767-23062023.pdf" TargetMode="External"/>
+<Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08766-23062023.pdf" TargetMode="External"/>
+<Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08765-23062023.pdf" TargetMode="External"/>
+<Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08357-15062023.pdf" TargetMode="External"/>
+<Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08471-19062023.pdf" TargetMode="External"/>
+<Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00082-12062023.pdf" TargetMode="External"/>
+<Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08178-13062023.pdf" TargetMode="External"/>
+<Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07943-07052023.pdf" TargetMode="External"/>
+<Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07993-08062023.pdf" TargetMode="External"/>
+<Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04831-06042023.pdf" TargetMode="External"/>
+<Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04239-29032023.pdf" TargetMode="External"/>
+<Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04004-24032023.pdf" TargetMode="External"/>
+<Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04184-28032023.pdf" TargetMode="External"/>
+<Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03075-08032023.pdf" TargetMode="External"/>
+<Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03836-22032023.pdf" TargetMode="External"/>
+<Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/S00039-15032023.pdf" TargetMode="External"/>
+<Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03778-20032023.pdf" TargetMode="External"/>
+<Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03472-15032023.pdf" TargetMode="External"/>
+<Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03183-09032023.pdf" TargetMode="External"/>
+<Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03181-09032023.pdf" TargetMode="External"/>
+<Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03182-09032023.pdf" TargetMode="External"/>
+<Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03186-09032023.pdf" TargetMode="External"/>
+<Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02832-02032023.pdf" TargetMode="External"/>
+<Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02420-23022023.pdf" TargetMode="External"/>
+<Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02419-23022023.pdf" TargetMode="External"/>
+<Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00033-22022023.pdf" TargetMode="External"/>
+<Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01243-02022023.pdf" TargetMode="External"/>
+<Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18481-22122022.pdf" TargetMode="External"/>
+<Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00039-05012023.pdf" TargetMode="External"/>
+<Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18148-19122022.pdf" TargetMode="External"/>
+<Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/S00167-02122022.pdf" TargetMode="External"/>
+<Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16698-29112022.pdf" TargetMode="External"/>
+<Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16290-24112022.pdf" TargetMode="External"/>
+<Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15754-15112022.pdf" TargetMode="External"/>
+<Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14495-24102022.pdf" TargetMode="External"/>
+<Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15694-14112022.pdf" TargetMode="External"/>
+<Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15562-11112022.pdf" TargetMode="External"/>
+<Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15273-08112022.pdf" TargetMode="External"/>
+<Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14974-02112022.pdf" TargetMode="External"/>
+<Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14061-17102022.pdf" TargetMode="External"/>
+<Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10975-10082022.pdf" TargetMode="External"/>
+<Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14557-25102022.pdf" TargetMode="External"/>
+<Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13023-28092022.pdf" TargetMode="External"/>
+<Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14362-21102022.pdf" TargetMode="External"/>
+<Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00146-13102022.pdf" TargetMode="External"/>
+<Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12684-23092022.pdf" TargetMode="External"/>
+<Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09282-15072022.pdf" TargetMode="External"/>
+<Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09286-15072022.pdf" TargetMode="External"/>
+<Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09287-15072022.pdf" TargetMode="External"/>
+<Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09292-15072022.pdf" TargetMode="External"/>
+<Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09293-15072022.pdf" TargetMode="External"/>
+<Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09294-15072022.pdf" TargetMode="External"/>
+<Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09295-15072022.pdf" TargetMode="External"/>
+<Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09296-15072022.pdf" TargetMode="External"/>
+<Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09297-05072022.pdf" TargetMode="External"/>
+<Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10544-04082022.pdf" TargetMode="External"/>
+<Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11858-09092022.pdf" TargetMode="External"/>
+<Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15940-22122020.pdf" TargetMode="External"/>
+<Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08748-06072022.pdf" TargetMode="External"/>
+<Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11414-30082022.pdf" TargetMode="External"/>
+<Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11401-30082022.pdf" TargetMode="External"/>
+<Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11326-25082022.pdf" TargetMode="External"/>
+<Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11271-25082022.pdf" TargetMode="External"/>
+<Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10776-08082022.pdf" TargetMode="External"/>
+<Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10107-29072022.pdf" TargetMode="External"/>
+<Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10454-04082022.pdf" TargetMode="External"/>
+<Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18138-19122022_0.pdf" TargetMode="External"/>
+<Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10388-03082022.pdf" TargetMode="External"/>
+<Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18166-19122022.pdf" TargetMode="External"/>
+<Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10386-03082022.pdf" TargetMode="External"/>
+<Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18357-21122022.pdf" TargetMode="External"/>
+<Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10387-03082022.pdf" TargetMode="External"/>
+<Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18146-19122022.pdf" TargetMode="External"/>
+<Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10385-03082022.pdf" TargetMode="External"/>
+<Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18474-22122022.pdf" TargetMode="External"/>
+<Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10384-03082022.pdf" TargetMode="External"/>
+<Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10389-03082022.pdf" TargetMode="External"/>
+<Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18139-19122022.pdf" TargetMode="External"/>
+<Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10382-03082022.pdf" TargetMode="External"/>
+<Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10383-03082022.pdf" TargetMode="External"/>
+<Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18148-19122022_0.pdf" TargetMode="External"/>
+<Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09931-27072022.pdf" TargetMode="External"/>
+<Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00108-22072022.pdf" TargetMode="External"/>
+<Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09619-21072022.pdf" TargetMode="External"/>
+<Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09548-20072022.pdf" TargetMode="External"/>
+<Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09547-20072022.pdf" TargetMode="External"/>
+<Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09618-21072022.pdf" TargetMode="External"/>
+<Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09616-21072022.pdf" TargetMode="External"/>
+<Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09589-20072022.pdf" TargetMode="External"/>
+<Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09354-15072022.pdf" TargetMode="External"/>
+<Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08492-30062022.pdf" TargetMode="External"/>
+<Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07819-16062022.pdf" TargetMode="External"/>
+<Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07820-16062022.pdf" TargetMode="External"/>
+<Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06238-18052022.pdf" TargetMode="External"/>
+<Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07251-07062022.pdf" TargetMode="External"/>
+<Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06645-24052022.pdf" TargetMode="External"/>
+<Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06971-31052022.pdf" TargetMode="External"/>
+<Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07101-01062022.pdf" TargetMode="External"/>
+<Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06530-24052022.pdf" TargetMode="External"/>
+<Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06269-19052022.pdf" TargetMode="External"/>
+<Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06291-19052022.pdf" TargetMode="External"/>
+<Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05554-09052022.pdf" TargetMode="External"/>
+<Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05243-02052022.pdf" TargetMode="External"/>
+<Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05059-28042022.pdf" TargetMode="External"/>
+<Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04969-27042022.pdf" TargetMode="External"/>
+<Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04881-26042022.pdf" TargetMode="External"/>
+<Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02417-04032022.pdf" TargetMode="External"/>
+<Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04806-22042022.pdf" TargetMode="External"/>
+<Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16777-30122021.pdf" TargetMode="External"/>
+<Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04648-15042022.PDF" TargetMode="External"/>
+<Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04611-14-04-2022.pdf" TargetMode="External"/>
+<Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04111-05042022.pdf" TargetMode="External"/>
+<Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03368-22032022.pdf" TargetMode="External"/>
+<Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02583-08032022.pdf" TargetMode="External"/>
+<Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00051-09032022.pdf" TargetMode="External"/>
+<Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01693-18022022.pdf" TargetMode="External"/>
+<Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02298-03032022.pdf" TargetMode="External"/>
+<Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02237-02032022.pdf" TargetMode="External"/>
+<Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00033-17022022.pdf" TargetMode="External"/>
+<Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15352-10122021.pdf" TargetMode="External"/>
+<Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00019-04022022.pdf" TargetMode="External"/>
+<Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00017-28012022.pdf" TargetMode="External"/>
+<Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00010-24012022.pdf" TargetMode="External"/>
+<Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00831-28012022.pdf" TargetMode="External"/>
+<Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/GGRDG00_000001-11082021.pdf" TargetMode="External"/>
+<Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00649-25012022.pdf" TargetMode="External"/>
+<Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00009-19012022.pdf" TargetMode="External"/>
+<Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13339-02112021.pdf" TargetMode="External"/>
+<Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12750-19102021.pdf" TargetMode="External"/>
+<Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12001-05102021.pdf" TargetMode="External"/>
+<Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09594-15072021.pdf" TargetMode="External"/>
+<Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07259-14062021.pdf" TargetMode="External"/>
+<Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05992-20052021.pdf" TargetMode="External"/>
+<Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00209-14012022.pdf" TargetMode="External"/>
+<Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00211-14012022.pdf" TargetMode="External"/>
+<Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12227-11102021.pdf" TargetMode="External"/>
+<Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13406-03112021.pdf" TargetMode="External"/>
+<Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736-29112021.pdf" TargetMode="External"/>
+<Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12226-11102021.pdf" TargetMode="External"/>
+<Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00112-11012022.pdf" TargetMode="External"/>
+<Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16836-31122021.pdf" TargetMode="External"/>
+<Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16712-30122021.pdf" TargetMode="External"/>
+<Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16628-29122021.pdf" TargetMode="External"/>
+<Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16756-30122021.pdf" TargetMode="External"/>
+<Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16077-21122021.pdf" TargetMode="External"/>
+<Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15122-06122021.pdf" TargetMode="External"/>
+<Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15355-10122021.pdf" TargetMode="External"/>
+<Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15358-10122021.pdf" TargetMode="External"/>
+<Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14506-24112021.pdf" TargetMode="External"/>
+<Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13896-12112021.pdf" TargetMode="External"/>
+<Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13554-05112021.pdf" TargetMode="External"/>
+<Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12920-22102021.pdf" TargetMode="External"/>
+<Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12363-11102021.pdf" TargetMode="External"/>
+<Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12649-18102021.pdf" TargetMode="External"/>
+<Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00195-10112021.pdf" TargetMode="External"/>
+<Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11839-01102021.pdf" TargetMode="External"/>
+<Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13172-27102021.pdf" TargetMode="External"/>
+<Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13171-28102021.pdf" TargetMode="External"/>
+<Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13080-27102021.pdf" TargetMode="External"/>
+<Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00178-20102021.pdf" TargetMode="External"/>
+<Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12798-20102021.pdf" TargetMode="External"/>
+<Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12278-11102021.pdf" TargetMode="External"/>
+<Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11349-23092021.pdf" TargetMode="External"/>
+<Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09961-22072021.pdf" TargetMode="External"/>
+<Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11317-22092021.pdf" TargetMode="External"/>
+<Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07292-15062021.pdf" TargetMode="External"/>
+<Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/GR1217-000007-07092021.pdf" TargetMode="External"/>
+<Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10163_26072021.pdf" TargetMode="External"/>
+<Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09983-22072021.pdf" TargetMode="External"/>
+<Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09755-19072021.pdf" TargetMode="External"/>
+<Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09202_09072021.pdf" TargetMode="External"/>
+<Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07439-17062021.pdf" TargetMode="External"/>
+<Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08557-25062021.pdf" TargetMode="External"/>
+<Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08000-23062021.pdf" TargetMode="External"/>
+<Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G072922_15062021.pdf" TargetMode="External"/>
+<Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07209-19062020.pdf" TargetMode="External"/>
+<Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07072_10062021.pdf" TargetMode="External"/>
+<Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05290-07052021.pdf" TargetMode="External"/>
+<Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15579-17122020.pdf" TargetMode="External"/>
+<Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05363-10052021.pdf" TargetMode="External"/>
+<Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04108_15042021.pdf" TargetMode="External"/>
+<Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00093_07052021.pdf" TargetMode="External"/>
+<Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04909_03052021.pdf" TargetMode="External"/>
+<Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04665_27042021.pdf" TargetMode="External"/>
+<Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12741_30102020.pdf" TargetMode="External"/>
+<Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13784_19112020.pdf" TargetMode="External"/>
+<Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02928_17032021.pdf" TargetMode="External"/>
+<Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04013_13042021.pdf" TargetMode="External"/>
+<Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04164_15042021.pdf" TargetMode="External"/>
+<Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04269_19042021.pdf" TargetMode="External"/>
+<Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04322_19042021.pdf" TargetMode="External"/>
+<Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04447_21042021.pdf" TargetMode="External"/>
+<Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04718_2742021.pdf" TargetMode="External"/>
+<Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11158_11092018.pdf" TargetMode="External"/>
+<Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05655_12052020.pdf" TargetMode="External"/>
+<Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00019_28012021.pdf" TargetMode="External"/>
+<Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00027_08022021.pdf" TargetMode="External"/>
+<Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00525_22012021.pdf" TargetMode="External"/>
+<Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/S00048_18022021.pdf" TargetMode="External"/>
+<Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01687_18022021.pdf" TargetMode="External"/>
+<Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02126_01032021.pdf" TargetMode="External"/>
+<Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02339_04032021.pdf" TargetMode="External"/>
+<Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00053_08032021.pdf" TargetMode="External"/>
+<Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02557_09032021.pdf" TargetMode="External"/>
+<Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02610_10032021.pdf" TargetMode="External"/>
+<Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00147_07122020.pdf" TargetMode="External"/>
+<Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00148_07122020.pdf" TargetMode="External"/>
+<Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14949_09122020.pdf" TargetMode="External"/>
+<Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16411_29122020.pdf" TargetMode="External"/>
+<Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16428_2912020.pdf" TargetMode="External"/>
+<Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00277_18012021.pdf" TargetMode="External"/>
+<Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06752_10062020.pdf" TargetMode="External"/>
+<Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15644_17122020.pdf" TargetMode="External"/>
+<Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14946_09122020.pdf" TargetMode="External"/>
+<Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16149_23122020.pdf" TargetMode="External"/>
+<Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16439_29122020.pdf" TargetMode="External"/>
+<Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16531_31122020.pdf" TargetMode="External"/>
+<Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14977_09122020.pdf" TargetMode="External"/>
+<Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00113_27102020.pdf" TargetMode="External"/>
+<Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08356_15072020.pdf" TargetMode="External"/>
+<Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00132_29102020.pdf" TargetMode="External"/>
+<Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00134_03112020.pdf" TargetMode="External"/>
+<Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13116_06112020.pdf" TargetMode="External"/>
+<Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13320_11112020.pdf" TargetMode="External"/>
+<Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00131_17112020.pdf" TargetMode="External"/>
+<Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.lazio.it/binary/rl_amministrazione_trasparente/tbl_contenuti/CIG_Accordo_quadro_fornitura_medicazioni__Aziende_Sanitarie_Regione_Lazio_2019.xlsx" TargetMode="External"/>
+<Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17379_11122019.pdf" TargetMode="External"/>
+<Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13663_18112020.pdf" TargetMode="External"/>
+<Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00150_20112020.pdf" TargetMode="External"/>
+<Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/elenco_CIG_Garmaci_Lazio_Calabria_Sardegna.xlsx" TargetMode="External"/>
+<Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14828_07122020.pdf" TargetMode="External"/>
+<Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00076_23092020.pdf" TargetMode="External"/>
+<Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00108_04092020.pdf" TargetMode="External"/>
+<Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10928_24092020.pdf" TargetMode="External"/>
+<Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10064_01092020.pdf" TargetMode="External"/>
+<Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00091_02102020.pdf" TargetMode="External"/>
+<Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00093_05102020.pdf" TargetMode="External"/>
+<Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11465_06102020.pdf" TargetMode="External"/>
+<Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/DD_G11129_30092020.pdf" TargetMode="External"/>
+<Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11751_12102020.pdf" TargetMode="External"/>
+<Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00128_23102020.pdf" TargetMode="External"/>
+<Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12449_27102020.pdf" TargetMode="External"/>
+<Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09433_07082020.pdf" TargetMode="External"/>
+<Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09112_30.07.2020.pdf" TargetMode="External"/>
+<Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09798_25082020.pdf" TargetMode="External"/>
+<Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10005_31082020.pdf" TargetMode="External"/>
+<Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00063_28082020.pdf" TargetMode="External"/>
+<Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00065_03092020.pdf" TargetMode="External"/>
+<Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00107_04092020.pdf" TargetMode="External"/>
+<Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08181_13072020.pdf" TargetMode="External"/>
+<Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08366_16072020.pdf" TargetMode="External"/>
+<Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08157_10072020.pdf" TargetMode="External"/>
+<Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05090_30042020.pdf" TargetMode="External"/>
+<Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09559_12082020.pdf" TargetMode="External"/>
+<Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07070_16062020.pdf" TargetMode="External"/>
+<Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07575_26062020.pdf" TargetMode="External"/>
+<Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07596_24062020.pdf" TargetMode="External"/>
+<Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/Elenco_CIG.ods" TargetMode="External"/>
+<Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00087_10072020_CIG_8364944A27.pdf" TargetMode="External"/>
+<Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/det_g08571_del_21_07_2020.pdf" TargetMode="External"/>
+<Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08716_22072020.pdf" TargetMode="External"/>
+<Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00052_29072020.pdf" TargetMode="External"/>
+<Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09216_03082020.pdf" TargetMode="External"/>
+<Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00098_05082020.pdf" TargetMode="External"/>
+<Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09096_30072020.pdf" TargetMode="External"/>
+<Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09312_04082020.pdf" TargetMode="External"/>
+<Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04652_22042020.pdf" TargetMode="External"/>
+<Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04812_24042020.pdf" TargetMode="External"/>
+<Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05244_05052020.pdf" TargetMode="External"/>
+<Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05222_04052020.pdf" TargetMode="External"/>
+<Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05560_11052020.pdf" TargetMode="External"/>
+<Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05675_13052020.pdf" TargetMode="External"/>
+<Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05222_04052020.pdf" TargetMode="External"/>
+<Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06150_22052020.pdf" TargetMode="External"/>
+<Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06248_26052020.pdf" TargetMode="External"/>
+<Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06403_29052020.pdf" TargetMode="External"/>
+<Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06857_12062020.pdf" TargetMode="External"/>
+<Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16738_02122019.pdf" TargetMode="External"/>
+<Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02494_05032019.pdf" TargetMode="External"/>
+<Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09674_16072019.pdf" TargetMode="External"/>
+<Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10859_08082019.pdf" TargetMode="External"/>
+<Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14669_28102019.pdf" TargetMode="External"/>
+<Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17473_13122019.pdf" TargetMode="External"/>
+<Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17389_12122019.pdf" TargetMode="External"/>
+<Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03320_26032020.pdf" TargetMode="External"/>
+<Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04293_15042020.pdf" TargetMode="External"/>
+<Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04374_16042020.pdf" TargetMode="External"/>
+<Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04453_17042020.pdf" TargetMode="External"/>
+<Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/Elenco_CIG.xlsx" TargetMode="External"/>
+<Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04671_22042020.pdf" TargetMode="External"/>
+<Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00002_10012020.pdf" TargetMode="External"/>
+<Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14724_28102019.pdf" TargetMode="External"/>
+<Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11993_12092019.pdf" TargetMode="External"/>
+<Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17450_12122019.pdf" TargetMode="External"/>
+<Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15146_05112019.pdf" TargetMode="External"/>
+<Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15556_13112019.pdf" TargetMode="External"/>
+<Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16736_05122019.pdf" TargetMode="External"/>
+<Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00725_29012020.pdf" TargetMode="External"/>
+<Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01026_04022020.pdf" TargetMode="External"/>
+<Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18750_30122019.pdf" TargetMode="External"/>
+<Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16393_28112019.pdf" TargetMode="External"/>
+<Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14751_29102019.pdf" TargetMode="External"/>
+<Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16525_02122019.pdf" TargetMode="External"/>
+<Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17711_16122019.pdf" TargetMode="External"/>
+<Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17984_18122019.pdf" TargetMode="External"/>
+<Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18376_23122019.pdf" TargetMode="External"/>
+<Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18382_23122019.pdf" TargetMode="External"/>
+<Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18414_23122019.pdf" TargetMode="External"/>
+<Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18326_23122019.pdf" TargetMode="External"/>
+<Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18453_23122019.pdf" TargetMode="External"/>
+<Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16001_21112019.pdf" TargetMode="External"/>
+<Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05960_7052019.pdf" TargetMode="External"/>
+<Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00048_02082019.pdf" TargetMode="External"/>
+<Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12612_24092019.pdf" TargetMode="External"/>
+<Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14983_31102019.pdf" TargetMode="External"/>
+<Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14488_23102019.pdf" TargetMode="External"/>
+<Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14487_23102019.pdf" TargetMode="External"/>
+<Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04905_18042019.pdf" TargetMode="External"/>
+<Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08896_02072019.pdf" TargetMode="External"/>
+<Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08064_13062019.pdf" TargetMode="External"/>
+<Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06714_17052019.pdf" TargetMode="External"/>
+<Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12861_27092019.pdf" TargetMode="External"/>
+<Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14546_24102019.pdf" TargetMode="External"/>
+<Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07853_10062019.pdf" TargetMode="External"/>
+<Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08777_28062019.pdf" TargetMode="External"/>
+<Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09713_16072019.pdf" TargetMode="External"/>
+<Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05112_24042019.pdf" TargetMode="External"/>
+<Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05246_02052019.pdf" TargetMode="External"/>
+<Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06577_16052019.pdf" TargetMode="External"/>
+<Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07000_24052019.pdf" TargetMode="External"/>
+<Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00051_06082019.pdf" TargetMode="External"/>
+<Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00052_07082019.pdf" TargetMode="External"/>
+<Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00093_21082019.pdf" TargetMode="External"/>
+<Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00049_02082019.pdf" TargetMode="External"/>
+<Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09723_31072018.pdf" TargetMode="External"/>
+<Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09552_26072018.pdf" TargetMode="External"/>
+<Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13229_19102018.pdf" TargetMode="External"/>
+<Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14183_08112018.pdf" TargetMode="External"/>
+<Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10175_07082018.pdf" TargetMode="External"/>
+<Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09169_19072018.pdf" TargetMode="External"/>
+<Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14454_13112018.pdf" TargetMode="External"/>
+<Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06907_22052019.pdf" TargetMode="External"/>
+<Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16784_19122018.pdf" TargetMode="External"/>
+<Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07940_12062019_DC.pdf" TargetMode="External"/>
+<Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08536_24062019.pdf" TargetMode="External"/>
+<Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08394_03072018.pdf" TargetMode="External"/>
+<Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07734_15_06_2018.pdf" TargetMode="External"/>
+<Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08058_26_06_2018.pdf" TargetMode="External"/>
+<Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07591_13_06_2018.pdf" TargetMode="External"/>
+<Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07779_18_06_2018.pdf" TargetMode="External"/>
+<Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07780_18_06_2018.pdf" TargetMode="External"/>
+<Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09693_30072018.pdf" TargetMode="External"/>
+<Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11262_12092018.pdf" TargetMode="External"/>
+<Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09723_31072018.pdf" TargetMode="External"/>
+<Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09723_31072018.pdf" TargetMode="External"/>
+<Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09723_31072018.pdf" TargetMode="External"/>
+<Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12500_14092017.pdf" TargetMode="External"/>
+<Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03076_14032018.pdf" TargetMode="External"/>
+<Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03944_28032018.pdf" TargetMode="External"/>
+<Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18454_27122017.pdf" TargetMode="External"/>
+<Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14896_02112017.pdf" TargetMode="External"/>
+<Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17211_13122017.pdf" TargetMode="External"/>
+<Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18462_27122017.pdf" TargetMode="External"/>
+<Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf" TargetMode="External"/>
+<Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf" TargetMode="External"/>
+<Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf" TargetMode="External"/>
+<Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13077_07112016.pdf" TargetMode="External"/>
+<Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13077_07112016.pdf" TargetMode="External"/>
+<Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf" TargetMode="External"/>
+<Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15842_20112017.pdf" TargetMode="External"/>
+<Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18414_22122017.pdf" TargetMode="External"/>
+<Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18415_22122017.pdf" TargetMode="External"/>
+<Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18418_22122017.pdf" TargetMode="External"/>
+<Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17422_15122017.pdf" TargetMode="External"/>
+<Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18566_27122017.pdf" TargetMode="External"/>
+<Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf" TargetMode="External"/>
+<Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf" TargetMode="External"/>
+<Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf" TargetMode="External"/>
+<Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf" TargetMode="External"/>
+<Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf" TargetMode="External"/>
+<Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf" TargetMode="External"/>
+<Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf" TargetMode="External"/>
+<Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf" TargetMode="External"/>
+<Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf" TargetMode="External"/>
+<Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf" TargetMode="External"/>
+<Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf" TargetMode="External"/>
+<Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf" TargetMode="External"/>
+<Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf" TargetMode="External"/>
+<Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf" TargetMode="External"/>
+<Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf" TargetMode="External"/>
+<Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf" TargetMode="External"/>
+<Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf" TargetMode="External"/>
+<Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf" TargetMode="External"/>
+<Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf" TargetMode="External"/>
+<Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf" TargetMode="External"/>
+<Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf" TargetMode="External"/>
+<Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14783_31102017.pdf" TargetMode="External"/>
+<Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15319_13112017.pdf" TargetMode="External"/>
+<Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf" TargetMode="External"/>
+<Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf" TargetMode="External"/>
+<Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf" TargetMode="External"/>
+<Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13045_26092017.pdf" TargetMode="External"/>
+<Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13045_26092017.pdf" TargetMode="External"/>
+<Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13045_26092017.pdf" TargetMode="External"/>
+<Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14446_24102017.pdf" TargetMode="External"/>
+<Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf" TargetMode="External"/>
+<Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf" TargetMode="External"/>
+<Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf" TargetMode="External"/>
+<Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf" TargetMode="External"/>
+<Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12931_25092017.pdf" TargetMode="External"/>
+<Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf" TargetMode="External"/>
+<Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf" TargetMode="External"/>
+<Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf" TargetMode="External"/>
+<Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf" TargetMode="External"/>
+<Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf" TargetMode="External"/>
+<Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf" TargetMode="External"/>
+<Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf" TargetMode="External"/>
+<Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf" TargetMode="External"/>
+<Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf" TargetMode="External"/>
+<Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf" TargetMode="External"/>
+<Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16497_18112014.pdf" TargetMode="External"/>
+<Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13291_29_09_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05316_21_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05316_21_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13370_14_11_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10487_25_07_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10487_25_07_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15626_22_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09046_27_06_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12327_11_09_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G08538&amp;amp;DATAA=19/06/2017&amp;amp;TIPO=8" TargetMode="External"/>
+<Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G09971&amp;amp;DATAA=14/07/2017&amp;amp;TIPO=8" TargetMode="External"/>
+<Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G08537&amp;amp;DATAA=12/06/2017&amp;amp;TIPO=8" TargetMode="External"/>
+<Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15904_22122016.pdf" TargetMode="External"/>
+<Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04219_04042017.pdf" TargetMode="External"/>
+<Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11913_01_09_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11913_01_09_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11913_01_09_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11913_01_09_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11913_01_09_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11485_10_08_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10487_25072017.pdf" TargetMode="External"/>
+<Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10487_25072017.pdf" TargetMode="External"/>
+<Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10487_25072017.pdf" TargetMode="External"/>
+<Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09931_13072017.pdf" TargetMode="External"/>
+<Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09977_17072017.pdf" TargetMode="External"/>
+<Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10866_31072017.pdf" TargetMode="External"/>
+<Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G06518&amp;amp;DATAA=15/05/2017&amp;amp;TIPO=8" TargetMode="External"/>
+<Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G07833&amp;amp;DATAA=05/06/2017&amp;amp;TIPO=8" TargetMode="External"/>
+<Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G08536&amp;amp;DATAA=19/06/2017&amp;amp;TIPO=8" TargetMode="External"/>
+<Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G08000&amp;amp;DATAA=07/06/2017&amp;amp;TIPO=8" TargetMode="External"/>
+<Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G04758&amp;amp;DATAA=12/04/2017&amp;amp;TIPO=8" TargetMode="External"/>
+<Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20032017.pdf" TargetMode="External"/>
+<Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G08001&amp;amp;DATAA=07/06/2017&amp;amp;TIPO=8" TargetMode="External"/>
+<Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G09081&amp;amp;DATAA=28/06/2017&amp;amp;TIPO=8" TargetMode="External"/>
+<Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G09081&amp;amp;DATAA=28/06/2017&amp;amp;TIPO=8" TargetMode="External"/>
+<Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G07789&amp;amp;DATAA=01/06/2017&amp;amp;TIPO=8" TargetMode="External"/>
+<Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G04164&amp;amp;DATAA=03/04/2017&amp;amp;TIPO=8" TargetMode="External"/>
+<Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10848_31072017.pdf" TargetMode="External"/>
+<Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10487_25072017.pdf" TargetMode="External"/>
+<Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10487_25072017.pdf" TargetMode="External"/>
+<Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10487_25072017.pdf" TargetMode="External"/>
+<Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10487_25072017.pdf" TargetMode="External"/>
+<Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07636_30052017.pdf" TargetMode="External"/>
+<Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07975_07062017.pdf" TargetMode="External"/>
+<Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08607_20_06_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08796_22_06_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08796_22_06_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08796_22_06_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08796_22_06_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05981_10_05_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05981_10_05_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05981_10_05_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05981_10_05_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05987_10_05_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05987_10_05_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15672_22_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13951_24_11_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14234_30_11_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16975_28122015.pdf" TargetMode="External"/>
+<Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02677_07_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13947_24_11_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14745_13_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15674_22_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15673_22_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15996_23_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09511_19082016.pdf" TargetMode="External"/>
+<Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12315_24102016.pdf" TargetMode="External"/>
+<Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13455_15112016.pdf" TargetMode="External"/>
+<Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02677_07_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02677_07_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02677_07_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02677_07_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02677_07_03_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15906_22_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01255_08_02_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01255_08_02_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01255_08_02_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14888_14_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13099_30_10_2015.pdf" TargetMode="External"/>
+<Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09894_05_09_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16975_28_12_2015.pdf" TargetMode="External"/>
+<Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16975_28_12_2015_All.1.pdf" TargetMode="External"/>
+<Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16975_28_12_2015_All.2.pdf" TargetMode="External"/>
+<Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13370_14_11_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04219_04_04_2017.pdf" TargetMode="External"/>
+<Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15904_22_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15627_22_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15626_22_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16403_28_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15646_22_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14187_29_11_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14187_29_11_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16736_23_12_2015.pdf" TargetMode="External"/>
+<Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16723_23_12_2015.pdf" TargetMode="External"/>
+<Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10124_09_09_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13369_14_11_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13171_09_11_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11287_04_10_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09813_05_09_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05351_16_05_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10567_21_09_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10567_21_09_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10567_21_09_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11235_04_10_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04994_11_05_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05881_24_05_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05778_23_05_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06010_26_05_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03916_19_04_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09986_07_09_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06500_08_06_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05731_20_05_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06910_16_06_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02871_24_03_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05884_24_05_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05877_24_05_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09798_02_09_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/DD_G03928_19_04_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03929_19_04_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03929_19_04_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03929_19_04_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03929_19_04_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02925_24_03_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05084_12_05_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06041_27_05_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G03168&amp;amp;DATAA=01/04/2016&amp;amp;TIPO=8" TargetMode="External"/>
+<Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G03168&amp;amp;DATAA=01/04/2016&amp;amp;TIPO=8" TargetMode="External"/>
+<Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G03168&amp;amp;DATAA=01/04/2016&amp;amp;TIPO=8" TargetMode="External"/>
+<Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G03168&amp;amp;DATAA=01/04/2016&amp;amp;TIPO=8" TargetMode="External"/>
+<Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G03168&amp;amp;DATAA=01/04/2016&amp;amp;TIPO=8" TargetMode="External"/>
+<Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G03168&amp;amp;DATAA=01/04/2016&amp;amp;TIPO=8" TargetMode="External"/>
+<Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04419_29_04_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03517_08_04_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03793_15_04_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03236_04_04_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03548_11_04_2016.pdf" TargetMode="External"/>
+<Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04575_04_05_2016.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H878"/>
+  <dimension ref="A1:H895"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="11" customWidth="1"/>
     <col min="3" max="3" width="60" customWidth="1"/>
     <col min="4" max="4" width="22" customWidth="1"/>
     <col min="5" max="5" width="60" customWidth="1"/>
     <col min="6" max="6" width="60" customWidth="1"/>
     <col min="7" max="7" width="60" customWidth="1"/>
     <col min="8" max="8" width="60" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
-        <v>1988</v>
+        <v>2005</v>
       </c>
       <c r="B2" s="2">
-        <v>45985</v>
+        <v>46044</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata, a procedura aperta, per la fornitura di antisettici e disinfettanti occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio. Determinazione a contrarre. Impegno di spesa di € 880,00 sul Cap. U0000T19427 a favore dell'A.N.A.C. es. fin. 2025. Impegno di spesa complessivo di € 22.817,10 sul capitolo U0000H11715 di cui € 1.591,90 Es. Fin. 2025 ed € 21.225,20 Es. Fin 2026 e relativo accertamento a carico del Fondo incentivi ex art. 383 sexies R.R. n.1/2002. Accertamento complessivo di € 22.817,10 sul cap. n. E0000341560, di cui € 1.591,90 Es. Fin. 2025 ed € 21.225,20 Es. Fin 2026.</t>
-[...2 lines deleted...]
-      <c r="F2" t="s">
+          <t>Determina a contrarre per l'affidamento diretto ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. 36/2023, per la fornitura di n. 2 autobotti di acqua potabile e relativo servizio di stazionamento a favore della Società "Acea ATO 2 S.p.A.", P.IVA 05848061007, da utilizzare in occasione dell'evento "Giubileo dei Giovani 2025". Impegno di spesa della somma complessiva pari a € 33.000,00 (IVA inclusa), sul capitolo U0000E47146 del bilancio della Regione Lazio, Missione 11 Programma 01 piano dei conti 1.03.02.07.000 - es.fin. 2025 a favore della società "Acea ATO 2 S.p.A."" (cod. cred. 89736). CIG n. B58B8DBF66.Determinazione n. G02046 del 19/02/2025</t>
+        </is>
+      </c>
+      <c r="F2" t="s" s="3">
         <v>7</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
-        <v>1987</v>
+        <v>2004</v>
       </c>
       <c r="B3" s="2">
-        <v>45980</v>
+        <v>46044</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
+      <c r="D3" t="s">
+        <v>9</v>
+      </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>Decisione a contrarre art. 17 co. 1 D.lgs. 36/2023 per indizione procedura aperta, ai sensiart. 71 D.lgs. n. 36/2023, per l'espletamento del servizio di vigilanza antincendio della sede della Regione Lazio sita in via Rosa Raimondi Garibaldi n. 7, Roma. Prenotazione sul Capitolo U0000S21909 del Bilancio della Regione Lazio, es. fin. 2026-2027-2028-2029 per complessivi euro 1.865.091,26 a favore di creditori diversi. Impegno sul Capitolo U0000S21909 di euro 20.546,20 a Fondo Incentivi e accertamento di euro 20.546,20 sui Capitoli E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, es. fin. 2025-2026-2027-2028.Impegno sul Capitolo U0000T19427, es. fin. 2025, di euro 660,00 a favore della Autorità Nazionale Anticorruzione.</t>
-[...3 lines deleted...]
-        <v>9</v>
+          <t>Determina a contrarre per l’affidamento diretto, ex art. 50 comma 1, lettera b) D.lgs. n. 36/2023, tramite RDO sulla piattaforma MePA (www.acquistinretepa.it) per la fornitura di n. 100 defibrillatori e accessori a favore della società “Iredeem S.p.A.”. Intervento n. 253 - CUP F89120000090001. Impegno di spesa di € 98.210,00 (IVA inclusa) sul cap. U0000E46174 Miss 11, Prog 01, p.d.c. 2.02.01.05.000, es. fin. 2025 a favore della società Iredeem S.p.A. (cod. cred.253641). Impegno di spesa di €1.288,00 sul cap. U0000E46174 e relativi accertamenti a favore del fondo incentivi sul cap. E0000341560 per l’anno 2025.Impegno di spesa di € 161,00 pari allo 0,20% dell’importo sul cap. U0000E46174 a favore della società Giubileo 2025 S.p.A.”. Impegno di spesa di €35,00 sul cap. U0000T19427 a favore di A.N.A.C. (Cod. Cred. 159683) es. fin. 2025.</t>
+        </is>
+      </c>
+      <c r="F3" t="s" s="3">
+        <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
-        <v>1986</v>
+        <v>2003</v>
       </c>
       <c r="B4" s="2">
-        <v>45965</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>46037</v>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t>I CIG verranno rilasciati attraverso il sistema di e-procurement STEL.LA. della Regione Lazio, all’atto di pubblicazione della procedura di gara e in linea con quanto previsto dal codice degli appalti in materia di tecnologie di interoperabilità</t>
+        </is>
+      </c>
+      <c r="D4" t="s">
+        <v>9</v>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>PR Lazio FESR 2021/2027. Prog. A0652B0004. Determinazione a contrarre. Affidamento diretto, art.50 co. 1, lett. b) D.lgs. 36/2023, a t33 S.r.l. del servizio Valutazione sull'efficacia delle azioni di capacità amministrativa, previste dal PRIGA del PR Lazio FESR 2021-2027 nei confronti dell'Organismo Intermedio Lazio Innova S.p.A., su S.TEL.LA. Nomina RUP e Gruppo di lavoro. Impegno di euro 140.300,15 per t33 S.r.l. sui cap. U000A45122, U000A45123, U000A45124-EEFF 2025/2026. Prenotaz. di euro 28.060,02 a Cred. Div. sui cap. U000A45122, U000A45123, U000A45124-EF 2026. Imp. di euro 1.840,00 per Fondo incentivi ex art.383 sexies R.R. n.1/2002 sui cap. U000A45122, U000A45123, U000A45124-EF 2025/2026. Accert. per Fondo incentivi ex art.383 sexies R.R. N. 1/2002 di euro 1.840,00 sul cap. E0000341560. Imp. di euro 35,00 per ANAC su cap. U0000T19427-EF 2025. CUP F81C25000170009. CIG B781F2DDEF.</t>
-[...2 lines deleted...]
-      <c r="F4" t="s">
+          <t>Determinazione di indizione, approvazione atti e autorizzazione all'espletamento della gara comunitaria a procedura aperta, suddivisa in 10 lotti per l'acquisizione del servizio di sorveglianza attiva antincendio e di sicurezza per le Aziende sanitarie e ospedaliere della Regione Lazio - II Edizione, autorizzata con Determinazione a contrarre n. G16607 del 05/12/2025.</t>
+        </is>
+      </c>
+      <c r="F4" t="s" s="3">
         <v>11</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
-        <v>1985</v>
+        <v>2002</v>
       </c>
       <c r="B5" s="2">
-        <v>45960</v>
+        <v>46037</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>PR Lazio FESR 2021/2027. Progetto A0652B0005. Decisione a contrarre. Avvio della procedura negoziata per l'affidamento di un servizio di valutazione ex ante e in itinere sulle azioni di Housing da realizzare nell'ambito del PR Lazio FESR 2021- 2027. Rettifica e integrazione della Determinazione n. G17943 del 30 dicembre 2025. CUP F89B25000280009.</t>
+        </is>
+      </c>
+      <c r="F5" t="s" s="3">
         <v>13</v>
-      </c>
-[...6 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
-        <v>1984</v>
+        <v>2001</v>
       </c>
       <c r="B6" s="2">
-        <v>45958</v>
+        <v>46037</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>Intervento di "Mitigazione del rischio idrogeologico e messa in sicurezza delle grotte di Collepardo", nel Comune di Collepardo (FR). CUP: F38H25001340002. Determinazione a contrarre ed approvazione atti di gara.</t>
-[...3 lines deleted...]
-        <v>16</v>
+          <t>PR Lazio FESR 2021/2027. Progetto A0652B0005. Decisione a contrarre. Avvio della procedura negoziata per l'affidamento di un servizio di valutazione ex ante e in itinere sulle azioni di Housing da realizzare nell'ambito del PR Lazio FESR 2021- 2027. Prenotazione impegni di spesa di euro 265.152,97 a favore di Creditori Diversi sui capitoli U0000A45122, U0000A45123, U0000A45124 - EEFF 2026 e 2027. Impegni di spesa di euro 3.477,42 per Fondo incentivi ex art. 383 sexies R.R. n.1/2002 sui capitoli U0000A45122, U0000A45123, U0000A45124 - EEFF 2026 e 2027. Accertamento per Fondo incentivi ex art. 383 sexies R.R. N. 1/2002 di euro 3.477,42 sul cap. E0000341560. Impegno di euro 35,00 per ANAC sul capitolo U0000T19427 - EF 2025. CUP F89B25000280009.</t>
+        </is>
+      </c>
+      <c r="F6" t="s" s="3">
+        <v>14</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
-        <v>1983</v>
+        <v>2000</v>
       </c>
       <c r="B7" s="2">
-        <v>45874</v>
+        <v>46036</v>
       </c>
       <c r="C7" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>Acquisto dell''abbonamento al periodico "La Protezione civile italiana", Edizioni Nazionali S.r.l., per la durata di 12 mesi. Impegno per complessivi € 4.200,00 sul capitolo di spesa U0000E47902 - missione 11, programma 01, PCF U.1.03.01.01.000 - esercizio finanziario 2025 - in favore di Edizioni Nazionali S.r.l.</t>
-[...3 lines deleted...]
-        <v>17</v>
+          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma 1, lettera b) del D.lgs. n. 36/2023, per la fornitura di n. 3.000 Patch Jacquard HD in microricamo comprese di ideazione e progettazione grafica (prezzo unitario 3,90 €) e n. 20 Targhe commemorative in metallo con astuccio di velluto blu (prezzo unitario 25,00 €), per un importo complessivo pari a € 12.200,00 (IVA esclusa), destinati ai volontari della Protezione civile da utilizzare in occasione degli eventi giubilari 2025. Impegno di spesa della somma complessiva pari a € 14.884,00 sul capitolo U0000E47147 Missione 11 Programma 01 piano dei conti 1.03.02.99.000, esercizio finanziario 2025 a favore della Communication Italia Srl, Partita IVA 02751380607 (cod. creditore 191780).</t>
+        </is>
+      </c>
+      <c r="F7" t="s" s="3">
+        <v>16</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
-        <v>1982</v>
+        <v>1999</v>
       </c>
       <c r="B8" s="2">
-        <v>45861</v>
+        <v>46036</v>
       </c>
       <c r="C8" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>Determina a contrarre per affidamento diretto, ai sensi dell'art. 50, comma 1, lettera b) del d.lgs. 36/2023 attraverso la piattaforma S.TEL.LA, relativo all'abbonamento al periodico "112Emergencies" della "Rigo Editore s.r.l." Impegno per complessivi € 6.000,00 sul capitolo di spesa U0000E47902 - missione 11, programma 01, PCF U.1.03.01.01.000 - esercizio finanziario 2025 - in favore di "Rigo Editore s.r.l.".</t>
-[...2 lines deleted...]
-      <c r="F8" t="s">
+          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma 1, lettera b) del D.lgs. n. 36/2023, per il servizio di realizzazione di una "Campagna di comunicazione media - Promozione del volontariato di protezione civile - Anno 2025", per un importo complessivo pari a € 130.000,00 (IVA esclusa), in occasione degli eventi giubilari 2025, tramite piattaforma STELLA. Impegno di spesa della somma complessiva pari a € 158.600,00 sul capitolo U0000E47147 Missione 11 Programma 01 piano dei conti 1.03.02.99.000, esercizio finanziario 2025 a favore della ditta This Is Ideal Srl, Partita IVA 10863320015 (cod. creditore 255751). Impegno di spesa di €35,00 sul cap. U0000T19427 a favore di A.N.A.C. Es. Fin. 2025.</t>
+        </is>
+      </c>
+      <c r="F8" t="s" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
-        <v>1981</v>
+        <v>1998</v>
       </c>
       <c r="B9" s="2">
-        <v>45644</v>
+        <v>46021</v>
       </c>
       <c r="C9" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>Determina a contrarre per affidamento diretto, ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, relativo alla realizzazione della campagna di promozione per la diffusione del servizio N.U.E. 112. Impegno per € 5.820 sul capitolo di spesa U0000E47939 - missione 11, programma 01, PCF U.1.03.02.02.000 - esercizio finanziario 2024 - in favore di "XONEX SRL".</t>
-[...3 lines deleted...]
-        <v>19</v>
+          <t>Gara comunitaria centralizzata, a procedura aperta, per "Servizio di ricondizionamento e riutilizzo degli ausili per disabili di cui al DPCM del 12 gennaio 2017 occorrente alle Aziende sanitarie della Regione Lazio". Determinazione a contrarre. Impegno di spesa di € 880,00 sul Cap. U0000T19427 a favore dell'A.N.A.C. es. fin. 2025. Impegno di spesa complessivo di € 21.922,80 sul capitolo U0000H11715 a favore del Fondo incentivi ex art. 383-sexies RR n.1/2002 di cui € 595,32 Es. Fin. 2025 ed € 21.327,48 Es. Fin 2026 e relativo accertamento per importo di € 21.922,80 sul cap. n. E0000341560 di cui € 595,32 Es. Fin. 2025 ed € 21.327,48 Es. Fin 2026.</t>
+        </is>
+      </c>
+      <c r="F9" t="s" s="3">
+        <v>20</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
-        <v>1980</v>
+        <v>1997</v>
       </c>
       <c r="B10" s="2">
-        <v>45644</v>
+        <v>45964</v>
       </c>
       <c r="C10" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>Determina a contrarre per affidamento diretto, ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, relativo alla realizzazione della campagna di promozione per la diffusione del servizio N.U.E. 112. Impegno per € 36.600 sul capitolo di spesa U0000E47939 - missione 11, programma 01, PCF U.1.03.02.02.000 - esercizio finanziario 2024 - in favore di "TADÀN PRODUZIONI SRLS"</t>
-[...3 lines deleted...]
-        <v>20</v>
+          <t>Decisione a contrarre di autorizzazione di una procedura ex art. 50, comma 1, lett. e) e, del D.lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro con unico operatore avente ad oggetto l'affidamento del servizio di autospurgo, video-ispezione e manutenzione dei tratti fecali e relativi pozzetti di scarico degli immobili sede degli Uffici della Giunta Regione Lazio e dei Centri per l'Impiego.Prenotazione impegno di spesa a favore creditori diversi sul cap. U0000S21900, es. fin. 2025-2026, di complessivi euro 268.400,00 per servizio. Impegno di spesa sul cap. U0000S21900 di euro 4.420,00 e accertamento di euro 4.420,00 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, es. fin.2025-2026-2027. Impegno di spesa di euro 250,00 sul cap. U0000T19427, es. fin. 2026, a favore di ANAC.</t>
+        </is>
+      </c>
+      <c r="F10" t="s" s="3">
+        <v>22</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
-        <v>1979</v>
+        <v>1996</v>
       </c>
       <c r="B11" s="2">
-        <v>45644</v>
+        <v>45979</v>
       </c>
       <c r="C11" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>Determina a contrarre per affidamento diretto, ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, relativo alla realizzazione della campagna di promozione per la diffusione del servizio N.U.E. 112. Impegno per € 47.580 sul capitolo di spesa U0000E47939 - missione 11, programma 01, PCF U.1.03.02.02.000 - esercizio finanziario 2024 - in favore di "ANEMADISTRICT S.R.L.S.".</t>
-[...3 lines deleted...]
-        <v>21</v>
+          <t>Decisioni a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. d) e b), del D.lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria delle sedi istituzionali di proprietà della Regione Lazio - 3 Lotti Funzionali, ed incarichi professionali di CSP e CSE, e Collaudatore. Prenotazioni a favore creditori diversi cap. U0000S22501, es. fin. 2025-2026, di euro 2.562.000,00 per lavori, di euro 65.626,02 per incarico CSP e CSE, di euro 15.000,24 per incarico di Collaudatore. Impegno di spesa sul cap. U0000S22501 di € 42.000,00 e accertamento di € 42.000,00 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, es. fin. 2025-2026. Impegno di spesa di € 695,00 sul cap. U0000T19427, es. fin. 2025, a favore di ANAC. Pagina 1</t>
+        </is>
+      </c>
+      <c r="F11" t="s" s="3">
+        <v>23</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
-        <v>1978</v>
+        <v>1995</v>
       </c>
       <c r="B12" s="2">
-        <v>45637</v>
+        <v>46010</v>
       </c>
       <c r="C12" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>Determina a contrarre per affidamento diretto, ai sensi dell'art. 50 comma 1 lett. b) del d.lgs. 36/2023, relativo all'acquisto del corso denominato "Rafforzamento delle capacità dei valutatori e percorso di co-design dell'impianto di valutazione degli RT" da destinare ai responsabili degli operatori delle Centrali Uniche di risposta Roma e Lazio. Impegno di spesa della somma complessiva di € 12.500 sul capitolo U000E47933 Missione 11 Programma 01 PCF U.1.03.02.04 es. fin. 2024, a favore di BSD s.r.l.</t>
-[...3 lines deleted...]
-        <v>22</v>
+          <t>Appalto Specifico per l'acquisizione di soluzioni infusionali, grandi volumi e soluzioni per preparazioni galeniche occorrenti alle Aziende sanitarie della Regione Lazio nell'ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, soluzioni infusionali, vaccini e mezzi di contrasto destinati alle AA.SS. della Regione Lazio e di altri Soggetti Aggregatori. Determinazione a contrarre. Impegno di spesa di € 880,00 sul Cap. U0000T19427 a favore dell'A.N.A.C. es. fin. 2025. Impegno di spesa complessivo di € 49.915,84 sul capitolo U0000H11715 e relativo accertamento a carico del Fondo incentivi ex art. 383 sexies R.R. n.1/2002 per importo di € 49.915,84 sul cap. n. E0000341560, es. fin. 2025</t>
+        </is>
+      </c>
+      <c r="F12" t="s" s="3">
+        <v>24</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
-        <v>1977</v>
+        <v>1994</v>
       </c>
       <c r="B13" s="2">
-        <v>45925</v>
+        <v>46007</v>
       </c>
       <c r="C13" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>Attuazione DGR 637/2025. Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per il service per un momento di intrattenimento musicale nell'ambito della 25ª edizione del Global Summit del World Travel and Tourism Council Perfezionamento della prenotazione n. 54520/2025 per l'importo complessivo di € 100.650,00 Iva inclusa sul capitolo U0000B41922 in favore della Società ONE GROUP s.r.l. (c.c. 254847) Impegno di spesa di € 35,00 sul capitolo U0000T19427, in favore dell'Autorità Nazionale Anticorruzione (codice creditore 159683), E.F. 2025. CUP F89I25002030002.</t>
-[...3 lines deleted...]
-        <v>23</v>
+          <t>Fornitura di Suture per le Aziende Sanitarie della Regione Lazio. Determinazione a contrarre ai sensi dell'art. 17, comma 1 D.Lgs. n. 36/2023 e conferimento di incarichi al gruppo di lavoro. Impegno di spesa di € 880,00 sul Capitolo U0000T19427 a favore di ANAC Es.Fin. 2025.Impegno di spesa complessivo di € 34.062,99 sul Capitolo U0000H11715 di cui € 1.362,52 Es.Fin. 2025 e € 32.700,47 Es.Fin. 2026. Accertamento complessivo di € 34.062,99 sul Capitolo E0000341560 a carico del Fondo incentivi ex art. 383-sexies RR n.1/2002di cui € 1.362,52 Es.Fin. 2025 e € 32.700,47 Es.Fin. 2026.</t>
+        </is>
+      </c>
+      <c r="F13" t="s" s="3">
+        <v>25</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
-        <v>1976</v>
+        <v>1993</v>
       </c>
       <c r="B14" s="2">
-        <v>45925</v>
+        <v>46006</v>
       </c>
       <c r="C14" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>Attuazione DGR 637/2025. Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per il servizio di organizzazione di una Cena di Gala nell'ambito della 25ª edizione del Global Summit del World Travel and Tourism Council. Perfezionamento della prenotazione n. 54520/2025 per l'importo complessivo di € 156.140,00 Iva inclusa sul capitolo U0000B41922 in favore della Società Show Food s.r.l. (c.c. 240374) Impegno di spesa di € 35,00 sul capitolo U0000T19427,in favore dell'Autorità Nazionale Anticorruzione (codice creditore 159683), E.F. 2025.</t>
-[...3 lines deleted...]
-        <v>24</v>
+          <t>Determina a contrarre ai sensi dell’art. 71 D.Lgs. n. 36/2023, della gara comunitaria a procedura aperta, suddivisa in 10 lotti finalizzata alla stipula di convenzioni quadro per l’acquisizione del servizio di sorveglianza attiva antincendio e di sicurezza per le Aziende sanitarie e ospedaliere della Regione Lazio - II Edizione. Impegno di spesa di € 880,00 sul Capitolo U0000T19427 a favore dell’A.N.A.C. (Cod. Cred. 159683) Es. Fin. 2025. Impegno complessivo di € 79.214,15, di cui quanto a € 5.496,49 sull’esercizio fin. 2025 e € 73.717,66 sull’esercizio finanziario 2026 sul Cap. U0000H11715, (Cod. Cred. 176734) e relativi accertamenti per € 79.214,15, di cui quanto a € 5.496,49 sull’esercizio fin. 2025 e € 73.717,66 sull’esercizio finanziario 2026 sul Cap. E0000341560, al fondo incentivi ex art. 383 sexies R.R. 1/2002, (Cod. Cred. 176734)</t>
+        </is>
+      </c>
+      <c r="F14" t="s" s="3">
+        <v>26</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
-        <v>1975</v>
+        <v>1992</v>
       </c>
       <c r="B15" s="2">
-        <v>45925</v>
+        <v>46001</v>
       </c>
       <c r="C15" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>Attuazione DGR 637/2025. Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per l'esecuzione di un servizio integrato nell'ambito della 25ª edizione del Global Summit del World Travel and Tourism Council. Perfezionamento della prenotazione n. 54520/2025 per l'importo complessivo di € 39.431,73 inclusa sul capitolo U0000B41922 in favore della B BEST s.r.l. (c.c. 254959). CUP F89I25002210002. E.F. 2025</t>
-[...3 lines deleted...]
-        <v>25</v>
+          <t>PR Lazio FESR 2021-2027 - Azione 2.4.1.b) "Interventi di prevenzione dell'erosione costiera". Determina a contrarre per l'affidamento di lavori e servizi per la realizzazione di opere rigide a difesa della costa del Lazio, per la conclusione di un accordo quadro con unico operatore economico per ciascuno dei lotti, ai sensi dell'art. 59, comma 4 lettera c) del D.lgs. n. 36/2023. Approvazione degli atti di gara e indizione della procedura - CUP: F88H25001890006</t>
+        </is>
+      </c>
+      <c r="F15" t="s" s="3">
+        <v>27</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
-        <v>1974</v>
+        <v>1991</v>
       </c>
       <c r="B16" s="2">
-        <v>45915</v>
+        <v>45965</v>
       </c>
       <c r="C16" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>Attuazione DGR 484/2025. Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per il servizio di realizzazione dell'iniziativa "Regina Viarum Festival". Perfezionamento della prenotazione n. 54921/2025 per l'importo complessivo di € 99.999,74 Iva inclusa sul capitolo U0000B41921 in favore della Società Guercio Design s.a.s. di Luca e Sara Guercio - (c.c. 254779). Impegno di spesa di € 35,00 sul capitolo U0000T19427, in favore dell'Autorità Nazionale Anticorruzione (codice creditore 159683), E.F. 2025. CUP F89I25001960002. MIR I202500451.</t>
-[...3 lines deleted...]
-        <v>26</v>
+          <t>PR Lazio FESR 2021-2027, Azione 2.4.1 b) "Interventi di prevenzione dell'erosione costiera" - "Ricarica delle scogliere esistenti in località Capo d'Anzio (RM)" - Determina a contrarre per l'affidamento dei lavori con procedura negoziata, ai sensi dell'art. 50 comma 1 lettera d) del D.Lgs. 36/2023. Intervento A0851B0005 - CUP: F51G24004120002 - CIG: B8C2BDCDCE,</t>
+        </is>
+      </c>
+      <c r="F16" t="s" s="3">
+        <v>29</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
-        <v>1973</v>
+        <v>1990</v>
       </c>
       <c r="B17" s="2">
-        <v>45915</v>
+        <v>45995</v>
       </c>
       <c r="C17" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>Attuazione DGR 484/2025. Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per il servizio di realizzazione dell'iniziativa "Cammini diVini". Perfezionamento della prenotazione n. 54921/2025 per l'importo complessivo di € 49.930,00 Iva inclusa in favore della Taste Roots Società Cooperativa - (c.c. 254799) e variazione in diminuzione della prenotazione n. 54921/2025 dell'importo di € 70,26, sul capitolo U0000B41921 in favore di creditori diversi (c.c. 3805). Impegno di spesa di € 35,00 sul capitolo U0000T19427, in favore dell'Autorità Nazionale Anticorruzione (codice creditore 159683). E.F. 2025. CUP F89I25001970002. MIR I202500452.</t>
-[...3 lines deleted...]
-        <v>27</v>
+          <t>Decisione a contrarre, ai sensi dell'art. 50, co. 1, lett. b), del d.lgs. 36/2023, per l'affidamento di un servizio di cattura di cinghiali e attività accessorie. Impegno di spesa complessivo di 85.400,00 euro (IVA inclusa, 22%), a favore dell'Istituto Oikos S.r.l. Impresa sociale (cod. cred. 203145), sul Capitolo U0000E21943, Missione 09 - PdC 1.03.02.99, per 24.400,00 euro a valere sull'esercizio finanziario 2025 e per euro 61.000,00 a valere sull'esercizio finanziario 2026. Impegno di spesa di euro 35,00 a valere sull'esercizio finanziario 2025 a favore dell'ANAC (codice creditore 159683), quale contributo per le gare pubbliche di lavori, servizi e forniture, ai sensi della delibera ANAC n. 598/2024 sul Capitolo U0000T19427. CIG B92F94084F.</t>
+        </is>
+      </c>
+      <c r="F17" t="s" s="3">
+        <v>31</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
-        <v>1972</v>
+        <v>1989</v>
       </c>
       <c r="B18" s="2">
-        <v>45875</v>
+        <v>45985</v>
       </c>
       <c r="C18" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione di un servizio di pubblicità e marketing sulla rivista gratuita "SPORT CLUB". Impegno di spesa in favore di Marketing Xpression di Oddino Marco (cod. cred. 173589) per € 24.400,00 iva inclusa sul Cap. U0000G31904. E.F. 2025. CUP F89I25001620002. MIR I202500323.</t>
-[...3 lines deleted...]
-        <v>29</v>
+          <t>Servizi di ristorazione per le Aziende Sanitarie della Regione Lazio. Determinazione a contrarre ai sensi dell'art. 17, comma 1 D. Lgs. n. 36/2023 e conferimento di incarichi al gruppo di lavoro. Impegno di spesa di € 880,00 sul Capitolo U0000T19427 a favore di ANAC Es. Fin. 2025. Impegno di spesa complessivo di € 34.205,12 sul Capitolo U0000H11715 Es. Fin. 2026 a favore del Fondo incentivi ex art. 383-sexies RR n.1/2002. Accertamento complessivo di € 34.205,12 sul Capitolo E0000341560 Es .Fin. 2026.</t>
+        </is>
+      </c>
+      <c r="F18" t="s" s="3">
+        <v>32</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
-        <v>1971</v>
+        <v>1988</v>
       </c>
       <c r="B19" s="2">
-        <v>45838</v>
+        <v>45985</v>
       </c>
       <c r="C19" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione del servizio di produzione e stampa di un volume finalizzato alla diffusione della consapevolezza dell'importanza dello Sport nel benessere psico-fisico anche in presenza di abilità diverse. Impegno di spesa per euro 12.200,00 iva inclusa sul Cap. U0000G31929 in favore della Società Edizioni Antilia sas (codice creditore 254154) E.F. 2025. CUP F89I25001420002. MIR I202500269.</t>
-[...3 lines deleted...]
-        <v>31</v>
+          <t>Gara comunitaria centralizzata, a procedura aperta, per la fornitura di antisettici e disinfettanti occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio. Determinazione a contrarre. Impegno di spesa di € 880,00 sul Cap. U0000T19427 a favore dell'A.N.A.C. es. fin. 2025. Impegno di spesa complessivo di € 22.817,10 sul capitolo U0000H11715 di cui € 1.591,90 Es. Fin. 2025 ed € 21.225,20 Es. Fin 2026 e relativo accertamento a carico del Fondo incentivi ex art. 383 sexies R.R. n.1/2002. Accertamento complessivo di € 22.817,10 sul cap. n. E0000341560, di cui € 1.591,90 Es. Fin. 2025 ed € 21.225,20 Es. Fin 2026.</t>
+        </is>
+      </c>
+      <c r="F19" t="s" s="3">
+        <v>33</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
-        <v>1970</v>
+        <v>1987</v>
       </c>
       <c r="B20" s="2">
-        <v>45957</v>
+        <v>45980</v>
       </c>
       <c r="C20" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>Servizi di gestione per attività idrografiche per esecuzione di vibrocarotaggi sui fondali marini al traverso di Anzio - Nomina Responsabile Unico di Progetto e Gruppo di lavoro - Determinazione a contrarre - Prenotazione perfezionata della bollinatura, pren. d'impegno n 49726/2025 dell'importo complessivo di € 135.420,00 sul capitolo U0000E42531 a favore di Creditori Diversi (cod. Cred. 3805) - Imp. di € 2.220,00 al "Fondo incentivi ex art. 383 sexies R.R. N. 1/2002" (cod. Cred. 176734) sul capitolo U0000E42531 ed imp. di € 35,00 all'Autorità nazionale anticorruzione (cod. cred. 159683) sul cap. U0000T19427 - Acc. per € 2.220,00 al "Fondo incentivi ex art. 383 sexies R.R. N. 1/2002" (cod. Cred. 176734) sui capitoli E0000341562, E0000341563 e E0000341559 - Es fin 2025.</t>
-[...3 lines deleted...]
-        <v>32</v>
+          <t>Decisione a contrarre art. 17 co. 1 D.lgs. 36/2023 per indizione procedura aperta, ai sensiart. 71 D.lgs. n. 36/2023, per l'espletamento del servizio di vigilanza antincendio della sede della Regione Lazio sita in via Rosa Raimondi Garibaldi n. 7, Roma. Prenotazione sul Capitolo U0000S21909 del Bilancio della Regione Lazio, es. fin. 2026-2027-2028-2029 per complessivi euro 1.865.091,26 a favore di creditori diversi. Impegno sul Capitolo U0000S21909 di euro 20.546,20 a Fondo Incentivi e accertamento di euro 20.546,20 sui Capitoli E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, es. fin. 2025-2026-2027-2028.Impegno sul Capitolo U0000T19427, es. fin. 2025, di euro 660,00 a favore della Autorità Nazionale Anticorruzione.</t>
+        </is>
+      </c>
+      <c r="F20" t="s" s="3">
+        <v>35</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
-        <v>1969</v>
+        <v>1986</v>
       </c>
       <c r="B21" s="2">
-        <v>45786</v>
+        <v>45965</v>
       </c>
       <c r="C21" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>Approvazione del progetto. Decisioni a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. d) e b), del D.Lgs. 31 marzo 2023, n. 36, per il progetto “Accordo Quadro avente ad oggetto gli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà della Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento – 3 Lotti Funzionali”, ed incarichi professionali di Direzione dei Lavori, CSE e Collaudatore. Prenotazioni a favore creditori diversi cap. U0000S22501, es. fin. 2025-2026-2027: € 6.588.000,00 per Lavori e servizio; € 288.747,40 per Spese Tecniche.Impegno di € 84.859,25, cap. U0000S22501 e accertamento di € 84.859,25, cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, es. fin. 2025-2026-2027. Impegno di € 950,00, cap. &amp;nbsp;U0000T19427, es. fin. 2025, per ANAC.&amp;nbsp;</t>
-[...9 lines deleted...]
-        <v>35</v>
+          <t>PR Lazio FESR 2021/2027. Prog. A0652B0004. Determinazione a contrarre. Affidamento diretto, art.50 co. 1, lett. b) D.lgs. 36/2023, a t33 S.r.l. del servizio Valutazione sull'efficacia delle azioni di capacità amministrativa, previste dal PRIGA del PR Lazio FESR 2021-2027 nei confronti dell'Organismo Intermedio Lazio Innova S.p.A., su S.TEL.LA. Nomina RUP e Gruppo di lavoro. Impegno di euro 140.300,15 per t33 S.r.l. sui cap. U000A45122, U000A45123, U000A45124-EEFF 2025/2026. Prenotaz. di euro 28.060,02 a Cred. Div. sui cap. U000A45122, U000A45123, U000A45124-EF 2026. Imp. di euro 1.840,00 per Fondo incentivi ex art.383 sexies R.R. n.1/2002 sui cap. U000A45122, U000A45123, U000A45124-EF 2025/2026. Accert. per Fondo incentivi ex art.383 sexies R.R. N. 1/2002 di euro 1.840,00 sul cap. E0000341560. Imp. di euro 35,00 per ANAC su cap. U0000T19427-EF 2025. CUP F81C25000170009. CIG B781F2DDEF.</t>
+        </is>
+      </c>
+      <c r="F21" t="s" s="3">
+        <v>37</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
-        <v>1968</v>
+        <v>1985</v>
       </c>
       <c r="B22" s="2">
-        <v>45918</v>
+        <v>45960</v>
       </c>
       <c r="C22" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E22" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 17, comma 2, del D.lgs. n. 36/2023 per procedura di affidamento diretto, ex art. 50, comma 1, lett. b) del D.lgs. n. 36/2023, attraverso la piattaforma S.TEL.LA., servizio di redazione perizie di stima valore di mercato n. 364 terreni agricoli appartenenti alla c.d. "banca della terra". Prenotazione impegno di spesa di € 86.912,80 iva e cnpaia inclusi sul Cap. U0000S21909, es. fin. 2025-2026 in favore di creditori diversi (cod. cred 3805). Impegno sul Cap. U0000T19427 di euro 35,00 in favore dell'Autorità Nazionale Anticorruzione (cod. cred. 159683), es. fin. 2025.</t>
-[...3 lines deleted...]
-        <v>36</v>
+          <t>D.G.R. n. 311 del 24/05/2022. Intervento cod. Rendis 12IR009/CI denominato "Lavori straordinari di manutenzione dell'alveo del fiume Tronto nel Comune di Amatrice". CUP: F77H21007280005 Determinazione a contrarre con approvazione atti di gara.</t>
+        </is>
+      </c>
+      <c r="F22" t="s" s="3">
+        <v>39</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
-        <v>1967</v>
+        <v>1984</v>
       </c>
       <c r="B23" s="2">
-        <v>45950</v>
+        <v>45958</v>
       </c>
       <c r="C23" t="s">
-        <v>6</v>
+        <v>40</v>
+      </c>
+      <c r="D23" t="s">
+        <v>9</v>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>Determina a contrarre per indizione di una procedura aperta per l'affidamento servizio di assistenza professionale per attività concernenti il piano di sviluppo strategico della Zona Logistica Semplificata della Regione Lazio, prenotazione di impegno per € 1.621.197,00 IVA inclusa cap. es. fin. 2025-2028 Cap. U0000C11949, in favore di Creditori diversi - Approvazione doc tecnici e schema di contratto. impegni di spesa per complessivi € 24.361,30 sul Cap. U0000C11949 e relativi accertamenti sui Cap. E0000341559, E0000341562 e E0000341563 al fondo incentivi ex art. 383 sexies R.R. n. 1/2002 per gli es. fin. 2025-2028. Impegno di spesa sul Cap. U0000T19427 di € 660,00 in favore dell'Autorità Nazionale Anticorruzione (ANAC), es. fin. 2025.</t>
-[...3 lines deleted...]
-        <v>37</v>
+          <t>Intervento di "Mitigazione del rischio idrogeologico e messa in sicurezza delle grotte di Collepardo", nel Comune di Collepardo (FR). CUP: F38H25001340002. Determinazione a contrarre ed approvazione atti di gara.</t>
+        </is>
+      </c>
+      <c r="F23" t="s" s="3">
+        <v>41</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
-        <v>1966</v>
+        <v>1983</v>
       </c>
       <c r="B24" s="2">
-        <v>45831</v>
+        <v>45874</v>
       </c>
       <c r="C24" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D24" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto ai sensi dell'art. 50 comma 1, lettera b) del D.lgs. 36/2023, per la fornitura di n. 4 serbatoi per acqua potabile e servizi accessori, a favore della società Ecolservizi Aprilia S.r.l., P.IVA 01540220595, da utilizzare per potenziare la capacità operativa e la dotazione della "Colonna Mobile della Regione Lazio". CUP F80J21000010001 - Impegno di spesa della somma complessiva pari a € 9.479,40 (IVA inclusa), sul Capitolo U0000E46147 Missione 11, Programma 01, Piano dei Conti 2.02.01.05.000 - es.fin. 2025 a favore della società Ecolservizi Aprilia S.r.l. (cod. cred. 253965).</t>
-[...3 lines deleted...]
-        <v>39</v>
+          <t>Acquisto dell''abbonamento al periodico "La Protezione civile italiana", Edizioni Nazionali S.r.l., per la durata di 12 mesi. Impegno per complessivi € 4.200,00 sul capitolo di spesa U0000E47902 - missione 11, programma 01, PCF U.1.03.01.01.000 - esercizio finanziario 2025 - in favore di Edizioni Nazionali S.r.l.</t>
+        </is>
+      </c>
+      <c r="F24" t="s" s="3">
+        <v>43</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
-        <v>1965</v>
+        <v>1982</v>
       </c>
       <c r="B25" s="2">
-        <v>45845</v>
+        <v>45861</v>
       </c>
       <c r="C25" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D. lgs. n. 36/2023, di un servizio di noleggio di n. 12 Cisterne da 5.000 litri cadauna e servizio di carico acqua, a favore della società IMPREGETAL S.r.l., da impiegare per l'alimentazione dei moduli doccia, installati presso il “Villaggio Campato Accoglienza Regione Lazio”, in occasione dell'evento “Giubileo dei Giovani 2025”. Impegno di spesa della somma complessiva pari a € 104.066,00 (IVA inclusa), sul capitolo U0000E47146 Missione 11, Programma 0 1, piano dei conti 1.03.02.07.000, es. fin. 2025 a favore della società IMPREGETAL S.r.l. (cod. cred. 204121). Impegno di spesa di € 1.147,11 sul capitolo U0000E47146 e relativi accertamenti a favore del fondo incentivi sul capitolo E0000341560 per l'annualità 2025. Impegno di spesa di euro 35,00 sul cap punto U0000T19427 a favore di A.N.A.C. (cod. cred.</t>
-[...3 lines deleted...]
-        <v>41</v>
+          <t>Determina a contrarre per affidamento diretto, ai sensi dell'art. 50, comma 1, lettera b) del d.lgs. 36/2023 attraverso la piattaforma S.TEL.LA, relativo all'abbonamento al periodico "112Emergencies" della "Rigo Editore s.r.l." Impegno per complessivi € 6.000,00 sul capitolo di spesa U0000E47902 - missione 11, programma 01, PCF U.1.03.01.01.000 - esercizio finanziario 2025 - in favore di "Rigo Editore s.r.l.".</t>
+        </is>
+      </c>
+      <c r="F25" t="s" s="3">
+        <v>44</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
-        <v>1964</v>
+        <v>1981</v>
       </c>
       <c r="B26" s="2">
-        <v>45819</v>
+        <v>45644</v>
       </c>
       <c r="C26" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="D26" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, del servizio di noleggio di recinzioni perimetrali e forniture accessorie, a favore della società Mezza Manica Group S.r.l., da impiegare come barriera antintrusione presso il "Villaggio Campale Accoglienza Regione Lazio", in occasione dell'evento "Giubileo dei Giovani 2025". Impegno di spesa della somma complessiva pari a € 98.820,00 (IVA inclusa), sul capitolo U0000E47146 Missione 11, Programma 01, piano dei conti 1.03.02.07.000, es. fin. 2025 a favore della società Mezza Manica Group S.r.l. (cod. cred. 253949). Impegno di spesa di € 1.089,29 sul cap. U0000E47146 e relativi accertamenti a favore del fondo incentivi sul cap. E0000341560 per l'annualità 2025. Impegno di spesa di €35,00 sul cap. U0000T19427 a favore di A.N.A.C. (cod. cred. 159683) es. fin. 2025.</t>
-[...3 lines deleted...]
-        <v>43</v>
+          <t>Determina a contrarre per affidamento diretto, ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, relativo alla realizzazione della campagna di promozione per la diffusione del servizio N.U.E. 112. Impegno per € 5.820 sul capitolo di spesa U0000E47939 - missione 11, programma 01, PCF U.1.03.02.02.000 - esercizio finanziario 2024 - in favore di "XONEX SRL".</t>
+        </is>
+      </c>
+      <c r="F26" t="s" s="3">
+        <v>45</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
-        <v>1963</v>
+        <v>1980</v>
       </c>
       <c r="B27" s="2">
-        <v>45834</v>
+        <v>45644</v>
       </c>
       <c r="C27" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="D27" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. N. 36/2023, per il servizio di pulizia e sanificazione, a favore della società Yes Clean S.r.l., da eseguirsi presso il "Villaggio Campale Accoglienza Regione Lazio" allestito in occasione dell'evento "Giubileo dei Giovani 2025". Impegno di spesa della somma complessiva pari a € 126.880,00 (IVA inclusa), sul capitolo U0000E47150 Missione 11, Programma 01, piano dei conti 1.03.02.99.000, esercizio finanziario 2025 a favore della società Yes Clean S.r.l. (cod. cred. 253954). Impegno di spesa di € 1.398,59 sul cap. U0000E47150 e relativi accertamenti a favore del fondo incentivi sul cap. E0000341560 per l'annualità 2025. Impegno di spesa di € 35,00 sul cap. U0000T19427 a favore di A.N.A.C. (Cod. cred. 159683) es. fin. 2025.</t>
-[...3 lines deleted...]
-        <v>45</v>
+          <t>Determina a contrarre per affidamento diretto, ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, relativo alla realizzazione della campagna di promozione per la diffusione del servizio N.U.E. 112. Impegno per € 36.600 sul capitolo di spesa U0000E47939 - missione 11, programma 01, PCF U.1.03.02.02.000 - esercizio finanziario 2024 - in favore di "TADÀN PRODUZIONI SRLS"</t>
+        </is>
+      </c>
+      <c r="F27" t="s" s="3">
+        <v>46</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
-        <v>1962</v>
+        <v>1979</v>
       </c>
       <c r="B28" s="2">
-        <v>45840</v>
+        <v>45644</v>
       </c>
       <c r="C28" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="D28" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per il servizio di vigilanza armata, a favore della società Csm Global security service S.r.l., da eseguirsi presso il "Villaggio Campale Accoglienza Regione Lazio" allestito in occasione dell'evento "Giubileo dei Giovani 2025". Impegno di spesa della somma complessiva pari a € 44.375,60 (IVA inclusa), sul capitolo U000E47150 Missione 11 Programma 01 piano dei conti1.03.02.99.000, esercizio finanziario 2025 a favore della società Csm Global security service S.r.l. (cod. cred. 250312).</t>
-[...2 lines deleted...]
-      <c r="F28" t="s">
+          <t>Determina a contrarre per affidamento diretto, ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, relativo alla realizzazione della campagna di promozione per la diffusione del servizio N.U.E. 112. Impegno per € 47.580 sul capitolo di spesa U0000E47939 - missione 11, programma 01, PCF U.1.03.02.02.000 - esercizio finanziario 2024 - in favore di "ANEMADISTRICT S.R.L.S.".</t>
+        </is>
+      </c>
+      <c r="F28" t="s" s="3">
         <v>47</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
-        <v>1961</v>
+        <v>1978</v>
       </c>
       <c r="B29" s="2">
-        <v>45771</v>
+        <v>45637</v>
       </c>
       <c r="C29" t="s">
+        <v>19</v>
+      </c>
+      <c r="D29" t="s">
+        <v>9</v>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>Determina a contrarre per affidamento diretto, ai sensi dell'art. 50 comma 1 lett. b) del d.lgs. 36/2023, relativo all'acquisto del corso denominato "Rafforzamento delle capacità dei valutatori e percorso di co-design dell'impianto di valutazione degli RT" da destinare ai responsabili degli operatori delle Centrali Uniche di risposta Roma e Lazio. Impegno di spesa della somma complessiva di € 12.500 sul capitolo U000E47933 Missione 11 Programma 01 PCF U.1.03.02.04 es. fin. 2024, a favore di BSD s.r.l.</t>
+        </is>
+      </c>
+      <c r="F29" t="s" s="3">
         <v>48</v>
-      </c>
-[...9 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
-        <v>1960</v>
+        <v>1977</v>
       </c>
       <c r="B30" s="2">
-        <v>45874</v>
+        <v>45925</v>
       </c>
       <c r="C30" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="D30" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E30" t="inlineStr">
         <is>
-          <t>Rimozione dei relitti presenti nell'alveo del fiume Tevere Approvazione del progetto esecutivo. Determinazione a contrarre. Affidamento ai sensi art. 50 comma 1 lettera c) del D.lgs. 36/2023. Aggiudicazione ai sensi dell'art. 50 comma 4 del D.lgs. 36/2023. Approvazione atti di gara.</t>
-[...3 lines deleted...]
-        <v>50</v>
+          <t>Attuazione DGR 637/2025. Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per il service per un momento di intrattenimento musicale nell'ambito della 25ª edizione del Global Summit del World Travel and Tourism Council Perfezionamento della prenotazione n. 54520/2025 per l'importo complessivo di € 100.650,00 Iva inclusa sul capitolo U0000B41922 in favore della Società ONE GROUP s.r.l. (c.c. 254847) Impegno di spesa di € 35,00 sul capitolo U0000T19427, in favore dell'Autorità Nazionale Anticorruzione (codice creditore 159683), E.F. 2025. CUP F89I25002030002.</t>
+        </is>
+      </c>
+      <c r="F30" t="s" s="3">
+        <v>49</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
-        <v>1959</v>
+        <v>1976</v>
       </c>
       <c r="B31" s="2">
-        <v>45912</v>
+        <v>45925</v>
       </c>
       <c r="C31" t="s">
-        <v>6</v>
+        <v>19</v>
+      </c>
+      <c r="D31" t="s">
+        <v>9</v>
       </c>
       <c r="E31" t="inlineStr">
         <is>
-          <t>Accordo di Programma finalizzato alla programmazione ed al finanziamento di interventi urgenti e prioritari per la mitigazione del rischio idrogeologico da effettuare nel territorio della Regione Lazio, sottoscritto in data 15.7.2010 tra il Ministero dell'Ambiente e delle Tutela del Territorio e del Mare, la Regione Lazio e il Soggetto Attuatore Delegato (D.P.R.L. T00109 del 13 maggio 2016). Intervento: Lavori di mitigazione del rischio idrogeologico della falesia di Cala Rossano nel Comune di Ventotene (LT) - I lotto. CUP B63E180000600037</t>
-[...3 lines deleted...]
-        <v>51</v>
+          <t>Attuazione DGR 637/2025. Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per il servizio di organizzazione di una Cena di Gala nell'ambito della 25ª edizione del Global Summit del World Travel and Tourism Council. Perfezionamento della prenotazione n. 54520/2025 per l'importo complessivo di € 156.140,00 Iva inclusa sul capitolo U0000B41922 in favore della Società Show Food s.r.l. (c.c. 240374) Impegno di spesa di € 35,00 sul capitolo U0000T19427,in favore dell'Autorità Nazionale Anticorruzione (codice creditore 159683), E.F. 2025.</t>
+        </is>
+      </c>
+      <c r="F31" t="s" s="3">
+        <v>50</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
-        <v>1958</v>
+        <v>1975</v>
       </c>
       <c r="B32" s="2">
-        <v>45856</v>
+        <v>45925</v>
       </c>
       <c r="C32" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="D32" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E32" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025 nona tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre, approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.</t>
-[...3 lines deleted...]
-        <v>52</v>
+          <t>Attuazione DGR 637/2025. Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per l'esecuzione di un servizio integrato nell'ambito della 25ª edizione del Global Summit del World Travel and Tourism Council. Perfezionamento della prenotazione n. 54520/2025 per l'importo complessivo di € 39.431,73 inclusa sul capitolo U0000B41922 in favore della B BEST s.r.l. (c.c. 254959). CUP F89I25002210002. E.F. 2025</t>
+        </is>
+      </c>
+      <c r="F32" t="s" s="3">
+        <v>51</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
-        <v>1957</v>
+        <v>1974</v>
       </c>
       <c r="B33" s="2">
-        <v>45847</v>
+        <v>45915</v>
       </c>
       <c r="C33" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="D33" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E33" t="inlineStr">
         <is>
-          <t>Appalto specifico per l’acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio – Farmaci 2025 ottava tranche – nell’ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre, approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto</t>
-[...3 lines deleted...]
-        <v>53</v>
+          <t>Attuazione DGR 484/2025. Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per il servizio di realizzazione dell'iniziativa "Regina Viarum Festival". Perfezionamento della prenotazione n. 54921/2025 per l'importo complessivo di € 99.999,74 Iva inclusa sul capitolo U0000B41921 in favore della Società Guercio Design s.a.s. di Luca e Sara Guercio - (c.c. 254779). Impegno di spesa di € 35,00 sul capitolo U0000T19427, in favore dell'Autorità Nazionale Anticorruzione (codice creditore 159683), E.F. 2025. CUP F89I25001960002. MIR I202500451.</t>
+        </is>
+      </c>
+      <c r="F33" t="s" s="3">
+        <v>52</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
-        <v>1956</v>
+        <v>1973</v>
       </c>
       <c r="B34" s="2">
-        <v>45845</v>
+        <v>45915</v>
       </c>
       <c r="C34" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="D34" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E34" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre semplificata e affidamento diretto ai sensi dell'art 50, comma 1, lettera b), del D.lgs. n. 36/2023 del servizio di direzione dei lavori per l'intervento n. 31 "Consolidamento delle cavità sotterranee lungo via G. Valli - Roma". Approvazione dello schema di lettera/contratto. CUP: J87D18000320002 - CIG B6FC083F42.</t>
-[...3 lines deleted...]
-        <v>55</v>
+          <t>Attuazione DGR 484/2025. Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per il servizio di realizzazione dell'iniziativa "Cammini diVini". Perfezionamento della prenotazione n. 54921/2025 per l'importo complessivo di € 49.930,00 Iva inclusa in favore della Taste Roots Società Cooperativa - (c.c. 254799) e variazione in diminuzione della prenotazione n. 54921/2025 dell'importo di € 70,26, sul capitolo U0000B41921 in favore di creditori diversi (c.c. 3805). Impegno di spesa di € 35,00 sul capitolo U0000T19427, in favore dell'Autorità Nazionale Anticorruzione (codice creditore 159683). E.F. 2025. CUP F89I25001970002. MIR I202500452.</t>
+        </is>
+      </c>
+      <c r="F34" t="s" s="3">
+        <v>53</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
-        <v>1955</v>
+        <v>1972</v>
       </c>
       <c r="B35" s="2">
-        <v>45842</v>
+        <v>45875</v>
       </c>
       <c r="C35" t="s">
-        <v>56</v>
+        <v>54</v>
+      </c>
+      <c r="D35" t="s">
+        <v>9</v>
       </c>
       <c r="E35" t="inlineStr">
         <is>
-          <t>Accordo di programma finalizzato alla programmazione ed al finanziamento di interventi urgenti e prioritari per la mitigazione del rischio idrogeologico da effettuare nel territorio della Regione Lazio. Intervento n. 31 "Consolidamento delle cavità sotterranee lungo via G. Valli - Roma". CUP: J87D18000320002. Determinazione a contrarre ed approvazione atti di gara.</t>
-[...3 lines deleted...]
-        <v>57</v>
+          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione di un servizio di pubblicità e marketing sulla rivista gratuita "SPORT CLUB". Impegno di spesa in favore di Marketing Xpression di Oddino Marco (cod. cred. 173589) per € 24.400,00 iva inclusa sul Cap. U0000G31904. E.F. 2025. CUP F89I25001620002. MIR I202500323.</t>
+        </is>
+      </c>
+      <c r="F35" t="s" s="3">
+        <v>55</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
-        <v>1954</v>
+        <v>1971</v>
       </c>
       <c r="B36" s="2">
-        <v>45842</v>
+        <v>45838</v>
       </c>
       <c r="C36" t="s">
-        <v>58</v>
+        <v>56</v>
+      </c>
+      <c r="D36" t="s">
+        <v>9</v>
       </c>
       <c r="E36" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto, ex art.50 comma 1, lettera b) D.lgs. n. 36/2023, per la fornitura di n. 20 climatizzatori campali a favore della società PROTEC S.r.l da utilizzare nel Villaggio Campale di accoglienza per gli eventi del Giubileo della Chiesa Cattolica 2025. Intervento n.253 - CUP F89120000090001. Impegno di spesa di € 170.800,00 (compresa IVA) cap. U0000E46174 Miss. 11 Prog. 01 p.d.c. 2.02.01.05.000, es.fin. 2025 a favore di PROTEC S.r.l (cod. cred. 253541). Impegno di spesa di € 1.666,56 sul cap.U0000E46174 e relativi accertamenti a favore del fondo incentivi sul cap. E0000341560 per es.fin. 2025. Impegno di spesa di € 341,60 pari allo 0,20% dell'importo, cap. U0000E46174 a favore della società "Giubileo 2025 S.p.A." (Cod.Cred. 245261) es.fin. 2025.Impegno di spesa di € 35,00 sul cap.U0000T19427 a favore di A.N.A.C. (Cod.Cred.159683) es.fin. 2025.</t>
-[...3 lines deleted...]
-        <v>59</v>
+          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione del servizio di produzione e stampa di un volume finalizzato alla diffusione della consapevolezza dell'importanza dello Sport nel benessere psico-fisico anche in presenza di abilità diverse. Impegno di spesa per euro 12.200,00 iva inclusa sul Cap. U0000G31929 in favore della Società Edizioni Antilia sas (codice creditore 254154) E.F. 2025. CUP F89I25001420002. MIR I202500269.</t>
+        </is>
+      </c>
+      <c r="F36" t="s" s="3">
+        <v>57</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
-        <v>1953</v>
+        <v>1970</v>
       </c>
       <c r="B37" s="2">
-        <v>45840</v>
+        <v>45957</v>
       </c>
       <c r="C37" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
       <c r="E37" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre semplificata e affidamento diretto ai sensi dell'art 50, comma 1, lettera b), del D.lgs. n. 36/2023 del servizio di "assistenza e supporto di natura giuridico-legale per i contenziosi di competenza della Direzione Regionale Lavori Pubblici e Infrastrutture, Innovazione Tecnologica con particolare riferimento ai contenziosi concernenti le richieste giudiziali e stragiudiziali di risarcimento danni da parte dei parenti delle vittime del crollo delle palazzine A.T.E.R. di Amatrice del 24 agosto 2016 ed ai contenziosi in merito ai lavori di ripristino della officiosità idraulica del fosso di Pratolungo, compresa la manutenzione straordinaria dell'alveo e la costituzione di opportune opere di accumulo e laminazione delle piene. II Lotto". CIG: B67C2E5683.</t>
-[...3 lines deleted...]
-        <v>61</v>
+          <t>Servizi di gestione per attività idrografiche per esecuzione di vibrocarotaggi sui fondali marini al traverso di Anzio - Nomina Responsabile Unico di Progetto e Gruppo di lavoro - Determinazione a contrarre - Prenotazione perfezionata della bollinatura, pren. d'impegno n 49726/2025 dell'importo complessivo di € 135.420,00 sul capitolo U0000E42531 a favore di Creditori Diversi (cod. Cred. 3805) - Imp. di € 2.220,00 al "Fondo incentivi ex art. 383 sexies R.R. N. 1/2002" (cod. Cred. 176734) sul capitolo U0000E42531 ed imp. di € 35,00 all'Autorità nazionale anticorruzione (cod. cred. 159683) sul cap. U0000T19427 - Acc. per € 2.220,00 al "Fondo incentivi ex art. 383 sexies R.R. N. 1/2002" (cod. Cred. 176734) sui capitoli E0000341562, E0000341563 e E0000341559 - Es fin 2025.</t>
+        </is>
+      </c>
+      <c r="F37" t="s" s="3">
+        <v>58</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
-        <v>1952</v>
+        <v>1969</v>
       </c>
       <c r="B38" s="2">
-        <v>45840</v>
+        <v>45786</v>
       </c>
       <c r="C38" t="s">
-        <v>62</v>
+        <v>19</v>
+      </c>
+      <c r="D38" t="s">
+        <v>9</v>
       </c>
       <c r="E38" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre semplificata e affidamento diretto ai sensi dell'art 50, comma 1, lettera b), del D.lgs. n. 36/2023 del servizio di "progettazione e sviluppo del sistema informativo per la mappatura delle piste ciclabili e ciclopedonali nel territorio regionale Map.PiC (Mappatura delle Piste Ciclabili) della Regione Lazio". CIG: B5610753E1.</t>
-[...3 lines deleted...]
-        <v>63</v>
+          <t>Approvazione del progetto. Decisioni a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. d) e b), del D.Lgs. 31 marzo 2023, n. 36, per il progetto “Accordo Quadro avente ad oggetto gli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà della Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento – 3 Lotti Funzionali”, ed incarichi professionali di Direzione dei Lavori, CSE e Collaudatore. Prenotazioni a favore creditori diversi cap. U0000S22501, es. fin. 2025-2026-2027: € 6.588.000,00 per Lavori e servizio; € 288.747,40 per Spese Tecniche.Impegno di € 84.859,25, cap. U0000S22501 e accertamento di € 84.859,25, cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, es. fin. 2025-2026-2027. Impegno di € 950,00, cap. &amp;nbsp;U0000T19427, es. fin. 2025, per ANAC.&amp;nbsp;</t>
+        </is>
+      </c>
+      <c r="F38" t="s" s="3">
+        <v>59</v>
+      </c>
+      <c r="G38" t="s" s="3">
+        <v>60</v>
+      </c>
+      <c r="H38" t="s" s="3">
+        <v>61</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
-        <v>1951</v>
+        <v>1968</v>
       </c>
       <c r="B39" s="2">
-        <v>45820</v>
+        <v>45918</v>
       </c>
       <c r="C39" t="s">
-        <v>6</v>
+        <v>19</v>
+      </c>
+      <c r="D39" t="s">
+        <v>9</v>
       </c>
       <c r="E39" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025 sesta tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre, approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.</t>
-[...3 lines deleted...]
-        <v>64</v>
+          <t>Determinazione a contrarre ai sensi dell'art. 17, comma 2, del D.lgs. n. 36/2023 per procedura di affidamento diretto, ex art. 50, comma 1, lett. b) del D.lgs. n. 36/2023, attraverso la piattaforma S.TEL.LA., servizio di redazione perizie di stima valore di mercato n. 364 terreni agricoli appartenenti alla c.d. "banca della terra". Prenotazione impegno di spesa di € 86.912,80 iva e cnpaia inclusi sul Cap. U0000S21909, es. fin. 2025-2026 in favore di creditori diversi (cod. cred 3805). Impegno sul Cap. U0000T19427 di euro 35,00 in favore dell'Autorità Nazionale Anticorruzione (cod. cred. 159683), es. fin. 2025.</t>
+        </is>
+      </c>
+      <c r="F39" t="s" s="3">
+        <v>62</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
-        <v>1950</v>
+        <v>1967</v>
       </c>
       <c r="B40" s="2">
-        <v>45819</v>
+        <v>45950</v>
       </c>
       <c r="C40" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="E40" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre e indizione di una gara a procedura aperta ai sensi dell'art. 71 del D.lgs. 36/2023 finalizzata all'acquisizione dei "Servizi di Rassegna Stampa telematica e monitoraggio dei flussi di Agenzia di Stampa mediante Concentratore per l'Ufficio Stampa della Regione Lazio". Approvazione atti di gara e nomina RUP. Prenotazione di impegno di spesa per complessivi € 307.440,00 (IVA inclusa), sul capitolo di spesa U0000R31906 Es. Fin. 2025-2028 in favore creditori diversi. Impegno di spesa complessivo di € 3.749,76, sul capitolo di spesa U0000R31906 Es. Fin. 2025-2028 in favore del "Fondo incentivi ex art.383 sexies R.R. n.1/2002". Impegno di spesa € 410,00 capitolo di spesa U0000T19427, Es. Fin. 2025 a favore di ANAC. Accertamenti complessivi € 3.749,76, Es. Fin. 2025 2028, in favore del creditore n. 176734 "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002"</t>
-[...3 lines deleted...]
-        <v>65</v>
+          <t>Determina a contrarre per indizione di una procedura aperta per l'affidamento servizio di assistenza professionale per attività concernenti il piano di sviluppo strategico della Zona Logistica Semplificata della Regione Lazio, prenotazione di impegno per € 1.621.197,00 IVA inclusa cap. es. fin. 2025-2028 Cap. U0000C11949, in favore di Creditori diversi - Approvazione doc tecnici e schema di contratto. impegni di spesa per complessivi € 24.361,30 sul Cap. U0000C11949 e relativi accertamenti sui Cap. E0000341559, E0000341562 e E0000341563 al fondo incentivi ex art. 383 sexies R.R. n. 1/2002 per gli es. fin. 2025-2028. Impegno di spesa sul Cap. U0000T19427 di € 660,00 in favore dell'Autorità Nazionale Anticorruzione (ANAC), es. fin. 2025.</t>
+        </is>
+      </c>
+      <c r="F40" t="s" s="3">
+        <v>63</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
-        <v>1949</v>
+        <v>1966</v>
       </c>
       <c r="B41" s="2">
-        <v>45812</v>
+        <v>45831</v>
       </c>
       <c r="C41" t="s">
-        <v>66</v>
+        <v>64</v>
+      </c>
+      <c r="D41" t="s">
+        <v>9</v>
       </c>
       <c r="E41" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 per la fornitura di gadgets a logo regionale e fondi di coesione da utilizzare presso Expo Osaka e altri eventi. Impegno di spesa a favore della ditta GLD MEDIA WEB s.r.l.s. (c.c 251879), Roma - P.IVA 17705621005, sul capitolo U0000B25929 per un importo complessivo di € 5.843,80 IVA compresa - Esercizio Finanziario 2025.</t>
-[...3 lines deleted...]
-        <v>67</v>
+          <t>Determina a contrarre per l'affidamento diretto ai sensi dell'art. 50 comma 1, lettera b) del D.lgs. 36/2023, per la fornitura di n. 4 serbatoi per acqua potabile e servizi accessori, a favore della società Ecolservizi Aprilia S.r.l., P.IVA 01540220595, da utilizzare per potenziare la capacità operativa e la dotazione della "Colonna Mobile della Regione Lazio". CUP F80J21000010001 - Impegno di spesa della somma complessiva pari a € 9.479,40 (IVA inclusa), sul Capitolo U0000E46147 Missione 11, Programma 01, Piano dei Conti 2.02.01.05.000 - es.fin. 2025 a favore della società Ecolservizi Aprilia S.r.l. (cod. cred. 253965).</t>
+        </is>
+      </c>
+      <c r="F41" t="s" s="3">
+        <v>65</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
-        <v>1948</v>
+        <v>1965</v>
       </c>
       <c r="B42" s="2">
-        <v>45786</v>
+        <v>45845</v>
       </c>
       <c r="C42" t="s">
-        <v>68</v>
+        <v>66</v>
+      </c>
+      <c r="D42" t="s">
+        <v>9</v>
       </c>
       <c r="E42" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre per la procedura negoziata, ai sensi dell’art. 76 comma 2 lett. b co. 2 del d. lgs. 36/2023, per l’affidamento del servizio di promozione di immagine, in occasione delle due tappe del tour del mediterraneo della nave “Amerigo Vespucci”, che si svolgeranno a Gaeta dal 24 al 27 maggio 2025 e a Civitavecchia dal 28 maggio al 3 giugno 2025. Indizione e approvazione atti di gara. Nomina RUP. Perfezionamento della prenotazione di impegno n. 49509/2025 di € 400.000,00 (IVA inclusa) a favore di Difesa Servizi S.p.A. - Capitolo di spesa U0000R31902 Es. Fin. 2025. Impegno a favore di ANAC di € 250,00 sul capitolo U0000T19427.</t>
-[...3 lines deleted...]
-        <v>69</v>
+          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D. lgs. n. 36/2023, di un servizio di noleggio di n. 12 Cisterne da 5.000 litri cadauna e servizio di carico acqua, a favore della società IMPREGETAL S.r.l., da impiegare per l'alimentazione dei moduli doccia, installati presso il “Villaggio Campato Accoglienza Regione Lazio”, in occasione dell'evento “Giubileo dei Giovani 2025”. Impegno di spesa della somma complessiva pari a € 104.066,00 (IVA inclusa), sul capitolo U0000E47146 Missione 11, Programma 0 1, piano dei conti 1.03.02.07.000, es. fin. 2025 a favore della società IMPREGETAL S.r.l. (cod. cred. 204121). Impegno di spesa di € 1.147,11 sul capitolo U0000E47146 e relativi accertamenti a favore del fondo incentivi sul capitolo E0000341560 per l'annualità 2025. Impegno di spesa di euro 35,00 sul cap punto U0000T19427 a favore di A.N.A.C. (cod. cred.</t>
+        </is>
+      </c>
+      <c r="F42" t="s" s="3">
+        <v>67</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
-        <v>1947</v>
+        <v>1964</v>
       </c>
       <c r="B43" s="2">
-        <v>45754</v>
+        <v>45819</v>
       </c>
       <c r="C43" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="D43" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E43" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto, ex art.50 comma1, lettera b) D.lgs. n.36/2023, per il noleggio di n.200 bagni/lavabi chimici e servizi accessori a favore della società GSN S.r.l., in occasione dell'evento "Giubileo degli Adolescenti 2025". Impegno di spesa di € 47.580,00 (compresa IVA) sul cap.U0000E47146 Missione 11 Programma 01 piano dei conti 1.03.02.07.000 esercizio finanziario 2025 a favore della società GSN S.r.l. (cod. cred. 212910).</t>
-[...3 lines deleted...]
-        <v>71</v>
+          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, del servizio di noleggio di recinzioni perimetrali e forniture accessorie, a favore della società Mezza Manica Group S.r.l., da impiegare come barriera antintrusione presso il "Villaggio Campale Accoglienza Regione Lazio", in occasione dell'evento "Giubileo dei Giovani 2025". Impegno di spesa della somma complessiva pari a € 98.820,00 (IVA inclusa), sul capitolo U0000E47146 Missione 11, Programma 01, piano dei conti 1.03.02.07.000, es. fin. 2025 a favore della società Mezza Manica Group S.r.l. (cod. cred. 253949). Impegno di spesa di € 1.089,29 sul cap. U0000E47146 e relativi accertamenti a favore del fondo incentivi sul cap. E0000341560 per l'annualità 2025. Impegno di spesa di €35,00 sul cap. U0000T19427 a favore di A.N.A.C. (cod. cred. 159683) es. fin. 2025.</t>
+        </is>
+      </c>
+      <c r="F43" t="s" s="3">
+        <v>69</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
-        <v>1946</v>
+        <v>1963</v>
       </c>
       <c r="B44" s="2">
-        <v>45755</v>
+        <v>45834</v>
       </c>
       <c r="C44" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="D44" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E44" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per la fornitura di gadget di rappresentanza, da utilizzare in occasione degli eventi giubilari programmati dalla Direzione Emergenza, Protezione Civile e NUE 112, a favore delle società "Carto Copy Service S.r.l.", "Duegi S.r.l" e "Silan S.p.A.". Impegno di spesa della somma complessiva pari a € 51.593,80 (IVA inclusa) di cui € 11.590,00 (IVA inclusa) a favore della società Carto Copy Service S.r.l (cod. cred. 182416), € 20.276,40 (IVA inclusa) a favore della società Duegi S.r.l. (cod. cred. 251397) ed € 19.727,40 (IVA inlcusa) a favore della società Silan S.p.A (cod.cred. 253412), sul Capitolo U0000E47147 Missione 11, Programma 01, piano dei conti 1.03.02.02.000, es. fin. 2025.</t>
-[...3 lines deleted...]
-        <v>73</v>
+          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. N. 36/2023, per il servizio di pulizia e sanificazione, a favore della società Yes Clean S.r.l., da eseguirsi presso il "Villaggio Campale Accoglienza Regione Lazio" allestito in occasione dell'evento "Giubileo dei Giovani 2025". Impegno di spesa della somma complessiva pari a € 126.880,00 (IVA inclusa), sul capitolo U0000E47150 Missione 11, Programma 01, piano dei conti 1.03.02.99.000, esercizio finanziario 2025 a favore della società Yes Clean S.r.l. (cod. cred. 253954). Impegno di spesa di € 1.398,59 sul cap. U0000E47150 e relativi accertamenti a favore del fondo incentivi sul cap. E0000341560 per l'annualità 2025. Impegno di spesa di € 35,00 sul cap. U0000T19427 a favore di A.N.A.C. (Cod. cred. 159683) es. fin. 2025.</t>
+        </is>
+      </c>
+      <c r="F44" t="s" s="3">
+        <v>71</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
-        <v>1945</v>
+        <v>1962</v>
       </c>
       <c r="B45" s="2">
-        <v>45785</v>
+        <v>45840</v>
       </c>
       <c r="C45" t="s">
-        <v>74</v>
+        <v>72</v>
+      </c>
+      <c r="D45" t="s">
+        <v>9</v>
       </c>
       <c r="E45" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto ai sensi dell'art. 50 comma 1, lettera b) del D.lgs. 36/2023, per l'acquisto di n. 1 pulmino a 9 posti a favore della società AUTOIN BY FERI S.r.l., P.IVA 01436971004, da utilizzare per le esigenze della Direzione Emergenza, Protezione Civile e NUE 112. Impegno di spesa della somma complessiva pari a € 43.800,00 (IVA inclusa), sul Capitolo U0000E46146 del bilancio della Regione Lazio, Missione 11 Programma 01 Piano dei Conti 2.02.01.01 - es.fin. 2025 a favore della società AUTOIN BY FERI S.r.l. (cod. cred. 158879).</t>
-[...3 lines deleted...]
-        <v>75</v>
+          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per il servizio di vigilanza armata, a favore della società Csm Global security service S.r.l., da eseguirsi presso il "Villaggio Campale Accoglienza Regione Lazio" allestito in occasione dell'evento "Giubileo dei Giovani 2025". Impegno di spesa della somma complessiva pari a € 44.375,60 (IVA inclusa), sul capitolo U000E47150 Missione 11 Programma 01 piano dei conti1.03.02.99.000, esercizio finanziario 2025 a favore della società Csm Global security service S.r.l. (cod. cred. 250312).</t>
+        </is>
+      </c>
+      <c r="F45" t="s" s="3">
+        <v>73</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
-        <v>1944</v>
+        <v>1961</v>
       </c>
       <c r="B46" s="2">
-        <v>45785</v>
+        <v>45771</v>
       </c>
       <c r="C46" t="s">
-        <v>76</v>
+        <v>74</v>
+      </c>
+      <c r="D46" t="s">
+        <v>9</v>
       </c>
       <c r="E46" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per il servizio di catering a favore della società PDP Catering S.r.l., da utilizzare per ristorare i volontari e il personale operativo della Direzione, in occasione del funerale del Santo Padre. Impegno di spesa della somma complessiva pari a 29.816,00 euro (IVA inclusa), sul capitolo U0000E47906 Missione 11, Programma 01, piano dei conti 1.03.02.99.000, esercizio finanziario 2025 a favore della società PDP Catering S.r.l. (cod. cred. 127445).</t>
-[...3 lines deleted...]
-        <v>77</v>
+          <t>Manutenzione dei corsi d'acqua e delle opere idrauliche di competenza regionale 2025 - 2026. Approvazione del progetto esecutivo ed affidamento dei lavori con procedura negoziata, ai sensi dell'art. 50 comma 1 lettera d) del D.lgs. n.36/2023, per la stipula di un accordo quadro ai sensi dell'art. 59 del D.lgs. n.36/2023. Determinazione a contrattare ed approvazione atti di gara. Nomina a Coordinatore della Sicurezza in fase di Esecuzione il funzionario Geom. Antonio Stefano CARCIONE.</t>
+        </is>
+      </c>
+      <c r="F46" t="s" s="3">
+        <v>75</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
-        <v>1943</v>
+        <v>1960</v>
       </c>
       <c r="B47" s="2">
-        <v>45785</v>
+        <v>45874</v>
       </c>
       <c r="C47" t="s">
-        <v>78</v>
+        <v>19</v>
+      </c>
+      <c r="D47" t="s">
+        <v>9</v>
       </c>
       <c r="E47" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per la fornitura di elettrodomestici da cucina a favore di CDS Group S.r.l. per il potenziamento dei moduli cucina da utilizzare per l'allestimento del Villaggio Campale in occasione del Giubileo della Chiesa Cattolica 2025. Intervento n.253 - CUP F89120000090001. Impegno di spesa di € 38.527,60 (compresa IVA) sul cap.U0000E46175 a favore di CDS Group S.r.l. (cod. Cred. 253547). Impegno di spesa di €63,16 pari allo 0,20% dell'imponibile, cap.U0000E46175 a favore della "Giubileo 2025 S.p.A." (Cod. Cred. 245261). Esercizio finanziario 2025.</t>
-[...3 lines deleted...]
-        <v>79</v>
+          <t>Rimozione dei relitti presenti nell'alveo del fiume Tevere Approvazione del progetto esecutivo. Determinazione a contrarre. Affidamento ai sensi art. 50 comma 1 lettera c) del D.lgs. 36/2023. Aggiudicazione ai sensi dell'art. 50 comma 4 del D.lgs. 36/2023. Approvazione atti di gara.</t>
+        </is>
+      </c>
+      <c r="F47" t="s" s="3">
+        <v>76</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
-        <v>1942</v>
+        <v>1959</v>
       </c>
       <c r="B48" s="2">
-        <v>45784</v>
+        <v>45912</v>
       </c>
       <c r="C48" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
       <c r="E48" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ex art.50 comma1, lettera b)D.lgs. n. 36/2023,tramite RDO sulla piattaforma MePA (www.acquistinretepa.it) per la fornitura di n.500 brandine a castello e n.40 armadi pensili a favore di Seraman ltd per l'allestimento del Villaggio Campale di accoglienza per il Giubileo della Chiesa Cattolica 2025. Intervento n.253 - CUP F89120000090001. Impegno di spesa di €209.840,00(compresa IVA) cap.U0000E46175 Miss.11 Prog.01 p.d.c.2.02.01.03.000 e.f.2025 a favore di Seraman ltd (cod. cred. 253052).CIG n. B5CED86DFF. Impegno di spesa di € 2.047,49 sul cap.U0000E46175 e relativi accertamenti a favore del fondo incentivi sul cap.E0000341560 per l'e.f.2025. Impegno di spesa di €344,00 pari allo 0,20% dell'importo,cap.U0000E46175 a favore della "Giubileo 2025 S.p.A.".Impegno di spesa di €250,00 sul cap.U0000T19427 a favore di A.N.A.C.(Cod.Cred.159683)e.f.2025.</t>
-[...3 lines deleted...]
-        <v>81</v>
+          <t>Accordo di Programma finalizzato alla programmazione ed al finanziamento di interventi urgenti e prioritari per la mitigazione del rischio idrogeologico da effettuare nel territorio della Regione Lazio, sottoscritto in data 15.7.2010 tra il Ministero dell'Ambiente e delle Tutela del Territorio e del Mare, la Regione Lazio e il Soggetto Attuatore Delegato (D.P.R.L. T00109 del 13 maggio 2016). Intervento: Lavori di mitigazione del rischio idrogeologico della falesia di Cala Rossano nel Comune di Ventotene (LT) - I lotto. CUP B63E180000600037</t>
+        </is>
+      </c>
+      <c r="F48" t="s" s="3">
+        <v>77</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
-        <v>1941</v>
+        <v>1958</v>
       </c>
       <c r="B49" s="2">
-        <v>45741</v>
+        <v>45856</v>
       </c>
       <c r="C49" t="s">
-        <v>82</v>
+        <v>19</v>
       </c>
       <c r="D49" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E49" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per la fornitura di articoli di abbigliamento tecnico e di rappresentanza per il personale della Direzione Emergenza, Protezione Civile e NUE 112 a favore della società "Pro.tec S.r.l". P.IVA n.07605650725, da utilizzare in occasione degli eventi giubilari. Impegno di spesa della somma complessiva pari a 118.632,80 euro (IVA inclusa), sul capitolo U0000E47145 Miss.11, Prog.01, piano dei conti 1.03.01.02.000, es. fin. 2025 a favore della società Pro.tec S.r.l. (cod. cred. 253130). Registro di sistema n. PI048055-25. Impegno di spesa di € 1.307,68 sul capitolo U0000E47145 e relativi accertamenti a favore del fondo incentivi sul capitolo E0000341560 per l'annualità 2025. Impegno di spesa di € 35,00 sul capitolo U0000T19427 a favore di A.N.A.C. (cod. cred. 159683) es. fin. 2025.</t>
-[...3 lines deleted...]
-        <v>83</v>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025 nona tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre, approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.</t>
+        </is>
+      </c>
+      <c r="F49" t="s" s="3">
+        <v>78</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
-        <v>1940</v>
+        <v>1957</v>
       </c>
       <c r="B50" s="2">
-        <v>45771</v>
+        <v>45847</v>
       </c>
       <c r="C50" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="D50" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E50" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2025 - Terza tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Determinazione a contrarre, approvazione schemi, atti e indizione gara.</t>
-[...3 lines deleted...]
-        <v>84</v>
+          <t>Appalto specifico per l’acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio – Farmaci 2025 ottava tranche – nell’ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre, approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto</t>
+        </is>
+      </c>
+      <c r="F50" t="s" s="3">
+        <v>79</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
-        <v>1939</v>
+        <v>1956</v>
       </c>
       <c r="B51" s="2">
-        <v>45769</v>
+        <v>45845</v>
       </c>
       <c r="C51" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="D51" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E51" t="inlineStr">
         <is>
-          <t>AZIONE 5 - Determinazione a contrarre ex art. 17, comma 1 del D.lgs. 36/2023 per indizione di una procedura aperta, ai sensi dell'art. 71 D.lgs. n. 36/2023, per l'individuazione di un centro media che si occuperà dell'acquisto di spazi pubblicitari per la promozione della Via Francigena azioni trasversali scheda 33 PSC di cui al Decreto MiT prot. 1145205/24, Approvazione documenti tecnici e schema di contratto. Pren. imp. per € 905.026,13 IVA incl. Cap. U0000B41113 in favore di Creditori Diversi (3805) E.F. 2025. Impegno di € 6.755,47 a "Fondo incentivi ex art. 383 sexies R.R. n.1/2002" (c.c. 176734) cap U0000B41113. Acc. di € 6.755,47 cap. n. E0000341560 "Fondo incentivi ex art.383 sexies R.R. n.1/2002" (c.c. 176734) E.F 2025 - Imp. di € 410,00 ANAC (c.c. 159683) capitolo U0000T19427 - E.F.25 - CUP J59E2200004001</t>
-[...3 lines deleted...]
-        <v>86</v>
+          <t>Determinazione a contrarre semplificata e affidamento diretto ai sensi dell'art 50, comma 1, lettera b), del D.lgs. n. 36/2023 del servizio di direzione dei lavori per l'intervento n. 31 "Consolidamento delle cavità sotterranee lungo via G. Valli - Roma". Approvazione dello schema di lettera/contratto. CUP: J87D18000320002 - CIG B6FC083F42.</t>
+        </is>
+      </c>
+      <c r="F51" t="s" s="3">
+        <v>81</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
-        <v>1938</v>
+        <v>1955</v>
       </c>
       <c r="B52" s="2">
-        <v>45757</v>
+        <v>45842</v>
       </c>
       <c r="C52" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="E52" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre in adesione all'Accordo Quadro "Servizio di Assistenza Tecnica per la gestione e attuazione del Piano di Sviluppo e Coesione della Regione Lazio " (variante ex art. 106, co. 1, lett. c, punto 1, del d.lgs. 50/2016). Importo pari a euro 1.899.953,58 (Iva inclusa 22%). Approvazione Schema del IV Contratto Attuativo. CUP F81C23000470001 CIG B6585B5423</t>
-[...3 lines deleted...]
-        <v>88</v>
+          <t>Accordo di programma finalizzato alla programmazione ed al finanziamento di interventi urgenti e prioritari per la mitigazione del rischio idrogeologico da effettuare nel territorio della Regione Lazio. Intervento n. 31 "Consolidamento delle cavità sotterranee lungo via G. Valli - Roma". CUP: J87D18000320002. Determinazione a contrarre ed approvazione atti di gara.</t>
+        </is>
+      </c>
+      <c r="F52" t="s" s="3">
+        <v>83</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
-        <v>1937</v>
+        <v>1954</v>
       </c>
       <c r="B53" s="2">
-        <v>45698</v>
+        <v>45842</v>
       </c>
       <c r="C53" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>84</v>
       </c>
       <c r="E53" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto, ex art.50 comma1, lettera b) D.lgs. n.36/2023, per il noleggio di n.182 moduli bagno/doccia a favore di Sebach S.p.A., P.IVA 03912150483 per l'allestimento del Villaggio Campale di accoglienza per il Giubileo della Chiesa Cattolica2025 e serv. acc. Intervento n.253-CUP F89120000090001. Impegno di spesa di € 167.872,00(compresa IVA) sul cap.U0000E47146 Miss.11 Prog.01 p. d. c.1.03.02.07.000 e.f.2025 a favore di Sebach S.p.A. (cod. cred.89536). CIG n. B54763CD19Impegno di spesa di €1.850,44 sul cap.U0000E47146 e relativi accertamenti a favore del fondo incentivi sul cap.E0000341560 per l'annualità2025.Impegno di spesa di €275,20, pari allo 0,20% dell'importo, sul cap.U0000E47146 a favore della "Giubileo2025S.p.A."Impegno di spesa di €35,00 sul cap.U0000T19427 a favore di A.N.A.C. (Cod.Cred.159683) e.f.2025.</t>
-[...3 lines deleted...]
-        <v>90</v>
+          <t>Determina a contrarre per l'affidamento diretto, ex art.50 comma 1, lettera b) D.lgs. n. 36/2023, per la fornitura di n. 20 climatizzatori campali a favore della società PROTEC S.r.l da utilizzare nel Villaggio Campale di accoglienza per gli eventi del Giubileo della Chiesa Cattolica 2025. Intervento n.253 - CUP F89120000090001. Impegno di spesa di € 170.800,00 (compresa IVA) cap. U0000E46174 Miss. 11 Prog. 01 p.d.c. 2.02.01.05.000, es.fin. 2025 a favore di PROTEC S.r.l (cod. cred. 253541). Impegno di spesa di € 1.666,56 sul cap.U0000E46174 e relativi accertamenti a favore del fondo incentivi sul cap. E0000341560 per es.fin. 2025. Impegno di spesa di € 341,60 pari allo 0,20% dell'importo, cap. U0000E46174 a favore della società "Giubileo 2025 S.p.A." (Cod.Cred. 245261) es.fin. 2025.Impegno di spesa di € 35,00 sul cap.U0000T19427 a favore di A.N.A.C. (Cod.Cred.159683) es.fin. 2025.</t>
+        </is>
+      </c>
+      <c r="F53" t="s" s="3">
+        <v>85</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
-        <v>1936</v>
+        <v>1953</v>
       </c>
       <c r="B54" s="2">
-        <v>45708</v>
+        <v>45840</v>
       </c>
       <c r="C54" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>86</v>
       </c>
       <c r="E54" t="inlineStr">
         <is>
-          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per la fornitura di n. 750.000 bottiglie d'acqua naturale e servizio di refrigerazione a favore della società "GSN S.r.l." P.IVA n. 04754201210, da utilizzare in occasione dell'evento "Giubileo dei Giovani 2025". Impegno di spesa della somma complessiva pari a 254.112,84 euro (IVA inclusa), sul capitolo U0000E47145 Missione 11, Programma 01, piano dei conti 1.03.01.02.000, esercizio finanziario 2025 a favore della società GSN S.r.l. (cod. cred. 212910). Registro di sistema n. PI026404-25. Impegno di spesa di € 2.479,47 sul capitolo U0000E47145 e relativi accertamenti a favore del fondo incentivi sul capitolo E0000341560 per l'annualità 2025. Impegno di spesa di € 250,00 sul capitolo U0000T19427 a favore di A.N.A.C. (cod. cred. 159683) es. fin. 2025.</t>
-[...3 lines deleted...]
-        <v>92</v>
+          <t>Determinazione a contrarre semplificata e affidamento diretto ai sensi dell'art 50, comma 1, lettera b), del D.lgs. n. 36/2023 del servizio di "assistenza e supporto di natura giuridico-legale per i contenziosi di competenza della Direzione Regionale Lavori Pubblici e Infrastrutture, Innovazione Tecnologica con particolare riferimento ai contenziosi concernenti le richieste giudiziali e stragiudiziali di risarcimento danni da parte dei parenti delle vittime del crollo delle palazzine A.T.E.R. di Amatrice del 24 agosto 2016 ed ai contenziosi in merito ai lavori di ripristino della officiosità idraulica del fosso di Pratolungo, compresa la manutenzione straordinaria dell'alveo e la costituzione di opportune opere di accumulo e laminazione delle piene. II Lotto". CIG: B67C2E5683.</t>
+        </is>
+      </c>
+      <c r="F54" t="s" s="3">
+        <v>87</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
-        <v>1935</v>
+        <v>1952</v>
       </c>
       <c r="B55" s="2">
-        <v>45643</v>
+        <v>45840</v>
       </c>
       <c r="C55" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>88</v>
       </c>
       <c r="E55" t="inlineStr">
         <is>
-          <t>Determina a contrarre ai sensi dell'art.71D.lgs. n.36/2023 per l'indizione di una procedura aperta sopra soglia comunitaria per l'acquisto di n.10 Tende a 6 moduli da utilizzare per l'allestimento del Villaggio campale di accoglienza in occasione del Giubileo della Chiesa Cattolica 2025 e servizi accessori. Intervento n.253 - CUP F89120000090001.Prenotazione impegni di spesa a favore di cred. diversi per € 1.220.000,00 (compresa Iva) sul capitolo U0000E46174 per le annualità 2024- 2026.Impegno di spesa di € 8.800,00 sul capitolo U0000E46174 e relativi accertamenti a favore del fondo incentivi sul capitolo E0000341560 per le annualità 2024-2026. Impegno di spesa di € 2.000,00 pari allo 0,20% dell'importo, sul capitolo U0000E46174 a favore della società "Giubileo 2025 S.p.A." e. f. 2024.Impegno di spesa di € 660,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683)E.F. 2024</t>
-[...3 lines deleted...]
-        <v>94</v>
+          <t>Determinazione a contrarre semplificata e affidamento diretto ai sensi dell'art 50, comma 1, lettera b), del D.lgs. n. 36/2023 del servizio di "progettazione e sviluppo del sistema informativo per la mappatura delle piste ciclabili e ciclopedonali nel territorio regionale Map.PiC (Mappatura delle Piste Ciclabili) della Regione Lazio". CIG: B5610753E1.</t>
+        </is>
+      </c>
+      <c r="F55" t="s" s="3">
+        <v>89</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
-        <v>1934</v>
+        <v>1951</v>
       </c>
       <c r="B56" s="2">
-        <v>45754</v>
+        <v>45820</v>
       </c>
       <c r="C56" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="E56" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025 seconda tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre, approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.</t>
-[...3 lines deleted...]
-        <v>95</v>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025 sesta tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre, approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.</t>
+        </is>
+      </c>
+      <c r="F56" t="s" s="3">
+        <v>90</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
-        <v>1933</v>
+        <v>1950</v>
       </c>
       <c r="B57" s="2">
-        <v>45562</v>
+        <v>45819</v>
       </c>
       <c r="C57" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E57" t="inlineStr">
         <is>
-          <t>Determina a contrarre ai sensi dell'art. 71 D.Lgs. n. 36/2023, per l'indizione di una procedura aperta sopra soglia comunitaria per l'acquisto delle forniture di automezzi ed attrezzature per la colonna mobile della Protezione Civile della Regione Lazio e approvazione schemi atti di gara. Procedura suddivisa in 3 lotti. Prenotazione impegni di spesa a favore di cred. diversi per € 1.958.100,00 (compresa Iva) sul Cap. U0000E46146, per i lotti 1-2, e di € 400.160,00 (compresa Iva) sul capitolo U0000E46147 per il lotto 3, risorse di cui all'articolo 41, comma 4, del d.l. n. 50/2017.Impegno di spesa di € 14.124,00 sul capitolo U0000E46146 e di € 2.886,40 sul capitolo U0000E46147 e relativi accertamenti a favore del fondo incentivi sul Capitolo E000341560 per le annualità 2024. Impegno di spesa di € 660,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683) Es. Fin. 2024.</t>
-[...3 lines deleted...]
-        <v>97</v>
+          <t>Determinazione a contrarre e indizione di una gara a procedura aperta ai sensi dell'art. 71 del D.lgs. 36/2023 finalizzata all'acquisizione dei "Servizi di Rassegna Stampa telematica e monitoraggio dei flussi di Agenzia di Stampa mediante Concentratore per l'Ufficio Stampa della Regione Lazio". Approvazione atti di gara e nomina RUP. Prenotazione di impegno di spesa per complessivi € 307.440,00 (IVA inclusa), sul capitolo di spesa U0000R31906 Es. Fin. 2025-2028 in favore creditori diversi. Impegno di spesa complessivo di € 3.749,76, sul capitolo di spesa U0000R31906 Es. Fin. 2025-2028 in favore del "Fondo incentivi ex art.383 sexies R.R. n.1/2002". Impegno di spesa € 410,00 capitolo di spesa U0000T19427, Es. Fin. 2025 a favore di ANAC. Accertamenti complessivi € 3.749,76, Es. Fin. 2025 2028, in favore del creditore n. 176734 "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002"</t>
+        </is>
+      </c>
+      <c r="F57" t="s" s="3">
+        <v>91</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
-        <v>1932</v>
+        <v>1949</v>
       </c>
       <c r="B58" s="2">
-        <v>45734</v>
+        <v>45812</v>
       </c>
       <c r="C58" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E58" t="inlineStr">
         <is>
-          <t>Determina a contrarre, ai sensi dell'art. 71 del D.lgs. 36/2023, per l’indizione di una procedura aperta sopra soglia comunitaria per l’affidamento del servizio aereo di spegnimento incendi boschivi e lo svolgimento di altre attività connesse con gli interventi di Protezione Civile nell’intero territorio della Regione Lazio. Approvazione atti di gara. Prenotazione impegno di spesa in favore di creditori diversi per € 18.877.403,43 compresa IVA sul Cap. U0000E23517 per gli Esercizi finanziari 2025-2028. Impegno di spesa di € 170.206,10 sul Cap. U0000E23517 per gli esercizi finanziari 2025-2028 a favore del fondo incentivi (Cred.176734) e relativi accertamenti di € 136.164,88 sul Cap. E0000341559, € 17.020,61 sul Cap. E0000341562 ed € 17.020,61sul Cap. E0000341563. Impegno di spesa di € 880,00 sul Cap. U0000T19427 a favore di A.N.A.C (Cod. Cred. 159683) E.F. 2025</t>
-[...3 lines deleted...]
-        <v>99</v>
+          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 per la fornitura di gadgets a logo regionale e fondi di coesione da utilizzare presso Expo Osaka e altri eventi. Impegno di spesa a favore della ditta GLD MEDIA WEB s.r.l.s. (c.c 251879), Roma - P.IVA 17705621005, sul capitolo U0000B25929 per un importo complessivo di € 5.843,80 IVA compresa - Esercizio Finanziario 2025.</t>
+        </is>
+      </c>
+      <c r="F58" t="s" s="3">
+        <v>93</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
-        <v>1931</v>
+        <v>1948</v>
       </c>
       <c r="B59" s="2">
-        <v>45747</v>
+        <v>45786</v>
       </c>
       <c r="C59" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="E59" t="inlineStr">
         <is>
-          <t>D.G.R. n. 311 del 24/05/2022. Intervento cod. Rendis 12IR008/CI denominato Interventi di ripristino dell'officiosità idraulica del fiume Nera nel tratto terminale fino alla confluenza con il fiume Tevere. CUP: F97H21006970005. Determinazione a contrarre con approvazione atti di gara.</t>
-[...3 lines deleted...]
-        <v>101</v>
+          <t>Determinazione a contrarre per la procedura negoziata, ai sensi dell’art. 76 comma 2 lett. b co. 2 del d. lgs. 36/2023, per l’affidamento del servizio di promozione di immagine, in occasione delle due tappe del tour del mediterraneo della nave “Amerigo Vespucci”, che si svolgeranno a Gaeta dal 24 al 27 maggio 2025 e a Civitavecchia dal 28 maggio al 3 giugno 2025. Indizione e approvazione atti di gara. Nomina RUP. Perfezionamento della prenotazione di impegno n. 49509/2025 di € 400.000,00 (IVA inclusa) a favore di Difesa Servizi S.p.A. - Capitolo di spesa U0000R31902 Es. Fin. 2025. Impegno a favore di ANAC di € 250,00 sul capitolo U0000T19427.</t>
+        </is>
+      </c>
+      <c r="F59" t="s" s="3">
+        <v>95</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
-        <v>1930</v>
+        <v>1947</v>
       </c>
       <c r="B60" s="2">
-        <v>45726</v>
+        <v>45754</v>
       </c>
       <c r="C60" t="s">
-        <v>6</v>
+        <v>96</v>
+      </c>
+      <c r="D60" t="s">
+        <v>9</v>
       </c>
       <c r="E60" t="inlineStr">
         <is>
-          <t>Gara per l'affidamento del servizio di Vigilanza Armata e Guardiania presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio a mezzo procedura aperta, ai sensi dell'art. 71 del D.lgs. 36/2023, suddivisa in 20 lotti, finalizzata alla stipula di Convenzioni quadro - Determinazione a contrarre. Sostituzione RUP. Impegno di spesa di € 40.969,30, cap. U0000H11726 Es. Fin. 2025 in favore del "Fondo incentivi ex. art 383 sexies R.R n.1/2002". Accertamento di € 40.969,30, cap.E0000341560, Es. Fin. 2025 a carico del "Fondo incentivi ex. art 383 sexies R.R n.1/2002". Impegno di spesa a favore dell'Autorità Nazionale Anticorruzione di € 880,00 sul capitolo U0000T19427 Es. Fin. 2025.</t>
-[...3 lines deleted...]
-        <v>102</v>
+          <t>Determina a contrarre per l'affidamento diretto, ex art.50 comma1, lettera b) D.lgs. n.36/2023, per il noleggio di n.200 bagni/lavabi chimici e servizi accessori a favore della società GSN S.r.l., in occasione dell'evento "Giubileo degli Adolescenti 2025". Impegno di spesa di € 47.580,00 (compresa IVA) sul cap.U0000E47146 Missione 11 Programma 01 piano dei conti 1.03.02.07.000 esercizio finanziario 2025 a favore della società GSN S.r.l. (cod. cred. 212910).</t>
+        </is>
+      </c>
+      <c r="F60" t="s" s="3">
+        <v>97</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
-        <v>1929</v>
+        <v>1946</v>
       </c>
       <c r="B61" s="2">
-        <v>45637</v>
+        <v>45755</v>
       </c>
       <c r="C61" t="s">
-        <v>6</v>
+        <v>98</v>
+      </c>
+      <c r="D61" t="s">
+        <v>9</v>
       </c>
       <c r="E61" t="inlineStr">
         <is>
-          <t>Gara per la fornitura di "Stent coronarici occorrenti alle Aziende Sanitarie e Ospedaliere della Regione Lazio" a mezzo procedura aperta, ai sensi dell'art. 71 D.lgs. 36/2023 - Determinazione a contrarre. Impegno di spesa di € 22.471,50, cap. U0000H11727 Es. Fin. 2024-2025 in favore del "Fondo incentivi ex. art 383 sexies R.R n.1/2002". Accertamento di €22.471,50, cap.E0000341560, Es. Fin. 2024-2025 a carico del "Fondo incentivi ex. art 383 sexies R.R n.1/2002". Impegno di spesa a favore dell'Autorità Nazionale Anticorruzione di € 880,00 sul capitolo U0000T19427 Es. Fin. 2024.</t>
-[...3 lines deleted...]
-        <v>103</v>
+          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per la fornitura di gadget di rappresentanza, da utilizzare in occasione degli eventi giubilari programmati dalla Direzione Emergenza, Protezione Civile e NUE 112, a favore delle società "Carto Copy Service S.r.l.", "Duegi S.r.l" e "Silan S.p.A.". Impegno di spesa della somma complessiva pari a € 51.593,80 (IVA inclusa) di cui € 11.590,00 (IVA inclusa) a favore della società Carto Copy Service S.r.l (cod. cred. 182416), € 20.276,40 (IVA inclusa) a favore della società Duegi S.r.l. (cod. cred. 251397) ed € 19.727,40 (IVA inlcusa) a favore della società Silan S.p.A (cod.cred. 253412), sul Capitolo U0000E47147 Missione 11, Programma 01, piano dei conti 1.03.02.02.000, es. fin. 2025.</t>
+        </is>
+      </c>
+      <c r="F61" t="s" s="3">
+        <v>99</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
-        <v>1928</v>
+        <v>1945</v>
       </c>
       <c r="B62" s="2">
-        <v>45688</v>
+        <v>45785</v>
       </c>
       <c r="C62" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="E62" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025_ prima tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.</t>
-[...3 lines deleted...]
-        <v>104</v>
+          <t>Determina a contrarre per l'affidamento diretto ai sensi dell'art. 50 comma 1, lettera b) del D.lgs. 36/2023, per l'acquisto di n. 1 pulmino a 9 posti a favore della società AUTOIN BY FERI S.r.l., P.IVA 01436971004, da utilizzare per le esigenze della Direzione Emergenza, Protezione Civile e NUE 112. Impegno di spesa della somma complessiva pari a € 43.800,00 (IVA inclusa), sul Capitolo U0000E46146 del bilancio della Regione Lazio, Missione 11 Programma 01 Piano dei Conti 2.02.01.01 - es.fin. 2025 a favore della società AUTOIN BY FERI S.r.l. (cod. cred. 158879).</t>
+        </is>
+      </c>
+      <c r="F62" t="s" s="3">
+        <v>101</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
-        <v>1927</v>
+        <v>1944</v>
       </c>
       <c r="B63" s="2">
-        <v>45611</v>
+        <v>45785</v>
       </c>
       <c r="C63" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>102</v>
       </c>
       <c r="E63" t="inlineStr">
         <is>
-          <t>determina a contrarre in adesione all’Accordo Quadro “Servizio di Assistenza Tecnica per la gestione e attuazione del Piano di Sviluppo e Coesione della Regione Lazio – CIG 9281807571 e A05F323F72 (variante ex art. 106, co. 1, lett. c, punto 1, del d.lgs. 50/2016”. Approvazione Schema del III Contratto Attuativo. CIG B4124C2A31 CUP F81C23000470001</t>
-[...3 lines deleted...]
-        <v>106</v>
+          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per il servizio di catering a favore della società PDP Catering S.r.l., da utilizzare per ristorare i volontari e il personale operativo della Direzione, in occasione del funerale del Santo Padre. Impegno di spesa della somma complessiva pari a 29.816,00 euro (IVA inclusa), sul capitolo U0000E47906 Missione 11, Programma 01, piano dei conti 1.03.02.99.000, esercizio finanziario 2025 a favore della società PDP Catering S.r.l. (cod. cred. 127445).</t>
+        </is>
+      </c>
+      <c r="F63" t="s" s="3">
+        <v>103</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
-        <v>1926</v>
+        <v>1943</v>
       </c>
       <c r="B64" s="2">
-        <v>45500</v>
+        <v>45785</v>
       </c>
       <c r="C64" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>104</v>
       </c>
       <c r="E64" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre semplificata e affidamento diretto ai sensi dell'art 50, comma 1, lettera b), del D.lgs. n. 36/2023 del servizio di per il servizio di "Consulenza Tecnica di Parte per la Regione Lazio - CTP Fascicolo n. 156-1/2019 - ricorso in riassunzione presso il Tribunale Regionale delle Acque Pubbliche - Eredi Gianni c/ Regione Lazio ed altri per i lavori di ripristino della officiosità idraulica del fosso di Pratolungo, compresa la manutenzione straordinaria dell'alveo e la costituzione di opportune opere di accumulo e laminazione delle piene. II Lotto". CIG: B29124F03A</t>
-[...3 lines deleted...]
-        <v>108</v>
+          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per la fornitura di elettrodomestici da cucina a favore di CDS Group S.r.l. per il potenziamento dei moduli cucina da utilizzare per l'allestimento del Villaggio Campale in occasione del Giubileo della Chiesa Cattolica 2025. Intervento n.253 - CUP F89120000090001. Impegno di spesa di € 38.527,60 (compresa IVA) sul cap.U0000E46175 a favore di CDS Group S.r.l. (cod. Cred. 253547). Impegno di spesa di €63,16 pari allo 0,20% dell'imponibile, cap.U0000E46175 a favore della "Giubileo 2025 S.p.A." (Cod. Cred. 245261). Esercizio finanziario 2025.</t>
+        </is>
+      </c>
+      <c r="F64" t="s" s="3">
+        <v>105</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
-        <v>1925</v>
+        <v>1942</v>
       </c>
       <c r="B65" s="2">
-        <v>45664</v>
+        <v>45784</v>
       </c>
       <c r="C65" t="s">
-        <v>109</v>
-[...8 lines deleted...]
-        <v>111</v>
+        <v>106</v>
+      </c>
+      <c r="E65" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ex art.50 comma1, lettera b)D.lgs. n. 36/2023,tramite RDO sulla piattaforma MePA (www.acquistinretepa.it) per la fornitura di n.500 brandine a castello e n.40 armadi pensili a favore di Seraman ltd per l'allestimento del Villaggio Campale di accoglienza per il Giubileo della Chiesa Cattolica 2025. Intervento n.253 - CUP F89120000090001. Impegno di spesa di €209.840,00(compresa IVA) cap.U0000E46175 Miss.11 Prog.01 p.d.c.2.02.01.03.000 e.f.2025 a favore di Seraman ltd (cod. cred. 253052).CIG n. B5CED86DFF. Impegno di spesa di € 2.047,49 sul cap.U0000E46175 e relativi accertamenti a favore del fondo incentivi sul cap.E0000341560 per l'e.f.2025. Impegno di spesa di €344,00 pari allo 0,20% dell'importo,cap.U0000E46175 a favore della "Giubileo 2025 S.p.A.".Impegno di spesa di €250,00 sul cap.U0000T19427 a favore di A.N.A.C.(Cod.Cred.159683)e.f.2025.</t>
+        </is>
+      </c>
+      <c r="F65" t="s" s="3">
+        <v>107</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
-        <v>1924</v>
+        <v>1941</v>
       </c>
       <c r="B66" s="2">
-        <v>45660</v>
+        <v>45741</v>
       </c>
       <c r="C66" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D66" t="s">
-        <v>13</v>
-[...5 lines deleted...]
-        <v>114</v>
+        <v>9</v>
+      </c>
+      <c r="E66" t="inlineStr">
+        <is>
+          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per la fornitura di articoli di abbigliamento tecnico e di rappresentanza per il personale della Direzione Emergenza, Protezione Civile e NUE 112 a favore della società "Pro.tec S.r.l". P.IVA n.07605650725, da utilizzare in occasione degli eventi giubilari. Impegno di spesa della somma complessiva pari a 118.632,80 euro (IVA inclusa), sul capitolo U0000E47145 Miss.11, Prog.01, piano dei conti 1.03.01.02.000, es. fin. 2025 a favore della società Pro.tec S.r.l. (cod. cred. 253130). Registro di sistema n. PI048055-25. Impegno di spesa di € 1.307,68 sul capitolo U0000E47145 e relativi accertamenti a favore del fondo incentivi sul capitolo E0000341560 per l'annualità 2025. Impegno di spesa di € 35,00 sul capitolo U0000T19427 a favore di A.N.A.C. (cod. cred. 159683) es. fin. 2025.</t>
+        </is>
+      </c>
+      <c r="F66" t="s" s="3">
+        <v>109</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
-        <v>1923</v>
+        <v>1940</v>
       </c>
       <c r="B67" s="2">
-        <v>45637</v>
+        <v>45771</v>
       </c>
       <c r="C67" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="D67" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E67" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 71 del D.lgs. n. 36/2023, indizione e approvazione atti gara europea a procedura aperta, suddivisa in 8 lotti, finalizzata alla stipula di convenzioni quadro, per la fornitura di cancelleria e toner, cartucce a getto d'inchiostro, materiale di consumo accessorio per le Amm.ni aventi sede sul territorio della Regione Lazio e della Regione Umbria. Impegno di spesa di € 880,00 sul Cap. U0000T19427 a favore dell'A.N.A.C. es. fin. 2024. Impegno di spesa complessivo di € 2.068,00 sul Cap. U0000S23908 a favore del "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002" es. fin. 2024-2025 e accertamenti di € 1.468,28 sul Cap. di entrata n. E0000341559, di € 299,86 sul Cap. di entrata E0000341562 e di € 299,86 sul Cap. E0000341563 a carico del "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002" es. fin. 2024-2025.\</t>
-[...3 lines deleted...]
-        <v>115</v>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2025 - Terza tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Determinazione a contrarre, approvazione schemi, atti e indizione gara.</t>
+        </is>
+      </c>
+      <c r="F67" t="s" s="3">
+        <v>110</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
-        <v>1922</v>
+        <v>1939</v>
       </c>
       <c r="B68" s="2">
-        <v>45649</v>
+        <v>45769</v>
       </c>
       <c r="C68" t="s">
-        <v>6</v>
+        <v>111</v>
       </c>
       <c r="D68" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E68" t="inlineStr">
         <is>
-          <t>Determina a contrarre (art. 17 d.lgs. n. 36/23) per l'indizione di una procedura aperta sopra soglia per l'affidamento della gestione di 3 centri antiviolenza e di 3 case rifugio per donne vittime di violenza. Durata affidamento 24 mesi. Nomina RUP e gruppo di lavoro. Prenotazione impegno di spesa a creditori diversi (3805) per complessivi € 1.575.000,00 sul cap. U0000H41976 es. fin. 2025-2026-2027. Impegno di spesa in favore di ANAC (cod. cred. 159683) di € 660,00 sul cap. U0000T19427 es. fin. 2024. Impegno di spesa per complessivi € 16.500,00 sul cap. H000041976 a favore del fondo incentivi, di cui € 11.022,00 es. fin. 2024-25-26-27 con accertamento sul cap. E0000341559, € 2.739,00, es. fin. 2024- 25-26-27 con accertamento sul cap. E0000341562, ed € 2.739,00 es. fin. 24-25-26-27, con accertamento sul cap. E0000341563 - CUI S80143490581202400037.</t>
-[...3 lines deleted...]
-        <v>116</v>
+          <t>AZIONE 5 - Determinazione a contrarre ex art. 17, comma 1 del D.lgs. 36/2023 per indizione di una procedura aperta, ai sensi dell'art. 71 D.lgs. n. 36/2023, per l'individuazione di un centro media che si occuperà dell'acquisto di spazi pubblicitari per la promozione della Via Francigena azioni trasversali scheda 33 PSC di cui al Decreto MiT prot. 1145205/24, Approvazione documenti tecnici e schema di contratto. Pren. imp. per € 905.026,13 IVA incl. Cap. U0000B41113 in favore di Creditori Diversi (3805) E.F. 2025. Impegno di € 6.755,47 a "Fondo incentivi ex art. 383 sexies R.R. n.1/2002" (c.c. 176734) cap U0000B41113. Acc. di € 6.755,47 cap. n. E0000341560 "Fondo incentivi ex art.383 sexies R.R. n.1/2002" (c.c. 176734) E.F 2025 - Imp. di € 410,00 ANAC (c.c. 159683) capitolo U0000T19427 - E.F.25 - CUP J59E2200004001</t>
+        </is>
+      </c>
+      <c r="F68" t="s" s="3">
+        <v>112</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
-        <v>1921</v>
+        <v>1938</v>
       </c>
       <c r="B69" s="2">
-        <v>45649</v>
+        <v>45757</v>
       </c>
       <c r="C69" t="s">
-        <v>6</v>
+        <v>113</v>
       </c>
       <c r="D69" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E69" t="inlineStr">
         <is>
-          <t>Procedura negoziata, ai sensi ai sensi dell'art. 50 comma 1 lettera d) del Dlgs 36/2023, per l'affidamento dei lavori afferenti "Completamento della fase finale dell'intervento di bonifica della ex discarica abusiva in via Donegani, loc. Lunghezza e sistemazione finale dell'area</t>
-[...3 lines deleted...]
-        <v>117</v>
+          <t>Determinazione a contrarre in adesione all'Accordo Quadro "Servizio di Assistenza Tecnica per la gestione e attuazione del Piano di Sviluppo e Coesione della Regione Lazio " (variante ex art. 106, co. 1, lett. c, punto 1, del d.lgs. 50/2016). Importo pari a euro 1.899.953,58 (Iva inclusa 22%). Approvazione Schema del IV Contratto Attuativo. CUP F81C23000470001 CIG B6585B5423</t>
+        </is>
+      </c>
+      <c r="F69" t="s" s="3">
+        <v>114</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
-        <v>1920</v>
+        <v>1937</v>
       </c>
       <c r="B70" s="2">
-        <v>45646</v>
+        <v>45698</v>
       </c>
       <c r="C70" t="s">
-        <v>6</v>
+        <v>115</v>
       </c>
       <c r="D70" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E70" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 - Quattordicesima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Determinazione a contrarre, approvazione schemi, atti e indizione gara</t>
-[...3 lines deleted...]
-        <v>118</v>
+          <t>Determina a contrarre per l'affidamento diretto, ex art.50 comma1, lettera b) D.lgs. n.36/2023, per il noleggio di n.182 moduli bagno/doccia a favore di Sebach S.p.A., P.IVA 03912150483 per l'allestimento del Villaggio Campale di accoglienza per il Giubileo della Chiesa Cattolica2025 e serv. acc. Intervento n.253-CUP F89120000090001. Impegno di spesa di € 167.872,00(compresa IVA) sul cap.U0000E47146 Miss.11 Prog.01 p. d. c.1.03.02.07.000 e.f.2025 a favore di Sebach S.p.A. (cod. cred.89536). CIG n. B54763CD19Impegno di spesa di €1.850,44 sul cap.U0000E47146 e relativi accertamenti a favore del fondo incentivi sul cap.E0000341560 per l'annualità2025.Impegno di spesa di €275,20, pari allo 0,20% dell'importo, sul cap.U0000E47146 a favore della "Giubileo2025S.p.A."Impegno di spesa di €35,00 sul cap.U0000T19427 a favore di A.N.A.C. (Cod.Cred.159683) e.f.2025.</t>
+        </is>
+      </c>
+      <c r="F70" t="s" s="3">
+        <v>116</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
-        <v>1919</v>
+        <v>1936</v>
       </c>
       <c r="B71" s="2">
-        <v>45628</v>
+        <v>45708</v>
       </c>
       <c r="C71" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="D71" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E71" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta per l'affidamento del servizio di noleggio e manutenzione di n. 110 erogatori d'acqua naturale e frizzante allacciati alla rete idrica presso le sedi della Regione Lazio. Prenotazione di impegno di € 1.120.838,40 Iva inclusa sul Cap. U0000S15903, missione 01, programma 10, piano dei conti finanziario 1.01.01.02.999, a favore di Creditori Diversi. Impegno di € 18.374,40 di cui 14.699,52 a favore del personale dipendente sul cap. U0000S15903 es. fin. 2024, 2025, 2026, 2027 e 2028 e contestuale accertamento complessivo di € 18.374.40 sui cap. E0000341559, E0000341562 e E0000341563 E.F. 2025, 2026, 2027 e 2028, destinati alle finalità di cui all'art. 45 commi 5 e 6 del D.Lgs.36/2023. Impegno sul capitolo U0000T19427 es.fin. 2024 di € 410,00 a favore dell'Anac. Decisione di contrarre ai sensi dell'art. 17 del D.Lgs.36/2023.</t>
-[...3 lines deleted...]
-        <v>120</v>
+          <t>Determina a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma, 1 lettera b) del D.lgs. n. 36/2023, per la fornitura di n. 750.000 bottiglie d'acqua naturale e servizio di refrigerazione a favore della società "GSN S.r.l." P.IVA n. 04754201210, da utilizzare in occasione dell'evento "Giubileo dei Giovani 2025". Impegno di spesa della somma complessiva pari a 254.112,84 euro (IVA inclusa), sul capitolo U0000E47145 Missione 11, Programma 01, piano dei conti 1.03.01.02.000, esercizio finanziario 2025 a favore della società GSN S.r.l. (cod. cred. 212910). Registro di sistema n. PI026404-25. Impegno di spesa di € 2.479,47 sul capitolo U0000E47145 e relativi accertamenti a favore del fondo incentivi sul capitolo E0000341560 per l'annualità 2025. Impegno di spesa di € 250,00 sul capitolo U0000T19427 a favore di A.N.A.C. (cod. cred. 159683) es. fin. 2025.</t>
+        </is>
+      </c>
+      <c r="F71" t="s" s="3">
+        <v>118</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
-        <v>1918</v>
+        <v>1935</v>
       </c>
       <c r="B72" s="2">
-        <v>45628</v>
+        <v>45643</v>
       </c>
       <c r="C72" t="s">
-        <v>6</v>
+        <v>119</v>
       </c>
       <c r="D72" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E72" t="inlineStr">
         <is>
-          <t>Determina a contrarre ai sensi dell'art. 71 D.Lgs. n. 36/2023, indizione, approvazione atti e autorizzazione all'espletamento della Procedura aperta, suddivisa in 4 lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi di facchinaggio e trasloco, per le Strutture Regionali, gli Enti S.S.R., gli Enti Locali e le altre Amministrazioni Pubbliche del territorio della Regione Lazio - Edizione 2. Impegno di spesa di € 880,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683) Es. Fin. 2024. Impegno complessivo di € 14.215,09 sul Cap. U0000S23429, (Cod. Cred. 176734) e relativi accertamenti per € 14.215,09 di cui € 10.092,71 sul Cap. E0000341559, € 2.061,19 sul Cap. E0000341562 e € 2.061,19 sul Cap. E0000341563 al fondo incentivi ex art. 383 sexies R.R. 1/2002, (Cod. Cred. 176734) Es. Fin. 2024-2025.</t>
-[...3 lines deleted...]
-        <v>121</v>
+          <t>Determina a contrarre ai sensi dell'art.71D.lgs. n.36/2023 per l'indizione di una procedura aperta sopra soglia comunitaria per l'acquisto di n.10 Tende a 6 moduli da utilizzare per l'allestimento del Villaggio campale di accoglienza in occasione del Giubileo della Chiesa Cattolica 2025 e servizi accessori. Intervento n.253 - CUP F89120000090001.Prenotazione impegni di spesa a favore di cred. diversi per € 1.220.000,00 (compresa Iva) sul capitolo U0000E46174 per le annualità 2024- 2026.Impegno di spesa di € 8.800,00 sul capitolo U0000E46174 e relativi accertamenti a favore del fondo incentivi sul capitolo E0000341560 per le annualità 2024-2026. Impegno di spesa di € 2.000,00 pari allo 0,20% dell'importo, sul capitolo U0000E46174 a favore della società "Giubileo 2025 S.p.A." e. f. 2024.Impegno di spesa di € 660,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683)E.F. 2024</t>
+        </is>
+      </c>
+      <c r="F72" t="s" s="3">
+        <v>120</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
-        <v>1917</v>
+        <v>1934</v>
       </c>
       <c r="B73" s="2">
-        <v>45616</v>
+        <v>45754</v>
       </c>
       <c r="C73" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E73" t="inlineStr">
         <is>
-          <t>"Lavori di raccolta del materiale galleggiante con apposita barriera sul Fiume Tevere in comune di Fiumicino (RM) e sul Fiume Aniene in comune di Roma (RM)". Approvazione progetto. CUP F91G24000390002. Determinazione a contrarre ed approvazione atti di gara.</t>
-[...3 lines deleted...]
-        <v>122</v>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025 seconda tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre, approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.</t>
+        </is>
+      </c>
+      <c r="F73" t="s" s="3">
+        <v>121</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
-        <v>1916</v>
+        <v>1933</v>
       </c>
       <c r="B74" s="2">
-        <v>45615</v>
+        <v>45562</v>
       </c>
       <c r="C74" t="s">
+        <v>122</v>
+      </c>
+      <c r="D74" t="s">
+        <v>9</v>
+      </c>
+      <c r="E74" t="inlineStr">
+        <is>
+          <t>Determina a contrarre ai sensi dell'art. 71 D.Lgs. n. 36/2023, per l'indizione di una procedura aperta sopra soglia comunitaria per l'acquisto delle forniture di automezzi ed attrezzature per la colonna mobile della Protezione Civile della Regione Lazio e approvazione schemi atti di gara. Procedura suddivisa in 3 lotti. Prenotazione impegni di spesa a favore di cred. diversi per € 1.958.100,00 (compresa Iva) sul Cap. U0000E46146, per i lotti 1-2, e di € 400.160,00 (compresa Iva) sul capitolo U0000E46147 per il lotto 3, risorse di cui all'articolo 41, comma 4, del d.l. n. 50/2017.Impegno di spesa di € 14.124,00 sul capitolo U0000E46146 e di € 2.886,40 sul capitolo U0000E46147 e relativi accertamenti a favore del fondo incentivi sul Capitolo E000341560 per le annualità 2024. Impegno di spesa di € 660,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683) Es. Fin. 2024.</t>
+        </is>
+      </c>
+      <c r="F74" t="s" s="3">
         <v>123</v>
-      </c>
-[...9 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
-        <v>1915</v>
+        <v>1932</v>
       </c>
       <c r="B75" s="2">
-        <v>45583</v>
+        <v>45734</v>
       </c>
       <c r="C75" t="s">
+        <v>124</v>
+      </c>
+      <c r="D75" t="s">
+        <v>9</v>
+      </c>
+      <c r="E75" t="inlineStr">
+        <is>
+          <t>Determina a contrarre, ai sensi dell'art. 71 del D.lgs. 36/2023, per l’indizione di una procedura aperta sopra soglia comunitaria per l’affidamento del servizio aereo di spegnimento incendi boschivi e lo svolgimento di altre attività connesse con gli interventi di Protezione Civile nell’intero territorio della Regione Lazio. Approvazione atti di gara. Prenotazione impegno di spesa in favore di creditori diversi per € 18.877.403,43 compresa IVA sul Cap. U0000E23517 per gli Esercizi finanziari 2025-2028. Impegno di spesa di € 170.206,10 sul Cap. U0000E23517 per gli esercizi finanziari 2025-2028 a favore del fondo incentivi (Cred.176734) e relativi accertamenti di € 136.164,88 sul Cap. E0000341559, € 17.020,61 sul Cap. E0000341562 ed € 17.020,61sul Cap. E0000341563. Impegno di spesa di € 880,00 sul Cap. U0000T19427 a favore di A.N.A.C (Cod. Cred. 159683) E.F. 2025</t>
+        </is>
+      </c>
+      <c r="F75" t="s" s="3">
         <v>125</v>
-      </c>
-[...9 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
-        <v>1914</v>
+        <v>1931</v>
       </c>
       <c r="B76" s="2">
-        <v>45560</v>
+        <v>45747</v>
       </c>
       <c r="C76" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>126</v>
       </c>
       <c r="E76" t="inlineStr">
         <is>
-          <t>Determine a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. d) e b), del D.Lgs. 31 marzo, n.36, avente ad oggetto gli interventi di strip out, bonifica, pulizia e separazioni degli impianti non funzionanti, e messa in sicurezza del complesso immobiliare denominato "Ex ospedale Forlanini", suddiviso in 5 Lotti funzionali, e per gli incarichi di DL e CSE. Prenotazioni impegni a creditori diversi sul cap. U0000S22501, ess. finn. 2025-2026, di complessivi € 6.001.496,01 per lavori, € 300.074,82 per imprevisti, € 174.437,16 per incarico DL, € 90.913,33 per incarico CSE. Impegni di spesa sul cap. U0000S22501 di complessivi € 83.453,52 e accertamento di € 83.453,52 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, ess. finn. 2024-2025-2026. Impegno di spesa di € 660,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC. CUP: F82F24000400</t>
-[...2 lines deleted...]
-      <c r="F76" t="s">
+          <t>D.G.R. n. 311 del 24/05/2022. Intervento cod. Rendis 12IR008/CI denominato Interventi di ripristino dell'officiosità idraulica del fiume Nera nel tratto terminale fino alla confluenza con il fiume Tevere. CUP: F97H21006970005. Determinazione a contrarre con approvazione atti di gara.</t>
+        </is>
+      </c>
+      <c r="F76" t="s" s="3">
         <v>127</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
-        <v>1913</v>
+        <v>1930</v>
       </c>
       <c r="B77" s="2">
-        <v>45544</v>
+        <v>45726</v>
       </c>
       <c r="C77" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E77" t="inlineStr">
         <is>
-          <t>Determine a contrarre di autorizzazione a procedure ex art. 50, comma 1, lett. c) e b), del D.Lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria del compendio di Roma, via Cristoforo Colombo n. 212. Prenotazione a favore creditori diversi cap. U0000S22515, es. finn. 2024, di € 492.880,00 per lavori. Impegno di spesa sul cap. U0000S22515 di € 7.070,00 e accertamento di € 7.070,00 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, es. fin. 2024. Impegno di spesa di € 250,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC.</t>
-[...2 lines deleted...]
-      <c r="F77" t="s">
+          <t>Gara per l'affidamento del servizio di Vigilanza Armata e Guardiania presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio a mezzo procedura aperta, ai sensi dell'art. 71 del D.lgs. 36/2023, suddivisa in 20 lotti, finalizzata alla stipula di Convenzioni quadro - Determinazione a contrarre. Sostituzione RUP. Impegno di spesa di € 40.969,30, cap. U0000H11726 Es. Fin. 2025 in favore del "Fondo incentivi ex. art 383 sexies R.R n.1/2002". Accertamento di € 40.969,30, cap.E0000341560, Es. Fin. 2025 a carico del "Fondo incentivi ex. art 383 sexies R.R n.1/2002". Impegno di spesa a favore dell'Autorità Nazionale Anticorruzione di € 880,00 sul capitolo U0000T19427 Es. Fin. 2025.</t>
+        </is>
+      </c>
+      <c r="F77" t="s" s="3">
         <v>128</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
-        <v>1912</v>
+        <v>1929</v>
       </c>
       <c r="B78" s="2">
-        <v>45516</v>
+        <v>45637</v>
       </c>
       <c r="C78" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E78" t="inlineStr">
         <is>
-          <t>Determine a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. c) e b), del D.Lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria degli immobili di proprietà della Regione Lazio - 2 Lotti Funzionali, ed incarico professionale di CSE. Prenotazioni a favore creditori diversi cap. U0000S22501, ess. finn. 2024-2025, di € 854.000,00 per lavori, di € 13.695,76 CSE.Impegno di spesa sul cap. U0000S22501 di € 12.452,39 e accertamento di € 12.452,39 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, ess. finn. 2024-2025. Impegno di spesa di € 410,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC</t>
-[...2 lines deleted...]
-      <c r="F78" t="s">
+          <t>Gara per la fornitura di "Stent coronarici occorrenti alle Aziende Sanitarie e Ospedaliere della Regione Lazio" a mezzo procedura aperta, ai sensi dell'art. 71 D.lgs. 36/2023 - Determinazione a contrarre. Impegno di spesa di € 22.471,50, cap. U0000H11727 Es. Fin. 2024-2025 in favore del "Fondo incentivi ex. art 383 sexies R.R n.1/2002". Accertamento di €22.471,50, cap.E0000341560, Es. Fin. 2024-2025 a carico del "Fondo incentivi ex. art 383 sexies R.R n.1/2002". Impegno di spesa a favore dell'Autorità Nazionale Anticorruzione di € 880,00 sul capitolo U0000T19427 Es. Fin. 2024.</t>
+        </is>
+      </c>
+      <c r="F78" t="s" s="3">
         <v>129</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
-        <v>1911</v>
+        <v>1928</v>
       </c>
       <c r="B79" s="2">
-        <v>45555</v>
+        <v>45688</v>
       </c>
       <c r="C79" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="D79" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E79" t="inlineStr">
         <is>
-          <t>Determine a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. c) e b), del D.Lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro con unico operatore avente ad oggetto gli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà e/o in uso alla Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento - 2 Lotti Funzionali. Incarico di CSE. Rettifica della Determinazione Dirigenziale n. G10925 del 09/08/2024. Approvazione del nuovo quadro economico ed atti. Variazione in aumento delle prenotazioni d'impegno 55388/2024 e 4351/2025 a favore creditori diversi cap. U0000S22501, ess. finn. 2024- 2025, per complessivi euro 10.745,88.</t>
-[...2 lines deleted...]
-      <c r="F79" t="s">
+          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025_ prima tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.</t>
+        </is>
+      </c>
+      <c r="F79" t="s" s="3">
         <v>130</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
-        <v>1910</v>
+        <v>1927</v>
       </c>
       <c r="B80" s="2">
-        <v>45513</v>
+        <v>45611</v>
       </c>
       <c r="C80" t="s">
-        <v>6</v>
+        <v>131</v>
       </c>
       <c r="D80" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E80" t="inlineStr">
         <is>
-          <t>Determine a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. c) e b), del D.Lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro con unico operatore avente ad oggetto gli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà e/o in uso alla Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento - 2 Lotti Funzionali, ed incarichi di DL e CSE. Prenotazioni a favore creditori diversi cap. U0000S22501, ess. finn. 2024-2025, di € 854.000,00 per lavori, di € 38.168,71 per DL e di € 7.163,95 per CSE.Impegno di spesa sul cap. U0000S22501 di € 12.919,91 e accertamento di € 12.919,91 cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, ess. finn. 2024-2025. Impegno di € 410,00 cap. U0000T19427, es. fin. 2024, a favore di ANAC</t>
-[...3 lines deleted...]
-        <v>131</v>
+          <t>determina a contrarre in adesione all’Accordo Quadro “Servizio di Assistenza Tecnica per la gestione e attuazione del Piano di Sviluppo e Coesione della Regione Lazio – CIG 9281807571 e A05F323F72 (variante ex art. 106, co. 1, lett. c, punto 1, del d.lgs. 50/2016”. Approvazione Schema del III Contratto Attuativo. CIG B4124C2A31 CUP F81C23000470001</t>
+        </is>
+      </c>
+      <c r="F80" t="s" s="3">
+        <v>132</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
-        <v>1909</v>
+        <v>1926</v>
       </c>
       <c r="B81" s="2">
-        <v>45573</v>
+        <v>45500</v>
       </c>
       <c r="C81" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D81" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E81" t="inlineStr">
         <is>
-          <t>PR FSE+ 21-27. Priorità 5 ob. Spec. AT. Dec. a contrarre art. 17 co. 1 D.Lgs. 36/2023 per indizione procedura aperta, ai sensi art. 71 D.Lgs n. 36/2023, "per individuazione di un Organismo Intermedio per gestione e controllo dell'intervento "Buoni servizio per la fruizione di interventi in materia di inclusione sociale". Pren. di imp. per € 3.660.000,00 IVA inclusa cap. U0000A43116,U0000A43117,U0000A43118 in favore di C.C3805-E.F. 2025,2026,2027.Approvazione doc tecnici e schema di contratto. Imp. di € 17.820,00 a "Fondo incentivi ex art.383 sexies R.R. n.1/2002" (c.c. 176734) cap. U0000A43116,U0000A43117,U0000A43118. Accertamento di € 17.820,00 cap. n. E0000341560. E.F 2024,2025,2026,2027 a carico di "Fondo incentivi ex art.383 sexies R.R. n.1/2002" (c.c. 176734) - Imp. di € 880,00 a favore di ANAC(c.c. 159683)U0000T19427-E.F.2024.CUP F81C24000170009.SIGEM 24023D. GIP A0819S0002.</t>
-[...3 lines deleted...]
-        <v>133</v>
+          <t>Determinazione a contrarre semplificata e affidamento diretto ai sensi dell'art 50, comma 1, lettera b), del D.lgs. n. 36/2023 del servizio di per il servizio di "Consulenza Tecnica di Parte per la Regione Lazio - CTP Fascicolo n. 156-1/2019 - ricorso in riassunzione presso il Tribunale Regionale delle Acque Pubbliche - Eredi Gianni c/ Regione Lazio ed altri per i lavori di ripristino della officiosità idraulica del fosso di Pratolungo, compresa la manutenzione straordinaria dell'alveo e la costituzione di opportune opere di accumulo e laminazione delle piene. II Lotto". CIG: B29124F03A</t>
+        </is>
+      </c>
+      <c r="F81" t="s" s="3">
+        <v>134</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
-        <v>1908</v>
+        <v>1925</v>
       </c>
       <c r="B82" s="2">
-        <v>45566</v>
+        <v>45664</v>
       </c>
       <c r="C82" t="s">
-        <v>134</v>
-[...6 lines deleted...]
-      <c r="F82" t="s">
         <v>135</v>
       </c>
-      <c r="G82" t="s">
+      <c r="D82" t="s">
+        <v>9</v>
+      </c>
+      <c r="E82" t="s">
         <v>136</v>
+      </c>
+      <c r="F82" t="s" s="3">
+        <v>137</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
-        <v>1907</v>
+        <v>1924</v>
       </c>
       <c r="B83" s="2">
-        <v>45548</v>
+        <v>45660</v>
       </c>
       <c r="C83" t="s">
-        <v>137</v>
-[...6 lines deleted...]
-      <c r="F83" t="s">
         <v>138</v>
+      </c>
+      <c r="D83" t="s">
+        <v>9</v>
+      </c>
+      <c r="E83" t="s">
+        <v>139</v>
+      </c>
+      <c r="F83" t="s" s="3">
+        <v>140</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
-        <v>1906</v>
+        <v>1923</v>
       </c>
       <c r="B84" s="2">
-        <v>45537</v>
+        <v>45637</v>
       </c>
       <c r="C84" t="s">
-        <v>6</v>
+        <v>19</v>
+      </c>
+      <c r="D84" t="s">
+        <v>9</v>
       </c>
       <c r="E84" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 - Undicesima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Determinazione a contrarre, approvazione schemi, atti e indizione gara.</t>
-[...3 lines deleted...]
-        <v>139</v>
+          <t>Determinazione a contrarre ai sensi dell'art. 71 del D.lgs. n. 36/2023, indizione e approvazione atti gara europea a procedura aperta, suddivisa in 8 lotti, finalizzata alla stipula di convenzioni quadro, per la fornitura di cancelleria e toner, cartucce a getto d'inchiostro, materiale di consumo accessorio per le Amm.ni aventi sede sul territorio della Regione Lazio e della Regione Umbria. Impegno di spesa di € 880,00 sul Cap. U0000T19427 a favore dell'A.N.A.C. es. fin. 2024. Impegno di spesa complessivo di € 2.068,00 sul Cap. U0000S23908 a favore del "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002" es. fin. 2024-2025 e accertamenti di € 1.468,28 sul Cap. di entrata n. E0000341559, di € 299,86 sul Cap. di entrata E0000341562 e di € 299,86 sul Cap. E0000341563 a carico del "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002" es. fin. 2024-2025.\</t>
+        </is>
+      </c>
+      <c r="F84" t="s" s="3">
+        <v>141</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
-        <v>1905</v>
+        <v>1922</v>
       </c>
       <c r="B85" s="2">
-        <v>45526</v>
+        <v>45649</v>
       </c>
       <c r="C85" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="D85" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E85" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 17, co. 1, del D.lgs. n. 36/2023, indizione, approvazione atti e autorizzazione all'espletamento della Procedura aperta, suddivisa in quattro lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi postali e servizi "a monte" del recapito, destinati alle Amministrazioni della Regione Lazio e della Regione Umbria. Impegno di spesa di € 880,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. es. fin. 2024. Impegno di € 20.908,80 sul cap. U0000S23427 Es. Fin. 2024 e 2026 - Cred. n. 176734 Fondo incentivi ex art. 383 sexies R.R. n.1/2002, e accertamento per importo di € 14.217,98 sul capitolo E0000341559, di € 3.345,41 sul capitolo E0000341562 e di € 3.345,41 sul capitolo E0000341563 al Fondo incentivi ex art. 383 sexies R.R. n.1/2002, es. fin. 2024 e 2026.</t>
-[...3 lines deleted...]
-        <v>140</v>
+          <t>Determina a contrarre (art. 17 d.lgs. n. 36/23) per l'indizione di una procedura aperta sopra soglia per l'affidamento della gestione di 3 centri antiviolenza e di 3 case rifugio per donne vittime di violenza. Durata affidamento 24 mesi. Nomina RUP e gruppo di lavoro. Prenotazione impegno di spesa a creditori diversi (3805) per complessivi € 1.575.000,00 sul cap. U0000H41976 es. fin. 2025-2026-2027. Impegno di spesa in favore di ANAC (cod. cred. 159683) di € 660,00 sul cap. U0000T19427 es. fin. 2024. Impegno di spesa per complessivi € 16.500,00 sul cap. H000041976 a favore del fondo incentivi, di cui € 11.022,00 es. fin. 2024-25-26-27 con accertamento sul cap. E0000341559, € 2.739,00, es. fin. 2024- 25-26-27 con accertamento sul cap. E0000341562, ed € 2.739,00 es. fin. 24-25-26-27, con accertamento sul cap. E0000341563 - CUI S80143490581202400037.</t>
+        </is>
+      </c>
+      <c r="F85" t="s" s="3">
+        <v>142</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
-        <v>1904</v>
+        <v>1921</v>
       </c>
       <c r="B86" s="2">
-        <v>45522</v>
+        <v>45649</v>
       </c>
       <c r="C86" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="D86" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E86" t="inlineStr">
         <is>
-          <t>Programma regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana", in attuazione dell'articolo 1, comma 134, della legge 30 dicembre 2018, n. 145, e s.m.i. - Fondo per la Progettazione di Opere Pubbliche. Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del D.lgs 36/2023, previo avviso di indagine di mercato per manifestazione di interesse della redazione del progetto di fattibilità tecnica ed economica, esecutivo, del coordinamento della sicurezza in fase di progettazione e della relazione geologica dell'intervento denominato "Adeguamento del corpo arginale e di ripristino dell'officiosità idraulica dell'alveo del fiume Velino nel tratto compreso nei Comuni di Cittaducale e Castel San Angelo (RI)". CUP: F28H23000480001. Approvazione degli atti di gara eindizione della procedura. " Nomina del responsabile unico del procedimento, ai sensi dell'art. 15 del D.lgs. 31 marzo 2023, n. 36</t>
-[...3 lines deleted...]
-        <v>141</v>
+          <t>Procedura negoziata, ai sensi ai sensi dell'art. 50 comma 1 lettera d) del Dlgs 36/2023, per l'affidamento dei lavori afferenti "Completamento della fase finale dell'intervento di bonifica della ex discarica abusiva in via Donegani, loc. Lunghezza e sistemazione finale dell'area</t>
+        </is>
+      </c>
+      <c r="F86" t="s" s="3">
+        <v>143</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
-        <v>1903</v>
+        <v>1920</v>
       </c>
       <c r="B87" s="2">
-        <v>45511</v>
+        <v>45646</v>
       </c>
       <c r="C87" t="s">
-        <v>6</v>
+        <v>19</v>
+      </c>
+      <c r="D87" t="s">
+        <v>9</v>
       </c>
       <c r="E87" t="inlineStr">
         <is>
-          <t>Risoluzione Convenzione Advanz Pharma Italia Srl Lotti 60-61-62 Lanreotide acetato vari dosaggi dell'Appalto specifico Farmaci 2023 - Prima tranche. Determinazione a contrarre, approvazione schemi, atti e indizione gara Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende sanitarie della Regione Lazio - Farmaci 2024 - Decima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
-[...3 lines deleted...]
-        <v>142</v>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 - Quattordicesima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Determinazione a contrarre, approvazione schemi, atti e indizione gara</t>
+        </is>
+      </c>
+      <c r="F87" t="s" s="3">
+        <v>144</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
-        <v>1902</v>
+        <v>1919</v>
       </c>
       <c r="B88" s="2">
-        <v>45500</v>
+        <v>45628</v>
       </c>
       <c r="C88" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D88" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E88" t="inlineStr">
         <is>
-          <t>"Programma regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana", in attuazione dell'articolo 1, comma 134, della legge 30 dicembre 2018, n. 145, e s.m.i. - Fondo per la Progettazione di Opere Pubbliche. Determina a contrarre per l'affidamento di servizi di progettazione riferiti a "Interventi a favore dei Comuni, finalizzati alla Mitigazione del Rischio Idrogeologico nei territori della Regione Lazio" mediante procedura aperta in ambito comunitario suddivisa in I Lotto "Lazio Nord" - II Lotto "Lazio Sud" per la conclusione di un accordo quadro con unico operatore economico per ciascuno dei lotti, ai sensi dell'art. 59, comma 3 del D.Lgs. n. 36/2023.CUP: F84J23001000001. Approvazione degli atti di gara e indizione della procedura.</t>
-[...3 lines deleted...]
-        <v>144</v>
+          <t>Gara comunitaria a procedura aperta per l'affidamento del servizio di noleggio e manutenzione di n. 110 erogatori d'acqua naturale e frizzante allacciati alla rete idrica presso le sedi della Regione Lazio. Prenotazione di impegno di € 1.120.838,40 Iva inclusa sul Cap. U0000S15903, missione 01, programma 10, piano dei conti finanziario 1.01.01.02.999, a favore di Creditori Diversi. Impegno di € 18.374,40 di cui 14.699,52 a favore del personale dipendente sul cap. U0000S15903 es. fin. 2024, 2025, 2026, 2027 e 2028 e contestuale accertamento complessivo di € 18.374.40 sui cap. E0000341559, E0000341562 e E0000341563 E.F. 2025, 2026, 2027 e 2028, destinati alle finalità di cui all'art. 45 commi 5 e 6 del D.Lgs.36/2023. Impegno sul capitolo U0000T19427 es.fin. 2024 di € 410,00 a favore dell'Anac. Decisione di contrarre ai sensi dell'art. 17 del D.Lgs.36/2023.</t>
+        </is>
+      </c>
+      <c r="F88" t="s" s="3">
+        <v>146</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
-        <v>1901</v>
+        <v>1918</v>
       </c>
       <c r="B89" s="2">
-        <v>45495</v>
+        <v>45628</v>
       </c>
       <c r="C89" t="s">
-        <v>145</v>
+        <v>19</v>
       </c>
       <c r="D89" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E89" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 17, co. 1, del D.lgs. n. 36/2023, indizione Gara europea a procedura aperta finalizzata alla stipula di convenzioni quadro, a ridotto impatto ambientale, per l'affidamento della fornitura di carta in risme per gli enti della Regione Lazio. Edizione 2. Procedura suddivisa in 2 lotti. Impegno di spesa di € 660,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. es. fin. 2024, impegno di € 357,40 così ripartito: € 219,94 (Fondo incentivo da ripartire tra il personale per la fase di programmazione e affidamento), € 68,73 (10% del fondo parte corrente) e € 68,73 (10% del fondo parte capitale) sul capitolo U0000S23908 e accertamento di € 219,94 sul capitolo di entrata n. E0000341559, di € 68,73 sul capitolo di entrata E0000341562 e di € 68,73 sul capitolo E0000341563 a favore del "Fondo incentivi ex art. 383 sexies R.R. N. 1/2002" es. fin. 2024.</t>
-[...3 lines deleted...]
-        <v>146</v>
+          <t>Determina a contrarre ai sensi dell'art. 71 D.Lgs. n. 36/2023, indizione, approvazione atti e autorizzazione all'espletamento della Procedura aperta, suddivisa in 4 lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi di facchinaggio e trasloco, per le Strutture Regionali, gli Enti S.S.R., gli Enti Locali e le altre Amministrazioni Pubbliche del territorio della Regione Lazio - Edizione 2. Impegno di spesa di € 880,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683) Es. Fin. 2024. Impegno complessivo di € 14.215,09 sul Cap. U0000S23429, (Cod. Cred. 176734) e relativi accertamenti per € 14.215,09 di cui € 10.092,71 sul Cap. E0000341559, € 2.061,19 sul Cap. E0000341562 e € 2.061,19 sul Cap. E0000341563 al fondo incentivi ex art. 383 sexies R.R. 1/2002, (Cod. Cred. 176734) Es. Fin. 2024-2025.</t>
+        </is>
+      </c>
+      <c r="F89" t="s" s="3">
+        <v>147</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
-        <v>1900</v>
+        <v>1917</v>
       </c>
       <c r="B90" s="2">
-        <v>45497</v>
+        <v>45616</v>
       </c>
       <c r="C90" t="s">
-        <v>6</v>
+        <v>19</v>
+      </c>
+      <c r="D90" t="s">
+        <v>9</v>
       </c>
       <c r="E90" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende sanitarie della Regione Lazio - Farmaci 2024 nona tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
-[...3 lines deleted...]
-        <v>147</v>
+          <t>"Lavori di raccolta del materiale galleggiante con apposita barriera sul Fiume Tevere in comune di Fiumicino (RM) e sul Fiume Aniene in comune di Roma (RM)". Approvazione progetto. CUP F91G24000390002. Determinazione a contrarre ed approvazione atti di gara.</t>
+        </is>
+      </c>
+      <c r="F90" t="s" s="3">
+        <v>148</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
-        <v>1899</v>
+        <v>1916</v>
       </c>
       <c r="B91" s="2">
-        <v>45474</v>
+        <v>45615</v>
       </c>
       <c r="C91" t="s">
-        <v>6</v>
+        <v>149</v>
+      </c>
+      <c r="D91" t="s">
+        <v>9</v>
       </c>
       <c r="E91" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), nell' ambito della Missione 2, componente 4, destina con l' investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". Finanziato dall' Unione europea - Next Generation EU. Affidamento diretto, ai sensi dell' art. 50, comma 1, lett. b) del D. Lgs. 36/2023, del servizio di direzione lavori dell'intervento denominato: Fosso Malafede - "Messa in sicurezza della zona urbana di Vitinia via Risaro". Determinazione a contrarre e approvazione della documentazione. CUP F81J21000030001.</t>
-[...3 lines deleted...]
-        <v>148</v>
+          <t>Determinazione a contrarre n. G02555 del 06/03/2024 - Affidamento diretto ai sensi dell'art 50, comma 1, lettera b), del D.lgs. n. 36/2023 per il "Servizio di controllo di primo livello per la verifica e la certificazione delle spese sostenute e da rendicontare per il progetto europeo InterRevita - Programma Interreg Europe - Programmazione 2021-2027. Codice progetto n. 01C0034" - CUP F32B23000520007- CIG: B30B6EF8AC, in favore del dott. Maurizio Tomalino codice creditore 251531. Perfezionamento prenotazione impegni sul capitolo U0000A49119, per complessivi €3.298,88 e sul capitolo U0000A49120, per complessivi €.824,72 - EE. FF. 2024-2027.</t>
+        </is>
+      </c>
+      <c r="F91" t="s" s="3">
+        <v>150</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
-        <v>1898</v>
+        <v>1915</v>
       </c>
       <c r="B92" s="2">
-        <v>45471</v>
+        <v>45583</v>
       </c>
       <c r="C92" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D92" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E92" t="inlineStr">
         <is>
-          <t>Intervento Finanziato dall'Unione europea - NextGenerationEU, Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. 36/2023, del servizio di coordinamento della sicurezza in fase di esecuzione per l'intervento "Lavori di sistemazione idraulica del Fosso dell'Acqua Acetosa a monte di Via C. Colombo", nel Comune di Roma. Determinazione a contrarre e approvazione della documentazione per l'affidamento del servizio. CUP F81J21000020001.</t>
-[...3 lines deleted...]
-        <v>150</v>
+          <t>Determine a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. c) e b), del D.Lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro per gli interventi di riparazione rotture, malfunzionamenti, monitoraggio, controllo delle stazioni di pompaggio, degli acquedotti regionali; manutenzione del Complesso sito in Roma, Piazza Carlo Forlanini n. 1, e per l’incarico di DL, CSP e CSE. Prenotazioni a favore creditori diversi cap. U0000S21900, ess. finn. 2024-2025-2026, di € 427.000,00 per interventi, di € 27.945,51 per DL, CSP e CSE. Impegno di spesa sul cap. U0000S21900 di € 6.537,97 e accertamento di € 6.537,97 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, ess. finn. 2024-2025-2026. Impegno di spesa di € 250,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC.&amp;nbsp;</t>
+        </is>
+      </c>
+      <c r="F92" t="s" s="3">
+        <v>152</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
-        <v>1897</v>
+        <v>1914</v>
       </c>
       <c r="B93" s="2">
-        <v>45471</v>
+        <v>45560</v>
       </c>
       <c r="C93" t="s">
-        <v>149</v>
+        <v>19</v>
       </c>
       <c r="D93" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E93" t="inlineStr">
         <is>
-          <t>Intervento Finanziato dall'Unione europea - NextGenerationEU, Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. 36/2023, dell'incarico di Direzione dei Lavori dell'intervento "Lavori di sistemazione idraulica del Fosso dell'Acqua Acetosa a monte di Via C. Colombo", nel Comune di Roma. Determinazione a contrarre e approvazione della documentazione per l'affidamento del servizio. CUP F81J21000020001.</t>
-[...3 lines deleted...]
-        <v>151</v>
+          <t>Determine a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. d) e b), del D.Lgs. 31 marzo, n.36, avente ad oggetto gli interventi di strip out, bonifica, pulizia e separazioni degli impianti non funzionanti, e messa in sicurezza del complesso immobiliare denominato "Ex ospedale Forlanini", suddiviso in 5 Lotti funzionali, e per gli incarichi di DL e CSE. Prenotazioni impegni a creditori diversi sul cap. U0000S22501, ess. finn. 2025-2026, di complessivi € 6.001.496,01 per lavori, € 300.074,82 per imprevisti, € 174.437,16 per incarico DL, € 90.913,33 per incarico CSE. Impegni di spesa sul cap. U0000S22501 di complessivi € 83.453,52 e accertamento di € 83.453,52 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, ess. finn. 2024-2025-2026. Impegno di spesa di € 660,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC. CUP: F82F24000400</t>
+        </is>
+      </c>
+      <c r="F93" t="s" s="3">
+        <v>153</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
-        <v>1896</v>
+        <v>1913</v>
       </c>
       <c r="B94" s="2">
-        <v>45453</v>
+        <v>45544</v>
       </c>
       <c r="C94" t="s">
-        <v>6</v>
+        <v>19</v>
+      </c>
+      <c r="D94" t="s">
+        <v>9</v>
       </c>
       <c r="E94" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di Vaccini antinfluenzali 2024/2025 occorrenti alle Aziende Sanitarie della Regione Lazio - Quinta tranche - bis 2024 vaccino antinfluenzale vivo attenuato, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori. Determinazione a contrarre. Approvazione schemi, atti e indizione gara.</t>
-[...3 lines deleted...]
-        <v>152</v>
+          <t>Determine a contrarre di autorizzazione a procedure ex art. 50, comma 1, lett. c) e b), del D.Lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria del compendio di Roma, via Cristoforo Colombo n. 212. Prenotazione a favore creditori diversi cap. U0000S22515, es. finn. 2024, di € 492.880,00 per lavori. Impegno di spesa sul cap. U0000S22515 di € 7.070,00 e accertamento di € 7.070,00 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, es. fin. 2024. Impegno di spesa di € 250,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC.</t>
+        </is>
+      </c>
+      <c r="F94" t="s" s="3">
+        <v>154</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
-        <v>1895</v>
+        <v>1912</v>
       </c>
       <c r="B95" s="2">
-        <v>45441</v>
+        <v>45516</v>
       </c>
       <c r="C95" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="D95" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E95" t="inlineStr">
         <is>
-          <t>Gara centralizzata a procedura aperta in via d'urgenza con termini ridotti finalizzata alla fornitura in ambito territoriale di aghi penna da insulina G34 - lunghezza 3,5 mm a Lotto unico. Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto</t>
-[...3 lines deleted...]
-        <v>153</v>
+          <t>Determine a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. c) e b), del D.Lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro con unico operatore avente ad oggetto gli interventi di manutenzione straordinaria degli immobili di proprietà della Regione Lazio - 2 Lotti Funzionali, ed incarico professionale di CSE. Prenotazioni a favore creditori diversi cap. U0000S22501, ess. finn. 2024-2025, di € 854.000,00 per lavori, di € 13.695,76 CSE.Impegno di spesa sul cap. U0000S22501 di € 12.452,39 e accertamento di € 12.452,39 sui cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, ess. finn. 2024-2025. Impegno di spesa di € 410,00 sul cap. U0000T19427, es. fin. 2024, a favore di ANAC</t>
+        </is>
+      </c>
+      <c r="F95" t="s" s="3">
+        <v>155</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
-        <v>1894</v>
+        <v>1911</v>
       </c>
       <c r="B96" s="2">
-        <v>45442</v>
+        <v>45555</v>
       </c>
       <c r="C96" t="s">
-        <v>154</v>
+        <v>19</v>
+      </c>
+      <c r="D96" t="s">
+        <v>9</v>
       </c>
       <c r="E96" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) - Missione 4 Istruzione e Ricerca - nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b "Nuovi progetti" - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". -Finanziato dall'Unione europea - Next Generation EU- Procedura negoziata ai sensi dell'art. 50, comma 1, lett. d) del D.lgs. 36/2023, per l'affidamento dei lavori relativi all'intervento di "Lavori di sistemazione idraulica del Fosso dell'Acqua Acetosa a monte di Via C. Colombo" - Determinazione a contrarre e approvazione degli atti di gara. CUP: F81J21000020001</t>
-[...3 lines deleted...]
-        <v>155</v>
+          <t>Determine a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. c) e b), del D.Lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro con unico operatore avente ad oggetto gli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà e/o in uso alla Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento - 2 Lotti Funzionali. Incarico di CSE. Rettifica della Determinazione Dirigenziale n. G10925 del 09/08/2024. Approvazione del nuovo quadro economico ed atti. Variazione in aumento delle prenotazioni d'impegno 55388/2024 e 4351/2025 a favore creditori diversi cap. U0000S22501, ess. finn. 2024- 2025, per complessivi euro 10.745,88.</t>
+        </is>
+      </c>
+      <c r="F96" t="s" s="3">
+        <v>156</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
-        <v>1893</v>
+        <v>1910</v>
       </c>
       <c r="B97" s="2">
-        <v>45442</v>
+        <v>45513</v>
       </c>
       <c r="C97" t="s">
-        <v>156</v>
+        <v>19</v>
+      </c>
+      <c r="D97" t="s">
+        <v>9</v>
       </c>
       <c r="E97" t="inlineStr">
         <is>
-          <t>DPCM del 15 dicembre 2022: Progr. Interv. essenziali e indifferibili celebr. Giubileo della Chiesa cattolica 2025, art.1, c. 422, L. 234/2021, All.1 - Interv. n.177 (ex n.81) "Ripristino delle infrastrutture idrauliche a protezione dell'Isola Tiberina" CUP: F88H22000950005. Approvazione progetto. Nomina gruppo lavoro. Determ. a contrarre. Prenotazione imp. spesa cap. U0000E42143 euro 2.837.094,41 favore creditori diversi (cod. cred. 3805). Imp. spesa cap. U0000E42143 euro 37.659,38 favore Fondo incentivi ex art. 383 sexies R.R. N. 1/2002" (cod. cred.176734). Imp. spesa cap. U0000E42143 euro 5.988,02 favore Giubileo 2025 Spa (cod. cred. 245261). Imp. Spesa euro 660,00 cap. U0000T19427 favore Aut. Naz. Antic. (cod. cred.159683). Accert. cap. E0000341559 euro 26.964,13, cap. E0000341562 euro 5.347,62 e cap. E0000341563 euro 5.347,63. Es. fin. 2024 - 2025</t>
-[...2 lines deleted...]
-      <c r="F97" t="s">
+          <t>Determine a contrarre di autorizzazione di procedure ex art. 50, comma 1, lett. c) e b), del D.Lgs. 31 marzo 2023, n. 36, per la conclusione di un Accordo Quadro con unico operatore avente ad oggetto gli interventi di messa in sicurezza e di manutenzione delle alberature ed aree a verde di proprietà e/o in uso alla Regione Lazio e lungo le fasce frangivento presenti nel territorio di Latina e Provincia, monitoraggio e pronto intervento - 2 Lotti Funzionali, ed incarichi di DL e CSE. Prenotazioni a favore creditori diversi cap. U0000S22501, ess. finn. 2024-2025, di € 854.000,00 per lavori, di € 38.168,71 per DL e di € 7.163,95 per CSE.Impegno di spesa sul cap. U0000S22501 di € 12.919,91 e accertamento di € 12.919,91 cap. E0000341559, E0000341562 e E00000341563, a favore del Fondo Incentivi, ess. finn. 2024-2025. Impegno di € 410,00 cap. U0000T19427, es. fin. 2024, a favore di ANAC</t>
+        </is>
+      </c>
+      <c r="F97" t="s" s="3">
         <v>157</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
-        <v>1892</v>
+        <v>1909</v>
       </c>
       <c r="B98" s="2">
-        <v>45436</v>
+        <v>45573</v>
       </c>
       <c r="C98" t="s">
-        <v>6</v>
+        <v>158</v>
+      </c>
+      <c r="D98" t="s">
+        <v>9</v>
       </c>
       <c r="E98" t="inlineStr">
         <is>
-          <t>Determina a contrarre ai sensi dell'art. 71 D.Lgs. n. 36/2023, indizione, approvazione atti e autorizzazione all'espletamento della procedura di gara comunitaria a procedura aperta finalizzata alla stipula di convenzioni quadro per servizi di pulizia e sanificazione a ridotto impatto ambientale e servizi accessori per le sedi delle amministrazioni del territorio della regione Lazio - Edizione 2. Procedura suddivisa in 4 lotti. Impegno di spesa di € 880,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683) Es. Fin. 2024. Impegno complessivo di € 123.860,00 sul Cap. U0000S23416, (Cod. Cred. 176734) e relativi accertamenti per € 123.860,00 di cui € 99.088,00 sul Cap. E0000341559, € 12.386,00 sul Cap. E0000341562 e € 12.386,00 sul Cap. E0000341563 al fondo incentivi ex art. 383 sexies R.R. 1/2002, (Cod. Cred. 176734) Es. Fin. 2024-2029.</t>
-[...3 lines deleted...]
-        <v>158</v>
+          <t>PR FSE+ 21-27. Priorità 5 ob. Spec. AT. Dec. a contrarre art. 17 co. 1 D.Lgs. 36/2023 per indizione procedura aperta, ai sensi art. 71 D.Lgs n. 36/2023, "per individuazione di un Organismo Intermedio per gestione e controllo dell'intervento "Buoni servizio per la fruizione di interventi in materia di inclusione sociale". Pren. di imp. per € 3.660.000,00 IVA inclusa cap. U0000A43116,U0000A43117,U0000A43118 in favore di C.C3805-E.F. 2025,2026,2027.Approvazione doc tecnici e schema di contratto. Imp. di € 17.820,00 a "Fondo incentivi ex art.383 sexies R.R. n.1/2002" (c.c. 176734) cap. U0000A43116,U0000A43117,U0000A43118. Accertamento di € 17.820,00 cap. n. E0000341560. E.F 2024,2025,2026,2027 a carico di "Fondo incentivi ex art.383 sexies R.R. n.1/2002" (c.c. 176734) - Imp. di € 880,00 a favore di ANAC(c.c. 159683)U0000T19427-E.F.2024.CUP F81C24000170009.SIGEM 24023D. GIP A0819S0002.</t>
+        </is>
+      </c>
+      <c r="F98" t="s" s="3">
+        <v>159</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
-        <v>1891</v>
+        <v>1908</v>
       </c>
       <c r="B99" s="2">
-        <v>45436</v>
+        <v>45566</v>
       </c>
       <c r="C99" t="s">
-        <v>6</v>
+        <v>160</v>
       </c>
       <c r="E99" t="inlineStr">
         <is>
-          <t>Determina a contrarre, ai sensi dell'art. 17, co. 1, D.lgs. 36/2023, per l'acquisizione del "Servizio di assistenza organizzativa/gestionale alle procedure di appalto per la Direzione Regionale Programmazione economica, centrale acquisti, fondi europei, PNRR" a mezzo procedura aperta, ai sensi dell'art. 71 D.lgs. 36/2023 – CUI S80143490581202300099 – Nomina del Responsabile Unico di Progetto - Prenotazione di impegno complessivo di spesa di € 3.165.900,00, cap. U0000H11785, Es. Fin. 2025-2026 in favore di creditori diversi. Impegno di spesa di € 22.836,00, cap. U0000H11785 - Es. Fin. 2024-2025-2026 in favore del "Fondo incentivi ex art.383 sexies R.R. n.1/2002". Impegno di spesa di € 880,00 sul Capitolo U0000T19427, es. fin. 2024 a favore di ANAC. Accertamenti complessivi di € 22.836,00, Es. Fin. 2024-2025-2026, sul capitolo n. E0000341560 in favore del “Fondo incentivi ex art.383 sexies".</t>
-[...3 lines deleted...]
-        <v>159</v>
+          <t>DPCM del 15 dic. 2022: Progr. degli inter. essenz. e indiff. connessi alle celebrazioni del Giubileo della Chiesa cattolica per il 2025, ai sensi dell'art. 1, c. 422, della legge 234 del 2021, di cui all'Allegato 1 - Determinazione a contrarre con approvazione atti di gara ed impegno di spesa dell'intervento n. 174 "Dragaggio della marrana di Prima Porta" CUP: F88H22000930001 CIG 974862215F, per € 23.596,95, a favore "fon. Inc." (cod. 176734)", per € 5.189,69 a favore della soc. Giubileo 2025, prenotazione imp. a favore di cred. diversi (cod. 3805) per € 2.561.303,85, sul cap. U0000E42143, imp. a favore dell'ANAC (cod. 159683) per € 660,00 sul capitolo U0000T19427, accert. in ent. cap. E0000341560 € 23.596,95 a favore del "fon. Inc." (cod. 176734)" es. fin. 2024/25. MIR I202400392.</t>
+        </is>
+      </c>
+      <c r="F99" t="s" s="3">
+        <v>161</v>
+      </c>
+      <c r="G99" t="s" s="3">
+        <v>162</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
-        <v>1890</v>
+        <v>1907</v>
       </c>
       <c r="B100" s="2">
-        <v>45436</v>
+        <v>45548</v>
       </c>
       <c r="C100" t="s">
-        <v>6</v>
+        <v>163</v>
+      </c>
+      <c r="E100" t="inlineStr">
+        <is>
+          <t>Gara comunitaria a procedura aperta ai sensi degli artt. 58 e 60 del D. Lgs. 50/2016 per l'affidamento, tramite accordo quadro, dei servizi di rilevazione dei beni mobiliari e immobiliari di proprietà della Regione Lazio, suddivisa in due lotti e autorizzata con Determinazione a contrarre n. G04111 del 05/04/2022. Affidamento del servizio di pubblicazioni esiti alla ditta Vivenda s.r.l. giusta determinazione G10660 del 02/08/2023. Accertamento per recupero spese di pubblicazione a carico dell'aggiudicatario Romeo Gestioni S.p.A. sul cap. E0000331530, esercizio finanziario 2024. Impegno di spesa per la restituzione delle spese di pubblicazioni legali rimborsate da RTI costituenda tra NTA Nuove Tecnologie Applicate srl - a Capo Società Cooperativa Sociale Integrata di € 3.920,96 sul capitolo U0000T19447 esercizio finanziario 2024.</t>
+        </is>
+      </c>
+      <c r="F100" t="s">
+        <v>164</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
-        <v>1889</v>
+        <v>1906</v>
       </c>
       <c r="B101" s="2">
-        <v>45436</v>
+        <v>45537</v>
       </c>
       <c r="C101" t="s">
-        <v>160</v>
+        <v>19</v>
       </c>
       <c r="E101" t="inlineStr">
         <is>
-          <t>Determina a contrarre, ai sensi dell'art. 17, co. 1, D.lgs. 36/2023, per l'acquisizione del "Servizio di assistenza organizzativa/gestionale alle procedure di appalto per la Direzione Regionale Programmazione economica, centrale acquisti, fondi europei, PNRR" a mezzo procedura aperta, ai sensi dell'art. 71 D.lgs. 36/2023 – CUI S80143490581202300099 – Nomina del Responsabile Unico di Progetto - Prenotazione di impegno complessivo di spesa di € 3.165.900,00, cap. U0000H11785, Es. Fin. 2025-2026 in favore di creditori diversi. Impegno di spesa di € 22.836,00, cap. U0000H11785 - Es. Fin. 2024-2025-2026 in favore del "Fondo incentivi ex art.383 sexies R.R. n.1/2002". Impegno di spesa di € 880,00 sul Capitolo U0000T19427, es. fin. 2024 a favore di ANAC. Accertamenti complessivi di € 22.836,00, Es. Fin. 2024-2025-2026, sul capitolo n. E0000341560 in favore del “Fondo incentivi ex art.383 sexies".</t>
-[...3 lines deleted...]
-        <v>161</v>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 - Undicesima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Determinazione a contrarre, approvazione schemi, atti e indizione gara.</t>
+        </is>
+      </c>
+      <c r="F101" t="s" s="3">
+        <v>165</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
-        <v>1888</v>
+        <v>1905</v>
       </c>
       <c r="B102" s="2">
-        <v>45428</v>
+        <v>45526</v>
       </c>
       <c r="C102" t="s">
-        <v>162</v>
+        <v>19</v>
       </c>
       <c r="D102" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E102" t="inlineStr">
         <is>
-          <t>DPCM del 15 dicembre 2022: Progr. Interv. essenziali e indifferibili celebr. Giubileo della Chiesa cattolica 2025, art.1, c. 422, L. 234/2021, All.1 - Interv. n.173 (ex n. 77) "Ripristino e realizzazione di scivoli di alaggio di soccorso per la sicurezza della navig. e della fruizione fluviale CUP: F88H22000970005. Approvazione progetto. Nomina gruppo lavoro. Determ. a contrarre. Prenot. imp. spesa cap. U0000E42143 euro 935.123,07 favore creditori diversi (cod. cred. 3805). Imp. spesa cap. U0000E42143 euro 13.266,40 favore Fondo incentivi ex art. 383 sexies R.R. N. 1/2002" (cod. cred.176734). Imp. spesa cap. U0000E42143 euro 1.1996,01 favore Giubileo 2025 Spa (cod. cred. 245261) Imp. Spesa euro 410,00 cap. U0000T19427 favore Aut. Naz. Antic. (cod. cred.159683). Accert. cap. E0000341559 euro 9.498,74, cap. E0000341562 euro 1.833,83 e cap. E0000341563 euro 1.883,83. Es. fin. 2024 - 2025</t>
-[...3 lines deleted...]
-        <v>163</v>
+          <t>Determinazione a contrarre ai sensi dell'art. 17, co. 1, del D.lgs. n. 36/2023, indizione, approvazione atti e autorizzazione all'espletamento della Procedura aperta, suddivisa in quattro lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi postali e servizi "a monte" del recapito, destinati alle Amministrazioni della Regione Lazio e della Regione Umbria. Impegno di spesa di € 880,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. es. fin. 2024. Impegno di € 20.908,80 sul cap. U0000S23427 Es. Fin. 2024 e 2026 - Cred. n. 176734 Fondo incentivi ex art. 383 sexies R.R. n.1/2002, e accertamento per importo di € 14.217,98 sul capitolo E0000341559, di € 3.345,41 sul capitolo E0000341562 e di € 3.345,41 sul capitolo E0000341563 al Fondo incentivi ex art. 383 sexies R.R. n.1/2002, es. fin. 2024 e 2026.</t>
+        </is>
+      </c>
+      <c r="F102" t="s" s="3">
+        <v>166</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
-        <v>1887</v>
+        <v>1904</v>
       </c>
       <c r="B103" s="2">
-        <v>45391</v>
+        <v>45522</v>
       </c>
       <c r="C103" t="s">
-        <v>164</v>
+        <v>19</v>
       </c>
       <c r="D103" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E103" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". Fosso Malafede - "Messa in sicurezza della zona urbana di Vitinia via Risaro". Finanziato dall'Unione europea - Next Generation EU. Procedura negoziata ai sensi dell'art. 50, comma 1, lett. d) del D. Lgs. 36/2023, per l'affidamento dei lavori relativi all'intervento denominato Fosso Malafede - "Messa in sicurezza della zona urbana di Vitinia via Risaro". Determinazione a contrarre e approvazione degli atti di gara. CUP F81J21000030001</t>
-[...3 lines deleted...]
-        <v>165</v>
+          <t>Programma regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana", in attuazione dell'articolo 1, comma 134, della legge 30 dicembre 2018, n. 145, e s.m.i. - Fondo per la Progettazione di Opere Pubbliche. Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del D.lgs 36/2023, previo avviso di indagine di mercato per manifestazione di interesse della redazione del progetto di fattibilità tecnica ed economica, esecutivo, del coordinamento della sicurezza in fase di progettazione e della relazione geologica dell'intervento denominato "Adeguamento del corpo arginale e di ripristino dell'officiosità idraulica dell'alveo del fiume Velino nel tratto compreso nei Comuni di Cittaducale e Castel San Angelo (RI)". CUP: F28H23000480001. Approvazione degli atti di gara eindizione della procedura. " Nomina del responsabile unico del procedimento, ai sensi dell'art. 15 del D.lgs. 31 marzo 2023, n. 36</t>
+        </is>
+      </c>
+      <c r="F103" t="s" s="3">
+        <v>167</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
-        <v>1886</v>
+        <v>1903</v>
       </c>
       <c r="B104" s="2">
-        <v>45418</v>
+        <v>45511</v>
       </c>
       <c r="C104" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="E104" t="inlineStr">
         <is>
-          <t>Servizio di ingegneria inerente la redazione del prog. esec., il coord. della sicur. in fase di prog. ed esec. e Dir. Lav. per i lavori di "Manut. degli imp. Idrov. di Via Ferloni, Via di Villa Livia e Via Frassineto, anche in caso di piena, siti nel Comune di Roma. Annualità 2024 - 2025". Det. a contrarre con affidamento diretto, ai sensi dell'art. 50, comma 1 lett. b) del D.Lgs. 36/2023, impegno di spesa a favore "fondo incentivi" (cod. cred. 176734)" per € 542,71 sul cap. U0000E41918, imp. di spesa a favore dell'ANAC (cod. cred. 159683) per € 250,00 sul capitolo U0000T19427, accert. in entrata cap. E0000341559 € 434,17, cap. E0000341562 € 54,27, cap. E0000341563 € 54,27 a favore del "fondo incentivi" (cod. cred. 176734)", prenot. Imp. di spesa sul cap. U0000E41918 di € 283.707,29 a favore di creditori diversi (cod. cred. 3805) es. fin. 2024 - 2025 - 2026. I202400039.</t>
-[...3 lines deleted...]
-        <v>166</v>
+          <t>Risoluzione Convenzione Advanz Pharma Italia Srl Lotti 60-61-62 Lanreotide acetato vari dosaggi dell'Appalto specifico Farmaci 2023 - Prima tranche. Determinazione a contrarre, approvazione schemi, atti e indizione gara Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende sanitarie della Regione Lazio - Farmaci 2024 - Decima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
+        </is>
+      </c>
+      <c r="F104" t="s" s="3">
+        <v>168</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
-        <v>1885</v>
+        <v>1902</v>
       </c>
       <c r="B105" s="2">
-        <v>45412</v>
+        <v>45500</v>
       </c>
       <c r="C105" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D105" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E105" t="inlineStr">
         <is>
-          <t>Intervento Finanziato dall'Unione europea - NextGenerationEU, Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico. Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma 1 lettera b) del Dlgs 36/2023, del "Amaseno - Lavori di sistemazione e completamento delle opere idrauliche a salvaguardia degli abitati e delle infrastrutture, a valle della loc. Sonnino Scalo, nei comuni di Priverno, Sonnino, Pontinia e Terracina (LT)"ed approvazione della documentazione - CUP F71J21000040001</t>
-[...3 lines deleted...]
-        <v>168</v>
+          <t>"Programma regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana", in attuazione dell'articolo 1, comma 134, della legge 30 dicembre 2018, n. 145, e s.m.i. - Fondo per la Progettazione di Opere Pubbliche. Determina a contrarre per l'affidamento di servizi di progettazione riferiti a "Interventi a favore dei Comuni, finalizzati alla Mitigazione del Rischio Idrogeologico nei territori della Regione Lazio" mediante procedura aperta in ambito comunitario suddivisa in I Lotto "Lazio Nord" - II Lotto "Lazio Sud" per la conclusione di un accordo quadro con unico operatore economico per ciascuno dei lotti, ai sensi dell'art. 59, comma 3 del D.Lgs. n. 36/2023.CUP: F84J23001000001. Approvazione degli atti di gara e indizione della procedura.</t>
+        </is>
+      </c>
+      <c r="F105" t="s" s="3">
+        <v>170</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
-        <v>1884</v>
+        <v>1901</v>
       </c>
       <c r="B106" s="2">
-        <v>45412</v>
+        <v>45495</v>
       </c>
       <c r="C106" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D106" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E106" t="inlineStr">
         <is>
-          <t>Intervento Finanziato dall'Unione europea - NextGenerationEU, Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico. Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma 1 lettera b) del Dlgs 36/2023, del servizio di coordinamento della sicurezza in fase d'esecuzione dell'intervento denominato: "Ninfa Sisto - Lavori di sistemazione dell'alveo e completamento delle arginature a salvaguardia degli abitati e delle infrastrutture nei Comuni di Pontinia, Sabaudia e Terracina (LT)"ed approvazione della documentazione - CUP F11J21000060001</t>
-[...3 lines deleted...]
-        <v>170</v>
+          <t>Determinazione a contrarre ai sensi dell'art. 17, co. 1, del D.lgs. n. 36/2023, indizione Gara europea a procedura aperta finalizzata alla stipula di convenzioni quadro, a ridotto impatto ambientale, per l'affidamento della fornitura di carta in risme per gli enti della Regione Lazio. Edizione 2. Procedura suddivisa in 2 lotti. Impegno di spesa di € 660,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. es. fin. 2024, impegno di € 357,40 così ripartito: € 219,94 (Fondo incentivo da ripartire tra il personale per la fase di programmazione e affidamento), € 68,73 (10% del fondo parte corrente) e € 68,73 (10% del fondo parte capitale) sul capitolo U0000S23908 e accertamento di € 219,94 sul capitolo di entrata n. E0000341559, di € 68,73 sul capitolo di entrata E0000341562 e di € 68,73 sul capitolo E0000341563 a favore del "Fondo incentivi ex art. 383 sexies R.R. N. 1/2002" es. fin. 2024.</t>
+        </is>
+      </c>
+      <c r="F106" t="s" s="3">
+        <v>172</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
-        <v>1883</v>
+        <v>1900</v>
       </c>
       <c r="B107" s="2">
-        <v>45408</v>
+        <v>45497</v>
       </c>
       <c r="C107" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E107" t="inlineStr">
         <is>
-          <t>Intervento Finanziato dall'Unione europea - NextGenerationEU, Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico. Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma 1 lettera b) del Dlgs 36/2023, del servizio di coordinamento della sicurezza in fase d'esecuzione dell'intervento denominato: "Fiume Liri - Completamento arginature, sistemazione dell'alveo e delle sponde del Fiume Liri, a monte e a valle del Ponte Curvo, in Comune di Pontecorvo (FR)" ed approvazione della documentazione di gara- CUP F41J21000030001</t>
-[...3 lines deleted...]
-        <v>172</v>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende sanitarie della Regione Lazio - Farmaci 2024 nona tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
+        </is>
+      </c>
+      <c r="F107" t="s" s="3">
+        <v>173</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
-        <v>1882</v>
+        <v>1899</v>
       </c>
       <c r="B108" s="2">
-        <v>45408</v>
+        <v>45474</v>
       </c>
       <c r="C108" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E108" t="inlineStr">
         <is>
-          <t>Intervento Finanziato dall'Unione europea - NextGenerationEU, Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico. Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma 1 lettera b) del Dlgs 36/2023, del servizio di direzione dei lavori dell'intervento denominato: "Fiume Liri - Completamento arginature, sistemazione dell'alveo e delle sponde del Fiume Liri, a monte e a valle del Ponte Curvo, in Comune di Pontecorvo (FR)" ed approvazione della documentazione di gara - CUP F41J21000030001</t>
-[...3 lines deleted...]
-        <v>173</v>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), nell' ambito della Missione 2, componente 4, destina con l' investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". Finanziato dall' Unione europea - Next Generation EU. Affidamento diretto, ai sensi dell' art. 50, comma 1, lett. b) del D. Lgs. 36/2023, del servizio di direzione lavori dell'intervento denominato: Fosso Malafede - "Messa in sicurezza della zona urbana di Vitinia via Risaro". Determinazione a contrarre e approvazione della documentazione. CUP F81J21000030001.</t>
+        </is>
+      </c>
+      <c r="F108" t="s" s="3">
+        <v>174</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
-        <v>1881</v>
+        <v>1898</v>
       </c>
       <c r="B109" s="2">
-        <v>45406</v>
+        <v>45471</v>
       </c>
       <c r="C109" t="s">
-        <v>6</v>
+        <v>175</v>
       </c>
       <c r="D109" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E109" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 _sesta tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.</t>
-[...3 lines deleted...]
-        <v>174</v>
+          <t>Intervento Finanziato dall'Unione europea - NextGenerationEU, Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. 36/2023, del servizio di coordinamento della sicurezza in fase di esecuzione per l'intervento "Lavori di sistemazione idraulica del Fosso dell'Acqua Acetosa a monte di Via C. Colombo", nel Comune di Roma. Determinazione a contrarre e approvazione della documentazione per l'affidamento del servizio. CUP F81J21000020001.</t>
+        </is>
+      </c>
+      <c r="F109" t="s" s="3">
+        <v>176</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="B110" s="2">
-        <v>45406</v>
+        <v>45471</v>
       </c>
       <c r="C110" t="s">
-        <v>6</v>
+        <v>175</v>
+      </c>
+      <c r="D110" t="s">
+        <v>9</v>
       </c>
       <c r="E110" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di Vaccini antinfluenzali 2024/2025 occorrenti alle Aziende Sanitarie della Regione Lazio - Quinta tranche 2024 Vaccini anti influenzali, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori. Determinazione a contrarre. Approvazione schemi, atti e indizione gara.</t>
-[...3 lines deleted...]
-        <v>175</v>
+          <t>Intervento Finanziato dall'Unione europea - NextGenerationEU, Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. 36/2023, dell'incarico di Direzione dei Lavori dell'intervento "Lavori di sistemazione idraulica del Fosso dell'Acqua Acetosa a monte di Via C. Colombo", nel Comune di Roma. Determinazione a contrarre e approvazione della documentazione per l'affidamento del servizio. CUP F81J21000020001.</t>
+        </is>
+      </c>
+      <c r="F110" t="s" s="3">
+        <v>177</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
-        <v>1879</v>
+        <v>1896</v>
       </c>
       <c r="B111" s="2">
-        <v>45390</v>
+        <v>45453</v>
       </c>
       <c r="C111" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E111" t="inlineStr">
         <is>
-          <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1. Procedura negoziata ai sensi dell'art. 50, comma 1, lett. d) del D.Lgs. 36/2023, per l'affidamento dei lavori relativi dell'intervento n. 175 "Ottimizzazione e ristrutturazione degli impianti idrovori di Salaria, Flaminia, Corcolle, Pratolungo e Prima Porta". Determinazione a contrarre e approvazione degli atti di gara. CUP: F88H22000930001. Rettifica Determinazione a Contrarre n. G03117 del 20 marzo 2024 e dei documenti di gara.</t>
-[...3 lines deleted...]
-        <v>176</v>
+          <t>Appalto specifico per l'acquisizione di Vaccini antinfluenzali 2024/2025 occorrenti alle Aziende Sanitarie della Regione Lazio - Quinta tranche - bis 2024 vaccino antinfluenzale vivo attenuato, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori. Determinazione a contrarre. Approvazione schemi, atti e indizione gara.</t>
+        </is>
+      </c>
+      <c r="F111" t="s" s="3">
+        <v>178</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
-        <v>1878</v>
+        <v>1895</v>
       </c>
       <c r="B112" s="2">
-        <v>45384</v>
+        <v>45441</v>
       </c>
       <c r="C112" t="s">
-        <v>6</v>
+        <v>19</v>
+      </c>
+      <c r="D112" t="s">
+        <v>9</v>
       </c>
       <c r="E112" t="inlineStr">
         <is>
-          <t>Intervento Finanziato dall'Unione europea - NextGenerationEU, Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico. Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma 1 lettera b) del Dlgs 36/2023, del servizio di coordinamento della sicurezza in fase d'esecuzione dell'intervento denominato: "Fiume Fibreno - completamento del sistema idraulico (scolmatore e cassa di laminazione) del fiume Fibreno" ed approvazione della documentazione - CUP F82B21000030005</t>
-[...3 lines deleted...]
-        <v>177</v>
+          <t>Gara centralizzata a procedura aperta in via d'urgenza con termini ridotti finalizzata alla fornitura in ambito territoriale di aghi penna da insulina G34 - lunghezza 3,5 mm a Lotto unico. Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto</t>
+        </is>
+      </c>
+      <c r="F112" t="s" s="3">
+        <v>179</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
-        <v>1877</v>
+        <v>1894</v>
       </c>
       <c r="B113" s="2">
-        <v>45378</v>
+        <v>45442</v>
       </c>
       <c r="C113" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="E113" t="inlineStr">
         <is>
-          <t>Intervento di "Ripascimento di un tratto di litorale di Ostia Levante nel Comune di Roma Capitale - X Municipio" - Approvazione progetto esecutivo e determina a contrarre per l'affidamento dei lavori mediante procedura negoziata, ai sensi dell'art. 50 comma 1 lettera d) del D.Lgs. 36/2023 finalizzata alla stipula di un Accordo quadro, con un unico operatore economico, ai sensi dell'art. 59, comma 3, del D.lgs 36/2023 - CUP F82B21000030005</t>
-[...3 lines deleted...]
-        <v>179</v>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) - Missione 4 Istruzione e Ricerca - nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b "Nuovi progetti" - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". -Finanziato dall'Unione europea - Next Generation EU- Procedura negoziata ai sensi dell'art. 50, comma 1, lett. d) del D.lgs. 36/2023, per l'affidamento dei lavori relativi all'intervento di "Lavori di sistemazione idraulica del Fosso dell'Acqua Acetosa a monte di Via C. Colombo" - Determinazione a contrarre e approvazione degli atti di gara. CUP: F81J21000020001</t>
+        </is>
+      </c>
+      <c r="F113" t="s" s="3">
+        <v>181</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
-        <v>1876</v>
+        <v>1893</v>
       </c>
       <c r="B114" s="2">
-        <v>45377</v>
+        <v>45442</v>
       </c>
       <c r="C114" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="E114" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) - Missione 4 Istruzione e Ricerca - nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b "Nuovi progetti" - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". -Finanziato dall'Unione europea - Next Generation EU- Procedura negoziata ai sensi dell'art. 50, comma 1, lett. d) del D.lgs. 36/2023, per l'affidamento dei lavori relativi all'intervento di "Lavori di manutenzione straordinaria del Fiume Tronto" - Determinazione a contrarre e approvazione degli atti di gara. CUP: F48H21000070001</t>
-[...3 lines deleted...]
-        <v>181</v>
+          <t>DPCM del 15 dicembre 2022: Progr. Interv. essenziali e indifferibili celebr. Giubileo della Chiesa cattolica 2025, art.1, c. 422, L. 234/2021, All.1 - Interv. n.177 (ex n.81) "Ripristino delle infrastrutture idrauliche a protezione dell'Isola Tiberina" CUP: F88H22000950005. Approvazione progetto. Nomina gruppo lavoro. Determ. a contrarre. Prenotazione imp. spesa cap. U0000E42143 euro 2.837.094,41 favore creditori diversi (cod. cred. 3805). Imp. spesa cap. U0000E42143 euro 37.659,38 favore Fondo incentivi ex art. 383 sexies R.R. N. 1/2002" (cod. cred.176734). Imp. spesa cap. U0000E42143 euro 5.988,02 favore Giubileo 2025 Spa (cod. cred. 245261). Imp. Spesa euro 660,00 cap. U0000T19427 favore Aut. Naz. Antic. (cod. cred.159683). Accert. cap. E0000341559 euro 26.964,13, cap. E0000341562 euro 5.347,62 e cap. E0000341563 euro 5.347,63. Es. fin. 2024 - 2025</t>
+        </is>
+      </c>
+      <c r="F114" t="s" s="3">
+        <v>183</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
-        <v>1875</v>
+        <v>1892</v>
       </c>
       <c r="B115" s="2">
-        <v>45376</v>
+        <v>45436</v>
+      </c>
+      <c r="C115" t="s">
+        <v>19</v>
       </c>
       <c r="E115" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - Farmaci 2024 - terza tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara.</t>
-[...3 lines deleted...]
-        <v>182</v>
+          <t>Determina a contrarre ai sensi dell'art. 71 D.Lgs. n. 36/2023, indizione, approvazione atti e autorizzazione all'espletamento della procedura di gara comunitaria a procedura aperta finalizzata alla stipula di convenzioni quadro per servizi di pulizia e sanificazione a ridotto impatto ambientale e servizi accessori per le sedi delle amministrazioni del territorio della regione Lazio - Edizione 2. Procedura suddivisa in 4 lotti. Impegno di spesa di € 880,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683) Es. Fin. 2024. Impegno complessivo di € 123.860,00 sul Cap. U0000S23416, (Cod. Cred. 176734) e relativi accertamenti per € 123.860,00 di cui € 99.088,00 sul Cap. E0000341559, € 12.386,00 sul Cap. E0000341562 e € 12.386,00 sul Cap. E0000341563 al fondo incentivi ex art. 383 sexies R.R. 1/2002, (Cod. Cred. 176734) Es. Fin. 2024-2029.</t>
+        </is>
+      </c>
+      <c r="F115" t="s" s="3">
+        <v>184</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
-        <v>1874</v>
+        <v>1891</v>
       </c>
       <c r="B116" s="2">
-        <v>45365</v>
+        <v>45436</v>
       </c>
       <c r="C116" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E116" t="inlineStr">
         <is>
-          <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1 - Intervento n. 162 CUP F88H22000780005, intervento n.163 CUP F88H22000890005, intervento n.164 CUP F88H22000900005, intervento n. 170 CUP F88H22000800005. Determinazione a contrarre e approvazione degli atti di gara</t>
-[...3 lines deleted...]
-        <v>184</v>
+          <t>Determina a contrarre, ai sensi dell'art. 17, co. 1, D.lgs. 36/2023, per l'acquisizione del "Servizio di assistenza organizzativa/gestionale alle procedure di appalto per la Direzione Regionale Programmazione economica, centrale acquisti, fondi europei, PNRR" a mezzo procedura aperta, ai sensi dell'art. 71 D.lgs. 36/2023 – CUI S80143490581202300099 – Nomina del Responsabile Unico di Progetto - Prenotazione di impegno complessivo di spesa di € 3.165.900,00, cap. U0000H11785, Es. Fin. 2025-2026 in favore di creditori diversi. Impegno di spesa di € 22.836,00, cap. U0000H11785 - Es. Fin. 2024-2025-2026 in favore del "Fondo incentivi ex art.383 sexies R.R. n.1/2002". Impegno di spesa di € 880,00 sul Capitolo U0000T19427, es. fin. 2024 a favore di ANAC. Accertamenti complessivi di € 22.836,00, Es. Fin. 2024-2025-2026, sul capitolo n. E0000341560 in favore del “Fondo incentivi ex art.383 sexies".</t>
+        </is>
+      </c>
+      <c r="F116" t="s" s="3">
+        <v>185</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
+        <v>1890</v>
+      </c>
+      <c r="B117" s="2">
+        <v>45436</v>
+      </c>
+      <c r="C117" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118">
+        <v>1889</v>
+      </c>
+      <c r="B118" s="2">
+        <v>45436</v>
+      </c>
+      <c r="C118" t="s">
+        <v>186</v>
+      </c>
+      <c r="E118" t="inlineStr">
+        <is>
+          <t>Determina a contrarre, ai sensi dell'art. 17, co. 1, D.lgs. 36/2023, per l'acquisizione del "Servizio di assistenza organizzativa/gestionale alle procedure di appalto per la Direzione Regionale Programmazione economica, centrale acquisti, fondi europei, PNRR" a mezzo procedura aperta, ai sensi dell'art. 71 D.lgs. 36/2023 – CUI S80143490581202300099 – Nomina del Responsabile Unico di Progetto - Prenotazione di impegno complessivo di spesa di € 3.165.900,00, cap. U0000H11785, Es. Fin. 2025-2026 in favore di creditori diversi. Impegno di spesa di € 22.836,00, cap. U0000H11785 - Es. Fin. 2024-2025-2026 in favore del "Fondo incentivi ex art.383 sexies R.R. n.1/2002". Impegno di spesa di € 880,00 sul Capitolo U0000T19427, es. fin. 2024 a favore di ANAC. Accertamenti complessivi di € 22.836,00, Es. Fin. 2024-2025-2026, sul capitolo n. E0000341560 in favore del “Fondo incentivi ex art.383 sexies".</t>
+        </is>
+      </c>
+      <c r="F118" t="s" s="3">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119">
+        <v>1888</v>
+      </c>
+      <c r="B119" s="2">
+        <v>45428</v>
+      </c>
+      <c r="C119" t="s">
+        <v>188</v>
+      </c>
+      <c r="D119" t="s">
+        <v>9</v>
+      </c>
+      <c r="E119" t="inlineStr">
+        <is>
+          <t>DPCM del 15 dicembre 2022: Progr. Interv. essenziali e indifferibili celebr. Giubileo della Chiesa cattolica 2025, art.1, c. 422, L. 234/2021, All.1 - Interv. n.173 (ex n. 77) "Ripristino e realizzazione di scivoli di alaggio di soccorso per la sicurezza della navig. e della fruizione fluviale CUP: F88H22000970005. Approvazione progetto. Nomina gruppo lavoro. Determ. a contrarre. Prenot. imp. spesa cap. U0000E42143 euro 935.123,07 favore creditori diversi (cod. cred. 3805). Imp. spesa cap. U0000E42143 euro 13.266,40 favore Fondo incentivi ex art. 383 sexies R.R. N. 1/2002" (cod. cred.176734). Imp. spesa cap. U0000E42143 euro 1.1996,01 favore Giubileo 2025 Spa (cod. cred. 245261) Imp. Spesa euro 410,00 cap. U0000T19427 favore Aut. Naz. Antic. (cod. cred.159683). Accert. cap. E0000341559 euro 9.498,74, cap. E0000341562 euro 1.833,83 e cap. E0000341563 euro 1.883,83. Es. fin. 2024 - 2025</t>
+        </is>
+      </c>
+      <c r="F119" t="s" s="3">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120">
+        <v>1887</v>
+      </c>
+      <c r="B120" s="2">
+        <v>45391</v>
+      </c>
+      <c r="C120" t="s">
+        <v>190</v>
+      </c>
+      <c r="D120" t="s">
+        <v>9</v>
+      </c>
+      <c r="E120" t="inlineStr">
+        <is>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". Fosso Malafede - "Messa in sicurezza della zona urbana di Vitinia via Risaro". Finanziato dall'Unione europea - Next Generation EU. Procedura negoziata ai sensi dell'art. 50, comma 1, lett. d) del D. Lgs. 36/2023, per l'affidamento dei lavori relativi all'intervento denominato Fosso Malafede - "Messa in sicurezza della zona urbana di Vitinia via Risaro". Determinazione a contrarre e approvazione degli atti di gara. CUP F81J21000030001</t>
+        </is>
+      </c>
+      <c r="F120" t="s" s="3">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121">
+        <v>1886</v>
+      </c>
+      <c r="B121" s="2">
+        <v>45418</v>
+      </c>
+      <c r="C121" t="s">
+        <v>19</v>
+      </c>
+      <c r="E121" t="inlineStr">
+        <is>
+          <t>Servizio di ingegneria inerente la redazione del prog. esec., il coord. della sicur. in fase di prog. ed esec. e Dir. Lav. per i lavori di "Manut. degli imp. Idrov. di Via Ferloni, Via di Villa Livia e Via Frassineto, anche in caso di piena, siti nel Comune di Roma. Annualità 2024 - 2025". Det. a contrarre con affidamento diretto, ai sensi dell'art. 50, comma 1 lett. b) del D.Lgs. 36/2023, impegno di spesa a favore "fondo incentivi" (cod. cred. 176734)" per € 542,71 sul cap. U0000E41918, imp. di spesa a favore dell'ANAC (cod. cred. 159683) per € 250,00 sul capitolo U0000T19427, accert. in entrata cap. E0000341559 € 434,17, cap. E0000341562 € 54,27, cap. E0000341563 € 54,27 a favore del "fondo incentivi" (cod. cred. 176734)", prenot. Imp. di spesa sul cap. U0000E41918 di € 283.707,29 a favore di creditori diversi (cod. cred. 3805) es. fin. 2024 - 2025 - 2026. I202400039.</t>
+        </is>
+      </c>
+      <c r="F121" t="s" s="3">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122">
+        <v>1885</v>
+      </c>
+      <c r="B122" s="2">
+        <v>45412</v>
+      </c>
+      <c r="C122" t="s">
+        <v>193</v>
+      </c>
+      <c r="D122" t="s">
+        <v>9</v>
+      </c>
+      <c r="E122" t="inlineStr">
+        <is>
+          <t>Intervento Finanziato dall'Unione europea - NextGenerationEU, Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico. Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma 1 lettera b) del Dlgs 36/2023, del "Amaseno - Lavori di sistemazione e completamento delle opere idrauliche a salvaguardia degli abitati e delle infrastrutture, a valle della loc. Sonnino Scalo, nei comuni di Priverno, Sonnino, Pontinia e Terracina (LT)"ed approvazione della documentazione - CUP F71J21000040001</t>
+        </is>
+      </c>
+      <c r="F122" t="s" s="3">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123">
+        <v>1884</v>
+      </c>
+      <c r="B123" s="2">
+        <v>45412</v>
+      </c>
+      <c r="C123" t="s">
+        <v>195</v>
+      </c>
+      <c r="D123" t="s">
+        <v>9</v>
+      </c>
+      <c r="E123" t="inlineStr">
+        <is>
+          <t>Intervento Finanziato dall'Unione europea - NextGenerationEU, Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico. Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma 1 lettera b) del Dlgs 36/2023, del servizio di coordinamento della sicurezza in fase d'esecuzione dell'intervento denominato: "Ninfa Sisto - Lavori di sistemazione dell'alveo e completamento delle arginature a salvaguardia degli abitati e delle infrastrutture nei Comuni di Pontinia, Sabaudia e Terracina (LT)"ed approvazione della documentazione - CUP F11J21000060001</t>
+        </is>
+      </c>
+      <c r="F123" t="s" s="3">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124">
+        <v>1883</v>
+      </c>
+      <c r="B124" s="2">
+        <v>45408</v>
+      </c>
+      <c r="C124" t="s">
+        <v>197</v>
+      </c>
+      <c r="D124" t="s">
+        <v>9</v>
+      </c>
+      <c r="E124" t="inlineStr">
+        <is>
+          <t>Intervento Finanziato dall'Unione europea - NextGenerationEU, Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico. Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma 1 lettera b) del Dlgs 36/2023, del servizio di coordinamento della sicurezza in fase d'esecuzione dell'intervento denominato: "Fiume Liri - Completamento arginature, sistemazione dell'alveo e delle sponde del Fiume Liri, a monte e a valle del Ponte Curvo, in Comune di Pontecorvo (FR)" ed approvazione della documentazione di gara- CUP F41J21000030001</t>
+        </is>
+      </c>
+      <c r="F124" t="s" s="3">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125">
+        <v>1882</v>
+      </c>
+      <c r="B125" s="2">
+        <v>45408</v>
+      </c>
+      <c r="C125" t="s">
+        <v>197</v>
+      </c>
+      <c r="D125" t="s">
+        <v>9</v>
+      </c>
+      <c r="E125" t="inlineStr">
+        <is>
+          <t>Intervento Finanziato dall'Unione europea - NextGenerationEU, Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico. Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma 1 lettera b) del Dlgs 36/2023, del servizio di direzione dei lavori dell'intervento denominato: "Fiume Liri - Completamento arginature, sistemazione dell'alveo e delle sponde del Fiume Liri, a monte e a valle del Ponte Curvo, in Comune di Pontecorvo (FR)" ed approvazione della documentazione di gara - CUP F41J21000030001</t>
+        </is>
+      </c>
+      <c r="F125" t="s" s="3">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126">
+        <v>1881</v>
+      </c>
+      <c r="B126" s="2">
+        <v>45406</v>
+      </c>
+      <c r="C126" t="s">
+        <v>19</v>
+      </c>
+      <c r="D126" t="s">
+        <v>9</v>
+      </c>
+      <c r="E126" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 _sesta tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.</t>
+        </is>
+      </c>
+      <c r="F126" t="s" s="3">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127">
+        <v>1880</v>
+      </c>
+      <c r="B127" s="2">
+        <v>45406</v>
+      </c>
+      <c r="C127" t="s">
+        <v>19</v>
+      </c>
+      <c r="E127" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di Vaccini antinfluenzali 2024/2025 occorrenti alle Aziende Sanitarie della Regione Lazio - Quinta tranche 2024 Vaccini anti influenzali, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori. Determinazione a contrarre. Approvazione schemi, atti e indizione gara.</t>
+        </is>
+      </c>
+      <c r="F127" t="s" s="3">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128">
+        <v>1879</v>
+      </c>
+      <c r="B128" s="2">
+        <v>45390</v>
+      </c>
+      <c r="C128" t="s">
+        <v>19</v>
+      </c>
+      <c r="D128" t="s">
+        <v>9</v>
+      </c>
+      <c r="E128" t="inlineStr">
+        <is>
+          <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1. Procedura negoziata ai sensi dell'art. 50, comma 1, lett. d) del D.Lgs. 36/2023, per l'affidamento dei lavori relativi dell'intervento n. 175 "Ottimizzazione e ristrutturazione degli impianti idrovori di Salaria, Flaminia, Corcolle, Pratolungo e Prima Porta". Determinazione a contrarre e approvazione degli atti di gara. CUP: F88H22000930001. Rettifica Determinazione a Contrarre n. G03117 del 20 marzo 2024 e dei documenti di gara.</t>
+        </is>
+      </c>
+      <c r="F128" t="s" s="3">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129">
+        <v>1878</v>
+      </c>
+      <c r="B129" s="2">
+        <v>45384</v>
+      </c>
+      <c r="C129" t="s">
+        <v>19</v>
+      </c>
+      <c r="E129" t="inlineStr">
+        <is>
+          <t>Intervento Finanziato dall'Unione europea - NextGenerationEU, Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico. Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma 1 lettera b) del Dlgs 36/2023, del servizio di coordinamento della sicurezza in fase d'esecuzione dell'intervento denominato: "Fiume Fibreno - completamento del sistema idraulico (scolmatore e cassa di laminazione) del fiume Fibreno" ed approvazione della documentazione - CUP F82B21000030005</t>
+        </is>
+      </c>
+      <c r="F129" t="s" s="3">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130">
+        <v>1877</v>
+      </c>
+      <c r="B130" s="2">
+        <v>45378</v>
+      </c>
+      <c r="C130" t="s">
+        <v>204</v>
+      </c>
+      <c r="E130" t="inlineStr">
+        <is>
+          <t>Intervento di "Ripascimento di un tratto di litorale di Ostia Levante nel Comune di Roma Capitale - X Municipio" - Approvazione progetto esecutivo e determina a contrarre per l'affidamento dei lavori mediante procedura negoziata, ai sensi dell'art. 50 comma 1 lettera d) del D.Lgs. 36/2023 finalizzata alla stipula di un Accordo quadro, con un unico operatore economico, ai sensi dell'art. 59, comma 3, del D.lgs 36/2023 - CUP F82B21000030005</t>
+        </is>
+      </c>
+      <c r="F130" t="s" s="3">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131">
+        <v>1876</v>
+      </c>
+      <c r="B131" s="2">
+        <v>45377</v>
+      </c>
+      <c r="C131" t="s">
+        <v>206</v>
+      </c>
+      <c r="E131" t="inlineStr">
+        <is>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) - Missione 4 Istruzione e Ricerca - nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b "Nuovi progetti" - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". -Finanziato dall'Unione europea - Next Generation EU- Procedura negoziata ai sensi dell'art. 50, comma 1, lett. d) del D.lgs. 36/2023, per l'affidamento dei lavori relativi all'intervento di "Lavori di manutenzione straordinaria del Fiume Tronto" - Determinazione a contrarre e approvazione degli atti di gara. CUP: F48H21000070001</t>
+        </is>
+      </c>
+      <c r="F131" t="s" s="3">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132">
+        <v>1875</v>
+      </c>
+      <c r="B132" s="2">
+        <v>45376</v>
+      </c>
+      <c r="E132" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - Farmaci 2024 - terza tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara.</t>
+        </is>
+      </c>
+      <c r="F132" t="s" s="3">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133">
+        <v>1874</v>
+      </c>
+      <c r="B133" s="2">
+        <v>45365</v>
+      </c>
+      <c r="C133" t="s">
+        <v>209</v>
+      </c>
+      <c r="D133" t="s">
+        <v>9</v>
+      </c>
+      <c r="E133" t="inlineStr">
+        <is>
+          <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1 - Intervento n. 162 CUP F88H22000780005, intervento n.163 CUP F88H22000890005, intervento n.164 CUP F88H22000900005, intervento n. 170 CUP F88H22000800005. Determinazione a contrarre e approvazione degli atti di gara</t>
+        </is>
+      </c>
+      <c r="F133" t="s" s="3">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134">
         <v>1873</v>
       </c>
-      <c r="B117" s="2">
+      <c r="B134" s="2">
         <v>45358</v>
       </c>
-      <c r="C117" t="s">
-[...5 lines deleted...]
-      <c r="E117" t="inlineStr">
+      <c r="C134" t="s">
+        <v>197</v>
+      </c>
+      <c r="D134" t="s">
+        <v>9</v>
+      </c>
+      <c r="E134" t="inlineStr">
         <is>
           <t>Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico" - Finanziato dall'Unione europea - Next Generation EU - Procedura negoziata ai sensi dell'art. 50, comma 1, lett. d) del D.Lgs. 36/2023, per l'affidamento dei lavori relativi all'intervento "Fiume Liri - Completamento arginature, sistemazione dell'alveo e delle sponde del Fiume Liri, a monte e a valle del Ponte Curvo, in Comune di Pontecorvo (FR)"- Determinazione a contrarre e approvazione degli atti di gara. CUP F41J21000030001.
 </t>
         </is>
       </c>
-      <c r="F117" t="s">
-[...4 lines deleted...]
-      <c r="A118">
+      <c r="F134" t="s" s="3">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135">
         <v>1872</v>
       </c>
-      <c r="B118" s="2">
+      <c r="B135" s="2">
         <v>45350</v>
       </c>
-      <c r="C118" t="s">
-[...5 lines deleted...]
-      <c r="E118" t="inlineStr">
+      <c r="C135" t="s">
+        <v>193</v>
+      </c>
+      <c r="D135" t="s">
+        <v>9</v>
+      </c>
+      <c r="E135" t="inlineStr">
         <is>
           <t>Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico" - Finanziato dall'Unione europea - Next Generation EU - Procedura negoziata ai sensi dell'art. 50, comma 1, lett. d) del D.Lgs. 36/2023, per l'affidamento dei lavori relativi all'intervento "Amaseno - Lavori di sistemazione e completamento delle opere idrauliche a salvaguardia degli abitati e delle infrastrutture, a valle della loc. Sonnino Scalo, nei comuni di Priverno, Sonnino, Pontinia e Terracina (LT)"- Determinazione a contrarre e approvazione degli atti di gara. CUP F71J21000040001.
 </t>
         </is>
       </c>
-      <c r="F118" t="s">
-[...4 lines deleted...]
-      <c r="A119">
+      <c r="F135" t="s" s="3">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136">
         <v>1871</v>
       </c>
-      <c r="B119" s="2">
+      <c r="B136" s="2">
         <v>45344</v>
       </c>
-      <c r="C119" t="s">
-[...5 lines deleted...]
-      <c r="E119" t="inlineStr">
+      <c r="C136" t="s">
+        <v>213</v>
+      </c>
+      <c r="D136" t="s">
+        <v>9</v>
+      </c>
+      <c r="E136" t="inlineStr">
         <is>
           <t>Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b -&amp;nbsp;"Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico" - Finanziato dall'Unione europea -&amp;nbsp;Next Generation EU - Procedura negoziata ai sensi dell'art. 50, comma 1, lett. d) del D.Lgs. 36/2023, per l'affidamento dei&amp;nbsp;lavori relativi all'intervento "Ninfa Sisto - Lavori di sistemazione dell'alveo e completamento delle arginature a salvaguardia&amp;nbsp;degli abitati e delle infrastrutture nei Comuni di Pontinia, Sabaudia e Terracina (LT)" - Determinazione a contrarre e&amp;nbsp;approvazione degli atti di gara. CUP F11J21000060001.
 </t>
         </is>
       </c>
-      <c r="F119" t="s">
-[...4 lines deleted...]
-      <c r="A120">
+      <c r="F136" t="s" s="3">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137">
         <v>1870</v>
       </c>
-      <c r="B120" s="2">
+      <c r="B137" s="2">
         <v>45343</v>
       </c>
-      <c r="C120" t="s">
-[...5 lines deleted...]
-      <c r="E120" t="inlineStr">
+      <c r="C137" t="s">
+        <v>19</v>
+      </c>
+      <c r="D137" t="s">
+        <v>9</v>
+      </c>
+      <c r="E137" t="inlineStr">
         <is>
           <t>Intervento Finanziato dall'Unione europea - NextGenerationEU, Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico. Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 50 comma 1 lettera b) del Dlgs 36/2023, del servizio di direzione dei lavori dell'intervento denominato: "Fiume Fibreno - completamento del sistema idraulico (scolmatore e cassa di laminazione) del fiume Fibreno" ed approvazione della documentazione - CUP F82B21000030005
 </t>
         </is>
       </c>
-      <c r="F120" t="s">
-[...4 lines deleted...]
-      <c r="A121">
+      <c r="F137" t="s" s="3">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138">
         <v>1869</v>
       </c>
-      <c r="B121" s="2">
+      <c r="B138" s="2">
         <v>45316</v>
       </c>
-      <c r="C121" t="s">
-[...5 lines deleted...]
-      <c r="E121" t="inlineStr">
+      <c r="C138" t="s">
+        <v>216</v>
+      </c>
+      <c r="D138" t="s">
+        <v>9</v>
+      </c>
+      <c r="E138" t="inlineStr">
         <is>
           <t>Piano Nazionale di Ripresa e Resilienza (PNRR) - Missione 4 Istruzione e Ricerca - nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b "Nuovi progetti" - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". -Finanziato dall'Unione europea - Next Generation EU- Procedura negoziata ai sensi dell'art. 50, comma 1, lett. d) del D.Lgs. 36/2023, per l'affidamento dei lavori relativi all'intervento di "Fiume Treia - Lavori di manutenzione straordinaria del Fiume Treia" - Determinazione a contrarre e approvazione degli atti di gara. CUP: F48H21000060001.
 </t>
         </is>
       </c>
-      <c r="F121" t="s">
-[...4 lines deleted...]
-      <c r="A122">
+      <c r="F138" t="s" s="3">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139">
         <v>1868</v>
       </c>
-      <c r="B122" s="2">
+      <c r="B139" s="2">
         <v>45316</v>
       </c>
-      <c r="C122" t="s">
-[...5 lines deleted...]
-      <c r="E122" t="inlineStr">
+      <c r="C139" t="s">
+        <v>218</v>
+      </c>
+      <c r="D139" t="s">
+        <v>9</v>
+      </c>
+      <c r="E139" t="inlineStr">
         <is>
           <t>Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico" - Finanziato dall'Unione europea - Next Generation EU - Procedura negoziata ai sensi dell'art. 50, comma 1, lett. c) del D.Lgs. 36/2023, per l'affidamento dei lavori relativi all'intervento "Lavori di manutenzione straordinaria del Fiume Velino" - Determinazione a contrarre e approvazione degli atti di gara. CUP F18H21000070001.
 </t>
         </is>
       </c>
-      <c r="F122" t="s">
-[...4 lines deleted...]
-      <c r="A123">
+      <c r="F139" t="s" s="3">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140">
         <v>1867</v>
       </c>
-      <c r="B123" s="2">
+      <c r="B140" s="2">
         <v>45323</v>
       </c>
-      <c r="C123" t="s">
-[...2 lines deleted...]
-      <c r="E123" t="inlineStr">
+      <c r="C140" t="s">
+        <v>220</v>
+      </c>
+      <c r="E140" t="inlineStr">
         <is>
           <t>Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". Fiume Marta - "Lavori di manutenzione straordinaria e di sistemazione spondale del Fiume Marta". Finanziato dall'Unione Europea - Next Generation EU. Procedura negoziata ai sensi dell'art. 50, comma 1, lett. d) del D. Lgs. 36/2023, per l'affidamento dei lavori relativi all'intervento denominato Fiume Marta - Lavori di manutenzione straordinaria e di sistemazione spondale del Fiume Marta" - Determinazione a contrarre e approvazione degli atti di gara. CUP F18H21000060001.
 </t>
         </is>
       </c>
-      <c r="F123" t="s">
-[...4 lines deleted...]
-      <c r="A124">
+      <c r="F140" t="s" s="3">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141">
         <v>1866</v>
       </c>
-      <c r="B124" s="2">
+      <c r="B141" s="2">
         <v>45287</v>
       </c>
-      <c r="C124" t="inlineStr">
+      <c r="C141" t="inlineStr">
         <is>
           <t>A040CF3883; A040D2A5E7; A040D44B5A ;A040D65697; A040D8C6C6; A040DB8B14; A040DC991C; A040E1362E; A040E2B9FB; A040E45F6E; A040E605B9; A040E7EE78; A040E875E8; A040E983F0; A040EAB39E; A04129B372; A0412CAA39; A0412E82FD; A0413006CA; A041330E64; A041355CED</t>
         </is>
       </c>
-      <c r="D124" t="s">
-[...2 lines deleted...]
-      <c r="E124" t="inlineStr">
+      <c r="D141" t="s">
+        <v>9</v>
+      </c>
+      <c r="E141" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata a procedura aperta, sopra soglia comunitaria, finalizzata alla stipula di un accordo quadro per la fornitura triennale di protesi ortopediche di anca, ginocchio e spalla per le Aziende Sanitarie ed Ospedaliere della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti. Impegno di spesa di € 190.430,50 € sul Capitolo U0000H11732 a favore del "Fondo incentivi ex art. 383 sexies R.R. N. 1/2002" (creditore n. 176734) - Esercizio finanziario 2023 e 2024. Esercizio finanziario 2023 e 2024. Accertamento sul capitolo E0000121503 a carico del debitore MEF (69720) per l'esercizio finanziario 2024 di € 126.173,26.
 </t>
         </is>
       </c>
-      <c r="F124" t="s">
-[...4 lines deleted...]
-      <c r="A125">
+      <c r="F141" t="s" s="3">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142">
         <v>1865</v>
       </c>
-      <c r="B125" s="2">
+      <c r="B142" s="2">
         <v>45280</v>
       </c>
-      <c r="C125" t="s">
-[...5 lines deleted...]
-      <c r="E125" t="inlineStr">
+      <c r="C142" t="s">
+        <v>19</v>
+      </c>
+      <c r="D142" t="s">
+        <v>9</v>
+      </c>
+      <c r="E142" t="inlineStr">
         <is>
           <t>Servizio di divulgazione informazioni sul portale Lazio Europa. Impegno di spesa dell'importo di € 370,00, sul capitolo di spesa U0000T19527 in favore del creditore Laziocrea S.p.A (codice creditore 164838). Esercizio finanziario 2023.
 </t>
         </is>
       </c>
-      <c r="F125" t="s">
-[...4 lines deleted...]
-      <c r="A126">
+      <c r="F142" t="s" s="3">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143">
         <v>1863</v>
       </c>
-      <c r="B126" s="2">
+      <c r="B143" s="2">
         <v>45316</v>
       </c>
-      <c r="C126" t="s">
-[...2 lines deleted...]
-      <c r="E126" t="inlineStr">
+      <c r="C143" t="s">
+        <v>19</v>
+      </c>
+      <c r="E143" t="inlineStr">
         <is>
           <t>Determina a contrarre ai sensi dell'art. 17 del D.Lgs.36/2023 - Indagine di mercato per l'affidamento del "Servizio di assistenza e supporto di natura giuridico-legale per l'ottimizzazione dei procedimenti sulle materie di competenze della Direzione regionale Ciclo dei Rifiuti." Prenotazione di impegno di spesa pari a € 68.515,20 a favore di Creditori Diversi sul capitolo U0000E31909 del bilancio regionale, e.f. 2024
 </t>
         </is>
       </c>
-      <c r="F126" t="s">
-[...4 lines deleted...]
-      <c r="A127">
+      <c r="F143" t="s" s="3">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144">
         <v>1862</v>
       </c>
-      <c r="B127" s="2">
+      <c r="B144" s="2">
         <v>45313</v>
       </c>
-      <c r="C127" t="s">
-[...2 lines deleted...]
-      <c r="E127" t="inlineStr">
+      <c r="C144" t="s">
+        <v>19</v>
+      </c>
+      <c r="E144" t="inlineStr">
         <is>
           <t>Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico" - Finanziato dall'Unione europea - Next Generation EU - Procedura negoziata ai sensi dell'art. 50, comma 1, lett. d) del D.Lgs. 36/2023, per l'affidamento dei lavori relativi all'intervento "Fiume Fibreno - "Completamento del sistema idraulico (scolmatore e cassa di laminazione) del fiume Fibreno" - Determinazione a contrarre e approvazione degli atti di gara. CUP F81J21000040001.
 </t>
         </is>
       </c>
-      <c r="F127" t="s">
-[...4 lines deleted...]
-      <c r="A128">
+      <c r="F144" t="s" s="3">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145">
         <v>1861</v>
       </c>
-      <c r="B128" s="2">
+      <c r="B145" s="2">
         <v>45282</v>
       </c>
-      <c r="C128" t="s">
-[...5 lines deleted...]
-      <c r="E128" t="inlineStr">
+      <c r="C145" t="s">
+        <v>19</v>
+      </c>
+      <c r="D145" t="s">
+        <v>9</v>
+      </c>
+      <c r="E145" t="inlineStr">
         <is>
           <t>determinazione a contrarre per l'affidamento in house providing alla Società LAZIOcrea S.p.A. (codice creditore 164838), relativo alla realizzazione del progetto di cui alla scheda n. 21.7. "Sistema statistico regionale datawarehouse programmazione regionale", del Piano Operativo Annuale (POA) LAZIOcrea S.p.A. - Anno 2023. Impegno di spesa in favore della Società LAZIOcrea S.p.A. (codice creditore 164838) per un importo complessivo di euro 61.610,00, a valere sul capitolo U0000C11125, Missione 01 - Programma 03, P.d.C. 01.03.02.11.000, esercizio finanziario 2023.
 </t>
         </is>
       </c>
-      <c r="F128" t="s">
-[...4 lines deleted...]
-      <c r="A129">
+      <c r="F145" t="s" s="3">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146">
         <v>1860</v>
       </c>
-      <c r="B129" s="2">
+      <c r="B146" s="2">
         <v>45287</v>
       </c>
-      <c r="C129" t="s">
-[...5 lines deleted...]
-      <c r="E129" t="inlineStr">
+      <c r="C146" t="s">
+        <v>227</v>
+      </c>
+      <c r="D146" t="s">
+        <v>9</v>
+      </c>
+      <c r="E146" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata a procedura aperta, sopra soglia comunitaria, finalizzata alla stipula di un accordo quadro per la fornitura triennale di protesi ortopediche di anca, ginocchio e spalla per le Aziende Sanitarie ed Ospedaliere della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti. Impegno di spesa di € 190.430,50 € sul Capitolo U0000H11732 a favore del "Fondo incentivi ex art. 383 sexies R.R. N. 1/2002" (creditore n. 176734) - Esercizio finanziario 2023 e 2024. Esercizio finanziario 2023 e 2024. Accertamento sul capitolo E0000121503 a carico del debitore MEF (69720) per l'esercizio finanziario 2024 di € 126.173,26.
 </t>
         </is>
       </c>
-      <c r="F129" t="s">
-[...4 lines deleted...]
-      <c r="A130">
+      <c r="F146" t="s" s="3">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147">
         <v>1859</v>
       </c>
-      <c r="B130" s="2">
+      <c r="B147" s="2">
         <v>45287</v>
       </c>
-      <c r="C130" t="s">
-[...5 lines deleted...]
-      <c r="E130" t="inlineStr">
+      <c r="C147" t="s">
+        <v>229</v>
+      </c>
+      <c r="D147" t="s">
+        <v>9</v>
+      </c>
+      <c r="E147" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata a procedura aperta ai sensi dell'art. 71 del D.lgs 36/2023 finalizzata alla stipula di convenzione per l'affidamento del servizio di lavanolo occorrente all'Azienda ARES 118. Determinazione a contrarre. Provvedimento di indizione e approvazione atti. Impegno di spesa di € 23.959,99 sul Capitolo U0000H11732 a favore del "Fondo incentivi ex art. 383 sexies R.R. N. 1/2002" (creditore n. 176734) - Esercizio finanziario 2023 e 2024. Accertamento sul capitolo E0000121503 a carico del debitore MEF (69720) per l'esercizio finanziario 2024 di € 17.969,99.
 </t>
         </is>
       </c>
-      <c r="F130" t="s">
-[...4 lines deleted...]
-      <c r="A131">
+      <c r="F147" t="s" s="3">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148">
         <v>1858</v>
       </c>
-      <c r="B131" s="2">
+      <c r="B148" s="2">
         <v>45282</v>
       </c>
-      <c r="C131" t="s">
-[...2 lines deleted...]
-      <c r="E131" t="inlineStr">
+      <c r="C148" t="s">
+        <v>231</v>
+      </c>
+      <c r="E148" t="inlineStr">
         <is>
           <t>Determina a contrarre ai sensi dell'art. 17 del D.lgs n. 36/2023 per l'affidamento del servizio di "Concessione del Servizio pubblico di Trasporto marittimo di passeggeri, veicoli e merci tra e con Ponza e Ventotene con obblighi di servizio pubblico per la continuità territoriale marittima" ai sensi dell'art. 71 del D.lgs n. 36/2023, in attuazione della DGR n. 936 del 22.12.2023.- CIG: A03FA1EE17, CUP: F69I23000230003.
 </t>
         </is>
       </c>
-      <c r="F131" t="s">
-[...4 lines deleted...]
-      <c r="A132">
+      <c r="F148" t="s" s="3">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149">
         <v>1857</v>
       </c>
-      <c r="B132" s="2">
+      <c r="B149" s="2">
         <v>45280</v>
       </c>
-      <c r="C132">
+      <c r="C149">
         <v>9501086</v>
       </c>
-      <c r="E132" t="inlineStr">
+      <c r="E149" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio- farmaci 2023 - dodicesima tranche - biologici e biosimilari, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto. Nr. Gara 9501086
 </t>
         </is>
       </c>
-      <c r="F132" t="s">
-[...4 lines deleted...]
-      <c r="A133">
+      <c r="F149" t="s" s="3">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150">
         <v>1856</v>
       </c>
-      <c r="B133" s="2">
+      <c r="B150" s="2">
         <v>45280</v>
       </c>
-      <c r="C133" t="inlineStr">
+      <c r="C150" t="inlineStr">
         <is>
           <t>A03605FE04; A0360771D6; A036084C8D; A03608E4D0; A03609C05F; A0360A689D; A0360ADE62; A0360B54FF; A0360BEC6A; A0360C9580; A0360D4E91; A0360D710F; A0360DD601; A0360E7E3F</t>
         </is>
       </c>
-      <c r="E133" t="inlineStr">
+      <c r="E150" t="inlineStr">
         <is>
           <t>Determina a contrarre ai sensi dell'art. 17, comma 1, del D.lgs. n. 36/2023 e indizione della procedura di gara aperta per l'affidamento del servizio di trasporto scolastico per i Comuni della Regione Lazio. Procedura suddivisa in 14 lotti.
 </t>
         </is>
       </c>
-      <c r="F133" t="s">
-[...4 lines deleted...]
-      <c r="A134">
+      <c r="F150" t="s" s="3">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151">
         <v>1855</v>
       </c>
-      <c r="B134" s="2">
+      <c r="B151" s="2">
         <v>45275</v>
       </c>
-      <c r="C134" t="s">
-[...2 lines deleted...]
-      <c r="E134" t="inlineStr">
+      <c r="C151" t="s">
+        <v>235</v>
+      </c>
+      <c r="E151" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2023 - Undicesima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 9474017
 </t>
         </is>
       </c>
-      <c r="F134" t="s">
-[...4 lines deleted...]
-      <c r="A135">
+      <c r="F151" t="s" s="3">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152">
         <v>1854</v>
       </c>
-      <c r="B135" s="2">
+      <c r="B152" s="2">
         <v>45272</v>
       </c>
-      <c r="C135" t="s">
-[...2 lines deleted...]
-      <c r="E135" t="inlineStr">
+      <c r="C152" t="s">
+        <v>237</v>
+      </c>
+      <c r="E152" t="inlineStr">
         <is>
           <t>Determina a contrarre ai sensi dell'art. 17, comma 1, del D.lgs. n. 36/2023 e indizione della procedura di gara aperta per la conclusione di convenzioni quadro, ai sensi dell'art. 1, comma 456, della L. n. 296/2006 per l'acquisizione di arredi per ufficio a ridotto impatto ambientale occorrenti alle Amministrazioni del territorio della regione Lazio. lotto 1 mobilio.
 </t>
         </is>
       </c>
-      <c r="F135" t="s">
-[...4 lines deleted...]
-      <c r="A136">
+      <c r="F152" t="s" s="3">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153">
         <v>1853</v>
       </c>
-      <c r="B136" s="2">
+      <c r="B153" s="2">
         <v>45257</v>
       </c>
-      <c r="C136" t="s">
-[...2 lines deleted...]
-      <c r="E136" t="inlineStr">
+      <c r="C153" t="s">
+        <v>239</v>
+      </c>
+      <c r="E153" t="inlineStr">
         <is>
           <t>Rettifica determina a contrarre, attribuzione della procedura di selezione del contraente alla Centrale di Committenza Soggetto Aggregatore della Regione Lazio Direzione Centrale Acquisiti di concerto con la Direzione Lavori Pubblici, appalto dei lavoriPNRR M2 C4 INV.2.2 Ministero dell'Interno - Messa in sicurezza degli edifici e del territorio Adeguamento sismico della Scuola Media A. Deci in Orte con ricostruzione dell'edificio preesistente demolito CUP G93B07000080007
 </t>
         </is>
       </c>
-      <c r="F136" t="s">
-[...4 lines deleted...]
-      <c r="A137">
+      <c r="F153" t="s" s="3">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154">
         <v>1852</v>
       </c>
-      <c r="B137" s="2">
+      <c r="B154" s="2">
         <v>45257</v>
       </c>
-      <c r="C137" t="s">
-[...2 lines deleted...]
-      <c r="E137" t="inlineStr">
+      <c r="C154" t="s">
+        <v>239</v>
+      </c>
+      <c r="E154" t="inlineStr">
         <is>
           <t>Determina a contrarre, attribuzione della procedura di selezione del contraente alla Centrale di Committenza Soggetto Aggregatore della Regione Lazio Direzione Centrale Acquisiti di concerto con la Direzione Lavori Pubblici, appalto dei lavori PNRR M2 C4 INV.2.2 Ministero dell'Interno - Messa in sicurezza degli edifici e del territorio Adeguamento sismico della Scuola Media A. Deci in Orte con ricostruzione dell'edificio preesistente demolito CUP G93B07000080007
 </t>
         </is>
       </c>
-      <c r="F137" t="s">
-[...4 lines deleted...]
-      <c r="A138">
+      <c r="F154" t="s" s="3">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155">
         <v>1851</v>
       </c>
-      <c r="B138" s="2">
+      <c r="B155" s="2">
         <v>45233</v>
       </c>
-      <c r="C138">
+      <c r="C155">
         <v>9406382</v>
       </c>
-      <c r="D138" t="s">
-[...2 lines deleted...]
-      <c r="E138" t="inlineStr">
+      <c r="D155" t="s">
+        <v>9</v>
+      </c>
+      <c r="E155" t="inlineStr">
         <is>
           <t>Appalto specifico per l’acquisizione di farmaci e vaccini occorrenti alle aziende sanitarie della Regione Lazio e della Regione Sardegna – farmaci 2023 – nona tranche - vaccini vari 2023 bis e farmaci vari, nell’ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti Aggregatori - Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto. Nr. Gara 9406382
 </t>
         </is>
       </c>
-      <c r="F138" t="s">
-[...4 lines deleted...]
-      <c r="A139">
+      <c r="F155" t="s" s="3">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156">
         <v>1850</v>
       </c>
-      <c r="B139" s="2">
+      <c r="B156" s="2">
         <v>45204</v>
       </c>
-      <c r="C139" t="s">
-[...5 lines deleted...]
-      <c r="E139" t="inlineStr">
+      <c r="C156" t="s">
+        <v>19</v>
+      </c>
+      <c r="D156" t="s">
+        <v>9</v>
+      </c>
+      <c r="E156" t="inlineStr">
         <is>
           <t>Servizio di ingegneria inerente la redazione del progetto esecutivo, il coordinamento della sicurezza in fase di progettazione ed esecuzione e la Direzione Lavori per i "lavori di manutenzione e gestione degli impianti idrovori di Pratolungo e Corcolle posti sul fiume Aniene". Determinazione a contrarre con affidamento diretto, ai sensi dell'art. 50, comma 1 lett. b) del D.lgs. 36/2023. Prenotazione impegno di spesa sul cap. U0000E41918 del € 34.810,35 a favore di creditori diversi (co. cred. 3805) - esercizio finanziario 2023.
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="F139" t="s">
-[...4 lines deleted...]
-      <c r="A140">
+      <c r="F156" t="s" s="3">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157">
         <v>1849</v>
       </c>
-      <c r="B140" s="2">
+      <c r="B157" s="2">
         <v>45198</v>
       </c>
-      <c r="C140" t="s">
-[...5 lines deleted...]
-      <c r="E140" t="inlineStr">
+      <c r="C157" t="s">
+        <v>244</v>
+      </c>
+      <c r="D157" t="s">
+        <v>9</v>
+      </c>
+      <c r="E157" t="inlineStr">
         <is>
           <t>Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 658 denominato: "Lavori straordinari ed urgenti per il ripristino sommità arginale del fiume Velino". Determinazione a contrarre. CUP F37H21007250002 - CIG A0137BAF80
 </t>
         </is>
       </c>
-      <c r="F140" t="s">
-[...4 lines deleted...]
-      <c r="A141">
+      <c r="F157" t="s" s="3">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158">
         <v>1848</v>
       </c>
-      <c r="B141" s="2">
+      <c r="B158" s="2">
         <v>45184</v>
       </c>
-      <c r="C141" t="inlineStr">
+      <c r="C158" t="inlineStr">
         <is>
           <t>8899317CB3; 8899340FAD; 8899356CE2; 889936437F; 8899373AEA; 8899379FDC; 88993908F2; 8899394C3E; 8899398F8A; 88994033AE; 8899417F38; 8899424502; 8899429921; 8899436EE6; 8899453CEE; 88994667AA; 8899473D6F; 88994835B2; 889949606E; 88995068AC; 889952150E; 889</t>
         </is>
       </c>
-      <c r="D141" t="s">
-[...2 lines deleted...]
-      <c r="E141" t="inlineStr">
+      <c r="D158" t="s">
+        <v>9</v>
+      </c>
+      <c r="E158" t="inlineStr">
         <is>
           <t>gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di una convenzione per la fornitura di medicazioni generali da destinare alle Aziende Sanitarie ed Ospedaliere della Regione Lazio indetta con determinazione n. G11687 del 30 settembre 2021 - ID Anac 8280478. Applicazione dell'articolo 106, comma 12, d.lgs. 50/2016 - lotti 8,11,20,23,28,33,34,37, 38, 46 e 50.
 </t>
         </is>
       </c>
-      <c r="F141" t="s">
-[...4 lines deleted...]
-      <c r="A142">
+      <c r="F158" t="s" s="3">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159">
         <v>1847</v>
       </c>
-      <c r="B142" s="2">
+      <c r="B159" s="2">
         <v>45182</v>
       </c>
-      <c r="C142">
+      <c r="C159">
         <v>9315482</v>
       </c>
-      <c r="D142" t="s">
-[...2 lines deleted...]
-      <c r="E142" t="inlineStr">
+      <c r="D159" t="s">
+        <v>9</v>
+      </c>
+      <c r="E159" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione del farmaco Remdesivir occorrente alle aziende sanitarie della Regione Lazio - farmaci 2023 - sesta tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 9315482.
 </t>
         </is>
       </c>
-      <c r="F142" t="s">
-[...4 lines deleted...]
-      <c r="A143">
+      <c r="F159" t="s" s="3">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160">
         <v>1846</v>
       </c>
-      <c r="B143" s="2">
+      <c r="B160" s="2">
         <v>45147</v>
       </c>
-      <c r="C143" t="s">
-[...2 lines deleted...]
-      <c r="E143" t="inlineStr">
+      <c r="C160" t="s">
+        <v>248</v>
+      </c>
+      <c r="E160" t="inlineStr">
         <is>
           <t>Determina a contrarre ai sensi dell’art. 17 del D.lgs n. 36/2023 per l’affidamento del servizio di “Concessione del Servizio pubblico di Trasporto marittimo di passeggeri, veicoli e merci tra e con Ponza e Ventotene con obblighi di servizio pubblico per la continuità territoriale marittima” ai sensi dell’art. 71 del D.lgs n. 36/2023, prenotazione a favore di creditori diversi dell’importo complessivo di € 103.680.462,50 di cui 49.489.083,65 sul cap. U0000D41115 e € 54.191.378,85 sul cap. U0000D41910 EE.FF. dal 2024 al 2028. Impegno a favore del Fondo incentivi per complessivi € &amp;nbsp;893.857,21 sui medesimi capitoli e relativo accertamento sui capitoli E0000341559 per € 413.214,46, E0000341560 per € 377.339,14, E0000341562 per € 51.651,81 e E00003341563 per € 51.651,80 EE.FF. dal 2023 al 2028 Impegno di € 880,00 sul capitolo U0000T19427 in favore di A.N.AC. E.F. 2023. CIG: 99246017D4; CUP: F69I23000230003.
 </t>
         </is>
       </c>
-      <c r="F143" t="s">
-[...4 lines deleted...]
-      <c r="A144">
+      <c r="F160" t="s" s="3">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161">
         <v>1845</v>
       </c>
-      <c r="B144" s="2">
+      <c r="B161" s="2">
         <v>45114</v>
       </c>
-      <c r="C144" t="s">
-[...2 lines deleted...]
-      <c r="E144" t="inlineStr">
+      <c r="C161" t="s">
+        <v>250</v>
+      </c>
+      <c r="E161" t="inlineStr">
         <is>
           <t>Determina a contrarre ai sensi dell'art. 32, comma 2, D.Lgs. n. 50/2016 e autorizzazione all'espletamento della procedura di gara aperta per la conclusione di convenzioni quadro ai sensi dell'art. art.1, comma 456, della L. 296/2006, per l'affidamento dei servizi integrati di lava-noleggio a basso impatto ambientale per le Aziende Sanitarie della Regione Lazio. Procedura suddivisa in 8 Lotti.
 </t>
         </is>
       </c>
-      <c r="F144" t="s">
-[...4 lines deleted...]
-      <c r="A145">
+      <c r="F161" t="s" s="3">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162">
         <v>1844</v>
       </c>
-      <c r="B145" s="2">
+      <c r="B162" s="2">
         <v>45084</v>
       </c>
-      <c r="C145" t="s">
-[...5 lines deleted...]
-      <c r="E145" t="inlineStr">
+      <c r="C162" t="s">
+        <v>252</v>
+      </c>
+      <c r="D162" t="s">
+        <v>9</v>
+      </c>
+      <c r="E162" t="inlineStr">
         <is>
           <t>Procedura di affidamento mediante trattativa diretta, ex art. 36 co. 2, lett. a), D.lgs. 50/2016, tramite mercato elettronico della Regione Lazio (Me.La) della piattaforma telematica S.TEL.LA, per servizi tecnici per il collaudo attività di cure colturali sulla PF 16 del vigente PGAF della Tenuta Bosco Montagna (Comune di Viterbo). Impegno di spesa di euro 8.985,60 sul capitolo U0000E23913, es. fin. 2023/2024, in favore del Dott. Cristiano Miraldi (cod. cred. 244585) num. Smartcig Z1A3B24E5D
 </t>
         </is>
       </c>
-      <c r="F145" t="s">
-[...4 lines deleted...]
-      <c r="A146">
+      <c r="F162" t="s" s="3">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163">
         <v>1843</v>
       </c>
-      <c r="B146" s="2">
+      <c r="B163" s="2">
         <v>45103</v>
       </c>
-      <c r="C146" t="s">
-[...5 lines deleted...]
-      <c r="E146" t="inlineStr">
+      <c r="C163" t="s">
+        <v>254</v>
+      </c>
+      <c r="D163" t="s">
+        <v>9</v>
+      </c>
+      <c r="E163" t="inlineStr">
         <is>
           <t>Procedura negoziata ai sensi dell’art. 1, comma 2 lett. b) del D.L. n. 76/2020, convertito con modificazioni dalla Legge n. 120/2020, tramite R.d.O. sul M.E.LA., finalizzata all’affidamento della durata di 24 (ventiquattro) mesi del servizio di Responsabile della protezione dei dati personali (RPD). Determina a contrarre. Nomina del RUP. Prenotazione d’impegno di spesa per € 114.680,00 a favore di Creditori Diversi (cod. cred. 3805) sul Capitolo U0000S25900 esercizi finanziari 2024 e 2025 – impegno di € 35,00 a favore di ANAC (cod. cred. 159683) sul Capitolo U0000T19427 esercizio finanziario 2023 – Impegno di complessivi € 1.377,87 sul cap. U0000S25900 a favore del "Fondo incentivi ex art. 383 sexies R.R. n.1/2002” e relativi accertamenti di pari importo sui capitoli E0000341559-E0000341562-E0000341563 - Esercizi finanziari 2023-2024-2025. CIG: 98846184D1.
 </t>
         </is>
       </c>
-      <c r="F146" t="s">
-[...4 lines deleted...]
-      <c r="A147">
+      <c r="F163" t="s" s="3">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164">
         <v>1842</v>
       </c>
-      <c r="B147" s="2">
+      <c r="B164" s="2">
         <v>45091</v>
       </c>
-      <c r="C147" t="s">
-[...5 lines deleted...]
-      <c r="E147" t="inlineStr">
+      <c r="C164" t="s">
+        <v>256</v>
+      </c>
+      <c r="D164" t="s">
+        <v>9</v>
+      </c>
+      <c r="E164" t="inlineStr">
         <is>
           <t>Procedura aperta per l'affidamento in concessione, ai sensi degli artt. 60 e 164 del D. Lgs. n. 50/2016, dei servizi di gestione bar, tavola calda/fredda presso la sede della Regione Lazio di via R. Raimondi Garibaldi 7 Roma CIG 9807809C04. Determinazione a contrarre, indizione gara, approvazione atti e nomina del RUP. Impegno di € 33.490,66 a favore del fondo incentivi sul cap. U0000S15903 e contestuale accertamento complessivo di € 33.490,66 sui cap. E0000341559, E0000341562 e E0000341563 E.F. 2023, 2024, 2025, 2026, 2027 e 2028. Impegno sul capitolo U0000T19427 E.F. 2023 di € 660,00 a favore dell'A.N.AC. Impegno a favore della Società Lexmedia srl della somma di € 2.207,52 sul cap. U0000S23917 E.F. 2023.
 </t>
         </is>
       </c>
-      <c r="F147" t="s">
-[...4 lines deleted...]
-      <c r="A148">
+      <c r="F164" t="s" s="3">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165">
         <v>1841</v>
       </c>
-      <c r="B148" s="2">
+      <c r="B165" s="2">
         <v>45107</v>
       </c>
-      <c r="C148">
+      <c r="C165">
         <v>9887493956</v>
       </c>
-      <c r="E148" t="inlineStr">
+      <c r="E165" t="inlineStr">
         <is>
           <t>Determinazione a contrarre per l’affidamento diretto, ai sensi dell’art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76 e ss.mm.ii, dei “Lavori di raccolta del materiale galleggiante con apposita barriera sul Fiume Tevere in comune di Fiumicino (RM)”. Approvazione progetto. CIG: 9887493956 - CUP F81G23000140002. Prenotazione impegno di spesa sul cap. U0000E42550 di complessivi € 119.948,10 a favore di creditori diversi (cod. cred. 3805) – impegno di spesa sul cap. U0000T19427 di € 35,00 a favore di ANAC (cod. cred. 159683) – esercizio finanziario 2023.
 </t>
         </is>
       </c>
-      <c r="F148" t="s">
-[...4 lines deleted...]
-      <c r="A149">
+      <c r="F165" t="s" s="3">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166">
         <v>1840</v>
       </c>
-      <c r="B149" s="2">
+      <c r="B166" s="2">
         <v>45098</v>
       </c>
-      <c r="C149">
+      <c r="C166">
         <v>9898302137</v>
       </c>
-      <c r="D149" t="s">
-[...2 lines deleted...]
-      <c r="E149" t="inlineStr">
+      <c r="D166" t="s">
+        <v>9</v>
+      </c>
+      <c r="E166" t="inlineStr">
         <is>
           <t>Procedura aperta sopra soglia comunitaria ai sensi dell'art. 60 e 95 del d.lgs. 18 aprile 2016, n. 50, per l'affidamento del servizio di rimozione, trasporto e smaltimento dei rifiuti ai fini della pulizia dell'area sita in Roma tra via del Foro Italico e Via della Foce dell'Aniene in corrispondenza dell'ex campo nomadi, dalla situazione di degrado igienico - sanitario - ambientale e ripristino delle condizioni di sicurezza idraulica. Determinazione a contrarre e approvazione degli atti di gara. CUP: F81E23000360002 - CIG: 9898302137
 </t>
         </is>
       </c>
-      <c r="F149" t="s">
-[...4 lines deleted...]
-      <c r="A150">
+      <c r="F166" t="s" s="3">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167">
         <v>1839</v>
       </c>
-      <c r="B150" s="2">
+      <c r="B167" s="2">
         <v>45100</v>
       </c>
-      <c r="C150" t="s">
-[...5 lines deleted...]
-      <c r="E150" t="inlineStr">
+      <c r="C167" t="s">
+        <v>260</v>
+      </c>
+      <c r="D167" t="s">
+        <v>9</v>
+      </c>
+      <c r="E167" t="inlineStr">
         <is>
           <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1 - Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio di redazione del progetto definitivo, esecutivo nonché del coordinamento della sicurezza in fase di progettazione dell'intervento n. 74 "Valorizzazione della banchina da ponte Fabricio a ponte Testaccio in sinistra idraulica". CUP: F88H22000800005 - CIG: 9859982A8A Prenotazione a favore di creditori diversi di € 15.245,56, sul cap. U0000E42143 - es. fin 2023.
 </t>
         </is>
       </c>
-      <c r="F150" t="s">
-[...4 lines deleted...]
-      <c r="A151">
+      <c r="F167" t="s" s="3">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168">
         <v>1838</v>
       </c>
-      <c r="B151" s="2">
+      <c r="B168" s="2">
         <v>45100</v>
       </c>
-      <c r="C151" t="s">
-[...5 lines deleted...]
-      <c r="E151" t="inlineStr">
+      <c r="C168" t="s">
+        <v>262</v>
+      </c>
+      <c r="D168" t="s">
+        <v>9</v>
+      </c>
+      <c r="E168" t="inlineStr">
         <is>
           <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1 - Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio di redazione del progetto definitivo, esecutivo nonché del coordinamento della sicurezza in fase di progettazione dell'intervento n. 67 "Realizzazione del manto di banchina pavimentata tra ponte Duca D'Aosta e ponte della Musica in sinistra idraulica". CUP: F88H22000890005 - CIG 9858897B2B Prenotazione a favore di creditori diversi di € 12.015,73, sul cap. U0000E42143 - es. fin 2023.
 </t>
         </is>
       </c>
-      <c r="F151" t="s">
-[...4 lines deleted...]
-      <c r="A152">
+      <c r="F168" t="s" s="3">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169">
         <v>1837</v>
       </c>
-      <c r="B152" s="2">
+      <c r="B169" s="2">
         <v>45100</v>
       </c>
-      <c r="C152" t="s">
-[...5 lines deleted...]
-      <c r="E152" t="inlineStr">
+      <c r="C169" t="s">
+        <v>264</v>
+      </c>
+      <c r="D169" t="s">
+        <v>9</v>
+      </c>
+      <c r="E169" t="inlineStr">
         <is>
           <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1 - Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio di redazione del progetto definitivo, esecutivo nonché del coordinamento della sicurezza in fase di progettazione dell'intervento n. 66 "Ripristino banchina in destra idraulica tra ponte Milvio e ponte Flaminio". CUP: F88H22000780005 - CIG 9858899CD1 Prenotazione a favore di creditori diversi di € 15.245,56, sul cap. U0000E42143 - es. fin 2023.
 </t>
         </is>
       </c>
-      <c r="F152" t="s">
-[...4 lines deleted...]
-      <c r="A153">
+      <c r="F169" t="s" s="3">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170">
         <v>1836</v>
       </c>
-      <c r="B153" s="2">
+      <c r="B170" s="2">
         <v>45092</v>
       </c>
-      <c r="C153" t="s">
-[...5 lines deleted...]
-      <c r="E153" t="inlineStr">
+      <c r="C170" t="s">
+        <v>266</v>
+      </c>
+      <c r="D170" t="s">
+        <v>9</v>
+      </c>
+      <c r="E170" t="inlineStr">
         <is>
           <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1 - Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio di redazione del progetto definitivo, esecutivo nonché del coordinamento della sicurezza in fase di progettazione dell'intervento n. 68 "Rifacimento della pavimentazione della banchina in destra idraulica tra Ponte Duca D'Aosta e Ponte Risorgimento". CUP F88H22000900005 - CIG 9858615277 Prenotazione a favore di creditori diversi di € 15.245,56, sul cap. U0000E42143 - es. fin 2023.
 </t>
         </is>
       </c>
-      <c r="F153" t="s">
-[...4 lines deleted...]
-      <c r="A154">
+      <c r="F170" t="s" s="3">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171">
         <v>1835</v>
       </c>
-      <c r="B154" s="2">
+      <c r="B171" s="2">
         <v>45096</v>
       </c>
-      <c r="C154" t="s">
-[...5 lines deleted...]
-      <c r="E154" t="inlineStr">
+      <c r="C171" t="s">
+        <v>268</v>
+      </c>
+      <c r="D171" t="s">
+        <v>9</v>
+      </c>
+      <c r="E171" t="inlineStr">
         <is>
           <t>determina a contrarre, ai sensi dell'art. 32 del d.lgs. 50/2016, per l'indizione di una gara comunitaria a procedura aperta per la conclusione di un Accordo quadro per la fornitura di pareti mobili attrezzate e non attrezzate per ufficio a ridotto impatto ambientale occorrenti alle sedi della Regione Lazio della durata di 12 mesi. Provvedimento di indizione ed approvazione atti. Prenotazione impegno di spesa in favore di creditori diversi per euro 1.032.120,00 sul Cap. U0000S22509 - es. fin. 2023/2024. Impegno di spesa di euro 9.306,00 sul capitolo U0000S22509 e relativi accertamenti a favore del fondo incentivi sul Cap. E0000341559 per euro 7.444,80 sul Cap. E0000341562 per euro 930,60 e sul Cap. E0000341563 per euro 930,60. Impegno di spesa euro 410,00 a favore di ANAC sul Cap. U0000T19427 - es. fin. 2023- CIG n.98446817C2.
 </t>
         </is>
       </c>
-      <c r="F154" t="s">
-[...4 lines deleted...]
-      <c r="A155">
+      <c r="F171" t="s" s="3">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172">
         <v>1834</v>
       </c>
-      <c r="B155" s="2">
+      <c r="B172" s="2">
         <v>45089</v>
       </c>
-      <c r="C155" t="s">
-[...5 lines deleted...]
-      <c r="E155" t="inlineStr">
+      <c r="C172" t="s">
+        <v>19</v>
+      </c>
+      <c r="D172" t="s">
+        <v>9</v>
+      </c>
+      <c r="E172" t="inlineStr">
         <is>
           <t>Intervento 12IR861/G1 "Completamento Dragaggio e sistemazione della marana di Prima Porta di carattere urgente". Procedura negoziata ai sensi dell'art. 1, comma 2, lett. b) del D.L. 76/2020 come modificato dall'art. 51, comma 1, lett. a), sub 2.2 della Legge n. 108 del 29.7.2021, previa pubblicazione di avviso per manifestazione di interesse, per l'affidamento dei lavori. Determinazione a contrarre e approvazione degli atti di gara. CUP: F87H19005100005
 </t>
         </is>
       </c>
-      <c r="F155" t="s">
-[...4 lines deleted...]
-      <c r="A156">
+      <c r="F172" t="s" s="3">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173">
         <v>1833</v>
       </c>
-      <c r="B156" s="2">
+      <c r="B173" s="2">
         <v>45090</v>
       </c>
-      <c r="C156" t="s">
-[...5 lines deleted...]
-      <c r="E156" t="inlineStr">
+      <c r="C173" t="s">
+        <v>271</v>
+      </c>
+      <c r="D173" t="s">
+        <v>9</v>
+      </c>
+      <c r="E173" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata per la fornitura a noleggio di sistemi antidecubito occorrenti alle Aziende Sanitarie della Regione Lazio. Determina a contrarre. Approvazione schemi atti ed indizione gara. Numero gara 9126354.
 </t>
         </is>
       </c>
-      <c r="F156" t="s">
-[...4 lines deleted...]
-      <c r="A157">
+      <c r="F173" t="s" s="3">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174">
         <v>1832</v>
       </c>
-      <c r="B157" s="2">
+      <c r="B174" s="2">
         <v>45053</v>
       </c>
-      <c r="C157">
+      <c r="C174">
         <v>9125724</v>
       </c>
-      <c r="D157" t="s">
-[...2 lines deleted...]
-      <c r="E157" t="inlineStr">
+      <c r="D174" t="s">
+        <v>9</v>
+      </c>
+      <c r="E174" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione di farmaci innovativi o pseudo innovativi occorrenti alle Aziende Sanitarie della Regione Lazio - farmaci 2023_tranche 3, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori, seconda edizione - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 9125724.
 </t>
         </is>
       </c>
-      <c r="F157" t="s">
-[...4 lines deleted...]
-      <c r="A158">
+      <c r="F174" t="s" s="3">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175">
         <v>1831</v>
       </c>
-      <c r="B158" s="2">
+      <c r="B175" s="2">
         <v>45089</v>
       </c>
-      <c r="C158" t="s">
-[...2 lines deleted...]
-      <c r="E158" t="inlineStr">
+      <c r="C175" t="s">
+        <v>274</v>
+      </c>
+      <c r="E175" t="inlineStr">
         <is>
           <t>Intervento di eliminazione del degrado igienico sanitario, ambientale e al ripristino delle condizioni di sicurezza idraulica - Lungotevere Foro Italico altezza via del Baiardo in Comune di Roma. CUP F88H22001340002 CIG 9781556B5B. Determinazione a contrarre finalizzata all'affidamento dei lavori tramite procedura negoziata di cui all'art. 1, comma 2, lett. b), del D.L. n. 76 del 16.7.2020, convertito in L. n. 120 dell'11/09/2020. Approvazione progetto esecutivo e documentazione di gara. Impegno di spesa € 25,00 per ANAC (cod. cred. 159683) capitolo U0000T19427 esercizio finanziario 2023.
 </t>
         </is>
       </c>
-      <c r="F158" t="s">
-[...4 lines deleted...]
-      <c r="A159">
+      <c r="F175" t="s" s="3">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176">
         <v>1830</v>
       </c>
-      <c r="B159" s="2">
+      <c r="B176" s="2">
         <v>45022</v>
       </c>
-      <c r="C159" t="s">
-[...5 lines deleted...]
-      <c r="E159" t="inlineStr">
+      <c r="C176" t="s">
+        <v>19</v>
+      </c>
+      <c r="D176" t="s">
+        <v>9</v>
+      </c>
+      <c r="E176" t="inlineStr">
         <is>
           <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1 - determinazione a contrarre per affidamento diretto - ai sensi dell'art. 1, comma 2, lett. a) della legge n. 120/2020, come modificato dall'art 51, comma 1, lett. a), sub. 2.1) della legge n. 108/2021 del servizio per la redazione del progetto di fattibilità tecnica ed economica, definitivo, esecutivo, nonché del coordinamento della sicurezza in fase di progettazione dell'intervento n. 80 denominato "Manutenzione e rifunzionalizzazione del sistema di paratoie del tronco Magliana - Marconi". CUP: F88H22000940005.
 </t>
         </is>
       </c>
-      <c r="F159" t="s">
-[...4 lines deleted...]
-      <c r="A160">
+      <c r="F176" t="s" s="3">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177">
         <v>1829</v>
       </c>
-      <c r="B160" s="2">
+      <c r="B177" s="2">
         <v>45014</v>
       </c>
-      <c r="C160" t="s">
-[...5 lines deleted...]
-      <c r="E160" t="inlineStr">
+      <c r="C177" t="s">
+        <v>19</v>
+      </c>
+      <c r="D177" t="s">
+        <v>9</v>
+      </c>
+      <c r="E177" t="inlineStr">
         <is>
           <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1 - determinazione a contrarre per affidamento diretto - ai sensi dell'art. 1, comma 2, lett. a) della legge n. 120/2020, come modificato dall'art 51, comma 1, lett. a), sub. 2.1) della legge n. 108/2021 del servizio per la redazione del progetto di fattibilità tecnica ed economica, definitivo, esecutivo, nonché del coordinamento della sicurezza in fase di progettazione dell'intervento n. 81 "Ripristino delle infrastrutture idrauliche a protezione dell'isola Tiberina". CUP: F88H22000950005
 </t>
         </is>
       </c>
-      <c r="F160" t="s">
-[...4 lines deleted...]
-      <c r="A161">
+      <c r="F177" t="s" s="3">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178">
         <v>1828</v>
       </c>
-      <c r="B161" s="2">
+      <c r="B178" s="2">
         <v>45009</v>
       </c>
-      <c r="C161" t="s">
-[...5 lines deleted...]
-      <c r="E161" t="inlineStr">
+      <c r="C178" t="s">
+        <v>19</v>
+      </c>
+      <c r="D178" t="s">
+        <v>9</v>
+      </c>
+      <c r="E178" t="inlineStr">
         <is>
           <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1 - determinazione a contrarre per affidamento diretto - ai sensi dell'art. 1, comma 2, lett. a) della legge n. 120/2020, come modificato dall'art 51, comma 1, lett. a), sub. 2.1) della legge n. 108/2021 del servizio per la redazione del progetto di fattibilità tecnica ed economica, definitivo, esecutivo, nonché del coordinamento della sicurezza in fase di progettazione dell'intervento n. 77 denominato "Ripristino e realizzazione di scivoli di alaggio di soccorso per la sicurezza della navigazione e della fruizione fluviale". CUP: F88H22000800005
 </t>
         </is>
       </c>
-      <c r="F161" t="s">
-[...4 lines deleted...]
-      <c r="A162">
+      <c r="F178" t="s" s="3">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179">
         <v>1827</v>
       </c>
-      <c r="B162" s="2">
+      <c r="B179" s="2">
         <v>45013</v>
       </c>
-      <c r="C162" t="s">
-[...5 lines deleted...]
-      <c r="E162" t="inlineStr">
+      <c r="C179" t="s">
+        <v>19</v>
+      </c>
+      <c r="D179" t="s">
+        <v>9</v>
+      </c>
+      <c r="E179" t="inlineStr">
         <is>
           <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1 - Determinazione a contrarre per affidamento diretto - ai sensi dell'art. 1, comma 2, lett. a) della legge n. 120/2020, come modificato dall'art 51, comma 1, lett. a), sub. 2.1) della legge n. 108/2021, del servizio per la redazione del progetto esecutivo nonché del coordinamento della sicurezza in fase di progettazione dell'intervento n. 78 denominato "Dragaggio della marrana di Prima Porta". CUP: F88H22000930001.
 </t>
         </is>
       </c>
-      <c r="F162" t="s">
-[...4 lines deleted...]
-      <c r="A163">
+      <c r="F179" t="s" s="3">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180">
         <v>1826</v>
       </c>
-      <c r="B163" s="2">
+      <c r="B180" s="2">
         <v>45008</v>
       </c>
-      <c r="C163">
+      <c r="C180">
         <v>8982983</v>
       </c>
-      <c r="E163" t="inlineStr">
+      <c r="E180" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2023 - prima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8982983.
 </t>
         </is>
       </c>
-      <c r="F163" t="s">
-[...7 lines deleted...]
-      <c r="A164">
+      <c r="F180" t="s" s="3">
+        <v>280</v>
+      </c>
+      <c r="G180" t="s" s="3">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181">
         <v>1825</v>
       </c>
-      <c r="B164" s="2">
+      <c r="B181" s="2">
         <v>45000</v>
       </c>
-      <c r="C164" t="s">
-[...5 lines deleted...]
-      <c r="E164" t="inlineStr">
+      <c r="C181" t="s">
+        <v>282</v>
+      </c>
+      <c r="D181" t="s">
+        <v>9</v>
+      </c>
+      <c r="E181" t="inlineStr">
         <is>
           <t>O.C.D.P.C. 388/2016 e 394/2016 e 489/2017: Ulteriori interventi urgenti di protezione civile conseguenti l'eccezionale evento sismico che ha colpito il territorio delle regioni Lazio, Marche, Umbria e Abruzzo il 24.08.2016. Determina a contrarre per l'affidamento diretto dei "Lavori di fognatura a servizio delle SAE di Santa Giusta in comune di Amatrice." a seguito del sisma del 24 agosto 2016. Approvazione del progetto e degli atti di gara. CUP F72E23000030001, CIG 97108330E7.
 </t>
         </is>
       </c>
-      <c r="F164" t="s">
-[...4 lines deleted...]
-      <c r="A165">
+      <c r="F181" t="s" s="3">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182">
         <v>1824</v>
       </c>
-      <c r="B165" s="2">
+      <c r="B182" s="2">
         <v>45005</v>
       </c>
-      <c r="C165" t="s">
-[...5 lines deleted...]
-      <c r="E165" t="inlineStr">
+      <c r="C182" t="s">
+        <v>284</v>
+      </c>
+      <c r="D182" t="s">
+        <v>9</v>
+      </c>
+      <c r="E182" t="inlineStr">
         <is>
           <t>Programma Regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana - Fondo per la Progettazione di Opere Pubbliche - Intervento denominato "Ripascimento di un tratto di litorale di Ostia Levante nel Municipio X di Roma Capitale"- Affidamento diretto ai sensi dell'art. 1, comma 2, lett. a del D.L. 76/2020, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della Legge n. 108/2021, del servizio di caratterizzazione dei sedimenti marini presenti nelle aree di approvvigionamento identificate come "Fiumara Grande", "Porto di Ostia" e "Canale dei Pescatori" e nelle aree di destinazione di detti sedimenti
 </t>
         </is>
       </c>
-      <c r="F165" t="s">
-[...4 lines deleted...]
-      <c r="A166">
+      <c r="F182" t="s" s="3">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183">
         <v>1823</v>
       </c>
-      <c r="B166" s="2">
+      <c r="B183" s="2">
         <v>45000</v>
       </c>
-      <c r="C166">
+      <c r="C183">
         <v>8982095</v>
       </c>
-      <c r="D166" t="s">
-[...2 lines deleted...]
-      <c r="E166" t="inlineStr">
+      <c r="D183" t="s">
+        <v>9</v>
+      </c>
+      <c r="E183" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2023 - 2 tranche,&amp;nbsp;nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di&amp;nbsp;farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre.&amp;nbsp;Approvazione schemi, atti e indizione gara. Nr. Gara 8982095
 </t>
         </is>
       </c>
-      <c r="F166" t="s">
-[...4 lines deleted...]
-      <c r="A167">
+      <c r="F183" t="s" s="3">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184">
         <v>1822</v>
       </c>
-      <c r="B167" s="2">
+      <c r="B184" s="2">
         <v>44994</v>
       </c>
-      <c r="C167" t="s">
-[...5 lines deleted...]
-      <c r="E167" t="inlineStr">
+      <c r="C184" t="s">
+        <v>287</v>
+      </c>
+      <c r="D184" t="s">
+        <v>9</v>
+      </c>
+      <c r="E184" t="inlineStr">
         <is>
           <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della&amp;nbsp;Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1 -&amp;nbsp;Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n.&amp;nbsp;76, del servizio di redazione del progetto di definitivo, esecutivo nonché del coordinamento della sicurezza in fase di&amp;nbsp;progettazione dell'intervento n. 68 "Rifacimento della pavimentazione della banchina in destra idraulica tra ponte Duca d'Aosta&amp;nbsp;e ponte Risorgimento". CUP: F88H22000900005 - CIG 9700574EE4
 </t>
         </is>
       </c>
-      <c r="F167" t="s">
-[...4 lines deleted...]
-      <c r="A168">
+      <c r="F184" t="s" s="3">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185">
         <v>1821</v>
       </c>
-      <c r="B168" s="2">
+      <c r="B185" s="2">
         <v>44994</v>
       </c>
-      <c r="C168" t="s">
-[...5 lines deleted...]
-      <c r="E168" t="inlineStr">
+      <c r="C185" t="s">
+        <v>289</v>
+      </c>
+      <c r="D185" t="s">
+        <v>9</v>
+      </c>
+      <c r="E185" t="inlineStr">
         <is>
           <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1 -&amp;nbsp;Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio di redazione del progetto di definitivo, esecutivo nonché del coordinamento della sicurezza in fase di progettazione dell'intervento n. 67 "Realizzazione del manto di banchina pavimentata tra ponte Duca D'Aosta e ponte della&amp;nbsp;Musica in sinistra idraulica". CUP: F88H22000890005 - CIG 9700667BA4
 </t>
         </is>
       </c>
-      <c r="F168" t="s">
-[...4 lines deleted...]
-      <c r="A169">
+      <c r="F185" t="s" s="3">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186">
         <v>1820</v>
       </c>
-      <c r="B169" s="2">
+      <c r="B186" s="2">
         <v>44994</v>
       </c>
-      <c r="C169" t="s">
-[...5 lines deleted...]
-      <c r="E169" t="inlineStr">
+      <c r="C186" t="s">
+        <v>291</v>
+      </c>
+      <c r="D186" t="s">
+        <v>9</v>
+      </c>
+      <c r="E186" t="inlineStr">
         <is>
           <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della&amp;nbsp;Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1 -&amp;nbsp;Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio di redazione del progetto di definitivo, esecutivo nonché del coordinamento della sicurezza in fase di progettazione dell'intervento n. 74 "Valorizzazione della banchina da ponte Fabricio a ponte Testaccio in sinistra idraulica".&amp;nbsp;CUP: F88H22000800005 - CIG: 97007521CC
 </t>
         </is>
       </c>
-      <c r="F169" t="s">
-[...4 lines deleted...]
-      <c r="A170">
+      <c r="F186" t="s" s="3">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187">
         <v>1819</v>
       </c>
-      <c r="B170" s="2">
+      <c r="B187" s="2">
         <v>44994</v>
       </c>
-      <c r="C170" t="s">
-[...5 lines deleted...]
-      <c r="E170" t="inlineStr">
+      <c r="C187" t="s">
+        <v>293</v>
+      </c>
+      <c r="D187" t="s">
+        <v>9</v>
+      </c>
+      <c r="E187" t="inlineStr">
         <is>
           <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della&amp;nbsp;Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1 -&amp;nbsp;Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n.&amp;nbsp;76, del servizio di redazione del progetto di definitivo, esecutivo nonché del coordinamento della sicurezza in fase di progettazione dell'intervento n. 66 "Ripristino banchina in destra idraulica tra ponte Milvio e ponte Flaminio". CUP:&amp;nbsp;F88H22000780005 - CIG 9702876A91
 </t>
         </is>
       </c>
-      <c r="F170" t="s">
-[...4 lines deleted...]
-      <c r="A171">
+      <c r="F187" t="s" s="3">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188">
         <v>1818</v>
       </c>
-      <c r="B171" s="2">
+      <c r="B188" s="2">
         <v>44988</v>
       </c>
-      <c r="C171" t="s">
-[...2 lines deleted...]
-      <c r="E171" t="inlineStr">
+      <c r="C188" t="s">
+        <v>295</v>
+      </c>
+      <c r="E188" t="inlineStr">
         <is>
           <t>Fornitura e posa in opera di due chioschi amovibili per il Parco Tevere Magliana e per il Parco Tevere Marconi. CUP: F81G22000230002 - CIG: 96081407F3. Dichiarazione gara deserta -Determina a contrarre e approvazione degli atti di gara relativi ad una nuova procedura inerente l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a), del Decreto legge n. 76 del 6.7.2020, convertito in Legge n. 120 dell'11.9.2020, come modificato dall'art. 51 comma 1, lettera a), sub. 2.1), decreto-legge n. 77 del 2021, convertito in Legge n. 108 del 29.07.2021. Approvazione progetto.
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="F171" t="s">
-[...4 lines deleted...]
-      <c r="A172">
+      <c r="F188" t="s" s="3">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189">
         <v>1817</v>
       </c>
-      <c r="B172" s="2">
+      <c r="B189" s="2">
         <v>44980</v>
       </c>
-      <c r="C172" t="s">
-[...5 lines deleted...]
-      <c r="E172" t="inlineStr">
+      <c r="C189" t="s">
+        <v>297</v>
+      </c>
+      <c r="D189" t="s">
+        <v>9</v>
+      </c>
+      <c r="E189" t="inlineStr">
         <is>
           <t>DGR 105/2020 Intervento n. 1 - Affidamento, ai sensi dell'art. 1, comma 2, lett. a) del D.L. 76/2020 e ss.mm.ii, del servizio di ricognizione preventiva archeologica subacquea delle aree interessate dai lavori e assistenza archeologica in corso d'opera nell'ambito dell'intervento denominato "Riqualificazione della scogliera sommersa e ripascimento in loc. Santa Severa" nel comune di Santa Marinella (RM) - Determinazione a contrarre e approvazione degli atti. - CUP: F53H20000560002 - CIG: 96719043AC
 </t>
         </is>
       </c>
-      <c r="F172" t="s">
-[...4 lines deleted...]
-      <c r="A173">
+      <c r="F189" t="s" s="3">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190">
         <v>1816</v>
       </c>
-      <c r="B173" s="2">
+      <c r="B190" s="2">
         <v>44980</v>
       </c>
-      <c r="C173" t="s">
-[...2 lines deleted...]
-      <c r="E173" t="inlineStr">
+      <c r="C190" t="s">
+        <v>299</v>
+      </c>
+      <c r="E190" t="inlineStr">
         <is>
           <t>Programma regionale art. 1, co. 134, Legge n. 145/2018 - Fondo per la Progettazione di Opere Pubbliche - Servizio per la redazione del progetto di fattibilità tecnico - economica, definitivo ed esecutivo nonché del coordinamento della sicurezza in fase di progettazione dell'intervento denominato "Rimozione relitti presenti nell'alveo del Fiume Tevere." Determinazione a contrarre per l'affidamento diretto ai sensi dell'art. 1, comma 2, lett. a del D.L. 76/2020, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della Legge n. 108/2021.
 </t>
         </is>
       </c>
-      <c r="F173" t="s">
-[...4 lines deleted...]
-      <c r="A174">
+      <c r="F190" t="s" s="3">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191">
         <v>1815</v>
       </c>
-      <c r="B174" s="2">
+      <c r="B191" s="2">
         <v>44980</v>
       </c>
-      <c r="C174">
+      <c r="C191">
         <v>9631380236</v>
       </c>
-      <c r="E174" t="inlineStr">
+      <c r="E191" t="inlineStr">
         <is>
           <t>DPCM 18 giugno 2021 - Intervento 12IR010/G1 - "Lavori di completamento del collettore del Fosso della Patatona (III lotto sottostrada) e manutenzione". Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della Legge n. 108/2021, del servizio per la redazione del progetto definitivo ed esecutivo nonché del coordinamento della sicurezza in fase di progettazione. CUP F81B11002300005 - CIG 9631380236</t>
         </is>
       </c>
-      <c r="F174" t="s">
-[...4 lines deleted...]
-      <c r="A175">
+      <c r="F191" t="s" s="3">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192">
         <v>1814</v>
       </c>
-      <c r="B175" s="2">
+      <c r="B192" s="2">
         <v>44959</v>
       </c>
-      <c r="C175" t="inlineStr">
+      <c r="C192" t="inlineStr">
         <is>
           <t>95923880FF; 95924704A9; 9592561FBE; 95933613F0; 959367463B; 9593698A08; 95937271F9; 9593779CDF; 9593876CEB; 959392555D; 9596536009; 95965950B9; 95966183B3; 9596629CC4; 9596646ACC; 9596666B4D; 9596691FED; 959675980D; 9596784CAD; 9596904FB3; 959693594A</t>
         </is>
       </c>
-      <c r="D175" t="s">
-[...2 lines deleted...]
-      <c r="E175" t="inlineStr">
+      <c r="D192" t="s">
+        <v>9</v>
+      </c>
+      <c r="E192" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata finalizzata alla stipula di un accordo quadro per fornitura di stent vascolari occorrenti alle Aziende sanitarie della Regione Lazio e della Regione Calabria. Determina a contrarre. Approvazione schemi atti e indizione gara e sostituzione del Responsabile Unico del Procedimento. Numero gara 8892321
 </t>
         </is>
       </c>
-      <c r="F175" t="s">
-[...4 lines deleted...]
-      <c r="A176">
+      <c r="F192" t="s" s="3">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193">
         <v>1813</v>
       </c>
-      <c r="B176" s="2">
+      <c r="B193" s="2">
         <v>44957</v>
       </c>
-      <c r="C176" t="s">
-[...2 lines deleted...]
-      <c r="E176" t="inlineStr">
+      <c r="C193" t="s">
+        <v>303</v>
+      </c>
+      <c r="E193" t="inlineStr">
         <is>
           <t>Progetto "IMPROGRAM"- PON GOV 2014-2020- Asse 7-Az. 7.2.1. CUP F89G22000250006. CIG Z9338F2104. Determinazione a contrattare per l'affidamento di fornitura di dotazioni informatiche ai sensi dell'art. 36, comma 2, lettera a) del D.Lgs. 50/2016 mediante confronto di preventivi con più operatori economici sul Mercato Elettronico della Pubblica Amministrazione (MePA). Accertamento di entrata di: € 25.007,27 verso Agenzia per la Coesione Territoriale sul capitolo E0000222110-E.F. 2022. Prenotazione di impegno di spesa di: € 25.007,27 a favore di Creditori Diversi sul capitolo U0000C12174-E.F. 2022. Nomina del Responsabile Unico del Procedimento.
 </t>
         </is>
       </c>
-      <c r="F176" t="s">
-[...4 lines deleted...]
-      <c r="A177">
+      <c r="F193" t="s" s="3">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194">
         <v>1812</v>
       </c>
-      <c r="B177" s="2">
+      <c r="B194" s="2">
         <v>44935</v>
       </c>
-      <c r="C177" t="s">
-[...2 lines deleted...]
-      <c r="E177" t="inlineStr">
+      <c r="C194" t="s">
+        <v>305</v>
+      </c>
+      <c r="E194" t="inlineStr">
         <is>
           <t>"Interventi per la riqualificazione, pulizia e bonifica delle aree golenali del tratto del Fiume Tevere - Opere di completamento dei parchi di Magliana e Marconi in Comune di Roma". Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76. Approvazione del progetto e degli atti di gara. CUP: F82H22000690002 - CIG: 95308133B2.
 </t>
         </is>
       </c>
-      <c r="F177" t="s">
-[...4 lines deleted...]
-      <c r="A178">
+      <c r="F194" t="s" s="3">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195">
         <v>1811</v>
       </c>
-      <c r="B178" s="2">
+      <c r="B195" s="2">
         <v>44916</v>
       </c>
-      <c r="C178" t="s">
-[...2 lines deleted...]
-      <c r="E178" t="inlineStr">
+      <c r="C195" t="s">
+        <v>307</v>
+      </c>
+      <c r="E195" t="inlineStr">
         <is>
           <t>Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". "Amaseno - Lavori di sistemazione e completamento delle opere idrauliche a salvaguardia degli abitati e delle infrastrutture, a valle della loc. Sonnino Scalo, nei comuni di Priverno, Sonnino, Pontinia e Terracina (LT)". Deter a contrarre per l'affid diretto, ai sensi dell'art. 1, comma 2, lett. a) del DL 16 luglio 2020 n. 76, del servizio per la redaz del prog di fat tecn ed econ e definitivo nonché del coord della sicur in fase di progett. CUP F71J21000040001- CIG 9531988D53 Prenotazione a favore di cred div (cod. cred. 3805) di € 96.651,35, sul cap. U0000E42142 - es. fin 2023. Imp. di € 30,00 sul cap. U0000T19427 a favore di ANAC (cod. cred. 159683) - es fin 2022.
 Determinazione n. G18148 del 19/12/2022
 </t>
         </is>
       </c>
-      <c r="F178" t="s">
-[...4 lines deleted...]
-      <c r="A179">
+      <c r="F195" t="s" s="3">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196">
         <v>1810</v>
       </c>
-      <c r="B179" s="2">
+      <c r="B196" s="2">
         <v>44901</v>
       </c>
-      <c r="C179" t="s">
-[...2 lines deleted...]
-      <c r="E179" t="inlineStr">
+      <c r="C196" t="s">
+        <v>309</v>
+      </c>
+      <c r="E196" t="inlineStr">
         <is>
           <t>Lavori per la realizzazione di una struttura composta da due container, in parte prefabbricati ed in parte realizzati in opera, per accogliere il PUA (ufficio e sala attesa) in prossimità del PASS nel comune di Amatrice. Determina a contrarre.
 </t>
         </is>
       </c>
-      <c r="F179" t="s">
-[...4 lines deleted...]
-      <c r="A180">
+      <c r="F196" t="s" s="3">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197">
         <v>1809</v>
       </c>
-      <c r="B180" s="2">
+      <c r="B197" s="2">
         <v>44896</v>
       </c>
-      <c r="C180">
+      <c r="C197">
         <v>8780938</v>
       </c>
-      <c r="E180" t="inlineStr">
+      <c r="E197" t="inlineStr">
         <is>
           <t>Rettifica determinazione G15273 del 08/11/2022 avente ad oggetto "Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2022 - ottava tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8780938" - Revoca lotti 5, 40 e 41.
 </t>
         </is>
       </c>
-      <c r="F180" t="s">
-[...4 lines deleted...]
-      <c r="A181">
+      <c r="F197" t="s" s="3">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198">
         <v>1808</v>
       </c>
-      <c r="B181" s="2">
+      <c r="B198" s="2">
         <v>44893</v>
       </c>
-      <c r="C181">
+      <c r="C198">
         <v>9471869192</v>
       </c>
-      <c r="E181" t="inlineStr">
+      <c r="E198" t="inlineStr">
         <is>
           <t>Determina a contrarre semplificata e affidamento diretto ai sensi dell'art. 1, comma 2, lett. a) del D.L. 76/2020 e ss.mm.ii. per l'esecuzione delle indagini e delle prove sulle strutture e sui materiali relative all'intervento denominato: "intervento di recupero della chiesa dell'ospedale Grifoni" nel comune di Amatrice (RI)" (Ordinanza n. 109 del 21/11/2020 - codice intervento n. 354). CUP: F74J20000010005 - CIG: 9471869192
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="F181" t="s">
-[...4 lines deleted...]
-      <c r="A182">
+      <c r="F198" t="s" s="3">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199">
         <v>1807</v>
       </c>
-      <c r="B182" s="2">
+      <c r="B199" s="2">
         <v>44883</v>
       </c>
-      <c r="C182">
+      <c r="C199">
         <v>9466423363</v>
       </c>
-      <c r="E182" t="inlineStr">
+      <c r="E199" t="inlineStr">
         <is>
           <t>Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) della Legge n. 120 dell'11/09/2020 e ss. mm. e ii. dei "lavori straordinari di manutenzione dell'alveo del fiume Aniene in comune di Marano Equo, in località sorgenti di Marano Equo", CIG 9466423363 - CUP F88H22001160002. Approvazione progetto, atti di affidamento e prenotazione impegno di spesa sul cap. U0000E42550 di € 118.269,18 a favore di creditori diversi (cod. cred. 3805) - impegno di spesa a favore dell'Autorità Nazionale Anticorruzione (cod. cred. 159683) per € 30,00 sul capitolo U0000T19427 - esercizio finanziario 2022
 </t>
         </is>
       </c>
-      <c r="F182" t="s">
-[...4 lines deleted...]
-      <c r="A183">
+      <c r="F199" t="s" s="3">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200">
         <v>1806</v>
       </c>
-      <c r="B183" s="2">
+      <c r="B200" s="2">
         <v>44880</v>
       </c>
-      <c r="C183" t="s">
-[...2 lines deleted...]
-      <c r="E183" t="inlineStr">
+      <c r="C200" t="s">
+        <v>314</v>
+      </c>
+      <c r="E200" t="inlineStr">
         <is>
           <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a), del d.lgs. n. 50/2016, per l'acquisizione della fornitura di uno schermo portatile per videoproiezioni, dotato di relativo supporto, necessario alle attività del Nucleo Regionale dei Conti Pubblici Territoriali (CPT), alla ditta "Schermo 33 S.r.l.", Via Prisciano, n. 72 - CAP 00136 - Roma, C.F. e P.IVA 08373631004, codice creditore 235628. Impegno di spesa di 145,18 euro a valere sul capitolo U0000C12173, Missione 01, Programma 03, PdC 2.02.01.05.000, esercizio finanziario 2022. CIG: Z0E377E5EC, CUP: F86G22002640007.
 </t>
         </is>
       </c>
-      <c r="F183" t="s">
-[...4 lines deleted...]
-      <c r="A184">
+      <c r="F200" t="s" s="3">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201">
         <v>1805</v>
       </c>
-      <c r="B184" s="2">
+      <c r="B201" s="2">
         <v>44880</v>
       </c>
-      <c r="C184" t="s">
-[...2 lines deleted...]
-      <c r="E184" t="inlineStr">
+      <c r="C201" t="s">
+        <v>316</v>
+      </c>
+      <c r="E201" t="inlineStr">
         <is>
           <t>Procedura aperta telematica per l'affidamento della fornitura di carta in risme per gli Enti della Regione Lazio. Determina a contrarre. Nomina del Responsabile Unico del Procedimento. Approvazione atti ed indizione.
 </t>
         </is>
       </c>
-      <c r="F184" t="s">
-[...4 lines deleted...]
-      <c r="A185">
+      <c r="F201" t="s" s="3">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202">
         <v>1804</v>
       </c>
-      <c r="B185" s="2">
+      <c r="B202" s="2">
         <v>44879</v>
       </c>
-      <c r="C185" t="s">
-[...2 lines deleted...]
-      <c r="E185" t="inlineStr">
+      <c r="C202" t="s">
+        <v>318</v>
+      </c>
+      <c r="E202" t="inlineStr">
         <is>
           <t>Procedura aperta finalizzata alla stipula di una convenzione volta all'affidamento del servizio di ossigenoterapia domiciliare occorrente alle Aziende Sanitarie della Regione Lazio. Determina a contrarre. Approvazione schemi atti e indizione gara. Numero gara 8773466.
 </t>
         </is>
       </c>
-      <c r="F185" t="s">
-[...4 lines deleted...]
-      <c r="A186">
+      <c r="F202" t="s" s="3">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203">
         <v>1803</v>
       </c>
-      <c r="B186" s="2">
+      <c r="B203" s="2">
         <v>44874</v>
       </c>
-      <c r="C186">
+      <c r="C203">
         <v>8780938</v>
       </c>
-      <c r="E186" t="inlineStr">
+      <c r="E203" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2022 - ottava tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8780938
 </t>
         </is>
       </c>
-      <c r="F186" t="s">
-[...4 lines deleted...]
-      <c r="A187">
+      <c r="F203" t="s" s="3">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204">
         <v>1802</v>
       </c>
-      <c r="B187" s="2">
+      <c r="B204" s="2">
         <v>44869</v>
       </c>
-      <c r="C187">
+      <c r="C204">
         <v>8779156</v>
       </c>
-      <c r="D187" t="s">
-[...2 lines deleted...]
-      <c r="E187" t="inlineStr">
+      <c r="D204" t="s">
+        <v>9</v>
+      </c>
+      <c r="E204" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2022 - tranche 7, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara &amp;nbsp;8779156
 </t>
         </is>
       </c>
-      <c r="F187" t="s">
-[...4 lines deleted...]
-      <c r="A188">
+      <c r="F204" t="s" s="3">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205">
         <v>1801</v>
       </c>
-      <c r="B188" s="2">
+      <c r="B205" s="2">
         <v>44869</v>
       </c>
-      <c r="C188" t="s">
-[...2 lines deleted...]
-      <c r="E188" t="inlineStr">
+      <c r="C205" t="s">
+        <v>322</v>
+      </c>
+      <c r="E205" t="inlineStr">
         <is>
           <t>Determinazione a contrarre per l'affidamento diretto del servizio di supporto tecnico-specialistico per l'effettuazione di diagnosi ufficiali fitosanitarie su organismi nocivi dei vegetali nel territorio del Lazio. Impegno di spesa a favore del Consiglio Ricerca e Sperimentazione in Agricoltura (codice creditore 110987) per un importo di € 39.000,00 oltre IVA pari a € 8.580,00, per complessivi € 47.580,00, sul capitolo U0000B11115 del bilancio regionale. Esercizio finanziario 2022. CUP F89B22000230002, CIG ZC2380EA6B.
 </t>
         </is>
       </c>
-      <c r="F188" t="s">
-[...4 lines deleted...]
-      <c r="A189">
+      <c r="F205" t="s" s="3">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206">
         <v>1800</v>
       </c>
-      <c r="B189" s="2">
+      <c r="B206" s="2">
         <v>44867</v>
       </c>
-      <c r="C189" t="s">
-[...2 lines deleted...]
-      <c r="E189" t="inlineStr">
+      <c r="C206" t="s">
+        <v>324</v>
+      </c>
+      <c r="E206" t="inlineStr">
         <is>
           <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lett. a) del D. Lgs. n. 50/2016 e s.m.i. del servizio di studio e ricerca con assistenza e supporto alla individuazione delle azioni da intraprendere per la mappatura dello stato di "inquinamento diffuso" nell'area della discarica di Albano.
 </t>
         </is>
       </c>
-      <c r="F189" t="s">
-[...4 lines deleted...]
-      <c r="A190">
+      <c r="F206" t="s" s="3">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207">
         <v>1799</v>
       </c>
-      <c r="B190" s="2">
+      <c r="B207" s="2">
         <v>44867</v>
       </c>
-      <c r="C190" t="s">
-[...2 lines deleted...]
-      <c r="E190" t="inlineStr">
+      <c r="C207" t="s">
+        <v>326</v>
+      </c>
+      <c r="E207" t="inlineStr">
         <is>
           <t>Progettazione regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana - Fondo per la Progettazione di Opere Pubbliche - "Intervento di manutenzione straordinaria del corpo arginale e di ripristino dell'officiosità idraulica dell'alveo del fiume Tevere nel tratto compreso tra Ponte Marconi e la foce". Determinazione a contrarre finalizzata all'affidamento del servizio per la redazione del progetto di fattibilità tecnico - economica e definitivo, nonché del coordinamento della sicurezza in fase di progettazione dell'intervento tramite procedura aperta ai sensi dell'art. 60
 del D. Lgs n. 50/2016 e ss.mm.ii. ed approvazione atti di gara. CUP F81J22000040005. CIG 9466612F57
 </t>
         </is>
       </c>
-      <c r="F190" t="s">
-[...4 lines deleted...]
-      <c r="A191">
+      <c r="F207" t="s" s="3">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208">
         <v>1798</v>
       </c>
-      <c r="B191" s="2">
+      <c r="B208" s="2">
         <v>44865</v>
       </c>
-      <c r="C191" t="s">
-[...2 lines deleted...]
-      <c r="E191" t="inlineStr">
+      <c r="C208" t="s">
+        <v>328</v>
+      </c>
+      <c r="E208" t="inlineStr">
         <is>
           <t>Affidamento diretto ai sensi dell’art. 1, comma 2, lett. a) del D.L. 76/2020 e ss.mm.ii. per la fornitura e posa in opera di due chioschi amovibili per il Parco Tevere Magliana e per il Parco Tevere Marconi.
 </t>
         </is>
       </c>
-      <c r="F191" t="s">
-[...4 lines deleted...]
-      <c r="A192">
+      <c r="F208" t="s" s="3">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209">
         <v>1797</v>
       </c>
-      <c r="B192" s="2">
+      <c r="B209" s="2">
         <v>44862</v>
       </c>
-      <c r="C192">
+      <c r="C209">
         <v>9426367421</v>
       </c>
-      <c r="E192" t="s">
-[...7 lines deleted...]
-      <c r="A193">
+      <c r="E209" t="s">
+        <v>330</v>
+      </c>
+      <c r="F209" t="s" s="3">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210">
         <v>1796</v>
       </c>
-      <c r="B193" s="2">
+      <c r="B210" s="2">
         <v>44847</v>
       </c>
-      <c r="C193" t="s">
-[...5 lines deleted...]
-      <c r="E193" t="inlineStr">
+      <c r="C210" t="s">
+        <v>332</v>
+      </c>
+      <c r="D210" t="s">
+        <v>9</v>
+      </c>
+      <c r="E210" t="inlineStr">
         <is>
           <t>Intervento n. 12IR822/G1 "Dissesto idrogeologico strada comunale da Poggio d'Api a Colle Arquata - Accumoli (RI)". Determinazione a contrarre finalizzata all'affidamento dei lavori e approvazione atti di gara. CUP F63H18000180001.
 </t>
         </is>
       </c>
-      <c r="F193" t="s">
-[...4 lines deleted...]
-      <c r="A194">
+      <c r="F210" t="s" s="3">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211">
         <v>1795</v>
       </c>
-      <c r="B194" s="2">
+      <c r="B211" s="2">
         <v>44827</v>
       </c>
-      <c r="C194" t="s">
-[...5 lines deleted...]
-      <c r="E194" t="inlineStr">
+      <c r="C211" t="s">
+        <v>334</v>
+      </c>
+      <c r="D211" t="s">
+        <v>9</v>
+      </c>
+      <c r="E211" t="inlineStr">
         <is>
           <t>Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 657 denominato: "Lavori straordinari ed urgenti per il ripristino sommità arginale del fiume Turano a monte della Fonte Cottorella per circa 10&amp;nbsp;km". Determinazione a contrarre. CUP F17H21006660002 - CIG 9376392B72
 </t>
         </is>
       </c>
-      <c r="F194" t="s">
-[...4 lines deleted...]
-      <c r="A195">
+      <c r="F211" t="s" s="3">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212">
         <v>1794</v>
       </c>
-      <c r="B195" s="2">
+      <c r="B212" s="2">
         <v>44830</v>
       </c>
-      <c r="C195" t="s">
-[...5 lines deleted...]
-      <c r="E195" t="inlineStr">
+      <c r="C212" t="s">
+        <v>336</v>
+      </c>
+      <c r="D212" t="s">
+        <v>9</v>
+      </c>
+      <c r="E212" t="inlineStr">
         <is>
           <t>Determina a contrarre ex art. 32 del D. Lgs. 50/2016 per la conclusione di Accordo Quadro, tramite espletamento di procedura aperta, del servizio per la rimozione dei rifiuti presenti nel sito, elaborazione dei piani di indagine preliminare e di caratterizzazione e esecuzione indagini preliminari e di caratterizzazione - Intervento Ponti della Selva - Comune di Paliano - SIN Bacino del Fiume Sacco CUP F37F19000150002 - CIG 9277977CD1 - SIGEM A0335C0010. Approvazione della revisione del progetto e del quadro economico. Prenotazioni di impegno a favore di Creditori Diversi per l'importo di € 443 273,26 e impegno di € 3 918,56 a favore del Fondo Incentivi ex art.383 sexies R.R. n.1/2002 sul capitolo U0000E32529 e contestuale accertamento d'entrata per lo stesso importo sul capitolo E0000341560, bilancio regionale ee.ff. 2022-2025.
 </t>
         </is>
       </c>
-      <c r="F195" t="s">
-[...4 lines deleted...]
-      <c r="A196">
+      <c r="F212" t="s" s="3">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213">
         <v>1793</v>
       </c>
-      <c r="B196" s="2">
+      <c r="B213" s="2">
         <v>44830</v>
       </c>
-      <c r="C196" t="s">
-[...5 lines deleted...]
-      <c r="E196" t="inlineStr">
+      <c r="C213" t="s">
+        <v>338</v>
+      </c>
+      <c r="D213" t="s">
+        <v>9</v>
+      </c>
+      <c r="E213" t="inlineStr">
         <is>
           <t>Determina a contrarre ex art. 32 del D. Lgs. 50/2016 per la conclusione di Accordo Quadro, tramite espletamento di procedura aperta, del "Servizio di supporto logistico alle attività di monitoraggio delle acque per uso potabile, irriguo e domestico del sito di interesse nazionale bacino del fiume Sacco" CUP F67F19000420002 - CIG 9278017DD3 - SIGEM A0335C0009. Approvazione della revisione del progetto e del quadro economico. Impegno a favore di ANAC per € 800,00 sul capitolo U0000T19427, prenotazioni di impegno a favore di Creditori Diversi per l'importo di € 544.439,90 e impegno di € 5 063,95 a favore del Fondo Incentivi ex art.383 sexies R.R. n.1/2002 sul capitolo U0000E32529 e contestuale accertamento d'entrata per lo stesso importo sul capitolo E0000341560, bilancio regionale ee.ff. 2022-2025.
 </t>
         </is>
       </c>
-      <c r="F196" t="s">
-[...4 lines deleted...]
-      <c r="A197">
+      <c r="F213" t="s" s="3">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214">
         <v>1792</v>
       </c>
-      <c r="B197" s="2">
+      <c r="B214" s="2">
         <v>44830</v>
       </c>
-      <c r="C197" t="s">
-[...5 lines deleted...]
-      <c r="E197" t="inlineStr">
+      <c r="C214" t="s">
+        <v>340</v>
+      </c>
+      <c r="D214" t="s">
+        <v>9</v>
+      </c>
+      <c r="E214" t="inlineStr">
         <is>
           <t>Determina a contrarre ex art. 32 del D. Lgs. 50/2016 per la conclusione di Accordo Quadro, tramite espletamento di procedura aperta, del Servizio per la Caratterizzazione e MiSE dell'Ex Stabilimento Annunziata nel Comune di Ceccano (FR) - SIN Bacino del Fiume Sacco CUP F87F19000130002 - CIG 92778682E1 - SIGEM A0335C0008. Approvazione della revisione del progetto e del quadro economico. Prenotazione di impegno a favore di Creditori Diversi per l'importo di € 985.775,73 e impegno di € 8.798,30 a favore del Fondo Incentivi ex art.383 sexies R.R. n.1/2002 sul capitolo U0000E32529 e contestuale accertamento d'entrata per lo stesso importo sul capitolo E0000341560, bilancio regionale ee.ff. 2022-2025.
 </t>
         </is>
       </c>
-      <c r="F197" t="s">
-[...4 lines deleted...]
-      <c r="A198">
+      <c r="F214" t="s" s="3">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215">
         <v>1791</v>
       </c>
-      <c r="B198" s="2">
+      <c r="B215" s="2">
         <v>44830</v>
       </c>
-      <c r="C198">
+      <c r="C215">
         <v>9277653175</v>
       </c>
-      <c r="D198" t="s">
-[...2 lines deleted...]
-      <c r="E198" t="inlineStr">
+      <c r="D215" t="s">
+        <v>9</v>
+      </c>
+      <c r="E215" t="inlineStr">
         <is>
           <t>Determina a contrarre ex art. 32 del D. Lgs. 50/2016 per la conclusione di Accordo Quadro, tramite espletamento di procedura aperta, del Servizio per la Caratterizzazione e MiSE dell'Ex Cartiera nel Comune di Ferentino (FR) - SIN Bacino del Fiume Sacco CUP F87F19000180002 - CIG 9277653175 - SIGEM A0335C0001. Approvazione della revisione del progetto e del quadro economico. Prenotazione di impegno a favore di Creditori Diversi per l'importo di € 2.365.413,00 e impegno di € 15.941,07 a favore del Fondo Incentivi ex art.383 sexies R.R. n.1/2002 sul capitolo U0000E32529 e contestuale accertamento d'entrata per lo stesso importo sul capitolo E0000341560, bilancio regionale ee.ff. 2022-2025.
 </t>
         </is>
       </c>
-      <c r="F198" t="s">
-[...4 lines deleted...]
-      <c r="A199">
+      <c r="F215" t="s" s="3">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216">
         <v>1790</v>
       </c>
-      <c r="B199" s="2">
+      <c r="B216" s="2">
         <v>44830</v>
       </c>
-      <c r="C199" t="s">
-[...5 lines deleted...]
-      <c r="E199" t="inlineStr">
+      <c r="C216" t="s">
+        <v>343</v>
+      </c>
+      <c r="D216" t="s">
+        <v>9</v>
+      </c>
+      <c r="E216" t="inlineStr">
         <is>
           <t>Determina a contrarre ex art. 32 del D. Lgs. 50/2016 per la conclusione di Accordo Quadro, tramite espletamento di procedura aperta del Servizio per la Caratterizzazione e MiSE dell' Ex Cartiera VITA MAYER nel Comune di Ceprano (FR) -SIN Bacino del Fiume Sacco CUP F97F19000170002 - CIG 9277897ACD - SIGEM A0335C0002. Approvazione della revisione del progetto e del quadro economico. Prenotazione di impegno a favore di Creditori Diversi per l'importo di € 726.808,57 e impegno di € 6 643,88 a favore del Fondo Incentivi ex art.383 sexies R.R. n.1/2002 sul capitolo U0000E32529 e contestuale accertamento d'entrata per lo stesso importo sul capitolo E0000341560, bilancio regionale ee.ff. 2022-2025.
 </t>
         </is>
       </c>
-      <c r="F199" t="s">
-[...4 lines deleted...]
-      <c r="A200">
+      <c r="F216" t="s" s="3">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217">
         <v>1789</v>
       </c>
-      <c r="B200" s="2">
+      <c r="B217" s="2">
         <v>44830</v>
       </c>
-      <c r="C200" t="s">
-[...5 lines deleted...]
-      <c r="E200" t="inlineStr">
+      <c r="C217" t="s">
+        <v>345</v>
+      </c>
+      <c r="D217" t="s">
+        <v>9</v>
+      </c>
+      <c r="E217" t="inlineStr">
         <is>
           <t>Determina a contrarre ex art. 32 del D. Lgs. 50/2016 per la conclusione di Accordo Quadro, tramite espletamento di procedura aperta, del Servizio per la Caratterizzazione e MiSE Ex Polveriera nel Comune di Anagni (FR) - SIN Bacino del Fiume Sacco CUP F97F19000150002 - CIG 9277922F6D - SIGEM A0335C0006. Approvazione della revisione del progetto e del quadro economico. Prenotazione di impegno a favore di Creditori Diversi per l'importo di € 2.878.188,81 e impegno di € 19.393,49 a favore del Fondo Incentivi ex art.383 sexies R.R. n.1/2002 sul capitolo U0000E32529 e contestuale accertamento d'entrata per lo stesso importo sul capitolo E0000341560, bilancio regionale ee.ff. 2022-2025.
 </t>
         </is>
       </c>
-      <c r="F200" t="s">
-[...4 lines deleted...]
-      <c r="A201">
+      <c r="F217" t="s" s="3">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218">
         <v>1788</v>
       </c>
-      <c r="B201" s="2">
+      <c r="B218" s="2">
         <v>44830</v>
       </c>
-      <c r="C201" t="s">
-[...5 lines deleted...]
-      <c r="E201" t="inlineStr">
+      <c r="C218" t="s">
+        <v>347</v>
+      </c>
+      <c r="D218" t="s">
+        <v>9</v>
+      </c>
+      <c r="E218" t="inlineStr">
         <is>
           <t>Determina a contrarre ex art. 32 del D. Lgs. 50/2016 per la conclusione di Accordo Quadro, tramite espletamento di procedura aperta, del Servizio per la Caratterizzazione e MiSE dell'Ex Industrie Olivieri nel Comune di Ceprano (FR) - SIN Bacino del Fiume Sacco CUP F97F19000150002 - CIG 92592720FA - SIGEM A0335C0005. Approvazione della revisione del progetto e del quadro economico. Prenotazioni di impegno a favore di Creditori Diversi per l'importo di € 4.318.956,33 e impegno di € 27.416,47 a favore del Fondo Incentivi ex art.383 sexies R.R. n.1/2002 sul capitolo U0000E32529 e contestuale accertamento d'entrata per lo stesso importo sul capitolo E0000341560, bilancio regionale ee.ff. 2022-2025.
 </t>
         </is>
       </c>
-      <c r="F201" t="s">
-[...4 lines deleted...]
-      <c r="A202">
+      <c r="F218" t="s" s="3">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219">
         <v>1787</v>
       </c>
-      <c r="B202" s="2">
+      <c r="B219" s="2">
         <v>44830</v>
       </c>
-      <c r="C202" t="s">
-[...5 lines deleted...]
-      <c r="E202" t="inlineStr">
+      <c r="C219" t="s">
+        <v>349</v>
+      </c>
+      <c r="D219" t="s">
+        <v>9</v>
+      </c>
+      <c r="E219" t="inlineStr">
         <is>
           <t>Determina a contrarre ex art. 32 del D. Lgs. 50/2016 per la conclusione di Accordo Quadro, tramite espletamento di procedura aperta, del Servizio per la Caratterizzazione e MiSE dell' Ex SNIA BPD Bosco Faito nel Comune di Ceccano (FR) - SIN Bacino del Fiume Sacco CUP F87F19000150002 - CIG 927794633F - SIGEM A0335C0007. Approvazione della revisione del progetto e del quadro economico. Prenotazione di impegno a favore di Creditori Diversi per l'importo di € 1.371.591,50 e impegno di € 8.937,26 a favore del Fondo Incentivi ex art.383 sexies R.R. n.1/2002 sul capitolo U0000E32529 e contestuale accertamento d'entrata per lo stesso importo sul capitolo E0000341560, bilancio regionale ee.ff. 2022-2025.
 </t>
         </is>
       </c>
-      <c r="F202" t="s">
-[...4 lines deleted...]
-      <c r="A203">
+      <c r="F219" t="s" s="3">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220">
         <v>1786</v>
       </c>
-      <c r="B203" s="2">
+      <c r="B220" s="2">
         <v>44830</v>
       </c>
-      <c r="C203" t="s">
-[...5 lines deleted...]
-      <c r="E203" t="inlineStr">
+      <c r="C220" t="s">
+        <v>351</v>
+      </c>
+      <c r="D220" t="s">
+        <v>9</v>
+      </c>
+      <c r="E220" t="inlineStr">
         <is>
           <t>Determina a contrarre ex art. 32 del D. Lgs. 50/2016 per la conclusione di Accordo Quadro, tramite espletamento di procedura aperta, del Servizio per la rimozione dei rifiuti presenti nel sito, l'elaborazione e l'esecuzione del piano di caratterizzazione e l'elaborazione dell'Analisi di rischio sito specifica - intervento ex Europress - Comune di Ceprano - SIN Bacino del Fiume Sacco. CUP F97F19000160002 CIG 9277996C7F - SIGEM A0335C0004. Approvazione della revisione del progetto e del quadro economico. Prenotazioni di impegno a favore di Creditori Diversi per l'importo di € 730.234,63 e impegno di € 6.304,05 a favore del Fondo Incentivi ex art.383 sexies R.R. n.1/2002 sul capitolo U0000E32529 e contestuale accertamento d'entrata per lo stesso importo sul capitolo E0000341560, bilancio regionale ee.ff. 2022-2025.
 </t>
         </is>
       </c>
-      <c r="F203" t="s">
-[...4 lines deleted...]
-      <c r="A204">
+      <c r="F220" t="s" s="3">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221">
         <v>1785</v>
       </c>
-      <c r="B204" s="2">
+      <c r="B221" s="2">
         <v>44830</v>
       </c>
-      <c r="C204" t="s">
-[...5 lines deleted...]
-      <c r="E204" t="inlineStr">
+      <c r="C221" t="s">
+        <v>353</v>
+      </c>
+      <c r="D221" t="s">
+        <v>9</v>
+      </c>
+      <c r="E221" t="inlineStr">
         <is>
           <t>Determina a contrarre ex art. 32 del D. Lgs. 50/2016 per la conclusione di Accordo Quadro, tramite espletamento di procedura aperta, del servizio di messa in sicurezza e caratterizzazione ambientale per il sito Ex Discarica Le Lame - SIN Bacino del Fiume Sacco CUP F47G20000080001. Approvazione del progetto e del quadro economico. Prenotazione di impegno a favore di Creditori Diversi per l'importo di € 10.736.621,60 e impegno di € 56.342,77 a favore del Fondo Incentivi ex art.383 sexies R.R. n.1/2002 sul capitolo U0000E32114 e contestuale accertamento d'entrata per lo stesso importo sul capitolo E0000341560, bilancio regionale ee.ff. 2022-2025.
 </t>
         </is>
       </c>
-      <c r="F204" t="s">
-[...4 lines deleted...]
-      <c r="A205">
+      <c r="F221" t="s" s="3">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222">
         <v>1784</v>
       </c>
-      <c r="B205" s="2">
+      <c r="B222" s="2">
         <v>44830</v>
       </c>
-      <c r="C205" t="s">
-[...5 lines deleted...]
-      <c r="E205" t="inlineStr">
+      <c r="C222" t="s">
+        <v>353</v>
+      </c>
+      <c r="D222" t="s">
+        <v>9</v>
+      </c>
+      <c r="E222" t="inlineStr">
         <is>
           <t>Accordo di programma per la realizzazione degli interventi di messa in sicurezza e bonifica del Sito di Interesse Nazionale Bacino del Fiume Sacco". PROCEDURA APERTA TELEMATICA PER L'AFFIDAMENTO DEL SERVIZIO DI MESSA IN SICUREZZA E CARATTERIZZAZIONE AMBIENTALE PER IL SITO EX DISCARICA LE LAME - SIN BACINO DEL FIUME SACCO CUP F47G20000080001 - Espletamento gara mediante delega alla Direzione Regionale Centrale Acquisti della Regione Lazio.
 </t>
         </is>
       </c>
-      <c r="F205" t="s">
-[...4 lines deleted...]
-      <c r="A206">
+      <c r="F222" t="s" s="3">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223">
         <v>1783</v>
       </c>
-      <c r="B206" s="2">
+      <c r="B223" s="2">
         <v>44830</v>
       </c>
-      <c r="C206">
+      <c r="C223">
         <v>8535866375</v>
       </c>
-      <c r="D206" t="s">
-[...2 lines deleted...]
-      <c r="E206" t="inlineStr">
+      <c r="D223" t="s">
+        <v>9</v>
+      </c>
+      <c r="E223" t="inlineStr">
         <is>
           <t>Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art. 36, comma 2, lettera b) del D.lgs. n. 50/2016, previa indagine esplorativa del mercato, ed approvazione atti di gara: "SERVIZIO PER LA CLASSIFICAZIONE DEI RIFIUTI E L'ELABORAZIONE DEL PIANO DI RIMOZIONE RIFIUTI – SITO EX CARTIERA VITA MAYER". CUP F97F19000170002.– CIG 8535866375. Impegno di spesa per complessivi € 71´503,10 sul capitolo E32529 così suddiviso: a favore di creditori diversi -codice 3805 – per l'importo di € 70.576,95 e a favore del Fondo Incentivi ex art. 383 sexies R.R. N.1/2002 – codice creditore 176734 per l'importo di € 926,15 e contestuale accertamento d'entrata per lo stesso importo sul capitolo 341560 del bilancio regionale e.f. 2020.
 </t>
         </is>
       </c>
-      <c r="F206" t="s">
-[...4 lines deleted...]
-      <c r="A207">
+      <c r="F223" t="s" s="3">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224">
         <v>1782</v>
       </c>
-      <c r="B207" s="2">
+      <c r="B224" s="2">
         <v>44748</v>
       </c>
-      <c r="C207" t="s">
-[...5 lines deleted...]
-      <c r="E207" t="inlineStr">
+      <c r="C224" t="s">
+        <v>357</v>
+      </c>
+      <c r="D224" t="s">
+        <v>9</v>
+      </c>
+      <c r="E224" t="inlineStr">
         <is>
           <t>Affidamento diretto, ai sensi dell'art. 36, comma 2 lettera a), del d.lgs. n. 50/2016, per la fornitura di una stampante multifunzione laser a colori per la sede di Bruxelles, Area relazioni con l'Unione Europea, Direzione Programmazione Economica. Determina a contrarre. Impegno di spesa pluriennale sul capitolo U0000S23915 di € 6.784,47, annualità 2022- 2025, in favore di XEROX FINANCIAL SERVICES BELUX BV/SRL. CIG Z4F36E3921.
 </t>
         </is>
       </c>
-      <c r="F207" t="s">
-[...4 lines deleted...]
-      <c r="A208">
+      <c r="F224" t="s" s="3">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225">
         <v>1781</v>
       </c>
-      <c r="B208" s="2">
+      <c r="B225" s="2">
         <v>44804</v>
       </c>
-      <c r="C208">
+      <c r="C225">
         <v>9359887718</v>
       </c>
-      <c r="E208" t="inlineStr">
+      <c r="E225" t="inlineStr">
         <is>
           <t>Prog. Reg. di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana - Fondo per la Progettazione di Opere Pubbliche - Intervento - "Realizzazione cassa di espansione torrente Acquatraversa". Deter. a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del D.L. 16 luglio 2020 n. 76, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della L. n. 108/2021, del servizio per la redazione del progetto di fattibilità tecnica-economica, definitivo ed esecutivo nonché del coordinamento della sicurezza in fase di progettazione. Prenot. a favore di creditori diversi (cod. cred. 3805) di complessivi € 407.254,80, sul cap. U0000C12170. Impegno di € 30,00 sul cap. U0000T19427 a favore di ANAC (cod. cred. 159683) - esercizi finanziari 2022-2023-2024. CUP F82B22000250005- CIG 9359887718
 </t>
         </is>
       </c>
-      <c r="F208" t="s">
-[...4 lines deleted...]
-      <c r="A209">
+      <c r="F225" t="s" s="3">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226">
         <v>1780</v>
       </c>
-      <c r="B209" s="2">
+      <c r="B226" s="2">
         <v>44803</v>
       </c>
-      <c r="C209" t="s">
-[...2 lines deleted...]
-      <c r="E209" t="inlineStr">
+      <c r="C226" t="s">
+        <v>360</v>
+      </c>
+      <c r="E226" t="inlineStr">
         <is>
           <t>Prog. Reg. di interventi per la messa in sicurezza delle infrastr viarie e per la rigenerazione urbana - Fondo per la Progett di OO.PP. - Int: "Ripristino alveo del Fosso di Tor Bella Monaca". Deter a contrarre per la proc negoziata, senza bando, ai sensi dell'art. 1, co 2, lett. b) del D.L. 16 luglio 2020 n. 76, come modif dall'art. 51, co 1, lettera a), sub. 2.2) della L. 108/2021, del servizio redazione prog di fattibilità tecnico - economica, definitivo, esecutivo, nonché del coord della sic in fase di progett. Prenot a cred div (cod. cred. 3805) di complessivi € 472.740,18 sul cap. U0000C12170. Imp di € 225,00 sul cap. U0000T19427 ad ANAC (cod. cred. 159683) - imp. € 1.723,57 al f.do incentivi al pers. -. Acc. sul cap. E0000341560 di € 1.723,57, "Fdo incent ex art.383 sexies R.R. n.1/2002 (cod. cred. 176734). es fin 2022-2023-2024. CUP F81J21000050001- CIG 93625035E3
 </t>
         </is>
       </c>
-      <c r="F209" t="s">
-[...4 lines deleted...]
-      <c r="A210">
+      <c r="F226" t="s" s="3">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227">
         <v>1779</v>
       </c>
-      <c r="B210" s="2">
+      <c r="B227" s="2">
         <v>44802</v>
       </c>
-      <c r="C210" t="s">
-[...2 lines deleted...]
-      <c r="E210" t="inlineStr">
+      <c r="C227" t="s">
+        <v>362</v>
+      </c>
+      <c r="E227" t="inlineStr">
         <is>
           <t>Prog. Reg. di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana - Fondo per la Progettazione di Opere Pubbliche - Intervento - "Lavori urgenti di difesa idraulica dalle piene del Fiume Rapido (vecchio e nuovo alveo)". Det. a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del D.L. 16 luglio 2020 n. 76, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della L. n. 108/2021, del servizio per la redazione del progetto di fattibilità tecnica-economica, definitivo ed esecutivo nonché del coordinamento della sicurezza in fase di progettazione. Prenot. a favore di creditori diversi (cod. cred. 3805) di complessivi € 395.835,60, sul cap. U0000C12170. Imp. di € 30,00 sul cap. U0000T19427 a favore di ANAC (cod. cred. 159683) - esercizi finanziari 2022-2023-2024. CUP F11J21000070001- CIG 93598822F9
 </t>
         </is>
       </c>
-      <c r="F210" t="s">
-[...4 lines deleted...]
-      <c r="A211">
+      <c r="F227" t="s" s="3">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228">
         <v>1778</v>
       </c>
-      <c r="B211" s="2">
+      <c r="B228" s="2">
         <v>44798</v>
       </c>
-      <c r="C211">
+      <c r="C228">
         <v>9359881226</v>
       </c>
-      <c r="D211" t="s">
-[...2 lines deleted...]
-      <c r="E211" t="inlineStr">
+      <c r="D228" t="s">
+        <v>9</v>
+      </c>
+      <c r="E228" t="inlineStr">
         <is>
           <t>Progr. Reg. di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana - Fondo per la&amp;nbsp;Progettazione di Opere Pubbliche - Intervento - Fiume Melfa "Lavori di costruzione e completamento delle arginature e difese&amp;nbsp;spondali dell'alveo, a difesa dell'abitato di Ponte Melfa di Atina (FR)". Det. a contrarre per l'affidamento diretto, ai sensi&amp;nbsp;dell'art. 1, comma 2, lett. a) del D.L. 16 luglio 2020 n. 76, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della L. n. 108/2021, del servizio redazione del prog. di fattibilità tecnica-economica, definitivo ed esecutivo e del coord. della sicurezza in fase di prog. Prenot. a favore di cred. div. (cod. cred. 3805) di complessivi € 342.546,00, sul cap. U0000C12170. Imp. di € 30,00 sul cap. U0000T19427 a favore di ANAC (cod. cred. 159683) - es fin 2022-2023-2024. CUP&amp;nbsp;F41J21000040001- CIG 9359881226
 </t>
         </is>
       </c>
-      <c r="F211" t="s">
-[...4 lines deleted...]
-      <c r="A212">
+      <c r="F228" t="s" s="3">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229">
         <v>1777</v>
       </c>
-      <c r="B212" s="2">
+      <c r="B229" s="2">
         <v>44782</v>
       </c>
-      <c r="C212" t="s">
-[...2 lines deleted...]
-      <c r="E212" t="inlineStr">
+      <c r="C229" t="s">
+        <v>365</v>
+      </c>
+      <c r="E229" t="inlineStr">
         <is>
           <t>Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico" Fosso Acqua Acetosa - "Lavori di sistemazione idraulica del Fosso dell'Acqua Acetosa a monte di Via C. Colombo". Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio per la redazione del progetto di fattibilità tecnica ed economica e definitivo nonché del coordinamento della sicurezza in fase di progettazione. CUP F81J21000020001- CIG 9353746B60
 </t>
         </is>
       </c>
-      <c r="F212" t="s">
-[...4 lines deleted...]
-      <c r="A213">
+      <c r="F229" t="s" s="3">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230">
         <v>1776</v>
       </c>
-      <c r="B213" s="2">
+      <c r="B230" s="2">
         <v>44771</v>
       </c>
-      <c r="C213" t="s">
-[...5 lines deleted...]
-      <c r="E213" t="inlineStr">
+      <c r="C230" t="s">
+        <v>367</v>
+      </c>
+      <c r="D230" t="s">
+        <v>9</v>
+      </c>
+      <c r="E230" t="inlineStr">
         <is>
           <t>Piano Sviluppo e Coesione Regione Lazio (PSC LAZIO). Determinazione a contrarre ex art. 32 del D.Lgs. 50/2016 finalizzata all'acquisizione, a mezzo Accordo-Quadro ex art. 54, co. 3, di un servizio di assistenza tecnica per la gestione e attuazione del Piano Sviluppo e Coesione della Regione Lazio di € 2.319.000,00 oltre IVA. Approvazione documenti tecnici e schema contratto. Prenotazione impegno sul cap. U0000C11133 a favore di Creditori diversi di € 2.829.180,00 (cod. cred.3805). Impegni sui cap. U0000C11133 di € 17.040,00 in favore del "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002" - (cod. cred.176734) - (art.113 D. Lgs. n. 50/2016), e accertamento di €. 17.040,00 sul capitolo E0000341560, a favore del Fondo Incentivi, es. fin. 2022-2025. Impegno di spesa di € 600,00 sul Capitolo U0000T19427, es. fin. 2022 a favore di ANAC (cod. cred.159683). CIG 9281807571 - CUP F81C21000000001
 </t>
         </is>
       </c>
-      <c r="F213" t="s">
-[...4 lines deleted...]
-      <c r="A214">
+      <c r="F230" t="s" s="3">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231">
         <v>1775</v>
       </c>
-      <c r="B214" s="2">
+      <c r="B231" s="2">
         <v>44777</v>
       </c>
-      <c r="C214" t="s">
-[...5 lines deleted...]
-      <c r="E214" t="inlineStr">
+      <c r="C231" t="s">
+        <v>369</v>
+      </c>
+      <c r="D231" t="s">
+        <v>9</v>
+      </c>
+      <c r="E231" t="inlineStr">
         <is>
           <t>Determinazione n. G10454 del 04/08/2022: Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". Fosso Malafede - "Fosso Malafede - Messa in sicurezza della zona urbana di Vitinia via Risaro". Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio per la redazione del progetto di fattibilità tecnica ed economica e definitivo nonché del coordinamento della sicurezza in fase di progettazione. CUP F81J21000030001- CIG 93533314EA
 Determinazione n. G18138 del 19/12/2022: Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". Fosso Malafede - "Messa in sicurezza della zona urbana di Vitinia via Risaro". Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio per la redazione del progetto di fattibilità tecnica ed economica e definitivo nonché del coordinamento della sicurezza in fase di progettazione.CUP F81J21000030001- CIG 9530539196Prenotazione a favore di creditori diversi (cod. cred. 3805) di complessivi € 162.071,17, sul cap. U0000E42142 - es. fin. 2023 - Impegno di € 30,00 sul cap. U0000T19427 a favore di ANAC (cod. cred. 159683) - es fin 2022
 </t>
         </is>
       </c>
-      <c r="F214" t="s">
-[...7 lines deleted...]
-      <c r="A215">
+      <c r="F231" t="s" s="3">
+        <v>370</v>
+      </c>
+      <c r="G231" t="s" s="3">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232">
         <v>1774</v>
       </c>
-      <c r="B215" s="2">
+      <c r="B232" s="2">
         <v>44776</v>
       </c>
-      <c r="C215" t="s">
-[...2 lines deleted...]
-      <c r="E215" t="inlineStr">
+      <c r="C232" t="s">
+        <v>372</v>
+      </c>
+      <c r="E232" t="inlineStr">
         <is>
           <t>Determinazione n. G10388 del 03/08/2022: Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". Ninfa-Sisto - "Lavori di sistemazione dell'alveo e completamento delle arginature a salvaguardia degli abitati e delle infrastrutture nei comuni di Pontinia, Sabaudia e Terracina (LT)". Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio per la redazione del progetto di fattibilità tecnica ed economica e definitivo nonché del coordinamento della sicurezza in fase di progettazione.
 Determinazione n. G18166 del 19/12/2022: Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". "Ninfa Sisto - Lavori di sistemazione dell'alveo e completamento delle arginature a salvaguardia degli abitati e delle infrastrutture nei Comuni di Pontinia, Sabaudia e Terracina (LT)". Determ a contrarre per l'affid diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del ser per la redaz del progetto di fatt tecnica ed econ e definitivo nonché del coord della sicurezza in fase di progett. CUP F11J21000060001 - CIG 95321524AC Prenot a favore di creditori diversi (cod. cred. 3805) di complessivi € 96.651,34, sul cap. U0000E42142 - es. fin 2023. Imp. di € 30,00 sul cap. U0000T19427 a favore di ANAC (cod. cred. 159683) -es fin 2022.
 </t>
         </is>
       </c>
-      <c r="F215" t="s">
-[...7 lines deleted...]
-      <c r="A216">
+      <c r="F232" t="s" s="3">
+        <v>373</v>
+      </c>
+      <c r="G232" t="s" s="3">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233">
         <v>1773</v>
       </c>
-      <c r="B216" s="2">
+      <c r="B233" s="2">
         <v>44776</v>
       </c>
-      <c r="C216" t="s">
-[...2 lines deleted...]
-      <c r="E216" t="inlineStr">
+      <c r="C233" t="s">
+        <v>375</v>
+      </c>
+      <c r="E233" t="inlineStr">
         <is>
           <t>Determinazione n. G10386 del 03/08/2022: Affidamento diretto ai sensi dell'art. 1, comma 2, lett. a del D.L. 76/2020, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della Legge n. 108/2021, del servizio per la redazione del progetto esecutivo nonché del coordinamento della sicurezza in fase di progettazione dell'intervento Fiume Marta - "Lavori di Manutenzione straordinaria e di sistemazione spondale del Fiume Marta". CUP: F18H21000060001 - CIG: 935391138C.
 Determinazione n. G18357 del 21/12/2022: Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". Fiume Marta - "Lavori di manutenzione straordinaria e di sistemazione spondale del Fiume Marta". Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della Legge n. 108/2021, del servizio per la redazione del progetto esecutivo nonché del coordinamento della sicurezza in fase di progettazione. CUP F18H21000060001- CIG 9533334417 Prenotazione a favore di creditori diversi (cod. cred. 3805) di complessivi € 20.167,96, sul cap. U0000E42142 - es. fin. 2023
 </t>
         </is>
       </c>
-      <c r="F216" t="s">
-[...7 lines deleted...]
-      <c r="A217">
+      <c r="F233" t="s" s="3">
+        <v>376</v>
+      </c>
+      <c r="G233" t="s" s="3">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234">
         <v>1772</v>
       </c>
-      <c r="B217" s="2">
+      <c r="B234" s="2">
         <v>44776</v>
       </c>
-      <c r="C217" t="s">
-[...5 lines deleted...]
-      <c r="E217" t="inlineStr">
+      <c r="C234" t="s">
+        <v>378</v>
+      </c>
+      <c r="D234" t="s">
+        <v>9</v>
+      </c>
+      <c r="E234" t="inlineStr">
         <is>
           <t>Determinazione n. G10387 del 03/08/2022: Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". Fiume Treia - "Lavori di manutenzione straordinaria del fiume Treia". Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio per la redazione del progetto esecutivo nonché del coordinamento della sicurezza in fase di progettazione.
 Determinazione n. G18146 del 19/12/2022: Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". Fiume Treia - "Lavori di manutenzione straordinaria del fiume Treia". Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio per la redazione del progetto esecutivo nonché del coordinamento della sicurezza in fase di progettazione. CUP: F48H21000060001 - CIG: 953251503C Prenotazione a favore di creditori diversi (cod. cred. 3805) di complessivi € 15.894,06, sul cap. U0000E42142 - es. fin. 2023
 </t>
         </is>
       </c>
-      <c r="F217" t="s">
-[...7 lines deleted...]
-      <c r="A218">
+      <c r="F234" t="s" s="3">
+        <v>379</v>
+      </c>
+      <c r="G234" t="s" s="3">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235">
         <v>1771</v>
       </c>
-      <c r="B218" s="2">
+      <c r="B235" s="2">
         <v>44776</v>
       </c>
-      <c r="C218" t="s">
-[...2 lines deleted...]
-      <c r="E218" t="inlineStr">
+      <c r="C235" t="s">
+        <v>381</v>
+      </c>
+      <c r="E235" t="inlineStr">
         <is>
           <t>Determinazione n. G10385 del 03/08/2022: Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". Fiume Velino - "Lavori di manutenzione straordinaria del Fiume Velino". Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio per la redazione del progetto esecutivo nonché del coordinamento della sicurezza in fase di progettazione. CUP F18H21000070001- CIG 9353699499.
 Determinazione n. G18474 del 22/12/2022: Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". Fiume Velino - "Lavori di manutenzione straordinaria del Fiume Velino". Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio per la redazione del progetto esecutivo nonché del coordinamento della sicurezza in fase di progettazione. CUP F18H21000070001- CIG 9534043D2A Prenotazione a favore di creditori diversi (cod. cred. 3805) di complessivi € 7.947,17, sul cap. U0000E42142 - es. fin. 2023
 </t>
         </is>
       </c>
-      <c r="F218" t="s">
-[...7 lines deleted...]
-      <c r="A219">
+      <c r="F235" t="s" s="3">
+        <v>382</v>
+      </c>
+      <c r="G235" t="s" s="3">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236">
         <v>1770</v>
       </c>
-      <c r="B219" s="2">
+      <c r="B236" s="2">
         <v>44776</v>
       </c>
-      <c r="C219">
+      <c r="C236">
         <v>9353679418</v>
       </c>
-      <c r="D219" t="s">
-[...2 lines deleted...]
-      <c r="E219" t="inlineStr">
+      <c r="D236" t="s">
+        <v>9</v>
+      </c>
+      <c r="E236" t="inlineStr">
         <is>
           <t>Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". Fiume Tronto - "Lavori di manutenzione straordinaria del Fiume Tronto". Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio per la redazione del progetto esecutivo nonché del coordinamento della sicurezza in fase di progettazione. CUP F48H21000070001- CIG 9353679418
 </t>
         </is>
       </c>
-      <c r="F219" t="s">
-[...4 lines deleted...]
-      <c r="A220">
+      <c r="F236" t="s" s="3">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237">
         <v>1769</v>
       </c>
-      <c r="B220" s="2">
+      <c r="B237" s="2">
         <v>44776</v>
       </c>
-      <c r="C220" t="s">
-[...2 lines deleted...]
-      <c r="E220" t="inlineStr">
+      <c r="C237" t="s">
+        <v>385</v>
+      </c>
+      <c r="E237" t="inlineStr">
         <is>
           <t>Determinazione n. G10389 del 03/08/2022: Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". Fiume Liri - "Completamento arginature, sistemazione dell'alveo e delle sponde del fiume Liri, a monte e a valle del Ponte Curvo, in comune di Pontecorvo (FR)". Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio per la redazione del progetto di fattibilità tecnica ed economica e definitivo nonché del coordinamento della sicurezza in fase di progettazione. CUP F41J21000030001- CIG 9354657B28.
 Determinazione n. G18139 del 19/12/2022: Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". Fiume Liri - "Completamento arginature, sistemazione dell'alveo e delle sponde del Fiume Liri, a monte e a valle del Ponte Curvo, in Comune di Pontecorvo (FR)". Determin a contrarre per l'affid diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio per la redazione del progetto di fattibilità tecnica ed econ e definitivo nonché del coordinamento della sicurezza in fase di progettazione. CUP: F41J21000030001- CIG: 95319806BBPrenot a favore di cred div (cod. cred. 3805) di complessivi € 74.502,38, sul cap. U0000E42142 - es. fin. 2023 - Impegno di € 30,00 sul cap. U0000T19427 a favore di ANAC (cod. cred. 159683) - es fin 2022.
 </t>
         </is>
       </c>
-      <c r="F220" t="s">
-[...7 lines deleted...]
-      <c r="A221">
+      <c r="F237" t="s" s="3">
+        <v>386</v>
+      </c>
+      <c r="G237" t="s" s="3">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238">
         <v>1768</v>
       </c>
-      <c r="B221" s="2">
+      <c r="B238" s="2">
         <v>44776</v>
       </c>
-      <c r="C221" t="s">
-[...5 lines deleted...]
-      <c r="E221" t="inlineStr">
+      <c r="C238" t="s">
+        <v>388</v>
+      </c>
+      <c r="D238" t="s">
+        <v>9</v>
+      </c>
+      <c r="E238" t="inlineStr">
         <is>
           <t>Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". Fiume Fibreno - "Completamento del sistema idraulico (scolmatore e cassa di laminazione) del fiume Fibreno". Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio per la redazione del progetto di fattibilità tecnica ed economica e definitivo nonché del coordinamento della sicurezza in fase di progettazione. CUP F81J21000040001- CIG 93530350A7
 </t>
         </is>
       </c>
-      <c r="F221" t="s">
-[...4 lines deleted...]
-      <c r="A222">
+      <c r="F238" t="s" s="3">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239">
         <v>1767</v>
       </c>
-      <c r="B222" s="2">
+      <c r="B239" s="2">
         <v>44776</v>
       </c>
-      <c r="C222" t="s">
-[...2 lines deleted...]
-      <c r="E222" t="inlineStr">
+      <c r="C239" t="s">
+        <v>390</v>
+      </c>
+      <c r="E239" t="inlineStr">
         <is>
           <t>Determinazione n. G10383 del 03/08/2022: Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico. Amaseno - "Lavori di sistemazione e completamento delle opere idrauliche a salvaguardia degli abitati e delle infrastrutture, a valle della loc. Sonnino Scalo, nei comuni di Priverno, Sonnino, Pontinia e Terracina (LT)". Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio per la redazione del progetto di fattibilità tecnica ed economica e definitivo nonché del coordinamento della sicurezza in fase di progettazione. CUP F71J21000040001- CIG: 9353265E70.
 Determinazione n. G18148 del 19/12/2022: Piano Nazionale di Ripresa e Resilienza (PNRR), nell'ambito della Missione 2, componente 4, destina con l'investimento 2.1b - "Misure per la gestione del rischio alluvione e per la riduzione del rischio idrogeologico". "Amaseno - Lavori di sistemazione e completamento delle opere idrauliche a salvaguardia degli abitati e delle infrastrutture, a valle della loc. Sonnino Scalo, nei comuni di Priverno, Sonnino, Pontinia e Terracina (LT)". Deter a contrarre per l'affid diretto, ai sensi dell'art. 1, comma 2, lett. a) del DL 16 luglio 2020 n. 76, del servizio per la redaz del prog di fat tecn ed econ e definitivo nonché del coord della sicur in fase di progett. CUP F71J21000040001- CIG 9531988D53 Prenotazione a favore di cred div (cod. cred. 3805) di € 96.651,35, sul cap. U0000E42142 - es. fin 2023. Imp. di € 30,00 sul cap. U0000T19427 a favore di ANAC (cod. cred. 159683) - es fin 2022.
 </t>
         </is>
       </c>
-      <c r="F222" t="s">
-[...7 lines deleted...]
-      <c r="A223">
+      <c r="F239" t="s" s="3">
+        <v>391</v>
+      </c>
+      <c r="G239" t="s" s="3">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240">
         <v>1766</v>
       </c>
-      <c r="B223" s="2">
+      <c r="B240" s="2">
         <v>44769</v>
       </c>
-      <c r="C223">
+      <c r="C240">
         <v>8659577</v>
       </c>
-      <c r="D223" t="s">
-[...2 lines deleted...]
-      <c r="E223" t="inlineStr">
+      <c r="D240" t="s">
+        <v>9</v>
+      </c>
+      <c r="E240" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2022 - tranche 6,&amp;nbsp;nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di&amp;nbsp;farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre.&amp;nbsp;Approvazione schemi, atti e indizione gara. Nr. Gara 8659577
 </t>
         </is>
       </c>
-      <c r="F223" t="s">
-[...4 lines deleted...]
-      <c r="A224">
+      <c r="F240" t="s" s="3">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241">
         <v>1765</v>
       </c>
-      <c r="B224" s="2">
+      <c r="B241" s="2">
         <v>44764</v>
       </c>
-      <c r="C224" t="s">
-[...5 lines deleted...]
-      <c r="E224" t="inlineStr">
+      <c r="C241" t="s">
+        <v>394</v>
+      </c>
+      <c r="D241" t="s">
+        <v>9</v>
+      </c>
+      <c r="E241" t="inlineStr">
         <is>
           <t>Intervento n. 34 - "Lavori di messa in sicurezza della «Media Valle del Tevere», a salvaguardia della Città di Roma" - II lotto, 1 stralcio". Determinazione a contrarre finalizzata all'affidamento dei lavori tramite procedura aperta ai sensi dell'art. 60 de D.Lgs n. 50/2016 e ss.mm.ii. ed approvazione atti di gara. CUP F92B17002430003 - CIG&amp;nbsp;93378448A2
 </t>
         </is>
       </c>
-      <c r="F224" t="s">
-[...4 lines deleted...]
-      <c r="A225">
+      <c r="F241" t="s" s="3">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242">
         <v>1764</v>
       </c>
-      <c r="B225" s="2">
+      <c r="B242" s="2">
         <v>44763</v>
       </c>
-      <c r="C225" t="s">
-[...5 lines deleted...]
-      <c r="E225" t="inlineStr">
+      <c r="C242" t="s">
+        <v>396</v>
+      </c>
+      <c r="D242" t="s">
+        <v>9</v>
+      </c>
+      <c r="E242" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione civile n. 558 del 15 novembre 2018 - "Lavori di sistemazione idraulica di una porzione del Fosso San Felice in Comune di Anagni - località Valle San Felice (San Filippo) e rifacimento manufatto di attraversamento della strada comunale di Anagni - Acuto". Codice Intervento 617 - Approvazione progetto esecutivo e determinazione a contrarre. CUP: F87H21001510001 - CIG: 9325074E7D.
 </t>
         </is>
       </c>
-      <c r="F225" t="s">
-[...4 lines deleted...]
-      <c r="A226">
+      <c r="F242" t="s" s="3">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243">
         <v>1763</v>
       </c>
-      <c r="C226" t="s">
-[...5 lines deleted...]
-      <c r="E226" t="inlineStr">
+      <c r="C243" t="s">
+        <v>398</v>
+      </c>
+      <c r="D243" t="s">
+        <v>9</v>
+      </c>
+      <c r="E243" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione civile n. 558 del 15 novembre 2018 - "Miglioramento e ripristino officiosità idraulica della Gronda Ovest (n. 9 Torrenti montani all'interno di centri abitati) a seguito degli eventi calamitosi del 29 e 30 ottobre 2018". Codice Intervento 610 - Approvazione progetto esecutivo e determinazione a contrarre. CUP: F37H21001250001 - CIG: 9324279E6F.
 </t>
         </is>
       </c>
-      <c r="F226" t="s">
-[...4 lines deleted...]
-      <c r="A227">
+      <c r="F243" t="s" s="3">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244">
         <v>1762</v>
       </c>
-      <c r="B227" s="2">
+      <c r="B244" s="2">
         <v>44762</v>
       </c>
-      <c r="C227">
+      <c r="C244">
         <v>9324343343</v>
       </c>
-      <c r="D227" t="s">
-[...2 lines deleted...]
-      <c r="E227" t="inlineStr">
+      <c r="D244" t="s">
+        <v>9</v>
+      </c>
+      <c r="E244" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione civile n. 558 del 15 novembre 2018 - "Miglioramento e ripristino officiosità idraulica dei fossi Capodacqua e Santa Margherita nel Comune di Cantalice (RI), a seguito degli eventi calamitosi del 29 e 30 ottobre 2018". Codice Intervento 611 - Approvazione progetto esecutivo e determinazione a contrarre. CUP: F57H21000890001 - CIG: 9324343343.
 </t>
         </is>
       </c>
-      <c r="F227" t="s">
-[...4 lines deleted...]
-      <c r="A228">
+      <c r="F244" t="s" s="3">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245">
         <v>1761</v>
       </c>
-      <c r="B228" s="2">
+      <c r="B245" s="2">
         <v>44763</v>
       </c>
-      <c r="C228">
+      <c r="C245">
         <v>9324378026</v>
       </c>
-      <c r="D228" t="s">
-[...2 lines deleted...]
-      <c r="E228" t="inlineStr">
+      <c r="D245" t="s">
+        <v>9</v>
+      </c>
+      <c r="E245" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione civile n. 558 del 15 novembre 2018 - "Ripristino officiosità idraulica del Torrente Canera nel Comune di Contigliano (Rieti), a seguito degli eventi calamitosi del 29 e 30 ottobre 2018". Codice Intervento 623 - Approvazione progetto esecutivo e determinazione a contrarre. CUP: F37H21001260001 - CIG: 9324378026.
 </t>
         </is>
       </c>
-      <c r="F228" t="s">
-[...4 lines deleted...]
-      <c r="A229">
+      <c r="F245" t="s" s="3">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246">
         <v>1760</v>
       </c>
-      <c r="B229" s="2">
+      <c r="B246" s="2">
         <v>44763</v>
       </c>
-      <c r="C229" t="s">
-[...5 lines deleted...]
-      <c r="E229" t="inlineStr">
+      <c r="C246" t="s">
+        <v>402</v>
+      </c>
+      <c r="D246" t="s">
+        <v>9</v>
+      </c>
+      <c r="E246" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione civile n. 558 del 15 novembre 2018 - "Ripristino officiosità idraulica del Torrente Lariana nel Comune di Belmonte (Rieti), a seguito degli eventi calamitosi del 28 e 29 ottobre 2018". Codice Intervento 646 - Approvazione progetto esecutivo e determinazione a contrarre. CUP: F17H21001230001 - CIG: 93244099B8.
 </t>
         </is>
       </c>
-      <c r="F229" t="s">
-[...4 lines deleted...]
-      <c r="A230">
+      <c r="F246" t="s" s="3">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247">
         <v>1759</v>
       </c>
-      <c r="C230" t="s">
-[...5 lines deleted...]
-      <c r="E230" t="inlineStr">
+      <c r="C247" t="s">
+        <v>404</v>
+      </c>
+      <c r="D247" t="s">
+        <v>9</v>
+      </c>
+      <c r="E247" t="inlineStr">
         <is>
           <t>"Progetto di una passerella ciclopedonale nella riserva naturale Valle dell'Aniene in Comune di Roma Capitale." Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della Legge n. 108/2021, del servizio per la redazione del progetto definitivo ed esecutivo nonché del coordinamento della sicurezza in fase di progettazione. CUP: F81B22001530002 - CIG: 932692452B
 </t>
         </is>
       </c>
-      <c r="F230" t="s">
-[...4 lines deleted...]
-      <c r="A231">
+      <c r="F247" t="s" s="3">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248">
         <v>1758</v>
       </c>
-      <c r="B231" s="2">
+      <c r="B248" s="2">
         <v>44760</v>
       </c>
-      <c r="C231" t="s">
-[...2 lines deleted...]
-      <c r="E231" t="inlineStr">
+      <c r="C248" t="s">
+        <v>406</v>
+      </c>
+      <c r="E248" t="inlineStr">
         <is>
           <t>PSC Lazio. Intervento cofinanziato con risorse FSC, di cui alla delibera CIPESS n. 29/2021 - Sezione speciale 2 ex POR FESR 2014-2020 Dossier - LI-ES2-0820168 - Intervento A0100E0452 "Plesso scolastico Risorgimento" in Frascati (RM). Determina a contrarre semplificata per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) della Legge n. 120 dell'11.11.2020, come modificato dall'art 51, comma 1, lett. a), sub. 2.1) della Legge n. 108 del 29.7.2021, del servizio di Coordinamento della Sicurezza in fase di Esecuzione. Disimpegno della somma di € - 6.090,03 di cui alla prenotazione di impegno n. 2022/42927- Perfezionamento della prenotazione di impegno n. 2022/42927 dell'importo di € 23.473,19 comprensivo di IVA e oneri di legge sul Cap. U0000A42502 in favore di GALILEO ENGINEERING SRL (cod. cred. 190124) Es. 2022 CUP F17D17000230009 - CIG 92310138E7
 </t>
         </is>
       </c>
-      <c r="F231" t="s">
-[...4 lines deleted...]
-      <c r="A232">
+      <c r="F248" t="s" s="3">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249">
         <v>1757</v>
       </c>
-      <c r="B232" s="2">
+      <c r="B249" s="2">
         <v>44747</v>
       </c>
-      <c r="C232">
+      <c r="C249">
         <v>8626561</v>
       </c>
-      <c r="E232" t="inlineStr">
+      <c r="E249" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2022 - tranche 5, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8626561.
 </t>
         </is>
       </c>
-      <c r="F232" t="s">
-[...4 lines deleted...]
-      <c r="A233">
+      <c r="F249" t="s" s="3">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250">
         <v>1756</v>
       </c>
-      <c r="B233" s="2">
+      <c r="B250" s="2">
         <v>44728</v>
       </c>
-      <c r="C233" t="s">
-[...5 lines deleted...]
-      <c r="E233" t="inlineStr">
+      <c r="C250" t="s">
+        <v>409</v>
+      </c>
+      <c r="D250" t="s">
+        <v>9</v>
+      </c>
+      <c r="E250" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione civile n. 558 del 15 novembre 2018 - "Lavori di messa in sicurezza di un tratto spondale e del fondo del Rio Cancello in località Capo di China nel Comune di Atina". Codice Intervento 625 - Approvazione progetto esecutivo e determinazione a contrarre. CUP: F47H21001180001 - CIG: 9278344BAD.
 </t>
         </is>
       </c>
-      <c r="F233" t="s">
-[...4 lines deleted...]
-      <c r="A234">
+      <c r="F250" t="s" s="3">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251">
         <v>1755</v>
       </c>
-      <c r="B234" s="2">
+      <c r="B251" s="2">
         <v>44733</v>
       </c>
-      <c r="C234" t="s">
-[...2 lines deleted...]
-      <c r="E234" t="inlineStr">
+      <c r="C251" t="s">
+        <v>411</v>
+      </c>
+      <c r="E251" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione civile n. 558 del 15 novembre 2018 - "Lavori di messa in sicurezza di un tratto della sponda e del fondo alveo del Rio Mandrinello nel Comune di Villa Santa Lucia". Codice Intervento 619 - Approvazione progetto esecutivo e determinazione a contrarre. CUP: F17H21001200001 - CIG: 92782340EA.
 </t>
         </is>
       </c>
-      <c r="F234" t="s">
-[...4 lines deleted...]
-      <c r="A235">
+      <c r="F251" t="s" s="3">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252">
         <v>1754</v>
       </c>
-      <c r="B235" s="2">
+      <c r="B252" s="2">
         <v>44699</v>
       </c>
-      <c r="C235" t="s">
-[...5 lines deleted...]
-      <c r="E235" t="inlineStr">
+      <c r="C252" t="s">
+        <v>413</v>
+      </c>
+      <c r="D252" t="s">
+        <v>9</v>
+      </c>
+      <c r="E252" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione civile n. 558 del 15 novembre 2018 - "Manutenzione straordinaria agli impianti di San Magno, Portella, Settecannelle, Valmaiura, San Puoto e Salto di Fondi e Barchi a seguito degli eventi ottobre 2018". Codice Intervento 622 - Approvazione progetto esecutivo e determinazione a contrarre. CUP: F77H21001020001 - CIG: 923994322E
 </t>
         </is>
       </c>
-      <c r="F235" t="s">
-[...4 lines deleted...]
-      <c r="A236">
+      <c r="F252" t="s" s="3">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253">
         <v>1753</v>
       </c>
-      <c r="B236" s="2">
+      <c r="B253" s="2">
         <v>44720</v>
       </c>
-      <c r="C236" t="s">
-[...2 lines deleted...]
-      <c r="E236" t="inlineStr">
+      <c r="C253" t="s">
+        <v>415</v>
+      </c>
+      <c r="E253" t="inlineStr">
         <is>
           <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco tecnologico e digitale ospedaliero - gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione di mammografi digitali con tomosintesi per le Aziende Sanitarie e Ospedaliere della Regione Lazio. Determina a contrarre. Approvazione schemi atti e indizione gara. Numero gara 8590913.
 </t>
         </is>
       </c>
-      <c r="F236" t="s">
-[...4 lines deleted...]
-      <c r="A237">
+      <c r="F253" t="s" s="3">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254">
         <v>1752</v>
       </c>
-      <c r="B237" s="2">
+      <c r="B254" s="2">
         <v>44705</v>
       </c>
-      <c r="C237" t="s">
-[...5 lines deleted...]
-      <c r="E237" t="inlineStr">
+      <c r="C254" t="s">
+        <v>417</v>
+      </c>
+      <c r="D254" t="s">
+        <v>9</v>
+      </c>
+      <c r="E254" t="inlineStr">
         <is>
           <t>D.G.R. n.86 del 19.02.2019 - "Opere di regimentazione e laminazione nel rispetto del principio dell'invarianza idraulica (Comuni di Guidonia Montecelio, Fonte Nuova e Sant'Angelo Romano)" - CUP F96B19004490002. Determinazione a contrarre finalizzata all'affidamento, tramite procedura negoziata ai sensi dell'art.1, comma 2, lettera b) della Legge 11 settembre 2020, n.120 come modificato dall'art. 51, comma 1, lett. a), sub 2.2 del Decreto Legge n. 77 del 31.5.2021, convertito in Legge n. 108 del 29.7.2021, previa indagine esplorativa del mercato, del servizio di Progettazione Esecutiva, Coordinamento della Sicurezza in fase di Progettazione, Direzione dei Lavori e Coordinamento della Sicurezza in fase di Esecuzione - CIG 9186753C64. Approvazione atti di gara.
 </t>
         </is>
       </c>
-      <c r="F237" t="s">
-[...4 lines deleted...]
-      <c r="A238">
+      <c r="F254" t="s" s="3">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255">
         <v>1751</v>
       </c>
-      <c r="B238" s="2">
+      <c r="B255" s="2">
         <v>44712</v>
       </c>
-      <c r="C238" t="s">
-[...5 lines deleted...]
-      <c r="E238" t="inlineStr">
+      <c r="C255" t="s">
+        <v>419</v>
+      </c>
+      <c r="D255" t="s">
+        <v>9</v>
+      </c>
+      <c r="E255" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di Convenzioni quadro per la fornitura di sistemi per la terapia a pressione negativa da destinare alle Aziende sanitarie e ospedaliere della Regione Lazio. Determinazione a contrarre. Approvazione atti e indizione gara
 </t>
         </is>
       </c>
-      <c r="F238" t="s">
-[...4 lines deleted...]
-      <c r="A239">
+      <c r="F255" t="s" s="3">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256">
         <v>1750</v>
       </c>
-      <c r="B239" s="2">
+      <c r="B256" s="2">
         <v>44715</v>
       </c>
-      <c r="C239" t="s">
-[...2 lines deleted...]
-      <c r="E239" t="inlineStr">
+      <c r="C256" t="s">
+        <v>421</v>
+      </c>
+      <c r="E256" t="inlineStr">
         <is>
           <t>Lavori di movim. dei sedimenti incile del Fiume Marta comune di Marta Lago di Bolsena (VT). Determ. a contrarre in forma sempl. ai sensi art.32, c.2 2 periodo D.Lgs. 50/2016 per affid.to, in applic.art.1, c.2, lett. a) L. 11/09/2020, n. 120 conv. in L. del DL 76/2020, come modif. art. 51, c.1, lett. a), sub. 1), L. n. 108 del 2021). Affid.to esec. lavori a DEGLI STEFANI COSTRUZIONI SRL (cod. cred.149744). Imp. sul capitolo U0000E41913 euro 167.040,29 a favore di DEGLI STEFANI COSTRUZIONI SRL SRL (cod. cred.149744) ed euro 2.781,61 a favore di Fondo inc.vi ex art. 383 sexies R.R. N. 1/2002 (cod. 176734). Imp. euro 30,00 cap. U0000T19427 a favore di Aut. Naz. Antic. (cod.159683). Acc.ti cap. entrata n. E0000341559 Euro 2.225,29, n. E0000341562 e n. E0000341563 Euro 278,16 a F.do inc.vi ex art. 383 R.R. N. 1/2002 (cod. 176734). Esercizio finanziario 2022.
 </t>
         </is>
       </c>
-      <c r="F239" t="s">
-[...4 lines deleted...]
-      <c r="A240">
+      <c r="F256" t="s" s="3">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257">
         <v>1749</v>
       </c>
-      <c r="B240" s="2">
+      <c r="B257" s="2">
         <v>44707</v>
       </c>
-      <c r="C240" t="s">
-[...2 lines deleted...]
-      <c r="E240" t="inlineStr">
+      <c r="C257" t="s">
+        <v>423</v>
+      </c>
+      <c r="E257" t="inlineStr">
         <is>
           <t>Determinazione a contrarre per l'affidamento di servizi assistenza tecnica nell'ambito del PR FESR 21-27 mediante Accordo Quadro aggiudicato con procedura aperta, n. G06269 del 19/05/2022. CIG:9097439428-9125293DFE-9125334FD. Rettifica errore materiale allegato 2 del Disciplinare di gara.
 </t>
         </is>
       </c>
-      <c r="F240" t="s">
-[...4 lines deleted...]
-      <c r="A241">
+      <c r="F257" t="s" s="3">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258">
         <v>1748</v>
       </c>
-      <c r="B241" s="2">
+      <c r="B258" s="2">
         <v>44707</v>
       </c>
-      <c r="C241" t="s">
-[...2 lines deleted...]
-      <c r="E241" t="inlineStr">
+      <c r="C258" t="s">
+        <v>423</v>
+      </c>
+      <c r="E258" t="inlineStr">
         <is>
           <t>Det. a contrarre-Affid. servizi assistenza tecnica PR FESR 21-27 mediante Accordo Quadro aggiudicato con proc. aperta. Disaccert. €11.499.597,64 cap.E0000413151 e €12.074.577,52 cap.E0000421159-annullam. prenot. €45.027.387 cap.U0000C21900, U0000A44101, U0000A44102, U0000A44103-ee.ff. 2022/28. Accer-tam. €11.499.597,80 cap. E0000413151 e €12.074.577,70 cap.E0000421159 verso M.E.F.-prenot. di imp.€45.027.387,41 cap.U0000C21900, U0000A44101, U0000A44102, U0000A44103 a Cred. Div.-ee.ff. 2023/26. Impegno €800,00 cap.U0000T19427 A.N.ACe.f.2022. Accertam. incentivi €110.427,82 cap.E0000413151 e €115.949,22 cap.E0000421159 verso M.E.F.-ee.ff. 2022/26. Cap. U0000A44101, U0000A44102, U0000A44103 - impegno €129.915,09 a Fondo Inc. e.f. 2022 - prenot. di imp. €146.154,47 a Cred. Div.- ee.ff.2023/26. Accertam. €129.915,09 cap. E0000341560 Fondo Inc.-e.f.2022. CIG:9097439428- 9125293DFE-9125334FD
 </t>
         </is>
       </c>
-      <c r="F241" t="s">
-[...4 lines deleted...]
-      <c r="A242">
+      <c r="F258" t="s" s="3">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259">
         <v>1747</v>
       </c>
-      <c r="B242" s="2">
+      <c r="B259" s="2">
         <v>44700</v>
       </c>
-      <c r="C242" t="s">
-[...5 lines deleted...]
-      <c r="E242" t="inlineStr">
+      <c r="C259" t="s">
+        <v>426</v>
+      </c>
+      <c r="D259" t="s">
+        <v>9</v>
+      </c>
+      <c r="E259" t="inlineStr">
         <is>
           <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco&amp;nbsp;tecnologico e digitale ospedaliero - Gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione di tomografi a&amp;nbsp;risonanza magnetica per le Aziende Sanitarie e Ospedaliere della Regione Lazio. Determina a contrarre. Approvazione schemi&amp;nbsp;atti e indizione gara. Numero gara 8562128.
 </t>
         </is>
       </c>
-      <c r="F242" t="s">
-[...4 lines deleted...]
-      <c r="A243">
+      <c r="F259" t="s" s="3">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260">
         <v>1746</v>
       </c>
-      <c r="B243" s="2">
+      <c r="B260" s="2">
         <v>44694</v>
       </c>
-      <c r="C243" t="s">
-[...2 lines deleted...]
-      <c r="E243" t="inlineStr">
+      <c r="C260" t="s">
+        <v>428</v>
+      </c>
+      <c r="E260" t="inlineStr">
         <is>
           <t>Determina a contrarre, ai sensi dell'art. 32 del d.lgs. 50/2016, per l'indizione di una procedura aperta finalizzata all'acquisizione di arredi per ufficio a ridotto impatto ambientale occorrenti alle sedi provinciali della Regione Lazio, della durata di 12 mesi. Provvedimento di indizione ed approvazione atti. Prenotazione impegno di spesa in favore di creditori diversi per euro 2.407.180,41 sul Cap. U0000S22509 - es. fin. 2022/2023. Impegno di spesa di euro 21.704,09 sul capitolo U0000S22509 e relativi accertamenti a favore del fondo incentivi sul Cap. E0000341559 per euro 17.363,27 sul Cap. E0000341562 per euro 2.170,41 e sul Cap. E0000341563 per euro 2.170,41. Impegno di spesa euro 600,00 a favore di ANAC sul Cap. U0000T19427 - es. fin. 2022. Numero Gara 8529652 - Lotto 1 CIG n.919265962F - Lotto 2 CIG n.9192665B21 - Lotto 3 CIG n.9192675364.
 </t>
         </is>
       </c>
-      <c r="F243" t="s">
-[...4 lines deleted...]
-      <c r="A244">
+      <c r="F260" t="s" s="3">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261">
         <v>1745</v>
       </c>
-      <c r="B244" s="2">
+      <c r="B261" s="2">
         <v>44683</v>
       </c>
-      <c r="C244" t="s">
-[...5 lines deleted...]
-      <c r="E244" t="inlineStr">
+      <c r="C261" t="s">
+        <v>430</v>
+      </c>
+      <c r="D261" t="s">
+        <v>9</v>
+      </c>
+      <c r="E261" t="inlineStr">
         <is>
           <t>Determina a contrarre per procedura ex art. 60 del DLgs 50/2016 per l'affidamento dei servizi del piano di assistenza sanitaria integrativa della Regione Lazio. Prenotazione impegno sul cap. U0000S13414 di complessivi € 6.080,256,00 di cui € 1.520.064,00 EF. 2022, €3.040.128,00 E.F. 2023, €1.520.064,00 E.F. 2024, a favore di "Creditori Diversi". Perfezionamento della prenotazione 572/2023 per €57.328,40, a favore di "Creditori Diversi". Impegno sul cap. U0000S13414 di €66.882,81 e accertamento sui cap. E0000341559, E0000341562 e E0000341563 a favore del fondo incentivi E.F. 2022, 2023 e 2024. Impegno sul cap. U0000T19427 E.F. 2022 di €800,00 a favore dell'A.N.AC. Disimpegno impegni nn. 179141, 179142 e 179145/2021 e disaccertamento nn. 14803, 14804 e 14805/2021. Impegno a favore della Soc. Lexmedia srl di €2.101,82 sul cap. U0000S23427 E.F. 2022. CIG 9142606D22 - CIG ZDC35AFFEC
 </t>
         </is>
       </c>
-      <c r="F244" t="s">
-[...4 lines deleted...]
-      <c r="A245">
+      <c r="F261" t="s" s="3">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262">
         <v>1744</v>
       </c>
-      <c r="B245" s="2">
+      <c r="B262" s="2">
         <v>44680</v>
       </c>
-      <c r="C245">
+      <c r="C262">
         <v>8517298</v>
       </c>
-      <c r="E245" t="inlineStr">
+      <c r="E262" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2022 - tranche 4, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8517298.
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="F245" t="s">
-[...4 lines deleted...]
-      <c r="A246">
+      <c r="F262" t="s" s="3">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263">
         <v>1743</v>
       </c>
-      <c r="B246" s="2">
+      <c r="B263" s="2">
         <v>44680</v>
       </c>
-      <c r="C246" t="inlineStr">
+      <c r="C263" t="inlineStr">
         <is>
           <t>91918033CB;91918667C7;919238975F;919240221B;91924108B3;9192419023;91924265E8;9192434C80; 9192446669;9192451A88;9192456EA7;91924612CB;91924666EA;9192472BDC;91924791A6;919248676B; 9192494E03;91925002FA;91925067EC;919258591D;9192589C69;9192595160;919260057F</t>
         </is>
       </c>
-      <c r="E246" t="inlineStr">
+      <c r="E263" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata a procedura aperta, sopra soglia comunitaria, finalizzata alla stipula di Accordi Quadro per l'acquisizione e la distribuzione di ausili monouso per stomie da destinare in assistenza territoriale ai pazienti delle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.
 </t>
         </is>
       </c>
-      <c r="F246" t="s">
-[...4 lines deleted...]
-      <c r="A247">
+      <c r="F263" t="s" s="3">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264">
         <v>1742</v>
       </c>
-      <c r="B247" s="2">
+      <c r="B264" s="2">
         <v>44677</v>
       </c>
-      <c r="C247" t="s">
-[...5 lines deleted...]
-      <c r="E247" t="inlineStr">
+      <c r="C264" t="s">
+        <v>434</v>
+      </c>
+      <c r="D264" t="s">
+        <v>9</v>
+      </c>
+      <c r="E264" t="inlineStr">
         <is>
           <t>Approvazione atti ed indizione della gara comunitaria centralizzata a procedura aperta per l'affidamento del servizio di tesoreria occorrente alle Aziende Sanitarie locali Roma 2, Roma 3, Roma 4, Rieti e Viterbo della Regione Lazio. Determina a contrarre. Approvazione schemi, atti e indizione gara. Numero Gara 8537979
 </t>
         </is>
       </c>
-      <c r="F247" t="s">
-[...4 lines deleted...]
-      <c r="A248">
+      <c r="F264" t="s" s="3">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265">
         <v>1741</v>
       </c>
-      <c r="B248" s="2">
+      <c r="B265" s="2">
         <v>44624</v>
       </c>
-      <c r="C248" t="s">
-[...5 lines deleted...]
-      <c r="E248" t="inlineStr">
+      <c r="C265" t="s">
+        <v>436</v>
+      </c>
+      <c r="D265" t="s">
+        <v>9</v>
+      </c>
+      <c r="E265" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 652 - "intervento di manutenzione straordinaria dell'alveo del fiume Mignone nella parte a monte dell'attraversamento con la SS 1 Aurelia". Determinazione a contrarre. CUP F87H21004840001.
 </t>
         </is>
       </c>
-      <c r="F248" t="s">
-[...4 lines deleted...]
-      <c r="A249">
+      <c r="F265" t="s" s="3">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266">
         <v>1740</v>
       </c>
-      <c r="B249" s="2">
+      <c r="B266" s="2">
         <v>44673</v>
       </c>
-      <c r="C249" t="s">
-[...5 lines deleted...]
-      <c r="E249" t="inlineStr">
+      <c r="C266" t="s">
+        <v>438</v>
+      </c>
+      <c r="D266" t="s">
+        <v>9</v>
+      </c>
+      <c r="E266" t="inlineStr">
         <is>
           <t>Manutenzione degli impianti idrovori di Via Ferloni, Via di Villa Livia e Via Frassineto, anche in caso di piena, siti nel Comune di Roma. Determinazione di approvazione progetto, a contrarre, nomina gruppo di supporto al RUP, prenotazioni impegni a favore di creditori determinabili (cod. 3805) per € 347.822,97 sul cap. U0000E41918, impegno di spesa a favore "fondo incentivi ex art. 383 sexies R.R. n. 1/2002 (cod. cred. 176734)" per € 4.349,31 sul cap. U0000E41918, impegno di spesa a favore dell'Autorità Nazionale Anticorruzione (cod. cred. 159683) per € 225,00 sul capitolo U0000T19427, accertamento in entrata cap. E0000341559 € 2.602,63, cap. E0000341562 € 873,34, cap. E0000341563 € 873,34 a favore del "fondo incentivi ex art. 383 sexies R.R. n. 1/2002 (cod. cred. 176734)" esercizio finanziario 2022 - 2023 - 2024. CUP F86G21002570002 - CIG 90173486FB. M.O./346
 </t>
         </is>
       </c>
-      <c r="F249" t="s">
-[...4 lines deleted...]
-      <c r="A250">
+      <c r="F266" t="s" s="3">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267">
         <v>1739</v>
       </c>
-      <c r="B250" s="2">
+      <c r="B267" s="2">
         <v>44560</v>
       </c>
-      <c r="C250" t="s">
-[...5 lines deleted...]
-      <c r="E250" t="inlineStr">
+      <c r="C267" t="s">
+        <v>440</v>
+      </c>
+      <c r="D267" t="s">
+        <v>9</v>
+      </c>
+      <c r="E267" t="inlineStr">
         <is>
           <t>Determina a contrarre ai sensi dell'art. 32 del D.lgs. 50/2016 per l'espletamento di una procedura negoziata per la stipula di un Accordo Quadro per i lavori di messa in sicurezza e di manutenzione delle essenze arboree ubicate nel complesso immobiliare denominato "Ex ospedale Forlanini". Prenotazioni sul Bilancio Pluriennale della Regione Lazio, e.f. 2022, sul capitolo U0000S22501:€ 826.298,85 a creditori diversi per lavori, € 41.314,94 a creditori diversi per imprevisti,€ 48.531,60 a creditori diversi per incarico D.L.,€ 31.720,00 a creditori diversi per incarico C.S.E.Impegno sul Bilancio Pluriennale della Regione Lazio, e.f. 2021-22, sul capitolo U0000S22501, per € 15.536,08, accertamento in entrata di € 15.536,08 sui capitoli E0000341559, E0000341562 e E00000341563, e.f. 2022, per incentivi. Impegno di € 375,00 sul Capitolo U0000T19427, es. fin. 2022, a favore di ANAC
 </t>
         </is>
       </c>
-      <c r="F250" t="s">
-[...4 lines deleted...]
-      <c r="A251">
+      <c r="F267" t="s" s="3">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268">
         <v>1738</v>
       </c>
-      <c r="B251" s="2">
+      <c r="B268" s="2">
         <v>44666</v>
       </c>
-      <c r="C251" t="s">
-[...5 lines deleted...]
-      <c r="E251" t="inlineStr">
+      <c r="C268" t="s">
+        <v>442</v>
+      </c>
+      <c r="D268" t="s">
+        <v>9</v>
+      </c>
+      <c r="E268" t="inlineStr">
         <is>
           <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco tecnologico e digitale ospedaliero - gara comunitaria, a procedura aperta finalizzata all'acquisizione di acceleratori lineari per le aziende sanitarie e ospedaliere IFO, San Giovanni Addolorata, Roma 1, Viterbo, Frosinone. Determina a contrarre. Approvazione schemi atti e indizione gara. Numero gara 8501913
 </t>
         </is>
       </c>
-      <c r="F251" t="s">
-[...4 lines deleted...]
-      <c r="A252">
+      <c r="F268" t="s" s="3">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269">
         <v>1737</v>
       </c>
-      <c r="B252" s="2">
+      <c r="B269" s="2">
         <v>44666</v>
       </c>
-      <c r="C252" t="s">
-[...5 lines deleted...]
-      <c r="E252" t="inlineStr">
+      <c r="C269" t="s">
+        <v>444</v>
+      </c>
+      <c r="D269" t="s">
+        <v>9</v>
+      </c>
+      <c r="E269" t="inlineStr">
         <is>
           <t>Lavori di consolidamento della Rupe in località Mercatello, a completamento dell'intervento di somma urgenza per movimento franoso nel Comune di Bagnoregio Determina a contrarre semplificata per l'affidamento diretto ai sensi dell'art. 1, comma 2, lett. a) della Legge n. 120/20, come modificato dall'art 51, comma 1, lett. a), sub. 2.1) della Legge n. 108/21 del Servizio di Collaboratore Archeologo durante le operazioni di movimentazione terra per l'ultimazione lavori - a seguito di variante e recesso. Disimpegno di € 2.735,69= per ribasso d'asta e perfezionamento della prenotazione d'impegno di spesa n. 2022/2885 dell'importo di € 24.621,26 sul capitolo U0000E42510, es. fin. 2022, a favore del Dott. Francesco Borsari (cod. cred. 13279).C CUP F69D15001850002_CIG 91504874C0
 </t>
         </is>
       </c>
-      <c r="F252" t="s">
-[...4 lines deleted...]
-      <c r="A253">
+      <c r="F269" t="s" s="3">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270">
         <v>1736</v>
       </c>
-      <c r="B253" s="2">
+      <c r="B270" s="2">
         <v>44656</v>
       </c>
-      <c r="C253" t="s">
-[...5 lines deleted...]
-      <c r="E253" t="inlineStr">
+      <c r="C270" t="s">
+        <v>446</v>
+      </c>
+      <c r="D270" t="s">
+        <v>9</v>
+      </c>
+      <c r="E270" t="inlineStr">
         <is>
           <t>Determinazione a contrarre - Gara comunitaria a procedura aperta ai sensi degli artt. 58 e 60 del D. Lgs. 50/2016 per l'affidamento, tramite accordo quadro, dei servizi di rilevazione dei beni mobiliari e immobiliari di proprietà della Regione Lazio, suddivisa in due lotti.Prenotazione di € 5.551.041,60 sul cap. U0000C21924, Es. Fin. 2022-2024, in favore di Creditori diversi, impegno di € 600,00 a favore di ANAC sul cap. U0000T19427. Es. Fin. 2022, impegno e contestuale accertamento a favore del fondo incentivi, ai sensi dell'art.113 del Dlgs 50/2016, della complessiva di € 20.020,15 sul capitolo U0000C21924 es fin 2022-2025 e sui capitoli E0000341559 per € 16 016,12, E0000341562 per € 2.002,01 e E0000341563 per € 2.002,01.CIG Lotto1 9149163028 CIG, Lotto 2 9149295D12.
 </t>
         </is>
       </c>
-      <c r="F253" t="s">
-[...4 lines deleted...]
-      <c r="A254">
+      <c r="F270" t="s" s="3">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271">
         <v>1734</v>
       </c>
-      <c r="B254" s="2">
+      <c r="B271" s="2">
         <v>44644</v>
       </c>
-      <c r="C254" t="s">
-[...2 lines deleted...]
-      <c r="E254" t="inlineStr">
+      <c r="C271" t="s">
+        <v>448</v>
+      </c>
+      <c r="E271" t="inlineStr">
         <is>
           <t>Determina a contrarre ex art. 32, comma 2, D.lgs. 50/2016, per l’indizione di una procedura aperta, ex art. 60 del D.lgs. 50/2016, per l'affidamento del “Servizio di pubblicazioni legali dei bandi e avvisi di gara della Giunta della Regione Lazio”. Lotto unico. Prenotazione impegno di spesa per complessivi € 259.860,00 in favore di creditori diversi sui Cap. U0000S23427 e U0000S23917, Es.Fin. 2022-23, per l’affidamento del servizio. Impegno di spesa di € 225,00 sul Cap. U0000T19427 Es.Fin. 2022 per il pagamento del contributo in favore dell’ANAC. Impegno di spesa complessivo di € 3.580,53, di cui € 2.307,37 sul Cap. U0000S23427 e € 1.273,16 sul Cap. U0000S23917 Es.Fin. 2022-23, e relativo accertamento in entrata per complessivi € 3.580,53, sui Cap. E0000341559-E0000341562-E0000341563 Es.Fin. 2022-23 a favore del Fondo incentivi ex art. 383 sexies R.R. n. 1/2002. CIG 9138290378.
 </t>
         </is>
       </c>
-      <c r="F254" t="s">
-[...4 lines deleted...]
-      <c r="A255">
+      <c r="F271" t="s" s="3">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272">
         <v>1733</v>
       </c>
-      <c r="C255">
+      <c r="C272">
         <v>9085439571</v>
       </c>
-      <c r="D255" t="s">
-[...2 lines deleted...]
-      <c r="E255" t="inlineStr">
+      <c r="D272" t="s">
+        <v>9</v>
+      </c>
+      <c r="E272" t="inlineStr">
         <is>
           <t>PR FESR LAZIO 2021-2027. Progetto A0393B0006. Determinazione a contrarre ai sensi dell'art. 51 co. 1 lett. a) DL 77/2021, convertito con modificazioni dalla L. 29/7/2021, n. 108, tramite procedura negoziata senza pubblicazione di bando di gara per l'acquisizione di un servizio di banche dati nel settore Information &amp;amp; Communication Tecnology, per un importo a base d'asta di € 185.000,00 IVA esclusa. Prenotazione impegno € 225.700,00 a favore di Creditori Diversi e impegno di € 1.890,78 a favore del Fondo Incentivi, sui capitoli U0000A44101, U0000A44102 e U0000A44103 E.F. 2022-2023. Accertamenti di € 186.624,44 sui capitoli E0000413151, E0000421159 E.F. 2022-2023. Accertamento di € 1.890,78 sul capitolo E0000341560 E.F. 2022-2023. Impegno € 225,00 sul capitolo U0000T19427 E.F. 2022 a favore ANAC. CIG 9085439571 CUP F89J22001650009.
 </t>
         </is>
       </c>
-      <c r="F255" t="s">
-[...4 lines deleted...]
-      <c r="A256">
+      <c r="F272" t="s" s="3">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273">
         <v>1732</v>
       </c>
-      <c r="B256" s="2">
+      <c r="B273" s="2">
         <v>44629</v>
       </c>
-      <c r="C256">
+      <c r="C273">
         <v>9117755174</v>
       </c>
-      <c r="D256" t="s">
-[...2 lines deleted...]
-      <c r="E256" t="inlineStr">
+      <c r="D273" t="s">
+        <v>9</v>
+      </c>
+      <c r="E273" t="inlineStr">
         <is>
           <t>D.G.R. n. 1030 del 22/12/2020. "Fiume Tevere manutenzione alveo e difese spondali da Ponte Marconi a Ponte Mezzocammino" - Determinazione a contrarre finalizzata all'affidamento dei lavori tramite procedura negoziata di cui all'art. 1, comma 2, lett. b), del Decreto-Legge n. 76 del 16.7.2020, come modificato dall'art. 51, comma 1, lettera b), sub. 2.2) della Legge n. 108/2021, e approvazione atti di gara. CUP: F89J19000650001 - CIG: 9117755174
 </t>
         </is>
       </c>
-      <c r="F256" t="s">
-[...4 lines deleted...]
-      <c r="A257">
+      <c r="F273" t="s" s="3">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274">
         <v>1731</v>
       </c>
-      <c r="B257" s="2">
+      <c r="B274" s="2">
         <v>44628</v>
       </c>
-      <c r="C257" t="s">
-[...2 lines deleted...]
-      <c r="E257" t="inlineStr">
+      <c r="C274" t="s">
+        <v>452</v>
+      </c>
+      <c r="E274" t="inlineStr">
         <is>
           <t>Attuazione della D.G.R. 21/12/2021 n. 974 di recepimento delle Linee di indirizzo sulle modalità attuative dell'Investimento 2.1 "Attrattività dei borghi" Linea di Azione A del Piano Nazionale di Ripresa e resilienza PNRR. Determinazione a contrarre semplificata, ai sensi dell'art.32, c. 2 D.Lgs. 50/2016, per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) della Legge 11/09/2020, n. 120 e ss.mm., del servizio per la predisposizione di una proposta progettuale da presentare al MiC, definita nei contenuti di dettaglio, di rigenerazione culturale, sociale ed economica dei borghi storici a rischio di abbandono o abbandonati e di supporto in tutte le fasi di negoziazione con il comitato tecnico istituito dal MiC. Impegno di spesa di euro 119.560,00 a favore della Società PTSCLAS S.p.A. (Cod. cred. 11247) sul Cap. U0000C12170, E.F. 2022. CUP F44E22000110002 - CIG 910622676A
 </t>
         </is>
       </c>
-      <c r="F257" t="s">
-[...4 lines deleted...]
-      <c r="A258">
+      <c r="F274" t="s" s="3">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275">
         <v>1730</v>
       </c>
-      <c r="B258" s="2">
+      <c r="B275" s="2">
         <v>44623</v>
       </c>
-      <c r="C258">
+      <c r="C275">
         <v>8469584</v>
       </c>
-      <c r="D258" t="s">
-[...2 lines deleted...]
-      <c r="E258" t="inlineStr">
+      <c r="D275" t="s">
+        <v>9</v>
+      </c>
+      <c r="E275" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione di Vaccini anti influenzali 2022/2023 occorrenti alle Aziende Sanitarie della Regione Lazio, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori. - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8469584.
 </t>
         </is>
       </c>
-      <c r="F258" t="s">
-[...4 lines deleted...]
-      <c r="A259">
+      <c r="F275" t="s" s="3">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276">
         <v>1729</v>
       </c>
-      <c r="B259" s="2">
+      <c r="B276" s="2">
         <v>44622</v>
       </c>
-      <c r="C259" t="s">
-[...5 lines deleted...]
-      <c r="E259" t="inlineStr">
+      <c r="C276" t="s">
+        <v>455</v>
+      </c>
+      <c r="D276" t="s">
+        <v>9</v>
+      </c>
+      <c r="E276" t="inlineStr">
         <is>
           <t>Lavori di riqualificazione ambientale dell'area in Comune di Castel Gandolfo (RM) occupato dalla torre di arrivo e dalle tribune per le gare della canoa realizzate per le olimpiadi di Roma 1960. Determinazione a contrarre finalizzata all'affidamento dei lavori tramite procedura negoziata ai sensi dell'art. 1, comma 2, lett. b), del Decreto legge n. 76 del 16.7.2020, convertito in Legge n. 120 dell'11.9.2020, come modificato dall'art. 51 comma 1, lettera a), sub. 2.2), decreto-legge n. 77 del 2021, convertito in Legge 108 del 2021. Approvazione degli atti di gara. CUP: F87H21006370002 - CIG: 91211746E5
 </t>
         </is>
       </c>
-      <c r="F259" t="s">
-[...4 lines deleted...]
-      <c r="A260">
+      <c r="F276" t="s" s="3">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277">
         <v>1728</v>
       </c>
-      <c r="B260" s="2">
+      <c r="B277" s="2">
         <v>44609</v>
       </c>
-      <c r="C260">
+      <c r="C277">
         <v>9091504271</v>
       </c>
-      <c r="D260" t="s">
-[...2 lines deleted...]
-      <c r="E260" t="inlineStr">
+      <c r="D277" t="s">
+        <v>9</v>
+      </c>
+      <c r="E277" t="inlineStr">
         <is>
           <t>Intervento 12IR080/G3 "Fosso di Vallerano - Messa in sicurezza della zona urbana del torrino". Determinazione a contrarre&amp;nbsp;per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio per la&amp;nbsp;redazione del progetto di fattibilità tecnica ed economica, definitivo ed esecutivo nonché del coordinamento della sicurezza in&amp;nbsp;fase di progettazione. CUP F89J15003900001 - CIG 9091504271
 </t>
         </is>
       </c>
-      <c r="F260" t="s">
-[...4 lines deleted...]
-      <c r="A261">
+      <c r="F277" t="s" s="3">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278">
         <v>1727</v>
       </c>
-      <c r="B261" s="2">
+      <c r="B278" s="2">
         <v>44540</v>
       </c>
-      <c r="C261" t="s">
-[...5 lines deleted...]
-      <c r="E261" t="inlineStr">
+      <c r="C278" t="s">
+        <v>458</v>
+      </c>
+      <c r="D278" t="s">
+        <v>9</v>
+      </c>
+      <c r="E278" t="inlineStr">
         <is>
           <t>ACCESS-POINT2021 Determinazione a contrarre per affidamento diretto, ai sensi dell'art. 1, comma 2 lett. a) del Decreto Legge n. 76/2020, convertito con modificazioni dalla Legge n. 120/2020, come modificato dall'art. 51 del Decreto Legge n. 77/2021, convertito con modificazioni dalla Legge n. 108/2021, per la fornitura di apparati di rete di tipo Access Point da destinare alla nuova sede della Regione Lazio ""Camporomano"". Prenotazione Impegno di € 25.620,00 (IVA inclusa) sul capitolo U0000S26502 a favore di Creditori Diversi (cod. cred. 3805). Esercizio finanziario 2022. Nomina del Responsabile Unico del Procedimento. CIG: Z0B341D1E0
 </t>
         </is>
       </c>
-      <c r="F261" t="s">
-[...4 lines deleted...]
-      <c r="A262">
+      <c r="F278" t="s" s="3">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279">
         <v>1726</v>
       </c>
-      <c r="B262" s="2">
+      <c r="B279" s="2">
         <v>44596</v>
       </c>
-      <c r="C262" t="s">
-[...5 lines deleted...]
-      <c r="E262" t="inlineStr">
+      <c r="C279" t="s">
+        <v>460</v>
+      </c>
+      <c r="D279" t="s">
+        <v>9</v>
+      </c>
+      <c r="E279" t="inlineStr">
         <is>
           <t>Intervento n. 14 "Lavori di consolidamento del versante lungo il Fosso Manganello, a valle di Via della Circonvallazione, nel Comune di Cerveteri (RM)" - Determinazione a contrarre e affidamento del servizio di Collaudo statico. CUP C96J13000760005 - CIG 9074083A2B
 </t>
         </is>
       </c>
-      <c r="F262" t="s">
-[...4 lines deleted...]
-      <c r="A263">
+      <c r="F279" t="s" s="3">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280">
         <v>1725</v>
       </c>
-      <c r="B263" s="2">
+      <c r="B280" s="2">
         <v>44589</v>
       </c>
-      <c r="C263" t="s">
-[...5 lines deleted...]
-      <c r="E263" t="inlineStr">
+      <c r="C280" t="s">
+        <v>462</v>
+      </c>
+      <c r="D280" t="s">
+        <v>9</v>
+      </c>
+      <c r="E280" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 651 denominato: "Intervento di manutenzione straordinaria dell'alveo del fiume Salto nei Comuni di Rieti loc. Casette, Cittaducale (RI) loc. Grotti e Petrella Salto". Determinazione a contrarre. CUP F17H21002730002.
 </t>
         </is>
       </c>
-      <c r="F263" t="s">
-[...4 lines deleted...]
-      <c r="A264">
+      <c r="F280" t="s" s="3">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281">
         <v>1724</v>
       </c>
-      <c r="B264" s="2">
+      <c r="B281" s="2">
         <v>44585</v>
       </c>
-      <c r="C264">
+      <c r="C281">
         <v>9076049093</v>
       </c>
-      <c r="D264" t="s">
-[...2 lines deleted...]
-      <c r="E264" t="inlineStr">
+      <c r="D281" t="s">
+        <v>9</v>
+      </c>
+      <c r="E281" t="inlineStr">
         <is>
           <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 654 denominato "Lavori straordinari ed urgenti di manutenzione dell'alveo del fiume Marta dalla SS 1 Aurelia alla Foce in Comune di Tarquinia". Determinazione a contrarre. CUP F87H21009700001.
 </t>
         </is>
       </c>
-      <c r="F264" t="s">
-[...4 lines deleted...]
-      <c r="A265">
+      <c r="F281" t="s" s="3">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282">
         <v>1723</v>
       </c>
-      <c r="B265" s="2">
+      <c r="B282" s="2">
         <v>44589</v>
       </c>
-      <c r="C265">
+      <c r="C282">
         <v>9082940733</v>
       </c>
-      <c r="D265" t="s">
-[...2 lines deleted...]
-      <c r="E265" t="inlineStr">
+      <c r="D282" t="s">
+        <v>9</v>
+      </c>
+      <c r="E282" t="inlineStr">
         <is>
           <t>Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, dei "Lavori di raccolta del materiale galleggiante con apposita barriera sul Fiume Aniene in comune di Roma (RM)". CIG 9082940733 - CUP G17H03000130001. Indizione nuova procedura di gara.
 </t>
         </is>
       </c>
-      <c r="F265" t="s">
-[...4 lines deleted...]
-      <c r="A266">
+      <c r="F282" t="s" s="3">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283">
         <v>1722</v>
       </c>
-      <c r="B266" s="2">
+      <c r="B283" s="2">
         <v>44419</v>
       </c>
-      <c r="C266" t="s">
-[...5 lines deleted...]
-      <c r="E266" t="inlineStr">
+      <c r="C283" t="s">
+        <v>466</v>
+      </c>
+      <c r="D283" t="s">
+        <v>9</v>
+      </c>
+      <c r="E283" t="inlineStr">
         <is>
           <t>Determina a contrarre, Approvazione atti e indizione gara comunitaria centralizzata a procedura aperta per l'affidamento dei servizi di n.3 centri antiviolenza e di n.3 case rifugio per donne vittime di violenza. Durata affidamento 24 mesi. Prenotazione di spesa euro 1.728.866,88 IVA inclusa sul Capitolo U0000H41976 Missione 12 programma 04 es. fin. 2021-2022-2023. Assunzione impegno di spesa sul cap. U0000T19427 a favore di ANAC (cod. cred. 159683) di € 600,00 - es. fin. 2021. Lotto 1: CIG 8831441FA6 - Lotto 2: CIG 8831460F54 - Lotto 3: CIG 8831470797
 </t>
         </is>
       </c>
-      <c r="F266" t="s">
-[...4 lines deleted...]
-      <c r="A267">
+      <c r="F283" t="s" s="3">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284">
         <v>1721</v>
       </c>
-      <c r="B267" s="2">
+      <c r="B284" s="2">
         <v>44586</v>
       </c>
-      <c r="C267" t="s">
-[...5 lines deleted...]
-      <c r="E267" t="inlineStr">
+      <c r="C284" t="s">
+        <v>19</v>
+      </c>
+      <c r="D284" t="s">
+        <v>9</v>
+      </c>
+      <c r="E284" t="inlineStr">
         <is>
           <t>Determina a contrarre - Indagine di mercato per l'acquisizione di Aghi per penna insulinica (ago G 34 - lunghezza 3,5 mm) occorrenti alle Aziende Sanitarie della Regione Lazio ai sensi dell'art. 36, comma 2, lett. b) del d.lgs. 50/2016.
 </t>
         </is>
       </c>
-      <c r="F267" t="s">
-[...4 lines deleted...]
-      <c r="A268">
+      <c r="F284" t="s" s="3">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285">
         <v>1720</v>
       </c>
-      <c r="B268" s="2">
+      <c r="B285" s="2">
         <v>44580</v>
       </c>
-      <c r="C268">
+      <c r="C285">
         <v>9069505849</v>
       </c>
-      <c r="D268" t="s">
-[...2 lines deleted...]
-      <c r="E268" t="inlineStr">
+      <c r="D285" t="s">
+        <v>9</v>
+      </c>
+      <c r="E285" t="inlineStr">
         <is>
           <t>D.G.R. n. 1030 del 22/12/2020. "Fiume Aniene manutenzione alveo e difese spondali da Vicovaro a Tivoli" - Determinazione a contrarre finalizzata all'affidamento dei lavori tramite procedura negoziata di cui all'art. 1, comma 2, lett. b), del DecretoLegge n. 76 del 16.7.2020, come modificato dall'art. 51, comma 1, lettera b), sub. 2.2) della Legge n. 108/2021, e approvazione atti di gara. CUP: F59J19000550001 - CIG 9069505849
 </t>
         </is>
       </c>
-      <c r="F268" t="s">
-[...4 lines deleted...]
-      <c r="A269">
+      <c r="F285" t="s" s="3">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286">
         <v>1719</v>
       </c>
-      <c r="B269" s="2">
+      <c r="B286" s="2">
         <v>44502</v>
       </c>
-      <c r="C269" t="s">
-[...5 lines deleted...]
-      <c r="E269" t="inlineStr">
+      <c r="C286" t="s">
+        <v>470</v>
+      </c>
+      <c r="D286" t="s">
+        <v>9</v>
+      </c>
+      <c r="E286" t="inlineStr">
         <is>
           <t>Procedura negoziata ai sensi dell'art. 1, comma 2 lett. b) del D.L. n. 76/2020, convertito con modificazioni dalla Legge n. 120/2020, tramite R.d.O. sul M.E.LA., finalizzata all'affidamento del servizio di Responsabile della protezione dei&amp;nbsp;dati personali (RPD) della Giunta regionale". Determina a contrarre. Approvazione atti per indizione gara per l'affidamento del servizio e nomina del Responsabile Unico del Procedimento. Perfezionamento delle prenotazioni, a favore di creditori diversi,&amp;nbsp;n. 1978/2022 per l'importo di € 18.300,00 e n. 529/2023 per l'importo di € 18.300,00 sul Capitolo U0000R13902. CIG: Z6A337E3A2 - esercizi finanziari 2022 e 2023.
 </t>
         </is>
       </c>
-      <c r="F269" t="s">
-[...4 lines deleted...]
-      <c r="A270">
+      <c r="F286" t="s" s="3">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287">
         <v>1718</v>
       </c>
-      <c r="B270" s="2">
+      <c r="B287" s="2">
         <v>44488</v>
       </c>
-      <c r="C270" t="s">
-[...5 lines deleted...]
-      <c r="E270" t="inlineStr">
+      <c r="C287" t="s">
+        <v>472</v>
+      </c>
+      <c r="D287" t="s">
+        <v>9</v>
+      </c>
+      <c r="E287" t="inlineStr">
         <is>
           <t>Determinazione a contrarre ai sensi dell'art. 36, comma 2, lettera a), D. Lgs. 50/2016, per la realizzazione di una Campagna di sensibilizzazione alla donazione del sangue, a cura della Società THE WASHING MACHINE ITALIA srl. Importo di € 35.000,00 IVA inclusa - Capitolo U0000H11726 - Esercizio finanziario 2021.
 </t>
         </is>
       </c>
-      <c r="F270" t="s">
-[...4 lines deleted...]
-      <c r="A271">
+      <c r="F287" t="s" s="3">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288">
         <v>1717</v>
       </c>
-      <c r="B271" s="2">
+      <c r="B288" s="2">
         <v>44474</v>
       </c>
-      <c r="C271" t="s">
-[...5 lines deleted...]
-      <c r="E271" t="inlineStr">
+      <c r="C288" t="s">
+        <v>19</v>
+      </c>
+      <c r="D288" t="s">
+        <v>9</v>
+      </c>
+      <c r="E288" t="inlineStr">
         <is>
           <t>Determina a contrarre, per l'indizione di una procedura negoziata, tramite R.D.O. sul Mercato elettronico della Regione Lazio (M.E.LA.), finalizzata all?affidamento del servizio di stampa digitale e stampa offset occorrente alla Regione Lazio, ai sensi dell'art. 1 comma 2 lett. b) della Legge 120/2020. Prenotazione di impegno di spesa per complessivi Euro 195.200,00 (IVA inclusa) così ripartiti: Euro 16.266,67 Es. Fin 2021 ed Euro 97.600,00 Es. Fin 2022 ed Euro 81.333,33 Es. Fin. 2023 a favore di Creditori diversi sul Capitolo di Uscita U0000R31902. Impegno della somma pari ad Euro 225,00 a favore di ANAC (cod. cred. 159683) sul Capitolo di Uscita U0000T19427 Es. Fin. 2021, CIG 8916887FEB.
 </t>
         </is>
       </c>
-      <c r="F271" t="s">
-[...4 lines deleted...]
-      <c r="A272">
+      <c r="F288" t="s" s="3">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289">
         <v>1716</v>
       </c>
-      <c r="B272" s="2">
+      <c r="B289" s="2">
         <v>44392</v>
       </c>
-      <c r="C272" t="s">
-[...5 lines deleted...]
-      <c r="E272" t="inlineStr">
+      <c r="C289" t="s">
+        <v>475</v>
+      </c>
+      <c r="D289" t="s">
+        <v>9</v>
+      </c>
+      <c r="E289" t="inlineStr">
         <is>
           <t>Determinazione a contrarre di affidamento diretto ai sensi dell'art. 36, comma 2, lettera a), D. Lgs. 50/2016, per la realizzazione di un servizio di promozione istituzionale all'interno della Guida "Roma de la Pecora nera" edizione 2021, a cura de La Pecora nera editore snc di Simone Cargiani . Importo di € 24.400,00 IVA inclusa - Capitolo U0000R31902 - Esercizio finanziario 2021.
 </t>
         </is>
       </c>
-      <c r="F272" t="s">
-[...4 lines deleted...]
-      <c r="A273">
+      <c r="F289" t="s" s="3">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290">
         <v>1715</v>
       </c>
-      <c r="B273" s="2">
+      <c r="B290" s="2">
         <v>44361</v>
       </c>
-      <c r="C273" t="s">
-[...5 lines deleted...]
-      <c r="E273" t="inlineStr">
+      <c r="C290" t="s">
+        <v>477</v>
+      </c>
+      <c r="D290" t="s">
+        <v>9</v>
+      </c>
+      <c r="E290" t="inlineStr">
         <is>
           <t>Determinazione a contrarre ai sensi dell'art. 63, comma 2, lettera b), D. Lgs. 50/2016, per la realizzazione di pubblicità istituzionale sulla: "Guida ai Sapori e ai Piaceri della Regione Lazio 2021 (La Repubblica)".
 </t>
         </is>
       </c>
-      <c r="F273" t="s">
-[...4 lines deleted...]
-      <c r="A274">
+      <c r="F290" t="s" s="3">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291">
         <v>1714</v>
       </c>
-      <c r="B274" s="2">
+      <c r="B291" s="2">
         <v>44336</v>
       </c>
-      <c r="C274" t="s">
-[...5 lines deleted...]
-      <c r="E274" t="inlineStr">
+      <c r="C291" t="s">
+        <v>479</v>
+      </c>
+      <c r="D291" t="s">
+        <v>9</v>
+      </c>
+      <c r="E291" t="inlineStr">
         <is>
           <t>Determinazione a contrarre di affidamento diretto ai sensi dell'art. 36, comma 2, lettera a), D. Lgs. 50/2016, per la realizzazione di alcune Campagne promopubblicitarie della Regione Lazio sulla rivista gratuita SPORT CLUB.
 </t>
         </is>
       </c>
-      <c r="F274" t="s">
-[...4 lines deleted...]
-      <c r="A275">
+      <c r="F291" t="s" s="3">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292">
         <v>1713</v>
       </c>
-      <c r="B275" s="2">
+      <c r="B292" s="2">
         <v>44575</v>
       </c>
-      <c r="C275" t="s">
-[...5 lines deleted...]
-      <c r="E275" t="inlineStr">
+      <c r="C292" t="s">
+        <v>481</v>
+      </c>
+      <c r="D292" t="s">
+        <v>9</v>
+      </c>
+      <c r="E292" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio - Farmaci 2022 - prima tranche, nell'ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura del principio attivo LAROTRECTINIB destinato alle AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8419682.
 </t>
         </is>
       </c>
-      <c r="F275" t="s">
-[...4 lines deleted...]
-      <c r="A276">
+      <c r="F292" t="s" s="3">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293">
         <v>1712</v>
       </c>
-      <c r="B276" s="2">
+      <c r="B293" s="2">
         <v>44561</v>
       </c>
-      <c r="C276" t="s">
-[...5 lines deleted...]
-      <c r="E276" t="inlineStr">
+      <c r="C293" t="s">
+        <v>483</v>
+      </c>
+      <c r="D293" t="s">
+        <v>9</v>
+      </c>
+      <c r="E293" t="inlineStr">
         <is>
           <t>"Opere di difesa costiera del tratto di litorale di Ostia levante nel Comune di Roma Capitale - X Municipio". Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, come modificato dall'art. 51, comma 1, lettera a), sub. 2.1) della Legge n. 108/2021, del servizio per la redazione del progetto di fattibilità tecnica ed economica dell'intervento, compresa l'esecuzione dei rilievi topo-batimetrici. CUP F83D22000020002 - CIG 9064915C7E
 </t>
         </is>
       </c>
-      <c r="F276" t="s">
-[...4 lines deleted...]
-      <c r="A277">
+      <c r="F293" t="s" s="3">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294">
         <v>1711</v>
       </c>
-      <c r="B277" s="2">
+      <c r="B294" s="2">
         <v>44480</v>
       </c>
-      <c r="C277" t="s">
-[...5 lines deleted...]
-      <c r="E277" t="inlineStr">
+      <c r="C294" t="s">
+        <v>485</v>
+      </c>
+      <c r="D294" t="s">
+        <v>9</v>
+      </c>
+      <c r="E294" t="inlineStr">
         <is>
           <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lettera a) del d.lgs. n. 50/2016 per la fornitura di: a) licenza annuale della banca dati HERE (formato Shape) con copertura Regione Lazio, per le attività di visualizzazione, ricerca e routing, fino a 5 utenti, b) supporto e formazione all'utilizzo della banca dati HERE in ambiente ArcGIS, mediante Ordine diretto di Acquisto (OdA) su MEPA - ditta TEAMDEV, via Settevalli, 320 ' 06129 PERUGIA (P.IVA/C.F. 02982970549) - codice creditore 208902. Impegno di spesa per 9.516,00 euro (IVA inclusa) a valere sul capitolo di bilancio U0000S27501, esercizio finanziario 2021, missione 01 - Programma 08 - PdC finanziario 1.03.02.99._CIG: Z3F3306FD1
 </t>
         </is>
       </c>
-      <c r="F277" t="s">
-[...4 lines deleted...]
-      <c r="A278">
+      <c r="F294" t="s" s="3">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295">
         <v>1710</v>
       </c>
-      <c r="B278" s="2">
+      <c r="B295" s="2">
         <v>44503</v>
       </c>
-      <c r="C278" t="s">
-[...5 lines deleted...]
-      <c r="E278" t="inlineStr">
+      <c r="C295" t="s">
+        <v>487</v>
+      </c>
+      <c r="D295" t="s">
+        <v>9</v>
+      </c>
+      <c r="E295" t="inlineStr">
         <is>
           <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a), del d.lgs. n. 50/2016, per l'acquisizione della fornitura di n. 42 toner per le stampanti "Xerox 6615-sp" in dotazione al Nucleo regionale Conti Pubblici Territoriali del Lazio (CPT Lazio), per la somma complessiva di 1.485,96 euro, all'Operatore economico "Prink S.p.A." - Via Emilia Ponente n. 355, Castel Bolognese - 48014 - Italia - P.IVA e C.F: 02061220394. Impegno di spesa di 1.485,96 euro, a valere sul Capitolo di bilancio U0000C11127, esercizio finanziario 2021, missione 01 - programma 03 - PdC 1.03.01.02, a favore di "Prink S.p.A." - Via Emilia Ponente n. 355, Castel Bolognese - 48014 - P.IVA e C.F: 02061220394 (codice creditore 209986). CIG: Z33334D229.
 </t>
         </is>
       </c>
-      <c r="F278" t="s">
-[...4 lines deleted...]
-      <c r="A279">
+      <c r="F295" t="s" s="3">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296">
         <v>1709</v>
       </c>
-      <c r="B279" s="2">
+      <c r="B296" s="2">
         <v>44529</v>
       </c>
-      <c r="C279" t="s">
-[...5 lines deleted...]
-      <c r="E279" t="inlineStr">
+      <c r="C296" t="s">
+        <v>489</v>
+      </c>
+      <c r="D296" t="s">
+        <v>9</v>
+      </c>
+      <c r="E296" t="inlineStr">
         <is>
           <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs. n. 50/2016, per la fornitura di materiale hardware necessario per le esigenze relative al Progetto Conti Pubblici Territoriali (CPT Lazio). Impegno di spesa a favore di Unieuro S.p.A., Palazzo Hercolani - Via Piero Maroncelli, 10 - 47121 Forlì (FC) (P.IVA/C.F.00876320409) - codice creditore 187833 - pari ad euro 1820,70 IVA inclusa (euro 1492,38+IVA di euro 328,32), sul Capitolo di Bilancio U0000C12163, missione 01 - programma 03 - PdC finanziario 2.02.01.07.000, esercizio finanziario 2021. CIG: Z3E32F3E9F.
 </t>
         </is>
       </c>
-      <c r="F279" t="s">
-[...4 lines deleted...]
-      <c r="A280">
+      <c r="F296" t="s" s="3">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297">
         <v>1708</v>
       </c>
-      <c r="B280" s="2">
+      <c r="B297" s="2">
         <v>44480</v>
       </c>
-      <c r="C280" t="s">
-[...5 lines deleted...]
-      <c r="E280" t="inlineStr">
+      <c r="C297" t="s">
+        <v>491</v>
+      </c>
+      <c r="D297" t="s">
+        <v>9</v>
+      </c>
+      <c r="E297" t="inlineStr">
         <is>
           <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs. n. 50/2016, per l'acquisizione della fornitura buoni libro (n. 15) per un valore nominale dei buoni pari a 345,00 euro, per la somma complessiva di 300,00 euro, valevoli per l'acquisto di libri specializzati nuovi e usati, CD/DVD, attinenti alle materie relative ai Conti Pubblici Territoriali (CPT) - Libraccio Outlet S.r.l., Via G. Verdi, 8 - CAP 20090 - Assago (MI) (C.F. e P.IVA 07633360966).Impegno di spesa per euro 300,00 a valere sul Capitolo di bilancio U0000C11132, esercizio finanziario 2021, missione 01 - programma 03 - PdC 1.03.01.01.000 a favore di Libraccio Outlet S.r.l., Via G. Verdi, 8 - CAP 20090 - Assago (MI) (C.F. e P.IVA 07633360966), codice creditore 202258. CIG: Z86327957B.
 </t>
         </is>
       </c>
-      <c r="F280" t="s">
-[...4 lines deleted...]
-      <c r="A281">
+      <c r="F297" t="s" s="3">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298">
         <v>1707</v>
       </c>
-      <c r="B281" s="2">
+      <c r="B298" s="2">
         <v>44572</v>
       </c>
-      <c r="C281">
+      <c r="C298">
         <v>9057421442</v>
       </c>
-      <c r="D281" t="s">
-[...2 lines deleted...]
-      <c r="E281" t="inlineStr">
+      <c r="D298" t="s">
+        <v>9</v>
+      </c>
+      <c r="E298" t="inlineStr">
         <is>
           <t>Accordo quadro di cui all'art. 54 del D.lgs. 50/2016 per l'affidamento dei "Lavori di manutenzione straordinaria dell'alveo, delle banchine e degli argini del tratto urbano del fiume Tevere nel comune di Roma Capitale". Determinazione a contrarre finalizzata all'affidamento dei lavori tramite procedura negoziata ai sensi dell'art. 1, comma 2, lett. b), del Decreto legge n. 76 del 16.7.2020, convertito in Legge n. 120 dell'11.9.2020, come modificato dall'art. 51 comma 1, lettera a), sub. 2.2), decretolegge n. 77 del 2021, convertito in Legge 108 del 2021 approvazione del progetto esecutivo dell'intervento e degli atti di gara. F87H210101094002 - CIG 9057421442.
 </t>
         </is>
       </c>
-      <c r="F281" t="s">
-[...4 lines deleted...]
-      <c r="A282">
+      <c r="F298" t="s" s="3">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299">
         <v>1706</v>
       </c>
-      <c r="B282" s="2">
+      <c r="B299" s="2">
         <v>44564</v>
       </c>
-      <c r="C282" t="s">
-[...2 lines deleted...]
-      <c r="E282" t="inlineStr">
+      <c r="C299" t="s">
+        <v>494</v>
+      </c>
+      <c r="E299" t="inlineStr">
         <is>
           <t>Determina a contrarre, ai sensi dell'art. 32 del D.lgs. 50/2016, per l'indizione di una procedura aperta sopra soglia comunitaria per l'affidamento del servizio aereo di spegnimento incendi boschivi e lo svolgimento di altre attività connesse con gli interventi di Protezione Civile nell'intero territorio della Regione Lazio.Prenotazione impegno di spesa in favore di creditori diversi per € 11.594.851,80 sul Cap. U0000E23517 per gli ee.ff. 2022, 2023, 2024 e 2025. Impegno di spesa di € 104.543,37 sul Cap. U0000E23517 per gli ee.ff. 2022, 2023, 2024 e 2025 e relativi accertamenti a favore del fondo incentivi sul Cap. E0000341559 per € 66.489,83, sul Cap. E0000341562 per € 19.096,26 e sul Cap. E0000341563 per € 19.026,96Impegno di spesa € 800,00 a favore di ANAC sul Cap. U0000T19427 - E.F. 2021 CIG 9043217ABD
 </t>
         </is>
       </c>
-      <c r="F282" t="s">
-[...4 lines deleted...]
-      <c r="A283">
+      <c r="F299" t="s" s="3">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300">
         <v>1705</v>
       </c>
-      <c r="B283" s="2">
+      <c r="B300" s="2">
         <v>44561</v>
       </c>
-      <c r="C283" t="s">
-[...2 lines deleted...]
-      <c r="E283" t="inlineStr">
+      <c r="C300" t="s">
+        <v>496</v>
+      </c>
+      <c r="E300" t="inlineStr">
         <is>
           <t>Determina a contrarre, ai sensi dell'art. 32 del D.lgs. 50/2016, per l'indizione di una procedura aperta sopra soglia comunitaria, per l'affidamento della fornitura in noleggio operativo a lungo termine senza conducente di n. 80 (ottanta) veicoli modello Pick-up, comprensiva del servizio di manutenzione "Full Service". Provvedimento di indizione e approvazione atti. Prenotazione impegno di spesa in favore di creditori diversi per € 4.270.000,00 compresa IVA sui cap. U0000E46549 e U0000E46108 per gli ee.ff. 2022, 2023, 2024, 2025, 2026 e 2027. Impegno di spesa di € 38.500,00 sui cap. U0000E46549 e U0000E46108 e relativo accertamento a favore del fondo incentivi, ai sensi dell'art. 113 del D.Lgs 50/2016 sui cap. E0000341559 per € 30.800,00, E0000341562 per € 3.850,00 e E0000341563 per € 3.850,00. Impegno di spesa € 600,00 a favore di ANAC sul cap. U0000T19427 - e.f. 2021. CIG 9020519FC0
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="F283" t="s">
-[...4 lines deleted...]
-      <c r="A284">
+      <c r="F300" t="s" s="3">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301">
         <v>1704</v>
       </c>
-      <c r="B284" s="2">
+      <c r="B301" s="2">
         <v>44561</v>
       </c>
-      <c r="C284" t="s">
-[...2 lines deleted...]
-      <c r="E284" t="inlineStr">
+      <c r="C301" t="s">
+        <v>498</v>
+      </c>
+      <c r="E301" t="inlineStr">
         <is>
           <t>Determina a contrarre (art. 32-D.Lgs 50/2016), per l'indizione di una procedura aperta sopra soglia (art. 140, c.1-D.lgs 50/2016), per l'affidamento della gestione del "Centro Giorgio Fregosi", per anni 3+1.Nomina del RUP e del gruppo di lavoro. Prenotazione impegno di spesa per complessivi € 900.000,00 (IVA al 5% inclusa) sul cap.U0000H41717, e.f. 2022-23-24-25 a Creditori Diversi. Impegno di spesa € 375,00 in favore di ANAC sul cap. U0000T19427, e.f. 2021. Impegno di spesa per complessivi € 9.428,57 a favore del fondo incentivi, (art.113 D. Lgs. n. 50/2016), di cui € 8.749,71 sul cap. U000H41717, e.f. 2022-23-24-25 ed € 678,86 sul cap. U0000H41918, e.f. 2022-23-24-25 e rel. accert. sui capitoli E0000341559 per € 6.864,00 E0000341562 per € 1.282,29 ed E0000341563 per € 1.282,29 e.f. 2022-23-24-25 - CIG 895680909D.
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="F284" t="s">
-[...4 lines deleted...]
-      <c r="A285">
+      <c r="F301" t="s" s="3">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302">
         <v>1703</v>
       </c>
-      <c r="B285" s="2">
+      <c r="B302" s="2">
         <v>44560</v>
       </c>
-      <c r="C285">
+      <c r="C302">
         <v>8407803</v>
       </c>
-      <c r="E285" t="inlineStr">
+      <c r="E302" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio - Farmaci 2021 - quindicesima tranche, nell'ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura del principio attivo ONASEMNOGENE ABEPARVOVEC destinato alle AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8407803
 </t>
         </is>
       </c>
-      <c r="F285" t="s">
-[...4 lines deleted...]
-      <c r="A286">
+      <c r="F302" t="s" s="3">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303">
         <v>1702</v>
       </c>
-      <c r="B286" s="2">
+      <c r="B303" s="2">
         <v>44552</v>
       </c>
-      <c r="C286" t="s">
-[...2 lines deleted...]
-      <c r="E286" t="inlineStr">
+      <c r="C303" t="s">
+        <v>501</v>
+      </c>
+      <c r="E303" t="inlineStr">
         <is>
           <t>Pronto intervento e gestione paratoie e accessori nel Circondario Idraulico del Lazio, in caso di eventi di piena”. CUP F81B20001130002 – CIG 8996282EBF. &amp;nbsp; DETERMINAZIONE &amp;nbsp;A CONTRARRE &amp;nbsp;N. G16077 DEL 21/12 /2021
 </t>
         </is>
       </c>
-      <c r="F286" t="s">
-[...4 lines deleted...]
-      <c r="A287">
+      <c r="F303" t="s" s="3">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304">
         <v>1701</v>
       </c>
-      <c r="B287" s="2">
+      <c r="B304" s="2">
         <v>44550</v>
       </c>
-      <c r="C287" t="s">
-[...5 lines deleted...]
-      <c r="E287" t="inlineStr">
+      <c r="C304" t="s">
+        <v>503</v>
+      </c>
+      <c r="D304" t="s">
+        <v>9</v>
+      </c>
+      <c r="E304" t="inlineStr">
         <is>
           <t>Determina a contrarre ai sensi dell'art. 32 del D.lgs. 50/2016 di autorizzazione dell'espletamento di una procedura negoziata per la stipula di un Accordo Quadro (art. 54, D.lgs. 50/16), avente ad oggetto i lavori di messa in sicurezza e di manutenzione delle essenze arboree ubicate sulle fasce frangivento presenti nel territorio di Latina e Provincia - 4 Lotti Funzionali. Impegni e prenotazioni di spesa sul Bilancio Pluriennale della Regione Lazio, es. fin. 2022:sul capitolo U0000S22501:€ 1.960.458,35 per lavori, € 58.486,80 per incarico di Direzione dei Lavori,€ 46.945,60 per incarico di Coordinamento per la sicurezza in fase di esecuzione,€ 27.524,70, accertamento in entrata di € 27.524,70 sui capitoli E0000341559, E0000341562 e E00000341563, a titolo d'incentivi al personale dipendente,€ 630,00 sul Capitolo U0000T19427, es. fin. 2022, a favore di ANAC.
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="F287" t="s">
-[...4 lines deleted...]
-      <c r="A288">
+      <c r="F304" t="s" s="3">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305">
         <v>1700</v>
       </c>
-      <c r="B288" s="2">
+      <c r="B305" s="2">
         <v>44545</v>
       </c>
-      <c r="C288" t="s">
-[...5 lines deleted...]
-      <c r="E288" t="inlineStr">
+      <c r="C305" t="s">
+        <v>505</v>
+      </c>
+      <c r="D305" t="s">
+        <v>9</v>
+      </c>
+      <c r="E305" t="inlineStr">
         <is>
           <t>Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, dei "Lavori di raccolta del materiale galleggiante con apposita barriera sul Fiume Tevere in comune di Fiumicino (RM)". CIG: 900134835B - CUP F81B21008170002. Prenotazione impegno di spesa sul cap. U0000E42564 di complessivi € 119.948,10 a favore di creditori diversi (cod. cred. 3805) - impegno di spesa sul cap. U0000T19427 di € 30,00 a favore di ANAC (cod. cred. 159683) - esercizio finanziario 2021.
 </t>
         </is>
       </c>
-      <c r="F288" t="s">
-[...4 lines deleted...]
-      <c r="A289">
+      <c r="F305" t="s" s="3">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306">
         <v>1699</v>
       </c>
-      <c r="B289" s="2">
+      <c r="B306" s="2">
         <v>44545</v>
       </c>
-      <c r="C289">
+      <c r="C306">
         <v>9009377518</v>
       </c>
-      <c r="D289" t="s">
-[...2 lines deleted...]
-      <c r="E289" t="inlineStr">
+      <c r="D306" t="s">
+        <v>9</v>
+      </c>
+      <c r="E306" t="inlineStr">
         <is>
           <t>Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, dei "Lavori di raccolta del materiale galleggiante con apposita barriera sul Fiume Aniene in comune di Roma (RM)". CIG 9009377518 - CUP G17H03000130001. Prenotazione impegno di spesa sul cap. U0000E42564 di complessivi € 79.282,90 a favore di creditori diversi (cod. cred. 3805) - impegno di spesa sul cap. U0000T19427 di € 30,00 a favore di ANAC (cod. cred. 159683) - esercizio finanziario 2021.
 </t>
         </is>
       </c>
-      <c r="F289" t="s">
-[...4 lines deleted...]
-      <c r="A290">
+      <c r="F306" t="s" s="3">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307">
         <v>1698</v>
       </c>
-      <c r="B290" s="2">
+      <c r="B307" s="2">
         <v>44536</v>
       </c>
-      <c r="C290" t="s">
-[...5 lines deleted...]
-      <c r="E290" t="inlineStr">
+      <c r="C307" t="s">
+        <v>508</v>
+      </c>
+      <c r="D307" t="s">
+        <v>9</v>
+      </c>
+      <c r="E307" t="inlineStr">
         <is>
           <t>Interv. di man.ne straord. per ripristino dell'off.tà idr. del F. Arrone loc. Maccarese tratto urbano comune di Fiumicino. Determ. a contrarre in forma sempl. ai sensi art.32, c.2 2 periodo D.Lgs. 50/2016 per l'affid.to, in applic.art.1, c.2, lett. a) L. 11/09/2020, n. 120 conv. in L. del DL 76/2020, come modif. art. 51, c.1, lett. a), sub. 1), L. n. 108 del 2021). Affid.to esecuz. Interv. impresa ROBERTO GROUP SRL Imp. sul cap. U0000E42549 per E.93.999,89, sul cap. U0000E42545 per E.82.877,88 e Imp.sul cap. U0000E42545 E.1.185,52 a ROBERTO GROUP SRL (cod.210735). Imp. E.2.812,08 cap. U0000E42549 a "Fondo inc.vi ex art. 383 sexies R.R. N. 1/2002"&amp;nbsp; (cod. 176734). Imp. E.30,00 cap. U0000T19427 a Aut. Naz. Antic. (cod.159683). Accer.ti cap. entrata n. E0000341559 E.2.249,68, n. E0000341562 e n. E0000341563 E.281,20 a "F.do inc.vi ex art. 383 sexies R.R. N. 1/2002" (cod. 176734)
 </t>
         </is>
       </c>
-      <c r="F290" t="s">
-[...4 lines deleted...]
-      <c r="A291">
+      <c r="F307" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308">
         <v>1697</v>
       </c>
-      <c r="C291" t="s">
-[...5 lines deleted...]
-      <c r="E291" t="inlineStr">
+      <c r="C308" t="s">
+        <v>510</v>
+      </c>
+      <c r="D308" t="s">
+        <v>9</v>
+      </c>
+      <c r="E308" t="inlineStr">
         <is>
           <t>POR FESR LAZIO 2014-2020. Progetto A0123E0198. Intervento "Sistemazione idraulica del fosso Galeria dal ponte della&amp;nbsp;ferrovia Roma Civitavecchia al Tevere" cod. ReNDiS 12IR011/G3 - Azione 5.1.1. CUP F84H14001390002 - CIG&amp;nbsp;89589485C4
 </t>
         </is>
       </c>
-      <c r="F291" t="s">
-[...4 lines deleted...]
-      <c r="A292">
+      <c r="F308" t="s" s="3">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309">
         <v>1696</v>
       </c>
-      <c r="B292" s="2">
+      <c r="B309" s="2">
         <v>44518</v>
       </c>
-      <c r="C292" t="s">
-[...5 lines deleted...]
-      <c r="E292" t="inlineStr">
+      <c r="C309" t="s">
+        <v>512</v>
+      </c>
+      <c r="D309" t="s">
+        <v>9</v>
+      </c>
+      <c r="E309" t="inlineStr">
         <is>
           <t>"Procedura negoziata ai sensi dell'art. 1, comma 2 lett. b) del D.L. n. 76/2020, convertito con modificazioni dalla Legge n. 120/2020, tramite R.d.O. sul M.E.LA., finalizzata all'acquisto di Notebook per i dipendenti dei Centri Per l'Impiego in attuazione del piano straordinario di potenziamento dei Centri per l'Impiego e delle Politiche Attive del Lavoro della Regione Lazio". Perfezionamento parziale della prenotazione d'impegno n. 170687 per € 256.200,00 (IVA inclusa) sul capitolo U0000F32116 a favore di creditori diversi (cod. cred. 3805) e impegno spesa di € 225,00 sul capitolo U0000T19427 a favore dell'Autorità Nazionale Anticorruzione - ANAC (cod. cred. 159683). Es. fin. 2021. Determina a contrarre, approvazione atti, indizione gara e nomina del Responsabile Unico del Procedimento. CIG: 8968108CD4.
 </t>
         </is>
       </c>
-      <c r="F292" t="s">
-[...4 lines deleted...]
-      <c r="A293">
+      <c r="F309" t="s" s="3">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310">
         <v>1695</v>
       </c>
-      <c r="B293" s="2">
+      <c r="B310" s="2">
         <v>44518</v>
       </c>
-      <c r="C293">
+      <c r="C310">
         <v>8968104988</v>
       </c>
-      <c r="D293" t="s">
-[...2 lines deleted...]
-      <c r="E293" t="inlineStr">
+      <c r="D310" t="s">
+        <v>9</v>
+      </c>
+      <c r="E310" t="inlineStr">
         <is>
           <t>Determinazione a contrarre per affidamento diretto, ai sensi dell'art. 1, comma 2 lett. a) del Decreto Legge n. 76/2020, convertito con modificazioni dalla Legge n. 120/2020, come modificato dall'art. 51 del Decreto Legge n. 77/2021, convertito con modificazioni dalla Legge n. 108/2021, per la fornitura di dotazioni informatiche per il personale della Regione Lazio. Impegno spesa di € 168.360,00 (IVA inclusa) sul capitolo U0000S26502 a favore della Società Finbuc SRL (cod. cred. 180854) e impegno di spesa di € 30,00 sul capitolo U0000T19427 a favore di Autorità Nazionale Anticorruzione (cod. cred. 159683). Esercizio finanziario 2021. Intervento RL-IT2021-HW. Nomina del Responsabile Unico del Procedimento. CIG: 8968104988
 </t>
         </is>
       </c>
-      <c r="F293" t="s">
-[...4 lines deleted...]
-      <c r="A294">
+      <c r="F310" t="s" s="3">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311">
         <v>1694</v>
       </c>
-      <c r="C294">
+      <c r="C311">
         <v>8942953646</v>
       </c>
-      <c r="D294" t="s">
-[...2 lines deleted...]
-      <c r="E294" t="inlineStr">
+      <c r="D311" t="s">
+        <v>9</v>
+      </c>
+      <c r="E311" t="inlineStr">
         <is>
           <t>Determinazione a contrarre per affidamento diretto, ai sensi dell'art. 1, comma 2 lett. a) del Decreto Legge n. 76/2020, convertito con modificazioni dalla Legge n. 120/2020, come modificato dall'art. 51 del Decreto Legge n. 77/2021, convertito con modificazioni dalla Legge n. 108/2021, per la fornitura di una piattaforma applicativa di acquisizione dati, controllo accessi e GreenPass. Impegno spesa di € 102.187,20 (IVA inclusa) sul capitolo U0000S26515 a favore della Società Eltime SRL (cod. cred. 63121) e impegno di spesa di € 30,00 sul capitolo U0000T19427 a favore di Autorità Nazionale Anticorruzione (cod. cred. 159683). Esercizio finanziario 2021. Nomina del Responsabile Unico del Procedimento. CIG: 8942953646.
 </t>
         </is>
       </c>
-      <c r="F294" t="s">
-[...4 lines deleted...]
-      <c r="A295">
+      <c r="F311" t="s" s="3">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312">
         <v>1693</v>
       </c>
-      <c r="B295" s="2">
+      <c r="B312" s="2">
         <v>44518</v>
       </c>
-      <c r="C295" t="s">
-[...5 lines deleted...]
-      <c r="E295" t="inlineStr">
+      <c r="C312" t="s">
+        <v>516</v>
+      </c>
+      <c r="D312" t="s">
+        <v>9</v>
+      </c>
+      <c r="E312" t="inlineStr">
         <is>
           <t>PC-DESKTOP2021 - Determinazione a contrarre per adesione convenzione Consip "Pc Desktop e workstation" Lotto 1 Personal Computer Desktop ultracompatti CIG: 89251735C1, impegno di spesa della somma di euro 171.056,20 IVA compresa sul capitolo U0000S26502 in favore di ITALWARE SRL, cod. cred. n. (198845), Esercizio finanziario 2021.
 </t>
         </is>
       </c>
-      <c r="F295" t="s">
-[...4 lines deleted...]
-      <c r="A296">
+      <c r="F312" t="s" s="3">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313">
         <v>1692</v>
       </c>
-      <c r="B296" s="2">
+      <c r="B313" s="2">
         <v>44518</v>
       </c>
-      <c r="C296" t="s">
-[...5 lines deleted...]
-      <c r="E296" t="inlineStr">
+      <c r="C313" t="s">
+        <v>518</v>
+      </c>
+      <c r="D313" t="s">
+        <v>9</v>
+      </c>
+      <c r="E313" t="inlineStr">
         <is>
           <t>"Procedura negoziata ai sensi dell'art. 1, comma 2 lett. b) del D.L. n. 76/2020, convertito con modificazioni dalla Legge n. 120/2020, tramite R.d.O. sul M.E.LA., finalizzata all'affidamento della fornitura di materiale informatico per la Direzione Regionale Centrale Acquisti della Regione Lazio". Determina a contrarre. Approvazione atti, indizione gara con prenotazione impegno di spesa per complessivi euro 29.999,80 (iva inclusa) a favore di Creditori Diversi (cod. cred. 3805) sul capitolo U0000S24101, esercizio finanziario 2021 e nomina del Responsabile Unico del Procedimento. CIG: ZBF3352FC8
 </t>
         </is>
       </c>
-      <c r="F296" t="s">
-[...4 lines deleted...]
-      <c r="A297">
+      <c r="F313" t="s" s="3">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314">
         <v>1691</v>
       </c>
-      <c r="B297" s="2">
+      <c r="B314" s="2">
         <v>44510</v>
       </c>
-      <c r="C297" t="s">
-[...5 lines deleted...]
-      <c r="E297" t="inlineStr">
+      <c r="C314" t="s">
+        <v>520</v>
+      </c>
+      <c r="D314" t="s">
+        <v>9</v>
+      </c>
+      <c r="E314" t="inlineStr">
         <is>
           <t>Intervento AB25IR001 /WW "Fosso Tor Sapienza - Messa in sicurezza della zona urbana di Tor Sapienza". Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio per la redazione del progetto di fattibilità tecnica ed economica, definitivo ed esecutivo nonché del coordinamento della sicurezza in fase di progettazione. CUP F86B18000170005 - CIG 8972648F5A
 </t>
         </is>
       </c>
-      <c r="F297" t="s">
-[...4 lines deleted...]
-      <c r="A298">
+      <c r="F314" t="s" s="3">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315">
         <v>1690</v>
       </c>
-      <c r="B298" s="2">
+      <c r="B315" s="2">
         <v>44508</v>
       </c>
-      <c r="C298">
+      <c r="C315">
         <v>8638960750</v>
       </c>
-      <c r="D298" t="s">
-[...2 lines deleted...]
-      <c r="E298" t="inlineStr">
+      <c r="D315" t="s">
+        <v>9</v>
+      </c>
+      <c r="E315" t="inlineStr">
         <is>
           <t>Determinazione a contrarre per l'affidamento ex art. 60, D.lgs. n. 50/2016 finalizzato alla stipula di un Accordo Quadro ex art. 54, D.lgs n. 50/2016 del "Servizio di campionamento ed analisi dei terreni nelle aree ripariali del sito di interesse nazionale bacino del fiume Sacco". Disimpegno dell'impegno 2021/20826 per l'importo di € 2.135,00 sul bilancio regionale e.f. 2021. CUP F67F19000440001 - CIG 8638960750
 </t>
         </is>
       </c>
-      <c r="F298" t="s">
-[...4 lines deleted...]
-      <c r="A299">
+      <c r="F315" t="s" s="3">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316">
         <v>1689</v>
       </c>
-      <c r="B299" s="2">
+      <c r="B316" s="2">
         <v>44496</v>
       </c>
-      <c r="C299">
+      <c r="C316">
         <v>8309426</v>
       </c>
-      <c r="D299" t="s">
-[...2 lines deleted...]
-      <c r="E299" t="inlineStr">
+      <c r="D316" t="s">
+        <v>9</v>
+      </c>
+      <c r="E316" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio e della Regione EmiliaRomagna - Farmaci 2021_tredicesima tranche, nell'ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8309426
 </t>
         </is>
       </c>
-      <c r="F299" t="s">
-[...4 lines deleted...]
-      <c r="A300">
+      <c r="F316" t="s" s="3">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317">
         <v>1688</v>
       </c>
-      <c r="B300" s="2">
+      <c r="B317" s="2">
         <v>44497</v>
       </c>
-      <c r="C300" t="s">
-[...2 lines deleted...]
-      <c r="E300" t="inlineStr">
+      <c r="C317" t="s">
+        <v>524</v>
+      </c>
+      <c r="E317" t="inlineStr">
         <is>
           <t>Procedura aperta per l'acquisto della fornitura di Cancelleria e toner, cartucce a getto di inchiostro, materiale di consumo accessorio per le amministrazioni aventi sede sul territorio della Regione Lazio mediante stipula di Convenzioni quadro ai sensi dell'art. 1, co. 456, della l. 296/2006. Determina a contrarre. Nomina del Responsabile Unico del Procedimento. Approvazione atti ed indizione.
 </t>
         </is>
       </c>
-      <c r="F300" t="s">
-[...4 lines deleted...]
-      <c r="A301">
+      <c r="F317" t="s" s="3">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318">
         <v>1687</v>
       </c>
-      <c r="B301" s="2">
+      <c r="B318" s="2">
         <v>44496</v>
       </c>
-      <c r="C301">
+      <c r="C318">
         <v>8912222640</v>
       </c>
-      <c r="D301" t="s">
-[...2 lines deleted...]
-      <c r="E301" t="inlineStr">
+      <c r="D318" t="s">
+        <v>9</v>
+      </c>
+      <c r="E318" t="inlineStr">
         <is>
           <t>"Servizio di assistenza tecnica all'Autorità di Gestione del POR FSE+ Lazio 2021-2027 e per la chiusura del POR FSE Lazio 2014-2020". Approvazione ulteriori atti di gara ed autorizzazione ad indire.
 </t>
         </is>
       </c>
-      <c r="F301" t="s">
-[...4 lines deleted...]
-      <c r="A302">
+      <c r="F318" t="s" s="3">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319">
         <v>1686</v>
       </c>
-      <c r="B302" s="2">
+      <c r="B319" s="2">
         <v>44489</v>
       </c>
-      <c r="C302" t="s">
-[...5 lines deleted...]
-      <c r="E302" t="inlineStr">
+      <c r="C319" t="s">
+        <v>527</v>
+      </c>
+      <c r="D319" t="s">
+        <v>9</v>
+      </c>
+      <c r="E319" t="inlineStr">
         <is>
           <t>Intervento n. 12IR850/G1 - "Anzio - Completamento opere di protezione della costa da Tor Caldara a Capo d'Anzio nel Comune di Anzio (RM)". Determinazione a contrarre finalizzata all'affidamento dei lavori tramite procedura negoziata di cui all'art. 1, comma 2, lett. b), del Decreto-Legge n. 76 del 16.7.2020, come modificato dall'art. 51, comma 1, lettera b), sub. 2.2) della Legge n. 108/2021, e approvazione atti di gara. CUP F56B19003930006 - CIG 8948737B60
 </t>
         </is>
       </c>
-      <c r="F302" t="s">
-[...4 lines deleted...]
-      <c r="A303">
+      <c r="F319" t="s" s="3">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320">
         <v>1685</v>
       </c>
-      <c r="B303" s="2">
+      <c r="B320" s="2">
         <v>44489</v>
       </c>
-      <c r="C303" t="s">
-[...5 lines deleted...]
-      <c r="E303" t="inlineStr">
+      <c r="C320" t="s">
+        <v>529</v>
+      </c>
+      <c r="D320" t="s">
+        <v>9</v>
+      </c>
+      <c r="E320" t="inlineStr">
         <is>
           <t>Intervento di Gestione degli impianti idrovori situati in Via Salaria in sponda sinistra e in via Flaminia in sponda destra del Fiume Tevere e lavori di manutenzione dell'argine da Castel Giubileo a Via del Foro Italico in Comune di Roma. Annualità 2022 e 2023 ? CIG894595104F. Indizione nuova procedura negoziata - determinazione a contrarre
 </t>
         </is>
       </c>
-      <c r="F303" t="s">
-[...4 lines deleted...]
-      <c r="A304">
+      <c r="F320" t="s" s="3">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321">
         <v>1684</v>
       </c>
-      <c r="B304" s="2">
+      <c r="B321" s="2">
         <v>44481</v>
       </c>
-      <c r="C304" t="s">
-[...5 lines deleted...]
-      <c r="E304" t="inlineStr">
+      <c r="C321" t="s">
+        <v>531</v>
+      </c>
+      <c r="D321" t="s">
+        <v>9</v>
+      </c>
+      <c r="E321" t="inlineStr">
         <is>
           <t>Determina a contrarre ai sensi dell'art. 32, comma 2, D.Lgs. n. 50/2016, per l'affidamento del "Servizio di vigilanza armata presso le sedi dei Centri per l'impiego (CPI), gli Sportelli agricoli di zona (SAZ) e gli Sportelli territoriali del turismo (STT) siti nella Regione Lazio con esclusione del territorio del Comune di Roma e di vigilanza armata e guardiania presso le sedi del Policlinico Umberto I". Procedura suddivisa in 4 lotti. Impegno complessivo gara Lotti 1-2-3 € 4.166.714,80 IVA inclusa, sui capitoli U0000F31181 e U0000S21408 Es. Fin. 2021-2022-23, Impegno ANAC € 800,00 sul capitolo U0000T19427 Es. Fin 2021, Impegno per fondo incentivi per Lotti 1-2-3 sul capitolo U0000S21408 Es. Fin. 2021-22-23.
 </t>
         </is>
       </c>
-      <c r="F304" t="s">
-[...4 lines deleted...]
-      <c r="A305">
+      <c r="F321" t="s" s="3">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322">
         <v>1683</v>
       </c>
-      <c r="B305" s="2">
+      <c r="B322" s="2">
         <v>44473</v>
       </c>
-      <c r="C305" t="s">
-[...5 lines deleted...]
-      <c r="E305" t="inlineStr">
+      <c r="C322" t="s">
+        <v>533</v>
+      </c>
+      <c r="D322" t="s">
+        <v>9</v>
+      </c>
+      <c r="E322" t="inlineStr">
         <is>
           <t>Determina a contrarre per l’affidamento del servizio di assistenza sui sistemi software "Anagrafe Regionale dell'Edilizia Scolastica” e “InfraMob". Importo € 256.200,00.
 </t>
         </is>
       </c>
-      <c r="F305" t="s">
-[...4 lines deleted...]
-      <c r="A306">
+      <c r="F322" t="s" s="3">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="323">
+      <c r="A323">
         <v>1682</v>
       </c>
-      <c r="B306" s="2">
+      <c r="B323" s="2">
         <v>44468</v>
       </c>
-      <c r="C306" t="s">
-[...5 lines deleted...]
-      <c r="E306" t="inlineStr">
+      <c r="C323" t="s">
+        <v>535</v>
+      </c>
+      <c r="D323" t="s">
+        <v>9</v>
+      </c>
+      <c r="E323" t="inlineStr">
         <is>
           <t>Determinazione a contrarre. Affidamento diretto alla LAZIOcrea S.p.A del servizio di organizzazione del progetto “Alice #bealice e David Per la scuola”. Impegno di spesa di euro 42.700,00 (IVA inclusa) a valere sul Cap. U0000F11917. Esercizio finanziario 2021.
 </t>
         </is>
       </c>
-      <c r="F306" t="s">
-[...4 lines deleted...]
-      <c r="A307">
+      <c r="F323" t="s" s="3">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="324">
+      <c r="A324">
         <v>1681</v>
       </c>
-      <c r="B307" s="2">
+      <c r="B324" s="2">
         <v>44469</v>
       </c>
-      <c r="C307" t="s">
-[...5 lines deleted...]
-      <c r="E307" t="inlineStr">
+      <c r="C324" t="s">
+        <v>537</v>
+      </c>
+      <c r="D324" t="s">
+        <v>9</v>
+      </c>
+      <c r="E324" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili". "Lavori di efficientamento energetico da eseguirsi presso il «Palazzo dei Priori», sede del Comune di Viterbo" - Dossier LI-ES2-2570209, Intervento A0100E0043. Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno ANAC di € 225,00= sui capitoli U0000A42134-U0000A42135- U0000A42136, nomina Direttore Lavori, e CSE. CUP F84J17000170006 - CIG: 8837701D91
 </t>
         </is>
       </c>
-      <c r="F307" t="s">
-[...4 lines deleted...]
-      <c r="A308">
+      <c r="F324" t="s" s="3">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325">
         <v>1680</v>
       </c>
-      <c r="B308" s="2">
+      <c r="B325" s="2">
         <v>44460</v>
       </c>
-      <c r="C308" t="inlineStr">
+      <c r="C325" t="inlineStr">
         <is>
           <t>8791404017; 8793128EC3; 8793146D9E; 87931565E1; 8793163BA6; 8793167EF2; 879317558F; 8793185DCD; 879318804B; 8793198889; 879320919F; 87932134EB; 879322707A; 87932313C6; 8793235712, 879323898B; 8793245F50; 8793262D58; 87932714C8; 87932936EF; 8793300CB4; 879</t>
         </is>
       </c>
-      <c r="D308" t="s">
-[...2 lines deleted...]
-      <c r="E308" t="inlineStr">
+      <c r="D325" t="s">
+        <v>9</v>
+      </c>
+      <c r="E325" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata a procedura aperta per l'affidamento della fornitura di prodotti nutrizionali da somministrare per via enterale e/o os e latti occorrenti alle Aziende Sanitarie della Regione Lazio. Determina a contrarre. Approvazione schemi, atti e indizione gara. Numero Gara 8183575.
 Elenco completo CIG
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="F308" t="s">
-[...4 lines deleted...]
-      <c r="A309">
+      <c r="F325" t="s" s="3">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="326">
+      <c r="A326">
         <v>1679</v>
       </c>
-      <c r="B309" s="2">
+      <c r="B326" s="2">
         <v>44446</v>
       </c>
-      <c r="C309">
+      <c r="C326">
         <v>8231379</v>
       </c>
-      <c r="D309" t="s">
-[...2 lines deleted...]
-      <c r="E309" t="inlineStr">
+      <c r="D326" t="s">
+        <v>9</v>
+      </c>
+      <c r="E326" t="inlineStr">
         <is>
           <t>Appalto specifico per l’acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Farmaci 2021_UNDICESIMA &amp;nbsp;tranche, nell’ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio – Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8231379. Proroga del termine di presentazione delle offerte
 </t>
         </is>
       </c>
-      <c r="F309" t="s">
-[...4 lines deleted...]
-      <c r="A310">
+      <c r="F326" t="s" s="3">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327">
         <v>1678</v>
       </c>
-      <c r="B310" s="2">
+      <c r="B327" s="2">
         <v>44405</v>
       </c>
-      <c r="C310" t="s">
-[...5 lines deleted...]
-      <c r="E310" t="inlineStr">
+      <c r="C327" t="s">
+        <v>541</v>
+      </c>
+      <c r="D327" t="s">
+        <v>9</v>
+      </c>
+      <c r="E327" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio - Farmaci 2021_decima tranche, nell'ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8227765
 </t>
         </is>
       </c>
-      <c r="F310" t="s">
-[...4 lines deleted...]
-      <c r="A311">
+      <c r="F327" t="s" s="3">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328">
         <v>1677</v>
       </c>
-      <c r="B311" s="2">
+      <c r="B328" s="2">
         <v>44562</v>
       </c>
-      <c r="C311" t="s">
-[...5 lines deleted...]
-      <c r="E311" t="inlineStr">
+      <c r="C328" t="s">
+        <v>543</v>
+      </c>
+      <c r="D328" t="s">
+        <v>9</v>
+      </c>
+      <c r="E328" t="inlineStr">
         <is>
           <t>Affidamento della "Gestione degli impianti idrovori situati in Via Salaria in sponda sinistra e in via Flaminia in sponda destra del Fiume Tevere e lavori di manutenzione dell'argine da Castel Giubileo a Via del Foro Italico in Comune di Roma." annualità 2022 e 2023 - Approvazione progetto. Determinazione a contrarre. Prenotazione impegno di euro 246.652,57 cap. U0000E41913 a favore di creditori diversi (cod. cred. 3805). Impegno di euro 225,00 capitolo U0000T19427 a favore di Autorità Nazionale Anticorruzione (cod. cred. 159683). Impegno di euro 3.299,17 sul cap. U0000E41913 a favore di "Fondo incentivi ex art. 383 sexies R.R. N. 1/2002" (cod. 176734). Accertamenti sul cap. entrata n. E0000341559 di €.2.639,35, n. E0000341562 di euro 329,91 e n. E0000341563 di euro 329,91 a "F.do incentivi ex art. 383 sexies R.R. N. 1/2002" (cod. 176734).
 </t>
         </is>
       </c>
-      <c r="F311" t="s">
-[...4 lines deleted...]
-      <c r="A312">
+      <c r="F328" t="s" s="3">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329">
         <v>1676</v>
       </c>
-      <c r="B312" s="2">
+      <c r="B329" s="2">
         <v>44396</v>
       </c>
-      <c r="C312">
+      <c r="C329">
         <v>8836203962</v>
       </c>
-      <c r="D312" t="s">
-[...2 lines deleted...]
-      <c r="E312" t="inlineStr">
+      <c r="D329" t="s">
+        <v>9</v>
+      </c>
+      <c r="E329" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio - Farmaci 2021_dodicesima tranche, nell'ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8223733.
 </t>
         </is>
       </c>
-      <c r="F312" t="s">
-[...4 lines deleted...]
-      <c r="A313">
+      <c r="F329" t="s" s="3">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330">
         <v>1675</v>
       </c>
-      <c r="B313" s="2">
+      <c r="B330" s="2">
         <v>44392</v>
       </c>
-      <c r="C313" t="s">
-[...5 lines deleted...]
-      <c r="E313" t="inlineStr">
+      <c r="C330" t="s">
+        <v>546</v>
+      </c>
+      <c r="D330" t="s">
+        <v>9</v>
+      </c>
+      <c r="E330" t="inlineStr">
         <is>
           <t>Intervento di manutenzione degli impianti idrovori di Corcolle e Pratolungo, delle relative pertinenze e gestione degli stessi impianti in occasione di eventi di piena - annualità 2021 e 2022. Determinazione di approvazione progetto, a contrarre, nomina gruppo di supporto al RUP, prenotazioni ed impegni di spesa per € 249.963,83 cap. E41913 a favore di creditori vari e per € 225,00 cap. T19427 a favore di Autorità Nazionale Anticorruzione (cod. cred. 159683), accertamento in entrata di € 3.016,96 a favore del "fondo incentivi ex art. 383 sexies R.R. n. 1/2002 (cod. cred. 176734)" esercizio finanziario 2021 - 2022. CUP F86G20001100005 - CIG 8750783E90. M.O./345
 </t>
         </is>
       </c>
-      <c r="F313" t="s">
-[...4 lines deleted...]
-      <c r="A314">
+      <c r="F330" t="s" s="3">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331">
         <v>1674</v>
       </c>
-      <c r="B314" s="2">
+      <c r="B331" s="2">
         <v>44379</v>
       </c>
-      <c r="C314" t="s">
-[...5 lines deleted...]
-      <c r="E314" t="inlineStr">
+      <c r="C331" t="s">
+        <v>548</v>
+      </c>
+      <c r="D331" t="s">
+        <v>9</v>
+      </c>
+      <c r="E331" t="inlineStr">
         <is>
           <t>Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art.1, comma 2, lettera b) della Legge 11 settembre 2020, n.120, previa indagine esplorativa del mercato, del servizio di Coordinamento della Sicurezza in fase di Esecuzione nell'ambito della realizzazione delle "Opere di collettamento e depurazione relativamente ai poli di Civita Castellana, Sutri e Vignanello - I Lotto". CUP F73J08000040001 - CIG 8756097FD0. Approvazione atti di gara - Rettifica determinazione n. G05898 del 18.05.2021.
 </t>
         </is>
       </c>
-      <c r="F314" t="s">
-[...4 lines deleted...]
-      <c r="A315">
+      <c r="F331" t="s" s="3">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="332">
+      <c r="A332">
         <v>1673</v>
       </c>
-      <c r="B315" s="2">
+      <c r="B332" s="2">
         <v>44378</v>
       </c>
-      <c r="C315" t="s">
-[...5 lines deleted...]
-      <c r="E315" t="inlineStr">
+      <c r="C332" t="s">
+        <v>550</v>
+      </c>
+      <c r="D332" t="s">
+        <v>9</v>
+      </c>
+      <c r="E332" t="inlineStr">
         <is>
           <t>Gara comunitaria a procedura aperta per la fornitura di antisettici e disinfettanti occorrenti alle Aziende Sanitarie della Regione Lazio. Determina a contrarre. Approvazione schemi, atti e indizione gara. Nomina RUP e costituzione Gruppo di Lavoro ai sensi dell'art. 383 bis e seguenti del R.R. n. 1/2002. Numero Gara 8195854.
 CIG: 8805254577; 8805277871; 8805371604; 8805377AF6; 88053948FE; 8805405214; 8805415A52; 88054306B4; 8805441FC5; 8805449662; 8805496D29; 8805502220; 88055265ED; 8805534C85; 8805547741; 88055612D0; 8805569968; 8805574D87; 8805587843; 8805712F68; 880571738C; 8805729D70; 88057384E0; 88057552E8; 805817611; 8805833346; 8805843B84; 880585014E; 88059113A4; 88059335CB; 8805937917; 88059514A6; 8805966108; 8805975873; 88059969C7; 8806641E0B; 88066537F4; 8806680E3A; 8806686331; 88066949C9; 8806699DE8; 8806707485; 8806719E69; 8806731852; 88067464B4; 8806760043; 8806767608; 88067800C4; 8806790902; 880680770°; 8806818020; 8806829931; 8806846739; 8806855EA4; 8806870B06; 8806895FA6; 8806911CDB; 880692586; 8807005A6E; 88070195FD; 8807030F0E; 88070542E0; 8807069F3D; 88070775DA; 8807089FBE; 880709765B; 8807108F6C; 8807128FED; 8807145DF5; 8807154565; 8807173513; 8807183D51; 880719680D; 8807218A34; 88072314F0; 8807246152; 8807261DAF; 88072883FA
 </t>
         </is>
       </c>
-      <c r="F315" t="s">
-[...4 lines deleted...]
-      <c r="A316">
+      <c r="F332" t="s" s="3">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333">
         <v>1672</v>
       </c>
-      <c r="B316" s="2">
+      <c r="B333" s="2">
         <v>44370</v>
       </c>
-      <c r="C316" t="s">
-[...5 lines deleted...]
-      <c r="E316" t="inlineStr">
+      <c r="C333" t="s">
+        <v>552</v>
+      </c>
+      <c r="D333" t="s">
+        <v>9</v>
+      </c>
+      <c r="E333" t="inlineStr">
         <is>
           <t>Gara comunitaria a procedura aperta finalizzata alla stipula di Convenzioni Quadro per l'acquisizione e distribuzione di Ausili&amp;nbsp;per incontinenti per le esigenze delle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre.&amp;nbsp;Provvedimento di&amp;nbsp;indizione e approvazione atti.
 </t>
         </is>
       </c>
-      <c r="F316" t="s">
-[...4 lines deleted...]
-      <c r="A317">
+      <c r="F333" t="s" s="3">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334">
         <v>1671</v>
       </c>
-      <c r="B317" s="2">
+      <c r="B334" s="2">
         <v>44363</v>
       </c>
-      <c r="C317" t="s">
-[...5 lines deleted...]
-      <c r="E317" t="inlineStr">
+      <c r="C334" t="s">
+        <v>554</v>
+      </c>
+      <c r="D334" t="s">
+        <v>9</v>
+      </c>
+      <c r="E334" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento della fornitura di prodotti nutrizionali da somministrare per via enterale e/o os e latti occorrenti alle Aziende Sanitarie della Regione Lazio.&amp;nbsp;Numero Gara 8183575
 CIG: 8791404017; 8793128EC3; 8793146D9E; 87931565E1; 8793163BA6; 8793167EF2; 879317558F; 8793185DCD; 879318804B; 8793198889; 879320919F; 87932134EB; 879322707A; 87932313C6; 8793235712, 879323898B; 8793245F50; 8793262D58; 87932714C8; 87932936EF; 8793300CB4; 87933050D8; 8793313770, 8793325159; 8793362FDD; 8793397CC0; 8793417D41: 87934264B1; 8793433A76; 87934432B9; 8793446532; 87934497AB; 8793455C9D; 8793458F16; 8793462267; 8793468759; 87934719D2; 8793477EC4; 8793481215; 8793485561; 87934898AD; 8793492B26; 879349801D; 8793501296; 8793502369; 879350343C; 8793507788; 879350885B; 8793511AD4; 8793513C7A; 8793515E20; 8793517FC6; 879351809E; 8793520244; 8793521317; 87935223EA; 87935234BD; 8793525663; 87935299AF; 8793530A82; 8793532C28; 8793534DCE; 8793536F74; 879353811F; 87935402C5; 879354246B; 87935467B7; 8793549A30; 8793550B03; 8793552CA9; 8793555F22; 87935570CD; 87935581A0; 8793559273; 8793561419; 87935624EC; 87935635BF
 </t>
         </is>
       </c>
-      <c r="F317" t="s">
-[...4 lines deleted...]
-      <c r="A318">
+      <c r="F334" t="s" s="3">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="335">
+      <c r="A335">
         <v>1670</v>
       </c>
-      <c r="B318" s="2">
+      <c r="B335" s="2">
         <v>44001</v>
       </c>
-      <c r="C318" t="s">
-[...2 lines deleted...]
-      <c r="E318" t="inlineStr">
+      <c r="C335" t="s">
+        <v>556</v>
+      </c>
+      <c r="E335" t="inlineStr">
         <is>
           <t>Progetto STAR-Cities -Sustainable Tourism for Attractivity of Riverside Cities. Programma di Cooperazione Territoriale Europea Interreg Europe 2014-2020 - CUP F79F18000200006 ? SmartCIG ZF92D3ED84. Affidamento di incarico esterno per lo sviluppo di linee guida e modelli comuni tra i partner, per la preparazione dei piani d'azione e il successivo monitoraggio nella fase 2 del Progetto. Procedura di acquisizione sotto soglia, ai sensi dell'art. 36 del D.Lgs. 50/2016 ss. mm. ii., con l'utilizzo della piattaforma MEPA/Consip. Determinazione a contrarre. Approvazione del documento tecnico e impegno di spesa, a favore di Creditori diversi, di euro 20.000,00 (IVA ed oneri compresi) sui capitoli A33180 e A33181 - Es. Fin. 2020.
 </t>
         </is>
       </c>
-      <c r="F318" t="s">
-[...4 lines deleted...]
-      <c r="A319">
+      <c r="F335" t="s" s="3">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336">
         <v>1669</v>
       </c>
-      <c r="B319" s="2">
+      <c r="B336" s="2">
         <v>44358</v>
       </c>
-      <c r="C319" t="s">
-[...2 lines deleted...]
-      <c r="E319" t="inlineStr">
+      <c r="C336" t="s">
+        <v>558</v>
+      </c>
+      <c r="E336" t="inlineStr">
         <is>
           <t>Approvazione atti ed indizione della gara comunitaria centralizzata a procedura aperta per l'affidamento del servizio di tesoreria occorrente alle Aziende Sanitarie della Regione Lazio. Determina a contrarre. Approvazione schemi, atti e indizione gara. Numero Gara 8179103
 </t>
         </is>
       </c>
-      <c r="F319" t="s">
-[...4 lines deleted...]
-      <c r="A320">
+      <c r="F336" t="s" s="3">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="337">
+      <c r="A337">
         <v>1668</v>
       </c>
-      <c r="B320" s="2">
+      <c r="B337" s="2">
         <v>44323</v>
       </c>
-      <c r="C320" t="s">
-[...2 lines deleted...]
-      <c r="E320" t="inlineStr">
+      <c r="C337" t="s">
+        <v>560</v>
+      </c>
+      <c r="E337" t="inlineStr">
         <is>
           <t>Determinazione a contrarre semplificata per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, per l'affidamento dei lavori finalizzati alla realizzazione di un locale idoneo per il trattamento degli stranieri nel periodo di definizione dell'udienza di convalida dell'esecuzione del provvedimento di espulsione. (D.L. 4/10/2018 convertito in Legge n. 132/2018). CIG : 8741319CA0 - CUP F56C20000110006
 </t>
         </is>
       </c>
-      <c r="F320" t="s">
-[...4 lines deleted...]
-      <c r="A321">
+      <c r="F337" t="s" s="3">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="338">
+      <c r="A338">
         <v>1667</v>
       </c>
-      <c r="B321" s="2">
+      <c r="B338" s="2">
         <v>44327</v>
       </c>
-      <c r="C321" t="s">
-[...2 lines deleted...]
-      <c r="E321" t="inlineStr">
+      <c r="C338" t="s">
+        <v>562</v>
+      </c>
+      <c r="E338" t="inlineStr">
         <is>
           <t>OCM Ortofrutta (Reg. UE n. 1308/2013, Reg. UE n. 2017/891 e Reg. UE n. 217/892, D.M. 8867 del 13.08.2019) - Determina a contrarre per un affidamento diretto tramite M.E.P.A. per le prestazioni professionali per il controllo istruttorio finalizzato al rilascio da parte della Regione Lazio dei provvedimenti di approvazione dei Programmi Operativi pluriennali presentati dalle organizzazioni di produttori a decorrere dall'annualità 2021, delle modifiche annuali ai programmi già approvati per l'annualità 2021 e/o delle modifiche in corso d'anno per l'annualità 2020 nonché dei provvedimenti di riconoscimento delle Organizzazioni di Produttori (OP) - Impegno di spesa di Euro 23.729,00 (Esercizio 2020) e prenotazione di Euro 23.729,00 (Esercizio finanziario 2021) in favore di Origine Consulting srl, codice creditore 203170, sul capitolo S21410, pdc 1.03.02.11.999– SMART CIG: ZF32F85A4E
 </t>
         </is>
       </c>
-      <c r="F321" t="s">
-[...4 lines deleted...]
-      <c r="A322">
+      <c r="F338" t="s" s="3">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="339">
+      <c r="A339">
         <v>1666</v>
       </c>
-      <c r="B322" s="2">
+      <c r="B339" s="2">
         <v>44327</v>
       </c>
-      <c r="C322" t="s">
-[...2 lines deleted...]
-      <c r="E322" t="inlineStr">
+      <c r="C339" t="s">
+        <v>564</v>
+      </c>
+      <c r="E339" t="inlineStr">
         <is>
           <t>Procedura aperta, ai sensi dell'art. 60 del D.lgs. 50/2016 e ss.mm.ii., sopra soglia comunitaria, per l'affidamento dell'incarico di progettazione definitiva ed esecutiva, compresa relazione geologica e il coordinamento della sicurezza in fase di progettazione, relativo ai lavori di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale Ordinanza n. 109 del 21/11/2020 - codice intervento n. 354. Determina a contrarre ed approvazione degli atti di gara. CUP F74J20000010005 - CIG 8699012BC9
 </t>
         </is>
       </c>
-      <c r="F322" t="s">
-[...4 lines deleted...]
-      <c r="A323">
+      <c r="F339" t="s" s="3">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="340">
+      <c r="A340">
         <v>1665</v>
       </c>
-      <c r="B323" s="2">
+      <c r="B340" s="2">
         <v>44326</v>
       </c>
-      <c r="C323" t="s">
-[...2 lines deleted...]
-      <c r="E323" t="inlineStr">
+      <c r="C340" t="s">
+        <v>9</v>
+      </c>
+      <c r="E340" t="inlineStr">
         <is>
           <t>Trattativa diretta sul MePa per l'affidamento, ai sensi dell'articolo 36, comma 2, lett. a) del D.lgs. 50/2016 e dell'art. 1, comma 2, lett. a) della legge n. 120/2020, per l'affidamento dei servizi di supporto specialistico per la predisposizione dei piani economici finanziari simulati per avvio dell'affidamento dei servizi di trasporto pubblico urbano e interurbano su gomma. Determina a contrarre.
 </t>
         </is>
       </c>
-      <c r="F323" t="s">
-[...4 lines deleted...]
-      <c r="A324">
+      <c r="F340" t="s" s="3">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="341">
+      <c r="A341">
         <v>1664</v>
       </c>
-      <c r="B324" s="2">
+      <c r="B341" s="2">
         <v>44323</v>
       </c>
-      <c r="C324" t="s">
-[...2 lines deleted...]
-      <c r="E324" t="inlineStr">
+      <c r="C341" t="s">
+        <v>567</v>
+      </c>
+      <c r="E341" t="inlineStr">
         <is>
           <t>Intervento codice Rendis 12IR024/G9 "Lavori straordinari di manutenzione dell'alveo mediante dragaggio del fondo del fiume Tevere a Fiumara Grande". Procedura negoziata senza previa pubblicazione del bando, ai sensi dell'art. 63 co. 2, lett. a), c) del D.Lgs n. 50/2016. Determina a contrarre. CUP: F95J19000260001 - CIG: 874198523D
 </t>
         </is>
       </c>
-      <c r="F324" t="s">
-[...4 lines deleted...]
-      <c r="A325">
+      <c r="F341" t="s" s="3">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="342">
+      <c r="A342">
         <v>1663</v>
       </c>
-      <c r="B325" s="2">
+      <c r="B342" s="2">
         <v>44320</v>
       </c>
-      <c r="C325" t="s">
-[...2 lines deleted...]
-      <c r="E325" t="inlineStr">
+      <c r="C342" t="s">
+        <v>569</v>
+      </c>
+      <c r="E342" t="inlineStr">
         <is>
           <t>Determinazione a contrarre semplificata per l'affidamento diretto, ai sensi dell'art. 2, comma 2, lettera a) del D.L. 16 luglio 2020, n. 76, dell'incarico di assistenza scavi archeologici, ai sensi dell'art. 25 del DLGS 50/2016, relativo al deposito delle terre di scavo in loc. Collegentilesco - Torrita in Amatrice, per la ricostruzione dell'ospedale di Amatrice. CUP: F78I18000070008 CIG: ZA4318F550.
 </t>
         </is>
       </c>
-      <c r="F325" t="s">
-[...4 lines deleted...]
-      <c r="A326">
+      <c r="F342" t="s" s="3">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="343">
+      <c r="A343">
         <v>1657</v>
       </c>
-      <c r="B326" s="2">
+      <c r="B343" s="2">
         <v>44319</v>
       </c>
-      <c r="C326">
+      <c r="C343">
         <v>8639851697</v>
       </c>
-      <c r="E326" t="inlineStr">
+      <c r="E343" t="inlineStr">
         <is>
           <t>PO FESR LAZIO 2021-2027. Progetto A0393B0002. Determinazione a contrarre ex art. 32 del D.Lgs. 50/2016 per l'affidamento del "Servizio di assistenza tecnica per la programmazione, gestione e attuazione del PO FESR Lazio 2021-2027", di € 2.256.000,00 oltre IVA. Approvazione documenti tecnici e schema contratto. Prenot. imp. sugli E.F. 2021, 2022 e 2023 sui cap. A44101, A44102 e A44103 a favore di Creditori diversi di € 2.752.320,00 IVA inclusa. Impegni sull'E.F. 2021, 2022 e 2023 sui cap. A44101, A44102 e A44103 di € 15.088,13 in favore del "Fondo incentivi ex art. 383 sexies R.R. n. 1/2002" e accertam. di € 15.088,13 sul cap. n. 341560 sui medesimi E.F. - Imp. di € 800,00 a favore di ANAC sul cap. T19427 - E.F. 2021. CIG 8639851697 CUP F81I21000130009
 </t>
         </is>
       </c>
-      <c r="F326" t="s">
-[...329 lines deleted...]
-      <c r="F341" t="s">
+      <c r="F343" t="s" s="3">
         <v>571</v>
-      </c>
-[...42 lines deleted...]
-        <v>575</v>
       </c>
     </row>
     <row r="344">
       <c r="A344">
-        <v>1644</v>
+        <v>1648</v>
       </c>
       <c r="B344" s="2">
-        <v>44328</v>
-[...2 lines deleted...]
-        <v>8657762338</v>
+        <v>43963</v>
+      </c>
+      <c r="C344" t="s">
+        <v>572</v>
       </c>
       <c r="D344" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E344" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre e nomina RUP per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, dei lavori urgenti di manutenzione delle banchine del fiume Tevere a seguito della recente ondata di piena. CIG 8657762338. M.O./344</t>
-[...3 lines deleted...]
-        <v>576</v>
+          <t>"SERVIZIO PER LA CLASSIFICAZIONE DEI RIFIUTI PRESENTI NEL SITO E PER L'ELABORAZIONE DEL PIANO DI RIMOZIONE RIFIUTI – COMUNE DI PALIANO PONTI DELLA SELVA". CUP F37F19000150002 – CIG ZE72D5033A. Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art. 36, comma 2, lettera b) del D.lgs. n. 50/2016, previa indagine esplorativa del mercato, ed approvazione atti di gara. Impegno sul capitolo E32529 del bilancio regionale ee.ff. 2020 – 2021 per l'importo totale di Euro 30.137,57.</t>
+        </is>
+      </c>
+      <c r="F344" t="s" s="3">
+        <v>573</v>
       </c>
     </row>
     <row r="345">
       <c r="A345">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="B345" s="2">
-        <v>44328</v>
-[...2 lines deleted...]
-        <v>8653911944</v>
+        <v>43963</v>
+      </c>
+      <c r="C345" t="s">
+        <v>574</v>
       </c>
       <c r="D345" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E345" t="inlineStr">
         <is>
-          <t>12IR023/G9 - "Lavori di dragaggio e sistemazione della marrana di Prima Porta di carattere urgente". Determinazione a contrarre finalizzata all'affidamento lavori e approvazione atti di gara. CUP F85J19001520001 CIG 8653911944</t>
-[...3 lines deleted...]
-        <v>577</v>
+          <t>Comune di Ceprano – Ex Europress – Caratterizzazione e MISE – "SERVIZIO PER LA CLASSIFICAZIONE DEI RIFIUTI E L'ELABORAZIONE DEL PIANO DI RIMOZIONE RIFIUTI – SITO EX EUROPRESS". CUP F97F19000160002 CIG 8390696D5F. Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art. 36, comma 2, lettera b) del D.lgs. n. 50/2016, previa indagine esplorativa del mercato, ed approvazione atti di gara. Impegno per l'importo complessivo di € 39.810,65 sul capitolo E32529 del bilancio regionale e.f. 2020.</t>
+        </is>
+      </c>
+      <c r="F345" t="s" s="3">
+        <v>575</v>
       </c>
     </row>
     <row r="346">
       <c r="A346">
-        <v>1646</v>
+        <v>1650</v>
       </c>
       <c r="B346" s="2">
         <v>44328</v>
       </c>
       <c r="C346" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="D346" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E346" t="inlineStr">
         <is>
-          <t>Appalto specifico per l’acquisizione di Vaccini antinfluenzali 2021/2022 occorrenti alle Aziende Sanitarie della Regione Lazio, nell’ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori – Determina a contrarre. Approvazione schemi, atti e indizione gara. Numero Gara 8077813</t>
-[...3 lines deleted...]
-        <v>579</v>
+          <t>Determina a contrarre ai sensi dell'art. 32, comma 2, D. Lgs. n. 50/2016 per l'espletamento della procedura aperta, suddivisa in 6 Lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi di facchinaggio e di trasloco, destinati alle Amministrazioni del territorio della Regione Lazio. Nomina del RUP e del Gruppo di lavoro. Affidamento del servizio di pubblicazione del bando e degli avvisi di gara. Impegno di spesa di € 800,00 quale contributo in favore di ANAC sul capitolo T19427. Impegno di spesa € 2.088,78 IVA compresa, sul cap. S23427 Es. Fin. 2021, in favore di Riscontri Società Cooperativa (cod. cred/deb 198525).</t>
+        </is>
+      </c>
+      <c r="F346" t="s" s="3">
+        <v>577</v>
       </c>
     </row>
     <row r="347">
       <c r="A347">
-        <v>1647</v>
+        <v>1651</v>
       </c>
       <c r="B347" s="2">
         <v>44328</v>
       </c>
       <c r="C347" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="D347" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E347" t="inlineStr">
         <is>
-          <t>Determina a contrarre ai sensi dell'art. 32, comma 2, D.lgs. 50/2016, per l'indizione di una procedura di gara, sul Mercato elettronico della Regione Lazio (M.E.LA.) ai sensi dell'art. 36 comma 6, D.lgs. 50/2016, per l'affidamento del "Servizio di pubblicazioni legali dei bandi e avvisi di gara della Regione Lazio". Lotto unico. Impegno di spesa per complessivi € 258.030,00 in favore di Creditori diversi sui Capitoli S23427, S23917 e H21509, Es. Fin. 2021-22-23, per l'affidamento del servizio. Impegni di spesa di € 225,00 sul Capitolo T19427 Es. Fin. 2021 per il pagamento del contributo in favore dell'ANAC e di € 3.555,32 sul Capitolo S23427 Es. Fin. 2021-22-23, per incentivi ai sensi art. 113 D.lgs. 50/2016 e accertamento in entrata per complessivi € 3.555,32, sui Capitoli 341559, 341562, 341563. CIG 86426479EB.</t>
-[...3 lines deleted...]
-        <v>581</v>
+          <t>Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, dell'intervento per la rimozione e lo smaltimento della motonave "Tiber 1" presente in prossimità della banchina in sponda sinistra del Fiume Tevere tra il Ponte Umberto I ed il Ponte Sant'Angelo in comune di Roma Capitale. CIG 8699438B55 - CUP F87H21001710002</t>
+        </is>
+      </c>
+      <c r="F347" t="s" s="3">
+        <v>579</v>
       </c>
     </row>
     <row r="348">
       <c r="A348">
-        <v>1623</v>
+        <v>1652</v>
       </c>
       <c r="B348" s="2">
-        <v>43963</v>
+        <v>44328</v>
       </c>
       <c r="C348" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="D348" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E348" t="inlineStr">
         <is>
-          <t>Emergenza derivante dagli eventi metereologici verificatesi nel territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. Intervento codice n. R94 "Lavori straordinari dell'alveo del fiume Rapido - Vecchio alveo - Ripristino difese spondali a monte della casa circondariale". Determinazione a contrarre. CUP: F34H20000420001 CIG: 8549371C20</t>
-[...3 lines deleted...]
-        <v>583</v>
+          <t>Determina a contrarre ed affidamento, ai sensi dell'art. 2. Co. 1) dal Decreto-legge 16 luglio 2020 n. 76, convertito con Legge 11 settembre 2020, n. 120, del servizio di progettazione definitiva ed esecutiva e direzione dei lavori per la realizzazione di un locale idoneo per il trattamento degli stranieri nel periodo di definizione dell'udienza di convalida dell'esecuzione del provvedimento di espulsione. (D.L. 4/10/2018 convertito in Legge n. 132/2018). CUP F56C20000110006 CIG: 8691880E45.</t>
+        </is>
+      </c>
+      <c r="F348" t="s" s="3">
+        <v>581</v>
       </c>
     </row>
     <row r="349">
       <c r="A349">
-        <v>1624</v>
+        <v>1653</v>
       </c>
       <c r="B349" s="2">
-        <v>43963</v>
-[...2 lines deleted...]
-        <v>8548935456</v>
+        <v>44328</v>
+      </c>
+      <c r="C349" t="s">
+        <v>19</v>
       </c>
       <c r="D349" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E349" t="inlineStr">
         <is>
-          <t>Emergenza derivante dagli eventi metereologici verificatesi nel territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. Intervento codice n. 594 "Lavori straordinari dell'alveo del fiume Fibreno nel tratto a valle e a monte della Ferrovia Roccasecca - Sora - Ripristino officiosità idraulica e difese spondali". Determinazione a contrarre. CUP: F44H20000120001 CIG. 8548935456</t>
-[...3 lines deleted...]
-        <v>584</v>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio - Farmaci 2021_ottava tranche, nell'ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8114858</t>
+        </is>
+      </c>
+      <c r="F349" t="s" s="3">
+        <v>582</v>
       </c>
     </row>
     <row r="350">
       <c r="A350">
-        <v>1625</v>
+        <v>1654</v>
       </c>
       <c r="B350" s="2">
-        <v>43963</v>
+        <v>44328</v>
       </c>
       <c r="C350" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="D350" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E350" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta per l?acquisizione e la distribuzione di cannule e cateteri da destinare in assistenza territoriale ai pazienti delle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
-[...3 lines deleted...]
-        <v>586</v>
+          <t>Interventi per la riqualificazione, pulizia e bonifica delle aree golenali del tratto del Fiume Tevere. “Sistemazione di un’area ricreativa a Marconi e Parco Tevere Magliana – 2 stralcio”. Nomina di responsabile unico del procedimento (R.U.P.) dell’Ing. Antonio Battaglino ai sensi dell'art. 31 del D.lgs. n. 50/2016</t>
+        </is>
+      </c>
+      <c r="F350" t="s" s="3">
+        <v>584</v>
       </c>
     </row>
     <row r="351">
       <c r="A351">
-        <v>1626</v>
+        <v>1655</v>
       </c>
       <c r="B351" s="2">
-        <v>43963</v>
+        <v>44328</v>
       </c>
       <c r="C351" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="D351" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E351" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre relativa alla Gara comunitaria a procedura aperta finalizzata all'affidamento del "multiservizio tecnologico di manutenzione degli impianti relativi agli immobili di proprietà o in uso, a qualsiasi titolo, alla Regione Lazio". Impegni di spesa: € 15.544.371,61 IVA compresa, cap. S23416, Es. Fin. 2021-2028, in favore di Creditori Diversi (cod. cred/deb. 3805), € 6.355.559,78 IVA compresa, cap. S21900, Es. Fin. 2021-2028, in favore di Creditori Diversi (cod. cred/deb. 3805), Impegno di spesa di € 800,00 a favore di ANAC sul cap. T19427. Es. Fin. 2021, Impegno di spesa di complessivi € 197 458,40 sui capitoli S23416 e S21900 es fin 2021-2028 e relativo accertamento a favore del fondo incentivi, ai sensi dell'art.113 del Dlgs 50/2016 sui capitoli 341559 per € 157.966,72, 341562 per € 19.745,84 e 341563 per € 19.745,84. CIG 85680789A2</t>
-[...3 lines deleted...]
-        <v>588</v>
+          <t>Appalto specifico per l'acquisizione di Vaccini antinfluenzali 2021/2022 - seconda tranche - occorrenti alle Aziende Sanitarie della Regione Lazio, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori - Determina a contrarre. Approvazione schemi, atti e indizione gara. Numero Gara 8119940</t>
+        </is>
+      </c>
+      <c r="F351" t="s" s="3">
+        <v>586</v>
       </c>
     </row>
     <row r="352">
       <c r="A352">
-        <v>1627</v>
+        <v>1656</v>
       </c>
       <c r="B352" s="2">
-        <v>43963</v>
+        <v>44328</v>
       </c>
       <c r="C352" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="D352" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E352" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio e della Regione Calabria – Farmaci 2020_Sesta Tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori. Determina a contrarre. Approvazione schemi, atti e indizione gara. ID ANAC 7991142. Pagina 1</t>
-[...3 lines deleted...]
-        <v>590</v>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio "Farmaci 2020" Nona Tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Determina a contrarre. Approvazione schemi, atti e indizione gara. ID ANAC n. 8118090.</t>
+        </is>
+      </c>
+      <c r="F352" t="s" s="3">
+        <v>588</v>
       </c>
     </row>
     <row r="353">
       <c r="A353">
-        <v>1628</v>
+        <v>1636</v>
       </c>
       <c r="B353" s="2">
-        <v>44328</v>
-[...2 lines deleted...]
-        <v>8593971139</v>
+        <v>43232</v>
+      </c>
+      <c r="C353" t="s">
+        <v>19</v>
       </c>
       <c r="D353" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E353" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile ? Investire sugli edifici pubblici per migliorare la sostenibilita economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2740246_Intervento A0100E0331, presso gli "Uffici Comunali di Piazza del Popolo" nel Comune di Latina. Determina a contrarre ed approvazione atti di gara per l?affidamento dei lavori, nomina Direttore Lavori e CSE. CUP F24D17000010006 ? CIG 8593971139</t>
-[...3 lines deleted...]
-        <v>591</v>
+          <t>Affidamento a Lazio Innova S.p.A. della realizzazione di specifici interventi finalizzati alla implementazione del progetto comunitario "Prometeus - PROMotion of EmobiliTy in EU regionS" - Programma Interreg Europe 2014-2020. CUP F89J16001960007. Approvazione Schema di Convenzione tra Regione Lazio e Lazio Innova S.p.A. Impegno di spesa a favore di Lazio Innova S.p.A. (cod. creditore 59621) di € 93.800,00 quanto a € 35.175,00 sull'E.F. 2018 di cui € 29.898,75 capitolo A33160 (quota FESR) e € 5.276,25 capitolo A33161 (quota nazionale) – quanto a € 58.625,00 sull'E. F. 2019 di cui 49.831,25 capitolo A33160 (quota FESR) e € 8.793,75 capitolo A33161 (quota nazionale). Piano dei conti finanziario fino al IV livello 1.03.02.99 Altri Servizi.</t>
+        </is>
+      </c>
+      <c r="F353" t="s" s="3">
+        <v>589</v>
       </c>
     </row>
     <row r="354">
       <c r="A354">
-        <v>1629</v>
+        <v>1637</v>
       </c>
       <c r="B354" s="2">
         <v>43963</v>
       </c>
       <c r="C354" t="s">
-        <v>592</v>
+        <v>19</v>
       </c>
       <c r="D354" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E354" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre. Affidamento diretto all'Alicubi srl (cod. creditore 193433) per la realizzazione di un videodocumentario web sulla data "identitaria" del 2 giugno da divulgare nelle scuole della Regione Lazio ai sensi dell'articolo 36, comma 2, lett. a) del D.Lgs. n. 50/2016. Impegno di spesa di euro 11.126,40 (IVA inclusa) a valere sul Cap. F11908. (Codice CUP n. F86F20000310002 e Codice CIG n. Z562D2802D). Esercizio finanziario 2020</t>
-[...3 lines deleted...]
-        <v>593</v>
+          <t>Progetto Comunitario "SMART HY-AWARE - Smart solutions for HYdrogen potential AWAReness Enhancing" - Programma Interreg Europe 2014-2020 - Obiettivo Specifico 3.1. PGI05931 - CUP F82G18000150007. Affidamento a Lazio Innova S.p.A. della realizzazione di attività finalizzate al perseguimento di obiettivi aventi carattere generale nell'ambito del Progetto. Approvazione Schema di Convenzione contenente le modalità di realizzazione ed esecuzione delle attività richieste. Impegno di spesa complessivo euro 68.867,00 sui capitoli A33230 (quota FESR euro 58.536,95) e A33231 (quota nazionale euro 10.330,05) in favore di Lazio Innova S.p.A. (codice creditore 59621). Es. fin. 2020 e pluriennale 2021. Piano dei conti finanziario fino al IV livello 1.04.03.01.</t>
+        </is>
+      </c>
+      <c r="F354" t="s" s="3">
+        <v>590</v>
       </c>
     </row>
     <row r="355">
       <c r="A355">
-        <v>1630</v>
+        <v>1638</v>
       </c>
       <c r="B355" s="2">
         <v>43963</v>
       </c>
       <c r="C355" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="D355" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E355" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre. Affidamento diretto alla LAZIOcrea S.p.A del servizio di organizzazione del progetto di realizzazione di video racconti digitali da divulgare nelle scuole della Regione Lazio. Impegno di spesa di euro 79.3000,00 (IVA inclusa) a valere sul Cap. F11908. Esercizio finanziario 2020</t>
-[...3 lines deleted...]
-        <v>595</v>
+          <t>12IR025/G9 Lavori straordinari di manutenzione dell'alveo mediante dragaggio del fondo del fiume Tevere a Fiumara Grande. Determinazione a contrarre finalizzata all'affidamento lavori e approvazione atti di gara. CUP F95J19000260001 CIG 8614051BC0</t>
+        </is>
+      </c>
+      <c r="F355" t="s" s="3">
+        <v>592</v>
       </c>
     </row>
     <row r="356">
       <c r="A356">
-        <v>1631</v>
+        <v>1639</v>
       </c>
       <c r="B356" s="2">
-        <v>43963</v>
-[...4 lines deleted...]
-        </is>
+        <v>44328</v>
+      </c>
+      <c r="C356" t="s">
+        <v>593</v>
       </c>
       <c r="D356" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E356" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla fornitura di ausili tecnici standard per disabili di cui al dpcm del 12 gennaio 2017 (gu n.65 del 18/03/2017) e servizi connessi, occorrenti alle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
-[...3 lines deleted...]
-        <v>596</v>
+          <t>12IR028/G9 "Lavori urgenti di consolidamento del versante del costone sottostante Abbazia Santa Scolastica-Subiaco". Determinazione a contrarre finalizzata all'affidamento dei lavori e approvazione atti di gara. CUP F25J19000160001 CIG 8618819A6E</t>
+        </is>
+      </c>
+      <c r="F356" t="s" s="3">
+        <v>594</v>
       </c>
     </row>
     <row r="357">
       <c r="A357">
-        <v>1632</v>
+        <v>1640</v>
       </c>
       <c r="B357" s="2">
-        <v>43963</v>
+        <v>44328</v>
       </c>
       <c r="C357" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="D357" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E357" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 10 lotti, finalizzata alla stipula di accordi quadro per la fornitura di guanti monouso da destinare alle Aziende Sanitarie ed Ospedaliere della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
-[...3 lines deleted...]
-        <v>598</v>
+          <t>DGR 74/2019 - "Manutenzione e sistemazione delle scogliere emerse di Isola Sacra loc. Passo della Sentinella nel comune di Fiumicino (RM)". Determinazione a contrarre finalizzata all'affidamento dei lavori tramite procedura negoziata di cui all'art. 1, comma 2, lett. b), del Decreto-Legge n. 76 del 16.7.2020, convertito in Legge n. 120 dell'11/09/2020 e approvazione atti di gara. CUP F14D20000050002 - CIG: 8598735C96</t>
+        </is>
+      </c>
+      <c r="F357" t="s" s="3">
+        <v>596</v>
       </c>
     </row>
     <row r="358">
       <c r="A358">
-        <v>1633</v>
+        <v>1641</v>
       </c>
       <c r="B358" s="2">
-        <v>43963</v>
-[...2 lines deleted...]
-        <v>599</v>
+        <v>44328</v>
+      </c>
+      <c r="C358">
+        <v>8637489967</v>
       </c>
       <c r="D358" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E358" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di accordi quadro per la fornitura di basse e medie tecnologie elettromedicali destinate alle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Approvazione atti e provvedimento di indizione. Importo complessivo di gara: euro 25.225.377,05 (iva esclusa).</t>
-[...3 lines deleted...]
-        <v>600</v>
+          <t>O.C.D.P.C. 388/2016: Ulteriori interventi urgenti di protezione civile conseguenti l'eccezionale evento sismico che ha colpito il territorio delle regioni Lazio, Marche, Umbria e Abruzzo il 24.08.2016. Determina a contrarre per l'affidamento diretto dei lavori di demolizione del piazzale di accesso al supermarket limitrofo all'ex ospedale Grifoni di Amatrice e della scala esterna e di alcune strutture (muri di sostegno in c.a.) integrati nella struttura portante dell'ex Ospedale Grifoni di Amatrice e che avevano la funzione di sostenere la strada S.S. 260 - via Picente. Approvazione atti di gara. CUP F72C21000170005 CIG 8637489967.</t>
+        </is>
+      </c>
+      <c r="F358" t="s" s="3">
+        <v>597</v>
       </c>
     </row>
     <row r="359">
       <c r="A359">
-        <v>1634</v>
+        <v>1642</v>
       </c>
       <c r="B359" s="2">
-        <v>43963</v>
+        <v>44328</v>
       </c>
       <c r="C359" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="D359" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E359" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di accordi quadro per la fornitura di tecnologie informatiche destinate alle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Approvazione atti e provvedimento di indizione. Valore complessivo della procedura pari ad euro 5.058.278,69 IVA esclusa.</t>
-[...3 lines deleted...]
-        <v>602</v>
+          <t>Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio di progettazione definitiva ed esecutiva degli arredi ed attrezzature sanitarie, relativi all'intervento di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018, allo studio Valle 3.0 S.R.L. CUP F78I18000070008 - CIG 863651232A</t>
+        </is>
+      </c>
+      <c r="F359" t="s" s="3">
+        <v>599</v>
       </c>
     </row>
     <row r="360">
       <c r="A360">
-        <v>1635</v>
+        <v>1643</v>
       </c>
       <c r="B360" s="2">
-        <v>43963</v>
+        <v>44328</v>
       </c>
       <c r="C360" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="D360" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E360" t="inlineStr">
         <is>
-          <t>Determina a contrarre ai sensi dell'art. 32 del D.lgs. 50/2016 di autorizzazione dell'espletamento di una procedura negoziata per la stipula di un Accordo Quadro (art. 54, D.lgs. 50/16), avente ad oggetto i lavori di messa in sicurezza e di manutenzione delle essenze arboree ubicate sulle fasce frangivento presenti nel territorio di Latina e Provincia – 4 Lotti Funzionali. Impegni e prenotazioni di spesa sul Bilancio Pluriennale della Regione Lazio, ess. finn. 2020-2021:sul capitolo S22501 per € 1.292.624,24 per lavori, sul capitolo S22501 per € 55.998,00 per incarico di Direzione dei Lavori,sul capitolo S22501 per € 44.408,00 per incarico di Coordinamento per la sicurezza in fase di esecuzione,€ 20.992,47 sul capitolo S22501, accertamento in entrata di € 20.992,47 sui capitoli 341559, 341562 e 341563, a titolo d'incentivi al personale dipendente.</t>
-[...3 lines deleted...]
-        <v>604</v>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio - Farmaci 2020_settima tranche, nell'ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. ID Anac 8066928.</t>
+        </is>
+      </c>
+      <c r="F360" t="s" s="3">
+        <v>601</v>
       </c>
     </row>
     <row r="361">
       <c r="A361">
-        <v>1612</v>
+        <v>1644</v>
       </c>
       <c r="B361" s="2">
-        <v>43963</v>
-[...2 lines deleted...]
-        <v>605</v>
+        <v>44328</v>
+      </c>
+      <c r="C361">
+        <v>8657762338</v>
       </c>
       <c r="D361" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E361" t="inlineStr">
         <is>
-          <t>Emergenza derivante dagli eventi metereologici verificatesi nel territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. Intervento codice R108 denominato "Lavori straordinari ed urgenti dell'alveo del fiume Salto dalla diga sino alla confluenza nel Velino". Determinazione a contrarre. CUP: F14H20000280002 CIG 84832127FF</t>
-[...3 lines deleted...]
-        <v>606</v>
+          <t>Determinazione a contrarre e nomina RUP per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, dei lavori urgenti di manutenzione delle banchine del fiume Tevere a seguito della recente ondata di piena. CIG 8657762338. M.O./344</t>
+        </is>
+      </c>
+      <c r="F361" t="s" s="3">
+        <v>602</v>
       </c>
     </row>
     <row r="362">
       <c r="A362">
-        <v>1613</v>
+        <v>1645</v>
       </c>
       <c r="B362" s="2">
-        <v>43963</v>
-[...2 lines deleted...]
-        <v>607</v>
+        <v>44328</v>
+      </c>
+      <c r="C362">
+        <v>8653911944</v>
       </c>
       <c r="D362" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E362" t="inlineStr">
         <is>
-          <t>Determina a contrarre ai sensi dell'art. 32, comma 2, D.Lgs. n. 50/2016 e autorizzazione all'espletamento della procedura di gara aperta per la conclusione di convenzioni quadro ai sensi dell'art. art.1, comma 456, della L. 296/2006, per l'affidamento dei "Servizi di pulizia e sanificazione a ridotto impatto ambientale e dei servizi accessori per le sedi delle Amministrazioni del territorio della Regione Lazio". Procedura suddivisa in 6 lotti.</t>
-[...3 lines deleted...]
-        <v>608</v>
+          <t>12IR023/G9 - "Lavori di dragaggio e sistemazione della marrana di Prima Porta di carattere urgente". Determinazione a contrarre finalizzata all'affidamento lavori e approvazione atti di gara. CUP F85J19001520001 CIG 8653911944</t>
+        </is>
+      </c>
+      <c r="F362" t="s" s="3">
+        <v>603</v>
       </c>
     </row>
     <row r="363">
       <c r="A363">
-        <v>1614</v>
+        <v>1646</v>
       </c>
       <c r="B363" s="2">
-        <v>43963</v>
+        <v>44328</v>
       </c>
       <c r="C363" t="s">
-        <v>609</v>
+        <v>604</v>
       </c>
       <c r="D363" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E363" t="inlineStr">
         <is>
-          <t>Piano stralcio 2019 (Delibera CIPE n. 35 del 24 luglio 2019) - Intervento Codice Rendis Rendis 12IR027/G9 denominato "Lavori straordinari di manutenzione dell'alveo del Fiume Aniene da Ponte Lucano alla Foce del Tevere". Determinazione a contrarre finalizzata all'affidamento, tramite procedura negoziata di cui dell'art. 1, comma 2, lett. b), del Decreto Legge n. 76 del 16/07/2020, convertito in Legge n. 120 dell'11 settembre 2020 e approvazione atti di gara. CUP: F25J19000170001 - CIG: 8486551B6C</t>
-[...3 lines deleted...]
-        <v>610</v>
+          <t>Appalto specifico per l’acquisizione di Vaccini antinfluenzali 2021/2022 occorrenti alle Aziende Sanitarie della Regione Lazio, nell’ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori – Determina a contrarre. Approvazione schemi, atti e indizione gara. Numero Gara 8077813</t>
+        </is>
+      </c>
+      <c r="F363" t="s" s="3">
+        <v>605</v>
       </c>
     </row>
     <row r="364">
       <c r="A364">
-        <v>1615</v>
+        <v>1647</v>
       </c>
       <c r="B364" s="2">
-        <v>43963</v>
-[...2 lines deleted...]
-        <v>8495157952</v>
+        <v>44328</v>
+      </c>
+      <c r="C364" t="s">
+        <v>606</v>
       </c>
       <c r="D364" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E364" t="inlineStr">
         <is>
-          <t>Piano stralcio 2019 - Codice Rendis 12IR026/G9 - Lavori straordinari di manutenzione dell'alveo del Fiume Velino - 2° Stralcio nel Comune di Castel Sant'Angelo (RI). Determinazione a contrarre finalizzata all'affidamento, tramite procedura negoziata di cui dell'art. 1, comma 2, lett. b), del Decreto Legge n. 76 del 16/07/2020, convertito in Legge n. 120 dell'11/09/2020, e approvazione atti di gara. CUP: F45J19000360001- CIG: 8495157952</t>
-[...3 lines deleted...]
-        <v>611</v>
+          <t>Determina a contrarre ai sensi dell'art. 32, comma 2, D.lgs. 50/2016, per l'indizione di una procedura di gara, sul Mercato elettronico della Regione Lazio (M.E.LA.) ai sensi dell'art. 36 comma 6, D.lgs. 50/2016, per l'affidamento del "Servizio di pubblicazioni legali dei bandi e avvisi di gara della Regione Lazio". Lotto unico. Impegno di spesa per complessivi € 258.030,00 in favore di Creditori diversi sui Capitoli S23427, S23917 e H21509, Es. Fin. 2021-22-23, per l'affidamento del servizio. Impegni di spesa di € 225,00 sul Capitolo T19427 Es. Fin. 2021 per il pagamento del contributo in favore dell'ANAC e di € 3.555,32 sul Capitolo S23427 Es. Fin. 2021-22-23, per incentivi ai sensi art. 113 D.lgs. 50/2016 e accertamento in entrata per complessivi € 3.555,32, sui Capitoli 341559, 341562, 341563. CIG 86426479EB.</t>
+        </is>
+      </c>
+      <c r="F364" t="s" s="3">
+        <v>607</v>
       </c>
     </row>
     <row r="365">
       <c r="A365">
-        <v>1616</v>
+        <v>1623</v>
       </c>
       <c r="B365" s="2">
         <v>43963</v>
       </c>
       <c r="C365" t="s">
-        <v>612</v>
+        <v>608</v>
       </c>
       <c r="D365" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E365" t="inlineStr">
         <is>
-          <t>Procedura negoziata d'urgenza tramite RDO su Mepa Consip per la conclusione di un accordo quadro per la fornitura di pulsossimetri da dito necessari per la gestione dell'emergenza sanitaria covid-19-2. CIG n. 85041441A3. Determinazione a contrarre. Nomina del Responsabile unico del procedimento, approvazione atti e indizione gara - COV- 20.</t>
-[...3 lines deleted...]
-        <v>613</v>
+          <t>Emergenza derivante dagli eventi metereologici verificatesi nel territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. Intervento codice n. R94 "Lavori straordinari dell'alveo del fiume Rapido - Vecchio alveo - Ripristino difese spondali a monte della casa circondariale". Determinazione a contrarre. CUP: F34H20000420001 CIG: 8549371C20</t>
+        </is>
+      </c>
+      <c r="F365" t="s" s="3">
+        <v>609</v>
       </c>
     </row>
     <row r="366">
       <c r="A366">
-        <v>1617</v>
+        <v>1624</v>
       </c>
       <c r="B366" s="2">
         <v>43963</v>
       </c>
-      <c r="C366" t="s">
-        <v>614</v>
+      <c r="C366">
+        <v>8548935456</v>
       </c>
       <c r="D366" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E366" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile ? Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier - LI-ES2-2160189- Intervento A0100E0079 presso la ?Scuola Elementare "U. Cerboni" nel Comune di Roma. Determina a contrarre ed approvazione atti di gara per l?affidamento dei lavori. CUP F86C17000050006 ? CIG 84894503C3</t>
-[...3 lines deleted...]
-        <v>615</v>
+          <t>Emergenza derivante dagli eventi metereologici verificatesi nel territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. Intervento codice n. 594 "Lavori straordinari dell'alveo del fiume Fibreno nel tratto a valle e a monte della Ferrovia Roccasecca - Sora - Ripristino officiosità idraulica e difese spondali". Determinazione a contrarre. CUP: F44H20000120001 CIG. 8548935456</t>
+        </is>
+      </c>
+      <c r="F366" t="s" s="3">
+        <v>610</v>
       </c>
     </row>
     <row r="367">
       <c r="A367">
-        <v>1618</v>
+        <v>1625</v>
       </c>
       <c r="B367" s="2">
         <v>43963</v>
       </c>
       <c r="C367" t="s">
-        <v>616</v>
+        <v>611</v>
       </c>
       <c r="D367" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E367" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento codice R513 denominato "Lavori straordinari di manutenzione dell'alveo del fiume Rapido da S. Elia a Cassino – Vecchio e nuovo alveo - Km 9,00". Determinazione a contrarre. CUP: F13H20000160001- CIG: 85176012B4</t>
-[...3 lines deleted...]
-        <v>617</v>
+          <t>Gara comunitaria a procedura aperta per l?acquisizione e la distribuzione di cannule e cateteri da destinare in assistenza territoriale ai pazienti delle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
+        </is>
+      </c>
+      <c r="F367" t="s" s="3">
+        <v>612</v>
       </c>
     </row>
     <row r="368">
       <c r="A368">
+        <v>1626</v>
+      </c>
+      <c r="B368" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C368" t="s">
+        <v>613</v>
+      </c>
+      <c r="D368" t="s">
+        <v>9</v>
+      </c>
+      <c r="E368" t="inlineStr">
+        <is>
+          <t>Determinazione a contrarre relativa alla Gara comunitaria a procedura aperta finalizzata all'affidamento del "multiservizio tecnologico di manutenzione degli impianti relativi agli immobili di proprietà o in uso, a qualsiasi titolo, alla Regione Lazio". Impegni di spesa: € 15.544.371,61 IVA compresa, cap. S23416, Es. Fin. 2021-2028, in favore di Creditori Diversi (cod. cred/deb. 3805), € 6.355.559,78 IVA compresa, cap. S21900, Es. Fin. 2021-2028, in favore di Creditori Diversi (cod. cred/deb. 3805), Impegno di spesa di € 800,00 a favore di ANAC sul cap. T19427. Es. Fin. 2021, Impegno di spesa di complessivi € 197 458,40 sui capitoli S23416 e S21900 es fin 2021-2028 e relativo accertamento a favore del fondo incentivi, ai sensi dell'art.113 del Dlgs 50/2016 sui capitoli 341559 per € 157.966,72, 341562 per € 19.745,84 e 341563 per € 19.745,84. CIG 85680789A2</t>
+        </is>
+      </c>
+      <c r="F368" t="s" s="3">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369">
+        <v>1627</v>
+      </c>
+      <c r="B369" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C369" t="s">
+        <v>615</v>
+      </c>
+      <c r="D369" t="s">
+        <v>9</v>
+      </c>
+      <c r="E369" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio e della Regione Calabria – Farmaci 2020_Sesta Tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori. Determina a contrarre. Approvazione schemi, atti e indizione gara. ID ANAC 7991142. Pagina 1</t>
+        </is>
+      </c>
+      <c r="F369" t="s" s="3">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370">
+        <v>1628</v>
+      </c>
+      <c r="B370" s="2">
+        <v>44328</v>
+      </c>
+      <c r="C370">
+        <v>8593971139</v>
+      </c>
+      <c r="D370" t="s">
+        <v>9</v>
+      </c>
+      <c r="E370" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile ? Investire sugli edifici pubblici per migliorare la sostenibilita economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2740246_Intervento A0100E0331, presso gli "Uffici Comunali di Piazza del Popolo" nel Comune di Latina. Determina a contrarre ed approvazione atti di gara per l?affidamento dei lavori, nomina Direttore Lavori e CSE. CUP F24D17000010006 ? CIG 8593971139</t>
+        </is>
+      </c>
+      <c r="F370" t="s" s="3">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="371">
+      <c r="A371">
+        <v>1629</v>
+      </c>
+      <c r="B371" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C371" t="s">
+        <v>618</v>
+      </c>
+      <c r="D371" t="s">
+        <v>9</v>
+      </c>
+      <c r="E371" t="inlineStr">
+        <is>
+          <t>Determinazione a contrarre. Affidamento diretto all'Alicubi srl (cod. creditore 193433) per la realizzazione di un videodocumentario web sulla data "identitaria" del 2 giugno da divulgare nelle scuole della Regione Lazio ai sensi dell'articolo 36, comma 2, lett. a) del D.Lgs. n. 50/2016. Impegno di spesa di euro 11.126,40 (IVA inclusa) a valere sul Cap. F11908. (Codice CUP n. F86F20000310002 e Codice CIG n. Z562D2802D). Esercizio finanziario 2020</t>
+        </is>
+      </c>
+      <c r="F371" t="s" s="3">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372">
+        <v>1630</v>
+      </c>
+      <c r="B372" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C372" t="s">
+        <v>620</v>
+      </c>
+      <c r="D372" t="s">
+        <v>9</v>
+      </c>
+      <c r="E372" t="inlineStr">
+        <is>
+          <t>Determinazione a contrarre. Affidamento diretto alla LAZIOcrea S.p.A del servizio di organizzazione del progetto di realizzazione di video racconti digitali da divulgare nelle scuole della Regione Lazio. Impegno di spesa di euro 79.3000,00 (IVA inclusa) a valere sul Cap. F11908. Esercizio finanziario 2020</t>
+        </is>
+      </c>
+      <c r="F372" t="s" s="3">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373">
+        <v>1631</v>
+      </c>
+      <c r="B373" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C373" t="inlineStr">
+        <is>
+          <t>8556372D88; 8556374F2E; 8556375006; 85563760D9; 85563771AC; 8556379352; 8556380425; 85563814F8; 85563825CB; 8556384771; 8556385844; 85563879EA; 8556388ABD; 8556389B90; 8556390C63; 8556393EDC; 8556394FAF; 8556395087; 8556398300; 85563993D3; 8556401579; 855</t>
+        </is>
+      </c>
+      <c r="D373" t="s">
+        <v>9</v>
+      </c>
+      <c r="E373" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla fornitura di ausili tecnici standard per disabili di cui al dpcm del 12 gennaio 2017 (gu n.65 del 18/03/2017) e servizi connessi, occorrenti alle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
+        </is>
+      </c>
+      <c r="F373" t="s" s="3">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374">
+        <v>1632</v>
+      </c>
+      <c r="B374" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C374" t="s">
+        <v>623</v>
+      </c>
+      <c r="D374" t="s">
+        <v>9</v>
+      </c>
+      <c r="E374" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 10 lotti, finalizzata alla stipula di accordi quadro per la fornitura di guanti monouso da destinare alle Aziende Sanitarie ed Ospedaliere della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
+        </is>
+      </c>
+      <c r="F374" t="s" s="3">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="375">
+      <c r="A375">
+        <v>1633</v>
+      </c>
+      <c r="B375" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C375" t="s">
+        <v>625</v>
+      </c>
+      <c r="D375" t="s">
+        <v>9</v>
+      </c>
+      <c r="E375" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di accordi quadro per la fornitura di basse e medie tecnologie elettromedicali destinate alle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Approvazione atti e provvedimento di indizione. Importo complessivo di gara: euro 25.225.377,05 (iva esclusa).</t>
+        </is>
+      </c>
+      <c r="F375" t="s" s="3">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="376">
+      <c r="A376">
+        <v>1634</v>
+      </c>
+      <c r="B376" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C376" t="s">
+        <v>627</v>
+      </c>
+      <c r="D376" t="s">
+        <v>9</v>
+      </c>
+      <c r="E376" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di accordi quadro per la fornitura di tecnologie informatiche destinate alle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Approvazione atti e provvedimento di indizione. Valore complessivo della procedura pari ad euro 5.058.278,69 IVA esclusa.</t>
+        </is>
+      </c>
+      <c r="F376" t="s" s="3">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="377">
+      <c r="A377">
+        <v>1635</v>
+      </c>
+      <c r="B377" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C377" t="s">
+        <v>629</v>
+      </c>
+      <c r="D377" t="s">
+        <v>9</v>
+      </c>
+      <c r="E377" t="inlineStr">
+        <is>
+          <t>Determina a contrarre ai sensi dell'art. 32 del D.lgs. 50/2016 di autorizzazione dell'espletamento di una procedura negoziata per la stipula di un Accordo Quadro (art. 54, D.lgs. 50/16), avente ad oggetto i lavori di messa in sicurezza e di manutenzione delle essenze arboree ubicate sulle fasce frangivento presenti nel territorio di Latina e Provincia – 4 Lotti Funzionali. Impegni e prenotazioni di spesa sul Bilancio Pluriennale della Regione Lazio, ess. finn. 2020-2021:sul capitolo S22501 per € 1.292.624,24 per lavori, sul capitolo S22501 per € 55.998,00 per incarico di Direzione dei Lavori,sul capitolo S22501 per € 44.408,00 per incarico di Coordinamento per la sicurezza in fase di esecuzione,€ 20.992,47 sul capitolo S22501, accertamento in entrata di € 20.992,47 sui capitoli 341559, 341562 e 341563, a titolo d'incentivi al personale dipendente.</t>
+        </is>
+      </c>
+      <c r="F377" t="s" s="3">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="378">
+      <c r="A378">
+        <v>1612</v>
+      </c>
+      <c r="B378" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C378" t="s">
+        <v>631</v>
+      </c>
+      <c r="D378" t="s">
+        <v>9</v>
+      </c>
+      <c r="E378" t="inlineStr">
+        <is>
+          <t>Emergenza derivante dagli eventi metereologici verificatesi nel territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. Intervento codice R108 denominato "Lavori straordinari ed urgenti dell'alveo del fiume Salto dalla diga sino alla confluenza nel Velino". Determinazione a contrarre. CUP: F14H20000280002 CIG 84832127FF</t>
+        </is>
+      </c>
+      <c r="F378" t="s" s="3">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="379">
+      <c r="A379">
+        <v>1613</v>
+      </c>
+      <c r="B379" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C379" t="s">
+        <v>633</v>
+      </c>
+      <c r="D379" t="s">
+        <v>9</v>
+      </c>
+      <c r="E379" t="inlineStr">
+        <is>
+          <t>Determina a contrarre ai sensi dell'art. 32, comma 2, D.Lgs. n. 50/2016 e autorizzazione all'espletamento della procedura di gara aperta per la conclusione di convenzioni quadro ai sensi dell'art. art.1, comma 456, della L. 296/2006, per l'affidamento dei "Servizi di pulizia e sanificazione a ridotto impatto ambientale e dei servizi accessori per le sedi delle Amministrazioni del territorio della Regione Lazio". Procedura suddivisa in 6 lotti.</t>
+        </is>
+      </c>
+      <c r="F379" t="s" s="3">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="380">
+      <c r="A380">
+        <v>1614</v>
+      </c>
+      <c r="B380" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C380" t="s">
+        <v>635</v>
+      </c>
+      <c r="D380" t="s">
+        <v>9</v>
+      </c>
+      <c r="E380" t="inlineStr">
+        <is>
+          <t>Piano stralcio 2019 (Delibera CIPE n. 35 del 24 luglio 2019) - Intervento Codice Rendis Rendis 12IR027/G9 denominato "Lavori straordinari di manutenzione dell'alveo del Fiume Aniene da Ponte Lucano alla Foce del Tevere". Determinazione a contrarre finalizzata all'affidamento, tramite procedura negoziata di cui dell'art. 1, comma 2, lett. b), del Decreto Legge n. 76 del 16/07/2020, convertito in Legge n. 120 dell'11 settembre 2020 e approvazione atti di gara. CUP: F25J19000170001 - CIG: 8486551B6C</t>
+        </is>
+      </c>
+      <c r="F380" t="s" s="3">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="381">
+      <c r="A381">
+        <v>1615</v>
+      </c>
+      <c r="B381" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C381">
+        <v>8495157952</v>
+      </c>
+      <c r="D381" t="s">
+        <v>9</v>
+      </c>
+      <c r="E381" t="inlineStr">
+        <is>
+          <t>Piano stralcio 2019 - Codice Rendis 12IR026/G9 - Lavori straordinari di manutenzione dell'alveo del Fiume Velino - 2° Stralcio nel Comune di Castel Sant'Angelo (RI). Determinazione a contrarre finalizzata all'affidamento, tramite procedura negoziata di cui dell'art. 1, comma 2, lett. b), del Decreto Legge n. 76 del 16/07/2020, convertito in Legge n. 120 dell'11/09/2020, e approvazione atti di gara. CUP: F45J19000360001- CIG: 8495157952</t>
+        </is>
+      </c>
+      <c r="F381" t="s" s="3">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="382">
+      <c r="A382">
+        <v>1616</v>
+      </c>
+      <c r="B382" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C382" t="s">
+        <v>638</v>
+      </c>
+      <c r="D382" t="s">
+        <v>9</v>
+      </c>
+      <c r="E382" t="inlineStr">
+        <is>
+          <t>Procedura negoziata d'urgenza tramite RDO su Mepa Consip per la conclusione di un accordo quadro per la fornitura di pulsossimetri da dito necessari per la gestione dell'emergenza sanitaria covid-19-2. CIG n. 85041441A3. Determinazione a contrarre. Nomina del Responsabile unico del procedimento, approvazione atti e indizione gara - COV- 20.</t>
+        </is>
+      </c>
+      <c r="F382" t="s" s="3">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="383">
+      <c r="A383">
+        <v>1617</v>
+      </c>
+      <c r="B383" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C383" t="s">
+        <v>640</v>
+      </c>
+      <c r="D383" t="s">
+        <v>9</v>
+      </c>
+      <c r="E383" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile ? Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier - LI-ES2-2160189- Intervento A0100E0079 presso la ?Scuola Elementare "U. Cerboni" nel Comune di Roma. Determina a contrarre ed approvazione atti di gara per l?affidamento dei lavori. CUP F86C17000050006 ? CIG 84894503C3</t>
+        </is>
+      </c>
+      <c r="F383" t="s" s="3">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="384">
+      <c r="A384">
+        <v>1618</v>
+      </c>
+      <c r="B384" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C384" t="s">
+        <v>642</v>
+      </c>
+      <c r="D384" t="s">
+        <v>9</v>
+      </c>
+      <c r="E384" t="inlineStr">
+        <is>
+          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento codice R513 denominato "Lavori straordinari di manutenzione dell'alveo del fiume Rapido da S. Elia a Cassino – Vecchio e nuovo alveo - Km 9,00". Determinazione a contrarre. CUP: F13H20000160001- CIG: 85176012B4</t>
+        </is>
+      </c>
+      <c r="F384" t="s" s="3">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="385">
+      <c r="A385">
         <v>1619</v>
       </c>
-      <c r="B368" s="2">
+      <c r="B385" s="2">
         <v>43597</v>
       </c>
-      <c r="C368" t="s">
-[...5 lines deleted...]
-      <c r="E368" t="inlineStr" s="3">
+      <c r="C385" t="s">
+        <v>644</v>
+      </c>
+      <c r="D385" t="s">
+        <v>9</v>
+      </c>
+      <c r="E385" t="inlineStr" s="3">
         <is>
           <t>Gara comunitaria centralizzata a procedura aperta sopra soglia comunitaria, ai sensi dell'art. 60 del D.lgs. 50/2016, finalizzata alla stipula di un Accordo quadro per la fornitura di medicazioni generali ed avanzate occorrenti alle Aziende Sanitarie della Regione Lazio – Determinazione a contrarre. Provvedimento di indizione e approvazione atti.
 Elenco CIG</t>
         </is>
       </c>
-      <c r="F368" t="s">
-[...301 lines deleted...]
-      <c r="C382" t="s">
+      <c r="F385" t="s" s="3">
         <v>645</v>
-      </c>
-[...75 lines deleted...]
-        <v>652</v>
       </c>
     </row>
     <row r="386">
       <c r="A386">
-        <v>1592</v>
+        <v>1620</v>
       </c>
       <c r="B386" s="2">
         <v>43963</v>
       </c>
       <c r="C386" t="s">
-        <v>653</v>
+        <v>646</v>
       </c>
       <c r="D386" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E386" t="inlineStr">
         <is>
-          <t>Determina a contrarre e affidamento, ai sensi dell'art. 2. Comma 1) dal Decreto-legge 16 luglio 2020 n. 76, dei servizi tecnici necessari alla bonifica bellica sistematica terrestre per la ricostruzione dell'Ospedale di Amatrice (RI), di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. CUP F74B20000140005 CIG: 8383538A68.</t>
-[...3 lines deleted...]
-        <v>654</v>
+          <t>Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio di progettazione definitiva ed esecutiva degli arredi ed attrezzature sanitarie, relativi all'intervento di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018, allo studio Valle 3.0 S.R.L. CUP F78I18000070008 - CIG 852124737A</t>
+        </is>
+      </c>
+      <c r="F386" t="s" s="3">
+        <v>647</v>
       </c>
     </row>
     <row r="387">
       <c r="A387">
-        <v>1593</v>
+        <v>1621</v>
       </c>
       <c r="B387" s="2">
         <v>43963</v>
       </c>
-      <c r="C387">
-        <v>8418681356</v>
+      <c r="C387" t="s">
+        <v>648</v>
       </c>
       <c r="D387" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E387" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento R509 "Lavori straordinari di manutenzione dell'alveo del fiume Mignone dalla SS Aurelia sino alla foce in dx e sx idraulica per Km 4,00 ca". Determinazione a contrarre. CUP F83H20000220001.</t>
-[...3 lines deleted...]
-        <v>655</v>
+          <t>Piano stralcio 2019 (Delibera CIPE n. 35 del 24 luglio 2019) - Intervento Codice Rendis 12IR021/G9 denominato "Lavori straordinari di manutenzione delle arginature del Fiume Amaseno". Determinazione a contrarre finalizzata all'affidamento, tramite procedura negoziata di cui dell'art. 1, comma 2, lett. b), del Decreto Legge n. 76 del 16/07/2020, convertito in Legge n. 120 dell'11 settembre 2020 e approvazione atti di gara. CUP: F55J19000170001 - CIG: 8483235AF9</t>
+        </is>
+      </c>
+      <c r="F387" t="s" s="3">
+        <v>649</v>
       </c>
     </row>
     <row r="388">
       <c r="A388">
-        <v>1594</v>
+        <v>1622</v>
       </c>
       <c r="B388" s="2">
         <v>43963</v>
       </c>
       <c r="C388" t="s">
-        <v>656</v>
+        <v>650</v>
       </c>
       <c r="D388" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E388" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento R512 “Lavori straordinari di manutenzione dell’alveo del fiume Turano da Rocca Sinibalda a Ponte Salario in dx e sx idraulica per 3 Km”. Determinazione a contrarre.CUP F13H20000150001 - CIG 8415747E1C</t>
-[...3 lines deleted...]
-        <v>657</v>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio, della Regione Calabria e della Regione Sardegna - Farmaci 2020_quarta tranche, nell'ambito del bando istitutivo avente ad oggetto il Sistema Dinamicodi Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 7970854.</t>
+        </is>
+      </c>
+      <c r="F388" t="s" s="3">
+        <v>651</v>
+      </c>
+      <c r="G388" t="s" s="3">
+        <v>652</v>
       </c>
     </row>
     <row r="389">
       <c r="A389">
-        <v>1595</v>
+        <v>1601</v>
       </c>
       <c r="B389" s="2">
         <v>43963</v>
       </c>
       <c r="C389" t="s">
-        <v>658</v>
+        <v>653</v>
       </c>
       <c r="D389" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E389" t="inlineStr">
         <is>
-          <t>Intervento n. 54. Determinazione a contrarre finalizzata all'affidamento dei "Lavori di consolidamento del Versante in Prossimità del lago Fibreno, Zona incubatoio, nel Comune di Posta Fibreno (FR)" tramite procedura negoziata di cui dell'art. 1, comma 2, lett. b), del Decreto Legge n. 76 del 16.7.2020. CUP: F57B10000290003 - CIG: 84118573FE</t>
-[...3 lines deleted...]
-        <v>659</v>
+          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - R514 denominato "Lavori straordinari di manutenzione dell'alveo del Liri dal tratto urbano di Sora all'intersezione con la SS 630 Km 25,00". Determinazione a contrarre. F53H20000160001. CIG 8446808E75</t>
+        </is>
+      </c>
+      <c r="F389" t="s" s="3">
+        <v>654</v>
       </c>
     </row>
     <row r="390">
       <c r="A390">
-        <v>1596</v>
+        <v>1602</v>
       </c>
       <c r="B390" s="2">
         <v>43963</v>
       </c>
       <c r="C390" t="s">
-        <v>660</v>
+        <v>655</v>
       </c>
       <c r="D390" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E390" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta finalizzata alla stipula di un accordo quadro per la fornitura e messa a dimora di nuovi alberi e arbusti nel territorio della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
-[...3 lines deleted...]
-        <v>661</v>
+          <t>Piano stralcio 2019 (Delibera CIPE n. 35 del 24 luglio 2019) - Intervento Codice Rendis 12IR020/G9 denominato "Lavori straordinari di manutenzione dell'alveo Fiume Cosa" Determinazione a contrarre finalizzata all'affidamento, tramite procedura negoziata di cui dell'art. 1, comma 2, lett. b), del Decreto Legge n. 76 del 16/07/2020, e approvazione atti di gara. CUP: F55J19000160001 - CIG: 8365082C08</t>
+        </is>
+      </c>
+      <c r="F390" t="s" s="3">
+        <v>656</v>
       </c>
     </row>
     <row r="391">
       <c r="A391">
-        <v>1597</v>
+        <v>1603</v>
       </c>
       <c r="B391" s="2">
         <v>43963</v>
       </c>
-      <c r="C391" t="inlineStr">
+      <c r="C391" t="s">
+        <v>657</v>
+      </c>
+      <c r="D391" t="s">
+        <v>9</v>
+      </c>
+      <c r="E391" t="inlineStr">
+        <is>
+          <t>Determinazione a contrarre di affidamento diretto ai sensi dell'art. 36 comma 2 lett. a) del servizio di pubblicazione degli atti relativi alla "Gara comunitaria centralizzata svolta tramite procedura aperta finalizzata all'affidamento del servizio di Call Center ReCUP per la Regione Lazio. Intervento RECUP3." CIG ZB52E1DEE9. Impegno di spesa di € 2.088,78 a favore della RISCONTRI SOCIETA' COOPERATIVA - Cap. H21509 – Esercizio finanziario 2020.</t>
+        </is>
+      </c>
+      <c r="F391" t="s" s="3">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="392">
+      <c r="A392">
+        <v>1604</v>
+      </c>
+      <c r="B392" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C392" t="s">
+        <v>659</v>
+      </c>
+      <c r="D392" t="s">
+        <v>9</v>
+      </c>
+      <c r="E392" t="inlineStr">
+        <is>
+          <t>Determinazione a contrarre di affidamento diretto ai sensi dell'art. 36 comma 2 lett. a) del servizio di pubblicazione degli atti relativi a "Mercato Elettronico della Regione Lazio per le Macro-classi merceologiche di forniture, servizi e dispositivi medici.". CIG Z932E1139D. Impegno di spesa di € 1.605,77 a favore della Net4Market - CSAmed S.r.l. - Cap. S23917 – Esercizio finanziario 2020.</t>
+        </is>
+      </c>
+      <c r="F392" t="s" s="3">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="393">
+      <c r="A393">
+        <v>1605</v>
+      </c>
+      <c r="B393" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C393">
+        <v>8458348195</v>
+      </c>
+      <c r="D393" t="s">
+        <v>9</v>
+      </c>
+      <c r="E393" t="inlineStr">
+        <is>
+          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento codice R536 denominato "Lavoristraordinari di manutenzione dell'alveo del fosso Cremera". Determinazione a contrarre. CUP: F83H20000210001. CIG 8458348195</t>
+        </is>
+      </c>
+      <c r="F393" t="s" s="3">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="394">
+      <c r="A394">
+        <v>1606</v>
+      </c>
+      <c r="B394" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C394" t="s">
+        <v>662</v>
+      </c>
+      <c r="D394" t="s">
+        <v>9</v>
+      </c>
+      <c r="E394" t="inlineStr">
+        <is>
+          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici chehanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento codice R510 denominato "Lavoristraordinari di manutenzione dell'alveo dei fossi Crescenza, Acqua Traversa per ca. 4 Km". Determinazione a contrarre. CUP:F83H20000200001. CIG 8458340AF8.</t>
+        </is>
+      </c>
+      <c r="F394" t="s" s="3">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="395">
+      <c r="A395">
+        <v>1607</v>
+      </c>
+      <c r="B395" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C395" t="s">
+        <v>664</v>
+      </c>
+      <c r="D395" t="s">
+        <v>9</v>
+      </c>
+      <c r="E395" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica el'incremento dell'uso delle energie rinnovabili. Dossier - LI-ES2-1860264 - Intervento A0100E0141, presso la Scuola ITIS Viterbo (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. CUP F87D18000540009 – CIG845520718C</t>
+        </is>
+      </c>
+      <c r="F395" t="s" s="3">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="396">
+      <c r="A396">
+        <v>1608</v>
+      </c>
+      <c r="B396" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C396" t="s">
+        <v>666</v>
+      </c>
+      <c r="D396" t="s">
+        <v>9</v>
+      </c>
+      <c r="E396" t="inlineStr">
+        <is>
+          <t>Determina a contrarre ai sensi dell'art. 32, comma 2, D.Lgs. n. 50/2016 e autorizzazione all'espletamento della procedura di gara aperta sopra soglia comunitaria ai sensi dell'art.60, D.Lgs. 50/2016, per l'affidamento di "Lavori di capping definitivo della discarica di Cupinoro – Bracciano" e affidamento diretto, ai sensi dell'art. 36 comma 2 lettera a) del D.lgs 50/2016, per i servizi di pubblicazione. Autorizzazione e prenotazione degli impegni sul capitolo E32504 per complessivi € 9.000.00,00 così ripartiti: € 8.878.361,06 a favore di creditori diversi – codice 3805 per la gara e relativo accertamento sul capitolo 331537, € 3.890,72 a favore di S.I.F.I.C. srl. codice 78475, € 117.748,22 e contestuali accertamenti sui capitoli 341559, 341562 e 341563 a favore del Fondo Incentivi (art.113 del Dlgs 50/2016) – codice 176734 ee.ff. 2020, 2021 e 2022.CUP: F26J18000210002 CIG 84489240A7</t>
+        </is>
+      </c>
+      <c r="F396" t="s" s="3">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="397">
+      <c r="A397">
+        <v>1609</v>
+      </c>
+      <c r="B397" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C397" t="inlineStr">
+        <is>
+          <t>8467340E00; 8467429774; 84674443D6; 846746010B; 8467470949; 8467483405; 8467494D16; 846750562C; 8467510A4B; 8467522434; 8467532C72; 84675424B5; 84675489A7; 8467557117; 8467562536; 8467571CA1; 8467879ACD; 8467889310; 8467901CF4</t>
+        </is>
+      </c>
+      <c r="D397" t="s">
+        <v>9</v>
+      </c>
+      <c r="E397" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione del vaccino pneumococcico polisaccaridico e di farmaci vari occorrenti alle Aziende sanitarie delle Regioni Lazio e Calabria, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 7905737.</t>
+        </is>
+      </c>
+      <c r="F397" t="s" s="3">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="398">
+      <c r="A398">
+        <v>1610</v>
+      </c>
+      <c r="B398" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C398" t="s">
+        <v>669</v>
+      </c>
+      <c r="D398" t="s">
+        <v>9</v>
+      </c>
+      <c r="E398" t="inlineStr">
+        <is>
+          <t>Piano stralcio 2019 (Delibera CIPE n. 35 del 24 luglio 2019 - Intervento Codice Rendis 12IR003/G9 denominato "Lavori di sistemazione idrogeologica e messa in sicurezza del pendio tra via Bandita dei Buoi ed il Piazzale del Bocciodromo nel Comune di Allumiere (Rm)". Determinazione a contrarre finalizzata all'affidamento, tramite procedura negoziata di cui dell'art. 1, comma 2, lett. b), del Decreto Legge n. 76 del 16/07/2020, convertito in Legge n. 120 dell?11/09/2020. CUP: F25J19000130001 - CIG: 84854563CF</t>
+        </is>
+      </c>
+      <c r="F398" t="s" s="3">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="399">
+      <c r="A399">
+        <v>1611</v>
+      </c>
+      <c r="B399" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C399" t="s">
+        <v>671</v>
+      </c>
+      <c r="D399" t="s">
+        <v>9</v>
+      </c>
+      <c r="E399" t="inlineStr">
+        <is>
+          <t>Affidamento diretto ai sensi dell'art. 2, comma 2, lettera a) del D.L. 16 luglio 2020, n. 76 per l'incarico di assistenza scavi archeologici ai sensi dell'art. 25 del DLGS 50/2016 relativo all'intervento di "Ricostruzione dell'ospedale di Amatrice" - Codice Opera: OOPP_M_002_2017 - CUP: F78I18000070008 CIG: Z322ECB98C – Determina a contrarre semplificata</t>
+        </is>
+      </c>
+      <c r="F399" t="s" s="3">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="400">
+      <c r="A400">
+        <v>1589</v>
+      </c>
+      <c r="B400" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C400" t="s">
+        <v>673</v>
+      </c>
+      <c r="D400" t="s">
+        <v>9</v>
+      </c>
+      <c r="E400" t="inlineStr">
+        <is>
+          <t>Determina a contrarre ai sensi dell'art. 32, comma 2, D. Lgs. n. 50/2016 per l'espletamento della procedura aperta, suddivisa in 2 Lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi postali e servizi «a monte» del recapito, destinati alle Amministrazioni del territorio della Regione Lazio. Indizione ed approvazione degli atti e documenti di gara</t>
+        </is>
+      </c>
+      <c r="F400" t="s" s="3">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="401">
+      <c r="A401">
+        <v>1590</v>
+      </c>
+      <c r="B401" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C401" t="s">
+        <v>675</v>
+      </c>
+      <c r="D401" t="s">
+        <v>9</v>
+      </c>
+      <c r="E401" t="inlineStr">
+        <is>
+          <t>Determinazione a contrarre di affidamento diretto ai sensi dell'art. 36 comma 2 lett. a) del servizio di pubblicazione degli atti relativi alla "Procedura aperta telematica per l'affidamento della fornitura del sistema informativo human capital management di gestione e supporto al change management e dei relativi servizi di migrazione dati, evoluzione e manutenzione CIG 837952177A". CIG Z032DD270A. Impegno di spesa di € 3.127,00 a favore della STC MANAGING SRL - Cap. S23917 – Esercizio finanziario 2020.</t>
+        </is>
+      </c>
+      <c r="F401" t="s" s="3">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="402">
+      <c r="A402">
+        <v>1591</v>
+      </c>
+      <c r="B402" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C402" t="s">
+        <v>677</v>
+      </c>
+      <c r="D402" t="s">
+        <v>9</v>
+      </c>
+      <c r="E402" t="inlineStr">
+        <is>
+          <t>Determina a contrarre ai sensi dell'art. 32, comma 2, D.Lgs. n. 50/2016, approvazione atti e autorizzazione all'espletamento della procedura di gara aperta per la stipula di convenzioni quadro ai sensi dell'art. 1, comma 456, della L. 296/2006, per l'affidamento del "Servizio di manutenzione impianti degli immobili in uso a qualsiasi titolo alle Strutture della Giunta Regionale, agli Enti Dipendenti della Regione Lazio, alle Società Partecipate, agli Enti Locali territoriali ed alle Amministrazioni pubbliche aventi sede nel territorio della Regione Lazio". Procedura suddivisa in 4 lotti.</t>
+        </is>
+      </c>
+      <c r="F402" t="s" s="3">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="403">
+      <c r="A403">
+        <v>1592</v>
+      </c>
+      <c r="B403" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C403" t="s">
+        <v>679</v>
+      </c>
+      <c r="D403" t="s">
+        <v>9</v>
+      </c>
+      <c r="E403" t="inlineStr">
+        <is>
+          <t>Determina a contrarre e affidamento, ai sensi dell'art. 2. Comma 1) dal Decreto-legge 16 luglio 2020 n. 76, dei servizi tecnici necessari alla bonifica bellica sistematica terrestre per la ricostruzione dell'Ospedale di Amatrice (RI), di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. CUP F74B20000140005 CIG: 8383538A68.</t>
+        </is>
+      </c>
+      <c r="F403" t="s" s="3">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="404">
+      <c r="A404">
+        <v>1593</v>
+      </c>
+      <c r="B404" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C404">
+        <v>8418681356</v>
+      </c>
+      <c r="D404" t="s">
+        <v>9</v>
+      </c>
+      <c r="E404" t="inlineStr">
+        <is>
+          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento R509 "Lavori straordinari di manutenzione dell'alveo del fiume Mignone dalla SS Aurelia sino alla foce in dx e sx idraulica per Km 4,00 ca". Determinazione a contrarre. CUP F83H20000220001.</t>
+        </is>
+      </c>
+      <c r="F404" t="s" s="3">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="405">
+      <c r="A405">
+        <v>1594</v>
+      </c>
+      <c r="B405" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C405" t="s">
+        <v>682</v>
+      </c>
+      <c r="D405" t="s">
+        <v>9</v>
+      </c>
+      <c r="E405" t="inlineStr">
+        <is>
+          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento R512 “Lavori straordinari di manutenzione dell’alveo del fiume Turano da Rocca Sinibalda a Ponte Salario in dx e sx idraulica per 3 Km”. Determinazione a contrarre.CUP F13H20000150001 - CIG 8415747E1C</t>
+        </is>
+      </c>
+      <c r="F405" t="s" s="3">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="406">
+      <c r="A406">
+        <v>1595</v>
+      </c>
+      <c r="B406" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C406" t="s">
+        <v>684</v>
+      </c>
+      <c r="D406" t="s">
+        <v>9</v>
+      </c>
+      <c r="E406" t="inlineStr">
+        <is>
+          <t>Intervento n. 54. Determinazione a contrarre finalizzata all'affidamento dei "Lavori di consolidamento del Versante in Prossimità del lago Fibreno, Zona incubatoio, nel Comune di Posta Fibreno (FR)" tramite procedura negoziata di cui dell'art. 1, comma 2, lett. b), del Decreto Legge n. 76 del 16.7.2020. CUP: F57B10000290003 - CIG: 84118573FE</t>
+        </is>
+      </c>
+      <c r="F406" t="s" s="3">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="407">
+      <c r="A407">
+        <v>1596</v>
+      </c>
+      <c r="B407" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C407" t="s">
+        <v>686</v>
+      </c>
+      <c r="D407" t="s">
+        <v>9</v>
+      </c>
+      <c r="E407" t="inlineStr">
+        <is>
+          <t>Gara comunitaria a procedura aperta finalizzata alla stipula di un accordo quadro per la fornitura e messa a dimora di nuovi alberi e arbusti nel territorio della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
+        </is>
+      </c>
+      <c r="F407" t="s" s="3">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="408">
+      <c r="A408">
+        <v>1597</v>
+      </c>
+      <c r="B408" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C408" t="inlineStr">
         <is>
           <t>8375306128;83753071FB;83753082CE;83753093A1;8375310474;83753136ED;8375315893;8375316966;
 8375318B0C;8375320CB2;8375321D85;8375322E58;8375323F2B;8375324003;8375329422;83753304F5;
 837533269B;837533376E;8375334841</t>
         </is>
       </c>
-      <c r="D391" t="s">
-[...2 lines deleted...]
-      <c r="E391" t="inlineStr">
+      <c r="D408" t="s">
+        <v>9</v>
+      </c>
+      <c r="E408" t="inlineStr">
         <is>
           <t>Gara comunitaria a procedura aperta per l'acquisizione e la distribuzione di cannule e cateteri da destinare in assistenza territoriale ai pazienti delle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti - 19 lotti</t>
         </is>
       </c>
-      <c r="F391" t="s">
-[...4 lines deleted...]
-      <c r="A392">
+      <c r="F408" t="s" s="3">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="409">
+      <c r="A409">
         <v>1598</v>
       </c>
-      <c r="B392" s="2">
+      <c r="B409" s="2">
         <v>43963</v>
       </c>
-      <c r="C392" t="inlineStr">
+      <c r="C409" t="inlineStr">
         <is>
           <t>8369408DF5;8369409EC8;8369410F9B;8369412146;83694142EC;83694153BF;8369416492;8369417565;
 8369418638;836941970B;83694207DE;83694218B1;8369424B2A;8369426CD0;8369428E76;8369444BAB;
 8369447E24;83694500A2;83694543EE;83694554C;836945873A;83694619B3;8369462A86</t>
         </is>
       </c>
-      <c r="D392" t="s">
-[...2 lines deleted...]
-      <c r="E392" t="inlineStr">
+      <c r="D409" t="s">
+        <v>9</v>
+      </c>
+      <c r="E409" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata, a procedura aperta, finalizzata alla fornitura di sistemi per emodialisi, dialisi peritoneale, cateteri per dialisi, attrezzature e materiale di consumo per le Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti - 36 lotti</t>
         </is>
       </c>
-      <c r="F392" t="s">
-[...310 lines deleted...]
-      <c r="F406" t="s">
+      <c r="F409" t="s" s="3">
         <v>689</v>
-      </c>
-[...64 lines deleted...]
-        <v>695</v>
       </c>
     </row>
     <row r="410">
       <c r="A410">
-        <v>1571</v>
+        <v>1599</v>
       </c>
       <c r="B410" s="2">
         <v>43963</v>
       </c>
       <c r="C410" t="s">
-        <v>6</v>
+        <v>690</v>
       </c>
       <c r="D410" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E410" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lettera a) del D.Lgs. n. 50/2016, mediante procedura negoziata previo avviso pubblico per manifestazione di interesse, di progettazione e direzione di esecuzione del servizio di miglioramento boschivo attraverso diradamento di pineta adulta di Pinus pinea, allontanamento degli alberi schiantati da avversità meteoriche, sistemazione fontanile e manutenzione ordinaria e straordinaria della viabilità forestale presso la foresta demaniale Matricetta in località Piediserra in comune di Rieti (RI).</t>
-[...3 lines deleted...]
-        <v>696</v>
+          <t>Gara comunitaria centralizzata a procedura aperta sopra soglia comunitaria, ai sensi dell'art. 60 del D.lgs. 50/2016, per la fornitura in noleggio di barelle, comprensiva di assistenza tecnica full risk e sanificazione, per le Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
+        </is>
+      </c>
+      <c r="F410" t="s" s="3">
+        <v>691</v>
       </c>
     </row>
     <row r="411">
       <c r="A411">
-        <v>1572</v>
+        <v>1600</v>
       </c>
       <c r="B411" s="2">
         <v>43963</v>
       </c>
       <c r="C411" t="s">
-        <v>6</v>
+        <v>692</v>
       </c>
       <c r="D411" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E411" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lettera a) del D.Lgs. n. 50/2016, mediante procedura negoziata previo avviso pubblico per manifestazione di interesse, di progettazione e direzione di esecuzione del servizio di miglioramento boschivo attraverso avviamento ad alto fusto di bosco di latifoglie mesofile, allontanamento degli alberi schiantati da avversità meteoriche, sistemazione pozzo e manutenzione ordinaria e straordinaria della viabilità forestale presso la foresta demaniale Carpinetana in località Valle Santa Maria – Monte della Difesa in Comune di Maenza (LT).</t>
-[...3 lines deleted...]
-        <v>697</v>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di accordi quadro per la fornitura di Acceleratori Lineari, Tomografi a Risonanza Magnetica (RM) e Tomografi Computerizzati (TC) destinati alle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Approvazione atti e provvedimento di indizione. Importo complessivo di gara: euro 40.570.000,00 (iva inclusa) - Impegno di spesa per l'importo di euro 16.150.000,00 sul Capitolo C12161, euro 12.000.000,00 sul Capitolo H22527 - Accantonamento euro 4.420.000,00 sul Capitolo T21503 ed euro 8.000.000,00 sul Capitolo T22505. Esercizio finanziario 2021.</t>
+        </is>
+      </c>
+      <c r="F411" t="s" s="3">
+        <v>693</v>
       </c>
     </row>
     <row r="412">
       <c r="A412">
-        <v>1573</v>
+        <v>1578</v>
       </c>
       <c r="B412" s="2">
         <v>43963</v>
       </c>
       <c r="C412" t="s">
         <v>694</v>
       </c>
       <c r="D412" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E412" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier n. LI-ES2-2310323, Intervento A0100E0137, presso l'Istituto Comprensivo "xxv Aprile", viale Gramsci, nel Comune di Civita Castellana (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sui Capitoli A42134 - A42135 - A42136 a favore dell'Autorità Nazionale Anticorruzione (Cod. cred.159683), E.F. 2020.CUP F65B17000500006 - CIG 82874636D0</t>
-[...2 lines deleted...]
-      <c r="F412" t="s">
+          <t>Determinazione a contrarre in forma semplificata ai sensi dell'art. 32, comma 2 secondo periodo d.lgs. 50/2016 relativa al Servizio di identificazione ed archiviazione di tutte le posizioni autorizzate per le piccole e grandi derivazioni di acqua pubblica e di riconciliazione dei pagamenti precedentemente effettuati da parte dei vari concessionari. Assistenza informatica specialistica relativa all'applicazione web del sistema telematico di tracciabilità SMART CIG: Z402CA317E. Impegno di spesa di € 20.790,00 a favore della ditta Alpha Consult s.r.l., c.f. 06144420582, sul Capitolo E41915, Missione 09 Programma 01, p.d.c. 1.03.02.19.000, Esercizio finanziario 2020 e prenotazione di impegno di spesa per € 13.860,00 a favore della ditta Alpha Consult s.r.l., c.f. 06144420582, sul Capitolo E41915, Missione 09 Programma 01, p.d.c. 1.03.02.19.000, Esercizio finanziario 2021.</t>
+        </is>
+      </c>
+      <c r="F412" t="s" s="3">
         <v>695</v>
       </c>
     </row>
     <row r="413">
       <c r="A413">
-        <v>1574</v>
+        <v>1579</v>
       </c>
       <c r="B413" s="2">
         <v>43963</v>
       </c>
-      <c r="C413">
-        <v>8304716471</v>
+      <c r="C413" t="s">
+        <v>696</v>
       </c>
       <c r="D413" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E413" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile. Dossier - LI-ES2-1860266- Intervento A0100E0123 presso l'Istituto Tecnico Commerciale di Via Monterozzi Marina nel Comune di Tarquinia (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sui Capitoli A42134 - A42135 - A42136 a favore dell'Autorità Nazionale Anticorruzione (Cod. cred.159683), E.F. 2020.CUP 006 - CIG 8304716471</t>
-[...3 lines deleted...]
-        <v>698</v>
+          <t>Determina a contrarre e affidamento, ai sensi dell'art. 36 co. 2 lett. a) del D.Lgs. 50/2016, dei servizi tecnici necessari alle procedure di esproprio per l'intervento di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. CUP F78I18000070008 CIG Z0D2D5F86A</t>
+        </is>
+      </c>
+      <c r="F413" t="s" s="3">
+        <v>697</v>
       </c>
     </row>
     <row r="414">
       <c r="A414">
-        <v>1575</v>
+        <v>1580</v>
       </c>
       <c r="B414" s="2">
         <v>43963</v>
       </c>
       <c r="C414" t="s">
+        <v>698</v>
+      </c>
+      <c r="D414" t="s">
+        <v>9</v>
+      </c>
+      <c r="E414" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di vaccini vari ad uso umano occorrenti alle Aziende sanitarie delle Regioni Lazio e Calabria, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori – Determinazione a contrarre. Approvazione schemi, atti e indizione gara.</t>
+        </is>
+      </c>
+      <c r="F414" t="s" s="3">
         <v>699</v>
       </c>
-      <c r="D414" t="s">
-[...7 lines deleted...]
-      <c r="F414" t="s">
+      <c r="G414" t="s" s="3">
         <v>700</v>
       </c>
     </row>
     <row r="415">
       <c r="A415">
-        <v>1576</v>
+        <v>1581</v>
       </c>
       <c r="B415" s="2">
         <v>43963</v>
       </c>
-      <c r="C415">
-        <v>8317614834</v>
+      <c r="C415" t="s">
+        <v>701</v>
       </c>
       <c r="D415" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E415" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile. Dossier LI-ES2-2960279 - Intervento A0100E0120 presso la Scuola media San Bartolomeo nel Comune di Sezze (LT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. CUP: F14D16000000006 - CIG 8317614834</t>
-[...3 lines deleted...]
-        <v>701</v>
+          <t>Piano stralcio 2019 (Delibera CIPE n. 35 del 24 luglio 2019) - Intervento 12IR025/G9 denominato "Lavori straordinari di manutenzione delle arginature del Fiume Ninfa-Sisto." Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art. 36, comma 2, lettera c-bis) del D.lgs. n. 50/2016 e approvazione atti di gara. CUP F75J19000400001. CIG 8364944A27</t>
+        </is>
+      </c>
+      <c r="F415" t="s" s="3">
+        <v>702</v>
       </c>
     </row>
     <row r="416">
       <c r="A416">
-        <v>1577</v>
+        <v>1582</v>
       </c>
       <c r="B416" s="2">
         <v>43963</v>
       </c>
       <c r="C416" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D416" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E416" t="inlineStr">
         <is>
-          <t>Procedura negoziata senza previa pubblicazione di bando di gara ai sensi dell?art.63 co.2 lett. c) del D.lgs. n.50/2016 finalizzata alla conclusione di un Accordo Quadro per la fornitura di dispositivi vari necessari alla gestione dell'emergenza sanitaria Covid-19-2. Determinazione a contrarre. Approvazione schemi, atti e indizione gara. ID gara n.7793360</t>
-[...3 lines deleted...]
-        <v>703</v>
+          <t>Affidamento, ai sensi degli artt. 36, comma 2, lettera a) del D.lgs. 50/2016, del Servizio di pubblicità legale del bando sulla GURI e dell'Avviso per estratto sui quotidiani afferente alla procedura aperta per è stata indetta la gara europea mediante procedura aperta ai sensi dell'art. 60 del D.lgs. 50/2016 per l'affidamento dei lavori di lavori di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Determinazione a contrarre in forma semplificata ai sensi dell'art. 32, comma 2 secondo periodo d.lgs. 50/2016 relativa al Servizio. CUP F78118000070008 - CIG Z922DB9750</t>
+        </is>
+      </c>
+      <c r="F416" t="s" s="3">
+        <v>704</v>
       </c>
     </row>
     <row r="417">
       <c r="A417">
+        <v>1583</v>
+      </c>
+      <c r="B417" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C417">
+        <v>83810759</v>
+      </c>
+      <c r="D417" t="s">
+        <v>9</v>
+      </c>
+      <c r="E417" t="inlineStr">
+        <is>
+          <t>Procedura aperta, ai sensi dell'art. 60 del D.lgs. 50/2016 e ss.mm.ii., sopra soglia comunitaria, e tramite procedura telematica, per l'affidamento dei lavori di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Determina a contrarre ed approvazione degli atti di gara. Codice Opera: OOPP_M_002_2017 - CUP: F78I18000070008 - CIG: 83810759E0</t>
+        </is>
+      </c>
+      <c r="F417" t="s" s="3">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="418">
+      <c r="A418">
+        <v>1584</v>
+      </c>
+      <c r="B418" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C418" t="s">
+        <v>19</v>
+      </c>
+      <c r="D418" t="s">
+        <v>9</v>
+      </c>
+      <c r="E418" t="inlineStr">
+        <is>
+          <t>OCDPC 558/2018. Determinazione a contrarre finalizzata all?affidamento diretto, ai sensi dell?art. 36, comma 2, lettera a) del D.Lgs. n. 50/2016, mediante procedura negoziata previo avviso pubblico per manifestazione di interesse, di progettazione e direzione di esecuzione dei servizi di miglioramento boschivo attraverso avviamenti ad alto fusto, diradamenti, sistemazione di infrastrutture e punti d?acqua anche per prevenire il rischio di incendi boschivi nelle foreste demaniale della Regione Lazio</t>
+        </is>
+      </c>
+      <c r="F418" t="s" s="3">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="419">
+      <c r="A419">
+        <v>1585</v>
+      </c>
+      <c r="B419" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C419" t="s">
+        <v>574</v>
+      </c>
+      <c r="D419" t="s">
+        <v>9</v>
+      </c>
+      <c r="E419" t="inlineStr">
+        <is>
+          <t>Comune di Ceprano – Ex Europress – Caratterizzazione e MISE –“ SERVIZIO PER LA CLASSIFICAZIONE DEI RIFIUTI E L’ELABORAZIONE DEL PIANO DI RIMOZIONE RIFIUTI – SITO EX EUROPRESS”. CUP F97F19000160002.– CIG 8390696D5F. Accordo di programma per la Realizzazione degli interventi di messa in sicurezza e bonifica del Sito di Interesse Nazionale Bacino del Fiume Sacco. Patto per lo Sviluppo della Regione Lazio FSC2014/2020 approvato con Delibera CIPE n. 55 del 1 dicembre 2016 nell’ambito dell’area tematica Ambiente. – tema prioritario 2.3 Recupero dei siti industriali e dei terreni contaminati – bonifiche.</t>
+        </is>
+      </c>
+      <c r="F419" t="s" s="3">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="420">
+      <c r="A420">
+        <v>1586</v>
+      </c>
+      <c r="B420" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C420" t="s">
+        <v>708</v>
+      </c>
+      <c r="D420" t="s">
+        <v>9</v>
+      </c>
+      <c r="E420" t="inlineStr">
+        <is>
+          <t>Piano stralcio 2019 (Delibera CIPE n. 35 del 24 luglio 2019) - Intervento 12IR008/G3 denominato "Lavori straordinari di manutenzione dell'alveo del Fosso della Magliana (Rm)". Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art. 36, comma 2, lettera c) del D.lgs. n. 50/2016 e approvazione atti di gara. CUP: F84H14001650003 - CIG: 8392340A0C</t>
+        </is>
+      </c>
+      <c r="F420" t="s" s="3">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="421">
+      <c r="A421">
+        <v>1587</v>
+      </c>
+      <c r="B421" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C421" t="s">
+        <v>710</v>
+      </c>
+      <c r="D421" t="s">
+        <v>9</v>
+      </c>
+      <c r="E421" t="inlineStr">
+        <is>
+          <t>Determinazione a contrarre finalizzata all'affidamento mediante procedura negoziata ai sensi dell'art. 1, comma 2, lett. b) del Decreto Legge n. 76 del 16 luglio 2020 dei lavori di "Riqualificazione del tratto del litorale di Ostia Levante compreso tra lostabilimento Pinetina e lo stabilimento Gambrinus" ed approvazione atti di gara. Impegno di spesa per complessivi € 1.204.032,49 sul capitolo E42551 missione 09 - Programma 01 – Codice macroaggregato 2.02.03.06 (manutenzione straordinaria su beni terzi, esercizio finanziario 2020. CUP F83H20000960002 - CIG 83363215B6.</t>
+        </is>
+      </c>
+      <c r="F421" t="s" s="3">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="422">
+      <c r="A422">
+        <v>1588</v>
+      </c>
+      <c r="B422" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C422" t="s">
+        <v>712</v>
+      </c>
+      <c r="D422" t="s">
+        <v>9</v>
+      </c>
+      <c r="E422" t="inlineStr">
+        <is>
+          <t>Intervento di difesa spondale in dx idraulica del Fiume Fiora in corrispondenza dello smottamento della strada comunale di via Monte di Castro nel Comune di Ischia di Castro (VT). Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art. 1, comma 2, lett. b), del Decreto Legge n. 76 del 16/07/2020, previa indagine esplorativa del mercato, ed approvazione atti di gara. CUP F73H20000400002 - CIG 838440450F</t>
+        </is>
+      </c>
+      <c r="F422" t="s" s="3">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="423">
+      <c r="A423">
+        <v>1567</v>
+      </c>
+      <c r="B423" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C423" t="s">
+        <v>714</v>
+      </c>
+      <c r="D423" t="s">
+        <v>9</v>
+      </c>
+      <c r="E423" t="inlineStr">
+        <is>
+          <t>Procedura negoziata senza previa pubblicazione di bando di gara ai sensi dell'art.63 co.2 lett. C) e dell'art. 163 del D.Lgs. n.50/2016 per la fornitura di test diagnostici per SARS-CoV-2 necessario a soddisfare, con estrema urgenza, le esigenze del sistema sanitario regionale per fronteggiare l'emergenza relativa al rischio sanitario connesso all'insorgenza di patologie derivanti da agenti virali trasmissibili. Determinazione a contrarre. Approvazione schemi, atti e indizione gara.</t>
+        </is>
+      </c>
+      <c r="F423" t="s" s="3">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="424">
+      <c r="A424">
+        <v>1568</v>
+      </c>
+      <c r="B424" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C424" t="s">
+        <v>716</v>
+      </c>
+      <c r="D424" t="s">
+        <v>9</v>
+      </c>
+      <c r="E424" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di Vaccini anti influenzali 2020/2021 e vaccini vari occorrenti alle Aziende Sanitarie della Regione Lazio e Calabria, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori – Determina a contrarre. Approvazione schemi, atti e indizione gara.</t>
+        </is>
+      </c>
+      <c r="F424" t="s" s="3">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="425">
+      <c r="A425">
+        <v>1569</v>
+      </c>
+      <c r="B425" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C425" t="s">
+        <v>718</v>
+      </c>
+      <c r="D425" t="s">
+        <v>9</v>
+      </c>
+      <c r="E425" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-0380017, Intervento A0100E0375, Intervento Palazzo Farnese, sede principale Uffici Comunali/Municipio nel Comune di Gradoli (VT)". Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sui Capitoli A42134 - A42135 - A42136 a favore dell'Autorità Nazionale Anticorruzione (Cod. cred.159683), E.F. 2020.CUP F84H16002450006 – CIG 82782113D3</t>
+        </is>
+      </c>
+      <c r="F425" t="s" s="3">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="426">
+      <c r="A426">
+        <v>1570</v>
+      </c>
+      <c r="B426" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C426" t="s">
+        <v>720</v>
+      </c>
+      <c r="D426" t="s">
+        <v>9</v>
+      </c>
+      <c r="E426" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier n. LI-ES2-2310323, Intervento A0100E0137, presso l'Istituto Comprensivo "xxv Aprile", viale Gramsci, nel Comune di Civita Castellana (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sui Capitoli A42134 - A42135 - A42136 a favore dell'Autorità Nazionale Anticorruzione (Cod. cred.159683), E.F. 2020.CUP F65B17000500006 - CIG 82874636D0</t>
+        </is>
+      </c>
+      <c r="F426" t="s" s="3">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="427">
+      <c r="A427">
+        <v>1571</v>
+      </c>
+      <c r="B427" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C427" t="s">
+        <v>19</v>
+      </c>
+      <c r="D427" t="s">
+        <v>9</v>
+      </c>
+      <c r="E427" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lettera a) del D.Lgs. n. 50/2016, mediante procedura negoziata previo avviso pubblico per manifestazione di interesse, di progettazione e direzione di esecuzione del servizio di miglioramento boschivo attraverso diradamento di pineta adulta di Pinus pinea, allontanamento degli alberi schiantati da avversità meteoriche, sistemazione fontanile e manutenzione ordinaria e straordinaria della viabilità forestale presso la foresta demaniale Matricetta in località Piediserra in comune di Rieti (RI).</t>
+        </is>
+      </c>
+      <c r="F427" t="s" s="3">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="428">
+      <c r="A428">
+        <v>1572</v>
+      </c>
+      <c r="B428" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C428" t="s">
+        <v>19</v>
+      </c>
+      <c r="D428" t="s">
+        <v>9</v>
+      </c>
+      <c r="E428" t="inlineStr">
+        <is>
+          <t>Affidamento diretto, ai sensi dell'art. 36, comma 2, lettera a) del D.Lgs. n. 50/2016, mediante procedura negoziata previo avviso pubblico per manifestazione di interesse, di progettazione e direzione di esecuzione del servizio di miglioramento boschivo attraverso avviamento ad alto fusto di bosco di latifoglie mesofile, allontanamento degli alberi schiantati da avversità meteoriche, sistemazione pozzo e manutenzione ordinaria e straordinaria della viabilità forestale presso la foresta demaniale Carpinetana in località Valle Santa Maria – Monte della Difesa in Comune di Maenza (LT).</t>
+        </is>
+      </c>
+      <c r="F428" t="s" s="3">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="429">
+      <c r="A429">
+        <v>1573</v>
+      </c>
+      <c r="B429" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C429" t="s">
+        <v>720</v>
+      </c>
+      <c r="D429" t="s">
+        <v>9</v>
+      </c>
+      <c r="E429" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier n. LI-ES2-2310323, Intervento A0100E0137, presso l'Istituto Comprensivo "xxv Aprile", viale Gramsci, nel Comune di Civita Castellana (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sui Capitoli A42134 - A42135 - A42136 a favore dell'Autorità Nazionale Anticorruzione (Cod. cred.159683), E.F. 2020.CUP F65B17000500006 - CIG 82874636D0</t>
+        </is>
+      </c>
+      <c r="F429" t="s" s="3">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="430">
+      <c r="A430">
+        <v>1574</v>
+      </c>
+      <c r="B430" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C430">
+        <v>8304716471</v>
+      </c>
+      <c r="D430" t="s">
+        <v>9</v>
+      </c>
+      <c r="E430" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile. Dossier - LI-ES2-1860266- Intervento A0100E0123 presso l'Istituto Tecnico Commerciale di Via Monterozzi Marina nel Comune di Tarquinia (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sui Capitoli A42134 - A42135 - A42136 a favore dell'Autorità Nazionale Anticorruzione (Cod. cred.159683), E.F. 2020.CUP 006 - CIG 8304716471</t>
+        </is>
+      </c>
+      <c r="F430" t="s" s="3">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="431">
+      <c r="A431">
+        <v>1575</v>
+      </c>
+      <c r="B431" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C431" t="s">
+        <v>725</v>
+      </c>
+      <c r="D431" t="s">
+        <v>9</v>
+      </c>
+      <c r="E431" t="inlineStr">
+        <is>
+          <t>Determinazione a contrarre finalizzata all'affidamento mediante procedura aperta ai sensi dell'art. 60 del D.Lgs n. 50/2016 e ss.mm.ii. dei "Lavori di ripristino della scogliera posta a difesa dell'Idroscalo di Ostia - Comune di Roma" ed approvazione attidi gara. Impegno di spesa per complessivi 1.543.741,93 sul capitolo E42551 missione 09 - Programma 01 – Codice macroaggregato 2.02.03.06 (manutenzione straordinaria su beni terzi, esercizio finanziario 2020 - CUP F83H20000930002 – CIG 8313585B5D</t>
+        </is>
+      </c>
+      <c r="F431" t="s" s="3">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="432">
+      <c r="A432">
+        <v>1576</v>
+      </c>
+      <c r="B432" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C432">
+        <v>8317614834</v>
+      </c>
+      <c r="D432" t="s">
+        <v>9</v>
+      </c>
+      <c r="E432" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile. Dossier LI-ES2-2960279 - Intervento A0100E0120 presso la Scuola media San Bartolomeo nel Comune di Sezze (LT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. CUP: F14D16000000006 - CIG 8317614834</t>
+        </is>
+      </c>
+      <c r="F432" t="s" s="3">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="433">
+      <c r="A433">
+        <v>1577</v>
+      </c>
+      <c r="B433" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C433" t="s">
+        <v>728</v>
+      </c>
+      <c r="D433" t="s">
+        <v>9</v>
+      </c>
+      <c r="E433" t="inlineStr">
+        <is>
+          <t>Procedura negoziata senza previa pubblicazione di bando di gara ai sensi dell?art.63 co.2 lett. c) del D.lgs. n.50/2016 finalizzata alla conclusione di un Accordo Quadro per la fornitura di dispositivi vari necessari alla gestione dell'emergenza sanitaria Covid-19-2. Determinazione a contrarre. Approvazione schemi, atti e indizione gara. ID gara n.7793360</t>
+        </is>
+      </c>
+      <c r="F433" t="s" s="3">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="434">
+      <c r="A434">
         <v>1555</v>
       </c>
-      <c r="B417" s="2">
+      <c r="B434" s="2">
         <v>43597</v>
       </c>
-      <c r="C417" t="inlineStr">
+      <c r="C434" t="inlineStr">
         <is>
           <t>ZE42AEDFE4;ZDE2AEE03C;Z882AEE096;Z892AEE0DB;Z8A2AEE120;ZBB2AEE196;Z532AEE1FD;ZF12AEE26A;
 ZCC2AEE33A;Z9E2AEE393;ZF32AEE3EF;Z0C2AEE46C;ZF22AEED78;ZFA2AEEDAA,Z232AEF277;Z4A2AEEF40;
 Z232AEEF86;ZE12AEEFC0;Z752AEF00E;Z0D2AEF075;Z2B2AEF0B3;Z9B2AEF179;Z9B2AEF17</t>
         </is>
       </c>
-      <c r="D417" t="s">
-[...2 lines deleted...]
-      <c r="E417" t="inlineStr">
+      <c r="D434" t="s">
+        <v>9</v>
+      </c>
+      <c r="E434" t="inlineStr">
         <is>
           <t>"Le feste delle meraviglie della Regione Lazio". Campagna di comunicazione degli eventi. Impegno di spesa di € 299.795,72(IVA inclusa) - Capitolo di bilancio R31902 - esercizio finanziario 2020.</t>
         </is>
       </c>
-      <c r="F417" t="s">
-[...4 lines deleted...]
-      <c r="A418">
+      <c r="F434" t="s" s="3">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="435">
+      <c r="A435">
         <v>1556</v>
       </c>
-      <c r="B418" s="2">
+      <c r="B435" s="2">
         <v>43597</v>
       </c>
-      <c r="C418" t="s">
-[...5 lines deleted...]
-      <c r="E418" t="inlineStr">
+      <c r="C435" t="s">
+        <v>9</v>
+      </c>
+      <c r="D435" t="s">
+        <v>9</v>
+      </c>
+      <c r="E435" t="inlineStr">
         <is>
           <t>DGR n° 73/2019 concernente "Progetto "FIR GUINNESS SEI NAZIONI 2019 (16 febbraio – 16 marzo 2019) – Attuazione partnership con la Federazione Italiana di Rugby (FIR)". Concessione di un sostegno economico straordinario alla Federazione Italiana di Rugby per l'attuazione di una partnership in occasione del torneo "Sei Nazioni 2019". Impegni di spesa di € 15.000,00 sul capitolo B43907, di € 15.000,00 sul capitolo G31900 e di € 30.000,00 sul capitolo R31902 in favore della Federazione Italiana di Rugby - Esercizio finanziario 2019.</t>
         </is>
       </c>
-      <c r="F418" t="s">
-[...4 lines deleted...]
-      <c r="A419">
+      <c r="F435" t="s" s="3">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="436">
+      <c r="A436">
         <v>1557</v>
       </c>
-      <c r="B419" s="2">
+      <c r="B436" s="2">
         <v>43597</v>
       </c>
-      <c r="C419" t="s">
-[...5 lines deleted...]
-      <c r="E419" t="inlineStr">
+      <c r="C436" t="s">
+        <v>9</v>
+      </c>
+      <c r="D436" t="s">
+        <v>9</v>
+      </c>
+      <c r="E436" t="inlineStr">
         <is>
           <t>DGR n. 399 del 20 giugno 2019 concernente "Intervento della Regione Lazio agli "Internazionali di Nuoto – 56° Trofeo Settecolli" a Roma, Stadio del Nuoto, Foro Italico, dal 21 al 23 giugno 2019, comprensivo dell'evento "Per evitare un Mare di guai" che si svolgerà nel Municipio Roma X, il 21 giugno 2019, organizzati dalla Federazione Italiana Nuoto". Impegno di € 20.000,00 sul capitolo G31900 e di € 10.000,00 sul capitolo R31902 in favore della Federazione Italiana Nuoto. Esercizio finanziario 2019.</t>
         </is>
       </c>
-      <c r="F419" t="s">
-[...4 lines deleted...]
-      <c r="A420">
+      <c r="F436" t="s" s="3">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="437">
+      <c r="A437">
         <v>1558</v>
       </c>
-      <c r="B420" s="2">
+      <c r="B437" s="2">
         <v>43597</v>
       </c>
-      <c r="C420" t="s">
-[...5 lines deleted...]
-      <c r="E420" t="inlineStr">
+      <c r="C437" t="s">
+        <v>9</v>
+      </c>
+      <c r="D437" t="s">
+        <v>9</v>
+      </c>
+      <c r="E437" t="inlineStr">
         <is>
           <t>Promozione di immagine per la Regione Lazio in occasione della campagna informativa sul Numero Verde antiomofobia "Gay Help Line 800.713.713", a cura dell'Associazione Gay Center/Gay Help Line – Impegno di € 80.000,00 (Iva esente) - Capitolo R31902 - esercizio finanziario 2019. Impegno di € 30,00 a titolo di contributo per l'Autorità Nazionale Anticorruzione (ANAC) (Cod.Cred. 159683) Esercizio finanziario 2019 - Capitolo T19427</t>
         </is>
       </c>
-      <c r="F420" t="s">
-[...4 lines deleted...]
-      <c r="A421">
+      <c r="F437" t="s" s="3">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="438">
+      <c r="A438">
         <v>1559</v>
       </c>
-      <c r="B421" s="2">
+      <c r="B438" s="2">
         <v>43597</v>
       </c>
-      <c r="C421" t="s">
-[...5 lines deleted...]
-      <c r="E421" t="inlineStr">
+      <c r="C438" t="s">
+        <v>9</v>
+      </c>
+      <c r="D438" t="s">
+        <v>9</v>
+      </c>
+      <c r="E438" t="inlineStr">
         <is>
           <t>Comunicazione istituzionale per eventi di interesse regionale. Impegno di € 300.000,00 (IVA inclusa) sul capitolo R31902 in favore di LazioCrea SpA. Esercizio finanziario 2019.</t>
         </is>
       </c>
-      <c r="F421" t="s">
-[...4 lines deleted...]
-      <c r="A422">
+      <c r="F438" t="s" s="3">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="439">
+      <c r="A439">
         <v>1560</v>
       </c>
-      <c r="B422" s="2">
+      <c r="B439" s="2">
         <v>43597</v>
       </c>
-      <c r="C422" t="s">
-[...5 lines deleted...]
-      <c r="E422" t="inlineStr">
+      <c r="C439" t="s">
+        <v>9</v>
+      </c>
+      <c r="D439" t="s">
+        <v>9</v>
+      </c>
+      <c r="E439" t="inlineStr">
         <is>
           <t>Deliberazione di Giunta Regionale n. 840 del 20 dicembre 2018 concernente l'approvazione del Piano Operativo Annuale di LazioCrea SpA. Piano di Comunicazione a supporto delle iniziative della Giunta regionale. Modifica positiva dell'impegno di spesa n. 38141/2019 di € 70.000,00 in favore di LazioCrea SpA – Capitolo di bilancio R31902 – esercizio finanziario 2019.</t>
         </is>
       </c>
-      <c r="F422" t="s">
-[...4 lines deleted...]
-      <c r="A423">
+      <c r="F439" t="s" s="3">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="440">
+      <c r="A440">
         <v>1561</v>
       </c>
-      <c r="B423" s="2">
+      <c r="B440" s="2">
         <v>43597</v>
       </c>
-      <c r="C423" t="s">
-[...5 lines deleted...]
-      <c r="E423" t="inlineStr">
+      <c r="C440" t="s">
+        <v>736</v>
+      </c>
+      <c r="D440" t="s">
+        <v>9</v>
+      </c>
+      <c r="E440" t="inlineStr">
         <is>
           <t>Campagna informativa presso i PS/DEA per la nuova codifica del sistema Triage e per il tele-consulto con il Sistema Advice. Impegno di spesa di € 5.270,40 in favore di Arti Grafiche Pegasus srl. Cap. H11726 esercizio finanziario 2019.</t>
         </is>
       </c>
-      <c r="F423" t="s">
-[...4 lines deleted...]
-      <c r="A424">
+      <c r="F440" t="s" s="3">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="441">
+      <c r="A441">
         <v>1562</v>
       </c>
-      <c r="B424" s="2">
+      <c r="B441" s="2">
         <v>43963</v>
       </c>
-      <c r="C424">
+      <c r="C441">
         <v>8251082045</v>
       </c>
-      <c r="D424" t="s">
-[...2 lines deleted...]
-      <c r="E424" t="inlineStr">
+      <c r="D441" t="s">
+        <v>9</v>
+      </c>
+      <c r="E441" t="inlineStr">
         <is>
           <t>Lavori di raccolta del materiale galleggiante con apposita barriera sul Fiume Tevere in Comune di Fiumicino (RM) e sul Fiume Aniene in Comune di Roma. Determinazione a contrarre finalizzata all’affidamento, ai sensi dell’art. 36, comma 2, lettera b) del D.lgs. n. 50/2016, previa indagine esplorativa del mercato, ed approvazione atti di gara. Impegno di spesa per complessivi € 225.000,00 sul capitolo E42549, esercizi finanziari 2020-2021. CUP F16E20000000002 – CIG 8251082045.</t>
         </is>
       </c>
-      <c r="F424" t="s">
-[...4 lines deleted...]
-      <c r="A425">
+      <c r="F441" t="s" s="3">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="442">
+      <c r="A442">
         <v>1563</v>
       </c>
-      <c r="B425" s="2">
+      <c r="B442" s="2">
         <v>43963</v>
       </c>
-      <c r="C425">
+      <c r="C442">
         <v>8270129658</v>
       </c>
-      <c r="D425" t="s">
-[...2 lines deleted...]
-      <c r="E425" t="inlineStr">
+      <c r="D442" t="s">
+        <v>9</v>
+      </c>
+      <c r="E442" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-20160111-2400405_ Intervento A0100E0253 presso la "Scuola Elementare Achille Ferruzzi" nel Comune di Soriano nel Cimino (VT)." Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sul Capitolo Overbooking A42502, a Creditori diversi (Cod. creditore 3805), e sui capitoli A42134 - A42135 - A42136 a favore dell' Autorita Nazionale Anticorruzione (Cod. cred.159683), E.F. 2019. CUP F64D17000010009 - CIG 8270129658.</t>
         </is>
       </c>
-      <c r="F425" t="s">
-[...4 lines deleted...]
-      <c r="A426">
+      <c r="F442" t="s" s="3">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="443">
+      <c r="A443">
         <v>1564</v>
       </c>
-      <c r="B426" s="2">
+      <c r="B443" s="2">
         <v>43963</v>
       </c>
-      <c r="C426" t="s">
-[...5 lines deleted...]
-      <c r="E426" t="inlineStr">
+      <c r="C443" t="s">
+        <v>740</v>
+      </c>
+      <c r="D443" t="s">
+        <v>9</v>
+      </c>
+      <c r="E443" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2290190, Intervento A0100E0031- presso la “Sede Comunale Palazzo Angeletti Antonelli” nel Comune di Ceccano (FR).” Determina a contrarre ed approvazione atti di gara per l’affidamento dei lavori. Impegno sul Capitolo Overbooking A42502, a Creditori diversi (Cod. creditore 3805), e sui capitoli A42134 - A42135 - A42136 a favore dell’Autorità Nazionale Anticorruzione (Cod. cred.159683), E.F. 2019.</t>
         </is>
       </c>
-      <c r="F426" t="s">
-[...4 lines deleted...]
-      <c r="A427">
+      <c r="F443" t="s" s="3">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="444">
+      <c r="A444">
         <v>1565</v>
       </c>
-      <c r="B427" s="2">
+      <c r="B444" s="2">
         <v>43963</v>
       </c>
-      <c r="C427" t="s">
-[...5 lines deleted...]
-      <c r="E427" t="inlineStr">
+      <c r="C444" t="s">
+        <v>742</v>
+      </c>
+      <c r="D444" t="s">
+        <v>9</v>
+      </c>
+      <c r="E444" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio e Calabria - Farmaci 2020_Seconda tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori - Determina a contrarre. Approvazione schemi, atti e indizione gara.</t>
         </is>
       </c>
-      <c r="F427" t="s">
-[...7 lines deleted...]
-      <c r="A428">
+      <c r="F444" t="s" s="3">
+        <v>743</v>
+      </c>
+      <c r="G444" t="s" s="3">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="445">
+      <c r="A445">
         <v>1566</v>
       </c>
-      <c r="B428" s="2">
+      <c r="B445" s="2">
         <v>43963</v>
       </c>
-      <c r="C428" t="s">
-[...5 lines deleted...]
-      <c r="E428" t="inlineStr">
+      <c r="C445" t="s">
+        <v>745</v>
+      </c>
+      <c r="D445" t="s">
+        <v>9</v>
+      </c>
+      <c r="E445" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier n. LI-ES2-20151127-0630028, Intervento A0100E0429- presso "Sede principale uffici Comunali" nel Comune di _San Vito Romano (RM). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sul Capitolo Overbooking A42502, a Creditori diversi (Cod. creditore 3805), e sui capitoli A42134 - A42135 - A42136 a favore dell'Autorità Nazionale Anticorruzione (Cod. cred.159683), E.F. 2019.  CUP F84H15002170006 - CIG 827270434E</t>
         </is>
       </c>
-      <c r="F428" t="s">
-[...4 lines deleted...]
-      <c r="A429">
+      <c r="F445" t="s" s="3">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="446">
+      <c r="A446">
         <v>1544</v>
       </c>
-      <c r="B429" s="2">
+      <c r="B446" s="2">
         <v>43963</v>
       </c>
-      <c r="C429" t="s">
-[...5 lines deleted...]
-      <c r="E429" t="inlineStr">
+      <c r="C446" t="s">
+        <v>747</v>
+      </c>
+      <c r="D446" t="s">
+        <v>9</v>
+      </c>
+      <c r="E446" t="inlineStr">
         <is>
           <t>Piano stralcio 2019 relativo agli interventi immediatamente cantierabili individuati dal Ministero dell'ambiente e della tutela del territorio e del mare - Intervento Codice Rendis 12IR026/G9 "Lavori straordinari di manutenzione dell'alveo del Fiume Velino"- 1° Stralcio località Caporio - Centrale di Cotilia in Comune di Cittaducale (RI). Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art. 36, comma 2, lettera b) del D.lgs. n. 50/2016, previa indagine esplorativa del mercato, ed approvazione atti di gara. CUP F45J19000360001 - CIG 81661242B5.</t>
         </is>
       </c>
-      <c r="F429" t="s">
-[...4 lines deleted...]
-      <c r="A430">
+      <c r="F446" t="s" s="3">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="447">
+      <c r="A447">
         <v>1545</v>
       </c>
-      <c r="B430" s="2">
+      <c r="B447" s="2">
         <v>43597</v>
       </c>
-      <c r="C430" t="inlineStr">
+      <c r="C447" t="inlineStr">
         <is>
           <t>ZEE2A542AB;ZE12A54316;ZF42A54544;ZB72A54388;ZD92A543DF;z622A54427;ZC62A544A2;ZB52A544F4;zF22A546B0;
 Z3C2A547A3;ZC92A5495D;Z7D2A54B6E;ZFA2A54ACE;Z402A545C6;ZD72A54646;ZF02A54721;ZD32A54A19;z0D2A549AD;
 Z7D2A54B6E</t>
         </is>
       </c>
-      <c r="E430" t="inlineStr">
+      <c r="E447" t="inlineStr">
         <is>
           <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2019/2020 - Impegno di spesa di € 177.943,80 (IVA inclusa) - Capitolo di bilancio regionale H11726 – Es. Fin. 2019.</t>
         </is>
       </c>
-      <c r="F430" t="s">
-[...291 lines deleted...]
-      <c r="C444" t="s">
+      <c r="F447" t="s" s="3">
         <v>749</v>
-      </c>
-[...75 lines deleted...]
-        <v>755</v>
       </c>
     </row>
     <row r="448">
       <c r="A448">
-        <v>1540</v>
+        <v>1546</v>
       </c>
       <c r="B448" s="2">
         <v>43597</v>
       </c>
       <c r="C448" t="s">
-        <v>756</v>
+        <v>750</v>
       </c>
       <c r="D448" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E448" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. DOSSIER LI-ES2-2910478_Intervento A0100E0346 presso la "Sede Comunale Roccasecca dei Volsci" nel Comune di Roccasecca dei Volsci (LT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. 159683, E.F. 2019. CUP F54J16000010006 - CIG 8119664EB0</t>
-[...3 lines deleted...]
-        <v>757</v>
+          <t>"Ottobre Rosa 2019" - Campagna di comunicazione istituzionale della Regione Lazio. Impegno di spesa di € 179.182,82 (IVA inclusa) Capitolo di spesa H11726 – Es. Fin. 2019.</t>
+        </is>
+      </c>
+      <c r="F448" t="s" s="3">
+        <v>751</v>
       </c>
     </row>
     <row r="449">
       <c r="A449">
-        <v>1541</v>
+        <v>1547</v>
       </c>
       <c r="B449" s="2">
         <v>43597</v>
       </c>
       <c r="C449" t="s">
+        <v>752</v>
+      </c>
+      <c r="D449" t="s">
+        <v>9</v>
+      </c>
+      <c r="E449" t="inlineStr">
+        <is>
+          <t>Attività social di supporto alle informazioni sui servizi della Sanità della Regione Lazio a cura di REVERSE STUDIO Srls. - Impegno di € 18.300,00 (Iva inclusa) Capitolo R31902 – Esercizio finanziario 2019.</t>
+        </is>
+      </c>
+      <c r="F449" t="s" s="3">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="450">
+      <c r="A450">
+        <v>1548</v>
+      </c>
+      <c r="B450" s="2">
+        <v>43597</v>
+      </c>
+      <c r="C450" t="s">
+        <v>754</v>
+      </c>
+      <c r="D450" t="s">
+        <v>9</v>
+      </c>
+      <c r="E450" t="inlineStr">
+        <is>
+          <t>Promozione di immagine per la Regione Lazio in occasione dell'iniziativa "Consumi e Cultura tra economia e sviluppo del territorio", a cura dell'ANEC Lazio - Associazione Nazionale Esercenti Cinema – Impegno di € 18.300,00 (Iva inclusa) - capitolo R31902 - esercizio finanziario 2019.</t>
+        </is>
+      </c>
+    </row>
+    <row r="451">
+      <c r="A451">
+        <v>1549</v>
+      </c>
+      <c r="B451" s="2">
+        <v>43597</v>
+      </c>
+      <c r="C451" t="s">
+        <v>755</v>
+      </c>
+      <c r="D451" t="s">
+        <v>9</v>
+      </c>
+      <c r="E451" t="inlineStr">
+        <is>
+          <t>Affidamento alla Invidio srl di un servizio di produzione video per il progetto "Ossigeno". Impegno di spesa di € 12.200,00 (IVA inclusa) - Capitolo di bilancio R31902 - esercizio finanziario 2019.</t>
+        </is>
+      </c>
+      <c r="F451" t="s" s="3">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="452">
+      <c r="A452">
+        <v>1550</v>
+      </c>
+      <c r="B452" s="2">
+        <v>43597</v>
+      </c>
+      <c r="C452" t="s">
+        <v>757</v>
+      </c>
+      <c r="D452" t="s">
+        <v>9</v>
+      </c>
+      <c r="E452" t="inlineStr">
+        <is>
+          <t>Affidamento alla ReMedia Italia srl di un servizio di comunicazione della Regione Lazio sui canali social. Impegno di spesa di € 48.190,00 (IVA inclusa) - Capitolo di bilancio R31902 - esercizio finanziario 2019.</t>
+        </is>
+      </c>
+      <c r="F452" t="s" s="3">
         <v>758</v>
       </c>
-      <c r="D449" t="s">
-[...2 lines deleted...]
-      <c r="E449" t="inlineStr">
+    </row>
+    <row r="453">
+      <c r="A453">
+        <v>1551</v>
+      </c>
+      <c r="B453" s="2">
+        <v>43597</v>
+      </c>
+      <c r="C453" t="s">
+        <v>759</v>
+      </c>
+      <c r="D453" t="s">
+        <v>9</v>
+      </c>
+      <c r="E453" t="inlineStr">
+        <is>
+          <t>Pubblicità istituzionale sulla rivista "San Francesco patrono d'Italia". Impegno di € 24.278,00 (Iva inclusa) in favore della Custodia Generale Sacro Convento - Capitolo R31902 - esercizio finanziario 2019.</t>
+        </is>
+      </c>
+      <c r="F453" t="s" s="3">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="454">
+      <c r="A454">
+        <v>1552</v>
+      </c>
+      <c r="B454" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C454" t="s">
+        <v>761</v>
+      </c>
+      <c r="D454" t="s">
+        <v>9</v>
+      </c>
+      <c r="E454" t="inlineStr">
+        <is>
+          <t>Procedura negoziata ai sensi dell'art. 2, comma 2 bis, del D.L. 189/2016 e ss.mm.ii., previa pubblicazione di avviso per manifestazione di interesse per l'affidamento del servizio di verifica del progetto esecutivo per l'intervento denominato "Ricostruzione ospedale di Amatrice (RI)". Ordinanza Commissariale n. 56 del 10/05/2018 – Determina a contrarre e approvazione atti di gara. CUP F78118000070008 CIG: 81809258DF</t>
+        </is>
+      </c>
+      <c r="F454" t="s" s="3">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="455">
+      <c r="A455">
+        <v>1553</v>
+      </c>
+      <c r="B455" s="2">
+        <v>43963</v>
+      </c>
+      <c r="C455" t="s">
+        <v>763</v>
+      </c>
+      <c r="D455" t="s">
+        <v>9</v>
+      </c>
+      <c r="E455" t="inlineStr">
+        <is>
+          <t>Determina a contrarre e formalizzazione dell'incarico per la redazione della relazione specialistica necessaria all'emissione del parere ex art. 89 del DPR. 380/2001 e alla richiesta del parere per interventi in aree sottoposte a vincolo idrogeologico ai sensi del R.D.L. 3267/23 e RD 1126/26, DGR 6215/96 e DGR 3888/98 e successive modifiche ed integrazioni ai sensi dell'art. 36 co. 2 lett. a) del D.Lgs. 50/2016 per l'intervento di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. CUP F78I18000070008 CIG 81922656F0</t>
+        </is>
+      </c>
+      <c r="F455" t="s" s="3">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456">
+        <v>1554</v>
+      </c>
+      <c r="B456" s="2">
+        <v>43597</v>
+      </c>
+      <c r="C456" t="s">
+        <v>765</v>
+      </c>
+      <c r="D456" t="s">
+        <v>9</v>
+      </c>
+      <c r="E456" t="inlineStr">
+        <is>
+          <t>Determinazione a contrarre finalizzata all'affidamento diretto, ai sensi dell'art. 36, co. 2, lettera a) del d.lgs. n. 50/2016, del servizio di assistenza tecnica all'Organismo Intermedio dell'Autorità di Certificazione per il Programma Operativo (PO) FEAMP 2014-2020.Impegno di spesa a favore di ISRI Soc. Coop. a r.l., P.IVA 00938821006, per euro 48.141,20 (IVA inclusa), sui Capitoli di bilancio A14145, A14146 e A14147 – Programma Fondo Europeo per gli Affari Marittimi e la Pesca (FEAMP), esercizio finanziario 2019. CIG N. Z3B2ADFFE5.</t>
+        </is>
+      </c>
+      <c r="F456" t="s" s="3">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457">
+        <v>1532</v>
+      </c>
+      <c r="B457" s="2">
+        <v>43597</v>
+      </c>
+      <c r="C457" t="s">
+        <v>767</v>
+      </c>
+      <c r="D457" t="s">
+        <v>9</v>
+      </c>
+      <c r="E457" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014 - 2020. Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili". Intervento A0100E0287 - Dossier LI-ES2-3620446 Lavori di efficientamento energetico da attuare presso l'edificio scolastico "Campi d'Annibale" nel Comune di Rocca di Papa (RM). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. 159683, E.F. 2019. CUP F34D17000340009 – CIG 8103490B7C.</t>
+        </is>
+      </c>
+      <c r="F457" t="s" s="3">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458">
+        <v>1533</v>
+      </c>
+      <c r="B458" s="2">
+        <v>43597</v>
+      </c>
+      <c r="C458" t="s">
+        <v>769</v>
+      </c>
+      <c r="D458" t="s">
+        <v>9</v>
+      </c>
+      <c r="E458" t="s">
+        <v>770</v>
+      </c>
+      <c r="F458" t="s" s="3">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="459">
+      <c r="A459">
+        <v>1534</v>
+      </c>
+      <c r="B459" s="2">
+        <v>43597</v>
+      </c>
+      <c r="C459">
+        <v>7596633</v>
+      </c>
+      <c r="D459" t="s">
+        <v>9</v>
+      </c>
+      <c r="E459" t="inlineStr">
+        <is>
+          <t>Determinazione a contrarre ai sensi dell'art. 32, comma 2, D.Lgs. n. 50/2016 e autorizzazione all'espletamento della procedura di gara aperta ai sensi dell'art. 60 del D.Lgs. n. 50/2016, per l'affidamento della fornitura di noleggio a lungo termine senza conducente di n. 18 veicoli operativi con allestimento AIB (antincendio boschivo), suddivisi in due lotti, destinati alle attività di antincendio boschivo di competenza dell'Agenzia Regionale di Protezione Civile, comprensivo del servizio di manutenzione "Full Service".</t>
+        </is>
+      </c>
+      <c r="F459" t="s" s="3">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="460">
+      <c r="A460">
+        <v>1535</v>
+      </c>
+      <c r="B460" s="2">
+        <v>43597</v>
+      </c>
+      <c r="C460" t="s">
+        <v>773</v>
+      </c>
+      <c r="D460" t="s">
+        <v>9</v>
+      </c>
+      <c r="E460" t="inlineStr">
+        <is>
+          <t>Procedura di gara mediante adesione al Sistema Dinamico di Acquisizione di CONSIP SpA., di cui all'art. 55 del D. Lgs. n.50/2016, per l'acquisto di arredi per ufficio a ridotto impatto ambientale occorrenti alle sedi della Regione Lazio site all'internodel comune di Roma e dell'area metropolitana suddivisa in due lotti. Determinazione a contrarre, approvazione atti di gara edindizione della procedura. Impegni di spesa: per il Lotto 1 € 676.575,40, per il Lotto 2 € 297.436,00 a favore di CreditoriDiversi (cod. 3805) sul cap. S22509 es. fin. 2019-2020, €. 600,00 a favore dell'A.N.A.C (cod 159683) sul cap. T19427 es. fin.2019, €. 8.782,07 a favore del "Fondo incentivi ex art.383 sexies R.R. n.1/2002 (cod 176734)" sul cap S22509 es. fin. 2019-2020. Accertamento in entrata per €. 8.782,07 sul Cap 341559 (cod. 176734) "Fondo incentivi ex art. 383 sexies R.R. n.1/2002" es. fin. 2019-2020.</t>
+        </is>
+      </c>
+      <c r="F460" t="s" s="3">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="461">
+      <c r="A461">
+        <v>1536</v>
+      </c>
+      <c r="B461" s="2">
+        <v>43597</v>
+      </c>
+      <c r="C461" t="s">
+        <v>775</v>
+      </c>
+      <c r="D461" t="s">
+        <v>9</v>
+      </c>
+      <c r="E461" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investiresugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica el'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2160188–Intervento n. A0100E0080 - "Scuola Elementare eMaterna Maffi" nel Comune di Roma Capitale. Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori.Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. 159683, E.F.2019.CUP: F87D18000310009 - CIG 811596308B</t>
+        </is>
+      </c>
+      <c r="F461" t="s" s="3">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="462">
+      <c r="A462">
+        <v>1537</v>
+      </c>
+      <c r="B462" s="2">
+        <v>43597</v>
+      </c>
+      <c r="C462" t="s">
+        <v>777</v>
+      </c>
+      <c r="D462" t="s">
+        <v>9</v>
+      </c>
+      <c r="E462" t="inlineStr">
+        <is>
+          <t>Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art. 36, comma 2, lettera b) del D.lgs. n. 50/2016, previaindagine esplorativa del mercato, dei lavori per la rimozione della vegetazione spontanea presente nell'alveo del fiume Velino,compresa la risagomatura delle sponde nel tratto compreso tra i Comuni di Antrodoco e Borgo Velino (RI) –Determinazione acontrarre ed approvazione atti di gara. Impegno di spesa sul cap. E41918, importo di € 86.800,00= E.F. 2019 a favore diCreditori Diversi (cod. cred. 3805) ed Impegno di spesa sul Capitolo T19427 di € 30,00= (Cod. creditore 159683).CUPF85G19000090002_CIG 81317547AE</t>
+        </is>
+      </c>
+      <c r="F462" t="s" s="3">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="463">
+      <c r="A463">
+        <v>1538</v>
+      </c>
+      <c r="B463" s="2">
+        <v>43597</v>
+      </c>
+      <c r="C463" t="s">
+        <v>779</v>
+      </c>
+      <c r="D463" t="s">
+        <v>9</v>
+      </c>
+      <c r="E463" t="inlineStr">
+        <is>
+          <t>Lavori di consolidamento della Rupe in località Mercatello, a completamento dell'intervento di somma urgenza per movimento franoso nel Comune di Bagnoregio (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno sul Capitolo C12152 a favore di creditori diversi (codice creditore 3805) di € 809.865,50=, e di € 1.350,86= a favore della soc. Lexemedia, e Impegno sul Capitolo T19427 di € 375,00= a favore dell'Autorita Nazionale Anticorruzione (Cod.creditore 159683) E.F. 2019.CUP: F69D15001850002- CIG lavori 8133947966 e CIG pubblicazione ZE929A1C28</t>
+        </is>
+      </c>
+      <c r="F463" t="s" s="3">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="464">
+      <c r="A464">
+        <v>1539</v>
+      </c>
+      <c r="B464" s="2">
+        <v>43597</v>
+      </c>
+      <c r="C464">
+        <v>8139676121</v>
+      </c>
+      <c r="D464" t="s">
+        <v>9</v>
+      </c>
+      <c r="E464" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier n. LI-ES2-0900227_ Intervento A0100E0051 presso la "ScuolaElementare Dante Alighieri nel Comune di Fabrica Di Roma (VT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, E.F. 2019. CUPF92B17000120006 – CIG 8139676121</t>
+        </is>
+      </c>
+      <c r="F464" t="s" s="3">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="465">
+      <c r="A465">
+        <v>1540</v>
+      </c>
+      <c r="B465" s="2">
+        <v>43597</v>
+      </c>
+      <c r="C465" t="s">
+        <v>782</v>
+      </c>
+      <c r="D465" t="s">
+        <v>9</v>
+      </c>
+      <c r="E465" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. DOSSIER LI-ES2-2910478_Intervento A0100E0346 presso la "Sede Comunale Roccasecca dei Volsci" nel Comune di Roccasecca dei Volsci (LT). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. 159683, E.F. 2019. CUP F54J16000010006 - CIG 8119664EB0</t>
+        </is>
+      </c>
+      <c r="F465" t="s" s="3">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="466">
+      <c r="A466">
+        <v>1541</v>
+      </c>
+      <c r="B466" s="2">
+        <v>43597</v>
+      </c>
+      <c r="C466" t="s">
+        <v>784</v>
+      </c>
+      <c r="D466" t="s">
+        <v>9</v>
+      </c>
+      <c r="E466" t="inlineStr">
         <is>
           <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio e Calabria – Farmaci 2020_Prima tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori – Determina a contrarre. Approvazione schemi, atti e indizione gara.
 Elenco CIG</t>
         </is>
       </c>
-      <c r="F449" t="s">
-[...373 lines deleted...]
-        <v>784</v>
+      <c r="F466" t="s" s="3">
+        <v>785</v>
       </c>
     </row>
     <row r="467">
       <c r="A467">
-        <v>1512</v>
+        <v>1542</v>
       </c>
       <c r="B467" s="2">
         <v>43597</v>
       </c>
-      <c r="C467" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C467" t="s">
+        <v>786</v>
       </c>
       <c r="D467" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E467" t="inlineStr">
         <is>
-          <t>Campagna di comunicazione istituzionale "Dimore storiche" - Impegno di spesa di â‚¬53.592,49 (IVA inclusa). Capitolo di bilancio regionale R31902. Esercizio finanziario 2019.</t>
-[...3 lines deleted...]
-        <v>785</v>
+          <t>Interreg Europe: programmazione 2014-2020. Progetto ENERSELVES – Policy instruments for energy self–consumption in buildings - PGI02505 - CUP E69D16003390007. Determinazione a contrarre semplificata per l'affidamento, sensi dell'art. 36, comma 2, lett. a), del decreto legislativo n. 50/2016 e successive modifiche, previa indagine di mercato, del servizio di catering nell'ambito dell'incontro interparternariale di progetto da svolgersi in Roma e nomina Responsabile Unico del Procedimento (RUP). SMART CIG Z042A3137B. Impegno di spesa per un totale di € 770,00 iva inclusa a valere sui capitoli A33119 per la somma di € 654,50 e A33120 per la somma di € 115,50. – E. F. 2019.</t>
+        </is>
+      </c>
+      <c r="F467" t="s" s="3">
+        <v>787</v>
       </c>
     </row>
     <row r="468">
       <c r="A468">
-        <v>1513</v>
+        <v>1543</v>
       </c>
       <c r="B468" s="2">
         <v>43597</v>
       </c>
       <c r="C468" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="D468" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E468" t="inlineStr">
         <is>
-          <t>Campagna di comunicazione istituzionale relativa all'iniziativa denominata "Mercoledì al cinema". Impegno di spesa complessivo € 34.999,88 (IVA inclusa) - Esercizio finanziario 2019. Capitolo di bilancio R31902.</t>
-[...3 lines deleted...]
-        <v>787</v>
+          <t>Affidamento diretto, ai sensi dell'articolo 36, comma 2, lettera a), del d.lgs. n. 50/2016, fuori dal Mercato Elettronico della Pubblica Amministrazione, del servizio di gestione e manutenzione del software applicativo del Protocollo Itaca Regione Lazio. CUP F81D19000020002 - Determina a contrarre, nomina del Responsabile Unico del Procedimento e impegno di spesa sul Capitolo E61900 - E.F. 2019-2020 dell'importo complessivo di euro 12.200,00.</t>
+        </is>
+      </c>
+      <c r="F468" t="s" s="3">
+        <v>789</v>
       </c>
     </row>
     <row r="469">
       <c r="A469">
-        <v>1514</v>
+        <v>1520</v>
       </c>
       <c r="B469" s="2">
         <v>43597</v>
       </c>
-      <c r="C469" t="s">
-        <v>788</v>
+      <c r="C469">
+        <v>7995037140</v>
       </c>
       <c r="D469" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E469" t="inlineStr">
         <is>
-          <t>Affidamento alla Hero srl di un servizio di consulenza relativa al portale istituzionale della Regione Lazio. Impegno di spesa di € 30.500,00 (IVA inclusa) - Capitolo di bilancio R31902 Esercizio finanziario 2019.</t>
-[...3 lines deleted...]
-        <v>789</v>
+          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. – Intervento R137 – "Lavori straordinari di manutenzione dell'alveo del fiume Gari da Cassino a S. Apollinare km 7,00". - Decreto a contrarre per l'affidamento dei lavori - CUP F33H19000550001 – CIG 7995037140</t>
+        </is>
+      </c>
+      <c r="F469" t="s" s="3">
+        <v>790</v>
       </c>
     </row>
     <row r="470">
       <c r="A470">
-        <v>1515</v>
+        <v>1521</v>
       </c>
       <c r="B470" s="2">
         <v>43597</v>
       </c>
       <c r="C470" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="D470" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E470" t="inlineStr">
         <is>
-          <t>Affidamento alla Invidio srl di un servizio di produzione video per la comunicazione istituzionale. Impegno di spesa di € 6.100,00 (IVA inclusa) - Capitolo di bilancio R31902 - esercizio finanziario 2019.</t>
-[...3 lines deleted...]
-        <v>791</v>
+          <t>Lavori di ripristino della briglia e contro-briglia in corrispondenza ed a valle del ponte Rosa, con ri-sezionamento della sezione idraulica del fiume Tronto, in località "Retrosi" nel Comune di Amatrice (RI). Progetto esecutivo n. 351 del 24.04.2018 - CUP F72H17000270002 – CIG 8023646A22 Determinazione a contrarre per l'importo complessivo di €.264.686,34 sui capitoli di bilancio nn. D34507 e T19427 esercizio finanziario. 2018, 2019 e 2020.</t>
+        </is>
+      </c>
+      <c r="F470" t="s" s="3">
+        <v>792</v>
       </c>
     </row>
     <row r="471">
       <c r="A471">
-        <v>1516</v>
+        <v>1522</v>
       </c>
       <c r="B471" s="2">
         <v>43597</v>
       </c>
-      <c r="C471">
-        <v>7983626896</v>
+      <c r="C471" t="s">
+        <v>793</v>
       </c>
       <c r="D471" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E471" t="inlineStr">
         <is>
-          <t>"O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. – Intervento R66 “Lavori Urgenti di Ripascimento e Manutenzione delle Opere Esistenti a Causa di Erosione Costiera nel comune di Tarquinia”; Approvazione progetto definitivo-esecutivo e Determinazione a contrarre. CUP F85J19001390001 - CIG 7983626896 "</t>
-[...3 lines deleted...]
-        <v>792</v>
+          <t>Determinazione a contrarre finalizzata all'affidamento diretto, ai sensi dell'art. 36, co. 2, lettera a) del d.lgs. n. 50/2016, di unservizio di studio e ricerca in ambito economico-finanziario per la realizzazione di un modello econometrico regionaledestinato alle analisi di stima degli effetti e di impatto macroeconomico della spesa pubblica settoriale-territoriale dell'archiviodei Conti Pubblici Territoriali (CPT). Impegno di spesa a favore del Dipartimento di Economia e Diritto della SapienzaUniversità di Roma per euro 45.750,00, IVA inclusa, sul capitolo di bilancio C11120, missione 01 – programma 03 - aggregato1.04.01.02.008, esercizio finanziario 2019. CIG: ZB42A67B7E.</t>
+        </is>
+      </c>
+      <c r="F471" t="s" s="3">
+        <v>794</v>
       </c>
     </row>
     <row r="472">
       <c r="A472">
-        <v>1517</v>
+        <v>1523</v>
       </c>
       <c r="B472" s="2">
         <v>43597</v>
       </c>
       <c r="C472" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="D472" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E472" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento R61 "Lavori di messa in sicurezza di un'area soggetta a fenomeni franosi località Via La Veduta nel Comune di Atina (FR)".</t>
-[...3 lines deleted...]
-        <v>794</v>
+          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lettera a) del d.lgs. n. 50/2016 per la fornitura di aggiornamenti e servizi di manutenzione di n. 2 licenze ArcGIS Desktop Standard CU, con n. 4 estensioni Desktop, mediante Ordine diretto di Acquisto (ODA) sul MEPA – ditta: Esri Italia S.p.A., Via Casilina, 98 - 00182 Roma (P. IVA 03837421001).Impegno di spesa per euro 32.940,00 (IVA inclusa) a valere sul capitolo di bilancio C12165, esercizio finanziario 2019, missione 01 – programma 03 - aggregato 2.02.03.02. CIG: Z3529E2BF</t>
+        </is>
+      </c>
+      <c r="F472" t="s" s="3">
+        <v>796</v>
       </c>
     </row>
     <row r="473">
       <c r="A473">
-        <v>1518</v>
+        <v>1524</v>
       </c>
       <c r="B473" s="2">
         <v>43597</v>
       </c>
-      <c r="C473">
-        <v>8009197672</v>
+      <c r="C473" t="s">
+        <v>797</v>
       </c>
       <c r="D473" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E473" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. – Intervento R60 "lavori urgenti di ripristino dell'officiosita' idraulica del fiume Arrone dall'incile alla foce". Decreto a contrarre. CUP F33H19000340001 – CIG 8009197672.</t>
-[...3 lines deleted...]
-        <v>795</v>
+          <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs. 50/2016 di un servizio consistente nella realizzazione dei duecorsi di formazione "Programmazione SAS 1: fondamenti" (utenti n. 4) e "Multivariate Statistics for Understanding ComplexData" (utenti n. 2), mediante Ordine Diretto sul Mercato Elettronico della Pubblica Amministrazione (MEPA) – ditta: SASInstitute S.r.l., Piazza della Repubblica, 68 – 00185 Roma – (P.IVA 08517850155). Impegno di spesa per euro 8.460,00 avalere sul capitolo di bilancio C11123, esercizio finanziario 2019, missione 01 – programma 03 – aggregato 1.03.02.04. CIG:Z182A49646.</t>
+        </is>
+      </c>
+      <c r="F473" t="s" s="3">
+        <v>798</v>
       </c>
     </row>
     <row r="474">
       <c r="A474">
-        <v>1519</v>
+        <v>1525</v>
       </c>
       <c r="B474" s="2">
         <v>43597</v>
       </c>
       <c r="C474" t="s">
-        <v>796</v>
+        <v>9</v>
       </c>
       <c r="D474" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E474" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. – Intervento 62R "Lavori straordinari di manutenzione dell'alveo del fiume Garigliano di competenza Regione Lazio km 4,00." Decreto a contrarre per l'affidamento dei lavori. - CUP F53H19000260001- CIG79955443A3</t>
-[...3 lines deleted...]
-        <v>797</v>
+          <t>Affidamento di un servizio di attività di grafica creativa relativa alla realizzazione di materiali di comunicazione di qualità.Impegno di spesa di € 48.800,00 in favore di LazioCREA SpA – Cap. di Bilancio R31902 – Esercizio finanziario 2019.</t>
+        </is>
+      </c>
+      <c r="F474" t="s" s="3">
+        <v>799</v>
       </c>
     </row>
     <row r="475">
       <c r="A475">
-        <v>1497</v>
+        <v>1526</v>
       </c>
       <c r="B475" s="2">
-        <v>43232</v>
+        <v>43597</v>
       </c>
       <c r="C475" t="s">
-        <v>798</v>
+        <v>9</v>
       </c>
       <c r="D475" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E475" t="inlineStr">
         <is>
-          <t>Campagna social del progetto "Lazio Gratis in tour 16/18". Impegno di spesa complessivo € 43.356,00 (IVA inclusa) - Esercizio finanziario 2018. Capitolo di bilancio R31902.</t>
-[...3 lines deleted...]
-        <v>799</v>
+          <t>DGR n. 336 del 4 giugno 2019 concernente la partecipazione della Regione Lazio al "Golden Gala Pietro Mennea 2019".Impegno di € 20.000,00 in favore della Federazione Italiana di Atletica Leggera (FIDAL). Capitolo G31900 – eserciziofinanziario 2019</t>
+        </is>
+      </c>
+      <c r="F475" t="s" s="3">
+        <v>800</v>
       </c>
     </row>
     <row r="476">
       <c r="A476">
-        <v>1498</v>
+        <v>1527</v>
       </c>
       <c r="B476" s="2">
-        <v>43232</v>
+        <v>43597</v>
       </c>
       <c r="C476" t="s">
-        <v>800</v>
+        <v>9</v>
       </c>
       <c r="D476" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E476" t="inlineStr">
         <is>
-          <t>Promozione di immagine per la Regione Lazio in occasione della campagna informativa sul Numero Verde antiomofobia Gay Help Line 800713713, a cura dell'Associazione Gay Center/Gay Help Line – Impegno di € 50.000,00 (Iva esente) - Capitolo R31902 Es. Fin.2018.</t>
-[...2 lines deleted...]
-      <c r="F476" t="s">
+          <t>Deliberazione di Giunta Regionale n. 840 del 20 dicembre 2018 concernente l'approvazione del Piano Operativo Annuale diLazioCrea SpA. Piano di Comunicazione a supporto delle iniziative della Giunta regionale. Impegno di spesa di € 130.000,00(IVA inclusa) in favore di LazioCrea SpA – Cap. di Bilancio R31902 – Esercizio finanziario 2019.</t>
+        </is>
+      </c>
+      <c r="F476" t="s" s="3">
         <v>801</v>
       </c>
     </row>
     <row r="477">
       <c r="A477">
-        <v>1499</v>
+        <v>1528</v>
       </c>
       <c r="B477" s="2">
-        <v>43232</v>
+        <v>43597</v>
       </c>
       <c r="C477" t="s">
+        <v>9</v>
+      </c>
+      <c r="D477" t="s">
+        <v>9</v>
+      </c>
+      <c r="E477" t="inlineStr">
+        <is>
+          <t>DGR n. 281 del 14 maggio 2019: partecipazione della Regione Lazio al "GIRO DI ITALIA 2019". Impegno di € 10.000,00 infavore di Lazio Innova SpA. Capitolo R31902 – esercizio finanziario 2019.</t>
+        </is>
+      </c>
+      <c r="F477" t="s" s="3">
         <v>802</v>
-      </c>
-[...9 lines deleted...]
-        <v>803</v>
       </c>
     </row>
     <row r="478">
       <c r="A478">
-        <v>1500</v>
+        <v>1529</v>
       </c>
       <c r="B478" s="2">
-        <v>43232</v>
-[...4 lines deleted...]
-        </is>
+        <v>43597</v>
+      </c>
+      <c r="C478" t="s">
+        <v>9</v>
       </c>
       <c r="D478" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E478" t="inlineStr">
         <is>
-          <t>"Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2018/2019" - Impegno di spesa di € 174.545,43 (IVA inclusa) - Capitolo di bilancio regionale H11726 – Es. Fin. 2018.</t>
-[...3 lines deleted...]
-        <v>804</v>
+          <t>Procedura di gara negoziata senza previa pubblicazione di bando, ai sensi dell'art. 36 del D.Lgs. 50/2016, per l'affidamentodel servizio di assessment della percezione esterna dell'operato della Regione Lazio" indetta con determinazione n. G04426 del10 aprile 2019. Aggiudicazione della procedura, disimpegno dell'impegno pluriennale n. 35823/2019 per la somma di euro60.390,00 assunta sul Cap. R31902 Es. Fin. 2019¬ da creditori diversi (cod.3805) a RTI Piepoli SpA - TIM SpA (cod.112255) e prenotazioni per gli anni 2020, 2021, 2022 e 2023.</t>
+        </is>
+      </c>
+      <c r="F478" t="s" s="3">
+        <v>803</v>
       </c>
     </row>
     <row r="479">
       <c r="A479">
-        <v>1501</v>
+        <v>1530</v>
       </c>
       <c r="B479" s="2">
-        <v>43232</v>
-[...2 lines deleted...]
-        <v>499860096</v>
+        <v>43597</v>
+      </c>
+      <c r="C479" t="inlineStr">
+        <is>
+          <t>798674674B;7986753D10;79867602DA;7986774E64;79867846A7;7986787920;7986790B99;7986791C6C;79868003DC; 79868068CE;7986808A74;7986811CED;79868182B7;798682587C;798682694F;7986833F14;7986836192;79868404DE; 7986843757;7986847AA3;7986849C49;7986853F95;7986855140;</t>
+        </is>
       </c>
       <c r="D479" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E479" t="inlineStr">
         <is>
-          <t>Pubblicità  istituzionale della Regione Lazio sulla rivista: "Polizia moderna", a cura della Publimedia srl. Impegno di spesa di € 3.660,00 (Iva inclusa) Es. Fin. 2018 - Capitolo R31902.</t>
-[...3 lines deleted...]
-        <v>805</v>
+          <t>Gara comunitaria centralizzata a procedura aperta per fornitura di farmaci biologici e biosimilari occorrenti alle AziendeSanitarie e Ospedaliere della Regione Lazio nonché, per conto della Regione Calabria, occorrenti alle Aziende Sanitarie eOspedaliere della Regione Calabria. Determina a contrarre. Approvazione schemi, atti e indizione gara</t>
+        </is>
       </c>
     </row>
     <row r="480">
       <c r="A480">
-        <v>1502</v>
+        <v>1531</v>
       </c>
       <c r="B480" s="2">
-        <v>43232</v>
+        <v>43597</v>
       </c>
       <c r="C480" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="D480" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E480" t="inlineStr">
         <is>
-          <t>Affidamento del servizio professionale di restyling e ampliamento del sistema dell'identità visiva della Regione Lazio alla Metaphora srl. Impegno di spesa di € 18.300,00 (IVA inclusa). Capitolo di bilancio R31902 - Esercizio finanziario 2018.</t>
-[...3 lines deleted...]
-        <v>807</v>
+          <t>Autorizzazione all'espletamento della procedura di affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs. n. 50/2016, per il "Servizio di formazione linguistica "Lingua Inglese" rivolto al personale della Giunta regionale, mediante Richiesta di Offerta (RdO) sul MEPA. Importo complessivo stimato dell'affidamento pari ad euro 17.140,00. Approvazione atti di gara (Allegati 1 e 2). Impegno di spesa euro 17.140,00 in favore di creditori diversi a valere sul capitolo di bilancio C11123, esercizio finanziario 2019, missione 01 – programma 03 - aggregato 1.03.02.04. CIG Z3F2A5213A.</t>
+        </is>
+      </c>
+      <c r="F480" t="s" s="3">
+        <v>805</v>
       </c>
     </row>
     <row r="481">
       <c r="A481">
-        <v>1503</v>
+        <v>1509</v>
       </c>
       <c r="B481" s="2">
-        <v>43232</v>
+        <v>43597</v>
       </c>
       <c r="C481" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="D481" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E481" t="inlineStr">
         <is>
-          <t>D.lgs. 50/2016: Affidamento attraverso il MEPA di Consip per la fornitura di materiali per lo svolgimento delle attivita' istituzionali di competenza del Servizio Fitosanitario Regionale. Impegno di spesa di euro 1.366,40 a favore della ditta Euroclone S.p.A. P. IVA 08126390155. Capitolo E23910 macroaggregato 1.03.01.02 es. fin. 2018</t>
-[...3 lines deleted...]
-        <v>809</v>
+          <t>D.lgs. 50/2016. Autorizzazione ad espletare procedura aperta per la fornitura di servizi per la realizzazione del piano di comunicazione integrato del Programma di Sviluppo Rurale del Lazio 2014/2020 (CIG n. 78458990AE, CUP n. F89F19000020008). Approvazione atti ed indizione gara. Importo a base di gara € 426.229,51 imposte e tasse escluse. Misura 20 "Assistenza Tecnica" del PSR 2014/2020 del Lazio. Impegno di spesa per la somma complessiva di euro 520.000,00 sul capitolo A13101 "Anticipazioni spese per l'assistenza tecnica a supporto dell'attuazione dei Programmi di Sviluppo Rurale" esercizio finanziario 2019-2023 a favore di creditori diversi (cred. 3805) e contestuale accertamento in entrata di euro complessivi 520.000,00 sul cap. 221132 a carico di AGEA (Agenzia per le Erogazioni in Agricoltura) deb. 64092, esercizio finanziario 2019-2023.</t>
+        </is>
+      </c>
+      <c r="F481" t="s" s="3">
+        <v>807</v>
       </c>
     </row>
     <row r="482">
       <c r="A482">
-        <v>1504</v>
+        <v>1510</v>
       </c>
       <c r="B482" s="2">
         <v>43597</v>
       </c>
-      <c r="C482" t="s">
-        <v>810</v>
+      <c r="C482">
+        <v>7478884</v>
       </c>
       <c r="D482" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>811</v>
+        <v>9</v>
+      </c>
+      <c r="E482" t="inlineStr">
+        <is>
+          <t>Determina a contrarre ai sensi dell'art. 32, comma 2, D.Lgs. n. 50/2016 e autorizzazione all'espletamento della procedura di gara aperta ai sensi dell'art.60, D.Lgs. 50/2016, per l'affidamento di "Servizi di Facchinaggio e Trasloco per le Strutture ad uso, a qualsiasi titolo, della Regione Lazio". Procedura suddivisa in cinque lotti. Impegno di spesa € 2.205.760,00, cap. S23429, Es. Fin. 2020-21 in favore di creditori diversi. Impegno di spesa € 2.919,60, cap. S23917, Es. Fin. 2019, in favore di Sific srl, per l'affidamento del servizio di pubblicazione del bando di gara. Impegno di spesa di € 600,00 a favore di ANAC sul cap. T19427. Es. Fin. 2019. Impegno di spesa di € 29 832,00, cap. S23429 - Es. Fin. 2020 in favore del creditore 176734 per "Fondo incentivi ex art.383 sexies R.R. n.1/2002" e contestuale accertamento in entrata di pari importo, cap. 341559.</t>
+        </is>
+      </c>
+      <c r="F482" t="s" s="3">
+        <v>808</v>
       </c>
     </row>
     <row r="483">
       <c r="A483">
-        <v>1505</v>
+        <v>1511</v>
       </c>
       <c r="B483" s="2">
         <v>43597</v>
       </c>
       <c r="C483" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="D483" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E483" t="inlineStr">
         <is>
-          <t>Affidamento del servizio di pubblicazione degli atti della gara concernente l'affidamento dei servizi per la realizzazione del Piano di Comunicazione integrato del Programma di Sviluppo Rurale (PSR) del Lazio 2014-2020</t>
-[...3 lines deleted...]
-        <v>813</v>
+          <t>dlgs 50/2016 determina a contrarre per l'affidamento del servizio di diagnostica, monitoraggio e prestazioni scientifiche specialistiche per l'identificazione di organismi nocivi da quarantena delle piante per l'anno 2019 nel territorio del Lazio. Impegno di spesa euro 122.000,00 IVA inclusa capitolo cap. B11115 macroaggr. 1.03.02.11.000. Es fin 2019 ed impegno di spesa di € 30,00 in favore di Autorità Nazionale Anticorruzione (cc 159683) sul cap. T19427 macroaggr. 1.04.01.01 - E.F. 2019</t>
+        </is>
+      </c>
+      <c r="F483" t="s" s="3">
+        <v>810</v>
       </c>
     </row>
     <row r="484">
       <c r="A484">
-        <v>1506</v>
+        <v>1512</v>
       </c>
       <c r="B484" s="2">
-        <v>43232</v>
-[...2 lines deleted...]
-        <v>814</v>
+        <v>43597</v>
+      </c>
+      <c r="C484" t="inlineStr">
+        <is>
+          <t>Z4C27D9B5A; Z7827D9E63; ZB427D98FD; Z6D27E6C43; ZDF27D9CBC; Z32227E6D0; Z8827E6CAD; ZA927D9AED; ZAE27D985A; ZB427D9BEE; Z7C27D9A90; Z4F27E9F01; Z6627D9793; Z0627D9D13; Z0B27D9985; ZBF27D9DEA; ZB627D9D73;</t>
+        </is>
       </c>
       <c r="D484" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E484" t="inlineStr">
         <is>
-          <t>Deliberazione della Giunta Regionale n. 397/2018: Programma Interreg Europe. Progetto europeo "GPP - STREAM". CUP D29E18001440007 - CIG ZF826312F1.Determina a contrarre per affidamento del servizio di revisione e certificazione delle spese sostenute nell'ambito del progetto (Controllo di I livello) - prenotazione impegno di spesa a favore creditori diversi (cod. 3805) sui capitoli A33197 (pdc 1.03.02.11) e A33198 (pdc 1.03.02.11). Esercizio Finanziario 2018.</t>
-[...3 lines deleted...]
-        <v>815</v>
+          <t>Campagna di comunicazione istituzionale "Dimore storiche" - Impegno di spesa di â‚¬53.592,49 (IVA inclusa). Capitolo di bilancio regionale R31902. Esercizio finanziario 2019.</t>
+        </is>
+      </c>
+      <c r="F484" t="s" s="3">
+        <v>811</v>
       </c>
     </row>
     <row r="485">
       <c r="A485">
-        <v>1507</v>
+        <v>1513</v>
       </c>
       <c r="B485" s="2">
         <v>43597</v>
       </c>
       <c r="C485" t="s">
-        <v>816</v>
+        <v>812</v>
       </c>
       <c r="D485" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E485" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0182 - Dossier LI-ES2- -3320347 "Scuola primaria G. Carducci nel Comune di Monte Porzio Catone (RM). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Codice creditore 3805 e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2019. CUP H86J17000220006</t>
-[...3 lines deleted...]
-        <v>817</v>
+          <t>Campagna di comunicazione istituzionale relativa all'iniziativa denominata "Mercoledì al cinema". Impegno di spesa complessivo € 34.999,88 (IVA inclusa) - Esercizio finanziario 2019. Capitolo di bilancio R31902.</t>
+        </is>
+      </c>
+      <c r="F485" t="s" s="3">
+        <v>813</v>
       </c>
     </row>
     <row r="486">
       <c r="A486">
-        <v>1508</v>
+        <v>1514</v>
       </c>
       <c r="B486" s="2">
         <v>43597</v>
       </c>
       <c r="C486" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
       <c r="D486" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E486" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre per l'affidamento diretto di un servizio legale art. 36 comma 2 lettera a) del D.lgs. n.50/2016 e s.m.i., allo Studio Legale F. FRATINI &amp;amp; PARTNERS SOCIETA' TRA AVVOCATI S.A.S., CF 14659001003, finalizzato all'effettuazione di uno studio teso a riscontrare l'esistenza di fenomeni di erosione, di elusione o di evasione della tassa automobilistica, che danno luogo alla perdita di gettito nella Regione Lazio nell'ambito dei contratti di noleggio a lungo termine, breve termine e car sharing e formulazione di possibili soluzioni riguardo al menzionato fenomeno del mancato gettito. C.I.G. N.Z7628D21BA . Nomina del Responsabile del procedimento per la stipula e l'esecuzione del contratto avente termine il 30 Settembre 2019. Approvazione schema contratto. Impegno di spesa sul Bilancio 2019 di €.47.580,00 sul Capitolo T19540/2019. Obbligazione a scadenza entro il 2019.</t>
-[...3 lines deleted...]
-        <v>819</v>
+          <t>Affidamento alla Hero srl di un servizio di consulenza relativa al portale istituzionale della Regione Lazio. Impegno di spesa di € 30.500,00 (IVA inclusa) - Capitolo di bilancio R31902 Esercizio finanziario 2019.</t>
+        </is>
+      </c>
+      <c r="F486" t="s" s="3">
+        <v>815</v>
       </c>
     </row>
     <row r="487">
       <c r="A487">
-        <v>1486</v>
+        <v>1515</v>
       </c>
       <c r="B487" s="2">
-        <v>43232</v>
+        <v>43597</v>
       </c>
       <c r="C487" t="s">
-        <v>820</v>
+        <v>816</v>
       </c>
       <c r="D487" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E487" t="inlineStr">
         <is>
-          <t>Master di II livello in "Ingegneria Gestionale per le Aziende Sanitarie" - Determina a contrarre per l'affidamento del servizio di formazione all'Università degli Studi di Roma "La Sapienza"</t>
-[...3 lines deleted...]
-        <v>821</v>
+          <t>Affidamento alla Invidio srl di un servizio di produzione video per la comunicazione istituzionale. Impegno di spesa di € 6.100,00 (IVA inclusa) - Capitolo di bilancio R31902 - esercizio finanziario 2019.</t>
+        </is>
+      </c>
+      <c r="F487" t="s" s="3">
+        <v>817</v>
       </c>
     </row>
     <row r="488">
       <c r="A488">
-        <v>1487</v>
+        <v>1516</v>
       </c>
       <c r="B488" s="2">
-        <v>43232</v>
-[...2 lines deleted...]
-        <v>822</v>
+        <v>43597</v>
+      </c>
+      <c r="C488">
+        <v>7983626896</v>
       </c>
       <c r="D488" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E488" t="inlineStr">
         <is>
-          <t>Integrazione del piano mezzi della campagna istituzionale a sostegno delle attività di spettacolo nei Comuni del cratere. Impegno di spesa € 6.100,00 (IVA inclusa) - Esercizio finanziario 2018 – Capitolo di bilancio R31902.</t>
-[...3 lines deleted...]
-        <v>823</v>
+          <t>"O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. – Intervento R66 “Lavori Urgenti di Ripascimento e Manutenzione delle Opere Esistenti a Causa di Erosione Costiera nel comune di Tarquinia”; Approvazione progetto definitivo-esecutivo e Determinazione a contrarre. CUP F85J19001390001 - CIG 7983626896 "</t>
+        </is>
+      </c>
+      <c r="F488" t="s" s="3">
+        <v>818</v>
       </c>
     </row>
     <row r="489">
       <c r="A489">
-        <v>1488</v>
+        <v>1517</v>
       </c>
       <c r="B489" s="2">
-        <v>43232</v>
+        <v>43597</v>
       </c>
       <c r="C489" t="s">
-        <v>824</v>
+        <v>819</v>
       </c>
       <c r="D489" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E489" t="inlineStr">
         <is>
-          <t>Proposta di visibilità per la Regione Lazio in occasione dell'iniziativa "Festival Trastevere Rione del Cinema – Arena San Cosimato" a cura dell'Associazione Piccolo Cinema America –– Impegno di spesa di € 61.000,00 (IVA inclusa) - Capitolo R31902 - Es. Fin. 2018</t>
-[...3 lines deleted...]
-        <v>825</v>
+          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento R61 "Lavori di messa in sicurezza di un'area soggetta a fenomeni franosi località Via La Veduta nel Comune di Atina (FR)".</t>
+        </is>
+      </c>
+      <c r="F489" t="s" s="3">
+        <v>820</v>
       </c>
     </row>
     <row r="490">
       <c r="A490">
-        <v>1489</v>
+        <v>1518</v>
       </c>
       <c r="B490" s="2">
-        <v>43232</v>
-[...2 lines deleted...]
-        <v>826</v>
+        <v>43597</v>
+      </c>
+      <c r="C490">
+        <v>8009197672</v>
       </c>
       <c r="D490" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E490" t="inlineStr">
         <is>
-          <t>Promozione di immagine per la Regione Lazio in occasione della manifestazione "Lazio Pride 2018" a cura dell'Associazione Arcigay Roma - Gruppo Ora. Impegno di spesa di € 10.000,00 (IVA esente). Capitolo di bilancio R31902 - Esercizio finanziario 2018.</t>
-[...3 lines deleted...]
-        <v>827</v>
+          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. – Intervento R60 "lavori urgenti di ripristino dell'officiosita' idraulica del fiume Arrone dall'incile alla foce". Decreto a contrarre. CUP F33H19000340001 – CIG 8009197672.</t>
+        </is>
+      </c>
+      <c r="F490" t="s" s="3">
+        <v>821</v>
       </c>
     </row>
     <row r="491">
       <c r="A491">
-        <v>1490</v>
+        <v>1519</v>
       </c>
       <c r="B491" s="2">
-        <v>43232</v>
+        <v>43597</v>
       </c>
       <c r="C491" t="s">
-        <v>828</v>
+        <v>822</v>
       </c>
       <c r="D491" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E491" t="inlineStr">
         <is>
-          <t>Comunicazione istituzionale della Regione Lazio per la Summer School "Lazio senza mafie". Impegno di spesa di € 7.320,00 (IVA inclusa) in favore di Manzoni e C. SpA. Capitolo di bilancio R31902 - Esercizio finanziario 2018.</t>
-[...3 lines deleted...]
-        <v>829</v>
+          <t>O.C.D.P.C. 558/2018 - Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. – Intervento 62R "Lavori straordinari di manutenzione dell'alveo del fiume Garigliano di competenza Regione Lazio km 4,00." Decreto a contrarre per l'affidamento dei lavori. - CUP F53H19000260001- CIG79955443A3</t>
+        </is>
+      </c>
+      <c r="F491" t="s" s="3">
+        <v>823</v>
       </c>
     </row>
     <row r="492">
       <c r="A492">
-        <v>1491</v>
+        <v>1497</v>
       </c>
       <c r="B492" s="2">
         <v>43232</v>
       </c>
       <c r="C492" t="s">
-        <v>830</v>
+        <v>824</v>
       </c>
       <c r="D492" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E492" t="inlineStr">
         <is>
-          <t>Promozione di immagine per la Regione Lazio in occasione della manifestazione "Grottarossainfesta2018" a cura dell'Associazione APS Uniti per Grottarossa di Roma. Impegno di spesa di € 3.000,00 (IVA esente). Capitolo di bilancio R31902 - Esercizio finanziario 2018.</t>
-[...3 lines deleted...]
-        <v>831</v>
+          <t>Campagna social del progetto "Lazio Gratis in tour 16/18". Impegno di spesa complessivo € 43.356,00 (IVA inclusa) - Esercizio finanziario 2018. Capitolo di bilancio R31902.</t>
+        </is>
+      </c>
+      <c r="F492" t="s" s="3">
+        <v>825</v>
       </c>
     </row>
     <row r="493">
       <c r="A493">
-        <v>1492</v>
+        <v>1498</v>
       </c>
       <c r="B493" s="2">
         <v>43232</v>
       </c>
       <c r="C493" t="s">
-        <v>832</v>
+        <v>826</v>
       </c>
       <c r="D493" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E493" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 394/2016 e O.C.D.P.C. 399/2016: ulteriori interventi urgenti di protezione civile conseguenti l'eccezionale evento sismico che ha colpito il territorio delle regioni Lazio, Marche, Umbria e Abruzzo il 24.08.2016. Procedura aperta finalizzata alla stipula di un accordo quadro per l'affidamento del servizio di rimozione, selezione, catalogazione, trasporto e stoccaggio in deposito temporaneo delle macerie di tipo "A" nei 15 Comuni del Lazio nell'area del Cratere Sismico, interessati dal sisma del 24 agosto 2016 ed eventi successivi ai sensi dell'articolo 5 dell'O.C.D.P.C. del 10 ottobre 2016 n. 399. Determinazione a contrarre. CIG n. 7585621C77 - CUP F99F18000530001</t>
-[...3 lines deleted...]
-        <v>833</v>
+          <t>Promozione di immagine per la Regione Lazio in occasione della campagna informativa sul Numero Verde antiomofobia Gay Help Line 800713713, a cura dell'Associazione Gay Center/Gay Help Line – Impegno di € 50.000,00 (Iva esente) - Capitolo R31902 Es. Fin.2018.</t>
+        </is>
+      </c>
+      <c r="F493" t="s" s="3">
+        <v>827</v>
       </c>
     </row>
     <row r="494">
       <c r="A494">
-        <v>1493</v>
+        <v>1499</v>
       </c>
       <c r="B494" s="2">
         <v>43232</v>
       </c>
-      <c r="C494">
-        <v>7620336433</v>
+      <c r="C494" t="s">
+        <v>828</v>
       </c>
       <c r="D494" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E494" t="inlineStr">
         <is>
-          <t>Approvazione atti e indizione della procedura negoziata per il servizio di utilizzo ed allestimento sale e assistenza medica per l’espletamento della prova preselettiva del corso-concorso selettivo di formazione per l’assunzione a tempo pieno e indeterminato di n.115 unità di personale con il profilo professionale di assistente area tecnica – servizio NUE 112, categoria C, posizione economica C1. Impegno di spesa € 219.600,00 IVA compresa – Cap. T19535 – Esercizio Finanziario 2018.</t>
-[...3 lines deleted...]
-        <v>834</v>
+          <t>Affidamento di un servizio professionale per l'individuazione di un'agenzia creativa per la realizzazione di campagne istituzionali. Impegno di spesa di € 45.140,00 (Iva inclusa). Esercizio finanziario 2018. Capitolo R31902.</t>
+        </is>
+      </c>
+      <c r="F494" t="s" s="3">
+        <v>829</v>
       </c>
     </row>
     <row r="495">
       <c r="A495">
-        <v>1494</v>
+        <v>1500</v>
       </c>
       <c r="B495" s="2">
         <v>43232</v>
       </c>
-      <c r="C495" t="s">
-        <v>835</v>
+      <c r="C495" t="inlineStr">
+        <is>
+          <t>7672850C1D; Z14258707F; Z282586F06; Z3225871B8; Z4D2586E36; Z4E2586F76; Z5325870CF; Z712587303; Z9D2587125; ZBA2587219; ZBF2587277; ZC92587333; ZCB25872C2; ZD92586EB0; ZDC258736B</t>
+        </is>
       </c>
       <c r="D495" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E495" t="inlineStr">
         <is>
-          <t>Campagna social del progetto "Lazio Gratis in tour 16/18". Impegno di spesa complessivo € 43.356,00 (IVA inclusa) - Esercizio finanziario 2018. Capitolo di bilancio R31902.</t>
-[...3 lines deleted...]
-        <v>799</v>
+          <t>"Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2018/2019" - Impegno di spesa di € 174.545,43 (IVA inclusa) - Capitolo di bilancio regionale H11726 – Es. Fin. 2018.</t>
+        </is>
+      </c>
+      <c r="F495" t="s" s="3">
+        <v>830</v>
       </c>
     </row>
     <row r="496">
       <c r="A496">
-        <v>1495</v>
+        <v>1501</v>
       </c>
       <c r="B496" s="2">
         <v>43232</v>
       </c>
-      <c r="C496" t="s">
-        <v>836</v>
+      <c r="C496">
+        <v>499860096</v>
       </c>
       <c r="D496" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E496" t="inlineStr">
         <is>
-          <t>Campagna social del progetto "Lazio Gratis in tour 16/18". Impegno di spesa complessivo € 43.356,00 (IVA inclusa) - Esercizio finanziario 2018. Capitolo di bilancio R31902.</t>
-[...3 lines deleted...]
-        <v>799</v>
+          <t>Pubblicità  istituzionale della Regione Lazio sulla rivista: "Polizia moderna", a cura della Publimedia srl. Impegno di spesa di € 3.660,00 (Iva inclusa) Es. Fin. 2018 - Capitolo R31902.</t>
+        </is>
+      </c>
+      <c r="F496" t="s" s="3">
+        <v>831</v>
       </c>
     </row>
     <row r="497">
       <c r="A497">
-        <v>1496</v>
+        <v>1502</v>
       </c>
       <c r="B497" s="2">
         <v>43232</v>
       </c>
       <c r="C497" t="s">
-        <v>837</v>
+        <v>832</v>
       </c>
       <c r="D497" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E497" t="inlineStr">
         <is>
-          <t>Campagna social del progetto "Lazio Gratis in tour 16/18". Impegno di spesa complessivo € 43.356,00 (IVA inclusa) - Esercizio finanziario 2018. Capitolo di bilancio R31902.</t>
-[...3 lines deleted...]
-        <v>799</v>
+          <t>Affidamento del servizio professionale di restyling e ampliamento del sistema dell'identità visiva della Regione Lazio alla Metaphora srl. Impegno di spesa di € 18.300,00 (IVA inclusa). Capitolo di bilancio R31902 - Esercizio finanziario 2018.</t>
+        </is>
+      </c>
+      <c r="F497" t="s" s="3">
+        <v>833</v>
       </c>
     </row>
     <row r="498">
       <c r="A498">
-        <v>1474</v>
+        <v>1503</v>
       </c>
       <c r="B498" s="2">
-        <v>42867</v>
-[...2 lines deleted...]
-        <v>7326832509</v>
+        <v>43232</v>
+      </c>
+      <c r="C498" t="s">
+        <v>834</v>
       </c>
       <c r="D498" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E498" t="inlineStr">
         <is>
-          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 11</t>
-        </is>
+          <t>D.lgs. 50/2016: Affidamento attraverso il MEPA di Consip per la fornitura di materiali per lo svolgimento delle attivita' istituzionali di competenza del Servizio Fitosanitario Regionale. Impegno di spesa di euro 1.366,40 a favore della ditta Euroclone S.p.A. P. IVA 08126390155. Capitolo E23910 macroaggregato 1.03.01.02 es. fin. 2018</t>
+        </is>
+      </c>
+      <c r="F498" t="s" s="3">
+        <v>835</v>
       </c>
     </row>
     <row r="499">
       <c r="A499">
-        <v>1475</v>
+        <v>1504</v>
       </c>
       <c r="B499" s="2">
-        <v>42867</v>
-[...2 lines deleted...]
-        <v>7326837928</v>
+        <v>43597</v>
+      </c>
+      <c r="C499" t="s">
+        <v>836</v>
       </c>
       <c r="D499" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-        </is>
+        <v>9</v>
+      </c>
+      <c r="E499" t="s">
+        <v>837</v>
       </c>
     </row>
     <row r="500">
       <c r="A500">
-        <v>1476</v>
+        <v>1505</v>
       </c>
       <c r="B500" s="2">
-        <v>42867</v>
+        <v>43597</v>
       </c>
       <c r="C500" t="s">
         <v>838</v>
       </c>
       <c r="D500" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E500" t="inlineStr">
         <is>
-          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 13</t>
-        </is>
+          <t>Affidamento del servizio di pubblicazione degli atti della gara concernente l'affidamento dei servizi per la realizzazione del Piano di Comunicazione integrato del Programma di Sviluppo Rurale (PSR) del Lazio 2014-2020</t>
+        </is>
+      </c>
+      <c r="F500" t="s" s="3">
+        <v>839</v>
       </c>
     </row>
     <row r="501">
       <c r="A501">
-        <v>1477</v>
+        <v>1506</v>
       </c>
       <c r="B501" s="2">
-        <v>42867</v>
-[...2 lines deleted...]
-        <v>7324752092</v>
+        <v>43232</v>
+      </c>
+      <c r="C501" t="s">
+        <v>840</v>
       </c>
       <c r="D501" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E501" t="inlineStr">
         <is>
-          <t>Lavori di manutenzione urgente del fiume Rapido per il ripristino dell'officiosità dell'alveo, in comune di Sant'Elia Fiumerapido e a Cassino dalla loc. Concentramento fino alla confluenza con la nuova inalveazione – Perizia n. 341 del 14/06/2017 – Determinazione a contrarre e impegno fondi, creditori vari €.69.136,75 - capitolo E42549, Autorità Nazionale Anticorruzione € 30,00 - capitolo T19427, esercizio finanziario 2017-2019.</t>
-[...3 lines deleted...]
-        <v>839</v>
+          <t>Deliberazione della Giunta Regionale n. 397/2018: Programma Interreg Europe. Progetto europeo "GPP - STREAM". CUP D29E18001440007 - CIG ZF826312F1.Determina a contrarre per affidamento del servizio di revisione e certificazione delle spese sostenute nell'ambito del progetto (Controllo di I livello) - prenotazione impegno di spesa a favore creditori diversi (cod. 3805) sui capitoli A33197 (pdc 1.03.02.11) e A33198 (pdc 1.03.02.11). Esercizio Finanziario 2018.</t>
+        </is>
+      </c>
+      <c r="F501" t="s" s="3">
+        <v>841</v>
       </c>
     </row>
     <row r="502">
       <c r="A502">
-        <v>1478</v>
+        <v>1507</v>
       </c>
       <c r="B502" s="2">
-        <v>43232</v>
+        <v>43597</v>
       </c>
       <c r="C502" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="D502" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E502" t="inlineStr">
         <is>
-          <t>DD_G01874_15_02_2018: Approvazione atti di gara della fase ad invito della procedura ristretta ai sensi dell'art. 61 del D.lgs. n.50/2016 finalizzata alla conclusione di un accordo quadro con un operatore economico per l'affidamento di un appalto di fornitura di nuovi treni da adibire al trasporto pubblico per le ferrovie regionali Roma - Lido di Ostia e Roma - Civita Castellana - Viterbo (CUP F70B18000000003 - CIG 7389386A39).</t>
-        </is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0182 - Dossier LI-ES2- -3320347 "Scuola primaria G. Carducci nel Comune di Monte Porzio Catone (RM). Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Codice creditore 3805 e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2019. CUP H86J17000220006</t>
+        </is>
+      </c>
+      <c r="F502" t="s" s="3">
+        <v>843</v>
       </c>
     </row>
     <row r="503">
       <c r="A503">
-        <v>1479</v>
+        <v>1508</v>
       </c>
       <c r="B503" s="2">
-        <v>43232</v>
+        <v>43597</v>
       </c>
       <c r="C503" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="D503" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E503" t="inlineStr">
         <is>
-          <t>Lavori di S.U. per il ripristino del muro d'argine in sponda destra del fiume Rapido, a salvaguardia della viabilità e delle civili abitazioni, in via Peschiera, comune di Sant'Elia Fiumerapido (FR).</t>
-[...3 lines deleted...]
-        <v>842</v>
+          <t>Determinazione a contrarre per l'affidamento diretto di un servizio legale art. 36 comma 2 lettera a) del D.lgs. n.50/2016 e s.m.i., allo Studio Legale F. FRATINI &amp;amp; PARTNERS SOCIETA' TRA AVVOCATI S.A.S., CF 14659001003, finalizzato all'effettuazione di uno studio teso a riscontrare l'esistenza di fenomeni di erosione, di elusione o di evasione della tassa automobilistica, che danno luogo alla perdita di gettito nella Regione Lazio nell'ambito dei contratti di noleggio a lungo termine, breve termine e car sharing e formulazione di possibili soluzioni riguardo al menzionato fenomeno del mancato gettito. C.I.G. N.Z7628D21BA . Nomina del Responsabile del procedimento per la stipula e l'esecuzione del contratto avente termine il 30 Settembre 2019. Approvazione schema contratto. Impegno di spesa sul Bilancio 2019 di €.47.580,00 sul Capitolo T19540/2019. Obbligazione a scadenza entro il 2019.</t>
+        </is>
+      </c>
+      <c r="F503" t="s" s="3">
+        <v>845</v>
       </c>
     </row>
     <row r="504">
       <c r="A504">
-        <v>1480</v>
+        <v>1486</v>
       </c>
       <c r="B504" s="2">
         <v>43232</v>
       </c>
-      <c r="C504">
-        <v>7423561455</v>
+      <c r="C504" t="s">
+        <v>846</v>
       </c>
       <c r="D504" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E504" t="inlineStr">
         <is>
-          <t>Dlgs 50/2016 determina a contrarre per l'affidamento del servizio di diagnosi per l'identificazione di Xylella fastidiosa su materiali vegetali in importazione da Paesi terzi. Impegno di spesa euro 199.999,99 IVA inclusa capitolo cap. B11115 macroaggr. 1.03.02.11.000. Es fin 2018</t>
-[...3 lines deleted...]
-        <v>843</v>
+          <t>Master di II livello in "Ingegneria Gestionale per le Aziende Sanitarie" - Determina a contrarre per l'affidamento del servizio di formazione all'Università degli Studi di Roma "La Sapienza"</t>
+        </is>
+      </c>
+      <c r="F504" t="s" s="3">
+        <v>847</v>
       </c>
     </row>
     <row r="505">
       <c r="A505">
-        <v>1481</v>
+        <v>1487</v>
       </c>
       <c r="B505" s="2">
-        <v>42867</v>
+        <v>43232</v>
       </c>
       <c r="C505" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="D505" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E505" t="inlineStr">
         <is>
-          <t>Interventi urgenti di manutenzione del Fiume Mignone a valle della via Aurelia sino alla Litoranea nel Comune di Tarquinia, finalizzati alla tutela della pubblica e privata incolumità"; Determinazione a contrarre e impegno fondi, creditori vari (cod. Cred. 3805) € 54.097,81 capitolo E42550, esercizio finanziario 2017-2018. CIG Z2D20858CF</t>
-[...3 lines deleted...]
-        <v>845</v>
+          <t>Integrazione del piano mezzi della campagna istituzionale a sostegno delle attività di spettacolo nei Comuni del cratere. Impegno di spesa € 6.100,00 (IVA inclusa) - Esercizio finanziario 2018 – Capitolo di bilancio R31902.</t>
+        </is>
+      </c>
+      <c r="F505" t="s" s="3">
+        <v>849</v>
       </c>
     </row>
     <row r="506">
       <c r="A506">
-        <v>1482</v>
+        <v>1488</v>
       </c>
       <c r="B506" s="2">
-        <v>42867</v>
-[...2 lines deleted...]
-        <v>7346456745</v>
+        <v>43232</v>
+      </c>
+      <c r="C506" t="s">
+        <v>850</v>
       </c>
       <c r="D506" t="s">
-        <v>13</v>
-[...5 lines deleted...]
-        <v>847</v>
+        <v>9</v>
+      </c>
+      <c r="E506" t="inlineStr">
+        <is>
+          <t>Proposta di visibilità per la Regione Lazio in occasione dell'iniziativa "Festival Trastevere Rione del Cinema – Arena San Cosimato" a cura dell'Associazione Piccolo Cinema America –– Impegno di spesa di € 61.000,00 (IVA inclusa) - Capitolo R31902 - Es. Fin. 2018</t>
+        </is>
+      </c>
+      <c r="F506" t="s" s="3">
+        <v>851</v>
       </c>
     </row>
     <row r="507">
       <c r="A507">
-        <v>1483</v>
+        <v>1489</v>
       </c>
       <c r="B507" s="2">
-        <v>42867</v>
+        <v>43232</v>
       </c>
       <c r="C507" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="D507" t="s">
-        <v>13</v>
-[...5 lines deleted...]
-        <v>850</v>
+        <v>9</v>
+      </c>
+      <c r="E507" t="inlineStr">
+        <is>
+          <t>Promozione di immagine per la Regione Lazio in occasione della manifestazione "Lazio Pride 2018" a cura dell'Associazione Arcigay Roma - Gruppo Ora. Impegno di spesa di € 10.000,00 (IVA esente). Capitolo di bilancio R31902 - Esercizio finanziario 2018.</t>
+        </is>
+      </c>
+      <c r="F507" t="s" s="3">
+        <v>853</v>
       </c>
     </row>
     <row r="508">
       <c r="A508">
-        <v>1484</v>
+        <v>1490</v>
       </c>
       <c r="B508" s="2">
-        <v>42867</v>
+        <v>43232</v>
       </c>
       <c r="C508" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="D508" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E508" t="inlineStr">
         <is>
-          <t>Lavori urgenti per il ripristino dell'officiosità idraulica del Fosso Fontanile dal ponte sulla Via del Mare alla foce nel Tevere in Comune di Roma. Determinazione a contrarre e impegno fondi, creditori vari € 227.327,44 sul capitolo E42550 ed € 30,00 sul capitolo T19427, esercizio finanziario 2017-2019. S.U/244</t>
-[...3 lines deleted...]
-        <v>852</v>
+          <t>Comunicazione istituzionale della Regione Lazio per la Summer School "Lazio senza mafie". Impegno di spesa di € 7.320,00 (IVA inclusa) in favore di Manzoni e C. SpA. Capitolo di bilancio R31902 - Esercizio finanziario 2018.</t>
+        </is>
+      </c>
+      <c r="F508" t="s" s="3">
+        <v>855</v>
       </c>
     </row>
     <row r="509">
       <c r="A509">
-        <v>1485</v>
+        <v>1491</v>
       </c>
       <c r="B509" s="2">
-        <v>42867</v>
+        <v>43232</v>
       </c>
       <c r="C509" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="D509" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E509" t="inlineStr">
         <is>
-          <t>DD_G02105_22_02_2017: Gara ad evidenza pubblica a procedura aperta, sopra soglia comunitaria, in un unico lotto finalizzata all'affidamento dei servizi di raccolta, trasporto al trattamento dei rifiuti urbani e dei servizi di igiene urbana del Comune di Sabaudia</t>
-        </is>
+          <t>Promozione di immagine per la Regione Lazio in occasione della manifestazione "Grottarossainfesta2018" a cura dell'Associazione APS Uniti per Grottarossa di Roma. Impegno di spesa di € 3.000,00 (IVA esente). Capitolo di bilancio R31902 - Esercizio finanziario 2018.</t>
+        </is>
+      </c>
+      <c r="F509" t="s" s="3">
+        <v>857</v>
       </c>
     </row>
     <row r="510">
       <c r="A510">
-        <v>1463</v>
+        <v>1492</v>
       </c>
       <c r="B510" s="2">
-        <v>42867</v>
+        <v>43232</v>
       </c>
       <c r="C510" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
       <c r="D510" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E510" t="inlineStr">
         <is>
-          <t>"Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018" - Impegno di spesa di € 208.626,16 (IVA inclusa) - Capitolo di bilancio reg.le H11726 – Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>855</v>
+          <t>O.C.D.P.C. 394/2016 e O.C.D.P.C. 399/2016: ulteriori interventi urgenti di protezione civile conseguenti l'eccezionale evento sismico che ha colpito il territorio delle regioni Lazio, Marche, Umbria e Abruzzo il 24.08.2016. Procedura aperta finalizzata alla stipula di un accordo quadro per l'affidamento del servizio di rimozione, selezione, catalogazione, trasporto e stoccaggio in deposito temporaneo delle macerie di tipo "A" nei 15 Comuni del Lazio nell'area del Cratere Sismico, interessati dal sisma del 24 agosto 2016 ed eventi successivi ai sensi dell'articolo 5 dell'O.C.D.P.C. del 10 ottobre 2016 n. 399. Determinazione a contrarre. CIG n. 7585621C77 - CUP F99F18000530001</t>
+        </is>
+      </c>
+      <c r="F510" t="s" s="3">
+        <v>859</v>
       </c>
     </row>
     <row r="511">
       <c r="A511">
-        <v>1464</v>
+        <v>1493</v>
       </c>
       <c r="B511" s="2">
-        <v>42867</v>
-[...2 lines deleted...]
-        <v>856</v>
+        <v>43232</v>
+      </c>
+      <c r="C511">
+        <v>7620336433</v>
       </c>
       <c r="D511" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E511" t="inlineStr">
         <is>
-          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 1</t>
-        </is>
+          <t>Approvazione atti e indizione della procedura negoziata per il servizio di utilizzo ed allestimento sale e assistenza medica per l’espletamento della prova preselettiva del corso-concorso selettivo di formazione per l’assunzione a tempo pieno e indeterminato di n.115 unità di personale con il profilo professionale di assistente area tecnica – servizio NUE 112, categoria C, posizione economica C1. Impegno di spesa € 219.600,00 IVA compresa – Cap. T19535 – Esercizio Finanziario 2018.</t>
+        </is>
+      </c>
+      <c r="F511" t="s" s="3">
+        <v>860</v>
       </c>
     </row>
     <row r="512">
       <c r="A512">
-        <v>1465</v>
+        <v>1494</v>
       </c>
       <c r="B512" s="2">
-        <v>42867</v>
+        <v>43232</v>
       </c>
       <c r="C512" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="D512" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E512" t="inlineStr">
         <is>
-          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 2</t>
-        </is>
+          <t>Campagna social del progetto "Lazio Gratis in tour 16/18". Impegno di spesa complessivo € 43.356,00 (IVA inclusa) - Esercizio finanziario 2018. Capitolo di bilancio R31902.</t>
+        </is>
+      </c>
+      <c r="F512" t="s" s="3">
+        <v>825</v>
       </c>
     </row>
     <row r="513">
       <c r="A513">
-        <v>1466</v>
+        <v>1495</v>
       </c>
       <c r="B513" s="2">
-        <v>42867</v>
+        <v>43232</v>
       </c>
       <c r="C513" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="D513" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E513" t="inlineStr">
         <is>
-          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 3</t>
-        </is>
+          <t>Campagna social del progetto "Lazio Gratis in tour 16/18". Impegno di spesa complessivo € 43.356,00 (IVA inclusa) - Esercizio finanziario 2018. Capitolo di bilancio R31902.</t>
+        </is>
+      </c>
+      <c r="F513" t="s" s="3">
+        <v>825</v>
       </c>
     </row>
     <row r="514">
       <c r="A514">
-        <v>1467</v>
+        <v>1496</v>
       </c>
       <c r="B514" s="2">
-        <v>42867</v>
+        <v>43232</v>
       </c>
       <c r="C514" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="D514" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E514" t="inlineStr">
         <is>
-          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 4</t>
-        </is>
+          <t>Campagna social del progetto "Lazio Gratis in tour 16/18". Impegno di spesa complessivo € 43.356,00 (IVA inclusa) - Esercizio finanziario 2018. Capitolo di bilancio R31902.</t>
+        </is>
+      </c>
+      <c r="F514" t="s" s="3">
+        <v>825</v>
       </c>
     </row>
     <row r="515">
       <c r="A515">
-        <v>1468</v>
+        <v>1474</v>
       </c>
       <c r="B515" s="2">
         <v>42867</v>
       </c>
       <c r="C515">
-        <v>7326772386</v>
+        <v>7326832509</v>
       </c>
       <c r="D515" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E515" t="inlineStr">
         <is>
-          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 5</t>
+          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 11</t>
         </is>
       </c>
     </row>
     <row r="516">
       <c r="A516">
-        <v>1469</v>
+        <v>1475</v>
       </c>
       <c r="B516" s="2">
         <v>42867</v>
       </c>
       <c r="C516">
-        <v>7326795680</v>
+        <v>7326837928</v>
       </c>
       <c r="D516" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E516" t="inlineStr">
         <is>
-          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 6</t>
+          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 12</t>
         </is>
       </c>
     </row>
     <row r="517">
       <c r="A517">
-        <v>1470</v>
+        <v>1476</v>
       </c>
       <c r="B517" s="2">
         <v>42867</v>
       </c>
       <c r="C517" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="D517" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E517" t="inlineStr">
         <is>
-          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 7</t>
+          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 13</t>
         </is>
       </c>
     </row>
     <row r="518">
       <c r="A518">
-        <v>1471</v>
+        <v>1477</v>
       </c>
       <c r="B518" s="2">
         <v>42867</v>
       </c>
-      <c r="C518" t="s">
-        <v>861</v>
+      <c r="C518">
+        <v>7324752092</v>
       </c>
       <c r="D518" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E518" t="inlineStr">
         <is>
-          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 8</t>
-        </is>
+          <t>Lavori di manutenzione urgente del fiume Rapido per il ripristino dell'officiosità dell'alveo, in comune di Sant'Elia Fiumerapido e a Cassino dalla loc. Concentramento fino alla confluenza con la nuova inalveazione – Perizia n. 341 del 14/06/2017 – Determinazione a contrarre e impegno fondi, creditori vari €.69.136,75 - capitolo E42549, Autorità Nazionale Anticorruzione € 30,00 - capitolo T19427, esercizio finanziario 2017-2019.</t>
+        </is>
+      </c>
+      <c r="F518" t="s" s="3">
+        <v>865</v>
       </c>
     </row>
     <row r="519">
       <c r="A519">
-        <v>1472</v>
+        <v>1478</v>
       </c>
       <c r="B519" s="2">
-        <v>42867</v>
+        <v>43232</v>
       </c>
       <c r="C519" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="D519" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E519" t="inlineStr">
         <is>
-          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 9</t>
+          <t>DD_G01874_15_02_2018: Approvazione atti di gara della fase ad invito della procedura ristretta ai sensi dell'art. 61 del D.lgs. n.50/2016 finalizzata alla conclusione di un accordo quadro con un operatore economico per l'affidamento di un appalto di fornitura di nuovi treni da adibire al trasporto pubblico per le ferrovie regionali Roma - Lido di Ostia e Roma - Civita Castellana - Viterbo (CUP F70B18000000003 - CIG 7389386A39).</t>
         </is>
       </c>
     </row>
     <row r="520">
       <c r="A520">
-        <v>1473</v>
+        <v>1479</v>
       </c>
       <c r="B520" s="2">
-        <v>42867</v>
-[...2 lines deleted...]
-        <v>7326826017</v>
+        <v>43232</v>
+      </c>
+      <c r="C520" t="s">
+        <v>867</v>
       </c>
       <c r="D520" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E520" t="inlineStr">
         <is>
-          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 10</t>
-        </is>
+          <t>Lavori di S.U. per il ripristino del muro d'argine in sponda destra del fiume Rapido, a salvaguardia della viabilità e delle civili abitazioni, in via Peschiera, comune di Sant'Elia Fiumerapido (FR).</t>
+        </is>
+      </c>
+      <c r="F520" t="s" s="3">
+        <v>868</v>
       </c>
     </row>
     <row r="521">
       <c r="A521">
-        <v>1452</v>
+        <v>1480</v>
       </c>
       <c r="B521" s="2">
-        <v>42867</v>
-[...2 lines deleted...]
-        <v>863</v>
+        <v>43232</v>
+      </c>
+      <c r="C521">
+        <v>7423561455</v>
       </c>
       <c r="D521" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E521" t="inlineStr">
         <is>
-          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>864</v>
+          <t>Dlgs 50/2016 determina a contrarre per l'affidamento del servizio di diagnosi per l'identificazione di Xylella fastidiosa su materiali vegetali in importazione da Paesi terzi. Impegno di spesa euro 199.999,99 IVA inclusa capitolo cap. B11115 macroaggr. 1.03.02.11.000. Es fin 2018</t>
+        </is>
+      </c>
+      <c r="F521" t="s" s="3">
+        <v>869</v>
       </c>
     </row>
     <row r="522">
       <c r="A522">
-        <v>1453</v>
+        <v>1481</v>
       </c>
       <c r="B522" s="2">
         <v>42867</v>
       </c>
       <c r="C522" t="s">
-        <v>865</v>
+        <v>870</v>
       </c>
       <c r="D522" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E522" t="inlineStr">
         <is>
-          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>864</v>
+          <t>Interventi urgenti di manutenzione del Fiume Mignone a valle della via Aurelia sino alla Litoranea nel Comune di Tarquinia, finalizzati alla tutela della pubblica e privata incolumità"; Determinazione a contrarre e impegno fondi, creditori vari (cod. Cred. 3805) € 54.097,81 capitolo E42550, esercizio finanziario 2017-2018. CIG Z2D20858CF</t>
+        </is>
+      </c>
+      <c r="F522" t="s" s="3">
+        <v>871</v>
       </c>
     </row>
     <row r="523">
       <c r="A523">
-        <v>1454</v>
+        <v>1482</v>
       </c>
       <c r="B523" s="2">
-        <v>42502</v>
-[...2 lines deleted...]
-        <v>866</v>
+        <v>42867</v>
+      </c>
+      <c r="C523">
+        <v>7346456745</v>
       </c>
       <c r="D523" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-        <v>867</v>
+        <v>9</v>
+      </c>
+      <c r="E523" t="s">
+        <v>872</v>
+      </c>
+      <c r="F523" t="s" s="3">
+        <v>873</v>
       </c>
     </row>
     <row r="524">
       <c r="A524">
-        <v>1455</v>
+        <v>1483</v>
       </c>
       <c r="B524" s="2">
-        <v>42502</v>
+        <v>42867</v>
       </c>
       <c r="C524" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
       <c r="D524" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-        <v>867</v>
+        <v>9</v>
+      </c>
+      <c r="E524" t="s">
+        <v>875</v>
+      </c>
+      <c r="F524" t="s" s="3">
+        <v>876</v>
       </c>
     </row>
     <row r="525">
       <c r="A525">
-        <v>1456</v>
+        <v>1484</v>
       </c>
       <c r="B525" s="2">
         <v>42867</v>
       </c>
       <c r="C525" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="D525" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E525" t="inlineStr">
         <is>
-          <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017</t>
-[...3 lines deleted...]
-        <v>855</v>
+          <t>Lavori urgenti per il ripristino dell'officiosità idraulica del Fosso Fontanile dal ponte sulla Via del Mare alla foce nel Tevere in Comune di Roma. Determinazione a contrarre e impegno fondi, creditori vari € 227.327,44 sul capitolo E42550 ed € 30,00 sul capitolo T19427, esercizio finanziario 2017-2019. S.U/244</t>
+        </is>
+      </c>
+      <c r="F525" t="s" s="3">
+        <v>878</v>
       </c>
     </row>
     <row r="526">
       <c r="A526">
-        <v>1457</v>
+        <v>1485</v>
       </c>
       <c r="B526" s="2">
         <v>42867</v>
       </c>
       <c r="C526" t="s">
-        <v>870</v>
+        <v>879</v>
       </c>
       <c r="D526" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E526" t="inlineStr">
         <is>
-          <t>Affidamento per la fornitura di n. 40 biotainer (sistema di packanging ad elevato standard di sicurezza) per il revapito e per il trasporto dei campioni biologici nell'ambito dell'attività di sorveglianza virologica dell'influenza per la stagione</t>
-[...3 lines deleted...]
-        <v>871</v>
+          <t>DD_G02105_22_02_2017: Gara ad evidenza pubblica a procedura aperta, sopra soglia comunitaria, in un unico lotto finalizzata all'affidamento dei servizi di raccolta, trasporto al trattamento dei rifiuti urbani e dei servizi di igiene urbana del Comune di Sabaudia</t>
+        </is>
       </c>
     </row>
     <row r="527">
       <c r="A527">
-        <v>1458</v>
+        <v>1463</v>
       </c>
       <c r="B527" s="2">
         <v>42867</v>
       </c>
       <c r="C527" t="s">
-        <v>872</v>
+        <v>880</v>
       </c>
       <c r="D527" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E527" t="inlineStr">
         <is>
-          <t>Dlgs 50/2016, Autorizzazione espletamento procedura di gara attraverso il MEPA di Consip, per la fornitura di materiali per lo svolgimento delle attivita’ istituzionali di competenza del Servizio Fitosanitario Regionale Impegni di spesa euro  3.473,50 IVA inclusa, capitolo B11122 macroaggregato 1.03.01.02, es. fin 2017</t>
-[...3 lines deleted...]
-        <v>873</v>
+          <t>"Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018" - Impegno di spesa di € 208.626,16 (IVA inclusa) - Capitolo di bilancio reg.le H11726 – Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F527" t="s" s="3">
+        <v>881</v>
       </c>
     </row>
     <row r="528">
       <c r="A528">
-        <v>1459</v>
+        <v>1464</v>
       </c>
       <c r="B528" s="2">
         <v>42867</v>
       </c>
       <c r="C528" t="s">
-        <v>874</v>
+        <v>882</v>
       </c>
       <c r="D528" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E528" t="inlineStr">
         <is>
-          <t>Dlgs 50/2016 determina a contrarre per l’affidamento  del servizio di diagnostica, monitoraggio  e consulenze scientifiche specialistiche di organismi nocivi da quarantena delle piante per l’anno 2018 nel territorio del Lazio. Impegno di spesa euro 142.772,51 IVA inclusa capitolo cap. B11115 macroaggr.  1.03.02.11.000. Es fin 2017 </t>
-[...3 lines deleted...]
-        <v>875</v>
+          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 1</t>
+        </is>
       </c>
     </row>
     <row r="529">
       <c r="A529">
-        <v>1460</v>
+        <v>1465</v>
       </c>
       <c r="B529" s="2">
         <v>42867</v>
       </c>
       <c r="C529" t="s">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="D529" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E529" t="inlineStr">
         <is>
-          <t>Dlgs 50/2016, Autorizzazione espletamento procedura di gara attraverso il MEPA di Consip, per la fornitura di materiali per lo svolgimento delle attivita’ istituzionali di competenza del Servizio Fitosanitario Regionale Impegni di spesa euro 5.700,00 IVA inclusa, capitolo B11122 macroaggregato 1.03.01.02, es. fin 2017</t>
-[...3 lines deleted...]
-        <v>877</v>
+          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 2</t>
+        </is>
       </c>
     </row>
     <row r="530">
       <c r="A530">
-        <v>1461</v>
+        <v>1466</v>
       </c>
       <c r="B530" s="2">
         <v>42867</v>
       </c>
       <c r="C530" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
       <c r="D530" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E530" t="inlineStr">
         <is>
-          <t>Promozione d'immagine per la regione lazio in occasione dell'iniziativa:"Promozione e diffusione sul portale delle Fosse Ardeatine di progetti per la storia e la memoria". Impegno di spesa di € 36.000,00 (I.V.A. inclusa) Capitolo R31902. Es. Fin. 2018</t>
-[...3 lines deleted...]
-        <v>879</v>
+          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 3</t>
+        </is>
       </c>
     </row>
     <row r="531">
       <c r="A531">
-        <v>1462</v>
+        <v>1467</v>
       </c>
       <c r="B531" s="2">
         <v>42867</v>
       </c>
       <c r="C531" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="D531" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E531" t="inlineStr">
         <is>
-          <t>Abbonamento alla banca dati giornalistica "Mediaddress" per la durata di un anno. Impegno di spesa di € 2.684,00. Iva inclusa in favore di Mediadata srl  (cod. cred 160209). Cap.S 23424. Prenotazione d'impegno sull'esercizio finanziario 2018.</t>
-[...3 lines deleted...]
-        <v>881</v>
+          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 4</t>
+        </is>
       </c>
     </row>
     <row r="532">
       <c r="A532">
-        <v>1440</v>
+        <v>1468</v>
       </c>
       <c r="B532" s="2">
         <v>42867</v>
       </c>
-      <c r="C532" t="s">
-        <v>882</v>
+      <c r="C532">
+        <v>7326772386</v>
       </c>
       <c r="D532" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E532" t="inlineStr">
         <is>
-          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017. </t>
-[...3 lines deleted...]
-        <v>864</v>
+          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 5</t>
+        </is>
       </c>
     </row>
     <row r="533">
       <c r="A533">
-        <v>1441</v>
+        <v>1469</v>
       </c>
       <c r="B533" s="2">
         <v>42867</v>
       </c>
-      <c r="C533" t="s">
-        <v>883</v>
+      <c r="C533">
+        <v>7326795680</v>
       </c>
       <c r="D533" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E533" t="inlineStr">
         <is>
-          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>864</v>
+          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 6</t>
+        </is>
       </c>
     </row>
     <row r="534">
       <c r="A534">
-        <v>1442</v>
+        <v>1470</v>
       </c>
       <c r="B534" s="2">
         <v>42867</v>
       </c>
       <c r="C534" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="D534" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E534" t="inlineStr">
         <is>
-          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>864</v>
+          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 7</t>
+        </is>
       </c>
     </row>
     <row r="535">
       <c r="A535">
-        <v>1443</v>
+        <v>1471</v>
       </c>
       <c r="B535" s="2">
         <v>42867</v>
       </c>
       <c r="C535" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="D535" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E535" t="inlineStr">
         <is>
-          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>864</v>
+          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 8</t>
+        </is>
       </c>
     </row>
     <row r="536">
       <c r="A536">
-        <v>1444</v>
+        <v>1472</v>
       </c>
       <c r="B536" s="2">
         <v>42867</v>
       </c>
       <c r="C536" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="D536" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E536" t="inlineStr">
         <is>
-          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>864</v>
+          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 9</t>
+        </is>
       </c>
     </row>
     <row r="537">
       <c r="A537">
-        <v>1445</v>
+        <v>1473</v>
       </c>
       <c r="B537" s="2">
         <v>42867</v>
       </c>
-      <c r="C537" t="s">
-        <v>886</v>
+      <c r="C537">
+        <v>7326826017</v>
       </c>
       <c r="D537" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E537" t="inlineStr">
         <is>
-          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>864</v>
+          <t>DD_G17926_20_12_2017: Gara comunitaria centralizzata a procedura aperta, suddivisa in 13 lotti, finalizzata alla stipula di una Convenzione per l' affidamento del servizio di Ristorazione presso le sedi delle Aziende Sanitarie ed Ospedaliere della Regione Lazio - lotto 10</t>
+        </is>
       </c>
     </row>
     <row r="538">
       <c r="A538">
-        <v>1446</v>
+        <v>1452</v>
       </c>
       <c r="B538" s="2">
         <v>42867</v>
       </c>
       <c r="C538" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="D538" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E538" t="inlineStr">
         <is>
           <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
         </is>
       </c>
-      <c r="F538" t="s">
-        <v>864</v>
+      <c r="F538" t="s" s="3">
+        <v>890</v>
       </c>
     </row>
     <row r="539">
       <c r="A539">
-        <v>1447</v>
+        <v>1453</v>
       </c>
       <c r="B539" s="2">
         <v>42867</v>
       </c>
       <c r="C539" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="D539" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E539" t="inlineStr">
         <is>
           <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
         </is>
       </c>
-      <c r="F539" t="s">
-        <v>864</v>
+      <c r="F539" t="s" s="3">
+        <v>890</v>
       </c>
     </row>
     <row r="540">
       <c r="A540">
-        <v>1448</v>
+        <v>1454</v>
       </c>
       <c r="B540" s="2">
-        <v>42867</v>
+        <v>42502</v>
       </c>
       <c r="C540" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="D540" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E540" t="inlineStr">
         <is>
-          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>864</v>
+          <t>Determina a contrarre per l'affidamento della fornitura, compresa posa in opera, di container estensibili e monoblocchi prefabbricati coibentati per l'allestimento di un Posto di Assistenza Socio-Sanitaria (PASS) presso il Comune di Amatrice reso </t>
+        </is>
+      </c>
+      <c r="F540" t="s" s="3">
+        <v>893</v>
       </c>
     </row>
     <row r="541">
       <c r="A541">
-        <v>1449</v>
+        <v>1455</v>
       </c>
       <c r="B541" s="2">
-        <v>42867</v>
+        <v>42502</v>
       </c>
       <c r="C541" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="D541" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E541" t="inlineStr">
         <is>
-          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>864</v>
+          <t>Determina a contrarre per l'affidamento della fornitura, compresa posa in opera, di container estensibili e monoblocchi prefabbricati coibentati per l'allestimento di un Posto di Assistenza Socio-Sanitaria (PASS) presso il Comune di Amatrice reso</t>
+        </is>
+      </c>
+      <c r="F541" t="s" s="3">
+        <v>893</v>
       </c>
     </row>
     <row r="542">
       <c r="A542">
-        <v>1450</v>
+        <v>1456</v>
       </c>
       <c r="B542" s="2">
         <v>42867</v>
       </c>
       <c r="C542" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="D542" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E542" t="inlineStr">
         <is>
-          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>864</v>
+          <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017</t>
+        </is>
+      </c>
+      <c r="F542" t="s" s="3">
+        <v>881</v>
       </c>
     </row>
     <row r="543">
       <c r="A543">
-        <v>1451</v>
+        <v>1457</v>
       </c>
       <c r="B543" s="2">
         <v>42867</v>
       </c>
       <c r="C543" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="D543" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E543" t="inlineStr">
         <is>
-          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>864</v>
+          <t>Affidamento per la fornitura di n. 40 biotainer (sistema di packanging ad elevato standard di sicurezza) per il revapito e per il trasporto dei campioni biologici nell'ambito dell'attività di sorveglianza virologica dell'influenza per la stagione</t>
+        </is>
+      </c>
+      <c r="F543" t="s" s="3">
+        <v>897</v>
       </c>
     </row>
     <row r="544">
       <c r="A544">
-        <v>1429</v>
+        <v>1458</v>
       </c>
       <c r="B544" s="2">
         <v>42867</v>
       </c>
       <c r="C544" t="s">
-        <v>893</v>
+        <v>898</v>
       </c>
       <c r="D544" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E544" t="inlineStr">
         <is>
-          <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>855</v>
+          <t>Dlgs 50/2016, Autorizzazione espletamento procedura di gara attraverso il MEPA di Consip, per la fornitura di materiali per lo svolgimento delle attivita’ istituzionali di competenza del Servizio Fitosanitario Regionale Impegni di spesa euro  3.473,50 IVA inclusa, capitolo B11122 macroaggregato 1.03.01.02, es. fin 2017</t>
+        </is>
+      </c>
+      <c r="F544" t="s" s="3">
+        <v>899</v>
       </c>
     </row>
     <row r="545">
       <c r="A545">
-        <v>1430</v>
+        <v>1459</v>
       </c>
       <c r="B545" s="2">
         <v>42867</v>
       </c>
       <c r="C545" t="s">
-        <v>894</v>
+        <v>900</v>
       </c>
       <c r="D545" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E545" t="inlineStr">
         <is>
-          <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>855</v>
+          <t>Dlgs 50/2016 determina a contrarre per l’affidamento  del servizio di diagnostica, monitoraggio  e consulenze scientifiche specialistiche di organismi nocivi da quarantena delle piante per l’anno 2018 nel territorio del Lazio. Impegno di spesa euro 142.772,51 IVA inclusa capitolo cap. B11115 macroaggr.  1.03.02.11.000. Es fin 2017 </t>
+        </is>
+      </c>
+      <c r="F545" t="s" s="3">
+        <v>901</v>
       </c>
     </row>
     <row r="546">
       <c r="A546">
-        <v>1431</v>
+        <v>1460</v>
       </c>
       <c r="B546" s="2">
         <v>42867</v>
       </c>
       <c r="C546" t="s">
-        <v>895</v>
+        <v>902</v>
       </c>
       <c r="D546" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E546" t="inlineStr">
         <is>
-          <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>855</v>
+          <t>Dlgs 50/2016, Autorizzazione espletamento procedura di gara attraverso il MEPA di Consip, per la fornitura di materiali per lo svolgimento delle attivita’ istituzionali di competenza del Servizio Fitosanitario Regionale Impegni di spesa euro 5.700,00 IVA inclusa, capitolo B11122 macroaggregato 1.03.01.02, es. fin 2017</t>
+        </is>
+      </c>
+      <c r="F546" t="s" s="3">
+        <v>903</v>
       </c>
     </row>
     <row r="547">
       <c r="A547">
-        <v>1432</v>
+        <v>1461</v>
       </c>
       <c r="B547" s="2">
         <v>42867</v>
       </c>
       <c r="C547" t="s">
-        <v>896</v>
+        <v>904</v>
       </c>
       <c r="D547" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E547" t="inlineStr">
         <is>
-          <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>855</v>
+          <t>Promozione d'immagine per la regione lazio in occasione dell'iniziativa:"Promozione e diffusione sul portale delle Fosse Ardeatine di progetti per la storia e la memoria". Impegno di spesa di € 36.000,00 (I.V.A. inclusa) Capitolo R31902. Es. Fin. 2018</t>
+        </is>
+      </c>
+      <c r="F547" t="s" s="3">
+        <v>905</v>
       </c>
     </row>
     <row r="548">
       <c r="A548">
-        <v>1433</v>
+        <v>1462</v>
       </c>
       <c r="B548" s="2">
         <v>42867</v>
       </c>
       <c r="C548" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
       <c r="D548" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E548" t="inlineStr">
         <is>
-          <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>855</v>
+          <t>Abbonamento alla banca dati giornalistica "Mediaddress" per la durata di un anno. Impegno di spesa di € 2.684,00. Iva inclusa in favore di Mediadata srl  (cod. cred 160209). Cap.S 23424. Prenotazione d'impegno sull'esercizio finanziario 2018.</t>
+        </is>
+      </c>
+      <c r="F548" t="s" s="3">
+        <v>907</v>
       </c>
     </row>
     <row r="549">
       <c r="A549">
-        <v>1434</v>
+        <v>1440</v>
       </c>
       <c r="B549" s="2">
         <v>42867</v>
       </c>
       <c r="C549" t="s">
-        <v>898</v>
+        <v>908</v>
       </c>
       <c r="D549" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E549" t="inlineStr">
         <is>
-          <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>855</v>
+          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017. </t>
+        </is>
+      </c>
+      <c r="F549" t="s" s="3">
+        <v>890</v>
       </c>
     </row>
     <row r="550">
       <c r="A550">
-        <v>1435</v>
+        <v>1441</v>
       </c>
       <c r="B550" s="2">
         <v>42867</v>
       </c>
       <c r="C550" t="s">
-        <v>899</v>
+        <v>909</v>
       </c>
       <c r="D550" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E550" t="inlineStr">
         <is>
-          <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>855</v>
+          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F550" t="s" s="3">
+        <v>890</v>
       </c>
     </row>
     <row r="551">
       <c r="A551">
-        <v>1436</v>
+        <v>1442</v>
       </c>
       <c r="B551" s="2">
         <v>42867</v>
       </c>
       <c r="C551" t="s">
-        <v>900</v>
+        <v>910</v>
       </c>
       <c r="D551" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E551" t="inlineStr">
         <is>
-          <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>855</v>
+          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F551" t="s" s="3">
+        <v>890</v>
       </c>
     </row>
     <row r="552">
       <c r="A552">
-        <v>1437</v>
+        <v>1443</v>
       </c>
       <c r="B552" s="2">
         <v>42867</v>
       </c>
       <c r="C552" t="s">
-        <v>901</v>
+        <v>911</v>
       </c>
       <c r="D552" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E552" t="inlineStr">
         <is>
-          <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>855</v>
+          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F552" t="s" s="3">
+        <v>890</v>
       </c>
     </row>
     <row r="553">
       <c r="A553">
-        <v>1438</v>
+        <v>1444</v>
       </c>
       <c r="B553" s="2">
         <v>42867</v>
       </c>
       <c r="C553" t="s">
-        <v>902</v>
+        <v>912</v>
       </c>
       <c r="D553" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E553" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 36 c. 2 lett. a) del D. Lgs 50/2016 per la realizzazione di un prodotto editoriale video, a cura della società  Sport Network s.r.l. Impegno di € 24.400,00. IVA inclusa. Capitolo di bilancio R31902.</t>
-[...3 lines deleted...]
-        <v>903</v>
+          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F553" t="s" s="3">
+        <v>890</v>
       </c>
     </row>
     <row r="554">
       <c r="A554">
-        <v>1439</v>
+        <v>1445</v>
       </c>
       <c r="B554" s="2">
         <v>42867</v>
       </c>
       <c r="C554" t="s">
-        <v>904</v>
+        <v>912</v>
       </c>
       <c r="D554" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E554" t="inlineStr">
         <is>
-          <t>Acquisto di spazi pubblicitari sulla rivista: "Magazine Salute"- allegato al quotidiano IL TEMPO. Impegno di spesa € 21.960.00 (Iva inclusa) capitolo di bilancio R31902. Esercizio finanziario 2017. </t>
-[...3 lines deleted...]
-        <v>905</v>
+          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F554" t="s" s="3">
+        <v>890</v>
       </c>
     </row>
     <row r="555">
       <c r="A555">
-        <v>1418</v>
+        <v>1446</v>
       </c>
       <c r="B555" s="2">
         <v>42867</v>
       </c>
       <c r="C555" t="s">
-        <v>906</v>
+        <v>913</v>
       </c>
       <c r="D555" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E555" t="inlineStr">
         <is>
-          <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>907</v>
+          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F555" t="s" s="3">
+        <v>890</v>
       </c>
     </row>
     <row r="556">
       <c r="A556">
-        <v>1419</v>
+        <v>1447</v>
       </c>
       <c r="B556" s="2">
         <v>42867</v>
       </c>
       <c r="C556" t="s">
-        <v>908</v>
+        <v>914</v>
       </c>
       <c r="D556" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E556" t="inlineStr">
         <is>
-          <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>907</v>
+          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F556" t="s" s="3">
+        <v>890</v>
       </c>
     </row>
     <row r="557">
       <c r="A557">
-        <v>1420</v>
+        <v>1448</v>
       </c>
       <c r="B557" s="2">
         <v>42867</v>
       </c>
       <c r="C557" t="s">
-        <v>909</v>
+        <v>915</v>
       </c>
       <c r="D557" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E557" t="inlineStr">
         <is>
-          <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>907</v>
+          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F557" t="s" s="3">
+        <v>890</v>
       </c>
     </row>
     <row r="558">
       <c r="A558">
-        <v>1421</v>
+        <v>1449</v>
       </c>
       <c r="B558" s="2">
         <v>42867</v>
       </c>
       <c r="C558" t="s">
-        <v>910</v>
+        <v>916</v>
       </c>
       <c r="D558" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E558" t="inlineStr">
         <is>
-          <t>Campagna di promozione degli eventi: "Festa dei parchi" e "Tennis&amp;amp;Friends". Impegno di spesa di € 13.493,20 (I.V.A. inclusa) . capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>911</v>
+          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F558" t="s" s="3">
+        <v>890</v>
       </c>
     </row>
     <row r="559">
       <c r="A559">
-        <v>1422</v>
+        <v>1450</v>
       </c>
       <c r="B559" s="2">
         <v>42867</v>
       </c>
       <c r="C559" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="D559" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E559" t="inlineStr">
         <is>
-          <t>Campagna di promozione degli eventi: "Festa dei parchi" e "Tennis&amp;amp;Friends". Impegno di spesa di € 13.493,20 (I.V.A. inclusa) . capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>911</v>
+          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F559" t="s" s="3">
+        <v>890</v>
       </c>
     </row>
     <row r="560">
       <c r="A560">
-        <v>1423</v>
+        <v>1451</v>
       </c>
       <c r="B560" s="2">
         <v>42867</v>
       </c>
       <c r="C560" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
       <c r="D560" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E560" t="inlineStr">
         <is>
-          <t>Campagna di promozione degli eventi: "Festa dei parchi" e "Tennis&amp;amp;Friends". Impegno di spesa di € 13.493,20 (I.V.A. inclusa) . capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>911</v>
+          <t>"Campagna Istituzionale Sanità" riguardante i servizi sanitari della Regione Lazio. Impegno di spesa di € 141.305,56 (I.V.A. inclusa) - capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F560" t="s" s="3">
+        <v>890</v>
       </c>
     </row>
     <row r="561">
       <c r="A561">
-        <v>1424</v>
+        <v>1429</v>
       </c>
       <c r="B561" s="2">
         <v>42867</v>
       </c>
-      <c r="C561">
-        <v>0</v>
+      <c r="C561" t="s">
+        <v>919</v>
       </c>
       <c r="D561" t="s">
-        <v>13</v>
-[...5 lines deleted...]
-        <v>915</v>
+        <v>9</v>
+      </c>
+      <c r="E561" t="inlineStr">
+        <is>
+          <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F561" t="s" s="3">
+        <v>881</v>
       </c>
     </row>
     <row r="562">
       <c r="A562">
-        <v>1425</v>
+        <v>1430</v>
       </c>
       <c r="B562" s="2">
         <v>42867</v>
       </c>
       <c r="C562" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="D562" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E562" t="inlineStr">
         <is>
           <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017.</t>
         </is>
       </c>
-      <c r="F562" t="s">
-        <v>855</v>
+      <c r="F562" t="s" s="3">
+        <v>881</v>
       </c>
     </row>
     <row r="563">
       <c r="A563">
-        <v>1426</v>
+        <v>1431</v>
       </c>
       <c r="B563" s="2">
         <v>42867</v>
       </c>
       <c r="C563" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="D563" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E563" t="inlineStr">
         <is>
           <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017.</t>
         </is>
       </c>
-      <c r="F563" t="s">
-        <v>855</v>
+      <c r="F563" t="s" s="3">
+        <v>881</v>
       </c>
     </row>
     <row r="564">
       <c r="A564">
-        <v>1427</v>
+        <v>1432</v>
       </c>
       <c r="B564" s="2">
         <v>42867</v>
       </c>
       <c r="C564" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="D564" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E564" t="inlineStr">
         <is>
           <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017.</t>
         </is>
       </c>
-      <c r="F564" t="s">
-        <v>855</v>
+      <c r="F564" t="s" s="3">
+        <v>881</v>
       </c>
     </row>
     <row r="565">
       <c r="A565">
-        <v>1428</v>
+        <v>1433</v>
       </c>
       <c r="B565" s="2">
         <v>42867</v>
       </c>
       <c r="C565" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="D565" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E565" t="inlineStr">
         <is>
           <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017.</t>
         </is>
       </c>
-      <c r="F565" t="s">
-        <v>855</v>
+      <c r="F565" t="s" s="3">
+        <v>881</v>
       </c>
     </row>
     <row r="566">
       <c r="A566">
-        <v>1407</v>
+        <v>1434</v>
       </c>
       <c r="B566" s="2">
         <v>42867</v>
       </c>
       <c r="C566" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="D566" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E566" t="inlineStr">
         <is>
-          <t>Servizio di Green Screen per la partecipazione della Regione Lazio alla manifestazione ROMICS, XXII Edizione Festival internazionale del fumetto dell'animazione, dei games, del cinema e dell'entertainment, presso la Fiera di Roma dal 5 all'8 ottobre</t>
-[...3 lines deleted...]
-        <v>921</v>
+          <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F566" t="s" s="3">
+        <v>881</v>
       </c>
     </row>
     <row r="567">
       <c r="A567">
-        <v>1408</v>
+        <v>1435</v>
       </c>
       <c r="B567" s="2">
         <v>42867</v>
       </c>
       <c r="C567" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="D567" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E567" t="inlineStr">
         <is>
-          <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>907</v>
+          <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F567" t="s" s="3">
+        <v>881</v>
       </c>
     </row>
     <row r="568">
       <c r="A568">
-        <v>1409</v>
+        <v>1436</v>
       </c>
       <c r="B568" s="2">
         <v>42867</v>
       </c>
       <c r="C568" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="D568" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E568" t="inlineStr">
         <is>
-          <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>907</v>
+          <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F568" t="s" s="3">
+        <v>881</v>
       </c>
     </row>
     <row r="569">
       <c r="A569">
-        <v>1410</v>
+        <v>1437</v>
       </c>
       <c r="B569" s="2">
         <v>42867</v>
       </c>
       <c r="C569" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="D569" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E569" t="inlineStr">
         <is>
-          <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>907</v>
+          <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F569" t="s" s="3">
+        <v>881</v>
       </c>
     </row>
     <row r="570">
       <c r="A570">
-        <v>1411</v>
+        <v>1438</v>
       </c>
       <c r="B570" s="2">
         <v>42867</v>
       </c>
       <c r="C570" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="D570" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E570" t="inlineStr">
         <is>
-          <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>907</v>
+          <t>Affidamento diretto ai sensi dell'art. 36 c. 2 lett. a) del D. Lgs 50/2016 per la realizzazione di un prodotto editoriale video, a cura della società  Sport Network s.r.l. Impegno di € 24.400,00. IVA inclusa. Capitolo di bilancio R31902.</t>
+        </is>
+      </c>
+      <c r="F570" t="s" s="3">
+        <v>929</v>
       </c>
     </row>
     <row r="571">
       <c r="A571">
-        <v>1412</v>
+        <v>1439</v>
       </c>
       <c r="B571" s="2">
         <v>42867</v>
       </c>
       <c r="C571" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="D571" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E571" t="inlineStr">
         <is>
-          <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>907</v>
+          <t>Acquisto di spazi pubblicitari sulla rivista: "Magazine Salute"- allegato al quotidiano IL TEMPO. Impegno di spesa € 21.960.00 (Iva inclusa) capitolo di bilancio R31902. Esercizio finanziario 2017. </t>
+        </is>
+      </c>
+      <c r="F571" t="s" s="3">
+        <v>931</v>
       </c>
     </row>
     <row r="572">
       <c r="A572">
-        <v>1413</v>
+        <v>1418</v>
       </c>
       <c r="B572" s="2">
         <v>42867</v>
       </c>
       <c r="C572" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
       <c r="D572" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E572" t="inlineStr">
         <is>
           <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
         </is>
       </c>
-      <c r="F572" t="s">
-        <v>907</v>
+      <c r="F572" t="s" s="3">
+        <v>933</v>
       </c>
     </row>
     <row r="573">
       <c r="A573">
-        <v>1414</v>
+        <v>1419</v>
       </c>
       <c r="B573" s="2">
         <v>42867</v>
       </c>
       <c r="C573" t="s">
-        <v>928</v>
+        <v>934</v>
       </c>
       <c r="D573" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E573" t="inlineStr">
         <is>
           <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
         </is>
       </c>
-      <c r="F573" t="s">
-        <v>907</v>
+      <c r="F573" t="s" s="3">
+        <v>933</v>
       </c>
     </row>
     <row r="574">
       <c r="A574">
-        <v>1415</v>
+        <v>1420</v>
       </c>
       <c r="B574" s="2">
         <v>42867</v>
       </c>
       <c r="C574" t="s">
-        <v>929</v>
+        <v>935</v>
       </c>
       <c r="D574" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E574" t="inlineStr">
         <is>
           <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
         </is>
       </c>
-      <c r="F574" t="s">
-        <v>907</v>
+      <c r="F574" t="s" s="3">
+        <v>933</v>
       </c>
     </row>
     <row r="575">
       <c r="A575">
-        <v>1416</v>
+        <v>1421</v>
       </c>
       <c r="B575" s="2">
         <v>42867</v>
       </c>
       <c r="C575" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
       <c r="D575" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E575" t="inlineStr">
         <is>
-          <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>907</v>
+          <t>Campagna di promozione degli eventi: "Festa dei parchi" e "Tennis&amp;amp;Friends". Impegno di spesa di € 13.493,20 (I.V.A. inclusa) . capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F575" t="s" s="3">
+        <v>937</v>
       </c>
     </row>
     <row r="576">
       <c r="A576">
-        <v>1417</v>
+        <v>1422</v>
       </c>
       <c r="B576" s="2">
         <v>42867</v>
       </c>
       <c r="C576" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="D576" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E576" t="inlineStr">
         <is>
-          <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>907</v>
+          <t>Campagna di promozione degli eventi: "Festa dei parchi" e "Tennis&amp;amp;Friends". Impegno di spesa di € 13.493,20 (I.V.A. inclusa) . capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F576" t="s" s="3">
+        <v>937</v>
       </c>
     </row>
     <row r="577">
       <c r="A577">
-        <v>1396</v>
+        <v>1423</v>
       </c>
       <c r="B577" s="2">
         <v>42867</v>
       </c>
       <c r="C577" t="s">
-        <v>932</v>
+        <v>939</v>
       </c>
       <c r="D577" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E577" t="inlineStr">
         <is>
-          <t>Servizi di manutenzione ordinaria e straordinaria da adottare sull'asta del fiume Tevere, da Castel Giubileo all'Isola Tiberina, finalizzate al mantenimento delle pertinenze idrauliche per decoro urbano di Roma Capitale</t>
-[...3 lines deleted...]
-        <v>933</v>
+          <t>Campagna di promozione degli eventi: "Festa dei parchi" e "Tennis&amp;amp;Friends". Impegno di spesa di € 13.493,20 (I.V.A. inclusa) . capitolo di bilancio regionale R31902. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F577" t="s" s="3">
+        <v>937</v>
       </c>
     </row>
     <row r="578">
       <c r="A578">
-        <v>1397</v>
+        <v>1424</v>
       </c>
       <c r="B578" s="2">
         <v>42867</v>
       </c>
-      <c r="C578" t="s">
-        <v>934</v>
+      <c r="C578">
+        <v>0</v>
       </c>
       <c r="D578" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-        <v>935</v>
+        <v>9</v>
+      </c>
+      <c r="E578" t="s">
+        <v>940</v>
+      </c>
+      <c r="F578" t="s" s="3">
+        <v>941</v>
       </c>
     </row>
     <row r="579">
       <c r="A579">
-        <v>1398</v>
+        <v>1425</v>
       </c>
       <c r="B579" s="2">
         <v>42867</v>
       </c>
-      <c r="C579">
-        <v>7210909659</v>
+      <c r="C579" t="s">
+        <v>942</v>
       </c>
       <c r="D579" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E579" t="inlineStr">
         <is>
-          <t>DD_G12412_13_09_2017: Autorizzazione ad espletare gara attraverso il MEPA per la fornitura di toner compatibili e rigenerati. Impegno €. 97.600,00 IVA Compresa– Cap. S23908 - Esercizio Finanziario 2017.</t>
-        </is>
+          <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F579" t="s" s="3">
+        <v>881</v>
       </c>
     </row>
     <row r="580">
       <c r="A580">
-        <v>1399</v>
+        <v>1426</v>
       </c>
       <c r="B580" s="2">
         <v>42867</v>
       </c>
       <c r="C580" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="D580" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E580" t="inlineStr">
         <is>
-          <t>Progetto LIFE "Restoring the Pontine Archipelago ecosystem through management of rats and other invasive alien species" PonDerat LIFE14 NAT/IT/000544 - CUP F66G15000940008 - Determinazione a contrarre per l'acquisto di materiali previsti per le attività di progetto 2017 e 2018 (azioni E1, E3 e C1).</t>
-[...3 lines deleted...]
-        <v>937</v>
+          <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F580" t="s" s="3">
+        <v>881</v>
       </c>
     </row>
     <row r="581">
       <c r="A581">
-        <v>1400</v>
+        <v>1427</v>
       </c>
       <c r="B581" s="2">
         <v>42867</v>
       </c>
       <c r="C581" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="D581" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E581" t="inlineStr">
         <is>
-          <t>Progetto LIFE "Restoring the Pontine Archipelago ecosystem through management of rats and other invasive alien species" PonDerat LIFE14 NAT/IT/000544 - CUP F66G15000940008 - Determinazione a contrarre per l'acquisto di materiali previsti per le attività di progetto 2017 e 2018 (azioni E1, E3 e C1).</t>
-[...3 lines deleted...]
-        <v>937</v>
+          <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F581" t="s" s="3">
+        <v>881</v>
       </c>
     </row>
     <row r="582">
       <c r="A582">
-        <v>1401</v>
+        <v>1428</v>
       </c>
       <c r="B582" s="2">
         <v>42867</v>
       </c>
       <c r="C582" t="s">
-        <v>939</v>
+        <v>945</v>
       </c>
       <c r="D582" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E582" t="inlineStr">
         <is>
-          <t>Progetto LIFE "Restoring the Pontine Archipelago ecosystem through management of rats and other invasive alien species" PonDerat LIFE14 NAT/IT/000544 - CUP F66G15000940008 - Indizione della procedura di RDO per l'acquisto di hardware per le attività di progetto – CIG Z901BD2875 - Determinazione a contrarre e indizione della RDO.</t>
-[...3 lines deleted...]
-        <v>940</v>
+          <t>Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2017/2018. Impegno di spesa di € 208.626,16 (IVA inclusa). Capitolo di bilancio regionale H11726. Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F582" t="s" s="3">
+        <v>881</v>
       </c>
     </row>
     <row r="583">
       <c r="A583">
-        <v>1402</v>
+        <v>1407</v>
       </c>
       <c r="B583" s="2">
         <v>42867</v>
       </c>
       <c r="C583" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="D583" t="s">
-        <v>13</v>
-[...5 lines deleted...]
-        <v>943</v>
+        <v>9</v>
+      </c>
+      <c r="E583" t="inlineStr">
+        <is>
+          <t>Servizio di Green Screen per la partecipazione della Regione Lazio alla manifestazione ROMICS, XXII Edizione Festival internazionale del fumetto dell'animazione, dei games, del cinema e dell'entertainment, presso la Fiera di Roma dal 5 all'8 ottobre</t>
+        </is>
+      </c>
+      <c r="F583" t="s" s="3">
+        <v>947</v>
       </c>
     </row>
     <row r="584">
       <c r="A584">
-        <v>1403</v>
+        <v>1408</v>
       </c>
       <c r="B584" s="2">
         <v>42867</v>
       </c>
       <c r="C584" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="D584" t="s">
-        <v>13</v>
-[...5 lines deleted...]
-        <v>943</v>
+        <v>9</v>
+      </c>
+      <c r="E584" t="inlineStr">
+        <is>
+          <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F584" t="s" s="3">
+        <v>933</v>
       </c>
     </row>
     <row r="585">
       <c r="A585">
-        <v>1404</v>
+        <v>1409</v>
       </c>
       <c r="B585" s="2">
         <v>42867</v>
       </c>
       <c r="C585" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="D585" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E585" t="inlineStr">
         <is>
-          <t>DD_G13018_26_09_2017:Procedura di affidamento in economia del servizio di pubblicazione dell'avviso di aggiudicazione della gara finalizzata all'affidamento del servizio di tesoreria 3 per le Aziende Sanitarie della Regione Lazio. Impegno di spesa di euro 1.179,79 sul capitolo H21509 in favore di Pubbligare Management S.r.l. ed accertamento di euro 4.159,60 sul capitolo 331530. Esercizio finanziario 2017.</t>
-        </is>
+          <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F585" t="s" s="3">
+        <v>933</v>
       </c>
     </row>
     <row r="586">
       <c r="A586">
-        <v>1405</v>
+        <v>1410</v>
       </c>
       <c r="B586" s="2">
         <v>42867</v>
       </c>
       <c r="C586" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="D586" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E586" t="inlineStr">
         <is>
-          <t>DD_G15626_22_12_2016: dlgs 50/2016 determina a contrarre per l'affidamento del servizio 2017 di effettuazione di determinazioni specialistiche per l'identificazione di avversità entomologiche e nematologiche nel territorio del Lazio. Impegno di spesa euro 48.800,00 IVA inclusa capitolo B11121 macroaggregato 1.03.02.11 es. fin. 2016.DD_G09046_27_06_2017: (determina di aggiudicazione): dlgs 50/2016 art 36 comma 2, lettera a) Aggiudicazione del servizio 2017 di effettuazione di determinazioni specialistiche per l'identificazione di avversità entomologiche e nematologiche nel territorio del Lazio. Conferma impegno di spesa n. 17327/2017 euro 48.800,00 IVA inclusa e modifica creditore a favore di CREA-DC Partita IVA 08183101008 cap. B11121 macroaggregato 1.03.02.11 esercizio finanziario 2017.</t>
-[...6 lines deleted...]
-        <v>948</v>
+          <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F586" t="s" s="3">
+        <v>933</v>
       </c>
     </row>
     <row r="587">
       <c r="A587">
-        <v>1406</v>
+        <v>1411</v>
       </c>
       <c r="B587" s="2">
         <v>42867</v>
       </c>
       <c r="C587" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="D587" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E587" t="inlineStr">
         <is>
-          <t>Lavori di manutenzione urgente del fiume Fibreno e della sua vasca di laminazione in localita' Tremoletto, nei comuni di Isola del Liri e Sora. – Perizia n. 340 del 14/06/2017 – Determinazione a contrarre e impegno fondi, creditori vari €.39.521,66 - capitolo E42549, esercizio finanziario 2017-2018.</t>
-[...3 lines deleted...]
-        <v>950</v>
+          <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F587" t="s" s="3">
+        <v>933</v>
       </c>
     </row>
     <row r="588">
       <c r="A588">
-        <v>1386</v>
+        <v>1412</v>
       </c>
       <c r="B588" s="2">
         <v>42867</v>
       </c>
       <c r="C588" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="D588" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="E588" t="inlineStr" s="3">
+        <v>9</v>
+      </c>
+      <c r="E588" t="inlineStr">
+        <is>
+          <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F588" t="s" s="3">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="589">
+      <c r="A589">
+        <v>1413</v>
+      </c>
+      <c r="B589" s="2">
+        <v>42867</v>
+      </c>
+      <c r="C589" t="s">
+        <v>953</v>
+      </c>
+      <c r="D589" t="s">
+        <v>9</v>
+      </c>
+      <c r="E589" t="inlineStr">
+        <is>
+          <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F589" t="s" s="3">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="590">
+      <c r="A590">
+        <v>1414</v>
+      </c>
+      <c r="B590" s="2">
+        <v>42867</v>
+      </c>
+      <c r="C590" t="s">
+        <v>954</v>
+      </c>
+      <c r="D590" t="s">
+        <v>9</v>
+      </c>
+      <c r="E590" t="inlineStr">
+        <is>
+          <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F590" t="s" s="3">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="591">
+      <c r="A591">
+        <v>1415</v>
+      </c>
+      <c r="B591" s="2">
+        <v>42867</v>
+      </c>
+      <c r="C591" t="s">
+        <v>955</v>
+      </c>
+      <c r="D591" t="s">
+        <v>9</v>
+      </c>
+      <c r="E591" t="inlineStr">
+        <is>
+          <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F591" t="s" s="3">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="592">
+      <c r="A592">
+        <v>1416</v>
+      </c>
+      <c r="B592" s="2">
+        <v>42867</v>
+      </c>
+      <c r="C592" t="s">
+        <v>956</v>
+      </c>
+      <c r="D592" t="s">
+        <v>9</v>
+      </c>
+      <c r="E592" t="inlineStr">
+        <is>
+          <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F592" t="s" s="3">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="593">
+      <c r="A593">
+        <v>1417</v>
+      </c>
+      <c r="B593" s="2">
+        <v>42867</v>
+      </c>
+      <c r="C593" t="s">
+        <v>957</v>
+      </c>
+      <c r="D593" t="s">
+        <v>9</v>
+      </c>
+      <c r="E593" t="inlineStr">
+        <is>
+          <t>Campagna di comunicazione istituzionale della regione Lazio denominata "Ottobre Rosa 2017". Impegno di spesa di € 168.038,40 (IVA inclusa) Capitolo di bilancio regionale H13172. Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F593" t="s" s="3">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="594">
+      <c r="A594">
+        <v>1396</v>
+      </c>
+      <c r="B594" s="2">
+        <v>42867</v>
+      </c>
+      <c r="C594" t="s">
+        <v>958</v>
+      </c>
+      <c r="D594" t="s">
+        <v>9</v>
+      </c>
+      <c r="E594" t="inlineStr">
+        <is>
+          <t>Servizi di manutenzione ordinaria e straordinaria da adottare sull'asta del fiume Tevere, da Castel Giubileo all'Isola Tiberina, finalizzate al mantenimento delle pertinenze idrauliche per decoro urbano di Roma Capitale</t>
+        </is>
+      </c>
+      <c r="F594" t="s" s="3">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="595">
+      <c r="A595">
+        <v>1397</v>
+      </c>
+      <c r="B595" s="2">
+        <v>42867</v>
+      </c>
+      <c r="C595" t="s">
+        <v>960</v>
+      </c>
+      <c r="D595" t="s">
+        <v>9</v>
+      </c>
+      <c r="E595" t="inlineStr">
+        <is>
+          <t>DD_G13291_29_09_2017: Adesione alla Convenzione Consip "Noleggio autoveicoli 12" Lotto 4 per il noleggio a lungo termine di autoveicoli senza conducente per le pubbliche amministrazioni, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388. Impegno di spesa € 26559,00 IVA inclusa, esercizi fin. 2018-2021, cap. B11124 in favore di LEASE PLAN ITALIA.</t>
+        </is>
+      </c>
+      <c r="F595" t="s" s="3">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="596">
+      <c r="A596">
+        <v>1398</v>
+      </c>
+      <c r="B596" s="2">
+        <v>42867</v>
+      </c>
+      <c r="C596">
+        <v>7210909659</v>
+      </c>
+      <c r="D596" t="s">
+        <v>9</v>
+      </c>
+      <c r="E596" t="inlineStr">
+        <is>
+          <t>DD_G12412_13_09_2017: Autorizzazione ad espletare gara attraverso il MEPA per la fornitura di toner compatibili e rigenerati. Impegno €. 97.600,00 IVA Compresa– Cap. S23908 - Esercizio Finanziario 2017.</t>
+        </is>
+      </c>
+    </row>
+    <row r="597">
+      <c r="A597">
+        <v>1399</v>
+      </c>
+      <c r="B597" s="2">
+        <v>42867</v>
+      </c>
+      <c r="C597" t="s">
+        <v>962</v>
+      </c>
+      <c r="D597" t="s">
+        <v>9</v>
+      </c>
+      <c r="E597" t="inlineStr">
+        <is>
+          <t>Progetto LIFE "Restoring the Pontine Archipelago ecosystem through management of rats and other invasive alien species" PonDerat LIFE14 NAT/IT/000544 - CUP F66G15000940008 - Determinazione a contrarre per l'acquisto di materiali previsti per le attività di progetto 2017 e 2018 (azioni E1, E3 e C1).</t>
+        </is>
+      </c>
+      <c r="F597" t="s" s="3">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="598">
+      <c r="A598">
+        <v>1400</v>
+      </c>
+      <c r="B598" s="2">
+        <v>42867</v>
+      </c>
+      <c r="C598" t="s">
+        <v>964</v>
+      </c>
+      <c r="D598" t="s">
+        <v>9</v>
+      </c>
+      <c r="E598" t="inlineStr">
+        <is>
+          <t>Progetto LIFE "Restoring the Pontine Archipelago ecosystem through management of rats and other invasive alien species" PonDerat LIFE14 NAT/IT/000544 - CUP F66G15000940008 - Determinazione a contrarre per l'acquisto di materiali previsti per le attività di progetto 2017 e 2018 (azioni E1, E3 e C1).</t>
+        </is>
+      </c>
+      <c r="F598" t="s" s="3">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="599">
+      <c r="A599">
+        <v>1401</v>
+      </c>
+      <c r="B599" s="2">
+        <v>42867</v>
+      </c>
+      <c r="C599" t="s">
+        <v>965</v>
+      </c>
+      <c r="D599" t="s">
+        <v>9</v>
+      </c>
+      <c r="E599" t="inlineStr">
+        <is>
+          <t>Progetto LIFE "Restoring the Pontine Archipelago ecosystem through management of rats and other invasive alien species" PonDerat LIFE14 NAT/IT/000544 - CUP F66G15000940008 - Indizione della procedura di RDO per l'acquisto di hardware per le attività di progetto – CIG Z901BD2875 - Determinazione a contrarre e indizione della RDO.</t>
+        </is>
+      </c>
+      <c r="F599" t="s" s="3">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="600">
+      <c r="A600">
+        <v>1402</v>
+      </c>
+      <c r="B600" s="2">
+        <v>42867</v>
+      </c>
+      <c r="C600" t="s">
+        <v>967</v>
+      </c>
+      <c r="D600" t="s">
+        <v>9</v>
+      </c>
+      <c r="E600" t="s">
+        <v>968</v>
+      </c>
+      <c r="F600" t="s" s="3">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="601">
+      <c r="A601">
+        <v>1403</v>
+      </c>
+      <c r="B601" s="2">
+        <v>42867</v>
+      </c>
+      <c r="C601" t="s">
+        <v>970</v>
+      </c>
+      <c r="D601" t="s">
+        <v>9</v>
+      </c>
+      <c r="E601" t="s">
+        <v>968</v>
+      </c>
+      <c r="F601" t="s" s="3">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="602">
+      <c r="A602">
+        <v>1404</v>
+      </c>
+      <c r="B602" s="2">
+        <v>42867</v>
+      </c>
+      <c r="C602" t="s">
+        <v>971</v>
+      </c>
+      <c r="D602" t="s">
+        <v>9</v>
+      </c>
+      <c r="E602" t="inlineStr">
+        <is>
+          <t>DD_G13018_26_09_2017:Procedura di affidamento in economia del servizio di pubblicazione dell'avviso di aggiudicazione della gara finalizzata all'affidamento del servizio di tesoreria 3 per le Aziende Sanitarie della Regione Lazio. Impegno di spesa di euro 1.179,79 sul capitolo H21509 in favore di Pubbligare Management S.r.l. ed accertamento di euro 4.159,60 sul capitolo 331530. Esercizio finanziario 2017.</t>
+        </is>
+      </c>
+    </row>
+    <row r="603">
+      <c r="A603">
+        <v>1405</v>
+      </c>
+      <c r="B603" s="2">
+        <v>42867</v>
+      </c>
+      <c r="C603" t="s">
+        <v>972</v>
+      </c>
+      <c r="D603" t="s">
+        <v>9</v>
+      </c>
+      <c r="E603" t="inlineStr">
+        <is>
+          <t>DD_G15626_22_12_2016: dlgs 50/2016 determina a contrarre per l'affidamento del servizio 2017 di effettuazione di determinazioni specialistiche per l'identificazione di avversità entomologiche e nematologiche nel territorio del Lazio. Impegno di spesa euro 48.800,00 IVA inclusa capitolo B11121 macroaggregato 1.03.02.11 es. fin. 2016.DD_G09046_27_06_2017: (determina di aggiudicazione): dlgs 50/2016 art 36 comma 2, lettera a) Aggiudicazione del servizio 2017 di effettuazione di determinazioni specialistiche per l'identificazione di avversità entomologiche e nematologiche nel territorio del Lazio. Conferma impegno di spesa n. 17327/2017 euro 48.800,00 IVA inclusa e modifica creditore a favore di CREA-DC Partita IVA 08183101008 cap. B11121 macroaggregato 1.03.02.11 esercizio finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F603" t="s" s="3">
+        <v>973</v>
+      </c>
+      <c r="G603" t="s" s="3">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="604">
+      <c r="A604">
+        <v>1406</v>
+      </c>
+      <c r="B604" s="2">
+        <v>42867</v>
+      </c>
+      <c r="C604" t="s">
+        <v>975</v>
+      </c>
+      <c r="D604" t="s">
+        <v>9</v>
+      </c>
+      <c r="E604" t="inlineStr">
+        <is>
+          <t>Lavori di manutenzione urgente del fiume Fibreno e della sua vasca di laminazione in localita' Tremoletto, nei comuni di Isola del Liri e Sora. – Perizia n. 340 del 14/06/2017 – Determinazione a contrarre e impegno fondi, creditori vari €.39.521,66 - capitolo E42549, esercizio finanziario 2017-2018.</t>
+        </is>
+      </c>
+      <c r="F604" t="s" s="3">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="605">
+      <c r="A605">
+        <v>1386</v>
+      </c>
+      <c r="B605" s="2">
+        <v>42867</v>
+      </c>
+      <c r="C605" t="s">
+        <v>977</v>
+      </c>
+      <c r="D605" t="s">
+        <v>9</v>
+      </c>
+      <c r="E605" t="inlineStr" s="3">
         <is>
           <t>adesione alla Convenzione Consip "Stampanti 14" Lotto 1 per la fornitura in acquisto di stampanti ed apparecchiature multifunzione dei servizi connessi per le Pubbliche Amministrazioni, stipulata, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488.
 determinazione G08538 del 19/06/2017 </t>
         </is>
       </c>
     </row>
-    <row r="589">
-      <c r="A589">
+    <row r="606">
+      <c r="A606">
         <v>1387</v>
       </c>
-      <c r="B589" s="2">
+      <c r="B606" s="2">
         <v>42867</v>
       </c>
-      <c r="C589" t="s">
-[...5 lines deleted...]
-      <c r="E589" t="inlineStr" s="3">
+      <c r="C606" t="s">
+        <v>978</v>
+      </c>
+      <c r="D606" t="s">
+        <v>9</v>
+      </c>
+      <c r="E606" t="inlineStr" s="3">
         <is>
           <t>Procedura di gara attraverso il MEPA per la fornitura di materiale di cancelleria, Impegno € 147.225,00 IVA esclusa - Esercizio Finanziario 2017.
 Determinazione G09971 del 14/07/2017</t>
         </is>
       </c>
     </row>
-    <row r="590">
-      <c r="A590">
+    <row r="607">
+      <c r="A607">
         <v>1388</v>
       </c>
-      <c r="B590" s="2">
+      <c r="B607" s="2">
         <v>42867</v>
       </c>
-      <c r="C590" t="s">
-[...5 lines deleted...]
-      <c r="E590" t="inlineStr" s="3">
+      <c r="C607" t="s">
+        <v>979</v>
+      </c>
+      <c r="D607" t="s">
+        <v>9</v>
+      </c>
+      <c r="E607" t="inlineStr" s="3">
         <is>
           <t>Procedura di gara, da effettuare attraverso il MEPA, per la fornitura di Hardware e software per 30 postazioni per il telelavoro - Impegno di spesa € 16.543,20 (IVA compresa).
 Determinazione G08537 del 12/06/2017</t>
         </is>
       </c>
     </row>
-    <row r="591">
-      <c r="A591">
+    <row r="608">
+      <c r="A608">
         <v>1389</v>
       </c>
-      <c r="B591" s="2">
+      <c r="B608" s="2">
         <v>42867</v>
       </c>
-      <c r="C591" t="s">
-[...5 lines deleted...]
-      <c r="E591" t="inlineStr">
+      <c r="C608" t="s">
+        <v>980</v>
+      </c>
+      <c r="D608" t="s">
+        <v>9</v>
+      </c>
+      <c r="E608" t="inlineStr">
         <is>
           <t>Autorizzazione ad espletare gara attraverso il MEPA di Consip per fornitura dispositivi protezione individuale per il personale del Servizio Fitosanitario Regionale. Impegno spesa euro 8000 IVA inclusa cap. B11112 es fin 2016</t>
         </is>
       </c>
-      <c r="F591" t="s">
-[...7 lines deleted...]
-      <c r="A592">
+      <c r="F608" t="s" s="3">
+        <v>981</v>
+      </c>
+      <c r="G608" t="s" s="3">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="609">
+      <c r="A609">
         <v>1390</v>
       </c>
-      <c r="B592" s="2">
+      <c r="B609" s="2">
         <v>42867</v>
       </c>
-      <c r="C592" t="s">
-[...5 lines deleted...]
-      <c r="E592" t="inlineStr">
+      <c r="C609" t="s">
+        <v>983</v>
+      </c>
+      <c r="D609" t="s">
+        <v>9</v>
+      </c>
+      <c r="E609" t="inlineStr">
         <is>
           <t>Campagna informativa della Regione Lazio sui vaccini pediatrici. Impegno di spesa € 50.662,27 (Iva inclusa) - Esercizio finanziario 2017 – Capitolo di bilancio R31902.</t>
         </is>
       </c>
-      <c r="F592" t="s">
-[...4 lines deleted...]
-      <c r="A593">
+      <c r="F609" t="s" s="3">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="610">
+      <c r="A610">
         <v>1391</v>
       </c>
-      <c r="B593" s="2">
+      <c r="B610" s="2">
         <v>42867</v>
       </c>
-      <c r="C593" t="s">
-[...5 lines deleted...]
-      <c r="E593" t="inlineStr">
+      <c r="C610" t="s">
+        <v>985</v>
+      </c>
+      <c r="D610" t="s">
+        <v>9</v>
+      </c>
+      <c r="E610" t="inlineStr">
         <is>
           <t>Campagna informativa della Regione Lazio sui vaccini pediatrici. Impegno di spesa € 50.662,27 (Iva inclusa) - Esercizio finanziario 2017 – Capitolo di bilancio R31902.</t>
         </is>
       </c>
-      <c r="F593" t="s">
-[...4 lines deleted...]
-      <c r="A594">
+      <c r="F610" t="s" s="3">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="611">
+      <c r="A611">
         <v>1392</v>
       </c>
-      <c r="B594" s="2">
+      <c r="B611" s="2">
         <v>42867</v>
       </c>
-      <c r="C594" t="s">
-[...5 lines deleted...]
-      <c r="E594" t="inlineStr">
+      <c r="C611" t="s">
+        <v>986</v>
+      </c>
+      <c r="D611" t="s">
+        <v>9</v>
+      </c>
+      <c r="E611" t="inlineStr">
         <is>
           <t>Campagna informativa della Regione Lazio sui vaccini pediatrici. Impegno di spesa € 50.662,27 (Iva inclusa) - Esercizio finanziario 2017 – Capitolo di bilancio R31902.</t>
         </is>
       </c>
-      <c r="F594" t="s">
-[...4 lines deleted...]
-      <c r="A595">
+      <c r="F611" t="s" s="3">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="612">
+      <c r="A612">
         <v>1393</v>
       </c>
-      <c r="B595" s="2">
+      <c r="B612" s="2">
         <v>42867</v>
       </c>
-      <c r="C595" t="s">
-[...5 lines deleted...]
-      <c r="E595" t="inlineStr">
+      <c r="C612" t="s">
+        <v>987</v>
+      </c>
+      <c r="D612" t="s">
+        <v>9</v>
+      </c>
+      <c r="E612" t="inlineStr">
         <is>
           <t>Campagna informativa della Regione Lazio sui vaccini pediatrici. Impegno di spesa € 50.662,27 (Iva inclusa) - Esercizio finanziario 2017 – Capitolo di bilancio R31902.</t>
         </is>
       </c>
-      <c r="F595" t="s">
-[...4 lines deleted...]
-      <c r="A596">
+      <c r="F612" t="s" s="3">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="613">
+      <c r="A613">
         <v>1394</v>
       </c>
-      <c r="B596" s="2">
+      <c r="B613" s="2">
         <v>42867</v>
       </c>
-      <c r="C596" t="s">
-[...5 lines deleted...]
-      <c r="E596" t="inlineStr">
+      <c r="C613" t="s">
+        <v>988</v>
+      </c>
+      <c r="D613" t="s">
+        <v>9</v>
+      </c>
+      <c r="E613" t="inlineStr">
         <is>
           <t>Campagna informativa della Regione Lazio sui vaccini pediatrici. Impegno di spesa € 50.662,27 (Iva inclusa) - Esercizio finanziario 2017 – Capitolo di bilancio R31902.</t>
         </is>
       </c>
-      <c r="F596" t="s">
-[...4 lines deleted...]
-      <c r="A597">
+      <c r="F613" t="s" s="3">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="614">
+      <c r="A614">
         <v>1395</v>
       </c>
-      <c r="B597" s="2">
+      <c r="B614" s="2">
         <v>42867</v>
       </c>
-      <c r="C597" t="s">
-[...13 lines deleted...]
-      <c r="A598">
+      <c r="C614" t="s">
+        <v>989</v>
+      </c>
+      <c r="D614" t="s">
+        <v>9</v>
+      </c>
+      <c r="E614" t="s">
+        <v>990</v>
+      </c>
+      <c r="F614" t="s" s="3">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="615">
+      <c r="A615">
         <v>1374</v>
       </c>
-      <c r="B598" s="2">
+      <c r="B615" s="2">
         <v>42867</v>
       </c>
-      <c r="C598" t="s">
-[...13 lines deleted...]
-      <c r="A599">
+      <c r="C615" t="s">
+        <v>992</v>
+      </c>
+      <c r="D615" t="s">
+        <v>9</v>
+      </c>
+      <c r="E615" t="s">
+        <v>993</v>
+      </c>
+      <c r="F615" t="s" s="3">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="616">
+      <c r="A616">
         <v>1375</v>
       </c>
-      <c r="B599" s="2">
+      <c r="B616" s="2">
         <v>42867</v>
       </c>
-      <c r="C599" t="s">
-[...13 lines deleted...]
-      <c r="A600">
+      <c r="C616" t="s">
+        <v>995</v>
+      </c>
+      <c r="D616" t="s">
+        <v>9</v>
+      </c>
+      <c r="E616" t="s">
+        <v>993</v>
+      </c>
+      <c r="F616" t="s" s="3">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="617">
+      <c r="A617">
         <v>1376</v>
       </c>
-      <c r="B600" s="2">
+      <c r="B617" s="2">
         <v>42867</v>
       </c>
-      <c r="C600" t="s">
-[...13 lines deleted...]
-      <c r="A601">
+      <c r="C617" t="s">
+        <v>996</v>
+      </c>
+      <c r="D617" t="s">
+        <v>9</v>
+      </c>
+      <c r="E617" t="s">
+        <v>993</v>
+      </c>
+      <c r="F617" t="s" s="3">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="618">
+      <c r="A618">
         <v>1377</v>
       </c>
-      <c r="B601" s="2">
+      <c r="B618" s="2">
         <v>42867</v>
       </c>
-      <c r="C601" t="s">
-[...10 lines deleted...]
-      <c r="A602">
+      <c r="C618" t="s">
+        <v>997</v>
+      </c>
+      <c r="D618" t="s">
+        <v>9</v>
+      </c>
+      <c r="E618" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="619">
+      <c r="A619">
         <v>1378</v>
       </c>
-      <c r="B602" s="2">
+      <c r="B619" s="2">
         <v>42867</v>
       </c>
-      <c r="C602" t="s">
-[...10 lines deleted...]
-      <c r="A603">
+      <c r="C619" t="s">
+        <v>998</v>
+      </c>
+      <c r="D619" t="s">
+        <v>9</v>
+      </c>
+      <c r="E619" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="620">
+      <c r="A620">
         <v>1379</v>
       </c>
-      <c r="B603" s="2">
+      <c r="B620" s="2">
         <v>42867</v>
       </c>
-      <c r="C603" t="s">
-[...13 lines deleted...]
-      <c r="A604">
+      <c r="C620" t="s">
+        <v>999</v>
+      </c>
+      <c r="D620" t="s">
+        <v>9</v>
+      </c>
+      <c r="E620" t="s">
+        <v>1000</v>
+      </c>
+      <c r="F620" t="s" s="3">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="621">
+      <c r="A621">
         <v>1380</v>
       </c>
-      <c r="B604" s="2">
+      <c r="B621" s="2">
         <v>42867</v>
       </c>
-      <c r="C604" t="s">
-[...5 lines deleted...]
-      <c r="E604" t="inlineStr">
+      <c r="C621" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D621" t="s">
+        <v>9</v>
+      </c>
+      <c r="E621" t="inlineStr">
         <is>
           <t>Campagna d'informazione della Regione Lazio denominata: "Ti porto lo sport". Impegno di spesa € 6.100,00 . Iva inclusa. Esercizio finanziario 2017. Capitolo di bilancio R31902.</t>
         </is>
       </c>
-      <c r="F604" t="s">
-[...4 lines deleted...]
-      <c r="A605">
+      <c r="F621" t="s" s="3">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="622">
+      <c r="A622">
         <v>1381</v>
       </c>
-      <c r="B605" s="2">
+      <c r="B622" s="2">
         <v>42867</v>
       </c>
-      <c r="C605" t="s">
-[...5 lines deleted...]
-      <c r="E605" t="inlineStr">
+      <c r="C622" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D622" t="s">
+        <v>9</v>
+      </c>
+      <c r="E622" t="inlineStr">
         <is>
           <t>Acquisto di spazi pubblicitari sulla rivista: "Benessere &amp;amp; Salute" - allegato al quotidiano Editoriale Oggi. Impegno di spesa € 15.860,00 (IVA inclusa). Capitolo di bilancio R31902, esercizio finanziario 2017. </t>
         </is>
       </c>
-      <c r="F605" t="s">
-[...4 lines deleted...]
-      <c r="A606">
+      <c r="F622" t="s" s="3">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="623">
+      <c r="A623">
         <v>1382</v>
       </c>
-      <c r="B606" s="2">
+      <c r="B623" s="2">
         <v>42867</v>
       </c>
-      <c r="C606" t="s">
-[...5 lines deleted...]
-      <c r="E606" t="inlineStr">
+      <c r="C623" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D623" t="s">
+        <v>9</v>
+      </c>
+      <c r="E623" t="inlineStr">
         <is>
           <t>Pubblicità istituzionale della Regione Lazio all'interno della 27° ed. dellapubblicazione "Osterie d'Italia 2018" a cura di POSTER srl. Impegno di € 4.880,00 (Iva inclusa) Capitolo R31902. Esercizio finanziario 2017.</t>
         </is>
       </c>
     </row>
-    <row r="607">
-      <c r="A607">
+    <row r="624">
+      <c r="A624">
         <v>1383</v>
       </c>
-      <c r="B607" s="2">
+      <c r="B624" s="2">
         <v>42867</v>
       </c>
-      <c r="C607" t="s">
-[...5 lines deleted...]
-      <c r="E607" t="inlineStr" s="3">
+      <c r="C624" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D624" t="s">
+        <v>9</v>
+      </c>
+      <c r="E624" t="inlineStr" s="3">
         <is>
           <t>Procedura di gara da espletare attraverso il MEPA per la fornitura di una rilegatrice per le esigenze del Centro Stampa Regionale.
 Determinazione G06518 del 15/05/2017 - BURL N. 43 del 30/05/2017</t>
         </is>
       </c>
     </row>
-    <row r="608">
-      <c r="A608">
+    <row r="625">
+      <c r="A625">
         <v>1384</v>
       </c>
-      <c r="B608" s="2">
+      <c r="B625" s="2">
         <v>42867</v>
       </c>
-      <c r="C608" t="s">
-[...5 lines deleted...]
-      <c r="E608" t="inlineStr" s="3">
+      <c r="C625" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D625" t="s">
+        <v>9</v>
+      </c>
+      <c r="E625" t="inlineStr" s="3">
         <is>
           <t>Procedura di gara attraverso, il MEPA di Consip, per la fornitura di una piegatrice e cucitrice professionale Plockmatic per le esigenze del Centro Stampa Regionale -Impegno di spesa € 60.829,20 Iva compresa.
 determinazione G07833 del 05/06/2017</t>
         </is>
       </c>
     </row>
-    <row r="609">
-      <c r="A609">
+    <row r="626">
+      <c r="A626">
         <v>1385</v>
       </c>
-      <c r="B609" s="2">
+      <c r="B626" s="2">
         <v>42867</v>
       </c>
-      <c r="C609" t="s">
-[...5 lines deleted...]
-      <c r="E609" t="inlineStr" s="3">
+      <c r="C626" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D626" t="s">
+        <v>9</v>
+      </c>
+      <c r="E626" t="inlineStr" s="3">
         <is>
           <t>Adesione alla convenzione Consip "PC portatili e Tablet 1 "Lotto 1 " pc portatili per basse esigenze di mobilità ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388, stipulata con R.T. I. Infordata S.p.a.
 Determinazione G08536 del 19/06/2017 </t>
         </is>
       </c>
     </row>
-    <row r="610">
-      <c r="A610">
+    <row r="627">
+      <c r="A627">
         <v>1362</v>
       </c>
-      <c r="B610" s="2">
+      <c r="B627" s="2">
         <v>42867</v>
       </c>
-      <c r="C610">
+      <c r="C627">
         <v>7082845498</v>
       </c>
-      <c r="D610" t="s">
-[...2 lines deleted...]
-      <c r="E610" t="inlineStr" s="3">
+      <c r="D627" t="s">
+        <v>9</v>
+      </c>
+      <c r="E627" t="inlineStr" s="3">
         <is>
           <t>Autorizzazione ad espletare la gara, attraverso MEPA di Consip, per la fornitura dei dispositivi di protezione individuale (DPI) per l'attività  di antincendio boschivo per il personale delle Aree Naturali Protette della Giunta Regionale.
 Determinazione a contrarre n. G08000 del 07/06/2017 BURL n. 51 del 27/06/2017</t>
         </is>
       </c>
     </row>
-    <row r="611">
-      <c r="A611">
+    <row r="628">
+      <c r="A628">
         <v>1363</v>
       </c>
-      <c r="B611" s="2">
+      <c r="B628" s="2">
         <v>42867</v>
       </c>
-      <c r="C611" t="s">
-[...5 lines deleted...]
-      <c r="E611" t="inlineStr" s="3">
+      <c r="C628" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D628" t="s">
+        <v>9</v>
+      </c>
+      <c r="E628" t="inlineStr" s="3">
         <is>
           <t>Procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci".
 Determinazione di aggiudicazione n. G04758 del 12/04/2017</t>
         </is>
       </c>
-      <c r="F611" t="s">
-[...4 lines deleted...]
-      <c r="A612">
+      <c r="F628" t="s" s="3">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="629">
+      <c r="A629">
         <v>1364</v>
       </c>
-      <c r="B612" s="2">
+      <c r="B629" s="2">
         <v>42867</v>
       </c>
-      <c r="C612" t="s">
-[...5 lines deleted...]
-      <c r="E612" t="inlineStr" s="3">
+      <c r="C629" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D629" t="s">
+        <v>9</v>
+      </c>
+      <c r="E629" t="inlineStr" s="3">
         <is>
           <t>Procedura di gara attraverso il MEPA di Consip, per la fornitura dei dispositivi di protezione individuale (DPI) in materia di tutela della salute e sicurezza nei luoghi di lavoro per il personale delle Aree Naturali Protette della Giunta Regionale.
 Determinazione a contrarre n.G08001 del 7/6/2017 - Burl 53 del 04/07/2017</t>
         </is>
       </c>
     </row>
-    <row r="613">
-      <c r="A613">
+    <row r="630">
+      <c r="A630">
         <v>1365</v>
       </c>
-      <c r="B613" s="2">
+      <c r="B630" s="2">
         <v>42867</v>
       </c>
-      <c r="C613" t="s">
-[...5 lines deleted...]
-      <c r="E613" t="inlineStr" s="3">
+      <c r="C630" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D630" t="s">
+        <v>9</v>
+      </c>
+      <c r="E630" t="inlineStr" s="3">
         <is>
           <t>Gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione del servizio di supporto al monitoraggio del contratto di Multiservizio tecnologico occorrente alle Aziende Sanitarie della Regione Lazio.
 Determinazione a contrarre n. G09081 del 28/06/17</t>
         </is>
       </c>
     </row>
-    <row r="614">
-      <c r="A614">
+    <row r="631">
+      <c r="A631">
         <v>1366</v>
       </c>
-      <c r="B614" s="2">
+      <c r="B631" s="2">
         <v>42867</v>
       </c>
-      <c r="C614" t="s">
-[...5 lines deleted...]
-      <c r="E614" t="inlineStr" s="3">
+      <c r="C631" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D631" t="s">
+        <v>9</v>
+      </c>
+      <c r="E631" t="inlineStr" s="3">
         <is>
           <t>Procedura di gara, da espletare attraverso il MEPA di Consip, per la locazione quinquennale di una fotocopiatrice in bianco e nero per le esigenze del Centro Stampa regionale.
 Determinazione a contrarre n. G07535 DEL 29/05/2017 - BURL N. 50 DEL 22/06/2017</t>
         </is>
       </c>
     </row>
-    <row r="615">
-      <c r="A615">
+    <row r="632">
+      <c r="A632">
         <v>1367</v>
       </c>
-      <c r="B615" s="2">
+      <c r="B632" s="2">
         <v>42867</v>
       </c>
-      <c r="C615" t="s">
-[...5 lines deleted...]
-      <c r="E615" t="inlineStr" s="3">
+      <c r="C632" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D632" t="s">
+        <v>9</v>
+      </c>
+      <c r="E632" t="inlineStr" s="3">
         <is>
           <t>Gara comunitaria centralizzata a procedura aperta finalizzata allâ€™acquisizione del servizio di supporto al monitoraggio del contratto di Multiservizio tecnologico occorrente alle Aziende Sanitarie della Regione Lazio.
 Determinazione a contrarre n. G07789 del 01/06/2017 - BUR n. 50 DEL 22/06/2017</t>
         </is>
       </c>
     </row>
-    <row r="616">
-      <c r="A616">
+    <row r="633">
+      <c r="A633">
         <v>1368</v>
       </c>
-      <c r="B616" s="2">
+      <c r="B633" s="2">
         <v>42867</v>
       </c>
-      <c r="C616" t="s">
-[...5 lines deleted...]
-      <c r="E616" t="inlineStr" s="3">
+      <c r="C633" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D633" t="s">
+        <v>9</v>
+      </c>
+      <c r="E633" t="inlineStr" s="3">
         <is>
           <t>Procedura di gara per la fornitura di corone e composizioni floreali per le celebrazioni nazionali, ricorrenze civili e commemorative per la durata di 12 mesi - Impegno di spesa â‚¬ 8.800,00 IVA compresa - GARA DESERTA.
 Determinazione a contrarre G04164 del 03/04/2017 - bur n. 30 del 13/04/2017</t>
         </is>
       </c>
     </row>
-    <row r="617">
-[...361 lines deleted...]
-    </row>
     <row r="634">
       <c r="A634">
-        <v>1339</v>
+        <v>1369</v>
       </c>
       <c r="B634" s="2">
         <v>42867</v>
       </c>
       <c r="C634" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="D634" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E634" t="inlineStr">
         <is>
-          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
-[...3 lines deleted...]
-        <v>998</v>
+          <t>Affidamento di un servizio per l'acquisto di spazi pubblicitari sulla rivista: "Braille News". Impegno di spesa € 19.997,16 (Iva inclusa). capitolo di bilancio R31902. Esercizio finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F634" t="s" s="3">
+        <v>1018</v>
       </c>
     </row>
     <row r="635">
       <c r="A635">
-        <v>1340</v>
+        <v>1370</v>
       </c>
       <c r="B635" s="2">
         <v>42867</v>
       </c>
-      <c r="C635">
-        <v>7013318519</v>
+      <c r="C635" t="s">
+        <v>1019</v>
       </c>
       <c r="D635" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-        <v>998</v>
+        <v>9</v>
+      </c>
+      <c r="E635" t="s">
+        <v>993</v>
+      </c>
+      <c r="F635" t="s" s="3">
+        <v>994</v>
       </c>
     </row>
     <row r="636">
       <c r="A636">
-        <v>1341</v>
+        <v>1371</v>
       </c>
       <c r="B636" s="2">
         <v>42867</v>
       </c>
       <c r="C636" t="s">
-        <v>1015</v>
+        <v>1020</v>
       </c>
       <c r="D636" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-        <v>998</v>
+        <v>9</v>
+      </c>
+      <c r="E636" t="s">
+        <v>993</v>
+      </c>
+      <c r="F636" t="s" s="3">
+        <v>994</v>
       </c>
     </row>
     <row r="637">
       <c r="A637">
-        <v>1342</v>
+        <v>1372</v>
       </c>
       <c r="B637" s="2">
         <v>42867</v>
       </c>
-      <c r="C637">
-        <v>7013340740</v>
+      <c r="C637" t="s">
+        <v>1021</v>
       </c>
       <c r="D637" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-        <v>998</v>
+        <v>9</v>
+      </c>
+      <c r="E637" t="s">
+        <v>993</v>
+      </c>
+      <c r="F637" t="s" s="3">
+        <v>994</v>
       </c>
     </row>
     <row r="638">
       <c r="A638">
-        <v>1343</v>
+        <v>1373</v>
       </c>
       <c r="B638" s="2">
         <v>42867</v>
       </c>
       <c r="C638" t="s">
-        <v>1016</v>
+        <v>1022</v>
       </c>
       <c r="D638" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-        <v>998</v>
+        <v>9</v>
+      </c>
+      <c r="E638" t="s">
+        <v>993</v>
+      </c>
+      <c r="F638" t="s" s="3">
+        <v>994</v>
       </c>
     </row>
     <row r="639">
       <c r="A639">
-        <v>1344</v>
+        <v>1350</v>
       </c>
       <c r="B639" s="2">
         <v>42867</v>
       </c>
       <c r="C639" t="s">
-        <v>1017</v>
+        <v>1023</v>
       </c>
       <c r="D639" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E639" t="inlineStr">
         <is>
           <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
         </is>
       </c>
-      <c r="F639" t="s">
-        <v>998</v>
+      <c r="F639" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="640">
       <c r="A640">
-        <v>1345</v>
+        <v>1351</v>
       </c>
       <c r="B640" s="2">
         <v>42867</v>
       </c>
       <c r="C640" t="s">
-        <v>1018</v>
+        <v>1025</v>
       </c>
       <c r="D640" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E640" t="inlineStr">
         <is>
           <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
         </is>
       </c>
-      <c r="F640" t="s">
-        <v>998</v>
+      <c r="F640" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="641">
       <c r="A641">
-        <v>1346</v>
+        <v>1352</v>
       </c>
       <c r="B641" s="2">
         <v>42867</v>
       </c>
-      <c r="C641">
-        <v>7013396577</v>
+      <c r="C641" t="s">
+        <v>1026</v>
       </c>
       <c r="D641" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E641" t="inlineStr">
         <is>
           <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
         </is>
       </c>
-      <c r="F641" t="s">
-        <v>998</v>
+      <c r="F641" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="642">
       <c r="A642">
-        <v>1347</v>
+        <v>1353</v>
       </c>
       <c r="B642" s="2">
         <v>42867</v>
       </c>
       <c r="C642" t="s">
-        <v>1019</v>
+        <v>1027</v>
       </c>
       <c r="D642" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E642" t="inlineStr">
         <is>
           <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
         </is>
       </c>
-      <c r="F642" t="s">
-        <v>998</v>
+      <c r="F642" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="643">
       <c r="A643">
-        <v>1348</v>
+        <v>1354</v>
       </c>
       <c r="B643" s="2">
         <v>42867</v>
       </c>
-      <c r="C643">
-        <v>7013410106</v>
+      <c r="C643" t="s">
+        <v>1028</v>
       </c>
       <c r="D643" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E643" t="inlineStr">
         <is>
-          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
-[...3 lines deleted...]
-        <v>998</v>
+          <t>DD_G05666_03_05_2017 - BURL n. 40 del 18/05/2017: Adesione alla Convenzione Consip "Energia Elettrica 14" Lotto 6 per la fornitura di energia elettrica e dei servizi connessi per le Pubbliche Amministrazioni, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388 e della Legge 7 agosto 2012 n. 135, stipulata con Gala S.p.A. - durata contratto 12 mesi - Capitolo S23418 - Impegno di €. 1.300.000,00 sull'esercizio finanziario 2017 – Prenotazione d'impegno di €. 1.300.000,00 sull'esercizio finanziario 2018.</t>
+        </is>
       </c>
     </row>
     <row r="644">
       <c r="A644">
-        <v>1349</v>
+        <v>1355</v>
       </c>
       <c r="B644" s="2">
         <v>42867</v>
       </c>
       <c r="C644" t="s">
-        <v>1020</v>
+        <v>1029</v>
       </c>
       <c r="D644" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E644" t="inlineStr">
         <is>
-          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
-[...3 lines deleted...]
-        <v>998</v>
+          <t>Promozione d'immagine per la Regione Lazio in occasione dell'iniziativa: "Le Vie del Cinema da Cannes a Roma e in Regione - ed. 2017". Impegno di spesa di € 12.200,00 (iva inclusa). Capitolo R31902. Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F644" t="s" s="3">
+        <v>1030</v>
       </c>
     </row>
     <row r="645">
       <c r="A645">
-        <v>1328</v>
+        <v>1356</v>
       </c>
       <c r="B645" s="2">
         <v>42867</v>
       </c>
       <c r="C645" t="s">
-        <v>1021</v>
+        <v>1031</v>
       </c>
       <c r="D645" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E645" t="inlineStr">
         <is>
-          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
-[...3 lines deleted...]
-        <v>998</v>
+          <t>Acquisto di spazi pubblicitari sulla rivista "Magazine Salute"- allegato al settimanale SETTE del Corriere della Sera. Impegno di spesa E 21.960,00 (Iva inclusa). Capitolo di bilancio R31902. Esercizio finanziario  2017.</t>
+        </is>
+      </c>
+      <c r="F645" t="s" s="3">
+        <v>1032</v>
       </c>
     </row>
     <row r="646">
       <c r="A646">
-        <v>1329</v>
+        <v>1357</v>
       </c>
       <c r="B646" s="2">
         <v>42867</v>
       </c>
       <c r="C646" t="s">
-        <v>1022</v>
+        <v>1033</v>
       </c>
       <c r="D646" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E646" t="inlineStr">
         <is>
-          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
-[...3 lines deleted...]
-        <v>998</v>
+          <t>Promozione di immagine per la Regione Lazio in occasione della manifestazione "Lazio Pride 2017" a cura dell'Associazione Arcigay Roma – Impegno di spesa di € 10.000,00 (IVA esente) Capitolo di bilancio R31902 - Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F646" t="s" s="3">
+        <v>1034</v>
       </c>
     </row>
     <row r="647">
       <c r="A647">
-        <v>1330</v>
+        <v>1358</v>
       </c>
       <c r="B647" s="2">
         <v>42867</v>
       </c>
       <c r="C647" t="s">
-        <v>1023</v>
+        <v>1035</v>
       </c>
       <c r="D647" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E647" t="inlineStr">
         <is>
-          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
-[...3 lines deleted...]
-        <v>998</v>
+          <t>Campagna di informazione della Regione Lazio denominata: "Spot redazionali sui bandi europei e sulle attività dell'Ente" attraverso emittenti radiofoniche. Impegno di spesa € 92.997,60 - Esercizio finanziario 2017 – Capitolo di bilancio R31902.</t>
+        </is>
+      </c>
+      <c r="F647" t="s" s="3">
+        <v>1036</v>
       </c>
     </row>
     <row r="648">
       <c r="A648">
-        <v>1331</v>
+        <v>1359</v>
       </c>
       <c r="B648" s="2">
         <v>42867</v>
       </c>
-      <c r="C648">
-        <v>7013244807</v>
+      <c r="C648" t="s">
+        <v>1037</v>
       </c>
       <c r="D648" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E648" t="inlineStr">
         <is>
-          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
-[...3 lines deleted...]
-        <v>998</v>
+          <t>Campagna di informazione della Regione Lazio denominata: "Spot redazionali sui bandi europei e sulle attività dell'Ente" attraverso emittenti radiofoniche. Impegno di spesa € 92.997,60 - Esercizio finanziario 2017 – Capitolo di bilancio R31902.</t>
+        </is>
+      </c>
+      <c r="F648" t="s" s="3">
+        <v>1036</v>
       </c>
     </row>
     <row r="649">
       <c r="A649">
-        <v>1332</v>
+        <v>1360</v>
       </c>
       <c r="B649" s="2">
         <v>42867</v>
       </c>
       <c r="C649" t="s">
-        <v>1024</v>
+        <v>1038</v>
       </c>
       <c r="D649" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E649" t="inlineStr">
         <is>
-          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
-[...3 lines deleted...]
-        <v>998</v>
+          <t>Campagna di informazione della Regione Lazio denominata: "Spot redazionali sui bandi europei e sulle attività dell'Ente" attraverso emittenti radiofoniche. Impegno di spesa € 92.997,60 - Esercizio finanziario 2017 – Capitolo di bilancio R31902.</t>
+        </is>
+      </c>
+      <c r="F649" t="s" s="3">
+        <v>1036</v>
       </c>
     </row>
     <row r="650">
       <c r="A650">
-        <v>1333</v>
+        <v>1361</v>
       </c>
       <c r="B650" s="2">
         <v>42867</v>
       </c>
       <c r="C650" t="s">
-        <v>1025</v>
+        <v>1039</v>
       </c>
       <c r="D650" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E650" t="inlineStr">
         <is>
-          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
-[...3 lines deleted...]
-        <v>998</v>
+          <t>Campagna di informazione della Regione Lazio denominata: "Spot redazionali sui bandi europei e sulle attività dell'Ente" attraverso emittenti radiofoniche. Impegno di spesa € 92.997,60 - Esercizio finanziario 2017 – Capitolo di bilancio R31902.</t>
+        </is>
+      </c>
+      <c r="F650" t="s" s="3">
+        <v>1036</v>
       </c>
     </row>
     <row r="651">
       <c r="A651">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="B651" s="2">
         <v>42867</v>
       </c>
       <c r="C651" t="s">
-        <v>1026</v>
+        <v>1040</v>
       </c>
       <c r="D651" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E651" t="inlineStr">
         <is>
           <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
         </is>
       </c>
-      <c r="F651" t="s">
-        <v>998</v>
+      <c r="F651" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="652">
       <c r="A652">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="B652" s="2">
         <v>42867</v>
       </c>
-      <c r="C652" t="s">
-        <v>1027</v>
+      <c r="C652">
+        <v>7013318519</v>
       </c>
       <c r="D652" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E652" t="inlineStr">
         <is>
           <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
         </is>
       </c>
-      <c r="F652" t="s">
-        <v>998</v>
+      <c r="F652" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="653">
       <c r="A653">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="B653" s="2">
         <v>42867</v>
       </c>
       <c r="C653" t="s">
-        <v>1028</v>
+        <v>1041</v>
       </c>
       <c r="D653" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E653" t="inlineStr">
         <is>
           <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
         </is>
       </c>
-      <c r="F653" t="s">
-        <v>998</v>
+      <c r="F653" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="654">
       <c r="A654">
-        <v>1337</v>
+        <v>1342</v>
       </c>
       <c r="B654" s="2">
         <v>42867</v>
       </c>
-      <c r="C654" t="s">
-        <v>1029</v>
+      <c r="C654">
+        <v>7013340740</v>
       </c>
       <c r="D654" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E654" t="inlineStr">
         <is>
           <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
         </is>
       </c>
-      <c r="F654" t="s">
-        <v>998</v>
+      <c r="F654" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="655">
       <c r="A655">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="B655" s="2">
         <v>42867</v>
       </c>
       <c r="C655" t="s">
-        <v>1030</v>
+        <v>1042</v>
       </c>
       <c r="D655" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E655" t="inlineStr">
         <is>
           <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
         </is>
       </c>
-      <c r="F655" t="s">
-        <v>998</v>
+      <c r="F655" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="656">
       <c r="A656">
-        <v>1316</v>
+        <v>1344</v>
       </c>
       <c r="B656" s="2">
         <v>42867</v>
       </c>
-      <c r="C656">
-        <v>7047906405</v>
+      <c r="C656" t="s">
+        <v>1043</v>
       </c>
       <c r="D656" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E656" t="inlineStr">
         <is>
-          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
-[...3 lines deleted...]
-        <v>1031</v>
+          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
+        </is>
+      </c>
+      <c r="F656" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="657">
       <c r="A657">
-        <v>1317</v>
+        <v>1345</v>
       </c>
       <c r="B657" s="2">
         <v>42867</v>
       </c>
       <c r="C657" t="s">
-        <v>1032</v>
+        <v>1044</v>
       </c>
       <c r="D657" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E657" t="inlineStr">
         <is>
-          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
-[...3 lines deleted...]
-        <v>1031</v>
+          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
+        </is>
+      </c>
+      <c r="F657" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="658">
       <c r="A658">
-        <v>1318</v>
+        <v>1346</v>
       </c>
       <c r="B658" s="2">
         <v>42867</v>
       </c>
       <c r="C658">
-        <v>7047910751</v>
+        <v>7013396577</v>
       </c>
       <c r="D658" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E658" t="inlineStr">
         <is>
-          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
-[...3 lines deleted...]
-        <v>1031</v>
+          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
+        </is>
+      </c>
+      <c r="F658" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="659">
       <c r="A659">
-        <v>1319</v>
+        <v>1347</v>
       </c>
       <c r="B659" s="2">
         <v>42867</v>
       </c>
-      <c r="C659">
-        <v>7047932978</v>
+      <c r="C659" t="s">
+        <v>1045</v>
       </c>
       <c r="D659" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E659" t="inlineStr">
         <is>
-          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
-[...3 lines deleted...]
-        <v>1031</v>
+          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
+        </is>
+      </c>
+      <c r="F659" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="660">
       <c r="A660">
-        <v>1320</v>
+        <v>1348</v>
       </c>
       <c r="B660" s="2">
         <v>42867</v>
       </c>
-      <c r="C660" t="s">
-        <v>1033</v>
+      <c r="C660">
+        <v>7013410106</v>
       </c>
       <c r="D660" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E660" t="inlineStr">
         <is>
-          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
-[...3 lines deleted...]
-        <v>1031</v>
+          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
+        </is>
+      </c>
+      <c r="F660" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="661">
       <c r="A661">
-        <v>1321</v>
+        <v>1349</v>
       </c>
       <c r="B661" s="2">
         <v>42867</v>
       </c>
       <c r="C661" t="s">
-        <v>1034</v>
+        <v>1046</v>
       </c>
       <c r="D661" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E661" t="inlineStr">
         <is>
-          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
-[...3 lines deleted...]
-        <v>1031</v>
+          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
+        </is>
+      </c>
+      <c r="F661" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="662">
       <c r="A662">
-        <v>1322</v>
+        <v>1328</v>
       </c>
       <c r="B662" s="2">
         <v>42867</v>
       </c>
       <c r="C662" t="s">
-        <v>1035</v>
+        <v>1047</v>
       </c>
       <c r="D662" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E662" t="inlineStr">
         <is>
-          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
-[...3 lines deleted...]
-        <v>1031</v>
+          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
+        </is>
+      </c>
+      <c r="F662" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="663">
       <c r="A663">
-        <v>1323</v>
+        <v>1329</v>
       </c>
       <c r="B663" s="2">
         <v>42867</v>
       </c>
       <c r="C663" t="s">
-        <v>1036</v>
+        <v>1048</v>
       </c>
       <c r="D663" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E663" t="inlineStr">
         <is>
-          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
-[...3 lines deleted...]
-        <v>1031</v>
+          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
+        </is>
+      </c>
+      <c r="F663" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="664">
       <c r="A664">
-        <v>1324</v>
+        <v>1330</v>
       </c>
       <c r="B664" s="2">
         <v>42867</v>
       </c>
       <c r="C664" t="s">
-        <v>1037</v>
+        <v>1049</v>
       </c>
       <c r="D664" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E664" t="inlineStr">
         <is>
           <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
         </is>
       </c>
-      <c r="F664" t="s">
-        <v>998</v>
+      <c r="F664" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="665">
       <c r="A665">
-        <v>1325</v>
+        <v>1331</v>
       </c>
       <c r="B665" s="2">
         <v>42867</v>
       </c>
-      <c r="C665" t="s">
-        <v>1038</v>
+      <c r="C665">
+        <v>7013244807</v>
       </c>
       <c r="D665" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E665" t="inlineStr">
         <is>
           <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
         </is>
       </c>
-      <c r="F665" t="s">
-        <v>998</v>
+      <c r="F665" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="666">
       <c r="A666">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="B666" s="2">
         <v>42867</v>
       </c>
       <c r="C666" t="s">
-        <v>1039</v>
+        <v>1050</v>
       </c>
       <c r="D666" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E666" t="inlineStr">
         <is>
           <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
         </is>
       </c>
-      <c r="F666" t="s">
-        <v>998</v>
+      <c r="F666" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="667">
       <c r="A667">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="B667" s="2">
         <v>42867</v>
       </c>
       <c r="C667" t="s">
-        <v>1040</v>
+        <v>1051</v>
       </c>
       <c r="D667" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E667" t="inlineStr">
         <is>
           <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
         </is>
       </c>
-      <c r="F667" t="s">
-        <v>998</v>
+      <c r="F667" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="668">
       <c r="A668">
-        <v>1304</v>
+        <v>1334</v>
       </c>
       <c r="B668" s="2">
         <v>42867</v>
       </c>
       <c r="C668" t="s">
-        <v>1041</v>
+        <v>1052</v>
       </c>
       <c r="D668" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E668" t="inlineStr">
         <is>
-          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
-[...3 lines deleted...]
-        <v>1031</v>
+          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
+        </is>
+      </c>
+      <c r="F668" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="669">
       <c r="A669">
-        <v>1305</v>
+        <v>1335</v>
       </c>
       <c r="B669" s="2">
         <v>42867</v>
       </c>
-      <c r="C669">
-        <v>7047831620</v>
+      <c r="C669" t="s">
+        <v>1053</v>
       </c>
       <c r="D669" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E669" t="inlineStr">
         <is>
-          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
-[...3 lines deleted...]
-        <v>1031</v>
+          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
+        </is>
+      </c>
+      <c r="F669" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="670">
       <c r="A670">
-        <v>1306</v>
+        <v>1336</v>
       </c>
       <c r="B670" s="2">
         <v>42867</v>
       </c>
       <c r="C670" t="s">
-        <v>1042</v>
+        <v>1054</v>
       </c>
       <c r="D670" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E670" t="inlineStr">
         <is>
-          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
-[...3 lines deleted...]
-        <v>1031</v>
+          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
+        </is>
+      </c>
+      <c r="F670" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="671">
       <c r="A671">
-        <v>1307</v>
+        <v>1337</v>
       </c>
       <c r="B671" s="2">
         <v>42867</v>
       </c>
       <c r="C671" t="s">
-        <v>1043</v>
+        <v>1055</v>
       </c>
       <c r="D671" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E671" t="inlineStr">
         <is>
-          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
-[...3 lines deleted...]
-        <v>1031</v>
+          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
+        </is>
+      </c>
+      <c r="F671" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="672">
       <c r="A672">
-        <v>1308</v>
+        <v>1338</v>
       </c>
       <c r="B672" s="2">
         <v>42867</v>
       </c>
       <c r="C672" t="s">
-        <v>1044</v>
+        <v>1056</v>
       </c>
       <c r="D672" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E672" t="inlineStr">
         <is>
-          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
-[...3 lines deleted...]
-        <v>1031</v>
+          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
+        </is>
+      </c>
+      <c r="F672" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="673">
       <c r="A673">
-        <v>1309</v>
+        <v>1316</v>
       </c>
       <c r="B673" s="2">
         <v>42867</v>
       </c>
-      <c r="C673" t="s">
-        <v>1045</v>
+      <c r="C673">
+        <v>7047906405</v>
       </c>
       <c r="D673" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E673" t="inlineStr">
         <is>
           <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
         </is>
       </c>
-      <c r="F673" t="s">
-        <v>1031</v>
+      <c r="F673" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="674">
       <c r="A674">
-        <v>1310</v>
+        <v>1317</v>
       </c>
       <c r="B674" s="2">
         <v>42867</v>
       </c>
       <c r="C674" t="s">
-        <v>1046</v>
+        <v>1058</v>
       </c>
       <c r="D674" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E674" t="inlineStr">
         <is>
           <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
         </is>
       </c>
-      <c r="F674" t="s">
-        <v>1031</v>
+      <c r="F674" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="675">
       <c r="A675">
-        <v>1311</v>
+        <v>1318</v>
       </c>
       <c r="B675" s="2">
         <v>42867</v>
       </c>
-      <c r="C675" t="s">
-        <v>1047</v>
+      <c r="C675">
+        <v>7047910751</v>
       </c>
       <c r="D675" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E675" t="inlineStr">
         <is>
           <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
         </is>
       </c>
-      <c r="F675" t="s">
-        <v>1031</v>
+      <c r="F675" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="676">
       <c r="A676">
-        <v>1312</v>
+        <v>1319</v>
       </c>
       <c r="B676" s="2">
         <v>42867</v>
       </c>
-      <c r="C676" t="s">
-        <v>1048</v>
+      <c r="C676">
+        <v>7047932978</v>
       </c>
       <c r="D676" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E676" t="inlineStr">
         <is>
           <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
         </is>
       </c>
-      <c r="F676" t="s">
-        <v>1031</v>
+      <c r="F676" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="677">
       <c r="A677">
-        <v>1313</v>
+        <v>1320</v>
       </c>
       <c r="B677" s="2">
         <v>42867</v>
       </c>
-      <c r="C677">
-        <v>7047892876</v>
+      <c r="C677" t="s">
+        <v>1059</v>
       </c>
       <c r="D677" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E677" t="inlineStr">
         <is>
           <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
         </is>
       </c>
-      <c r="F677" t="s">
-        <v>1031</v>
+      <c r="F677" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="678">
       <c r="A678">
-        <v>1314</v>
+        <v>1321</v>
       </c>
       <c r="B678" s="2">
         <v>42867</v>
       </c>
       <c r="C678" t="s">
-        <v>1049</v>
+        <v>1060</v>
       </c>
       <c r="D678" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E678" t="inlineStr">
         <is>
           <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
         </is>
       </c>
-      <c r="F678" t="s">
-        <v>1031</v>
+      <c r="F678" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="679">
       <c r="A679">
-        <v>1315</v>
+        <v>1322</v>
       </c>
       <c r="B679" s="2">
         <v>42867</v>
       </c>
       <c r="C679" t="s">
-        <v>1050</v>
+        <v>1061</v>
       </c>
       <c r="D679" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E679" t="inlineStr">
         <is>
           <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
         </is>
       </c>
-      <c r="F679" t="s">
-        <v>1031</v>
+      <c r="F679" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="680">
       <c r="A680">
-        <v>1294</v>
+        <v>1323</v>
       </c>
       <c r="B680" s="2">
         <v>42867</v>
       </c>
-      <c r="C680">
-        <v>7047595360</v>
+      <c r="C680" t="s">
+        <v>1062</v>
       </c>
       <c r="D680" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E680" t="inlineStr">
         <is>
           <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
         </is>
       </c>
-      <c r="F680" t="s">
-        <v>1031</v>
+      <c r="F680" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="681">
       <c r="A681">
-        <v>1295</v>
+        <v>1324</v>
       </c>
       <c r="B681" s="2">
         <v>42867</v>
       </c>
       <c r="C681" t="s">
-        <v>1051</v>
+        <v>1063</v>
       </c>
       <c r="D681" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E681" t="inlineStr">
         <is>
-          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
-[...3 lines deleted...]
-        <v>1031</v>
+          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
+        </is>
+      </c>
+      <c r="F681" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="682">
       <c r="A682">
-        <v>1296</v>
+        <v>1325</v>
       </c>
       <c r="B682" s="2">
         <v>42867</v>
       </c>
       <c r="C682" t="s">
-        <v>1052</v>
+        <v>1064</v>
       </c>
       <c r="D682" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E682" t="inlineStr">
         <is>
-          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
-[...3 lines deleted...]
-        <v>1031</v>
+          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
+        </is>
+      </c>
+      <c r="F682" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="683">
       <c r="A683">
-        <v>1297</v>
+        <v>1326</v>
       </c>
       <c r="B683" s="2">
         <v>42867</v>
       </c>
-      <c r="C683">
-        <v>7047631116</v>
+      <c r="C683" t="s">
+        <v>1065</v>
       </c>
       <c r="D683" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E683" t="inlineStr">
         <is>
-          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
-[...3 lines deleted...]
-        <v>1031</v>
+          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
+        </is>
+      </c>
+      <c r="F683" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="684">
       <c r="A684">
-        <v>1298</v>
+        <v>1327</v>
       </c>
       <c r="B684" s="2">
         <v>42867</v>
       </c>
-      <c r="C684">
-        <v>7047636535</v>
+      <c r="C684" t="s">
+        <v>1066</v>
       </c>
       <c r="D684" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E684" t="inlineStr">
         <is>
-          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
-[...3 lines deleted...]
-        <v>1031</v>
+          <t>DD_G03414_20_03_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3.DD_G04758_12_04_2017 (determina di aggiudicazione):Aggiudicazione procedura indetta con determinazione n. G03414 del 20 marzo 2017 "Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 3".</t>
+        </is>
+      </c>
+      <c r="F684" t="s" s="3">
+        <v>1024</v>
       </c>
     </row>
     <row r="685">
       <c r="A685">
-        <v>1299</v>
+        <v>1304</v>
       </c>
       <c r="B685" s="2">
         <v>42867</v>
       </c>
       <c r="C685" t="s">
-        <v>1053</v>
+        <v>1067</v>
       </c>
       <c r="D685" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E685" t="inlineStr">
         <is>
           <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
         </is>
       </c>
-      <c r="F685" t="s">
-        <v>1031</v>
+      <c r="F685" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="686">
       <c r="A686">
-        <v>1300</v>
+        <v>1305</v>
       </c>
       <c r="B686" s="2">
         <v>42867</v>
       </c>
       <c r="C686">
-        <v>7047807253</v>
+        <v>7047831620</v>
       </c>
       <c r="D686" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E686" t="inlineStr">
         <is>
           <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
         </is>
       </c>
-      <c r="F686" t="s">
-        <v>1031</v>
+      <c r="F686" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="687">
       <c r="A687">
-        <v>1301</v>
+        <v>1306</v>
       </c>
       <c r="B687" s="2">
         <v>42867</v>
       </c>
-      <c r="C687">
-        <v>7047812672</v>
+      <c r="C687" t="s">
+        <v>1068</v>
       </c>
       <c r="D687" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E687" t="inlineStr">
         <is>
           <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
         </is>
       </c>
-      <c r="F687" t="s">
-        <v>1031</v>
+      <c r="F687" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="688">
       <c r="A688">
-        <v>1302</v>
+        <v>1307</v>
       </c>
       <c r="B688" s="2">
         <v>42867</v>
       </c>
       <c r="C688" t="s">
-        <v>1054</v>
+        <v>1069</v>
       </c>
       <c r="D688" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E688" t="inlineStr">
         <is>
           <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
         </is>
       </c>
-      <c r="F688" t="s">
-        <v>1031</v>
+      <c r="F688" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="689">
       <c r="A689">
-        <v>1303</v>
+        <v>1308</v>
       </c>
       <c r="B689" s="2">
         <v>42867</v>
       </c>
       <c r="C689" t="s">
-        <v>1055</v>
+        <v>1070</v>
       </c>
       <c r="D689" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E689" t="inlineStr">
         <is>
           <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
         </is>
       </c>
-      <c r="F689" t="s">
-        <v>1031</v>
+      <c r="F689" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="690">
       <c r="A690">
-        <v>1284</v>
+        <v>1309</v>
       </c>
       <c r="B690" s="2">
         <v>42867</v>
       </c>
       <c r="C690" t="s">
-        <v>1056</v>
+        <v>1071</v>
       </c>
       <c r="D690" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E690" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio sulla nuova App "Salute Lazio" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 28.964,75 (IVA inclusa) Es.Fin.2017.</t>
-[...2 lines deleted...]
-      <c r="F690" t="s">
+          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
+        </is>
+      </c>
+      <c r="F690" t="s" s="3">
         <v>1057</v>
       </c>
     </row>
     <row r="691">
       <c r="A691">
-        <v>1285</v>
+        <v>1310</v>
       </c>
       <c r="B691" s="2">
         <v>42867</v>
       </c>
       <c r="C691" t="s">
-        <v>1058</v>
+        <v>1072</v>
       </c>
       <c r="D691" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E691" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio sulla nuova App "Salute Lazio" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 28.964,75 (IVA inclusa) Es.Fin.2017.</t>
-[...2 lines deleted...]
-      <c r="F691" t="s">
+          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
+        </is>
+      </c>
+      <c r="F691" t="s" s="3">
         <v>1057</v>
       </c>
     </row>
     <row r="692">
       <c r="A692">
-        <v>1286</v>
+        <v>1311</v>
       </c>
       <c r="B692" s="2">
         <v>42867</v>
       </c>
       <c r="C692" t="s">
-        <v>1059</v>
+        <v>1073</v>
       </c>
       <c r="D692" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E692" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio sulla nuova App "Salute Lazio" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 28.964,75 (IVA inclusa) Es.Fin.2017.</t>
-[...2 lines deleted...]
-      <c r="F692" t="s">
+          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
+        </is>
+      </c>
+      <c r="F692" t="s" s="3">
         <v>1057</v>
       </c>
     </row>
     <row r="693">
       <c r="A693">
-        <v>1287</v>
+        <v>1312</v>
       </c>
       <c r="B693" s="2">
         <v>42867</v>
       </c>
       <c r="C693" t="s">
-        <v>1060</v>
+        <v>1074</v>
       </c>
       <c r="D693" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E693" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio sulla nuova App "Salute Lazio" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 28.964,75 (IVA inclusa) Es.Fin.2017.</t>
-[...2 lines deleted...]
-      <c r="F693" t="s">
+          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
+        </is>
+      </c>
+      <c r="F693" t="s" s="3">
         <v>1057</v>
       </c>
     </row>
     <row r="694">
       <c r="A694">
-        <v>1288</v>
+        <v>1313</v>
       </c>
       <c r="B694" s="2">
         <v>42867</v>
       </c>
-      <c r="C694" t="s">
-        <v>1061</v>
+      <c r="C694">
+        <v>7047892876</v>
       </c>
       <c r="D694" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E694" t="inlineStr">
         <is>
-          <t>Pubblicazione e diffusione di una brochure dedicata alle zone colpite dal sisma 2016  - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 56.120,00 (IVA inclusa) -</t>
-[...3 lines deleted...]
-        <v>1062</v>
+          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
+        </is>
+      </c>
+      <c r="F694" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="695">
       <c r="A695">
-        <v>1289</v>
+        <v>1314</v>
       </c>
       <c r="B695" s="2">
         <v>42867</v>
       </c>
       <c r="C695" t="s">
-        <v>1063</v>
+        <v>1075</v>
       </c>
       <c r="D695" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E695" t="inlineStr">
         <is>
-          <t>Pubblicazione e diffusione di una brochure dedicata alle zone colpite dal sisma 2016  - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 56.120,00 (IVA inclusa) -</t>
-[...3 lines deleted...]
-        <v>1062</v>
+          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
+        </is>
+      </c>
+      <c r="F695" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="696">
       <c r="A696">
-        <v>1290</v>
+        <v>1315</v>
       </c>
       <c r="B696" s="2">
         <v>42867</v>
       </c>
-      <c r="C696">
-        <v>0</v>
+      <c r="C696" t="s">
+        <v>1076</v>
       </c>
       <c r="D696" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E696" t="inlineStr">
         <is>
-          <t>DD_G02262_24_02_2017- BURL n. 21 Suppl. n. 1 del 14 marzo 2017: Articolo 1 bis (Giornata regionale della memoria, della legalità e dell'impegno in ricordo delle vittime di tutte le mafie) e 1 ter (premio regionale "legalità contro tutte le mafie) della l.r. 15/2001. Affidamento alla società "Lazio Innova" S.p.A. delle attività "Percorsi di memoria e impegno in ricordo delle vittime di tutte le mafie". Approvazione schema di Convenzione tra Regione Lazio e Lazio Innova S.p.A. - Impegno di spesa, per complessivi Euro 50.000,00 a favore di Lazio Innova S.p.a. - Capitolo di spesa R45906 – Missione 03 Programma 02 (Armo - Spese relative alla sicurezza e polizia locale, Trasferimenti Correnti Altri Servizi Missione 03 Programma 02 1.03.02.99.000, esercizio finanziario 2017.</t>
-        </is>
+          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
+        </is>
+      </c>
+      <c r="F696" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="697">
       <c r="A697">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="B697" s="2">
         <v>42867</v>
       </c>
-      <c r="C697" t="s">
-        <v>1064</v>
+      <c r="C697">
+        <v>7047595360</v>
       </c>
       <c r="D697" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E697" t="inlineStr">
         <is>
           <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
         </is>
       </c>
-      <c r="F697" t="s">
-        <v>1031</v>
+      <c r="F697" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="698">
       <c r="A698">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="B698" s="2">
         <v>42867</v>
       </c>
-      <c r="C698">
-        <v>7047562823</v>
+      <c r="C698" t="s">
+        <v>1077</v>
       </c>
       <c r="D698" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E698" t="inlineStr">
         <is>
           <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
         </is>
       </c>
-      <c r="F698" t="s">
-        <v>1031</v>
+      <c r="F698" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="699">
       <c r="A699">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="B699" s="2">
         <v>42867</v>
       </c>
-      <c r="C699">
-        <v>7047583977</v>
+      <c r="C699" t="s">
+        <v>1078</v>
       </c>
       <c r="D699" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E699" t="inlineStr">
         <is>
           <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
         </is>
       </c>
-      <c r="F699" t="s">
-        <v>1031</v>
+      <c r="F699" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="700">
       <c r="A700">
-        <v>1272</v>
+        <v>1297</v>
       </c>
       <c r="B700" s="2">
         <v>42867</v>
       </c>
-      <c r="C700" t="s">
-        <v>1065</v>
+      <c r="C700">
+        <v>7047631116</v>
       </c>
       <c r="D700" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E700" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016 denominata "Emozioni nel cuore d'Italia" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 106.039,96(IVA inclusa) Es.Fin.2017.</t>
-[...3 lines deleted...]
-        <v>1066</v>
+          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
+        </is>
+      </c>
+      <c r="F700" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="701">
       <c r="A701">
-        <v>1273</v>
+        <v>1298</v>
       </c>
       <c r="B701" s="2">
         <v>42867</v>
       </c>
-      <c r="C701" t="s">
-        <v>1067</v>
+      <c r="C701">
+        <v>7047636535</v>
       </c>
       <c r="D701" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E701" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016 denominata "Emozioni nel cuore d'Italia" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 106.039,96(IVA inclusa) Es.Fin.2017.</t>
-[...3 lines deleted...]
-        <v>1066</v>
+          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
+        </is>
+      </c>
+      <c r="F701" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="702">
       <c r="A702">
-        <v>1274</v>
+        <v>1299</v>
       </c>
       <c r="B702" s="2">
         <v>42867</v>
       </c>
       <c r="C702" t="s">
-        <v>1068</v>
+        <v>1079</v>
       </c>
       <c r="D702" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E702" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016 denominata "Emozioni nel cuore d'Italia" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 106.039,96(IVA inclusa) Es.Fin.2017.</t>
-[...3 lines deleted...]
-        <v>1066</v>
+          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
+        </is>
+      </c>
+      <c r="F702" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="703">
       <c r="A703">
-        <v>1275</v>
+        <v>1300</v>
       </c>
       <c r="B703" s="2">
         <v>42867</v>
       </c>
-      <c r="C703" t="s">
-        <v>1069</v>
+      <c r="C703">
+        <v>7047807253</v>
       </c>
       <c r="D703" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E703" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016 denominata "Emozioni nel cuore d'Italia" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 106.039,96(IVA inclusa) Es.Fin.2017.</t>
-[...3 lines deleted...]
-        <v>1066</v>
+          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
+        </is>
+      </c>
+      <c r="F703" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="704">
       <c r="A704">
-        <v>1276</v>
+        <v>1301</v>
       </c>
       <c r="B704" s="2">
         <v>42867</v>
       </c>
-      <c r="C704" t="s">
-        <v>1070</v>
+      <c r="C704">
+        <v>7047812672</v>
       </c>
       <c r="D704" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E704" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016 denominata "Emozioni nel cuore d'Italia" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 106.039,96(IVA inclusa) Es.Fin.2017.</t>
-[...3 lines deleted...]
-        <v>1066</v>
+          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
+        </is>
+      </c>
+      <c r="F704" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="705">
       <c r="A705">
-        <v>1277</v>
+        <v>1302</v>
       </c>
       <c r="B705" s="2">
         <v>42867</v>
       </c>
       <c r="C705" t="s">
-        <v>1071</v>
+        <v>1080</v>
       </c>
       <c r="D705" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E705" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016 denominata "Emozioni nel cuore d'Italia" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 106.039,96(IVA inclusa) Es.Fin.2017.</t>
-[...3 lines deleted...]
-        <v>1066</v>
+          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
+        </is>
+      </c>
+      <c r="F705" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="706">
       <c r="A706">
-        <v>1278</v>
+        <v>1303</v>
       </c>
       <c r="B706" s="2">
         <v>42867</v>
       </c>
       <c r="C706" t="s">
-        <v>1072</v>
+        <v>1081</v>
       </c>
       <c r="D706" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E706" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016 denominata "Emozioni nel cuore d'Italia" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 106.039,96(IVA inclusa) Es.Fin.2017.</t>
-[...3 lines deleted...]
-        <v>1066</v>
+          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
+        </is>
+      </c>
+      <c r="F706" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="707">
       <c r="A707">
-        <v>1279</v>
+        <v>1284</v>
       </c>
       <c r="B707" s="2">
         <v>42867</v>
       </c>
       <c r="C707" t="s">
-        <v>1073</v>
+        <v>1082</v>
       </c>
       <c r="D707" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E707" t="inlineStr">
         <is>
-          <t>DD_G02665_07_03_2017: Procedura di gara per la fornitura di divise invernali per il personale con qualifica di autista in servizio presso la Giunta Regionale - dichiarazione di gara deserta - avvio di nuova procedura negoziata mediante invito a n. 5 operatori economici.</t>
-        </is>
+          <t>Campagna informativa della Regione Lazio sulla nuova App "Salute Lazio" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 28.964,75 (IVA inclusa) Es.Fin.2017.</t>
+        </is>
+      </c>
+      <c r="F707" t="s" s="3">
+        <v>1083</v>
       </c>
     </row>
     <row r="708">
       <c r="A708">
-        <v>1280</v>
+        <v>1285</v>
       </c>
       <c r="B708" s="2">
         <v>42867</v>
       </c>
       <c r="C708" t="s">
-        <v>1074</v>
+        <v>1084</v>
       </c>
       <c r="D708" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E708" t="inlineStr">
         <is>
-          <t>DD_G04220_04_04_2017: Adesione alla Convenzione Consip "Noleggio autoveicoli 12" Lotto 2 per il noleggio a lungo termine senza conducente, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388, di n. 2 autoveicoli Fiat Tipo 1.3 per la durata di 48 mesi. Impegno di spesa euro 2.163,69 IVA compresa, esercizio finanziario 2017, cap. S23423 e prenotazione di impegno per gli anni di vigenza contrattuale in favore di Lease Plan Italia S.p.A.</t>
-        </is>
+          <t>Campagna informativa della Regione Lazio sulla nuova App "Salute Lazio" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 28.964,75 (IVA inclusa) Es.Fin.2017.</t>
+        </is>
+      </c>
+      <c r="F708" t="s" s="3">
+        <v>1083</v>
       </c>
     </row>
     <row r="709">
       <c r="A709">
-        <v>1281</v>
+        <v>1286</v>
       </c>
       <c r="B709" s="2">
         <v>42867</v>
       </c>
       <c r="C709" t="s">
-        <v>1075</v>
+        <v>1085</v>
       </c>
       <c r="D709" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E709" t="inlineStr">
         <is>
-          <t>DD_G03342_17_03_2017: Autorizzazione ad espletare la gara, attraverso il MEPA, per la fornitura di gadget, di vario genere, per le esigenze della Struttura Comunicazione, Relazioni Esterne ed Istituzionali - Importo a base d'asta €. 39.963,54 IVA compresa - Cap. R31902 esercizio finanziario 2017 - Approvazione atti di gara.</t>
-        </is>
+          <t>Campagna informativa della Regione Lazio sulla nuova App "Salute Lazio" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 28.964,75 (IVA inclusa) Es.Fin.2017.</t>
+        </is>
+      </c>
+      <c r="F709" t="s" s="3">
+        <v>1083</v>
       </c>
     </row>
     <row r="710">
       <c r="A710">
-        <v>1282</v>
+        <v>1287</v>
       </c>
       <c r="B710" s="2">
         <v>42867</v>
       </c>
       <c r="C710" t="s">
-        <v>1076</v>
+        <v>1086</v>
       </c>
       <c r="D710" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E710" t="inlineStr">
         <is>
-          <t>DD_G04458_07_04_2017: Autorizzazione ad espletare la gara attraverso il MEPA per la fornitura e stampa di tesserini venatori, manifesti ed opuscoli contenenti il calendario venatorio per la stagione 2017/2018 - Impegno di spesa euro 92.720,00 IVA compresa - Cap. S23908 - Esercizio Finanziario 2017.</t>
-        </is>
+          <t>Campagna informativa della Regione Lazio sulla nuova App "Salute Lazio" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 28.964,75 (IVA inclusa) Es.Fin.2017.</t>
+        </is>
+      </c>
+      <c r="F710" t="s" s="3">
+        <v>1083</v>
       </c>
     </row>
     <row r="711">
       <c r="A711">
-        <v>1283</v>
+        <v>1288</v>
       </c>
       <c r="B711" s="2">
         <v>42867</v>
       </c>
       <c r="C711" t="s">
-        <v>1077</v>
+        <v>1087</v>
       </c>
       <c r="D711" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E711" t="inlineStr">
         <is>
-          <t>DD_G04328_05_04_2017: Autorizzazione ad espletare la gara, attraverso il MEPA di Consip, per la fornitura di parti di ricambio per telefoni VOIP - Impegno di spesa € 4.331,00 IVA compresa Cap. S23908 - Esercizio Finanziario 2017.</t>
-        </is>
+          <t>Pubblicazione e diffusione di una brochure dedicata alle zone colpite dal sisma 2016  - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 56.120,00 (IVA inclusa) -</t>
+        </is>
+      </c>
+      <c r="F711" t="s" s="3">
+        <v>1088</v>
       </c>
     </row>
     <row r="712">
       <c r="A712">
-        <v>1258</v>
+        <v>1289</v>
       </c>
       <c r="B712" s="2">
         <v>42867</v>
       </c>
       <c r="C712" t="s">
-        <v>1078</v>
+        <v>1089</v>
       </c>
       <c r="D712" t="s">
-        <v>1079</v>
+        <v>9</v>
       </c>
       <c r="E712" t="inlineStr">
         <is>
-          <t>Lavori di manutenzione e gestione dell'impianto idrovoro di Corcolle, sito in via Matelica s.n.c., Roma. Perizia n. 330 del 24/05/2016 – Determinazione a contrarre e impegno fondi, creditori vari € 48.636,30 capitolo E41913 esercizio finanziario 2016 - 2017. M.O./323.</t>
-[...3 lines deleted...]
-        <v>1080</v>
+          <t>Pubblicazione e diffusione di una brochure dedicata alle zone colpite dal sisma 2016  - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 56.120,00 (IVA inclusa) -</t>
+        </is>
+      </c>
+      <c r="F712" t="s" s="3">
+        <v>1088</v>
       </c>
     </row>
     <row r="713">
       <c r="A713">
-        <v>1259</v>
+        <v>1290</v>
       </c>
       <c r="B713" s="2">
-        <v>42502</v>
-[...2 lines deleted...]
-        <v>1081</v>
+        <v>42867</v>
+      </c>
+      <c r="C713">
+        <v>0</v>
       </c>
       <c r="D713" t="s">
-        <v>1082</v>
+        <v>9</v>
       </c>
       <c r="E713" t="inlineStr">
         <is>
-          <t>SISMA CENTRO ITALIA del 24 agosto 2016 – necessità di approvvigionamento di n° 20 letti a castello (40 posti letto), completi di guanciale e materasso, destinati all'ospitalità di personale e volontari di protezione civile impegnati in attività di assistenza e servizi mensa per la popolazione colpita. CIG 6866140F8</t>
-[...3 lines deleted...]
-        <v>1083</v>
+          <t>DD_G02262_24_02_2017- BURL n. 21 Suppl. n. 1 del 14 marzo 2017: Articolo 1 bis (Giornata regionale della memoria, della legalità e dell'impegno in ricordo delle vittime di tutte le mafie) e 1 ter (premio regionale "legalità contro tutte le mafie) della l.r. 15/2001. Affidamento alla società "Lazio Innova" S.p.A. delle attività "Percorsi di memoria e impegno in ricordo delle vittime di tutte le mafie". Approvazione schema di Convenzione tra Regione Lazio e Lazio Innova S.p.A. - Impegno di spesa, per complessivi Euro 50.000,00 a favore di Lazio Innova S.p.a. - Capitolo di spesa R45906 – Missione 03 Programma 02 (Armo - Spese relative alla sicurezza e polizia locale, Trasferimenti Correnti Altri Servizi Missione 03 Programma 02 1.03.02.99.000, esercizio finanziario 2017.</t>
+        </is>
       </c>
     </row>
     <row r="714">
       <c r="A714">
-        <v>1260</v>
+        <v>1291</v>
       </c>
       <c r="B714" s="2">
-        <v>42502</v>
+        <v>42867</v>
       </c>
       <c r="C714" t="s">
-        <v>1084</v>
+        <v>1090</v>
       </c>
       <c r="D714" t="s">
-        <v>1085</v>
+        <v>9</v>
       </c>
       <c r="E714" t="inlineStr">
         <is>
-          <t>SISMA CENTRO ITALIAdel 24 agosto 2016 – necessità di approvvigionamento di n° 5 apparecchiature vaporizzatori e prodotti chimici per la pulizia e sanificazione di tende da campo – CIG 687176470A – determinazione a contrarre individuazione del R.U.P. e relativo impegno di spesa assunto a favore del c.d. "creditore da definire con successivo atto".</t>
-[...3 lines deleted...]
-        <v>1086</v>
+          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
+        </is>
+      </c>
+      <c r="F714" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="715">
       <c r="A715">
-        <v>1261</v>
+        <v>1292</v>
       </c>
       <c r="B715" s="2">
-        <v>42502</v>
-[...2 lines deleted...]
-        <v>1087</v>
+        <v>42867</v>
+      </c>
+      <c r="C715">
+        <v>7047562823</v>
       </c>
       <c r="D715" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E715" t="inlineStr">
         <is>
-          <t>DD_G07153_23_06_2016: Adesione alla Convenzione Consip "Carburante da autotrazione mediante Fuel Card 6" Lotto 4 per la fornitura di carburante per autotrazione, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388. Impegno di spesa € 100.000,00 IVA compresa, esercizio fin. 2016, cap. S23420 in favore di TotalErg S.p.A.</t>
-        </is>
+          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
+        </is>
+      </c>
+      <c r="F715" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="716">
       <c r="A716">
-        <v>1262</v>
+        <v>1293</v>
       </c>
       <c r="B716" s="2">
         <v>42867</v>
       </c>
       <c r="C716">
-        <v>6715202</v>
+        <v>7047583977</v>
       </c>
       <c r="D716" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E716" t="inlineStr">
         <is>
-          <t>DD_G04486_07_04_2017: Risoluzione Accordo Quadro con NOVARTIS FARMA per lotti 9 e 10 aggiudicati con determinazione G13724 del 21 novembre 2016 per trasferimento AIC - Indizione procedura negoziata senza previa pubblicazione del bando di gara, ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 finalizzata all'acquisto della fornitura dei farmaci occorrenti alle Aziende Sanitarie della Regione Lazio dal nuovo titolare AIC (Gara n. 6715202).</t>
-        </is>
+          <t>DD_G04796_13_04_2017: Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.DD_G06171_15_05_2017 (determina di aggiudicazione): Aggiudicazione procedura indetta con determinazione n. G04796 del 13 aprile 2017 - Procedura negoziata senza previa pubblicazione del bando di gara ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 per l'acquisizione della fornitura di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio – Negoziata 4.</t>
+        </is>
+      </c>
+      <c r="F716" t="s" s="3">
+        <v>1057</v>
       </c>
     </row>
     <row r="717">
       <c r="A717">
-        <v>1263</v>
+        <v>1272</v>
       </c>
       <c r="B717" s="2">
         <v>42867</v>
       </c>
       <c r="C717" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="D717" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E717" t="inlineStr">
         <is>
-          <t>DD_G02198_24_02_2017: Autorizzazione ad espletare la gara attraverso il MEPA per la fornitura di materiale per stand ed eventi – Importo a base d'asta Euro 36.600,00 Iva compresa– Cap. R31902 esercizio finanziario 2017 – Approvazione atti di gara.</t>
-        </is>
+          <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016 denominata "Emozioni nel cuore d'Italia" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 106.039,96(IVA inclusa) Es.Fin.2017.</t>
+        </is>
+      </c>
+      <c r="F717" t="s" s="3">
+        <v>1092</v>
       </c>
     </row>
     <row r="718">
       <c r="A718">
-        <v>1264</v>
+        <v>1273</v>
       </c>
       <c r="B718" s="2">
         <v>42867</v>
       </c>
       <c r="C718" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
       <c r="D718" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E718" t="inlineStr">
         <is>
-          <t>DD_G02249_24_02_2017: Impegno di spesa di Euro 30.000,00 per la ricarica dell'affrancatrice per il servizio di recapito della posta effettuato da Poste Italiane Spa, attraverso il sistema Affrancaposta della Pitney Bowes Italia S.r.l., ai sensi dell'art. 36 comma 2 lett. a) del D.lgs. n. 50/2016- Es. Fin. 2017 - Cap. S23427.</t>
-        </is>
+          <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016 denominata "Emozioni nel cuore d'Italia" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 106.039,96(IVA inclusa) Es.Fin.2017.</t>
+        </is>
+      </c>
+      <c r="F718" t="s" s="3">
+        <v>1092</v>
       </c>
     </row>
     <row r="719">
       <c r="A719">
-        <v>1265</v>
+        <v>1274</v>
       </c>
       <c r="B719" s="2">
         <v>42867</v>
       </c>
-      <c r="C719">
-        <v>7016533234</v>
+      <c r="C719" t="s">
+        <v>1094</v>
       </c>
       <c r="D719" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E719" t="inlineStr">
         <is>
-          <t>DD_G02925_10_03_2017: Autorizzazione ad espletare la gara, attraverso il MEPA di Consip, per la fornitura di materiale di consumo per i servizi igienici - Impegno di spesa Euro 70.760,00 IVA compresa - Cap. S23434 - Esercizio Finanziario 2017.  </t>
-        </is>
+          <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016 denominata "Emozioni nel cuore d'Italia" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 106.039,96(IVA inclusa) Es.Fin.2017.</t>
+        </is>
+      </c>
+      <c r="F719" t="s" s="3">
+        <v>1092</v>
       </c>
     </row>
     <row r="720">
       <c r="A720">
-        <v>1266</v>
+        <v>1275</v>
       </c>
       <c r="B720" s="2">
         <v>42867</v>
       </c>
       <c r="C720" t="s">
-        <v>1090</v>
+        <v>1095</v>
       </c>
       <c r="D720" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E720" t="inlineStr">
         <is>
-          <t>Lavori di ripristino della via Lungo Liri Salvator Spiridigliozzi nel centro abitato di Pontecorvo e mitigazione delle condizioni di rischio idrogeologico del versante. Affidamento dell'incarico di Coordinatore della sicurezza in fase di esecuzione.</t>
-[...3 lines deleted...]
-        <v>1091</v>
+          <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016 denominata "Emozioni nel cuore d'Italia" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 106.039,96(IVA inclusa) Es.Fin.2017.</t>
+        </is>
+      </c>
+      <c r="F720" t="s" s="3">
+        <v>1092</v>
       </c>
     </row>
     <row r="721">
       <c r="A721">
-        <v>1267</v>
+        <v>1276</v>
       </c>
       <c r="B721" s="2">
         <v>42867</v>
       </c>
       <c r="C721" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D721" t="s">
+        <v>9</v>
+      </c>
+      <c r="E721" t="inlineStr">
+        <is>
+          <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016 denominata "Emozioni nel cuore d'Italia" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 106.039,96(IVA inclusa) Es.Fin.2017.</t>
+        </is>
+      </c>
+      <c r="F721" t="s" s="3">
         <v>1092</v>
-      </c>
-[...9 lines deleted...]
-        <v>1066</v>
       </c>
     </row>
     <row r="722">
       <c r="A722">
-        <v>1268</v>
+        <v>1277</v>
       </c>
       <c r="B722" s="2">
         <v>42867</v>
       </c>
       <c r="C722" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="D722" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E722" t="inlineStr">
         <is>
           <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016 denominata "Emozioni nel cuore d'Italia" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 106.039,96(IVA inclusa) Es.Fin.2017.</t>
         </is>
       </c>
-      <c r="F722" t="s">
-        <v>1066</v>
+      <c r="F722" t="s" s="3">
+        <v>1092</v>
       </c>
     </row>
     <row r="723">
       <c r="A723">
-        <v>1269</v>
+        <v>1278</v>
       </c>
       <c r="B723" s="2">
         <v>42867</v>
       </c>
       <c r="C723" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="D723" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E723" t="inlineStr">
         <is>
           <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016 denominata "Emozioni nel cuore d'Italia" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 106.039,96(IVA inclusa) Es.Fin.2017.</t>
         </is>
       </c>
-      <c r="F723" t="s">
-        <v>1066</v>
+      <c r="F723" t="s" s="3">
+        <v>1092</v>
       </c>
     </row>
     <row r="724">
       <c r="A724">
-        <v>1270</v>
+        <v>1279</v>
       </c>
       <c r="B724" s="2">
         <v>42867</v>
       </c>
       <c r="C724" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
       <c r="D724" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E724" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016 denominata "Emozioni nel cuore d'Italia" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 106.039,96(IVA inclusa) Es.Fin.2017.</t>
-[...3 lines deleted...]
-        <v>1066</v>
+          <t>DD_G02665_07_03_2017: Procedura di gara per la fornitura di divise invernali per il personale con qualifica di autista in servizio presso la Giunta Regionale - dichiarazione di gara deserta - avvio di nuova procedura negoziata mediante invito a n. 5 operatori economici.</t>
+        </is>
       </c>
     </row>
     <row r="725">
       <c r="A725">
-        <v>1271</v>
+        <v>1280</v>
       </c>
       <c r="B725" s="2">
         <v>42867</v>
       </c>
       <c r="C725" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="D725" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E725" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016 denominata "Emozioni nel cuore d'Italia" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 106.039,96(IVA inclusa) Es.Fin.2017.</t>
-[...3 lines deleted...]
-        <v>1066</v>
+          <t>DD_G04220_04_04_2017: Adesione alla Convenzione Consip "Noleggio autoveicoli 12" Lotto 2 per il noleggio a lungo termine senza conducente, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388, di n. 2 autoveicoli Fiat Tipo 1.3 per la durata di 48 mesi. Impegno di spesa euro 2.163,69 IVA compresa, esercizio finanziario 2017, cap. S23423 e prenotazione di impegno per gli anni di vigenza contrattuale in favore di Lease Plan Italia S.p.A.</t>
+        </is>
       </c>
     </row>
     <row r="726">
       <c r="A726">
-        <v>1245</v>
+        <v>1281</v>
       </c>
       <c r="B726" s="2">
         <v>42867</v>
       </c>
       <c r="C726" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="D726" t="s">
-        <v>1098</v>
+        <v>9</v>
       </c>
       <c r="E726" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio "Dalla parte delle donne" - Capitolo di bilancio regionale R31902 - Impegno di spesa per complessive € 46.677,20 (IVA inclusa) - Es.Fin.2017.</t>
-[...3 lines deleted...]
-        <v>1099</v>
+          <t>DD_G03342_17_03_2017: Autorizzazione ad espletare la gara, attraverso il MEPA, per la fornitura di gadget, di vario genere, per le esigenze della Struttura Comunicazione, Relazioni Esterne ed Istituzionali - Importo a base d'asta €. 39.963,54 IVA compresa - Cap. R31902 esercizio finanziario 2017 - Approvazione atti di gara.</t>
+        </is>
       </c>
     </row>
     <row r="727">
       <c r="A727">
-        <v>1246</v>
+        <v>1282</v>
       </c>
       <c r="B727" s="2">
-        <v>42502</v>
+        <v>42867</v>
       </c>
       <c r="C727" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="D727" t="s">
-        <v>1101</v>
+        <v>9</v>
       </c>
       <c r="E727" t="inlineStr">
         <is>
-          <t>DD_ G15901_22_12_2016: Autorizzazione ad espletare la gara, attraverso il MEPA, per la fornitura di divise invernali per il personale con qualifica di autista in servizio presso la Giunta Regionale - Impegno di spesa €. 32.208,00 IVA compresa - Capitolo S23420 - esercizio finanziario 2016.</t>
+          <t>DD_G04458_07_04_2017: Autorizzazione ad espletare la gara attraverso il MEPA per la fornitura e stampa di tesserini venatori, manifesti ed opuscoli contenenti il calendario venatorio per la stagione 2017/2018 - Impegno di spesa euro 92.720,00 IVA compresa - Cap. S23908 - Esercizio Finanziario 2017.</t>
         </is>
       </c>
     </row>
     <row r="728">
       <c r="A728">
-        <v>1247</v>
+        <v>1283</v>
       </c>
       <c r="B728" s="2">
-        <v>42502</v>
+        <v>42867</v>
       </c>
       <c r="C728" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="D728" t="s">
-        <v>1103</v>
+        <v>9</v>
       </c>
       <c r="E728" t="inlineStr">
         <is>
-          <t>DD_G15900_22_12_2016 Autorizzazione ad espletare n. 2 procedure di gara, da effettuare attraverso il MEPA, per la fornitura di 30 postazioni per il telelavoro comprensive di hardware, software e mobili + 2 postazioni di emergenza in attuazione della D.G.R. 708/2016 - Impegno di spesa €. 19.500,00 (IVA compresa) sul capitolo F32111 (mobili) - Impegno di spesa €. 16.274,80</t>
+          <t>DD_G04328_05_04_2017: Autorizzazione ad espletare la gara, attraverso il MEPA di Consip, per la fornitura di parti di ricambio per telefoni VOIP - Impegno di spesa € 4.331,00 IVA compresa Cap. S23908 - Esercizio Finanziario 2017.</t>
         </is>
       </c>
     </row>
     <row r="729">
       <c r="A729">
-        <v>1248</v>
+        <v>1258</v>
       </c>
       <c r="B729" s="2">
-        <v>42502</v>
+        <v>42867</v>
       </c>
       <c r="C729" t="s">
-        <v>953</v>
+        <v>1104</v>
       </c>
       <c r="D729" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="E729" t="inlineStr">
         <is>
-          <t>DD_G15900_22_12_2016 Autorizzazione ad espletare n. 2 procedure di gara, da effettuare attraverso il MEPA, per la fornitura di 30 postazioni per il telelavoro comprensive di hardware, software e mobili + 2 postazioni di emergenza in attuazione della D.G.R. 708/2016 - Impegno di spesa €. 19.500,00 (IVA compresa) sul capitolo F32111 (mobili) - Impegno di spesa €. 16.274,80</t>
-        </is>
+          <t>Lavori di manutenzione e gestione dell'impianto idrovoro di Corcolle, sito in via Matelica s.n.c., Roma. Perizia n. 330 del 24/05/2016 – Determinazione a contrarre e impegno fondi, creditori vari € 48.636,30 capitolo E41913 esercizio finanziario 2016 - 2017. M.O./323.</t>
+        </is>
+      </c>
+      <c r="F729" t="s" s="3">
+        <v>1106</v>
       </c>
     </row>
     <row r="730">
       <c r="A730">
-        <v>1249</v>
+        <v>1259</v>
       </c>
       <c r="B730" s="2">
         <v>42502</v>
       </c>
       <c r="C730" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="D730" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="E730" t="inlineStr">
         <is>
-          <t>DD_ G16121_23_12_2016: Affidamento, attraverso il MEPA di Consip, per la fornitura di n. 55 telefoni VOIP - Impegno di spesa euro 4.505,22 IVA compresa - Esercizio Finanziario 2016 - Cap. S23908.</t>
-        </is>
+          <t>SISMA CENTRO ITALIA del 24 agosto 2016 – necessità di approvvigionamento di n° 20 letti a castello (40 posti letto), completi di guanciale e materasso, destinati all'ospitalità di personale e volontari di protezione civile impegnati in attività di assistenza e servizi mensa per la popolazione colpita. CIG 6866140F8</t>
+        </is>
+      </c>
+      <c r="F730" t="s" s="3">
+        <v>1109</v>
       </c>
     </row>
     <row r="731">
       <c r="A731">
-        <v>1250</v>
+        <v>1260</v>
       </c>
       <c r="B731" s="2">
         <v>42502</v>
       </c>
       <c r="C731" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="D731" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="E731" t="inlineStr">
         <is>
-          <t>DD_G16187_23_12_2016: Autorizzazione ad espletare la gara, attraverso il MEPA, per la fornitura e installazione di tende presso gli uffici della Giunta Regionale – Impegno di spesa Euro 3.428,08 IVA compresa – Cap. S24506 – Esercizio Finanziario 2016</t>
-        </is>
+          <t>SISMA CENTRO ITALIAdel 24 agosto 2016 – necessità di approvvigionamento di n° 5 apparecchiature vaporizzatori e prodotti chimici per la pulizia e sanificazione di tende da campo – CIG 687176470A – determinazione a contrarre individuazione del R.U.P. e relativo impegno di spesa assunto a favore del c.d. "creditore da definire con successivo atto".</t>
+        </is>
+      </c>
+      <c r="F731" t="s" s="3">
+        <v>1112</v>
       </c>
     </row>
     <row r="732">
       <c r="A732">
-        <v>1251</v>
+        <v>1261</v>
       </c>
       <c r="B732" s="2">
         <v>42502</v>
       </c>
       <c r="C732" t="s">
-        <v>1109</v>
+        <v>1113</v>
       </c>
       <c r="D732" t="s">
-        <v>1110</v>
+        <v>9</v>
       </c>
       <c r="E732" t="inlineStr">
         <is>
-          <t>DD_G16227_27_12_2016:Autorizzazione ad espletare la gara attraverso il MEPA per il servizio di derattizzazione semestrale programmata presso le sedi regionali di Via Cristoforo Colombo n. 212, Via Capitan Bavastro n. 108/110, Via del Pescaccio n. 96/98, Via Marcantonio Colonna n. 27, Via del Serafico 127 Roma e Viale Mazzini n. 133 Frosinone. Prenotazione d'impegno Euro 8.540,00 IVA compresa – Cap. S23416 – Esercizio Finanziario 2017</t>
+          <t>DD_G07153_23_06_2016: Adesione alla Convenzione Consip "Carburante da autotrazione mediante Fuel Card 6" Lotto 4 per la fornitura di carburante per autotrazione, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388. Impegno di spesa € 100.000,00 IVA compresa, esercizio fin. 2016, cap. S23420 in favore di TotalErg S.p.A.</t>
         </is>
       </c>
     </row>
     <row r="733">
       <c r="A733">
-        <v>1252</v>
+        <v>1262</v>
       </c>
       <c r="B733" s="2">
-        <v>42502</v>
-[...2 lines deleted...]
-        <v>1111</v>
+        <v>42867</v>
+      </c>
+      <c r="C733">
+        <v>6715202</v>
       </c>
       <c r="D733" t="s">
-        <v>1112</v>
+        <v>9</v>
       </c>
       <c r="E733" t="inlineStr">
         <is>
-          <t>Presentazione della guida "Roma. Guida ai piaceri e ai sapori di Roma e del Lazio" presso il Museo Nazionale delle Arti del XXI secolo (MAXXI) di Roma- 28 novembre 2016 .- Impegno di spesa di € 13.028,00 (IVA incl.) - Cap. di bilancio reg.le R31902 Es.Fin.2016</t>
-[...3 lines deleted...]
-        <v>1113</v>
+          <t>DD_G04486_07_04_2017: Risoluzione Accordo Quadro con NOVARTIS FARMA per lotti 9 e 10 aggiudicati con determinazione G13724 del 21 novembre 2016 per trasferimento AIC - Indizione procedura negoziata senza previa pubblicazione del bando di gara, ai sensi dell'art. 63, comma 2, lettera b) del D.Lgs. 50/2016 finalizzata all'acquisto della fornitura dei farmaci occorrenti alle Aziende Sanitarie della Regione Lazio dal nuovo titolare AIC (Gara n. 6715202).</t>
+        </is>
       </c>
     </row>
     <row r="734">
       <c r="A734">
-        <v>1253</v>
+        <v>1263</v>
       </c>
       <c r="B734" s="2">
-        <v>42502</v>
+        <v>42867</v>
       </c>
       <c r="C734" t="s">
         <v>1114</v>
       </c>
       <c r="D734" t="s">
-        <v>1115</v>
+        <v>9</v>
       </c>
       <c r="E734" t="inlineStr">
         <is>
-          <t>Campagna di comunicazione istituzionale della Regione Lazio sui nuovi servizi sanitari a disposizione dei cittadini laziali - Affidamento a Poste Italiane S.p.a.- Impegno di spesa di € 132.297,89(IVA inclusa) - Capitolo di bilancio reg.le H11743 – Es. Fin. 2016.</t>
-[...3 lines deleted...]
-        <v>1116</v>
+          <t>DD_G02198_24_02_2017: Autorizzazione ad espletare la gara attraverso il MEPA per la fornitura di materiale per stand ed eventi – Importo a base d'asta Euro 36.600,00 Iva compresa– Cap. R31902 esercizio finanziario 2017 – Approvazione atti di gara.</t>
+        </is>
       </c>
     </row>
     <row r="735">
       <c r="A735">
-        <v>1254</v>
+        <v>1264</v>
       </c>
       <c r="B735" s="2">
         <v>42867</v>
       </c>
       <c r="C735" t="s">
-        <v>1117</v>
+        <v>1115</v>
       </c>
       <c r="D735" t="s">
-        <v>1118</v>
+        <v>9</v>
       </c>
       <c r="E735" t="inlineStr">
         <is>
-          <t>DD_G01328_09_02_2017: Affidamento sul MEPA, a seguito di Trattativa Privata, per la fornitura dell'abbonamento alle banche dati on line per la durata di un anno con un importo complessivo di € 47.900,86 IVA compresa. Cap. S23424 – Impegno sull'esercizio finanziario 2017.</t>
+          <t>DD_G02249_24_02_2017: Impegno di spesa di Euro 30.000,00 per la ricarica dell'affrancatrice per il servizio di recapito della posta effettuato da Poste Italiane Spa, attraverso il sistema Affrancaposta della Pitney Bowes Italia S.r.l., ai sensi dell'art. 36 comma 2 lett. a) del D.lgs. n. 50/2016- Es. Fin. 2017 - Cap. S23427.</t>
         </is>
       </c>
     </row>
     <row r="736">
       <c r="A736">
-        <v>1255</v>
+        <v>1265</v>
       </c>
       <c r="B736" s="2">
         <v>42867</v>
       </c>
-      <c r="C736" t="s">
-        <v>1119</v>
+      <c r="C736">
+        <v>7016533234</v>
       </c>
       <c r="D736" t="s">
-        <v>1120</v>
+        <v>9</v>
       </c>
       <c r="E736" t="inlineStr">
         <is>
-          <t>DD_G01327_09_02_2017: Adesione alla Convenzione Consip "Gas Naturale 9" Lotto 5 per la fornitura di gas naturale e dei servizi connessi per le Pubbliche Amministrazioni, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388, del D.M. 24 febbraio 2000 e del D.M. 2 maggio 2001, stipulata con ESTRA ENERGIE S.r.l. - durata contratto 12 mesi.</t>
+          <t>DD_G02925_10_03_2017: Autorizzazione ad espletare la gara, attraverso il MEPA di Consip, per la fornitura di materiale di consumo per i servizi igienici - Impegno di spesa Euro 70.760,00 IVA compresa - Cap. S23434 - Esercizio Finanziario 2017.  </t>
         </is>
       </c>
     </row>
     <row r="737">
       <c r="A737">
-        <v>1256</v>
+        <v>1266</v>
       </c>
       <c r="B737" s="2">
         <v>42867</v>
       </c>
       <c r="C737" t="s">
-        <v>1121</v>
+        <v>1116</v>
       </c>
       <c r="D737" t="s">
-        <v>1122</v>
+        <v>9</v>
       </c>
       <c r="E737" t="inlineStr">
         <is>
-          <t>DD_G01881_20_02_2017: Autorizzazione ad espletare la gara, attraverso il MEPA, per l'affidamento del servizio di spedizione della corrispondenza della Regione Lazio sul territorio nazionale ed internazionale, per la durata di un anno - Importo a base d'asta euro 190.000,00 (IVA esclusa) - Impegno di euro 173.850,00 per l'esercizio finanziario 2017 e prenotazione d'impegno di euro 57.950,00 per l'esercizio finanziario 2018 - Cap. S23427 - Approvazione atti di gara.</t>
-        </is>
+          <t>Lavori di ripristino della via Lungo Liri Salvator Spiridigliozzi nel centro abitato di Pontecorvo e mitigazione delle condizioni di rischio idrogeologico del versante. Affidamento dell'incarico di Coordinatore della sicurezza in fase di esecuzione.</t>
+        </is>
+      </c>
+      <c r="F737" t="s" s="3">
+        <v>1117</v>
       </c>
     </row>
     <row r="738">
       <c r="A738">
-        <v>1257</v>
+        <v>1267</v>
       </c>
       <c r="B738" s="2">
         <v>42867</v>
       </c>
       <c r="C738" t="s">
-        <v>1123</v>
+        <v>1118</v>
       </c>
       <c r="D738" t="s">
-        <v>1124</v>
+        <v>9</v>
       </c>
       <c r="E738" t="inlineStr">
         <is>
-          <t>DD_G02197_24_02_2017: Autorizzazione ad espletare la gara attraverso il MEPA per la fornitura di materiali per allestimento sedi e cancelleria speciale - Importo a base d'asta euro 14.640,00 Iva compresa - Cap. R31902 esercizio finanziario 2017 - Approvazione atti di gara.</t>
-        </is>
+          <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016 denominata "Emozioni nel cuore d'Italia" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 106.039,96(IVA inclusa) Es.Fin.2017.</t>
+        </is>
+      </c>
+      <c r="F738" t="s" s="3">
+        <v>1092</v>
       </c>
     </row>
     <row r="739">
       <c r="A739">
-        <v>1234</v>
+        <v>1268</v>
       </c>
       <c r="B739" s="2">
         <v>42867</v>
       </c>
-      <c r="C739">
-        <v>6819763675</v>
+      <c r="C739" t="s">
+        <v>1119</v>
       </c>
       <c r="D739" t="s">
-        <v>1125</v>
+        <v>9</v>
       </c>
       <c r="E739" t="inlineStr">
         <is>
-          <t>Lavori di sfalcio dell' argine da Castel Giubileo alla foce dell'Aniene e gestione degli impianti idrovori di via Salaria in sponda sx del fiume Tevere - Roma. Perizia n. 329 del 24/05/2016 – Determinazione a contrarre e impegno fondi, creditori vari € 72.899,14 capitolo E41913, Autorità Nazionale Anticorruzione € 30,00 capitolo T19427 esercizio finanziario 2016 - 2017. M.O./322.</t>
-[...3 lines deleted...]
-        <v>1126</v>
+          <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016 denominata "Emozioni nel cuore d'Italia" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 106.039,96(IVA inclusa) Es.Fin.2017.</t>
+        </is>
+      </c>
+      <c r="F739" t="s" s="3">
+        <v>1092</v>
       </c>
     </row>
     <row r="740">
       <c r="A740">
-        <v>1235</v>
+        <v>1269</v>
       </c>
       <c r="B740" s="2">
         <v>42867</v>
       </c>
       <c r="C740" t="s">
-        <v>1127</v>
+        <v>1120</v>
       </c>
       <c r="D740" t="s">
-        <v>1128</v>
+        <v>9</v>
       </c>
       <c r="E740" t="inlineStr">
         <is>
-          <t>Lavori di manutenzione ordinaria dell'impianto idrovoro di Pratolungo, sito in via Tivoli s.n.c., Roma, compreso lo sfalcio dell'adiacente argine. Perizia n. 328 del 12/05/2016 – Determinazione a contrarre e impegno fondi, creditori vari € 119.582,43 capitolo E41913 Autorità Nazionale Anticorruzione € 30,00 capitolo T19427 esercizio finanziario 2016 - 2017. M.O./321.</t>
-[...3 lines deleted...]
-        <v>1129</v>
+          <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016 denominata "Emozioni nel cuore d'Italia" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 106.039,96(IVA inclusa) Es.Fin.2017.</t>
+        </is>
+      </c>
+      <c r="F740" t="s" s="3">
+        <v>1092</v>
       </c>
     </row>
     <row r="741">
       <c r="A741">
-        <v>1236</v>
+        <v>1270</v>
       </c>
       <c r="B741" s="2">
         <v>42867</v>
       </c>
       <c r="C741" t="s">
-        <v>1130</v>
+        <v>1121</v>
       </c>
       <c r="D741" t="s">
-        <v>1131</v>
+        <v>9</v>
       </c>
       <c r="E741" t="inlineStr">
         <is>
-          <t>Lavori di manutenzione e gestione degli impianti idrovori, Flaminio, Tor di Quinto e Saxa Rubra - Perizia n 333 del 26 luglio 2016 – Determinazione a contrarre e impegno fondi, creditori vari € 49.808,41 capitolo E41913 esercizio finanziario 2016 - 17. M.O./324.</t>
-[...3 lines deleted...]
-        <v>1132</v>
+          <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016 denominata "Emozioni nel cuore d'Italia" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 106.039,96(IVA inclusa) Es.Fin.2017.</t>
+        </is>
+      </c>
+      <c r="F741" t="s" s="3">
+        <v>1092</v>
       </c>
     </row>
     <row r="742">
       <c r="A742">
-        <v>1237</v>
+        <v>1271</v>
       </c>
       <c r="B742" s="2">
-        <v>42502</v>
+        <v>42867</v>
       </c>
       <c r="C742" t="s">
-        <v>1133</v>
+        <v>1122</v>
       </c>
       <c r="D742" t="s">
-        <v>1134</v>
+        <v>9</v>
       </c>
       <c r="E742" t="inlineStr">
         <is>
-          <t>Attuazione del Protocollo d'Intesa tra il Ministro dei beni e delle attività culturali e del turismo ed i Presidenti delle Regioni Lazio, Campania, Puglia e Basilicata, del 24 marzo 2016, "APPIA - Regina Viarum". Legge n. 135/2001- Art. 5 comma 5</t>
-[...3 lines deleted...]
-        <v>1135</v>
+          <t>Campagna informativa della Regione Lazio a sostegno delle aree colpite dal sisma del 2016 denominata "Emozioni nel cuore d'Italia" - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 106.039,96(IVA inclusa) Es.Fin.2017.</t>
+        </is>
+      </c>
+      <c r="F742" t="s" s="3">
+        <v>1092</v>
       </c>
     </row>
     <row r="743">
       <c r="A743">
-        <v>1238</v>
+        <v>1245</v>
       </c>
       <c r="B743" s="2">
-        <v>42502</v>
+        <v>42867</v>
       </c>
       <c r="C743" t="s">
-        <v>1136</v>
+        <v>1123</v>
       </c>
       <c r="D743" t="s">
-        <v>1137</v>
+        <v>1124</v>
       </c>
       <c r="E743" t="inlineStr">
         <is>
-          <t>Affidamento diretto per la realizzazione di un evento pubblico rivolto alle scuole secondarie del territorio laziale ove approfondire tematiche legate ai diversi valori alla base della politica ed ogni altro ambito delle società presenti nel mondo.</t>
-[...3 lines deleted...]
-        <v>1138</v>
+          <t>Campagna informativa della Regione Lazio "Dalla parte delle donne" - Capitolo di bilancio regionale R31902 - Impegno di spesa per complessive € 46.677,20 (IVA inclusa) - Es.Fin.2017.</t>
+        </is>
+      </c>
+      <c r="F743" t="s" s="3">
+        <v>1125</v>
       </c>
     </row>
     <row r="744">
       <c r="A744">
-        <v>1239</v>
+        <v>1246</v>
       </c>
       <c r="B744" s="2">
         <v>42502</v>
       </c>
       <c r="C744" t="s">
-        <v>1139</v>
+        <v>1126</v>
       </c>
       <c r="D744" t="s">
-        <v>1140</v>
+        <v>1127</v>
       </c>
       <c r="E744" t="inlineStr">
         <is>
-          <t>POR Lazio FSE 2014-2020. Affidamento diretto per la realizzazione di un breve video clip in infonografia della durata di circa un (1) minuto che consenta di veicolare le informazioni relative al progetto KIT SCUOLA 3D in modo comprensibile ed appro</t>
-[...3 lines deleted...]
-        <v>1141</v>
+          <t>DD_ G15901_22_12_2016: Autorizzazione ad espletare la gara, attraverso il MEPA, per la fornitura di divise invernali per il personale con qualifica di autista in servizio presso la Giunta Regionale - Impegno di spesa €. 32.208,00 IVA compresa - Capitolo S23420 - esercizio finanziario 2016.</t>
+        </is>
       </c>
     </row>
     <row r="745">
       <c r="A745">
-        <v>1240</v>
+        <v>1247</v>
       </c>
       <c r="B745" s="2">
-        <v>42867</v>
+        <v>42502</v>
       </c>
       <c r="C745" t="s">
-        <v>1142</v>
+        <v>1128</v>
       </c>
       <c r="D745" t="s">
-        <v>1143</v>
+        <v>1129</v>
       </c>
       <c r="E745" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio "Dalla parte delle donne" - Capitolo di bilancio regionale R31902 - Impegno di spesa per complessive € 46.677,20 (IVA inclusa) - Es.Fin.2017.</t>
-[...3 lines deleted...]
-        <v>1099</v>
+          <t>DD_G15900_22_12_2016 Autorizzazione ad espletare n. 2 procedure di gara, da effettuare attraverso il MEPA, per la fornitura di 30 postazioni per il telelavoro comprensive di hardware, software e mobili + 2 postazioni di emergenza in attuazione della D.G.R. 708/2016 - Impegno di spesa €. 19.500,00 (IVA compresa) sul capitolo F32111 (mobili) - Impegno di spesa €. 16.274,80</t>
+        </is>
       </c>
     </row>
     <row r="746">
       <c r="A746">
-        <v>1241</v>
+        <v>1248</v>
       </c>
       <c r="B746" s="2">
-        <v>42867</v>
+        <v>42502</v>
       </c>
       <c r="C746" t="s">
-        <v>1144</v>
+        <v>979</v>
       </c>
       <c r="D746" t="s">
-        <v>1145</v>
+        <v>1130</v>
       </c>
       <c r="E746" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio "Dalla parte delle donne" - Capitolo di bilancio regionale R31902 - Impegno di spesa per complessive € 46.677,20 (IVA inclusa) - Es.Fin.2017.</t>
-[...3 lines deleted...]
-        <v>1099</v>
+          <t>DD_G15900_22_12_2016 Autorizzazione ad espletare n. 2 procedure di gara, da effettuare attraverso il MEPA, per la fornitura di 30 postazioni per il telelavoro comprensive di hardware, software e mobili + 2 postazioni di emergenza in attuazione della D.G.R. 708/2016 - Impegno di spesa €. 19.500,00 (IVA compresa) sul capitolo F32111 (mobili) - Impegno di spesa €. 16.274,80</t>
+        </is>
       </c>
     </row>
     <row r="747">
       <c r="A747">
-        <v>1242</v>
+        <v>1249</v>
       </c>
       <c r="B747" s="2">
-        <v>42867</v>
+        <v>42502</v>
       </c>
       <c r="C747" t="s">
-        <v>1146</v>
+        <v>1131</v>
       </c>
       <c r="D747" t="s">
-        <v>1147</v>
+        <v>1132</v>
       </c>
       <c r="E747" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio "Dalla parte delle donne" - Capitolo di bilancio regionale R31902 - Impegno di spesa per complessive € 46.677,20 (IVA inclusa) - Es.Fin.2017.</t>
-[...3 lines deleted...]
-        <v>1099</v>
+          <t>DD_ G16121_23_12_2016: Affidamento, attraverso il MEPA di Consip, per la fornitura di n. 55 telefoni VOIP - Impegno di spesa euro 4.505,22 IVA compresa - Esercizio Finanziario 2016 - Cap. S23908.</t>
+        </is>
       </c>
     </row>
     <row r="748">
       <c r="A748">
-        <v>1243</v>
+        <v>1250</v>
       </c>
       <c r="B748" s="2">
-        <v>42867</v>
+        <v>42502</v>
       </c>
       <c r="C748" t="s">
-        <v>1148</v>
+        <v>1133</v>
       </c>
       <c r="D748" t="s">
-        <v>1149</v>
+        <v>1134</v>
       </c>
       <c r="E748" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio "Dalla parte delle donne" - Capitolo di bilancio regionale R31902 - Impegno di spesa per complessive € 46.677,20 (IVA inclusa) - Es.Fin.2017.</t>
-[...3 lines deleted...]
-        <v>1099</v>
+          <t>DD_G16187_23_12_2016: Autorizzazione ad espletare la gara, attraverso il MEPA, per la fornitura e installazione di tende presso gli uffici della Giunta Regionale – Impegno di spesa Euro 3.428,08 IVA compresa – Cap. S24506 – Esercizio Finanziario 2016</t>
+        </is>
       </c>
     </row>
     <row r="749">
       <c r="A749">
-        <v>1244</v>
+        <v>1251</v>
       </c>
       <c r="B749" s="2">
-        <v>42867</v>
+        <v>42502</v>
       </c>
       <c r="C749" t="s">
-        <v>1150</v>
+        <v>1135</v>
       </c>
       <c r="D749" t="s">
-        <v>1151</v>
+        <v>1136</v>
       </c>
       <c r="E749" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio "Dalla parte delle donne" - Capitolo di bilancio regionale R31902 - Impegno di spesa per complessive € 46.677,20 (IVA inclusa) - Es.Fin.2017.</t>
-[...3 lines deleted...]
-        <v>1099</v>
+          <t>DD_G16227_27_12_2016:Autorizzazione ad espletare la gara attraverso il MEPA per il servizio di derattizzazione semestrale programmata presso le sedi regionali di Via Cristoforo Colombo n. 212, Via Capitan Bavastro n. 108/110, Via del Pescaccio n. 96/98, Via Marcantonio Colonna n. 27, Via del Serafico 127 Roma e Viale Mazzini n. 133 Frosinone. Prenotazione d'impegno Euro 8.540,00 IVA compresa – Cap. S23416 – Esercizio Finanziario 2017</t>
+        </is>
       </c>
     </row>
     <row r="750">
       <c r="A750">
-        <v>1223</v>
+        <v>1252</v>
       </c>
       <c r="B750" s="2">
         <v>42502</v>
       </c>
       <c r="C750" t="s">
-        <v>1152</v>
+        <v>1137</v>
       </c>
       <c r="D750" t="s">
-        <v>1153</v>
+        <v>1138</v>
       </c>
       <c r="E750" t="inlineStr">
         <is>
-          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>1154</v>
+          <t>Presentazione della guida "Roma. Guida ai piaceri e ai sapori di Roma e del Lazio" presso il Museo Nazionale delle Arti del XXI secolo (MAXXI) di Roma- 28 novembre 2016 .- Impegno di spesa di € 13.028,00 (IVA incl.) - Cap. di bilancio reg.le R31902 Es.Fin.2016</t>
+        </is>
+      </c>
+      <c r="F750" t="s" s="3">
+        <v>1139</v>
       </c>
     </row>
     <row r="751">
       <c r="A751">
-        <v>1224</v>
+        <v>1253</v>
       </c>
       <c r="B751" s="2">
         <v>42502</v>
       </c>
       <c r="C751" t="s">
-        <v>1155</v>
+        <v>1140</v>
       </c>
       <c r="D751" t="s">
-        <v>1156</v>
+        <v>1141</v>
       </c>
       <c r="E751" t="inlineStr">
         <is>
-          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>1154</v>
+          <t>Campagna di comunicazione istituzionale della Regione Lazio sui nuovi servizi sanitari a disposizione dei cittadini laziali - Affidamento a Poste Italiane S.p.a.- Impegno di spesa di € 132.297,89(IVA inclusa) - Capitolo di bilancio reg.le H11743 – Es. Fin. 2016.</t>
+        </is>
+      </c>
+      <c r="F751" t="s" s="3">
+        <v>1142</v>
       </c>
     </row>
     <row r="752">
       <c r="A752">
-        <v>1225</v>
+        <v>1254</v>
       </c>
       <c r="B752" s="2">
-        <v>42502</v>
+        <v>42867</v>
       </c>
       <c r="C752" t="s">
-        <v>1157</v>
+        <v>1143</v>
       </c>
       <c r="D752" t="s">
-        <v>1158</v>
+        <v>1144</v>
       </c>
       <c r="E752" t="inlineStr">
         <is>
-          <t>Affidamento a LAZIO INNOVA S.p.a. di un Progetto di comunicazione istituzionale per la valorizzazione del patrimonio storico, artistico e culturale della Regione Lazio denominato "Art bonus Regione Lazio" Impegno di spesa di € 50.000,00 (IVA incl.) -Cap. di Bilancio reg.le G11117 - Es. Fin. 2016.</t>
-[...3 lines deleted...]
-        <v>1159</v>
+          <t>DD_G01328_09_02_2017: Affidamento sul MEPA, a seguito di Trattativa Privata, per la fornitura dell'abbonamento alle banche dati on line per la durata di un anno con un importo complessivo di € 47.900,86 IVA compresa. Cap. S23424 – Impegno sull'esercizio finanziario 2017.</t>
+        </is>
       </c>
     </row>
     <row r="753">
       <c r="A753">
-        <v>1226</v>
+        <v>1255</v>
       </c>
       <c r="B753" s="2">
         <v>42867</v>
       </c>
       <c r="C753" t="s">
-        <v>1160</v>
+        <v>1145</v>
       </c>
       <c r="D753" t="s">
-        <v>1161</v>
+        <v>1146</v>
       </c>
       <c r="E753" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio denominata: "Inizia la ricostruzione" - Impegno di spesa di € 43.100,16 (IVA inclusa) - Capitolo di Bilancio regionale R31902 - Es. Fin. 2017. Concessionarie: MANZONI S.p.A; PIEMME S.p.A e SPORT NETWORK s.r.l..</t>
-[...3 lines deleted...]
-        <v>1162</v>
+          <t>DD_G01327_09_02_2017: Adesione alla Convenzione Consip "Gas Naturale 9" Lotto 5 per la fornitura di gas naturale e dei servizi connessi per le Pubbliche Amministrazioni, ai sensi dell'art. 26 Legge 23 dicembre 1999 n. 488, dell'art. 58 Legge 23 dicembre 2000 n. 388, del D.M. 24 febbraio 2000 e del D.M. 2 maggio 2001, stipulata con ESTRA ENERGIE S.r.l. - durata contratto 12 mesi.</t>
+        </is>
       </c>
     </row>
     <row r="754">
       <c r="A754">
-        <v>1227</v>
+        <v>1256</v>
       </c>
       <c r="B754" s="2">
         <v>42867</v>
       </c>
       <c r="C754" t="s">
-        <v>1163</v>
+        <v>1147</v>
       </c>
       <c r="D754" t="s">
-        <v>1164</v>
+        <v>1148</v>
       </c>
       <c r="E754" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio denominata: "Inizia la ricostruzione" - Impegno di spesa di € 43.100,16 (IVA inclusa) - Capitolo di Bilancio regionale R31902 - Es. Fin. 2017. Concessionarie: MANZONI S.p.A; PIEMME S.p.A e SPORT NETWORK s.r.l..</t>
-[...3 lines deleted...]
-        <v>1162</v>
+          <t>DD_G01881_20_02_2017: Autorizzazione ad espletare la gara, attraverso il MEPA, per l'affidamento del servizio di spedizione della corrispondenza della Regione Lazio sul territorio nazionale ed internazionale, per la durata di un anno - Importo a base d'asta euro 190.000,00 (IVA esclusa) - Impegno di euro 173.850,00 per l'esercizio finanziario 2017 e prenotazione d'impegno di euro 57.950,00 per l'esercizio finanziario 2018 - Cap. S23427 - Approvazione atti di gara.</t>
+        </is>
       </c>
     </row>
     <row r="755">
       <c r="A755">
-        <v>1228</v>
+        <v>1257</v>
       </c>
       <c r="B755" s="2">
         <v>42867</v>
       </c>
       <c r="C755" t="s">
-        <v>1165</v>
+        <v>1149</v>
       </c>
       <c r="D755" t="s">
-        <v>1166</v>
+        <v>1150</v>
       </c>
       <c r="E755" t="inlineStr">
         <is>
-          <t>Campagna informativa della Regione Lazio denominata: "Inizia la ricostruzione" - Impegno di spesa di € 43.100,16 (IVA inclusa) - Capitolo di Bilancio regionale R31902 - Es. Fin. 2017. Concessionarie: MANZONI S.p.A; PIEMME S.p.A e SPORT NETWORK s.r.l..</t>
-[...3 lines deleted...]
-        <v>1162</v>
+          <t>DD_G02197_24_02_2017: Autorizzazione ad espletare la gara attraverso il MEPA per la fornitura di materiali per allestimento sedi e cancelleria speciale - Importo a base d'asta euro 14.640,00 Iva compresa - Cap. R31902 esercizio finanziario 2017 - Approvazione atti di gara.</t>
+        </is>
       </c>
     </row>
     <row r="756">
       <c r="A756">
-        <v>1229</v>
+        <v>1234</v>
       </c>
       <c r="B756" s="2">
-        <v>42502</v>
-[...2 lines deleted...]
-        <v>1167</v>
+        <v>42867</v>
+      </c>
+      <c r="C756">
+        <v>6819763675</v>
       </c>
       <c r="D756" t="s">
-        <v>1168</v>
+        <v>1151</v>
       </c>
       <c r="E756" t="inlineStr">
         <is>
-          <t>Fornitura e posa in opera di barriera New Jersey per ostacolare il transito carrabile di aree demaniali golenali del fiume Tevere sottoposte a sequestro giudiziario dalla Procura di Roma, in località via Baiardo e Lungotevere Dante in comune di Roma. - Impegno Fondi €.10.000,00 – Creditore Diversi (cod.cred.3805) - Nomina del RUP - Esercizio finanziario 2016 capitolo E41913. M.O./325.</t>
-[...3 lines deleted...]
-        <v>1169</v>
+          <t>Lavori di sfalcio dell' argine da Castel Giubileo alla foce dell'Aniene e gestione degli impianti idrovori di via Salaria in sponda sx del fiume Tevere - Roma. Perizia n. 329 del 24/05/2016 – Determinazione a contrarre e impegno fondi, creditori vari € 72.899,14 capitolo E41913, Autorità Nazionale Anticorruzione € 30,00 capitolo T19427 esercizio finanziario 2016 - 2017. M.O./322.</t>
+        </is>
+      </c>
+      <c r="F756" t="s" s="3">
+        <v>1152</v>
       </c>
     </row>
     <row r="757">
       <c r="A757">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="B757" s="2">
-        <v>42502</v>
+        <v>42867</v>
       </c>
       <c r="C757" t="s">
-        <v>1170</v>
+        <v>1153</v>
       </c>
       <c r="D757" t="s">
-        <v>1171</v>
+        <v>1154</v>
       </c>
       <c r="E757" t="inlineStr">
         <is>
-          <t>Lavori urgenti per il ripristino dell'officiosità idraulica e la stabilità delle sponde del fosso Rio Galeria dal ponte dell'autostrada per Fiumicino a monte del ponte della ferrovia. Località Ponte Galeria in Comune di Roma. CUP F89D15000500002. Determinazione di autorizzazione a contrarre e impegno fondi capitolo C12148 esercizio finanziario 2015 2016.</t>
-[...3 lines deleted...]
-        <v>1172</v>
+          <t>Lavori di manutenzione ordinaria dell'impianto idrovoro di Pratolungo, sito in via Tivoli s.n.c., Roma, compreso lo sfalcio dell'adiacente argine. Perizia n. 328 del 12/05/2016 – Determinazione a contrarre e impegno fondi, creditori vari € 119.582,43 capitolo E41913 Autorità Nazionale Anticorruzione € 30,00 capitolo T19427 esercizio finanziario 2016 - 2017. M.O./321.</t>
+        </is>
+      </c>
+      <c r="F757" t="s" s="3">
+        <v>1155</v>
       </c>
     </row>
     <row r="758">
       <c r="A758">
-        <v>1231</v>
+        <v>1236</v>
       </c>
       <c r="B758" s="2">
-        <v>42502</v>
+        <v>42867</v>
       </c>
       <c r="C758" t="s">
-        <v>1173</v>
+        <v>1156</v>
       </c>
       <c r="D758" t="s">
-        <v>1174</v>
+        <v>1157</v>
       </c>
       <c r="E758" t="inlineStr">
         <is>
-          <t>Lavori urgenti di consolidamento della sponda destra del fiume Tevere nel tratto prospiciente gli uffici della riserva naturale regionale Nazzano Tevere - Farfa. Impegno fondi importo € 24.943,00, impresa G.C.L. SRL (Gabriele Carosella Lavori, Cod. Cred. 138069). Capitolo E42550 esercizio finanziario 2016. S.U./216</t>
-[...3 lines deleted...]
-        <v>1175</v>
+          <t>Lavori di manutenzione e gestione degli impianti idrovori, Flaminio, Tor di Quinto e Saxa Rubra - Perizia n 333 del 26 luglio 2016 – Determinazione a contrarre e impegno fondi, creditori vari € 49.808,41 capitolo E41913 esercizio finanziario 2016 - 17. M.O./324.</t>
+        </is>
+      </c>
+      <c r="F758" t="s" s="3">
+        <v>1158</v>
       </c>
     </row>
     <row r="759">
       <c r="A759">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="B759" s="2">
         <v>42502</v>
       </c>
       <c r="C759" t="s">
-        <v>1176</v>
+        <v>1159</v>
       </c>
       <c r="D759" t="s">
-        <v>1177</v>
-[...2 lines deleted...]
-        <v>1178</v>
+        <v>1160</v>
+      </c>
+      <c r="E759" t="inlineStr">
+        <is>
+          <t>Attuazione del Protocollo d'Intesa tra il Ministro dei beni e delle attività culturali e del turismo ed i Presidenti delle Regioni Lazio, Campania, Puglia e Basilicata, del 24 marzo 2016, "APPIA - Regina Viarum". Legge n. 135/2001- Art. 5 comma 5</t>
+        </is>
+      </c>
+      <c r="F759" t="s" s="3">
+        <v>1161</v>
       </c>
     </row>
     <row r="760">
       <c r="A760">
-        <v>1233</v>
+        <v>1238</v>
       </c>
       <c r="B760" s="2">
         <v>42502</v>
       </c>
       <c r="C760" t="s">
-        <v>1179</v>
+        <v>1162</v>
       </c>
       <c r="D760" t="s">
-        <v>1180</v>
+        <v>1163</v>
       </c>
       <c r="E760" t="inlineStr">
         <is>
-          <t>LAVORI DI RIPRISTINO DELLA VIA LUNGO LIRI SALVATOR SPIRIDIGLIOZZI NEL CENTRO ABITATO DI PONTECORVO (FR) E MITIGAZIONE DELLE CONDIZIONI DI RISCHIO IDROGEOLOGICO DEL VERSANTE</t>
-[...9 lines deleted...]
-        <v>1183</v>
+          <t>Affidamento diretto per la realizzazione di un evento pubblico rivolto alle scuole secondarie del territorio laziale ove approfondire tematiche legate ai diversi valori alla base della politica ed ogni altro ambito delle società presenti nel mondo.</t>
+        </is>
+      </c>
+      <c r="F760" t="s" s="3">
+        <v>1164</v>
       </c>
     </row>
     <row r="761">
       <c r="A761">
-        <v>1211</v>
+        <v>1239</v>
       </c>
       <c r="B761" s="2">
         <v>42502</v>
       </c>
       <c r="C761" t="s">
-        <v>1184</v>
+        <v>1165</v>
       </c>
       <c r="D761" t="s">
-        <v>1185</v>
+        <v>1166</v>
       </c>
       <c r="E761" t="inlineStr">
         <is>
-          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>1154</v>
+          <t>POR Lazio FSE 2014-2020. Affidamento diretto per la realizzazione di un breve video clip in infonografia della durata di circa un (1) minuto che consenta di veicolare le informazioni relative al progetto KIT SCUOLA 3D in modo comprensibile ed appro</t>
+        </is>
+      </c>
+      <c r="F761" t="s" s="3">
+        <v>1167</v>
       </c>
     </row>
     <row r="762">
       <c r="A762">
-        <v>1212</v>
+        <v>1240</v>
       </c>
       <c r="B762" s="2">
-        <v>42502</v>
+        <v>42867</v>
       </c>
       <c r="C762" t="s">
-        <v>1186</v>
+        <v>1168</v>
       </c>
       <c r="D762" t="s">
-        <v>1187</v>
+        <v>1169</v>
       </c>
       <c r="E762" t="inlineStr">
         <is>
-          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>1154</v>
+          <t>Campagna informativa della Regione Lazio "Dalla parte delle donne" - Capitolo di bilancio regionale R31902 - Impegno di spesa per complessive € 46.677,20 (IVA inclusa) - Es.Fin.2017.</t>
+        </is>
+      </c>
+      <c r="F762" t="s" s="3">
+        <v>1125</v>
       </c>
     </row>
     <row r="763">
       <c r="A763">
-        <v>1213</v>
+        <v>1241</v>
       </c>
       <c r="B763" s="2">
-        <v>42502</v>
+        <v>42867</v>
       </c>
       <c r="C763" t="s">
-        <v>1188</v>
+        <v>1170</v>
       </c>
       <c r="D763" t="s">
-        <v>1189</v>
+        <v>1171</v>
       </c>
       <c r="E763" t="inlineStr">
         <is>
-          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>1154</v>
+          <t>Campagna informativa della Regione Lazio "Dalla parte delle donne" - Capitolo di bilancio regionale R31902 - Impegno di spesa per complessive € 46.677,20 (IVA inclusa) - Es.Fin.2017.</t>
+        </is>
+      </c>
+      <c r="F763" t="s" s="3">
+        <v>1125</v>
       </c>
     </row>
     <row r="764">
       <c r="A764">
-        <v>1214</v>
+        <v>1242</v>
       </c>
       <c r="B764" s="2">
-        <v>42502</v>
+        <v>42867</v>
       </c>
       <c r="C764" t="s">
-        <v>1190</v>
+        <v>1172</v>
       </c>
       <c r="D764" t="s">
-        <v>1191</v>
+        <v>1173</v>
       </c>
       <c r="E764" t="inlineStr">
         <is>
-          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>1154</v>
+          <t>Campagna informativa della Regione Lazio "Dalla parte delle donne" - Capitolo di bilancio regionale R31902 - Impegno di spesa per complessive € 46.677,20 (IVA inclusa) - Es.Fin.2017.</t>
+        </is>
+      </c>
+      <c r="F764" t="s" s="3">
+        <v>1125</v>
       </c>
     </row>
     <row r="765">
       <c r="A765">
-        <v>1215</v>
+        <v>1243</v>
       </c>
       <c r="B765" s="2">
-        <v>42502</v>
+        <v>42867</v>
       </c>
       <c r="C765" t="s">
-        <v>1192</v>
+        <v>1174</v>
       </c>
       <c r="D765" t="s">
-        <v>1193</v>
+        <v>1175</v>
       </c>
       <c r="E765" t="inlineStr">
         <is>
-          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>1154</v>
+          <t>Campagna informativa della Regione Lazio "Dalla parte delle donne" - Capitolo di bilancio regionale R31902 - Impegno di spesa per complessive € 46.677,20 (IVA inclusa) - Es.Fin.2017.</t>
+        </is>
+      </c>
+      <c r="F765" t="s" s="3">
+        <v>1125</v>
       </c>
     </row>
     <row r="766">
       <c r="A766">
-        <v>1216</v>
+        <v>1244</v>
       </c>
       <c r="B766" s="2">
-        <v>42502</v>
+        <v>42867</v>
       </c>
       <c r="C766" t="s">
-        <v>1194</v>
+        <v>1176</v>
       </c>
       <c r="D766" t="s">
-        <v>1195</v>
+        <v>1177</v>
       </c>
       <c r="E766" t="inlineStr">
         <is>
-          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>1154</v>
+          <t>Campagna informativa della Regione Lazio "Dalla parte delle donne" - Capitolo di bilancio regionale R31902 - Impegno di spesa per complessive € 46.677,20 (IVA inclusa) - Es.Fin.2017.</t>
+        </is>
+      </c>
+      <c r="F766" t="s" s="3">
+        <v>1125</v>
       </c>
     </row>
     <row r="767">
       <c r="A767">
-        <v>1217</v>
+        <v>1223</v>
       </c>
       <c r="B767" s="2">
         <v>42502</v>
       </c>
       <c r="C767" t="s">
-        <v>1196</v>
+        <v>1178</v>
       </c>
       <c r="D767" t="s">
-        <v>1197</v>
+        <v>1179</v>
       </c>
       <c r="E767" t="inlineStr">
         <is>
           <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
         </is>
       </c>
-      <c r="F767" t="s">
-        <v>1154</v>
+      <c r="F767" t="s" s="3">
+        <v>1180</v>
       </c>
     </row>
     <row r="768">
       <c r="A768">
-        <v>1218</v>
+        <v>1224</v>
       </c>
       <c r="B768" s="2">
         <v>42502</v>
       </c>
       <c r="C768" t="s">
-        <v>1198</v>
+        <v>1181</v>
       </c>
       <c r="D768" t="s">
-        <v>1199</v>
+        <v>1182</v>
       </c>
       <c r="E768" t="inlineStr">
         <is>
           <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
         </is>
       </c>
-      <c r="F768" t="s">
-        <v>1154</v>
+      <c r="F768" t="s" s="3">
+        <v>1180</v>
       </c>
     </row>
     <row r="769">
       <c r="A769">
-        <v>1219</v>
+        <v>1225</v>
       </c>
       <c r="B769" s="2">
         <v>42502</v>
       </c>
       <c r="C769" t="s">
-        <v>1200</v>
+        <v>1183</v>
       </c>
       <c r="D769" t="s">
-        <v>1201</v>
+        <v>1184</v>
       </c>
       <c r="E769" t="inlineStr">
         <is>
-          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>1154</v>
+          <t>Affidamento a LAZIO INNOVA S.p.a. di un Progetto di comunicazione istituzionale per la valorizzazione del patrimonio storico, artistico e culturale della Regione Lazio denominato "Art bonus Regione Lazio" Impegno di spesa di € 50.000,00 (IVA incl.) -Cap. di Bilancio reg.le G11117 - Es. Fin. 2016.</t>
+        </is>
+      </c>
+      <c r="F769" t="s" s="3">
+        <v>1185</v>
       </c>
     </row>
     <row r="770">
       <c r="A770">
-        <v>1220</v>
+        <v>1226</v>
       </c>
       <c r="B770" s="2">
-        <v>42502</v>
+        <v>42867</v>
       </c>
       <c r="C770" t="s">
-        <v>1202</v>
+        <v>1186</v>
       </c>
       <c r="D770" t="s">
-        <v>1203</v>
+        <v>1187</v>
       </c>
       <c r="E770" t="inlineStr">
         <is>
-          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>1154</v>
+          <t>Campagna informativa della Regione Lazio denominata: "Inizia la ricostruzione" - Impegno di spesa di € 43.100,16 (IVA inclusa) - Capitolo di Bilancio regionale R31902 - Es. Fin. 2017. Concessionarie: MANZONI S.p.A; PIEMME S.p.A e SPORT NETWORK s.r.l..</t>
+        </is>
+      </c>
+      <c r="F770" t="s" s="3">
+        <v>1188</v>
       </c>
     </row>
     <row r="771">
       <c r="A771">
-        <v>1221</v>
+        <v>1227</v>
       </c>
       <c r="B771" s="2">
-        <v>42502</v>
+        <v>42867</v>
       </c>
       <c r="C771" t="s">
-        <v>1204</v>
+        <v>1189</v>
       </c>
       <c r="D771" t="s">
-        <v>1205</v>
+        <v>1190</v>
       </c>
       <c r="E771" t="inlineStr">
         <is>
-          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>1154</v>
+          <t>Campagna informativa della Regione Lazio denominata: "Inizia la ricostruzione" - Impegno di spesa di € 43.100,16 (IVA inclusa) - Capitolo di Bilancio regionale R31902 - Es. Fin. 2017. Concessionarie: MANZONI S.p.A; PIEMME S.p.A e SPORT NETWORK s.r.l..</t>
+        </is>
+      </c>
+      <c r="F771" t="s" s="3">
+        <v>1188</v>
       </c>
     </row>
     <row r="772">
       <c r="A772">
-        <v>1222</v>
+        <v>1228</v>
       </c>
       <c r="B772" s="2">
-        <v>42502</v>
+        <v>42867</v>
       </c>
       <c r="C772" t="s">
-        <v>1206</v>
+        <v>1191</v>
       </c>
       <c r="D772" t="s">
-        <v>1207</v>
+        <v>1192</v>
       </c>
       <c r="E772" t="inlineStr">
         <is>
-          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
-[...3 lines deleted...]
-        <v>1154</v>
+          <t>Campagna informativa della Regione Lazio denominata: "Inizia la ricostruzione" - Impegno di spesa di € 43.100,16 (IVA inclusa) - Capitolo di Bilancio regionale R31902 - Es. Fin. 2017. Concessionarie: MANZONI S.p.A; PIEMME S.p.A e SPORT NETWORK s.r.l..</t>
+        </is>
+      </c>
+      <c r="F772" t="s" s="3">
+        <v>1188</v>
       </c>
     </row>
     <row r="773">
       <c r="A773">
-        <v>1197</v>
+        <v>1229</v>
       </c>
       <c r="B773" s="2">
         <v>42502</v>
       </c>
       <c r="C773" t="s">
-        <v>1208</v>
+        <v>1193</v>
       </c>
       <c r="D773" t="s">
-        <v>1209</v>
+        <v>1194</v>
       </c>
       <c r="E773" t="inlineStr">
         <is>
-          <t>Progetto LIFE "Restoring the Pontine Archipelago ecosystem through management of rats and other invasive alien species" PonDerat LIFE14 NAT/IT/000544 - CUP F66G15000940008 - Indizione della procedura di RDO per l'acquisto di hardware per le attività di progetto – CIG Z901BD2875 - Determinazione a contrarre e indizione della RDO.</t>
-[...3 lines deleted...]
-        <v>940</v>
+          <t>Fornitura e posa in opera di barriera New Jersey per ostacolare il transito carrabile di aree demaniali golenali del fiume Tevere sottoposte a sequestro giudiziario dalla Procura di Roma, in località via Baiardo e Lungotevere Dante in comune di Roma. - Impegno Fondi €.10.000,00 – Creditore Diversi (cod.cred.3805) - Nomina del RUP - Esercizio finanziario 2016 capitolo E41913. M.O./325.</t>
+        </is>
+      </c>
+      <c r="F773" t="s" s="3">
+        <v>1195</v>
       </c>
     </row>
     <row r="774">
       <c r="A774">
-        <v>1198</v>
+        <v>1230</v>
       </c>
       <c r="B774" s="2">
         <v>42502</v>
       </c>
       <c r="C774" t="s">
-        <v>954</v>
+        <v>1196</v>
       </c>
       <c r="D774" t="s">
-        <v>1210</v>
+        <v>1197</v>
       </c>
       <c r="E774" t="inlineStr">
         <is>
-          <t>DD_G04219_04_04_2017:D.lgs. 50/2016 – Aggiudicazione affidamento attraverso il MEPA di Consip per la fornitura di dispositivi protezione individuale per il personale del Servizio Fitosanitario Regionale, autorizzata con determinazione n. G15904 del 22.12.2016 a favore della ditta PRINCIPIO BRAGUGLIA SRL. Disimpegno euro 221,89 e modifica creditore impegno 17328/2017 per euro 7.778,11 sul capitolo B11122 macroaggregato 1.03.01.02, es. fin 2017.DD_15904_22_12_2016: Dlgs 50/2016 Autorizzazione ad espletare gara attraverso il MEPA di Consip, per la fornitura di dispositivi protezione individuale per il personale del Servizio Fitosanitario Regionale. Impegno di spesa euro 8.000,00 IVA inclusa capitolo B11122 macroaggregato 1.03.01.02, es. fin 2016.</t>
-[...6 lines deleted...]
-        <v>1212</v>
+          <t>Lavori urgenti per il ripristino dell'officiosità idraulica e la stabilità delle sponde del fosso Rio Galeria dal ponte dell'autostrada per Fiumicino a monte del ponte della ferrovia. Località Ponte Galeria in Comune di Roma. CUP F89D15000500002. Determinazione di autorizzazione a contrarre e impegno fondi capitolo C12148 esercizio finanziario 2015 2016.</t>
+        </is>
+      </c>
+      <c r="F774" t="s" s="3">
+        <v>1198</v>
       </c>
     </row>
     <row r="775">
       <c r="A775">
-        <v>1199</v>
+        <v>1231</v>
       </c>
       <c r="B775" s="2">
         <v>42502</v>
       </c>
       <c r="C775" t="s">
-        <v>1213</v>
+        <v>1199</v>
       </c>
       <c r="D775" t="s">
-        <v>1214</v>
+        <v>1200</v>
       </c>
       <c r="E775" t="inlineStr">
         <is>
-          <t>Dlgs 50/2016 Autorizzazione ad espletare gara, per la rimozione di una struttura metallica e ripristino dello stato originale dei luoghi presso il parco S. Sebastiano di Roma. Impegno di spesa euro 3.231,78 IVA inclusa capitolo B11123 macroaggregato 1.03.02.99, es. fin 2016.</t>
-[...3 lines deleted...]
-        <v>1215</v>
+          <t>Lavori urgenti di consolidamento della sponda destra del fiume Tevere nel tratto prospiciente gli uffici della riserva naturale regionale Nazzano Tevere - Farfa. Impegno fondi importo € 24.943,00, impresa G.C.L. SRL (Gabriele Carosella Lavori, Cod. Cred. 138069). Capitolo E42550 esercizio finanziario 2016. S.U./216</t>
+        </is>
+      </c>
+      <c r="F775" t="s" s="3">
+        <v>1201</v>
       </c>
     </row>
     <row r="776">
       <c r="A776">
-        <v>1200</v>
+        <v>1232</v>
       </c>
       <c r="B776" s="2">
         <v>42502</v>
       </c>
       <c r="C776" t="s">
-        <v>946</v>
+        <v>1202</v>
       </c>
       <c r="D776" t="s">
-        <v>1216</v>
-[...7 lines deleted...]
-        <v>947</v>
+        <v>1203</v>
+      </c>
+      <c r="E776" t="s">
+        <v>1204</v>
       </c>
     </row>
     <row r="777">
       <c r="A777">
-        <v>1201</v>
+        <v>1233</v>
       </c>
       <c r="B777" s="2">
         <v>42502</v>
       </c>
       <c r="C777" t="s">
-        <v>1217</v>
+        <v>1205</v>
       </c>
       <c r="D777" t="s">
-        <v>1218</v>
+        <v>1206</v>
       </c>
       <c r="E777" t="inlineStr">
         <is>
-          <t>Abbonamento alla banca dati giornalistica Mediaddress per la durata di un anno. Impegno di spesa di € 2.440,00 Iva inclusa - Cap. S23424 – Prenotazione d'impegno sull'esercizio finanziario 2017.</t>
-[...3 lines deleted...]
-        <v>1219</v>
+          <t>LAVORI DI RIPRISTINO DELLA VIA LUNGO LIRI SALVATOR SPIRIDIGLIOZZI NEL CENTRO ABITATO DI PONTECORVO (FR) E MITIGAZIONE DELLE CONDIZIONI DI RISCHIO IDROGEOLOGICO DEL VERSANTE</t>
+        </is>
+      </c>
+      <c r="F777" t="s" s="3">
+        <v>1207</v>
+      </c>
+      <c r="G777" t="s" s="3">
+        <v>1208</v>
+      </c>
+      <c r="H777" t="s" s="3">
+        <v>1209</v>
       </c>
     </row>
     <row r="778">
       <c r="A778">
-        <v>1202</v>
+        <v>1211</v>
       </c>
       <c r="B778" s="2">
         <v>42502</v>
       </c>
-      <c r="C778">
-        <v>6842674138</v>
+      <c r="C778" t="s">
+        <v>1210</v>
       </c>
       <c r="D778" t="s">
-        <v>1220</v>
+        <v>1211</v>
       </c>
       <c r="E778" t="inlineStr">
         <is>
-          <t>Approvazione schema di contratto biennale tra la Regione Lazio e la Com.e Comunicazione ed Editoria s.r.l., per la fornitura di notiziari e servizi di agenzia - Impegno di spesa complessivo di € 195.000,00 (Iva inclusa), sul capitolo R31906 - suddiviso in € 97.500,00 Iva inclusa nell'Es. Fin. 2017 ed € 97.500,00 Iva inclusa nell'Es. Fin. 2018. Impegno di spesa di € 225,00 sul capitolo T19427 Es. Fin. 2016, a favore dell'ANAC.</t>
-[...3 lines deleted...]
-        <v>1221</v>
+          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F778" t="s" s="3">
+        <v>1180</v>
       </c>
     </row>
     <row r="779">
       <c r="A779">
-        <v>1203</v>
+        <v>1212</v>
       </c>
       <c r="B779" s="2">
         <v>42502</v>
       </c>
       <c r="C779" t="s">
-        <v>1222</v>
+        <v>1212</v>
       </c>
       <c r="D779" t="s">
-        <v>1223</v>
+        <v>1213</v>
       </c>
       <c r="E779" t="inlineStr">
         <is>
-          <t>DD_G14115_28_11_2016: Autorizzazione ad espletare la gara, attraverso il MEPA, per la fornitura e stampa di cartelline per l'Avvocatura Regionale - Impegno di spesa euro 7.564,00 IVA compresa - Capitolo S23908 - esercizio finanziario 2016.</t>
-        </is>
+          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F779" t="s" s="3">
+        <v>1180</v>
       </c>
     </row>
     <row r="780">
       <c r="A780">
-        <v>1204</v>
+        <v>1213</v>
       </c>
       <c r="B780" s="2">
         <v>42502</v>
       </c>
       <c r="C780" t="s">
-        <v>1224</v>
+        <v>1214</v>
       </c>
       <c r="D780" t="s">
-        <v>1225</v>
+        <v>1215</v>
       </c>
       <c r="E780" t="inlineStr">
         <is>
-          <t>DD_G13691_21_11_2016: Affidamento per la fornitura di un forno per la cucina del Campo della Regione Lazio di Amatrice (territorio colpito dall'evento sismico del 24 agosto) - Impegno di spesa euro 5.471,70 IVA compresa - EsercizioFinanziario 2016 - Cap. E46138.</t>
-        </is>
+          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F780" t="s" s="3">
+        <v>1180</v>
       </c>
     </row>
     <row r="781">
       <c r="A781">
-        <v>1205</v>
+        <v>1214</v>
       </c>
       <c r="B781" s="2">
         <v>42502</v>
       </c>
       <c r="C781" t="s">
-        <v>1226</v>
+        <v>1216</v>
       </c>
       <c r="D781" t="s">
-        <v>1227</v>
+        <v>1217</v>
       </c>
       <c r="E781" t="inlineStr">
         <is>
-          <t>DD_G13688_21_11_2016: Affidamento per la prosecuzione del servizio di noleggio, attraverso il Me.pa. di Consip, di n. 1 gruppo elettrogeno da 300 kVA per le esigenze del Campo della Regione Lazio di Amatrice 1 (territorio colpitodall'evento sismico del 24 agosto) - Impegno di spesa euro 11.712,00 IVA compresa - Esercizio Finanziario 2016 - Cap. E47120.</t>
-        </is>
+          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F781" t="s" s="3">
+        <v>1180</v>
       </c>
     </row>
     <row r="782">
       <c r="A782">
-        <v>1206</v>
+        <v>1215</v>
       </c>
       <c r="B782" s="2">
         <v>42502</v>
       </c>
       <c r="C782" t="s">
-        <v>1228</v>
+        <v>1218</v>
       </c>
       <c r="D782" t="s">
-        <v>1229</v>
+        <v>1219</v>
       </c>
       <c r="E782" t="inlineStr">
         <is>
-          <t>DD_G15237_16_12_2016: Affidamento diretto dell'incarico di fotografo delle cerimonie istituzionali del Presidente ed altri esponenti dell'Amministrazione regionale - Prenotazione impegno di spesa €. 35.685,00 IVA inclusa - Esercizi Finanziari 2017 e 2018 - Cap. R31902- CIG Z7C1C921E5.</t>
-        </is>
+          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F782" t="s" s="3">
+        <v>1180</v>
       </c>
     </row>
     <row r="783">
       <c r="A783">
-        <v>1207</v>
+        <v>1216</v>
       </c>
       <c r="B783" s="2">
         <v>42502</v>
       </c>
       <c r="C783" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D783" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E783" t="inlineStr">
+        <is>
+          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F783" t="s" s="3">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="784">
+      <c r="A784">
+        <v>1217</v>
+      </c>
+      <c r="B784" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C784" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D784" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E784" t="inlineStr">
+        <is>
+          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F784" t="s" s="3">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="785">
+      <c r="A785">
+        <v>1218</v>
+      </c>
+      <c r="B785" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C785" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D785" t="s">
+        <v>1225</v>
+      </c>
+      <c r="E785" t="inlineStr">
+        <is>
+          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F785" t="s" s="3">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="786">
+      <c r="A786">
+        <v>1219</v>
+      </c>
+      <c r="B786" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C786" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D786" t="s">
+        <v>1227</v>
+      </c>
+      <c r="E786" t="inlineStr">
+        <is>
+          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F786" t="s" s="3">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="787">
+      <c r="A787">
+        <v>1220</v>
+      </c>
+      <c r="B787" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C787" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D787" t="s">
+        <v>1229</v>
+      </c>
+      <c r="E787" t="inlineStr">
+        <is>
+          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F787" t="s" s="3">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="788">
+      <c r="A788">
+        <v>1221</v>
+      </c>
+      <c r="B788" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C788" t="s">
         <v>1230</v>
       </c>
-      <c r="D783" t="s">
+      <c r="D788" t="s">
         <v>1231</v>
       </c>
-      <c r="E783" t="inlineStr">
+      <c r="E788" t="inlineStr">
+        <is>
+          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F788" t="s" s="3">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="789">
+      <c r="A789">
+        <v>1222</v>
+      </c>
+      <c r="B789" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C789" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D789" t="s">
+        <v>1233</v>
+      </c>
+      <c r="E789" t="inlineStr">
+        <is>
+          <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
+        </is>
+      </c>
+      <c r="F789" t="s" s="3">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="790">
+      <c r="A790">
+        <v>1197</v>
+      </c>
+      <c r="B790" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C790" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D790" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E790" t="inlineStr">
+        <is>
+          <t>Progetto LIFE "Restoring the Pontine Archipelago ecosystem through management of rats and other invasive alien species" PonDerat LIFE14 NAT/IT/000544 - CUP F66G15000940008 - Indizione della procedura di RDO per l'acquisto di hardware per le attività di progetto – CIG Z901BD2875 - Determinazione a contrarre e indizione della RDO.</t>
+        </is>
+      </c>
+      <c r="F790" t="s" s="3">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="791">
+      <c r="A791">
+        <v>1198</v>
+      </c>
+      <c r="B791" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C791" t="s">
+        <v>980</v>
+      </c>
+      <c r="D791" t="s">
+        <v>1236</v>
+      </c>
+      <c r="E791" t="inlineStr">
+        <is>
+          <t>DD_G04219_04_04_2017:D.lgs. 50/2016 – Aggiudicazione affidamento attraverso il MEPA di Consip per la fornitura di dispositivi protezione individuale per il personale del Servizio Fitosanitario Regionale, autorizzata con determinazione n. G15904 del 22.12.2016 a favore della ditta PRINCIPIO BRAGUGLIA SRL. Disimpegno euro 221,89 e modifica creditore impegno 17328/2017 per euro 7.778,11 sul capitolo B11122 macroaggregato 1.03.01.02, es. fin 2017.DD_15904_22_12_2016: Dlgs 50/2016 Autorizzazione ad espletare gara attraverso il MEPA di Consip, per la fornitura di dispositivi protezione individuale per il personale del Servizio Fitosanitario Regionale. Impegno di spesa euro 8.000,00 IVA inclusa capitolo B11122 macroaggregato 1.03.01.02, es. fin 2016.</t>
+        </is>
+      </c>
+      <c r="F791" t="s" s="3">
+        <v>1237</v>
+      </c>
+      <c r="G791" t="s" s="3">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="792">
+      <c r="A792">
+        <v>1199</v>
+      </c>
+      <c r="B792" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C792" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D792" t="s">
+        <v>1240</v>
+      </c>
+      <c r="E792" t="inlineStr">
+        <is>
+          <t>Dlgs 50/2016 Autorizzazione ad espletare gara, per la rimozione di una struttura metallica e ripristino dello stato originale dei luoghi presso il parco S. Sebastiano di Roma. Impegno di spesa euro 3.231,78 IVA inclusa capitolo B11123 macroaggregato 1.03.02.99, es. fin 2016.</t>
+        </is>
+      </c>
+      <c r="F792" t="s" s="3">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="793">
+      <c r="A793">
+        <v>1200</v>
+      </c>
+      <c r="B793" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C793" t="s">
+        <v>972</v>
+      </c>
+      <c r="D793" t="s">
+        <v>1242</v>
+      </c>
+      <c r="E793" t="inlineStr">
+        <is>
+          <t>Dlgs 50/2016 determina a contrarre per l'affidamento del servizio 2017 di effettuazione di determinazioni specialistiche per l'identificazione di avversità entomologiche e nematologiche nel territorio del Lazio. Impegno di spesa euro 48.800,00 IVAinclusa capitolo B11121 macroaggregato 1.03.02.11 es. fin. 2016.</t>
+        </is>
+      </c>
+      <c r="F793" t="s" s="3">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="794">
+      <c r="A794">
+        <v>1201</v>
+      </c>
+      <c r="B794" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C794" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D794" t="s">
+        <v>1244</v>
+      </c>
+      <c r="E794" t="inlineStr">
+        <is>
+          <t>Abbonamento alla banca dati giornalistica Mediaddress per la durata di un anno. Impegno di spesa di € 2.440,00 Iva inclusa - Cap. S23424 – Prenotazione d'impegno sull'esercizio finanziario 2017.</t>
+        </is>
+      </c>
+      <c r="F794" t="s" s="3">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="795">
+      <c r="A795">
+        <v>1202</v>
+      </c>
+      <c r="B795" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C795">
+        <v>6842674138</v>
+      </c>
+      <c r="D795" t="s">
+        <v>1246</v>
+      </c>
+      <c r="E795" t="inlineStr">
+        <is>
+          <t>Approvazione schema di contratto biennale tra la Regione Lazio e la Com.e Comunicazione ed Editoria s.r.l., per la fornitura di notiziari e servizi di agenzia - Impegno di spesa complessivo di € 195.000,00 (Iva inclusa), sul capitolo R31906 - suddiviso in € 97.500,00 Iva inclusa nell'Es. Fin. 2017 ed € 97.500,00 Iva inclusa nell'Es. Fin. 2018. Impegno di spesa di € 225,00 sul capitolo T19427 Es. Fin. 2016, a favore dell'ANAC.</t>
+        </is>
+      </c>
+      <c r="F795" t="s" s="3">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="796">
+      <c r="A796">
+        <v>1203</v>
+      </c>
+      <c r="B796" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C796" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D796" t="s">
+        <v>1249</v>
+      </c>
+      <c r="E796" t="inlineStr">
+        <is>
+          <t>DD_G14115_28_11_2016: Autorizzazione ad espletare la gara, attraverso il MEPA, per la fornitura e stampa di cartelline per l'Avvocatura Regionale - Impegno di spesa euro 7.564,00 IVA compresa - Capitolo S23908 - esercizio finanziario 2016.</t>
+        </is>
+      </c>
+    </row>
+    <row r="797">
+      <c r="A797">
+        <v>1204</v>
+      </c>
+      <c r="B797" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C797" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D797" t="s">
+        <v>1251</v>
+      </c>
+      <c r="E797" t="inlineStr">
+        <is>
+          <t>DD_G13691_21_11_2016: Affidamento per la fornitura di un forno per la cucina del Campo della Regione Lazio di Amatrice (territorio colpito dall'evento sismico del 24 agosto) - Impegno di spesa euro 5.471,70 IVA compresa - EsercizioFinanziario 2016 - Cap. E46138.</t>
+        </is>
+      </c>
+    </row>
+    <row r="798">
+      <c r="A798">
+        <v>1205</v>
+      </c>
+      <c r="B798" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C798" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D798" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E798" t="inlineStr">
+        <is>
+          <t>DD_G13688_21_11_2016: Affidamento per la prosecuzione del servizio di noleggio, attraverso il Me.pa. di Consip, di n. 1 gruppo elettrogeno da 300 kVA per le esigenze del Campo della Regione Lazio di Amatrice 1 (territorio colpitodall'evento sismico del 24 agosto) - Impegno di spesa euro 11.712,00 IVA compresa - Esercizio Finanziario 2016 - Cap. E47120.</t>
+        </is>
+      </c>
+    </row>
+    <row r="799">
+      <c r="A799">
+        <v>1206</v>
+      </c>
+      <c r="B799" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C799" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D799" t="s">
+        <v>1255</v>
+      </c>
+      <c r="E799" t="inlineStr">
+        <is>
+          <t>DD_G15237_16_12_2016: Affidamento diretto dell'incarico di fotografo delle cerimonie istituzionali del Presidente ed altri esponenti dell'Amministrazione regionale - Prenotazione impegno di spesa €. 35.685,00 IVA inclusa - Esercizi Finanziari 2017 e 2018 - Cap. R31902- CIG Z7C1C921E5.</t>
+        </is>
+      </c>
+    </row>
+    <row r="800">
+      <c r="A800">
+        <v>1207</v>
+      </c>
+      <c r="B800" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C800" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D800" t="s">
+        <v>1257</v>
+      </c>
+      <c r="E800" t="inlineStr">
         <is>
           <t>DD_G10368_16_09_2016: Affidamento diretto per la fornitura di n. 1 tenda connect a 4 vie per le esigenze del Campo della Regione Lazio di Amatrice (territorio colpito dall'evento sismico del 24 agosto) - Impegno di spesa euro 9.516,00 IVA compresa - Esercizio Finanziario 2016 - Cap. E47511.
  </t>
         </is>
       </c>
     </row>
-    <row r="784">
-      <c r="A784">
+    <row r="801">
+      <c r="A801">
         <v>1208</v>
       </c>
-      <c r="B784" s="2">
+      <c r="B801" s="2">
         <v>42502</v>
       </c>
-      <c r="C784" t="s">
-[...5 lines deleted...]
-      <c r="E784" t="inlineStr">
+      <c r="C801" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D801" t="s">
+        <v>1259</v>
+      </c>
+      <c r="E801" t="inlineStr">
         <is>
           <t>DD_G12993_07_11_2016: Approvazione dell'affidamento diretto per il servizio di pubblicazione su due quotidiani dell'estratto del bando di gara di procedura aperta di cui alla determinazione G12193 del 20/10/2016 - Impegno di spesa €.1.697,00 oltre IVA al 22 % per un totale di euro 2.070,34 IVA inclusa - Esercizio Finanziario 2016 - Cap. S23917 - CIG ZA71BAEB33.</t>
         </is>
       </c>
     </row>
-    <row r="785">
-      <c r="A785">
+    <row r="802">
+      <c r="A802">
         <v>1209</v>
       </c>
-      <c r="B785" s="2">
+      <c r="B802" s="2">
         <v>42502</v>
       </c>
-      <c r="C785" t="s">
-[...5 lines deleted...]
-      <c r="E785" t="inlineStr">
+      <c r="C802" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D802" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E802" t="inlineStr">
         <is>
           <t>DD_G13325_11_11_2016: Affidamento per la fornitura e messa in opera, attraverso il Me.pa. di Consip, di n. 8 elettroventilatori per le esigenze del Campo della Regione Lazio di Amatrice (territorio colpito dall'evento sismico del 24 agosto) - Impegno di spesa euro 14.640,00 IVA compresa - Esercizio Finanziario 2016 - Cap. E46137.</t>
         </is>
       </c>
     </row>
-    <row r="786">
-      <c r="A786">
+    <row r="803">
+      <c r="A803">
         <v>1210</v>
       </c>
-      <c r="B786" s="2">
+      <c r="B803" s="2">
         <v>42502</v>
       </c>
-      <c r="C786" t="s">
-[...5 lines deleted...]
-      <c r="E786" t="inlineStr">
+      <c r="C803" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D803" t="s">
+        <v>1263</v>
+      </c>
+      <c r="E803" t="inlineStr">
         <is>
           <t>Campagna informativa sull'abolizione della quota regionale dei ticket sanitari della Regione Lazio - Capitolo di bilancio reg.le R31902 - Impegno di spesa per complessive € 121.438,80 (IVA inclusa) di cui € 102.992,40 sull' Es. Fin. 2016 e quanto ad € 18.446,40 sull'Es. Fin. 2017.</t>
         </is>
       </c>
-      <c r="F786" t="s">
-[...4 lines deleted...]
-      <c r="A787">
+      <c r="F803" t="s" s="3">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="804">
+      <c r="A804">
         <v>1184</v>
       </c>
-      <c r="B787" s="2">
+      <c r="B804" s="2">
         <v>42502</v>
       </c>
-      <c r="C787" t="s">
-[...5 lines deleted...]
-      <c r="E787" t="inlineStr">
+      <c r="C804" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D804" t="s">
+        <v>1265</v>
+      </c>
+      <c r="E804" t="inlineStr">
         <is>
           <t>Campagna di comunicazione istit.le della R. Lazio denominata "Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2016/2017". Imp.di € 167.843,60 (IVA incl) cap.H13180. Es.fin. 2016.</t>
         </is>
       </c>
-      <c r="F787" t="s">
-[...4 lines deleted...]
-      <c r="A788">
+      <c r="F804" t="s" s="3">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="805">
+      <c r="A805">
         <v>1185</v>
       </c>
-      <c r="B788" s="2">
+      <c r="B805" s="2">
         <v>42502</v>
       </c>
-      <c r="C788" t="s">
-[...5 lines deleted...]
-      <c r="E788" t="inlineStr">
+      <c r="C805" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D805" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E805" t="inlineStr">
         <is>
           <t>Campagna di comunicazione istit.le della R. Lazio denominata "Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2016/2017". Imp.di € 167.843,60 (IVA incl) cap.H13180. Es.fin. 2016.</t>
         </is>
       </c>
-      <c r="F788" t="s">
-[...4 lines deleted...]
-      <c r="A789">
+      <c r="F805" t="s" s="3">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="806">
+      <c r="A806">
         <v>1186</v>
       </c>
-      <c r="B789" s="2">
+      <c r="B806" s="2">
         <v>42502</v>
       </c>
-      <c r="C789" t="s">
-[...5 lines deleted...]
-      <c r="E789" t="inlineStr">
+      <c r="C806" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D806" t="s">
+        <v>1270</v>
+      </c>
+      <c r="E806" t="inlineStr">
         <is>
           <t>Campagna di comunicazione istit.le della R. Lazio denominata "Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2016/2017". Imp.di € 167.843,60 (IVA incl) cap.H13180. Es.fin. 2016.</t>
         </is>
       </c>
-      <c r="F789" t="s">
-[...4 lines deleted...]
-      <c r="A790">
+      <c r="F806" t="s" s="3">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="807">
+      <c r="A807">
         <v>1187</v>
       </c>
-      <c r="B790" s="2">
+      <c r="B807" s="2">
         <v>42502</v>
       </c>
-      <c r="C790" t="s">
-[...5 lines deleted...]
-      <c r="E790" t="inlineStr">
+      <c r="C807" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D807" t="s">
+        <v>1272</v>
+      </c>
+      <c r="E807" t="inlineStr">
         <is>
           <t>Dlgs 50/2016, Affidamento attraverso il MEPA di Consip, per la fornitura di materiali per la realizzazione del secondo centro di moltiplicazione Torymus sinensis. Impegni di spesa, a favore ditta Aca Onore snc euro 3.309,95 IVA inclusa e ditta Garden Service srl euro 7.751,026 IVA inclusa. Importo complessivo euro 11.060,976 IVA inclusa, capitolo B15108 macroaggregato 1.03.01.02, es. fin 2016 </t>
         </is>
       </c>
-      <c r="F790" t="s">
-[...4 lines deleted...]
-      <c r="A791">
+      <c r="F807" t="s" s="3">
+        <v>1273</v>
+      </c>
+    </row>
+    <row r="808">
+      <c r="A808">
         <v>1188</v>
       </c>
-      <c r="B791" s="2">
+      <c r="B808" s="2">
         <v>42502</v>
       </c>
-      <c r="C791" t="s">
-[...5 lines deleted...]
-      <c r="E791" t="inlineStr">
+      <c r="C808" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D808" t="s">
+        <v>1275</v>
+      </c>
+      <c r="E808" t="inlineStr">
         <is>
           <t>Dlgs 50/2016, Affidamento attraverso il MEPA di Consip, per la fornitura di materiali per la realizzazione del secondo centro di moltiplicazione Torymus sinensis. Impegni di spesa, a favore ditta Aca Onore snc euro 3.309,95 IVA inclusa e ditta Garden Service srl euro 7.751,026 IVA inclusa. Importo complessivo euro 11.060,976 IVA inclusa, capitolo B15108 macroaggregato 1.03.01.02, es. fin 2016 </t>
         </is>
       </c>
-      <c r="F791" t="s">
-[...4 lines deleted...]
-      <c r="A792">
+      <c r="F808" t="s" s="3">
+        <v>1273</v>
+      </c>
+    </row>
+    <row r="809">
+      <c r="A809">
         <v>1189</v>
       </c>
-      <c r="B792" s="2">
+      <c r="B809" s="2">
         <v>42502</v>
       </c>
-      <c r="C792" t="s">
-[...5 lines deleted...]
-      <c r="E792" t="inlineStr">
+      <c r="C809" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D809" t="s">
+        <v>1277</v>
+      </c>
+      <c r="E809" t="inlineStr">
         <is>
           <t>DD_G10861_27_09_2016: Atto aggiuntivo al contratto Reg. Cron. n. 19462 del 21.09.2016 affidamento diretto per la fornitura di alimenti (salumi) per le necessità della popolazione colpita dal terremoto del 24 agosto 2016 – Impegno di spesa €   20.000,00 oltre IVA al 10 %   per un totale di euro 22.000,00 IVA inclusa - Esercizio Finanziario 2016 - Cap. E47511 - CIG  Z0C1B45141.
  </t>
         </is>
       </c>
     </row>
-    <row r="793">
-      <c r="A793">
+    <row r="810">
+      <c r="A810">
         <v>1190</v>
       </c>
-      <c r="B793" s="2">
+      <c r="B810" s="2">
         <v>42502</v>
       </c>
-      <c r="C793" t="s">
-[...5 lines deleted...]
-      <c r="E793" t="inlineStr">
+      <c r="C810" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D810" t="s">
+        <v>1279</v>
+      </c>
+      <c r="E810" t="inlineStr">
         <is>
           <t>DD_G11416_07_10_2016: Atto aggiuntivo al contratto Reg. Cron. n. 19461 del 21.09.2016 affidamento diretto per la fornitura di pane per le necessità della popolazione colpita dal terremoto del 24 agosto 2016 – Impegno di spesa €  18.000,00 oltre IVA al 4 %  per un totale di euro 18.720,00 IVA inclusa - Esercizio Finanziario 2016 - Cap. E47119 – CIG ZD31B6A12B.</t>
         </is>
       </c>
     </row>
-    <row r="794">
-      <c r="A794">
+    <row r="811">
+      <c r="A811">
         <v>1191</v>
       </c>
-      <c r="B794" s="2">
+      <c r="B811" s="2">
         <v>42502</v>
       </c>
-      <c r="C794" t="s">
-[...5 lines deleted...]
-      <c r="E794" t="inlineStr">
+      <c r="C811" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D811" t="s">
+        <v>1281</v>
+      </c>
+      <c r="E811" t="inlineStr">
         <is>
           <t>DD_G11417_07_10_2016: Affidamento diretto per la fornitura di alimenti (carne) per le necessità della popolazione colpita dal terremoto del 24 agosto 2016 – Impegno di spesa €   20.000,00 oltre IVA al 10 %    per un totale di euro 22.000,00 IVA inclusa - Esercizio Finanziario 2016 - Cap. E47119 - CIG  Z591B599E0.</t>
         </is>
       </c>
     </row>
-    <row r="795">
-      <c r="A795">
+    <row r="812">
+      <c r="A812">
         <v>1192</v>
       </c>
-      <c r="B795" s="2">
+      <c r="B812" s="2">
         <v>42502</v>
       </c>
-      <c r="C795" t="s">
-[...5 lines deleted...]
-      <c r="E795" t="inlineStr">
+      <c r="C812" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D812" t="s">
+        <v>1283</v>
+      </c>
+      <c r="E812" t="inlineStr">
         <is>
           <t>DD_12270_24_10_2016: Affidamento diretto per la fornitura di alimenti (latte e derivati) per le necessità della popolazione colpita dal terremoto del 24 agosto 2016 – Impegno di spesa € 18.000,00 IVA (al 4 % o al 10 % a seconda del prodotto) per un totale di euro 19.800,00 IVA inclusa - Esercizio Finanziario 2016 - Cap. E47119 - CIG ZF61B8B436.</t>
         </is>
       </c>
     </row>
-    <row r="796">
-      <c r="A796">
+    <row r="813">
+      <c r="A813">
         <v>1193</v>
       </c>
-      <c r="B796" s="2">
+      <c r="B813" s="2">
         <v>42502</v>
       </c>
-      <c r="C796" t="s">
-[...5 lines deleted...]
-      <c r="E796" t="inlineStr">
+      <c r="C813" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D813" t="s">
+        <v>1285</v>
+      </c>
+      <c r="E813" t="inlineStr">
         <is>
           <t>Progetto LIFE13 BIO/IT/000204 U-SAVEREDS "Management of grey squirrel in Umbria: conservation of red squirrel and preventing loss of biodiversity in Apennines". CUP: I62C14000020006. Indizione della procedura di RDO per l'affidamento della stampa di materiale divulgativo inerente l'implementazione dell'azione F2 - Creazione ed implementazione di un Early Warning System and Rapid Response extra-regionale - Affdamento in economia con aggiudicazione dell'offerta con il prezz più basso (art.125, commi 9-11 del D.lgs n.163/06 aggiornato con il D.Lgs 53/2010). CIG: Z05174916D -Approvazione del Capitolato tecnico e impegno della somma.</t>
         </is>
       </c>
-      <c r="F796" t="s">
-[...4 lines deleted...]
-      <c r="A797">
+      <c r="F813" t="s" s="3">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="814">
+      <c r="A814">
         <v>1194</v>
       </c>
-      <c r="B797" s="2">
+      <c r="B814" s="2">
         <v>42502</v>
       </c>
-      <c r="C797" t="s">
-[...5 lines deleted...]
-      <c r="E797" t="inlineStr">
+      <c r="C814" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D814" t="s">
+        <v>1288</v>
+      </c>
+      <c r="E814" t="inlineStr">
         <is>
           <t>Progetto LIFE13 BIO/IT/000204 U-SAVEREDS "Management of grey squirrel in Umbria: conservation of red squirrel and preventing loss of biodiversity in Apennines". CUP: I62C14000020006. Organizzazione Seminario Formativo. CIG: ZAB1749016.</t>
         </is>
       </c>
-      <c r="F797" t="s">
-[...4 lines deleted...]
-      <c r="A798">
+      <c r="F814" t="s" s="3">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="815">
+      <c r="A815">
         <v>1195</v>
       </c>
-      <c r="B798" s="2">
+      <c r="B815" s="2">
         <v>42502</v>
       </c>
-      <c r="C798" t="s">
-[...5 lines deleted...]
-      <c r="E798" t="inlineStr">
+      <c r="C815" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D815" t="s">
+        <v>1291</v>
+      </c>
+      <c r="E815" t="inlineStr">
         <is>
           <t>Intervento in urgenza di installazione e controllo di contenitori di esche rodenticide come misura di prevenzione del rischio di infestazione di roditori sinantropici nei campi nelle aree interessate dal sisma di Accumoli e Amatrice (RI) – CIG Z251B15A3F – Determinazione a contrarre, approvazione del capitolato tecnico e impegno della somma di 11.712,00 sul capitolo E47508 per l'esercizio finanziario 2016 per l'affidamento del servizio a favore di Romana Ambiente srl.</t>
         </is>
       </c>
-      <c r="F798" t="s">
-[...4 lines deleted...]
-      <c r="A799">
+      <c r="F815" t="s" s="3">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="816">
+      <c r="A816">
         <v>1196</v>
       </c>
-      <c r="B799" s="2">
+      <c r="B816" s="2">
         <v>42502</v>
       </c>
-      <c r="C799" t="s">
-[...5 lines deleted...]
-      <c r="E799" t="inlineStr">
+      <c r="C816" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D816" t="s">
+        <v>1294</v>
+      </c>
+      <c r="E816" t="inlineStr">
         <is>
           <t>Progetto LIFE13 BIO/IT/000204 U-SAVEREDS "Management of grey squirrel in Umbria: conservation of red squirrel and preventing loss of biodiversity in Apennines". CUP: I62C14000020006. Acquisto materiali necessari per i servizi informatici di rilevamento, inserimento ed elaborazione dati nell'ambito delle attività di competenza della Regione Lazio attività di progetto - Affidamento in economia con aggiudicazione dell'offerta con il criterio del minor prezzo. CIG: Z7819FDF35  Determinazione a contrarre e indizione della RDO.</t>
         </is>
       </c>
-      <c r="F799" t="s">
-[...4 lines deleted...]
-      <c r="A800">
+      <c r="F816" t="s" s="3">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="817">
+      <c r="A817">
         <v>1172</v>
       </c>
-      <c r="B800" s="2">
+      <c r="B817" s="2">
         <v>42502</v>
       </c>
-      <c r="C800" t="s">
-[...5 lines deleted...]
-      <c r="E800" t="inlineStr">
+      <c r="C817" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D817" t="s">
+        <v>1297</v>
+      </c>
+      <c r="E817" t="inlineStr">
         <is>
           <t>DD_G12193_20_10_2016: Determina a contrarre per l'affidamento della fornitura di ricoveri temporanei per bovini e ovini a seguito del sisma del 24 agosto 2016 ai sensi dell'articolo 7 dell'ordinanza del Capo del Dipartimento della Protezione Civile 13 settembre 2016, n. 393. Approvazione della documentazione di gara. Contabilità speciale presso la Banca d'Italia con il codice contabilità n. 6022 intestata all'Ing. Wanda D'Ercole quale Soggetto Attuatore Delegato. Lotto 1: CIG n. 6841543BE0; Lotto 2: CIG n. 6841547F2C; Lotto 3: CIG n. 68415544F6; Lotto 4: CIG n. 6841558842; Lotto 5: CIG n. 6841565E07; Lotto 6: CIG n. 6841569158; Lotto 7: CIG n. 684157564A; Lotto 8: CIG n. 6841584DB5; Lotto 9: CIG n. 6841592452; Lotto 10: CIG n. 68415956CB; Lotto 11: CIG n. 6841601BBD; Lotto 12: CIG n. 6841659B9A; Lotto 13: CIG n. 6841664FB9; Lotto 14: CIG n. 6841672656.
 G13316 del 10/11/2016 Determina di aggiudicazione gara (BURL 91 del 15/11/2016)</t>
         </is>
       </c>
     </row>
-    <row r="801">
-      <c r="A801">
+    <row r="818">
+      <c r="A818">
         <v>1173</v>
       </c>
-      <c r="B801" s="2">
+      <c r="B818" s="2">
         <v>42502</v>
       </c>
-      <c r="C801">
+      <c r="C818">
         <v>6841672656</v>
       </c>
-      <c r="D801" t="s">
-[...2 lines deleted...]
-      <c r="E801" t="inlineStr">
+      <c r="D818" t="s">
+        <v>1298</v>
+      </c>
+      <c r="E818" t="inlineStr">
         <is>
           <t>DD_G12193_20_10_2016: Determina a contrarre per l'affidamento della fornitura di ricoveri temporanei per bovini e ovini a seguito del sisma del 24 agosto 2016 ai sensi dell'articolo 7 dell'ordinanza del Capo del Dipartimento della Protezione Civile 13 settembre 2016, n. 393. Approvazione della documentazione di gara. Contabilità speciale presso la Banca d'Italia con il codice contabilità n. 6022 intestata all'Ing. Wanda D'Ercole quale Soggetto Attuatore Delegato. Lotto 1: CIG n. 6841543BE0; Lotto 2: CIG n. 6841547F2C; Lotto 3: CIG n. 68415544F6; Lotto 4: CIG n. 6841558842; Lotto 5: CIG n. 6841565E07; Lotto 6: CIG n. 6841569158; Lotto 7: CIG n. 684157564A; Lotto 8: CIG n. 6841584DB5; Lotto 9: CIG n. 6841592452; Lotto 10: CIG n. 68415956CB; Lotto 11: CIG n. 6841601BBD; Lotto 12: CIG n. 6841659B9A; Lotto 13: CIG n. 6841664FB9; Lotto 14: CIG n. 6841672656.
 G13316 del 10/11/2016 Determina di aggiudicazione gara (BURL 91 del 15/11/2016)</t>
         </is>
       </c>
     </row>
-    <row r="802">
-      <c r="A802">
+    <row r="819">
+      <c r="A819">
         <v>1174</v>
       </c>
-      <c r="B802" s="2">
+      <c r="B819" s="2">
         <v>42502</v>
       </c>
-      <c r="C802">
+      <c r="C819">
         <v>6841188547</v>
       </c>
-      <c r="D802" t="s">
-[...2 lines deleted...]
-      <c r="E802" t="inlineStr">
+      <c r="D819" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E819" t="inlineStr">
         <is>
           <t>Campagna di comunicazione istituzionalele della Regione Lazio denominata "Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2016/2017". Imp.di € 167.843,60 (IVA incl) cap.H13180. Es.fin. 2016.</t>
         </is>
       </c>
-      <c r="F802" t="s">
-[...4 lines deleted...]
-      <c r="A803">
+      <c r="F819" t="s" s="3">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="820">
+      <c r="A820">
         <v>1175</v>
       </c>
-      <c r="B803" s="2">
+      <c r="B820" s="2">
         <v>42502</v>
       </c>
-      <c r="C803" t="s">
-[...5 lines deleted...]
-      <c r="E803" t="inlineStr">
+      <c r="C820" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D820" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E820" t="inlineStr">
         <is>
           <t>Campagna di comunicazione istit.le della R. Lazio denominata "Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2016/2017". Imp.di € 167.843,60 (IVA incl) cap.H13180. Es.fin. 2016.</t>
         </is>
       </c>
-      <c r="F803" t="s">
-[...4 lines deleted...]
-      <c r="A804">
+      <c r="F820" t="s" s="3">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="821">
+      <c r="A821">
         <v>1176</v>
       </c>
-      <c r="B804" s="2">
+      <c r="B821" s="2">
         <v>42502</v>
       </c>
-      <c r="C804" t="s">
-[...5 lines deleted...]
-      <c r="E804" t="inlineStr">
+      <c r="C821" t="s">
+        <v>1302</v>
+      </c>
+      <c r="D821" t="s">
+        <v>1303</v>
+      </c>
+      <c r="E821" t="inlineStr">
         <is>
           <t>Campagna di comunicazione istit.le della R. Lazio denominata "Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2016/2017". Imp.di € 167.843,60 (IVA incl) cap.H13180. Es.fin. 2016.</t>
         </is>
       </c>
-      <c r="F804" t="s">
-[...4 lines deleted...]
-      <c r="A805">
+      <c r="F821" t="s" s="3">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="822">
+      <c r="A822">
         <v>1177</v>
       </c>
-      <c r="B805" s="2">
+      <c r="B822" s="2">
         <v>42502</v>
       </c>
-      <c r="C805" t="s">
-[...5 lines deleted...]
-      <c r="E805" t="inlineStr">
+      <c r="C822" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D822" t="s">
+        <v>1305</v>
+      </c>
+      <c r="E822" t="inlineStr">
         <is>
           <t>Campagna di comunicazione istit.le della R. Lazio denominata "Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2016/2017". Imp.di € 167.843,60 (IVA incl) cap.H13180. Es.fin. 2016.</t>
         </is>
       </c>
-      <c r="F805" t="s">
-[...4 lines deleted...]
-      <c r="A806">
+      <c r="F822" t="s" s="3">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="823">
+      <c r="A823">
         <v>1178</v>
       </c>
-      <c r="B806" s="2">
+      <c r="B823" s="2">
         <v>42502</v>
       </c>
-      <c r="C806" t="s">
-[...5 lines deleted...]
-      <c r="E806" t="inlineStr">
+      <c r="C823" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D823" t="s">
+        <v>1307</v>
+      </c>
+      <c r="E823" t="inlineStr">
         <is>
           <t>Campagna di comunicazione istit.le della R. Lazio denominata "Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2016/2017". Imp.di € 167.843,60 (IVA incl) cap.H13180. Es.fin. 2016.</t>
         </is>
       </c>
-      <c r="F806" t="s">
-[...4 lines deleted...]
-      <c r="A807">
+      <c r="F823" t="s" s="3">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="824">
+      <c r="A824">
         <v>1179</v>
       </c>
-      <c r="B807" s="2">
+      <c r="B824" s="2">
         <v>42502</v>
       </c>
-      <c r="C807" t="s">
-[...5 lines deleted...]
-      <c r="E807" t="inlineStr">
+      <c r="C824" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D824" t="s">
+        <v>1309</v>
+      </c>
+      <c r="E824" t="inlineStr">
         <is>
           <t>Campagna di comunicazione istit.le della R. Lazio denominata "Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2016/2017". Imp.di € 167.843,60 (IVA incl) cap.H13180. Es.fin. 2016.</t>
         </is>
       </c>
-      <c r="F807" t="s">
-[...4 lines deleted...]
-      <c r="A808">
+      <c r="F824" t="s" s="3">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="825">
+      <c r="A825">
         <v>1180</v>
       </c>
-      <c r="B808" s="2">
+      <c r="B825" s="2">
         <v>42502</v>
       </c>
-      <c r="C808" t="s">
-[...5 lines deleted...]
-      <c r="E808" t="inlineStr">
+      <c r="C825" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D825" t="s">
+        <v>1311</v>
+      </c>
+      <c r="E825" t="inlineStr">
         <is>
           <t>Campagna di comunicazione istit.le della R. Lazio denominata "Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2016/2017". Imp.di € 167.843,60 (IVA incl) cap.H13180. Es.fin. 2016.</t>
         </is>
       </c>
-      <c r="F808" t="s">
-[...4 lines deleted...]
-      <c r="A809">
+      <c r="F825" t="s" s="3">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="826">
+      <c r="A826">
         <v>1181</v>
       </c>
-      <c r="B809" s="2">
+      <c r="B826" s="2">
         <v>42502</v>
       </c>
-      <c r="C809" t="s">
-[...5 lines deleted...]
-      <c r="E809" t="inlineStr">
+      <c r="C826" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D826" t="s">
+        <v>1313</v>
+      </c>
+      <c r="E826" t="inlineStr">
         <is>
           <t>Campagna di comunicazione istit.le della R. Lazio denominata "Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2016/2017". Imp.di € 167.843,60 (IVA incl) cap.H13180. Es.fin. 2016.</t>
         </is>
       </c>
-      <c r="F809" t="s">
-[...4 lines deleted...]
-      <c r="A810">
+      <c r="F826" t="s" s="3">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="827">
+      <c r="A827">
         <v>1182</v>
       </c>
-      <c r="B810" s="2">
+      <c r="B827" s="2">
         <v>42502</v>
       </c>
-      <c r="C810" t="s">
-[...5 lines deleted...]
-      <c r="E810" t="inlineStr">
+      <c r="C827" t="s">
+        <v>1314</v>
+      </c>
+      <c r="D827" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E827" t="inlineStr">
         <is>
           <t>Campagna di comunicazione istit.le della R. Lazio denominata "Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2016/2017". Imp.di € 167.843,60 (IVA incl) cap.H13180. Es.fin. 2016.</t>
         </is>
       </c>
-      <c r="F810" t="s">
-[...4 lines deleted...]
-      <c r="A811">
+      <c r="F827" t="s" s="3">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="828">
+      <c r="A828">
         <v>1183</v>
       </c>
-      <c r="B811" s="2">
+      <c r="B828" s="2">
         <v>42502</v>
       </c>
-      <c r="C811" t="s">
-[...5 lines deleted...]
-      <c r="E811" t="inlineStr">
+      <c r="C828" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D828" t="s">
+        <v>1317</v>
+      </c>
+      <c r="E828" t="inlineStr">
         <is>
           <t>Campagna di comunicazione istit.le della R. Lazio denominata "Campagna di vaccinazione antinfluenzale e sorveglianza epidemiologica e virologica dell'influenza per la stagione 2016/2017". Imp.di € 167.843,60 (IVA incl) cap.H13180. Es.fin. 2016.</t>
         </is>
       </c>
-      <c r="F811" t="s">
-[...4 lines deleted...]
-      <c r="A812">
+      <c r="F828" t="s" s="3">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="829">
+      <c r="A829">
         <v>1159</v>
       </c>
-      <c r="B812" s="2">
+      <c r="B829" s="2">
         <v>42502</v>
       </c>
-      <c r="C812" t="s">
-[...5 lines deleted...]
-      <c r="E812" t="inlineStr">
+      <c r="C829" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D829" t="s">
+        <v>1319</v>
+      </c>
+      <c r="E829" t="inlineStr">
         <is>
           <t>Prosecuzione servizio per la fornitura quotidiana di notiziari e di rassegna stampa web di cui al contratto stipulato in data 25/05/2015 tra la Regione Lazio e la Società TELPRESS Italia srl (CIG n.Z891B9B90D).</t>
         </is>
       </c>
-      <c r="F812" t="s">
-[...4 lines deleted...]
-      <c r="A813">
+      <c r="F829" t="s" s="3">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="830">
+      <c r="A830">
         <v>1160</v>
       </c>
-      <c r="B813" s="2">
+      <c r="B830" s="2">
         <v>42502</v>
       </c>
-      <c r="C813" t="s">
-[...5 lines deleted...]
-      <c r="E813" t="inlineStr">
+      <c r="C830" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D830" t="s">
+        <v>1322</v>
+      </c>
+      <c r="E830" t="inlineStr">
         <is>
           <t>DD_G12193_20_10_2016: Determina a contrarre per l'affidamento della fornitura di ricoveri temporanei per bovini e ovini a seguito del sisma del 24 agosto 2016 ai sensi dell'articolo 7 dell'ordinanza del Capo del Dipartimento della Protezione Civile 13 settembre 2016, n. 393. Approvazione della documentazione di gara. Contabilità speciale presso la Banca d'Italia con il codice contabilità n. 6022 intestata all'Ing. Wanda D'Ercole quale Soggetto Attuatore Delegato. Lotto 1: CIG n. 6841543BE0; Lotto 2: CIG n. 6841547F2C; Lotto 3: CIG n. 68415544F6; Lotto 4: CIG n. 6841558842; Lotto 5: CIG n. 6841565E07; Lotto 6: CIG n. 6841569158; Lotto 7: CIG n. 684157564A; Lotto 8: CIG n. 6841584DB5; Lotto 9: CIG n. 6841592452; Lotto 10: CIG n. 68415956CB; Lotto 11: CIG n. 6841601BBD; Lotto 12: CIG n. 6841659B9A; Lotto 13: CIG n. 6841664FB9; Lotto 14: CIG n. 6841672656.
 G13316 del 10/11/2016 Determina di aggiudicazione gara (BURL 91 del 15/11/2016)</t>
         </is>
       </c>
     </row>
-    <row r="814">
-      <c r="A814">
+    <row r="831">
+      <c r="A831">
         <v>1161</v>
       </c>
-      <c r="B814" s="2">
+      <c r="B831" s="2">
         <v>42502</v>
       </c>
-      <c r="C814" t="s">
-[...5 lines deleted...]
-      <c r="E814" t="inlineStr">
+      <c r="C831" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D831" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E831" t="inlineStr">
         <is>
           <t>DD_G12193_20_10_2016: Determina a contrarre per l'affidamento della fornitura di ricoveri temporanei per bovini e ovini a seguito del sisma del 24 agosto 2016 ai sensi dell'articolo 7 dell'ordinanza del Capo del Dipartimento della Protezione Civile 13 settembre 2016, n. 393. Approvazione della documentazione di gara. Contabilità speciale presso la Banca d'Italia con il codice contabilità n. 6022 intestata all'Ing. Wanda D'Ercole quale Soggetto Attuatore Delegato. Lotto 1: CIG n. 6841543BE0; Lotto 2: CIG n. 6841547F2C; Lotto 3: CIG n. 68415544F6; Lotto 4: CIG n. 6841558842; Lotto 5: CIG n. 6841565E07; Lotto 6: CIG n. 6841569158; Lotto 7: CIG n. 684157564A; Lotto 8: CIG n. 6841584DB5; Lotto 9: CIG n. 6841592452; Lotto 10: CIG n. 68415956CB; Lotto 11: CIG n. 6841601BBD; Lotto 12: CIG n. 6841659B9A; Lotto 13: CIG n. 6841664FB9; Lotto 14: CIG n. 6841672656.
 G13316 del 10/11/2016 Determina di aggiudicazione gara (BURL 91 del 15/11/2016)</t>
         </is>
       </c>
     </row>
-    <row r="815">
-      <c r="A815">
+    <row r="832">
+      <c r="A832">
         <v>1162</v>
       </c>
-      <c r="B815" s="2">
+      <c r="B832" s="2">
         <v>42502</v>
       </c>
-      <c r="C815" t="s">
-[...5 lines deleted...]
-      <c r="E815" t="inlineStr">
+      <c r="C832" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D832" t="s">
+        <v>1326</v>
+      </c>
+      <c r="E832" t="inlineStr">
         <is>
           <t>DD_G12193_20_10_2016: Determina a contrarre per l'affidamento della fornitura di ricoveri temporanei per bovini e ovini a seguito del sisma del 24 agosto 2016 ai sensi dell'articolo 7 dell'ordinanza del Capo del Dipartimento della Protezione Civile 13 settembre 2016, n. 393. Approvazione della documentazione di gara. Contabilità speciale presso la Banca d'Italia con il codice contabilità n. 6022 intestata all'Ing. Wanda D'Ercole quale Soggetto Attuatore Delegato. Lotto 1: CIG n. 6841543BE0; Lotto 2: CIG n. 6841547F2C; Lotto 3: CIG n. 68415544F6; Lotto 4: CIG n. 6841558842; Lotto 5: CIG n. 6841565E07; Lotto 6: CIG n. 6841569158; Lotto 7: CIG n. 684157564A; Lotto 8: CIG n. 6841584DB5; Lotto 9: CIG n. 6841592452; Lotto 10: CIG n. 68415956CB; Lotto 11: CIG n. 6841601BBD; Lotto 12: CIG n. 6841659B9A; Lotto 13: CIG n. 6841664FB9; Lotto 14: CIG n. 6841672656.
 G13316 del 10/11/2016 Determina di aggiudicazione gara (BURL 91 del 15/11/2016)</t>
         </is>
       </c>
     </row>
-    <row r="816">
-      <c r="A816">
+    <row r="833">
+      <c r="A833">
         <v>1163</v>
       </c>
-      <c r="B816" s="2">
+      <c r="B833" s="2">
         <v>42502</v>
       </c>
-      <c r="C816">
+      <c r="C833">
         <v>6841558842</v>
       </c>
-      <c r="D816" t="s">
-[...2 lines deleted...]
-      <c r="E816" t="inlineStr">
+      <c r="D833" t="s">
+        <v>1327</v>
+      </c>
+      <c r="E833" t="inlineStr">
         <is>
           <t>DD_G12193_20_10_2016: Determina a contrarre per l'affidamento della fornitura di ricoveri temporanei per bovini e ovini a seguito del sisma del 24 agosto 2016 ai sensi dell'articolo 7 dell'ordinanza del Capo del Dipartimento della Protezione Civile 13 settembre 2016, n. 393. Approvazione della documentazione di gara. Contabilità speciale presso la Banca d'Italia con il codice contabilità n. 6022 intestata all'Ing. Wanda D'Ercole quale Soggetto Attuatore Delegato. Lotto 1: CIG n. 6841543BE0; Lotto 2: CIG n. 6841547F2C; Lotto 3: CIG n. 68415544F6; Lotto 4: CIG n. 6841558842; Lotto 5: CIG n. 6841565E07; Lotto 6: CIG n. 6841569158; Lotto 7: CIG n. 684157564A; Lotto 8: CIG n. 6841584DB5; Lotto 9: CIG n. 6841592452; Lotto 10: CIG n. 68415956CB; Lotto 11: CIG n. 6841601BBD; Lotto 12: CIG n. 6841659B9A; Lotto 13: CIG n. 6841664FB9; Lotto 14: CIG n. 6841672656.
 G13316 del 10/11/2016 Determina di aggiudicazione gara (BURL 91 del 15/11/2016)</t>
         </is>
       </c>
     </row>
-    <row r="817">
-      <c r="A817">
+    <row r="834">
+      <c r="A834">
         <v>1164</v>
       </c>
-      <c r="B817" s="2">
+      <c r="B834" s="2">
         <v>42502</v>
       </c>
-      <c r="C817" t="s">
-[...5 lines deleted...]
-      <c r="E817" t="inlineStr">
+      <c r="C834" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D834" t="s">
+        <v>1329</v>
+      </c>
+      <c r="E834" t="inlineStr">
         <is>
           <t>DD_G12193_20_10_2016: Determina a contrarre per l'affidamento della fornitura di ricoveri temporanei per bovini e ovini a seguito del sisma del 24 agosto 2016 ai sensi dell'articolo 7 dell'ordinanza del Capo del Dipartimento della Protezione Civile 13 settembre 2016, n. 393. Approvazione della documentazione di gara. Contabilità speciale presso la Banca d'Italia con il codice contabilità n. 6022 intestata all'Ing. Wanda D'Ercole quale Soggetto Attuatore Delegato. Lotto 1: CIG n. 6841543BE0; Lotto 2: CIG n. 6841547F2C; Lotto 3: CIG n. 68415544F6; Lotto 4: CIG n. 6841558842; Lotto 5: CIG n. 6841565E07; Lotto 6: CIG n. 6841569158; Lotto 7: CIG n. 684157564A; Lotto 8: CIG n. 6841584DB5; Lotto 9: CIG n. 6841592452; Lotto 10: CIG n. 68415956CB; Lotto 11: CIG n. 6841601BBD; Lotto 12: CIG n. 6841659B9A; Lotto 13: CIG n. 6841664FB9; Lotto 14: CIG n. 6841672656.
 G13316 del 10/11/2016 Determina di aggiudicazione gara (BURL 91 del 15/11/2016)</t>
         </is>
       </c>
     </row>
-    <row r="818">
-      <c r="A818">
+    <row r="835">
+      <c r="A835">
         <v>1165</v>
       </c>
-      <c r="B818" s="2">
+      <c r="B835" s="2">
         <v>42502</v>
       </c>
-      <c r="C818">
+      <c r="C835">
         <v>6841569158</v>
       </c>
-      <c r="D818" t="s">
-[...2 lines deleted...]
-      <c r="E818" t="inlineStr">
+      <c r="D835" t="s">
+        <v>1330</v>
+      </c>
+      <c r="E835" t="inlineStr">
         <is>
           <t>DD_G12193_20_10_2016: Determina a contrarre per l'affidamento della fornitura di ricoveri temporanei per bovini e ovini a seguito del sisma del 24 agosto 2016 ai sensi dell'articolo 7 dell'ordinanza del Capo del Dipartimento della Protezione Civile 13 settembre 2016, n. 393. Approvazione della documentazione di gara. Contabilità speciale presso la Banca d'Italia con il codice contabilità n. 6022 intestata all'Ing. Wanda D'Ercole quale Soggetto Attuatore Delegato. Lotto 1: CIG n. 6841543BE0; Lotto 2: CIG n. 6841547F2C; Lotto 3: CIG n. 68415544F6; Lotto 4: CIG n. 6841558842; Lotto 5: CIG n. 6841565E07; Lotto 6: CIG n. 6841569158; Lotto 7: CIG n. 684157564A; Lotto 8: CIG n. 6841584DB5; Lotto 9: CIG n. 6841592452; Lotto 10: CIG n. 68415956CB; Lotto 11: CIG n. 6841601BBD; Lotto 12: CIG n. 6841659B9A; Lotto 13: CIG n. 6841664FB9; Lotto 14: CIG n. 6841672656.
 G13316 del 10/11/2016 Determina di aggiudicazione gara (BURL 91 del 15/11/2016)</t>
         </is>
       </c>
     </row>
-    <row r="819">
-      <c r="A819">
+    <row r="836">
+      <c r="A836">
         <v>1166</v>
       </c>
-      <c r="B819" s="2">
+      <c r="B836" s="2">
         <v>42502</v>
       </c>
-      <c r="C819" t="s">
-[...5 lines deleted...]
-      <c r="E819" t="inlineStr">
+      <c r="C836" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D836" t="s">
+        <v>1332</v>
+      </c>
+      <c r="E836" t="inlineStr">
         <is>
           <t>DD_G12193_20_10_2016: Determina a contrarre per l'affidamento della fornitura di ricoveri temporanei per bovini e ovini a seguito del sisma del 24 agosto 2016 ai sensi dell'articolo 7 dell'ordinanza del Capo del Dipartimento della Protezione Civile 13 settembre 2016, n. 393. Approvazione della documentazione di gara. Contabilità speciale presso la Banca d'Italia con il codice contabilità n. 6022 intestata all'Ing. Wanda D'Ercole quale Soggetto Attuatore Delegato. Lotto 1: CIG n. 6841543BE0; Lotto 2: CIG n. 6841547F2C; Lotto 3: CIG n. 68415544F6; Lotto 4: CIG n. 6841558842; Lotto 5: CIG n. 6841565E07; Lotto 6: CIG n. 6841569158; Lotto 7: CIG n. 684157564A; Lotto 8: CIG n. 6841584DB5; Lotto 9: CIG n. 6841592452; Lotto 10: CIG n. 68415956CB; Lotto 11: CIG n. 6841601BBD; Lotto 12: CIG n. 6841659B9A; Lotto 13: CIG n. 6841664FB9; Lotto 14: CIG n. 6841672656.
 G13316 del 10/11/2016 Determina di aggiudicazione gara (BURL 91 del 15/11/2016)</t>
         </is>
       </c>
     </row>
-    <row r="820">
-      <c r="A820">
+    <row r="837">
+      <c r="A837">
         <v>1167</v>
       </c>
-      <c r="B820" s="2">
+      <c r="B837" s="2">
         <v>42502</v>
       </c>
-      <c r="C820" t="s">
-[...5 lines deleted...]
-      <c r="E820" t="inlineStr">
+      <c r="C837" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D837" t="s">
+        <v>1334</v>
+      </c>
+      <c r="E837" t="inlineStr">
         <is>
           <t>DD_G12193_20_10_2016: Determina a contrarre per l'affidamento della fornitura di ricoveri temporanei per bovini e ovini a seguito del sisma del 24 agosto 2016 ai sensi dell'articolo 7 dell'ordinanza del Capo del Dipartimento della Protezione Civile 13 settembre 2016, n. 393. Approvazione della documentazione di gara. Contabilità speciale presso la Banca d'Italia con il codice contabilità n. 6022 intestata all'Ing. Wanda D'Ercole quale Soggetto Attuatore Delegato. Lotto 1: CIG n. 6841543BE0; Lotto 2: CIG n. 6841547F2C; Lotto 3: CIG n. 68415544F6; Lotto 4: CIG n. 6841558842; Lotto 5: CIG n. 6841565E07; Lotto 6: CIG n. 6841569158; Lotto 7: CIG n. 684157564A; Lotto 8: CIG n. 6841584DB5; Lotto 9: CIG n. 6841592452; Lotto 10: CIG n. 68415956CB; Lotto 11: CIG n. 6841601BBD; Lotto 12: CIG n. 6841659B9A; Lotto 13: CIG n. 6841664FB9; Lotto 14: CIG n. 6841672656.
 G13316 del 10/11/2016 Determina di aggiudicazione gara (BURL 91 del 15/11/2016)</t>
         </is>
       </c>
     </row>
-    <row r="821">
-      <c r="A821">
+    <row r="838">
+      <c r="A838">
         <v>1168</v>
       </c>
-      <c r="B821" s="2">
+      <c r="B838" s="2">
         <v>42502</v>
       </c>
-      <c r="C821">
+      <c r="C838">
         <v>6841592452</v>
       </c>
-      <c r="D821" t="s">
-[...2 lines deleted...]
-      <c r="E821" t="inlineStr">
+      <c r="D838" t="s">
+        <v>1335</v>
+      </c>
+      <c r="E838" t="inlineStr">
         <is>
           <t>DD_G12193_20_10_2016: Determina a contrarre per l'affidamento della fornitura di ricoveri temporanei per bovini e ovini a seguito del sisma del 24 agosto 2016 ai sensi dell'articolo 7 dell'ordinanza del Capo del Dipartimento della Protezione Civile 13 settembre 2016, n. 393. Approvazione della documentazione di gara. Contabilità speciale presso la Banca d'Italia con il codice contabilità n. 6022 intestata all'Ing. Wanda D'Ercole quale Soggetto Attuatore Delegato. Lotto 1: CIG n. 6841543BE0; Lotto 2: CIG n. 6841547F2C; Lotto 3: CIG n. 68415544F6; Lotto 4: CIG n. 6841558842; Lotto 5: CIG n. 6841565E07; Lotto 6: CIG n. 6841569158; Lotto 7: CIG n. 684157564A; Lotto 8: CIG n. 6841584DB5; Lotto 9: CIG n. 6841592452; Lotto 10: CIG n. 68415956CB; Lotto 11: CIG n. 6841601BBD; Lotto 12: CIG n. 6841659B9A; Lotto 13: CIG n. 6841664FB9; Lotto 14: CIG n. 6841672656.
 G13316 del 10/11/2016 Determina di aggiudicazione gara (BURL 91 del 15/11/2016)</t>
         </is>
       </c>
     </row>
-    <row r="822">
-      <c r="A822">
+    <row r="839">
+      <c r="A839">
         <v>1169</v>
       </c>
-      <c r="B822" s="2">
+      <c r="B839" s="2">
         <v>42502</v>
       </c>
-      <c r="C822" t="s">
-[...5 lines deleted...]
-      <c r="E822" t="inlineStr">
+      <c r="C839" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D839" t="s">
+        <v>1337</v>
+      </c>
+      <c r="E839" t="inlineStr">
         <is>
           <t>DD_G12193_20_10_2016: Determina a contrarre per l'affidamento della fornitura di ricoveri temporanei per bovini e ovini a seguito del sisma del 24 agosto 2016 ai sensi dell'articolo 7 dell'ordinanza del Capo del Dipartimento della Protezione Civile 13 settembre 2016, n. 393. Approvazione della documentazione di gara. Contabilità speciale presso la Banca d'Italia con il codice contabilità n. 6022 intestata all'Ing. Wanda D'Ercole quale Soggetto Attuatore Delegato. Lotto 1: CIG n. 6841543BE0; Lotto 2: CIG n. 6841547F2C; Lotto 3: CIG n. 68415544F6; Lotto 4: CIG n. 6841558842; Lotto 5: CIG n. 6841565E07; Lotto 6: CIG n. 6841569158; Lotto 7: CIG n. 684157564A; Lotto 8: CIG n. 6841584DB5; Lotto 9: CIG n. 6841592452; Lotto 10: CIG n. 68415956CB; Lotto 11: CIG n. 6841601BBD; Lotto 12: CIG n. 6841659B9A; Lotto 13: CIG n. 6841664FB9; Lotto 14: CIG n. 6841672656.
 G13316 del 10/11/2016 Determina di aggiudicazione gara (BURL 91 del 15/11/2016)</t>
         </is>
       </c>
     </row>
-    <row r="823">
-      <c r="A823">
+    <row r="840">
+      <c r="A840">
         <v>1170</v>
       </c>
-      <c r="B823" s="2">
+      <c r="B840" s="2">
         <v>42502</v>
       </c>
-      <c r="C823" t="s">
-[...5 lines deleted...]
-      <c r="E823" t="inlineStr">
+      <c r="C840" t="s">
+        <v>1338</v>
+      </c>
+      <c r="D840" t="s">
+        <v>1339</v>
+      </c>
+      <c r="E840" t="inlineStr">
         <is>
           <t>DD_G12193_20_10_2016: Determina a contrarre per l'affidamento della fornitura di ricoveri temporanei per bovini e ovini a seguito del sisma del 24 agosto 2016 ai sensi dell'articolo 7 dell'ordinanza del Capo del Dipartimento della Protezione Civile 13 settembre 2016, n. 393. Approvazione della documentazione di gara. Contabilità speciale presso la Banca d'Italia con il codice contabilità n. 6022 intestata all'Ing. Wanda D'Ercole quale Soggetto Attuatore Delegato. Lotto 1: CIG n. 6841543BE0; Lotto 2: CIG n. 6841547F2C; Lotto 3: CIG n. 68415544F6; Lotto 4: CIG n. 6841558842; Lotto 5: CIG n. 6841565E07; Lotto 6: CIG n. 6841569158; Lotto 7: CIG n. 684157564A; Lotto 8: CIG n. 6841584DB5; Lotto 9: CIG n. 6841592452; Lotto 10: CIG n. 68415956CB; Lotto 11: CIG n. 6841601BBD; Lotto 12: CIG n. 6841659B9A; Lotto 13: CIG n. 6841664FB9; Lotto 14: CIG n. 6841672656.
 G13316 del 10/11/2016 Determina di aggiudicazione gara (BURL 91 del 15/11/2016)</t>
         </is>
       </c>
     </row>
-    <row r="824">
-      <c r="A824">
+    <row r="841">
+      <c r="A841">
         <v>1171</v>
       </c>
-      <c r="B824" s="2">
+      <c r="B841" s="2">
         <v>42502</v>
       </c>
-      <c r="C824" t="s">
-[...5 lines deleted...]
-      <c r="E824" t="inlineStr">
+      <c r="C841" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D841" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E841" t="inlineStr">
         <is>
           <t>DD_G12193_20_10_2016: Determina a contrarre per l'affidamento della fornitura di ricoveri temporanei per bovini e ovini a seguito del sisma del 24 agosto 2016 ai sensi dell'articolo 7 dell'ordinanza del Capo del Dipartimento della Protezione Civile 13 settembre 2016, n. 393. Approvazione della documentazione di gara. Contabilità speciale presso la Banca d'Italia con il codice contabilità n. 6022 intestata all'Ing. Wanda D'Ercole quale Soggetto Attuatore Delegato. Lotto 1: CIG n. 6841543BE0; Lotto 2: CIG n. 6841547F2C; Lotto 3: CIG n. 68415544F6; Lotto 4: CIG n. 6841558842; Lotto 5: CIG n. 6841565E07; Lotto 6: CIG n. 6841569158; Lotto 7: CIG n. 684157564A; Lotto 8: CIG n. 6841584DB5; Lotto 9: CIG n. 6841592452; Lotto 10: CIG n. 68415956CB; Lotto 11: CIG n. 6841601BBD; Lotto 12: CIG n. 6841659B9A; Lotto 13: CIG n. 6841664FB9; Lotto 14: CIG n. 6841672656.
 G13316 del 10/11/2016 Determina di aggiudicazione gara (BURL 91 del 15/11/2016)</t>
         </is>
       </c>
     </row>
-    <row r="825">
-[...372 lines deleted...]
-    </row>
     <row r="842">
       <c r="A842">
-        <v>1142</v>
+        <v>1148</v>
       </c>
       <c r="B842" s="2">
         <v>42502</v>
       </c>
-      <c r="C842" t="s">
+      <c r="C842">
+        <v>6806243168</v>
+      </c>
+      <c r="D842" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E842" t="inlineStr">
+        <is>
+          <t>Campagna di comunicazione istituzionale della Regione Lazio denominata "Ottobre rosa 2016" - Impegno di spesa di € 170.189,64 (IVA inclusa) Capitolo di bilancio reg.le H13172 – Es. Fin. 2016. Affidamento diretto dei servizi a creditori diversi</t>
+        </is>
+      </c>
+      <c r="F842" t="s" s="3">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="843">
+      <c r="A843">
+        <v>1149</v>
+      </c>
+      <c r="B843" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C843" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D843" t="s">
+        <v>1345</v>
+      </c>
+      <c r="E843" t="inlineStr">
+        <is>
+          <t>Campagna di comunicazione istituzionale della Regione Lazio denominata "Ottobre rosa 2016" - Impegno di spesa di € 170.189,64 (IVA inclusa) Capitolo di bilancio reg.le H13172 – Es. Fin. 2016. Affidamento diretto dei servizi a creditori diversi</t>
+        </is>
+      </c>
+      <c r="F843" t="s" s="3">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="844">
+      <c r="A844">
+        <v>1150</v>
+      </c>
+      <c r="B844" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C844" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D844" t="s">
+        <v>1347</v>
+      </c>
+      <c r="E844" t="inlineStr">
+        <is>
+          <t>Campagna di comunicazione istituzionale della Regione Lazio denominata "Ottobre rosa 2016" - Impegno di spesa di € 170.189,64 (IVA inclusa) Capitolo di bilancio reg.le H13172 – Es. Fin. 2016. Affidamento diretto dei servizi a creditori diversi</t>
+        </is>
+      </c>
+      <c r="F844" t="s" s="3">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="845">
+      <c r="A845">
+        <v>1151</v>
+      </c>
+      <c r="B845" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C845" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D845" t="s">
+        <v>1349</v>
+      </c>
+      <c r="E845" t="inlineStr">
+        <is>
+          <t>Campagna di comunicazione istituzionale della Regione Lazio denominata "Ottobre rosa 2016" - Impegno di spesa di € 170.189,64 (IVA inclusa) Capitolo di bilancio reg.le H13172 – Es. Fin. 2016. Affidamento diretto dei servizi a creditori diversi</t>
+        </is>
+      </c>
+      <c r="F845" t="s" s="3">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="846">
+      <c r="A846">
+        <v>1152</v>
+      </c>
+      <c r="B846" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C846" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D846" t="s">
+        <v>1351</v>
+      </c>
+      <c r="E846" t="inlineStr">
+        <is>
+          <t>Campagna di comunicazione istituzionale della Regione Lazio denominata "Ottobre rosa 2016" - Impegno di spesa di € 170.189,64 (IVA inclusa) Capitolo di bilancio reg.le H13172 – Es. Fin. 2016. Affidamento diretto dei servizi a creditori diversi</t>
+        </is>
+      </c>
+      <c r="F846" t="s" s="3">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="847">
+      <c r="A847">
+        <v>1153</v>
+      </c>
+      <c r="B847" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C847" t="s">
         <v>1352</v>
       </c>
-      <c r="D842" t="s">
+      <c r="D847" t="s">
         <v>1353</v>
       </c>
-      <c r="E842" t="inlineStr">
+      <c r="E847" t="inlineStr">
+        <is>
+          <t>Campagna di comunicazione istituzionale della Regione Lazio denominata "Ottobre rosa 2016" - Impegno di spesa di € 170.189,64 (IVA inclusa) Capitolo di bilancio reg.le H13172 – Es. Fin. 2016. Affidamento diretto dei servizi a creditori diversi</t>
+        </is>
+      </c>
+      <c r="F847" t="s" s="3">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="848">
+      <c r="A848">
+        <v>1154</v>
+      </c>
+      <c r="B848" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C848" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D848" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E848" t="inlineStr">
+        <is>
+          <t>Campagna di comunicazione istituzionale della Regione Lazio denominata "Ottobre rosa 2016" - Impegno di spesa di € 170.189,64 (IVA inclusa) Capitolo di bilancio reg.le H13172 – Es. Fin. 2016. Affidamento diretto dei servizi a creditori diversi</t>
+        </is>
+      </c>
+      <c r="F848" t="s" s="3">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="849">
+      <c r="A849">
+        <v>1155</v>
+      </c>
+      <c r="B849" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C849" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D849" t="s">
+        <v>1357</v>
+      </c>
+      <c r="E849" t="inlineStr">
+        <is>
+          <t>Campagna di comunicazione istituzionale della Regione Lazio denominata "Ottobre rosa 2016" - Impegno di spesa di € 170.189,64 (IVA inclusa) Capitolo di bilancio reg.le H13172 – Es. Fin. 2016. Affidamento diretto dei servizi a creditori diversi</t>
+        </is>
+      </c>
+      <c r="F849" t="s" s="3">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="850">
+      <c r="A850">
+        <v>1156</v>
+      </c>
+      <c r="B850" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C850" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D850" t="s">
+        <v>1359</v>
+      </c>
+      <c r="E850" t="inlineStr">
+        <is>
+          <t>Campagna di comunicazione istituzionale della Regione Lazio denominata "Ottobre rosa 2016" - Impegno di spesa di € 170.189,64 (IVA inclusa) Capitolo di bilancio reg.le H13172 – Es. Fin. 2016. Affidamento diretto dei servizi a creditori diversi</t>
+        </is>
+      </c>
+      <c r="F850" t="s" s="3">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="851">
+      <c r="A851">
+        <v>1157</v>
+      </c>
+      <c r="B851" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C851" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D851" t="s">
+        <v>1361</v>
+      </c>
+      <c r="E851" t="inlineStr">
+        <is>
+          <t>Campagna di comunicazione istituzionale della Regione Lazio denominata "Ottobre rosa 2016" - Impegno di spesa di € 170.189,64 (IVA inclusa) Capitolo di bilancio reg.le H13172 – Es. Fin. 2016. Affidamento diretto dei servizi a creditori diversi</t>
+        </is>
+      </c>
+      <c r="F851" t="s" s="3">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="852">
+      <c r="A852">
+        <v>1158</v>
+      </c>
+      <c r="B852" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C852" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D852" t="s">
+        <v>1363</v>
+      </c>
+      <c r="E852" t="inlineStr">
+        <is>
+          <t>Dlgs 50/2016 art. 33:affidamento del servizio 2016 di effettuazione di diagnosi specialistiche per l'identificazione di avversita'fitopatologiche nel territorio del Lazio. Impegno di spesa euro 22.692,00 IVA inclusa a favore del CREA PAV. Partita IVA 08183101008 Cap. B11115 macroaggr. 1.03.02.11.000 Es fin 2016.</t>
+        </is>
+      </c>
+      <c r="F852" t="s" s="3">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="853">
+      <c r="A853">
+        <v>1136</v>
+      </c>
+      <c r="B853" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C853">
+        <v>6761929854</v>
+      </c>
+      <c r="D853" t="s">
+        <v>1365</v>
+      </c>
+      <c r="E853" t="inlineStr">
+        <is>
+          <t>Pubblicità istituzionale della Regione Lazio sulla "Guida ai Sapori e ai Piaceri della Regione Lazio" a cura di A. MANZONI &amp;amp; C. S.P.A. Impegno di €. 99.999,99 (iva Inclusa) Capitolo R31902. Esercizio Finanziario 2016.</t>
+        </is>
+      </c>
+      <c r="F853" t="s" s="3">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="854">
+      <c r="A854">
+        <v>1137</v>
+      </c>
+      <c r="B854" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C854">
+        <v>0</v>
+      </c>
+      <c r="D854" t="s">
+        <v>1367</v>
+      </c>
+      <c r="E854" t="inlineStr">
+        <is>
+          <t>Affidamento a Lazio Innova S.p.A. delle attività di realizzazione del Progetto di comunicazione istituzionale e promozione sul territorio della Regione Lazio per l'anno 2016. Approvazione schema di convenzione tra Regione Lazio e Lazio Innova S.p.A.</t>
+        </is>
+      </c>
+      <c r="F854" t="s" s="3">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="855">
+      <c r="A855">
+        <v>1138</v>
+      </c>
+      <c r="B855" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C855" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D855" t="s">
+        <v>1370</v>
+      </c>
+      <c r="E855" t="inlineStr">
+        <is>
+          <t>Acquisto manchette pubblicitarie "Ambulatori di Cure Primarie .Case della Salute" Impegno di spesa di € 36.112,00 (IVAinclusa) - Capitolo di Bilancio regionale R31902 - Es. Fin. 2016.</t>
+        </is>
+      </c>
+      <c r="F855" t="s" s="3">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="856">
+      <c r="A856">
+        <v>1139</v>
+      </c>
+      <c r="B856" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C856" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D856" t="s">
+        <v>1373</v>
+      </c>
+      <c r="E856" t="inlineStr">
+        <is>
+          <t>Acquisto manchette pubblicitarie "Ambulatori di Cure Primarie .Case della Salute" Impegno di spesa di € 36.112,00 (IVAinclusa) - Capitolo di Bilancio regionale R31902 - Es. Fin. 2016.</t>
+        </is>
+      </c>
+      <c r="F856" t="s" s="3">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="857">
+      <c r="A857">
+        <v>1140</v>
+      </c>
+      <c r="B857" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C857" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D857" t="s">
+        <v>1375</v>
+      </c>
+      <c r="E857" t="inlineStr">
+        <is>
+          <t>Acquisto manchette pubblicitarie "Ambulatori di Cure Primarie .Case della Salute" Impegno di spesa di € 36.112,00 (IVAinclusa) - Capitolo di Bilancio regionale R31902 - Es. Fin. 2016.</t>
+        </is>
+      </c>
+      <c r="F857" t="s" s="3">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="858">
+      <c r="A858">
+        <v>1141</v>
+      </c>
+      <c r="B858" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C858">
+        <v>6807641312</v>
+      </c>
+      <c r="D858" t="s">
+        <v>1376</v>
+      </c>
+      <c r="E858" t="inlineStr">
+        <is>
+          <t>Approvazione schema di contratto biennale tra la Regione Lazio e la Italpress s.r.l. per la fornitura di notiziari e servizi di agenzia. Impegno di spesa complessivo di € 100.000,00 (Iva inclusa), sul cap.R31906, suddiviso in € 50.000,00, nell</t>
+        </is>
+      </c>
+      <c r="F858" t="s" s="3">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="859">
+      <c r="A859">
+        <v>1142</v>
+      </c>
+      <c r="B859" s="2">
+        <v>42502</v>
+      </c>
+      <c r="C859" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D859" t="s">
+        <v>1379</v>
+      </c>
+      <c r="E859" t="inlineStr">
         <is>
           <t>DD_G10092_09_09_2016: Affidamento diretto per la fornitura di alimenti (latte e derivati) per le necessità della popolazione colpita dal terremoto del 24 agosto 2016 – Impegno di spesa € 20.000,00 IVA (al 4 % o al 10 % a seconda del prodotto) per un totale di euro 20.000,00 IVA inclusa - Esercizio Finanziario 2016 - Cap. E47511 - CIG ZF971B0E5E7.
  </t>
         </is>
       </c>
     </row>
-    <row r="843">
-      <c r="A843">
+    <row r="860">
+      <c r="A860">
         <v>1143</v>
       </c>
-      <c r="B843" s="2">
+      <c r="B860" s="2">
         <v>42502</v>
       </c>
-      <c r="C843" t="s">
-[...5 lines deleted...]
-      <c r="E843" t="inlineStr">
+      <c r="C860" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D860" t="s">
+        <v>1381</v>
+      </c>
+      <c r="E860" t="inlineStr">
         <is>
           <t>DD_G10091_09_09_2016: Affidamento diretto per la fornitura di alimenti (pane) per le necessità della popolazione colpita dal terremoto del 24 agosto 2016 - Impegno di spesa 20.000,00 oltre IVA al 4 % per un totale di euro 20.800,00 IVA inclusa - Esercizio Finanziario 2016 - Cap. E47511 - CIG ZF91B0E5D8.</t>
         </is>
       </c>
     </row>
-    <row r="844">
-      <c r="A844">
+    <row r="861">
+      <c r="A861">
         <v>1144</v>
       </c>
-      <c r="B844" s="2">
+      <c r="B861" s="2">
         <v>42502</v>
       </c>
-      <c r="C844" t="s">
-[...5 lines deleted...]
-      <c r="E844" t="inlineStr">
+      <c r="C861" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D861" t="s">
+        <v>1383</v>
+      </c>
+      <c r="E861" t="inlineStr">
         <is>
           <t>DD_G10093_09_09_2016: Affidamento diretto per la fornitura di alimenti (salumi) per le necessità della popolazione colpita dal terremoto del 24 agosto 2016 - Impegno di spesa euro 20.000,00 oltre IVA al 10% per un totale di euro 22.000,00 IVA inclusa - Esercizio Finanziario 2016 - Cap. E47511 - CIG ZF21B0E5EB.</t>
         </is>
       </c>
     </row>
-    <row r="845">
-      <c r="A845">
+    <row r="862">
+      <c r="A862">
         <v>1145</v>
       </c>
-      <c r="B845" s="2">
+      <c r="B862" s="2">
         <v>42502</v>
       </c>
-      <c r="C845" t="s">
-[...5 lines deleted...]
-      <c r="E845" t="inlineStr">
+      <c r="C862" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D862" t="s">
+        <v>1385</v>
+      </c>
+      <c r="E862" t="inlineStr">
         <is>
           <t>DD_G09627_31_08_2016: Affidamento diretto per la fornitura, allestimento e assistenza tecnica di materiale audio e video per un collegamento televisivo in luogo aperto al pubblico presso Amatrice per il funerale delle vittime del terremoto del 24 agosto 2016 - Impegno di spesa €. 12.500,00 oltre IVA - Esercizio Finanziario 2016 - Cap. R31902- CIG Z891B04B23</t>
         </is>
       </c>
     </row>
-    <row r="846">
-      <c r="A846">
+    <row r="863">
+      <c r="A863">
         <v>1146</v>
       </c>
-      <c r="B846" s="2">
+      <c r="B863" s="2">
         <v>42502</v>
       </c>
-      <c r="C846" t="s">
-[...5 lines deleted...]
-      <c r="E846" t="inlineStr">
+      <c r="C863" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D863" t="s">
+        <v>1387</v>
+      </c>
+      <c r="E863" t="inlineStr">
         <is>
           <t>Campagna di comunicazione istituzionale della Regione Lazio denominata "Ottobre rosa 2016" - Impegno di spesa di € 170.189,64 (IVA inclusa) Capitolo di bilancio reg.le H13172 – Es. Fin. 2016. Affidamento diretto dei servizi a creditori diversi</t>
         </is>
       </c>
-      <c r="F846" t="s">
-[...4 lines deleted...]
-      <c r="A847">
+      <c r="F863" t="s" s="3">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="864">
+      <c r="A864">
         <v>1147</v>
       </c>
-      <c r="B847" s="2">
+      <c r="B864" s="2">
         <v>42502</v>
       </c>
-      <c r="C847" t="s">
-[...5 lines deleted...]
-      <c r="E847" t="inlineStr">
+      <c r="C864" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D864" t="s">
+        <v>1389</v>
+      </c>
+      <c r="E864" t="inlineStr">
         <is>
           <t>Campagna di comunicazione istituzionale della Regione Lazio denominata "Ottobre rosa 2016" - Impegno di spesa di € 170.189,64 (IVA inclusa) Capitolo di bilancio reg.le H13172 – Es. Fin. 2016. Affidamento diretto dei servizi a creditori diversi</t>
         </is>
       </c>
-      <c r="F847" t="s">
-[...4 lines deleted...]
-      <c r="A848">
+      <c r="F864" t="s" s="3">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="865">
+      <c r="A865">
         <v>1124</v>
       </c>
-      <c r="B848" s="2">
+      <c r="B865" s="2">
         <v>42502</v>
       </c>
-      <c r="C848" t="s">
-[...5 lines deleted...]
-      <c r="E848" t="inlineStr">
+      <c r="C865" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D865" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E865" t="inlineStr">
         <is>
           <t>Promozione di immagine per la Regione Lazio in occasione della XVII edizione di "Roma Race for the Cure – 3 giorni di salute, sport e benessere per la lotta ai tumori del seno" a cura dell'Associazione Susan G. Komen Italia Onlus</t>
         </is>
       </c>
-      <c r="F848" t="s">
-[...4 lines deleted...]
-      <c r="A849">
+      <c r="F865" t="s" s="3">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="866">
+      <c r="A866">
         <v>1125</v>
       </c>
-      <c r="B849" s="2">
+      <c r="B866" s="2">
         <v>42502</v>
       </c>
-      <c r="C849" t="s">
-[...5 lines deleted...]
-      <c r="E849" t="inlineStr">
+      <c r="C866" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D866" t="s">
+        <v>1394</v>
+      </c>
+      <c r="E866" t="inlineStr">
         <is>
           <t>Promozione dell' immagine per la Regione Lazio in occasione dell'iniziativa This is food 2016 a cura di Snob Production 2.0 Srl .Roma, 28/29 maggio 2016. Impegno di spesa € 15.494,00 (IVA inclusa). Capitolo R31902 Es. Fin.2016. 
  </t>
         </is>
       </c>
-      <c r="F849" t="s">
-[...4 lines deleted...]
-      <c r="A850">
+      <c r="F866" t="s" s="3">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="867">
+      <c r="A867">
         <v>1126</v>
       </c>
-      <c r="B850" s="2">
+      <c r="B867" s="2">
         <v>42502</v>
       </c>
-      <c r="C850" t="s">
-[...5 lines deleted...]
-      <c r="E850" t="inlineStr">
+      <c r="C867" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D867" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E867" t="inlineStr">
         <is>
           <t>Promozione dell'immagine per la Regione Lazio in occasione della 27° edizione del FORUM PA - Roma, dal 24 al 26 maggio 2016 Creditore: FPA S.r.l. - Impegno di spesa € 24.400,00 (IVA inclusa) - Capitolo di Spesa: R31902 Es. Fin. 2016.</t>
         </is>
       </c>
-      <c r="F850" t="s">
-[...4 lines deleted...]
-      <c r="A851">
+      <c r="F867" t="s" s="3">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="868">
+      <c r="A868">
         <v>1127</v>
       </c>
-      <c r="B851" s="2">
+      <c r="B868" s="2">
         <v>42502</v>
       </c>
-      <c r="C851" t="s">
-[...5 lines deleted...]
-      <c r="E851" t="inlineStr">
+      <c r="C868" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D868" t="s">
+        <v>1400</v>
+      </c>
+      <c r="E868" t="inlineStr">
         <is>
           <t>Promozione dell' immagine per la Regione Lazio in occasione della manifestazione "Roma-Tel Aviv – Letteratura Football Club" - Roma, 27/28 maggio 2016 ASSOCIAZIONE OSVALDO SORIANO FC - Impegno di spesa euro 6.100,00 (IVA inclusa). Capitolo R31902</t>
         </is>
       </c>
-      <c r="F851" t="s">
-[...4 lines deleted...]
-      <c r="A852">
+      <c r="F868" t="s" s="3">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="869">
+      <c r="A869">
         <v>1128</v>
       </c>
-      <c r="B852" s="2">
+      <c r="B869" s="2">
         <v>42502</v>
       </c>
-      <c r="C852" t="s">
-[...5 lines deleted...]
-      <c r="E852" t="inlineStr">
+      <c r="C869" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D869" t="s">
+        <v>1403</v>
+      </c>
+      <c r="E869" t="inlineStr">
         <is>
           <t>G03916_19_04_2016: promozione di immagine per la Regione Lazio in occasione della campagna informativa sul Numero Verde antiomofobia Gay Help Line 800 713 713 a cura dell'Associazione Gay Center/Gay Help Line – Impegno di euro 80.000,00 (Iva esente) Capitolo R31902.
 G09986_07_09_2016: Parziale rettifica della determinazione dirigenziale G03916 del 19.04.2016 concernente il "Servizio di visibilità e promozione d'immagine per la Regione Lazio in occasione della campagna informativa sul Numero Verde Antiomofobia Gay Help Line 800713</t>
         </is>
       </c>
-      <c r="F852" t="s">
-[...7 lines deleted...]
-      <c r="A853">
+      <c r="F869" t="s" s="3">
+        <v>1404</v>
+      </c>
+      <c r="G869" t="s" s="3">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="870">
+      <c r="A870">
         <v>1129</v>
       </c>
-      <c r="B853" s="2">
+      <c r="B870" s="2">
         <v>42502</v>
       </c>
-      <c r="C853" t="s">
-[...5 lines deleted...]
-      <c r="E853" t="inlineStr">
+      <c r="C870" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D870" t="s">
+        <v>1407</v>
+      </c>
+      <c r="E870" t="inlineStr">
         <is>
           <t>Acquisto di spazi pubblicitari sul settimanale "Braille News" per pubblicità istituzionale della Regione Lazio - Impegno di spesa di € 20.000,00 (Iva 4% inclusa) Cap. R31902. Esercizio finanziario 2016. </t>
         </is>
       </c>
-      <c r="F853" t="s">
-[...4 lines deleted...]
-      <c r="A854">
+      <c r="F870" t="s" s="3">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="871">
+      <c r="A871">
         <v>1130</v>
       </c>
-      <c r="B854" s="2">
+      <c r="B871" s="2">
         <v>42502</v>
       </c>
-      <c r="C854" t="s">
-[...5 lines deleted...]
-      <c r="E854" t="inlineStr">
+      <c r="C871" t="s">
+        <v>1409</v>
+      </c>
+      <c r="D871" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E871" t="inlineStr">
         <is>
           <t>"Incontro istituzionale alle Terme di Diocleziano tra il Presidente della Regione Lazio ed il Capo del Governo finalizzato alla stipula di un'intesa volta, tra l'altro, ad avviare e sostenere un percorso unitario sul territorio della Regione, per lo sviluppo economico, produttivo ed occupazionale dell'area. </t>
         </is>
       </c>
-      <c r="F854" t="s">
-[...4 lines deleted...]
-      <c r="A855">
+      <c r="F871" t="s" s="3">
+        <v>1411</v>
+      </c>
+    </row>
+    <row r="872">
+      <c r="A872">
         <v>1131</v>
       </c>
-      <c r="B855" s="2">
+      <c r="B872" s="2">
         <v>42502</v>
       </c>
-      <c r="C855" t="s">
-[...13 lines deleted...]
-      <c r="A856">
+      <c r="C872" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D872" t="s">
+        <v>1413</v>
+      </c>
+      <c r="E872" t="s">
+        <v>1414</v>
+      </c>
+      <c r="F872" t="s" s="3">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="873">
+      <c r="A873">
         <v>1132</v>
       </c>
-      <c r="B856" s="2">
+      <c r="B873" s="2">
         <v>42502</v>
       </c>
-      <c r="C856" t="s">
-[...5 lines deleted...]
-      <c r="E856" t="inlineStr">
+      <c r="C873" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D873" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E873" t="inlineStr">
         <is>
           <t>Promozione d'immagine per la Regione Lazio in occasione dell'iniziativa "Festival Trastevere Rione del Cinema Arena San Cosimato" a cura dell'Associazione Piccolo Cinema America –– Impegno di spesa di € 40.000,00 (IVA inclusa) - Capitolo R31902</t>
         </is>
       </c>
-      <c r="F856" t="s">
-[...4 lines deleted...]
-      <c r="A857">
+      <c r="F873" t="s" s="3">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="874">
+      <c r="A874">
         <v>1133</v>
       </c>
-      <c r="B857" s="2">
+      <c r="B874" s="2">
         <v>42502</v>
       </c>
-      <c r="C857" t="s">
-[...5 lines deleted...]
-      <c r="E857" t="inlineStr">
+      <c r="C874" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D874" t="s">
+        <v>1420</v>
+      </c>
+      <c r="E874" t="inlineStr">
         <is>
           <t>Promozione di immagine per la Regione Lazio in occasione della manifestazione "Gay Village 2016" a cura di Gavi E20 S.r.l. – Impegno di spesa di € 24.400,00 (IVA inclusa) Capitolo R31902 Es. Fin. 2016.</t>
         </is>
       </c>
-      <c r="F857" t="s">
-[...4 lines deleted...]
-      <c r="A858">
+      <c r="F874" t="s" s="3">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="875">
+      <c r="A875">
         <v>1134</v>
       </c>
-      <c r="B858" s="2">
+      <c r="B875" s="2">
         <v>42502</v>
       </c>
-      <c r="C858" t="s">
-[...5 lines deleted...]
-      <c r="E858" t="inlineStr">
+      <c r="C875" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D875" t="s">
+        <v>1423</v>
+      </c>
+      <c r="E875" t="inlineStr">
         <is>
           <t>Promozione dell' immagine per la Regione Lazio in occasione di manifestazioni sportive a cura della Federazione Italiana di Atletica Leggera (FIDAL) – Roma, 29 maggio/ 3 giugno 2016 - Impegno di spesa € 18.300,00 (IVA inclusa) . Cap.R31902. Es fi</t>
         </is>
       </c>
-      <c r="F858" t="s">
-[...4 lines deleted...]
-      <c r="A859">
+      <c r="F875" t="s" s="3">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="876">
+      <c r="A876">
         <v>1135</v>
       </c>
-      <c r="B859" s="2">
+      <c r="B876" s="2">
         <v>42502</v>
       </c>
-      <c r="C859" t="s">
-[...5 lines deleted...]
-      <c r="E859" t="inlineStr">
+      <c r="C876" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D876" t="s">
+        <v>1426</v>
+      </c>
+      <c r="E876" t="inlineStr">
         <is>
           <t>Promozione dell'immagine della Regione Lazio in occasione dell'iniziativa "Taste of Roma 2016" a cura di BRAND EVENTS ITALY srl. Impegno di € 24.400, 00 (Iva inclusa) cap. R31902. Es.Fin. 2016.</t>
         </is>
       </c>
-      <c r="F859" t="s">
-[...4 lines deleted...]
-      <c r="A860">
+      <c r="F876" t="s" s="3">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="877">
+      <c r="A877">
         <v>1110</v>
       </c>
-      <c r="B860" s="2">
+      <c r="B877" s="2">
         <v>42502</v>
       </c>
-      <c r="C860" t="s">
-[...13 lines deleted...]
-      <c r="A861">
+      <c r="C877" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D877" t="s">
+        <v>1429</v>
+      </c>
+      <c r="E877" t="s">
+        <v>1430</v>
+      </c>
+      <c r="F877" t="s" s="3">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="878">
+      <c r="A878">
         <v>1111</v>
       </c>
-      <c r="B861" s="2">
+      <c r="B878" s="2">
         <v>42502</v>
       </c>
-      <c r="C861" t="s">
-[...13 lines deleted...]
-      <c r="A862">
+      <c r="C878" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D878" t="s">
+        <v>1433</v>
+      </c>
+      <c r="E878" t="s">
+        <v>1434</v>
+      </c>
+      <c r="F878" t="s" s="3">
+        <v>1435</v>
+      </c>
+    </row>
+    <row r="879">
+      <c r="A879">
         <v>1112</v>
       </c>
-      <c r="B862" s="2">
+      <c r="B879" s="2">
         <v>42502</v>
       </c>
-      <c r="C862" t="s">
-[...13 lines deleted...]
-      <c r="A863">
+      <c r="C879" t="s">
+        <v>1436</v>
+      </c>
+      <c r="D879" t="s">
+        <v>1437</v>
+      </c>
+      <c r="E879" t="s">
+        <v>1434</v>
+      </c>
+      <c r="F879" t="s" s="3">
+        <v>1435</v>
+      </c>
+    </row>
+    <row r="880">
+      <c r="A880">
         <v>1113</v>
       </c>
-      <c r="B863" s="2">
+      <c r="B880" s="2">
         <v>42502</v>
       </c>
-      <c r="C863" t="s">
-[...13 lines deleted...]
-      <c r="A864">
+      <c r="C880" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D880" t="s">
+        <v>1439</v>
+      </c>
+      <c r="E880" t="s">
+        <v>1434</v>
+      </c>
+      <c r="F880" t="s" s="3">
+        <v>1435</v>
+      </c>
+    </row>
+    <row r="881">
+      <c r="A881">
         <v>1114</v>
       </c>
-      <c r="B864" s="2">
+      <c r="B881" s="2">
         <v>42502</v>
       </c>
-      <c r="C864" t="s">
-[...13 lines deleted...]
-      <c r="A865">
+      <c r="C881" t="s">
+        <v>1440</v>
+      </c>
+      <c r="D881" t="s">
+        <v>1441</v>
+      </c>
+      <c r="E881" t="s">
+        <v>1434</v>
+      </c>
+      <c r="F881" t="s" s="3">
+        <v>1435</v>
+      </c>
+    </row>
+    <row r="882">
+      <c r="A882">
         <v>1115</v>
       </c>
-      <c r="B865" s="2">
+      <c r="B882" s="2">
         <v>42502</v>
       </c>
-      <c r="C865" t="s">
-[...5 lines deleted...]
-      <c r="E865" t="inlineStr">
+      <c r="C882" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D882" t="s">
+        <v>1443</v>
+      </c>
+      <c r="E882" t="inlineStr">
         <is>
           <t>Dlgs 163/2006 art. 125: procedura in economia per la fornitura di lanci dell'insetto parassitoide Torymus sinensis ai fini del controllo biologico del cinipide del castagno nel territorio della regione Lazio</t>
         </is>
       </c>
-      <c r="F865" t="s">
-[...7 lines deleted...]
-      <c r="A866">
+      <c r="F882" t="s" s="3">
+        <v>1444</v>
+      </c>
+      <c r="G882" t="s" s="3">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="883">
+      <c r="A883">
         <v>1116</v>
       </c>
-      <c r="B866" s="2">
+      <c r="B883" s="2">
         <v>42502</v>
       </c>
-      <c r="C866" t="s">
-[...13 lines deleted...]
-      <c r="A867">
+      <c r="C883" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D883" t="s">
+        <v>1447</v>
+      </c>
+      <c r="E883" t="s">
+        <v>1448</v>
+      </c>
+      <c r="F883" t="s" s="3">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="884">
+      <c r="A884">
         <v>1117</v>
       </c>
-      <c r="B867" s="2">
+      <c r="B884" s="2">
         <v>42502</v>
       </c>
-      <c r="C867" t="s">
-[...10 lines deleted...]
-      <c r="A868">
+      <c r="C884" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D884" t="s">
+        <v>1451</v>
+      </c>
+      <c r="E884" t="s" s="3">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="885">
+      <c r="A885">
         <v>1118</v>
       </c>
-      <c r="B868" s="2">
+      <c r="B885" s="2">
         <v>42502</v>
       </c>
-      <c r="C868" t="s">
-[...10 lines deleted...]
-      <c r="A869">
+      <c r="C885" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D885" t="s">
+        <v>1454</v>
+      </c>
+      <c r="E885" t="s" s="3">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="886">
+      <c r="A886">
         <v>1119</v>
       </c>
-      <c r="B869" s="2">
+      <c r="B886" s="2">
         <v>42502</v>
       </c>
-      <c r="C869" t="s">
-[...5 lines deleted...]
-      <c r="E869" t="inlineStr" s="3">
+      <c r="C886" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D886" t="s">
+        <v>1457</v>
+      </c>
+      <c r="E886" t="inlineStr" s="3">
         <is>
           <t>Appalto specifico per la fornitura di ossigenoterapia domiciliare - Lotto n.3 (Asl Roma 3 e Asl Roma 4)
 Determina a contrarre G03168/2016 - Burl n.40 del 14/04/2016</t>
         </is>
       </c>
     </row>
-    <row r="870">
-      <c r="A870">
+    <row r="887">
+      <c r="A887">
         <v>1120</v>
       </c>
-      <c r="B870" s="2">
+      <c r="B887" s="2">
         <v>42502</v>
       </c>
-      <c r="C870" t="s">
-[...5 lines deleted...]
-      <c r="E870" t="inlineStr" s="3">
+      <c r="C887" t="s">
+        <v>1458</v>
+      </c>
+      <c r="D887" t="s">
+        <v>1459</v>
+      </c>
+      <c r="E887" t="inlineStr" s="3">
         <is>
           <t>Appalto specifico per la fornitura di ossigenoterapia domiciliare - Lotto n.4 (Asl Roma 5 e Usl Roma 6)
 Determina a contrarre G03168/2016 - Burl n.40 del 14/04/2016</t>
         </is>
       </c>
     </row>
-    <row r="871">
-      <c r="A871">
+    <row r="888">
+      <c r="A888">
         <v>1121</v>
       </c>
-      <c r="B871" s="2">
+      <c r="B888" s="2">
         <v>42502</v>
       </c>
-      <c r="C871" t="s">
-[...5 lines deleted...]
-      <c r="E871" t="inlineStr" s="3">
+      <c r="C888" t="s">
+        <v>1460</v>
+      </c>
+      <c r="D888" t="s">
+        <v>1461</v>
+      </c>
+      <c r="E888" t="inlineStr" s="3">
         <is>
           <t>Appalto specifico per la fornitura di ossigenoterapia domiciliare - Lotto n.5 (Asl Rieti e Asl Viterbo)
 Determina a contrarre G03168/2016 - Burl n.40 del 14/04/2016</t>
         </is>
       </c>
     </row>
-    <row r="872">
-      <c r="A872">
+    <row r="889">
+      <c r="A889">
         <v>1122</v>
       </c>
-      <c r="B872" s="2">
+      <c r="B889" s="2">
         <v>42502</v>
       </c>
-      <c r="C872" t="s">
-[...5 lines deleted...]
-      <c r="E872" t="inlineStr" s="3">
+      <c r="C889" t="s">
+        <v>1462</v>
+      </c>
+      <c r="D889" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E889" t="inlineStr" s="3">
         <is>
           <t>Appalto specifico per la fornitura di ossigenoterapia domiciliare - Lotto n.6 (Asl Frosinone e Asl Latina)
 Determina a contrarre G03168/2016 - Burl n.40 del 14/04/2016</t>
         </is>
       </c>
     </row>
-    <row r="873">
-      <c r="A873">
+    <row r="890">
+      <c r="A890">
         <v>1123</v>
       </c>
-      <c r="B873" s="2">
+      <c r="B890" s="2">
         <v>42502</v>
       </c>
-      <c r="C873" t="s">
-[...5 lines deleted...]
-      <c r="E873" t="inlineStr">
+      <c r="C890" t="s">
+        <v>1464</v>
+      </c>
+      <c r="D890" t="s">
+        <v>1465</v>
+      </c>
+      <c r="E890" t="inlineStr">
         <is>
           <t>Promozione di immagine per la Regione Lazio in occasione del concerto del 1 Maggio che si terrà a Roma in Piazza San Giovanni a cura della Società Ruvido Produzioni a r.l. – Impegno di € 21.350,00 (IVA inclusa) - Capitolo R31902 Es.Fin.2016.</t>
         </is>
       </c>
-      <c r="F873" t="s">
-[...4 lines deleted...]
-      <c r="A874">
+      <c r="F890" t="s" s="3">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="891">
+      <c r="A891">
         <v>1105</v>
       </c>
-      <c r="B874" s="2">
+      <c r="B891" s="2">
         <v>42502</v>
       </c>
-      <c r="C874" t="s">
-[...5 lines deleted...]
-      <c r="E874" t="inlineStr">
+      <c r="C891" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D891" t="s">
+        <v>1468</v>
+      </c>
+      <c r="E891" t="inlineStr">
         <is>
           <t>Promozione di immagine per la Regione Lazio in occasione della XXII Maratona di Roma a cura dell'A.S.D. ITALIA MARATHON CLUB - Impegno di € 40.000,00 (Iva inclusa) Capitolo R31902 Esercizio Finanziario 2016. </t>
         </is>
       </c>
-      <c r="F874" t="s">
-[...4 lines deleted...]
-      <c r="A875">
+      <c r="F891" t="s" s="3">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="892">
+      <c r="A892">
         <v>1106</v>
       </c>
-      <c r="B875" s="2">
+      <c r="B892" s="2">
         <v>42502</v>
       </c>
-      <c r="C875" t="s">
-[...5 lines deleted...]
-      <c r="E875" t="inlineStr">
+      <c r="C892" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D892" t="s">
+        <v>1471</v>
+      </c>
+      <c r="E892" t="inlineStr">
         <is>
           <t>Promozione d'immagine per la Regione Lazio nell'ambito della 6^ edizione del "Salone della Giustizia" a cura di Cosmec S.r.l. - Roma, 19/21 aprile 2016 – Impegno di spesa di € 85.400,00 (Iva incl.) - Cap. di bilancio reg.le R31902 - Es.Fin.2016.</t>
         </is>
       </c>
-      <c r="F875" t="s">
-[...4 lines deleted...]
-      <c r="A876">
+      <c r="F892" t="s" s="3">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="893">
+      <c r="A893">
         <v>1107</v>
       </c>
-      <c r="B876" s="2">
+      <c r="B893" s="2">
         <v>42502</v>
       </c>
-      <c r="C876" t="s">
-[...13 lines deleted...]
-      <c r="A877">
+      <c r="C893" t="s">
+        <v>1473</v>
+      </c>
+      <c r="D893" t="s">
+        <v>1474</v>
+      </c>
+      <c r="E893" t="s">
+        <v>1475</v>
+      </c>
+      <c r="F893" t="s" s="3">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="894">
+      <c r="A894">
         <v>1108</v>
       </c>
-      <c r="B877" s="2">
+      <c r="B894" s="2">
         <v>42502</v>
       </c>
-      <c r="C877" t="s">
-[...13 lines deleted...]
-      <c r="A878">
+      <c r="C894" t="s">
+        <v>1477</v>
+      </c>
+      <c r="D894" t="s">
+        <v>1478</v>
+      </c>
+      <c r="E894" t="s">
+        <v>1479</v>
+      </c>
+      <c r="F894" t="s" s="3">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="895">
+      <c r="A895">
         <v>1109</v>
       </c>
-      <c r="B878" s="2">
+      <c r="B895" s="2">
         <v>42502</v>
       </c>
-      <c r="C878" t="s">
-[...5 lines deleted...]
-      <c r="E878" t="inlineStr">
+      <c r="C895" t="s">
+        <v>1481</v>
+      </c>
+      <c r="D895" t="s">
+        <v>1482</v>
+      </c>
+      <c r="E895" t="inlineStr">
         <is>
           <t>Acquisto di spazi pubbliredazionali sul supplemento del quotidiano: Il Giornale della Provincia, per la diffusione delle informazioni relative al "Sistema dei Cammini del Lazio".</t>
         </is>
       </c>
-      <c r="F878" t="s">
-        <v>1457</v>
+      <c r="F895" t="s" s="3">
+        <v>1483</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="E368" r:id="rId1" location="" display="http://www.regione.lazio.it/binary/rl_amministrazione_trasparente/tbl_contenuti/CIG_Accordo_quadro_fornitura_medicazioni__Aziende_Sanitarie_Regione_Lazio_2019.xlsx"/>
-[...18 lines deleted...]
-    <hyperlink ref="E872" r:id="rId20" location="" display="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G03168&amp;amp;DATAA=01/04/2016&amp;amp;TIPO=8"/>
+    <hyperlink ref="F2" r:id="rId1" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02046-19022025.pdf"/>
+    <hyperlink ref="F3" r:id="rId2" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14295-30102025.pdf"/>
+    <hyperlink ref="F4" r:id="rId3" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00335-15012026.pdf"/>
+    <hyperlink ref="F5" r:id="rId4" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00168-13012026_0.pdf"/>
+    <hyperlink ref="F6" r:id="rId5" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17943-30122025_0.pdf"/>
+    <hyperlink ref="F7" r:id="rId6" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13997-27102025.pdf"/>
+    <hyperlink ref="F8" r:id="rId7" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16524-04122025.pdf"/>
+    <hyperlink ref="F9" r:id="rId8" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17918-30122025.pdf"/>
+    <hyperlink ref="F10" r:id="rId9" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14468-03112025.pdf"/>
+    <hyperlink ref="F11" r:id="rId10" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15417-18112025.pdf"/>
+    <hyperlink ref="F12" r:id="rId11" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14618-05112025.pdf"/>
+    <hyperlink ref="F13" r:id="rId12" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16994-15122025.pdf"/>
+    <hyperlink ref="F14" r:id="rId13" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16607-05122025.pdf"/>
+    <hyperlink ref="F15" r:id="rId14" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16799-10122025.pdf"/>
+    <hyperlink ref="F16" r:id="rId15" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14543-04112025.pdf"/>
+    <hyperlink ref="F17" r:id="rId16" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16519-04122025.pdf"/>
+    <hyperlink ref="F18" r:id="rId17" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15784-24112025.pdf"/>
+    <hyperlink ref="F19" r:id="rId18" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15660-21112025.pdf"/>
+    <hyperlink ref="F20" r:id="rId19" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13756-23102025.pdf"/>
+    <hyperlink ref="F21" r:id="rId20" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13611-20102025.pdf"/>
+    <hyperlink ref="F22" r:id="rId21" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00104-30102025.pdf"/>
+    <hyperlink ref="F23" r:id="rId22" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14046-28102025.pdf"/>
+    <hyperlink ref="F24" r:id="rId23" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10244-05082025.pdf"/>
+    <hyperlink ref="F25" r:id="rId24" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09495-23072025.pdf"/>
+    <hyperlink ref="F26" r:id="rId25" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17433-18122024.pdf"/>
+    <hyperlink ref="F27" r:id="rId26" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17431-18122024.pdf"/>
+    <hyperlink ref="F28" r:id="rId27" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17430-18122024.pdf"/>
+    <hyperlink ref="F29" r:id="rId28" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16898-11122024.pdf"/>
+    <hyperlink ref="F30" r:id="rId29" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12257-25092025.pdf"/>
+    <hyperlink ref="F31" r:id="rId30" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12259-25092025.pdf"/>
+    <hyperlink ref="F32" r:id="rId31" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12262-25092025.pdf"/>
+    <hyperlink ref="F33" r:id="rId32" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11703-15092025.pdf"/>
+    <hyperlink ref="F34" r:id="rId33" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11704-15092025.pdf"/>
+    <hyperlink ref="F35" r:id="rId34" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10314-06082025.pdf"/>
+    <hyperlink ref="F36" r:id="rId35" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08303-30062025.pdf"/>
+    <hyperlink ref="F37" r:id="rId36" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13757-23102025_0.pdf"/>
+    <hyperlink ref="F38" r:id="rId37" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06364-09052025-pagg-1-42.pdf"/>
+    <hyperlink ref="G38" r:id="rId38" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06364-09052025-pagg-43-73_0.pdf"/>
+    <hyperlink ref="H38" r:id="rId39" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06364-09052025-pagg-74-167_0.pdf"/>
+    <hyperlink ref="F39" r:id="rId40" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11938-18092025.pdf"/>
+    <hyperlink ref="F40" r:id="rId41" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13426-16102025.pdf"/>
+    <hyperlink ref="F41" r:id="rId42" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08018-23062025.pdf"/>
+    <hyperlink ref="F42" r:id="rId43" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08670-07072025.pdf"/>
+    <hyperlink ref="F43" r:id="rId44" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07354-11062025.pdf"/>
+    <hyperlink ref="F44" r:id="rId45" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08189-26062025.pdf"/>
+    <hyperlink ref="F45" r:id="rId46" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08406-02072025.pdf"/>
+    <hyperlink ref="F46" r:id="rId47" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05096-24042025.pdf"/>
+    <hyperlink ref="F47" r:id="rId48" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10287-05082025.pdf"/>
+    <hyperlink ref="F48" r:id="rId49" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00082-02092025.pdf"/>
+    <hyperlink ref="F49" r:id="rId50" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09345-18072025.pdf"/>
+    <hyperlink ref="F50" r:id="rId51" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08740-09072025.pdf"/>
+    <hyperlink ref="F51" r:id="rId52" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00066-07072025.pdf"/>
+    <hyperlink ref="F52" r:id="rId53" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00063-30062025.pdf"/>
+    <hyperlink ref="F53" r:id="rId54" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07785-18062025.pdf"/>
+    <hyperlink ref="F54" r:id="rId55" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05954-14052025.pdf"/>
+    <hyperlink ref="F55" r:id="rId56" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01471-06022025.pdf"/>
+    <hyperlink ref="F56" r:id="rId57" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07330-11062025.pdf"/>
+    <hyperlink ref="F57" r:id="rId58" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07210-09062025.pdf"/>
+    <hyperlink ref="F58" r:id="rId59" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05909-14052025.pdf"/>
+    <hyperlink ref="F59" r:id="rId60" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05738-09052025.pdf"/>
+    <hyperlink ref="F60" r:id="rId61" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04357-07042025.pdf"/>
+    <hyperlink ref="F61" r:id="rId62" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04429-08042025.pdf"/>
+    <hyperlink ref="F62" r:id="rId63" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05169-28042025.pdf"/>
+    <hyperlink ref="F63" r:id="rId64" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05253-29042025.pdf"/>
+    <hyperlink ref="F64" r:id="rId65" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05170-28042025.pdf"/>
+    <hyperlink ref="F65" r:id="rId66" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03237-17032025.pdf"/>
+    <hyperlink ref="F66" r:id="rId67" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03648-25032025.pdf"/>
+    <hyperlink ref="F67" r:id="rId68" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05097-24042025.pdf"/>
+    <hyperlink ref="F68" r:id="rId69" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04869-16042025.pdf"/>
+    <hyperlink ref="F69" r:id="rId70" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04493-10042025.pdf"/>
+    <hyperlink ref="F70" r:id="rId71" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01630-10022025.pdf"/>
+    <hyperlink ref="F71" r:id="rId72" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02075-20022025.pdf"/>
+    <hyperlink ref="F72" r:id="rId73" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17293-17122024.pdf"/>
+    <hyperlink ref="F73" r:id="rId74" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04196-03042025.pdf"/>
+    <hyperlink ref="F74" r:id="rId75" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12657-27092024.pdf"/>
+    <hyperlink ref="F75" r:id="rId76" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03336-18032025.pdf"/>
+    <hyperlink ref="F76" r:id="rId77" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00024-27032025.pdf"/>
+    <hyperlink ref="F77" r:id="rId78" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02829-07032025.pdf"/>
+    <hyperlink ref="F78" r:id="rId79" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16798-11122024.pdf"/>
+    <hyperlink ref="F79" r:id="rId80" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01194-31012025.pdf"/>
+    <hyperlink ref="F80" r:id="rId81" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15238-15112024.pdf"/>
+    <hyperlink ref="F81" r:id="rId82" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10157-27072024.pdf"/>
+    <hyperlink ref="F82" r:id="rId83" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18060-27122024.pdf"/>
+    <hyperlink ref="F83" r:id="rId84" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17077-13122024.pdf"/>
+    <hyperlink ref="F84" r:id="rId85" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16894-11122024.pdf"/>
+    <hyperlink ref="F85" r:id="rId86" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17458-19122024.pdf"/>
+    <hyperlink ref="F86" r:id="rId87" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16675-09122024.pdf"/>
+    <hyperlink ref="F87" r:id="rId88" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17407-18122024.pdf"/>
+    <hyperlink ref="F88" r:id="rId89" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16215-02122024.pdf"/>
+    <hyperlink ref="F89" r:id="rId90" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16227-02122024.pdf"/>
+    <hyperlink ref="F90" r:id="rId91" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15470-20112024.pdf"/>
+    <hyperlink ref="F91" r:id="rId92" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15400-19112024.pdf"/>
+    <hyperlink ref="F92" r:id="rId93" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13809-18102024.pdf"/>
+    <hyperlink ref="F93" r:id="rId94" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12576-25092024.pdf"/>
+    <hyperlink ref="F94" r:id="rId95" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11721-09092024.pdf"/>
+    <hyperlink ref="F95" r:id="rId96" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10961-12082024.pdf"/>
+    <hyperlink ref="F96" r:id="rId97" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12380-20092024.pdf"/>
+    <hyperlink ref="F97" r:id="rId98" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10925-09082024.pdf"/>
+    <hyperlink ref="F98" r:id="rId99" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13282-08102024.pdf"/>
+    <hyperlink ref="F99" r:id="rId100" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12789-30092024.pdf"/>
+    <hyperlink ref="G99" r:id="rId101" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04962-17042025.pdf"/>
+    <hyperlink ref="F101" r:id="rId102" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11418-30082024.pdf"/>
+    <hyperlink ref="F102" r:id="rId103" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11102-21082024.pdf"/>
+    <hyperlink ref="F103" r:id="rId104" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10972-12082024.pdf"/>
+    <hyperlink ref="F104" r:id="rId105" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10710-06082024.pdf"/>
+    <hyperlink ref="F105" r:id="rId106" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10159-27072024.pdf"/>
+    <hyperlink ref="F106" r:id="rId107" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09757-22072024.pdf"/>
+    <hyperlink ref="F107" r:id="rId108" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09592-18072024.pdf"/>
+    <hyperlink ref="F108" r:id="rId109" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08662-28062024.pdf"/>
+    <hyperlink ref="F109" r:id="rId110" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08683-28062024.pdf"/>
+    <hyperlink ref="F110" r:id="rId111" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08682-28062024.pdf"/>
+    <hyperlink ref="F111" r:id="rId112" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07456-07062024.pdf"/>
+    <hyperlink ref="F112" r:id="rId113" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06512-29052024.pdf"/>
+    <hyperlink ref="F113" r:id="rId114" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06462-29052024.pdf"/>
+    <hyperlink ref="F114" r:id="rId115" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06285-24052024.pdf"/>
+    <hyperlink ref="F115" r:id="rId116" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06067-22052024.pdf"/>
+    <hyperlink ref="F116" r:id="rId117" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06078-22052024_0.pdf"/>
+    <hyperlink ref="F118" r:id="rId118" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06078-22052024.pdf"/>
+    <hyperlink ref="F119" r:id="rId119" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05761-16052024.pdf"/>
+    <hyperlink ref="F120" r:id="rId120" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04024-09042024.pdf"/>
+    <hyperlink ref="F121" r:id="rId121" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04955-29042024.pdf"/>
+    <hyperlink ref="F122" r:id="rId122" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05017-30042024.pdf"/>
+    <hyperlink ref="F123" r:id="rId123" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05018-30042024.pdf"/>
+    <hyperlink ref="F124" r:id="rId124" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04897-26042024.pdf"/>
+    <hyperlink ref="F125" r:id="rId125" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04891-26042024.pdf"/>
+    <hyperlink ref="F126" r:id="rId126" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04760-24042024.pdf"/>
+    <hyperlink ref="F127" r:id="rId127" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04630-22042024.pdf"/>
+    <hyperlink ref="F128" r:id="rId128" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03797-04042024.pdf"/>
+    <hyperlink ref="F129" r:id="rId129" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03620-29032024.pdf"/>
+    <hyperlink ref="F130" r:id="rId130" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03464-27032024.pdf"/>
+    <hyperlink ref="F131" r:id="rId131" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03130-20032024.pdf"/>
+    <hyperlink ref="F132" r:id="rId132" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03246-22032024.pdf"/>
+    <hyperlink ref="F133" r:id="rId133" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02886-14032024.pdf"/>
+    <hyperlink ref="F134" r:id="rId134" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02590-07032024.pdf"/>
+    <hyperlink ref="F135" r:id="rId135" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02175-28022024.pdf"/>
+    <hyperlink ref="F136" r:id="rId136" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01912-22022024.pdf"/>
+    <hyperlink ref="F137" r:id="rId137" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01777-21022024.pdf"/>
+    <hyperlink ref="F138" r:id="rId138" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00747-25012024_0.pdf"/>
+    <hyperlink ref="F139" r:id="rId139" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00800-25012024.pdf"/>
+    <hyperlink ref="F140" r:id="rId140" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00446-18012024.pdf"/>
+    <hyperlink ref="F141" r:id="rId141" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17450-27122023-def.pdf"/>
+    <hyperlink ref="F142" r:id="rId142" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17207-20122023.pdf"/>
+    <hyperlink ref="F143" r:id="rId143" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17443-27122023.pdf"/>
+    <hyperlink ref="F144" r:id="rId144" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00272-15012024.pdf"/>
+    <hyperlink ref="F145" r:id="rId145" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17415-22122023.pdf"/>
+    <hyperlink ref="F146" r:id="rId146" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17450-27122023.pdf"/>
+    <hyperlink ref="F147" r:id="rId147" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17445-27122023.pdf"/>
+    <hyperlink ref="F148" r:id="rId148" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17422-22122023.pdf"/>
+    <hyperlink ref="F149" r:id="rId149" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17087-19122023.pdf"/>
+    <hyperlink ref="F150" r:id="rId150" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17092-19122023.pdf"/>
+    <hyperlink ref="F151" r:id="rId151" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16718-13122023.pdf"/>
+    <hyperlink ref="F152" r:id="rId152" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16488-07122023.pdf"/>
+    <hyperlink ref="F153" r:id="rId153" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/determinazione-a-contrarre-cig-A02FDF78ED-rettifica.pdf"/>
+    <hyperlink ref="F154" r:id="rId154" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/determinazione-a-contrarre-cig-A02FDF78ED.pdf"/>
+    <hyperlink ref="F155" r:id="rId155" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14513-03112023.pdf"/>
+    <hyperlink ref="F156" r:id="rId156" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13131-05102023.pdf"/>
+    <hyperlink ref="F157" r:id="rId157" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12887-29092023.pdf"/>
+    <hyperlink ref="F158" r:id="rId158" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12112-15092023.pdf"/>
+    <hyperlink ref="F159" r:id="rId159" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12070-13092023.pdf"/>
+    <hyperlink ref="F160" r:id="rId160" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10774-04082023.pdf"/>
+    <hyperlink ref="F161" r:id="rId161" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08738-22062023.pdf"/>
+    <hyperlink ref="F162" r:id="rId162" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07926-07062023.pdf"/>
+    <hyperlink ref="F163" r:id="rId163" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08865-26062023.pdf"/>
+    <hyperlink ref="F164" r:id="rId164" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08316-14062023.pdf"/>
+    <hyperlink ref="F165" r:id="rId165" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09014-28062023.pdf"/>
+    <hyperlink ref="F166" r:id="rId166" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08590-21062023.pdf"/>
+    <hyperlink ref="F167" r:id="rId167" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08767-23062023.pdf"/>
+    <hyperlink ref="F168" r:id="rId168" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08766-23062023.pdf"/>
+    <hyperlink ref="F169" r:id="rId169" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08765-23062023.pdf"/>
+    <hyperlink ref="F170" r:id="rId170" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08357-15062023.pdf"/>
+    <hyperlink ref="F171" r:id="rId171" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08471-19062023.pdf"/>
+    <hyperlink ref="F172" r:id="rId172" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00082-12062023.pdf"/>
+    <hyperlink ref="F173" r:id="rId173" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08178-13062023.pdf"/>
+    <hyperlink ref="F174" r:id="rId174" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07943-07052023.pdf"/>
+    <hyperlink ref="F175" r:id="rId175" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07993-08062023.pdf"/>
+    <hyperlink ref="F176" r:id="rId176" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04831-06042023.pdf"/>
+    <hyperlink ref="F177" r:id="rId177" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04239-29032023.pdf"/>
+    <hyperlink ref="F178" r:id="rId178" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04004-24032023.pdf"/>
+    <hyperlink ref="F179" r:id="rId179" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04184-28032023.pdf"/>
+    <hyperlink ref="F180" r:id="rId180" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03075-08032023.pdf"/>
+    <hyperlink ref="G180" r:id="rId181" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03836-22032023.pdf"/>
+    <hyperlink ref="F181" r:id="rId182" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/S00039-15032023.pdf"/>
+    <hyperlink ref="F182" r:id="rId183" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03778-20032023.pdf"/>
+    <hyperlink ref="F183" r:id="rId184" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03472-15032023.pdf"/>
+    <hyperlink ref="F184" r:id="rId185" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03183-09032023.pdf"/>
+    <hyperlink ref="F185" r:id="rId186" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03181-09032023.pdf"/>
+    <hyperlink ref="F186" r:id="rId187" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03182-09032023.pdf"/>
+    <hyperlink ref="F187" r:id="rId188" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03186-09032023.pdf"/>
+    <hyperlink ref="F188" r:id="rId189" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02832-02032023.pdf"/>
+    <hyperlink ref="F189" r:id="rId190" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02420-23022023.pdf"/>
+    <hyperlink ref="F190" r:id="rId191" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02419-23022023.pdf"/>
+    <hyperlink ref="F191" r:id="rId192" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00033-22022023.pdf"/>
+    <hyperlink ref="F192" r:id="rId193" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01243-02022023.pdf"/>
+    <hyperlink ref="F193" r:id="rId194" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18481-22122022.pdf"/>
+    <hyperlink ref="F194" r:id="rId195" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00039-05012023.pdf"/>
+    <hyperlink ref="F195" r:id="rId196" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18148-19122022.pdf"/>
+    <hyperlink ref="F196" r:id="rId197" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/S00167-02122022.pdf"/>
+    <hyperlink ref="F197" r:id="rId198" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16698-29112022.pdf"/>
+    <hyperlink ref="F198" r:id="rId199" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16290-24112022.pdf"/>
+    <hyperlink ref="F199" r:id="rId200" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15754-15112022.pdf"/>
+    <hyperlink ref="F200" r:id="rId201" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14495-24102022.pdf"/>
+    <hyperlink ref="F201" r:id="rId202" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15694-14112022.pdf"/>
+    <hyperlink ref="F202" r:id="rId203" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15562-11112022.pdf"/>
+    <hyperlink ref="F203" r:id="rId204" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15273-08112022.pdf"/>
+    <hyperlink ref="F204" r:id="rId205" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14974-02112022.pdf"/>
+    <hyperlink ref="F205" r:id="rId206" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14061-17102022.pdf"/>
+    <hyperlink ref="F206" r:id="rId207" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10975-10082022.pdf"/>
+    <hyperlink ref="F207" r:id="rId208" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14557-25102022.pdf"/>
+    <hyperlink ref="F208" r:id="rId209" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13023-28092022.pdf"/>
+    <hyperlink ref="F209" r:id="rId210" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14362-21102022.pdf"/>
+    <hyperlink ref="F210" r:id="rId211" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00146-13102022.pdf"/>
+    <hyperlink ref="F211" r:id="rId212" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12684-23092022.pdf"/>
+    <hyperlink ref="F212" r:id="rId213" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09282-15072022.pdf"/>
+    <hyperlink ref="F213" r:id="rId214" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09286-15072022.pdf"/>
+    <hyperlink ref="F214" r:id="rId215" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09287-15072022.pdf"/>
+    <hyperlink ref="F215" r:id="rId216" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09292-15072022.pdf"/>
+    <hyperlink ref="F216" r:id="rId217" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09293-15072022.pdf"/>
+    <hyperlink ref="F217" r:id="rId218" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09294-15072022.pdf"/>
+    <hyperlink ref="F218" r:id="rId219" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09295-15072022.pdf"/>
+    <hyperlink ref="F219" r:id="rId220" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09296-15072022.pdf"/>
+    <hyperlink ref="F220" r:id="rId221" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09297-05072022.pdf"/>
+    <hyperlink ref="F221" r:id="rId222" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10544-04082022.pdf"/>
+    <hyperlink ref="F222" r:id="rId223" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11858-09092022.pdf"/>
+    <hyperlink ref="F223" r:id="rId224" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15940-22122020.pdf"/>
+    <hyperlink ref="F224" r:id="rId225" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08748-06072022.pdf"/>
+    <hyperlink ref="F225" r:id="rId226" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11414-30082022.pdf"/>
+    <hyperlink ref="F226" r:id="rId227" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11401-30082022.pdf"/>
+    <hyperlink ref="F227" r:id="rId228" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11326-25082022.pdf"/>
+    <hyperlink ref="F228" r:id="rId229" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11271-25082022.pdf"/>
+    <hyperlink ref="F229" r:id="rId230" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10776-08082022.pdf"/>
+    <hyperlink ref="F230" r:id="rId231" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10107-29072022.pdf"/>
+    <hyperlink ref="F231" r:id="rId232" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10454-04082022.pdf"/>
+    <hyperlink ref="G231" r:id="rId233" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18138-19122022_0.pdf"/>
+    <hyperlink ref="F232" r:id="rId234" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10388-03082022.pdf"/>
+    <hyperlink ref="G232" r:id="rId235" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18166-19122022.pdf"/>
+    <hyperlink ref="F233" r:id="rId236" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10386-03082022.pdf"/>
+    <hyperlink ref="G233" r:id="rId237" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18357-21122022.pdf"/>
+    <hyperlink ref="F234" r:id="rId238" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10387-03082022.pdf"/>
+    <hyperlink ref="G234" r:id="rId239" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18146-19122022.pdf"/>
+    <hyperlink ref="F235" r:id="rId240" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10385-03082022.pdf"/>
+    <hyperlink ref="G235" r:id="rId241" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18474-22122022.pdf"/>
+    <hyperlink ref="F236" r:id="rId242" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10384-03082022.pdf"/>
+    <hyperlink ref="F237" r:id="rId243" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10389-03082022.pdf"/>
+    <hyperlink ref="G237" r:id="rId244" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18139-19122022.pdf"/>
+    <hyperlink ref="F238" r:id="rId245" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10382-03082022.pdf"/>
+    <hyperlink ref="F239" r:id="rId246" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10383-03082022.pdf"/>
+    <hyperlink ref="G239" r:id="rId247" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18148-19122022_0.pdf"/>
+    <hyperlink ref="F240" r:id="rId248" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09931-27072022.pdf"/>
+    <hyperlink ref="F241" r:id="rId249" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00108-22072022.pdf"/>
+    <hyperlink ref="F242" r:id="rId250" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09619-21072022.pdf"/>
+    <hyperlink ref="F243" r:id="rId251" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09548-20072022.pdf"/>
+    <hyperlink ref="F244" r:id="rId252" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09547-20072022.pdf"/>
+    <hyperlink ref="F245" r:id="rId253" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09618-21072022.pdf"/>
+    <hyperlink ref="F246" r:id="rId254" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09616-21072022.pdf"/>
+    <hyperlink ref="F247" r:id="rId255" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09589-20072022.pdf"/>
+    <hyperlink ref="F248" r:id="rId256" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09354-15072022.pdf"/>
+    <hyperlink ref="F249" r:id="rId257" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08492-30062022.pdf"/>
+    <hyperlink ref="F250" r:id="rId258" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07819-16062022.pdf"/>
+    <hyperlink ref="F251" r:id="rId259" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07820-16062022.pdf"/>
+    <hyperlink ref="F252" r:id="rId260" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06238-18052022.pdf"/>
+    <hyperlink ref="F253" r:id="rId261" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07251-07062022.pdf"/>
+    <hyperlink ref="F254" r:id="rId262" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06645-24052022.pdf"/>
+    <hyperlink ref="F255" r:id="rId263" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06971-31052022.pdf"/>
+    <hyperlink ref="F256" r:id="rId264" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07101-01062022.pdf"/>
+    <hyperlink ref="F257" r:id="rId265" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06530-24052022.pdf"/>
+    <hyperlink ref="F258" r:id="rId266" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06269-19052022.pdf"/>
+    <hyperlink ref="F259" r:id="rId267" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06291-19052022.pdf"/>
+    <hyperlink ref="F260" r:id="rId268" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05554-09052022.pdf"/>
+    <hyperlink ref="F261" r:id="rId269" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05243-02052022.pdf"/>
+    <hyperlink ref="F262" r:id="rId270" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05059-28042022.pdf"/>
+    <hyperlink ref="F263" r:id="rId271" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04969-27042022.pdf"/>
+    <hyperlink ref="F264" r:id="rId272" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04881-26042022.pdf"/>
+    <hyperlink ref="F265" r:id="rId273" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02417-04032022.pdf"/>
+    <hyperlink ref="F266" r:id="rId274" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04806-22042022.pdf"/>
+    <hyperlink ref="F267" r:id="rId275" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16777-30122021.pdf"/>
+    <hyperlink ref="F268" r:id="rId276" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04648-15042022.PDF"/>
+    <hyperlink ref="F269" r:id="rId277" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04611-14-04-2022.pdf"/>
+    <hyperlink ref="F270" r:id="rId278" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04111-05042022.pdf"/>
+    <hyperlink ref="F271" r:id="rId279" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03368-22032022.pdf"/>
+    <hyperlink ref="F272" r:id="rId280" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02583-08032022.pdf"/>
+    <hyperlink ref="F273" r:id="rId281" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00051-09032022.pdf"/>
+    <hyperlink ref="F274" r:id="rId282" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01693-18022022.pdf"/>
+    <hyperlink ref="F275" r:id="rId283" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02298-03032022.pdf"/>
+    <hyperlink ref="F276" r:id="rId284" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02237-02032022.pdf"/>
+    <hyperlink ref="F277" r:id="rId285" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00033-17022022.pdf"/>
+    <hyperlink ref="F278" r:id="rId286" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15352-10122021.pdf"/>
+    <hyperlink ref="F279" r:id="rId287" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00019-04022022.pdf"/>
+    <hyperlink ref="F280" r:id="rId288" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00017-28012022.pdf"/>
+    <hyperlink ref="F281" r:id="rId289" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00010-24012022.pdf"/>
+    <hyperlink ref="F282" r:id="rId290" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00831-28012022.pdf"/>
+    <hyperlink ref="F283" r:id="rId291" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/GGRDG00_000001-11082021.pdf"/>
+    <hyperlink ref="F284" r:id="rId292" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00649-25012022.pdf"/>
+    <hyperlink ref="F285" r:id="rId293" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00009-19012022.pdf"/>
+    <hyperlink ref="F286" r:id="rId294" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13339-02112021.pdf"/>
+    <hyperlink ref="F287" r:id="rId295" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12750-19102021.pdf"/>
+    <hyperlink ref="F288" r:id="rId296" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12001-05102021.pdf"/>
+    <hyperlink ref="F289" r:id="rId297" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09594-15072021.pdf"/>
+    <hyperlink ref="F290" r:id="rId298" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07259-14062021.pdf"/>
+    <hyperlink ref="F291" r:id="rId299" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05992-20052021.pdf"/>
+    <hyperlink ref="F292" r:id="rId300" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00209-14012022.pdf"/>
+    <hyperlink ref="F293" r:id="rId301" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00211-14012022.pdf"/>
+    <hyperlink ref="F294" r:id="rId302" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12227-11102021.pdf"/>
+    <hyperlink ref="F295" r:id="rId303" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13406-03112021.pdf"/>
+    <hyperlink ref="F296" r:id="rId304" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736-29112021.pdf"/>
+    <hyperlink ref="F297" r:id="rId305" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12226-11102021.pdf"/>
+    <hyperlink ref="F298" r:id="rId306" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00112-11012022.pdf"/>
+    <hyperlink ref="F299" r:id="rId307" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16836-31122021.pdf"/>
+    <hyperlink ref="F300" r:id="rId308" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16712-30122021.pdf"/>
+    <hyperlink ref="F301" r:id="rId309" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16628-29122021.pdf"/>
+    <hyperlink ref="F302" r:id="rId310" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16756-30122021.pdf"/>
+    <hyperlink ref="F303" r:id="rId311" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16077-21122021.pdf"/>
+    <hyperlink ref="F304" r:id="rId312" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15122-06122021.pdf"/>
+    <hyperlink ref="F305" r:id="rId313" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15355-10122021.pdf"/>
+    <hyperlink ref="F306" r:id="rId314" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15358-10122021.pdf"/>
+    <hyperlink ref="F308" r:id="rId315" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14506-24112021.pdf"/>
+    <hyperlink ref="F309" r:id="rId316" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13896-12112021.pdf"/>
+    <hyperlink ref="F310" r:id="rId317" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13554-05112021.pdf"/>
+    <hyperlink ref="F311" r:id="rId318" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12920-22102021.pdf"/>
+    <hyperlink ref="F312" r:id="rId319" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12363-11102021.pdf"/>
+    <hyperlink ref="F313" r:id="rId320" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12649-18102021.pdf"/>
+    <hyperlink ref="F314" r:id="rId321" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00195-10112021.pdf"/>
+    <hyperlink ref="F315" r:id="rId322" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11839-01102021.pdf"/>
+    <hyperlink ref="F316" r:id="rId323" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13172-27102021.pdf"/>
+    <hyperlink ref="F317" r:id="rId324" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13171-28102021.pdf"/>
+    <hyperlink ref="F318" r:id="rId325" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13080-27102021.pdf"/>
+    <hyperlink ref="F319" r:id="rId326" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00178-20102021.pdf"/>
+    <hyperlink ref="F320" r:id="rId327" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12798-20102021.pdf"/>
+    <hyperlink ref="F321" r:id="rId328" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12278-11102021.pdf"/>
+    <hyperlink ref="F322" r:id="rId329" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11349-23092021.pdf"/>
+    <hyperlink ref="F323" r:id="rId330" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09961-22072021.pdf"/>
+    <hyperlink ref="F324" r:id="rId331" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11317-22092021.pdf"/>
+    <hyperlink ref="F325" r:id="rId332" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07292-15062021.pdf"/>
+    <hyperlink ref="F326" r:id="rId333" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/GR1217-000007-07092021.pdf"/>
+    <hyperlink ref="F327" r:id="rId334" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10163_26072021.pdf"/>
+    <hyperlink ref="F328" r:id="rId335" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09983-22072021.pdf"/>
+    <hyperlink ref="F329" r:id="rId336" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09755-19072021.pdf"/>
+    <hyperlink ref="F330" r:id="rId337" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09202_09072021.pdf"/>
+    <hyperlink ref="F331" r:id="rId338" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07439-17062021.pdf"/>
+    <hyperlink ref="F332" r:id="rId339" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08557-25062021.pdf"/>
+    <hyperlink ref="F333" r:id="rId340" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08000-23062021.pdf"/>
+    <hyperlink ref="F334" r:id="rId341" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G072922_15062021.pdf"/>
+    <hyperlink ref="F335" r:id="rId342" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07209-19062020.pdf"/>
+    <hyperlink ref="F336" r:id="rId343" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07072_10062021.pdf"/>
+    <hyperlink ref="F337" r:id="rId344" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05290-07052021.pdf"/>
+    <hyperlink ref="F338" r:id="rId345" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15579-17122020.pdf"/>
+    <hyperlink ref="F339" r:id="rId346" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05363-10052021.pdf"/>
+    <hyperlink ref="F340" r:id="rId347" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04108_15042021.pdf"/>
+    <hyperlink ref="F341" r:id="rId348" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00093_07052021.pdf"/>
+    <hyperlink ref="F342" r:id="rId349" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04909_03052021.pdf"/>
+    <hyperlink ref="F343" r:id="rId350" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04665_27042021.pdf"/>
+    <hyperlink ref="F344" r:id="rId351" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12741_30102020.pdf"/>
+    <hyperlink ref="F345" r:id="rId352" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13784_19112020.pdf"/>
+    <hyperlink ref="F346" r:id="rId353" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02928_17032021.pdf"/>
+    <hyperlink ref="F347" r:id="rId354" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04013_13042021.pdf"/>
+    <hyperlink ref="F348" r:id="rId355" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04164_15042021.pdf"/>
+    <hyperlink ref="F349" r:id="rId356" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04269_19042021.pdf"/>
+    <hyperlink ref="F350" r:id="rId357" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04322_19042021.pdf"/>
+    <hyperlink ref="F351" r:id="rId358" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04447_21042021.pdf"/>
+    <hyperlink ref="F352" r:id="rId359" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04718_2742021.pdf"/>
+    <hyperlink ref="F353" r:id="rId360" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11158_11092018.pdf"/>
+    <hyperlink ref="F354" r:id="rId361" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05655_12052020.pdf"/>
+    <hyperlink ref="F355" r:id="rId362" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00019_28012021.pdf"/>
+    <hyperlink ref="F356" r:id="rId363" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00027_08022021.pdf"/>
+    <hyperlink ref="F357" r:id="rId364" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00525_22012021.pdf"/>
+    <hyperlink ref="F358" r:id="rId365" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/S00048_18022021.pdf"/>
+    <hyperlink ref="F359" r:id="rId366" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01687_18022021.pdf"/>
+    <hyperlink ref="F360" r:id="rId367" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02126_01032021.pdf"/>
+    <hyperlink ref="F361" r:id="rId368" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02339_04032021.pdf"/>
+    <hyperlink ref="F362" r:id="rId369" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00053_08032021.pdf"/>
+    <hyperlink ref="F363" r:id="rId370" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02557_09032021.pdf"/>
+    <hyperlink ref="F364" r:id="rId371" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02610_10032021.pdf"/>
+    <hyperlink ref="F365" r:id="rId372" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00147_07122020.pdf"/>
+    <hyperlink ref="F366" r:id="rId373" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00148_07122020.pdf"/>
+    <hyperlink ref="F367" r:id="rId374" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14949_09122020.pdf"/>
+    <hyperlink ref="F368" r:id="rId375" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16411_29122020.pdf"/>
+    <hyperlink ref="F369" r:id="rId376" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16428_2912020.pdf"/>
+    <hyperlink ref="F370" r:id="rId377" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00277_18012021.pdf"/>
+    <hyperlink ref="F371" r:id="rId378" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06752_10062020.pdf"/>
+    <hyperlink ref="F372" r:id="rId379" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15644_17122020.pdf"/>
+    <hyperlink ref="F373" r:id="rId380" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14946_09122020.pdf"/>
+    <hyperlink ref="F374" r:id="rId381" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16149_23122020.pdf"/>
+    <hyperlink ref="F375" r:id="rId382" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16439_29122020.pdf"/>
+    <hyperlink ref="F376" r:id="rId383" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16531_31122020.pdf"/>
+    <hyperlink ref="F377" r:id="rId384" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14977_09122020.pdf"/>
+    <hyperlink ref="F378" r:id="rId385" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00113_27102020.pdf"/>
+    <hyperlink ref="F379" r:id="rId386" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08356_15072020.pdf"/>
+    <hyperlink ref="F380" r:id="rId387" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00132_29102020.pdf"/>
+    <hyperlink ref="F381" r:id="rId388" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00134_03112020.pdf"/>
+    <hyperlink ref="F382" r:id="rId389" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13116_06112020.pdf"/>
+    <hyperlink ref="F383" r:id="rId390" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13320_11112020.pdf"/>
+    <hyperlink ref="F384" r:id="rId391" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00131_17112020.pdf"/>
+    <hyperlink ref="E385" r:id="rId392" location="" display="http://www.regione.lazio.it/binary/rl_amministrazione_trasparente/tbl_contenuti/CIG_Accordo_quadro_fornitura_medicazioni__Aziende_Sanitarie_Regione_Lazio_2019.xlsx"/>
+    <hyperlink ref="F385" r:id="rId393" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17379_11122019.pdf"/>
+    <hyperlink ref="F386" r:id="rId394" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13663_18112020.pdf"/>
+    <hyperlink ref="F387" r:id="rId395" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00150_20112020.pdf"/>
+    <hyperlink ref="F388" r:id="rId396" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/elenco_CIG_Garmaci_Lazio_Calabria_Sardegna.xlsx"/>
+    <hyperlink ref="G388" r:id="rId397" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14828_07122020.pdf"/>
+    <hyperlink ref="F389" r:id="rId398" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00076_23092020.pdf"/>
+    <hyperlink ref="F390" r:id="rId399" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00108_04092020.pdf"/>
+    <hyperlink ref="F391" r:id="rId400" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10928_24092020.pdf"/>
+    <hyperlink ref="F392" r:id="rId401" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10064_01092020.pdf"/>
+    <hyperlink ref="F393" r:id="rId402" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00091_02102020.pdf"/>
+    <hyperlink ref="F394" r:id="rId403" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00093_05102020.pdf"/>
+    <hyperlink ref="F395" r:id="rId404" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11465_06102020.pdf"/>
+    <hyperlink ref="F396" r:id="rId405" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/DD_G11129_30092020.pdf"/>
+    <hyperlink ref="F397" r:id="rId406" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11751_12102020.pdf"/>
+    <hyperlink ref="F398" r:id="rId407" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00128_23102020.pdf"/>
+    <hyperlink ref="F399" r:id="rId408" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12449_27102020.pdf"/>
+    <hyperlink ref="F400" r:id="rId409" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09433_07082020.pdf"/>
+    <hyperlink ref="F401" r:id="rId410" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09112_30.07.2020.pdf"/>
+    <hyperlink ref="F402" r:id="rId411" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09798_25082020.pdf"/>
+    <hyperlink ref="F403" r:id="rId412" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10005_31082020.pdf"/>
+    <hyperlink ref="F404" r:id="rId413" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00063_28082020.pdf"/>
+    <hyperlink ref="F405" r:id="rId414" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00065_03092020.pdf"/>
+    <hyperlink ref="F406" r:id="rId415" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00107_04092020.pdf"/>
+    <hyperlink ref="F407" r:id="rId416" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08181_13072020.pdf"/>
+    <hyperlink ref="F408" r:id="rId417" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08366_16072020.pdf"/>
+    <hyperlink ref="F409" r:id="rId418" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08157_10072020.pdf"/>
+    <hyperlink ref="F410" r:id="rId419" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05090_30042020.pdf"/>
+    <hyperlink ref="F411" r:id="rId420" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09559_12082020.pdf"/>
+    <hyperlink ref="F412" r:id="rId421" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07070_16062020.pdf"/>
+    <hyperlink ref="F413" r:id="rId422" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07575_26062020.pdf"/>
+    <hyperlink ref="F414" r:id="rId423" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07596_24062020.pdf"/>
+    <hyperlink ref="G414" r:id="rId424" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/Elenco_CIG.ods"/>
+    <hyperlink ref="F415" r:id="rId425" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00087_10072020_CIG_8364944A27.pdf"/>
+    <hyperlink ref="F416" r:id="rId426" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/det_g08571_del_21_07_2020.pdf"/>
+    <hyperlink ref="F417" r:id="rId427" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08716_22072020.pdf"/>
+    <hyperlink ref="F418" r:id="rId428" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00052_29072020.pdf"/>
+    <hyperlink ref="F419" r:id="rId429" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09216_03082020.pdf"/>
+    <hyperlink ref="F420" r:id="rId430" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00098_05082020.pdf"/>
+    <hyperlink ref="F421" r:id="rId431" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09096_30072020.pdf"/>
+    <hyperlink ref="F422" r:id="rId432" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09312_04082020.pdf"/>
+    <hyperlink ref="F423" r:id="rId433" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04652_22042020.pdf"/>
+    <hyperlink ref="F424" r:id="rId434" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04812_24042020.pdf"/>
+    <hyperlink ref="F425" r:id="rId435" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05244_05052020.pdf"/>
+    <hyperlink ref="F426" r:id="rId436" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05222_04052020.pdf"/>
+    <hyperlink ref="F427" r:id="rId437" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05560_11052020.pdf"/>
+    <hyperlink ref="F428" r:id="rId438" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05675_13052020.pdf"/>
+    <hyperlink ref="F429" r:id="rId439" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05222_04052020.pdf"/>
+    <hyperlink ref="F430" r:id="rId440" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06150_22052020.pdf"/>
+    <hyperlink ref="F431" r:id="rId441" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06248_26052020.pdf"/>
+    <hyperlink ref="F432" r:id="rId442" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06403_29052020.pdf"/>
+    <hyperlink ref="F433" r:id="rId443" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06857_12062020.pdf"/>
+    <hyperlink ref="F434" r:id="rId444" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16738_02122019.pdf"/>
+    <hyperlink ref="F435" r:id="rId445" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02494_05032019.pdf"/>
+    <hyperlink ref="F436" r:id="rId446" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09674_16072019.pdf"/>
+    <hyperlink ref="F437" r:id="rId447" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10859_08082019.pdf"/>
+    <hyperlink ref="F438" r:id="rId448" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14669_28102019.pdf"/>
+    <hyperlink ref="F439" r:id="rId449" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17473_13122019.pdf"/>
+    <hyperlink ref="F440" r:id="rId450" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17389_12122019.pdf"/>
+    <hyperlink ref="F441" r:id="rId451" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03320_26032020.pdf"/>
+    <hyperlink ref="F442" r:id="rId452" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04293_15042020.pdf"/>
+    <hyperlink ref="F443" r:id="rId453" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04374_16042020.pdf"/>
+    <hyperlink ref="F444" r:id="rId454" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04453_17042020.pdf"/>
+    <hyperlink ref="G444" r:id="rId455" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/Elenco_CIG.xlsx"/>
+    <hyperlink ref="F445" r:id="rId456" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04671_22042020.pdf"/>
+    <hyperlink ref="F446" r:id="rId457" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/H00002_10012020.pdf"/>
+    <hyperlink ref="F447" r:id="rId458" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14724_28102019.pdf"/>
+    <hyperlink ref="F448" r:id="rId459" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11993_12092019.pdf"/>
+    <hyperlink ref="F449" r:id="rId460" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17450_12122019.pdf"/>
+    <hyperlink ref="F451" r:id="rId461" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15146_05112019.pdf"/>
+    <hyperlink ref="F452" r:id="rId462" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15556_13112019.pdf"/>
+    <hyperlink ref="F453" r:id="rId463" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16736_05122019.pdf"/>
+    <hyperlink ref="F454" r:id="rId464" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G00725_29012020.pdf"/>
+    <hyperlink ref="F455" r:id="rId465" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01026_04022020.pdf"/>
+    <hyperlink ref="F456" r:id="rId466" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18750_30122019.pdf"/>
+    <hyperlink ref="F457" r:id="rId467" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16393_28112019.pdf"/>
+    <hyperlink ref="F458" r:id="rId468" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14751_29102019.pdf"/>
+    <hyperlink ref="F459" r:id="rId469" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16525_02122019.pdf"/>
+    <hyperlink ref="F460" r:id="rId470" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17711_16122019.pdf"/>
+    <hyperlink ref="F461" r:id="rId471" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17984_18122019.pdf"/>
+    <hyperlink ref="F462" r:id="rId472" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18376_23122019.pdf"/>
+    <hyperlink ref="F463" r:id="rId473" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18382_23122019.pdf"/>
+    <hyperlink ref="F464" r:id="rId474" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18414_23122019.pdf"/>
+    <hyperlink ref="F465" r:id="rId475" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18326_23122019.pdf"/>
+    <hyperlink ref="F466" r:id="rId476" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18453_23122019.pdf"/>
+    <hyperlink ref="F467" r:id="rId477" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16001_21112019.pdf"/>
+    <hyperlink ref="F468" r:id="rId478" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05960_7052019.pdf"/>
+    <hyperlink ref="F469" r:id="rId479" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00048_02082019.pdf"/>
+    <hyperlink ref="F470" r:id="rId480" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12612_24092019.pdf"/>
+    <hyperlink ref="F471" r:id="rId481" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14983_31102019.pdf"/>
+    <hyperlink ref="F472" r:id="rId482" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14488_23102019.pdf"/>
+    <hyperlink ref="F473" r:id="rId483" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14487_23102019.pdf"/>
+    <hyperlink ref="F474" r:id="rId484" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04905_18042019.pdf"/>
+    <hyperlink ref="F475" r:id="rId485" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08896_02072019.pdf"/>
+    <hyperlink ref="F476" r:id="rId486" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08064_13062019.pdf"/>
+    <hyperlink ref="F477" r:id="rId487" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06714_17052019.pdf"/>
+    <hyperlink ref="F478" r:id="rId488" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12861_27092019.pdf"/>
+    <hyperlink ref="F480" r:id="rId489" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14546_24102019.pdf"/>
+    <hyperlink ref="F481" r:id="rId490" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07853_10062019.pdf"/>
+    <hyperlink ref="F482" r:id="rId491" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08777_28062019.pdf"/>
+    <hyperlink ref="F483" r:id="rId492" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09713_16072019.pdf"/>
+    <hyperlink ref="F484" r:id="rId493" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05112_24042019.pdf"/>
+    <hyperlink ref="F485" r:id="rId494" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05246_02052019.pdf"/>
+    <hyperlink ref="F486" r:id="rId495" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06577_16052019.pdf"/>
+    <hyperlink ref="F487" r:id="rId496" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07000_24052019.pdf"/>
+    <hyperlink ref="F488" r:id="rId497" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00051_06082019.pdf"/>
+    <hyperlink ref="F489" r:id="rId498" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00052_07082019.pdf"/>
+    <hyperlink ref="F490" r:id="rId499" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00093_21082019.pdf"/>
+    <hyperlink ref="F491" r:id="rId500" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/A00049_02082019.pdf"/>
+    <hyperlink ref="F492" r:id="rId501" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09723_31072018.pdf"/>
+    <hyperlink ref="F493" r:id="rId502" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09552_26072018.pdf"/>
+    <hyperlink ref="F494" r:id="rId503" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13229_19102018.pdf"/>
+    <hyperlink ref="F495" r:id="rId504" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14183_08112018.pdf"/>
+    <hyperlink ref="F496" r:id="rId505" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10175_07082018.pdf"/>
+    <hyperlink ref="F497" r:id="rId506" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09169_19072018.pdf"/>
+    <hyperlink ref="F498" r:id="rId507" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14454_13112018.pdf"/>
+    <hyperlink ref="F500" r:id="rId508" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06907_22052019.pdf"/>
+    <hyperlink ref="F501" r:id="rId509" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16784_19122018.pdf"/>
+    <hyperlink ref="F502" r:id="rId510" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07940_12062019_DC.pdf"/>
+    <hyperlink ref="F503" r:id="rId511" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08536_24062019.pdf"/>
+    <hyperlink ref="F504" r:id="rId512" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08394_03072018.pdf"/>
+    <hyperlink ref="F505" r:id="rId513" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07734_15_06_2018.pdf"/>
+    <hyperlink ref="F506" r:id="rId514" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08058_26_06_2018.pdf"/>
+    <hyperlink ref="F507" r:id="rId515" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07591_13_06_2018.pdf"/>
+    <hyperlink ref="F508" r:id="rId516" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07779_18_06_2018.pdf"/>
+    <hyperlink ref="F509" r:id="rId517" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07780_18_06_2018.pdf"/>
+    <hyperlink ref="F510" r:id="rId518" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09693_30072018.pdf"/>
+    <hyperlink ref="F511" r:id="rId519" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11262_12092018.pdf"/>
+    <hyperlink ref="F512" r:id="rId520" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09723_31072018.pdf"/>
+    <hyperlink ref="F513" r:id="rId521" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09723_31072018.pdf"/>
+    <hyperlink ref="F514" r:id="rId522" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09723_31072018.pdf"/>
+    <hyperlink ref="F518" r:id="rId523" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12500_14092017.pdf"/>
+    <hyperlink ref="F520" r:id="rId524" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03076_14032018.pdf"/>
+    <hyperlink ref="F521" r:id="rId525" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03944_28032018.pdf"/>
+    <hyperlink ref="F522" r:id="rId526" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18454_27122017.pdf"/>
+    <hyperlink ref="F523" r:id="rId527" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14896_02112017.pdf"/>
+    <hyperlink ref="F524" r:id="rId528" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17211_13122017.pdf"/>
+    <hyperlink ref="F525" r:id="rId529" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18462_27122017.pdf"/>
+    <hyperlink ref="F527" r:id="rId530" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf"/>
+    <hyperlink ref="F538" r:id="rId531" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf"/>
+    <hyperlink ref="F539" r:id="rId532" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf"/>
+    <hyperlink ref="F540" r:id="rId533" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13077_07112016.pdf"/>
+    <hyperlink ref="F541" r:id="rId534" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13077_07112016.pdf"/>
+    <hyperlink ref="F542" r:id="rId535" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf"/>
+    <hyperlink ref="F543" r:id="rId536" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15842_20112017.pdf"/>
+    <hyperlink ref="F544" r:id="rId537" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18414_22122017.pdf"/>
+    <hyperlink ref="F545" r:id="rId538" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18415_22122017.pdf"/>
+    <hyperlink ref="F546" r:id="rId539" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18418_22122017.pdf"/>
+    <hyperlink ref="F547" r:id="rId540" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G17422_15122017.pdf"/>
+    <hyperlink ref="F548" r:id="rId541" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G18566_27122017.pdf"/>
+    <hyperlink ref="F549" r:id="rId542" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf"/>
+    <hyperlink ref="F550" r:id="rId543" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf"/>
+    <hyperlink ref="F551" r:id="rId544" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf"/>
+    <hyperlink ref="F552" r:id="rId545" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf"/>
+    <hyperlink ref="F553" r:id="rId546" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf"/>
+    <hyperlink ref="F554" r:id="rId547" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf"/>
+    <hyperlink ref="F555" r:id="rId548" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf"/>
+    <hyperlink ref="F556" r:id="rId549" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf"/>
+    <hyperlink ref="F557" r:id="rId550" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf"/>
+    <hyperlink ref="F558" r:id="rId551" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf"/>
+    <hyperlink ref="F559" r:id="rId552" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf"/>
+    <hyperlink ref="F560" r:id="rId553" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16409_28112017.pdf"/>
+    <hyperlink ref="F561" r:id="rId554" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf"/>
+    <hyperlink ref="F562" r:id="rId555" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf"/>
+    <hyperlink ref="F563" r:id="rId556" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf"/>
+    <hyperlink ref="F564" r:id="rId557" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf"/>
+    <hyperlink ref="F565" r:id="rId558" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf"/>
+    <hyperlink ref="F566" r:id="rId559" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf"/>
+    <hyperlink ref="F567" r:id="rId560" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf"/>
+    <hyperlink ref="F568" r:id="rId561" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf"/>
+    <hyperlink ref="F569" r:id="rId562" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf"/>
+    <hyperlink ref="F570" r:id="rId563" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14783_31102017.pdf"/>
+    <hyperlink ref="F571" r:id="rId564" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15319_13112017.pdf"/>
+    <hyperlink ref="F572" r:id="rId565" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf"/>
+    <hyperlink ref="F573" r:id="rId566" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf"/>
+    <hyperlink ref="F574" r:id="rId567" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf"/>
+    <hyperlink ref="F575" r:id="rId568" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13045_26092017.pdf"/>
+    <hyperlink ref="F576" r:id="rId569" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13045_26092017.pdf"/>
+    <hyperlink ref="F577" r:id="rId570" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13045_26092017.pdf"/>
+    <hyperlink ref="F578" r:id="rId571" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14446_24102017.pdf"/>
+    <hyperlink ref="F579" r:id="rId572" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf"/>
+    <hyperlink ref="F580" r:id="rId573" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf"/>
+    <hyperlink ref="F581" r:id="rId574" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf"/>
+    <hyperlink ref="F582" r:id="rId575" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14736_30102017.pdf"/>
+    <hyperlink ref="F583" r:id="rId576" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12931_25092017.pdf"/>
+    <hyperlink ref="F584" r:id="rId577" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf"/>
+    <hyperlink ref="F585" r:id="rId578" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf"/>
+    <hyperlink ref="F586" r:id="rId579" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf"/>
+    <hyperlink ref="F587" r:id="rId580" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf"/>
+    <hyperlink ref="F588" r:id="rId581" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf"/>
+    <hyperlink ref="F589" r:id="rId582" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf"/>
+    <hyperlink ref="F590" r:id="rId583" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf"/>
+    <hyperlink ref="F591" r:id="rId584" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf"/>
+    <hyperlink ref="F592" r:id="rId585" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf"/>
+    <hyperlink ref="F593" r:id="rId586" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12992_26092017.pdf"/>
+    <hyperlink ref="F594" r:id="rId587" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16497_18112014.pdf"/>
+    <hyperlink ref="F595" r:id="rId588" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13291_29_09_2017.pdf"/>
+    <hyperlink ref="F597" r:id="rId589" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05316_21_04_2017.pdf"/>
+    <hyperlink ref="F598" r:id="rId590" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05316_21_04_2017.pdf"/>
+    <hyperlink ref="F599" r:id="rId591" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13370_14_11_2016.pdf"/>
+    <hyperlink ref="F600" r:id="rId592" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10487_25_07_2017.pdf"/>
+    <hyperlink ref="F601" r:id="rId593" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10487_25_07_2017.pdf"/>
+    <hyperlink ref="F603" r:id="rId594" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15626_22_12_2016.pdf"/>
+    <hyperlink ref="G603" r:id="rId595" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09046_27_06_2017.pdf"/>
+    <hyperlink ref="F604" r:id="rId596" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12327_11_09_2017.pdf"/>
+    <hyperlink ref="E605" r:id="rId597" location="" display="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G08538&amp;amp;DATAA=19/06/2017&amp;amp;TIPO=8"/>
+    <hyperlink ref="E606" r:id="rId598" location="" display="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G09971&amp;amp;DATAA=14/07/2017&amp;amp;TIPO=8"/>
+    <hyperlink ref="E607" r:id="rId599" location="" display="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G08537&amp;amp;DATAA=12/06/2017&amp;amp;TIPO=8"/>
+    <hyperlink ref="F608" r:id="rId600" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15904_22122016.pdf"/>
+    <hyperlink ref="G608" r:id="rId601" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04219_04042017.pdf"/>
+    <hyperlink ref="F609" r:id="rId602" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11913_01_09_2017.pdf"/>
+    <hyperlink ref="F610" r:id="rId603" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11913_01_09_2017.pdf"/>
+    <hyperlink ref="F611" r:id="rId604" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11913_01_09_2017.pdf"/>
+    <hyperlink ref="F612" r:id="rId605" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11913_01_09_2017.pdf"/>
+    <hyperlink ref="F613" r:id="rId606" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11913_01_09_2017.pdf"/>
+    <hyperlink ref="F614" r:id="rId607" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11485_10_08_2017.pdf"/>
+    <hyperlink ref="F615" r:id="rId608" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10487_25072017.pdf"/>
+    <hyperlink ref="F616" r:id="rId609" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10487_25072017.pdf"/>
+    <hyperlink ref="F617" r:id="rId610" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10487_25072017.pdf"/>
+    <hyperlink ref="F620" r:id="rId611" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09931_13072017.pdf"/>
+    <hyperlink ref="F621" r:id="rId612" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09977_17072017.pdf"/>
+    <hyperlink ref="F622" r:id="rId613" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10866_31072017.pdf"/>
+    <hyperlink ref="E624" r:id="rId614" location="" display="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G06518&amp;amp;DATAA=15/05/2017&amp;amp;TIPO=8"/>
+    <hyperlink ref="E625" r:id="rId615" location="" display="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G07833&amp;amp;DATAA=05/06/2017&amp;amp;TIPO=8"/>
+    <hyperlink ref="E626" r:id="rId616" location="" display="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G08536&amp;amp;DATAA=19/06/2017&amp;amp;TIPO=8"/>
+    <hyperlink ref="E627" r:id="rId617" location="" display="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G08000&amp;amp;DATAA=07/06/2017&amp;amp;TIPO=8"/>
+    <hyperlink ref="E628" r:id="rId618" location="" display="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G04758&amp;amp;DATAA=12/04/2017&amp;amp;TIPO=8"/>
+    <hyperlink ref="F628" r:id="rId619" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20032017.pdf"/>
+    <hyperlink ref="E629" r:id="rId620" location="" display="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G08001&amp;amp;DATAA=07/06/2017&amp;amp;TIPO=8"/>
+    <hyperlink ref="E630" r:id="rId621" location="" display="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G09081&amp;amp;DATAA=28/06/2017&amp;amp;TIPO=8"/>
+    <hyperlink ref="E631" r:id="rId622" location="" display="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G09081&amp;amp;DATAA=28/06/2017&amp;amp;TIPO=8"/>
+    <hyperlink ref="E632" r:id="rId623" location="" display="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G07789&amp;amp;DATAA=01/06/2017&amp;amp;TIPO=8"/>
+    <hyperlink ref="E633" r:id="rId624" location="" display="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G04164&amp;amp;DATAA=03/04/2017&amp;amp;TIPO=8"/>
+    <hyperlink ref="F634" r:id="rId625" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10848_31072017.pdf"/>
+    <hyperlink ref="F635" r:id="rId626" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10487_25072017.pdf"/>
+    <hyperlink ref="F636" r:id="rId627" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10487_25072017.pdf"/>
+    <hyperlink ref="F637" r:id="rId628" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10487_25072017.pdf"/>
+    <hyperlink ref="F638" r:id="rId629" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10487_25072017.pdf"/>
+    <hyperlink ref="F639" r:id="rId630" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F640" r:id="rId631" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F641" r:id="rId632" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F642" r:id="rId633" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F644" r:id="rId634" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07636_30052017.pdf"/>
+    <hyperlink ref="F645" r:id="rId635" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G07975_07062017.pdf"/>
+    <hyperlink ref="F646" r:id="rId636" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08607_20_06_2017.pdf"/>
+    <hyperlink ref="F647" r:id="rId637" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08796_22_06_2017.pdf"/>
+    <hyperlink ref="F648" r:id="rId638" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08796_22_06_2017.pdf"/>
+    <hyperlink ref="F649" r:id="rId639" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08796_22_06_2017.pdf"/>
+    <hyperlink ref="F650" r:id="rId640" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G08796_22_06_2017.pdf"/>
+    <hyperlink ref="F651" r:id="rId641" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F652" r:id="rId642" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F653" r:id="rId643" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F654" r:id="rId644" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F655" r:id="rId645" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F656" r:id="rId646" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F657" r:id="rId647" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F658" r:id="rId648" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F659" r:id="rId649" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F660" r:id="rId650" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F661" r:id="rId651" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F662" r:id="rId652" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F663" r:id="rId653" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F664" r:id="rId654" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F665" r:id="rId655" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F666" r:id="rId656" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F667" r:id="rId657" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F668" r:id="rId658" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F669" r:id="rId659" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F670" r:id="rId660" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F671" r:id="rId661" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F672" r:id="rId662" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F673" r:id="rId663" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F674" r:id="rId664" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F675" r:id="rId665" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F676" r:id="rId666" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F677" r:id="rId667" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F678" r:id="rId668" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F679" r:id="rId669" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F680" r:id="rId670" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F681" r:id="rId671" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F682" r:id="rId672" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F683" r:id="rId673" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F684" r:id="rId674" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03414_20_03_2017.pdf"/>
+    <hyperlink ref="F685" r:id="rId675" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F686" r:id="rId676" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F687" r:id="rId677" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F688" r:id="rId678" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F689" r:id="rId679" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F690" r:id="rId680" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F691" r:id="rId681" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F692" r:id="rId682" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F693" r:id="rId683" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F694" r:id="rId684" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F695" r:id="rId685" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F696" r:id="rId686" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F697" r:id="rId687" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F698" r:id="rId688" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F699" r:id="rId689" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F700" r:id="rId690" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F701" r:id="rId691" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F702" r:id="rId692" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F703" r:id="rId693" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F704" r:id="rId694" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F705" r:id="rId695" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F706" r:id="rId696" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F707" r:id="rId697" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05981_10_05_2017.pdf"/>
+    <hyperlink ref="F708" r:id="rId698" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05981_10_05_2017.pdf"/>
+    <hyperlink ref="F709" r:id="rId699" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05981_10_05_2017.pdf"/>
+    <hyperlink ref="F710" r:id="rId700" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05981_10_05_2017.pdf"/>
+    <hyperlink ref="F711" r:id="rId701" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05987_10_05_2017.pdf"/>
+    <hyperlink ref="F712" r:id="rId702" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05987_10_05_2017.pdf"/>
+    <hyperlink ref="F714" r:id="rId703" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F715" r:id="rId704" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F716" r:id="rId705" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04796_13_04_2017.pdf"/>
+    <hyperlink ref="F717" r:id="rId706" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf"/>
+    <hyperlink ref="F718" r:id="rId707" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf"/>
+    <hyperlink ref="F719" r:id="rId708" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf"/>
+    <hyperlink ref="F720" r:id="rId709" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf"/>
+    <hyperlink ref="F721" r:id="rId710" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf"/>
+    <hyperlink ref="F722" r:id="rId711" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf"/>
+    <hyperlink ref="F723" r:id="rId712" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf"/>
+    <hyperlink ref="F729" r:id="rId713" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15672_22_12_2016.pdf"/>
+    <hyperlink ref="F730" r:id="rId714" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13951_24_11_2016.pdf"/>
+    <hyperlink ref="F731" r:id="rId715" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14234_30_11_2016.pdf"/>
+    <hyperlink ref="F737" r:id="rId716" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16975_28122015.pdf"/>
+    <hyperlink ref="F738" r:id="rId717" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf"/>
+    <hyperlink ref="F739" r:id="rId718" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf"/>
+    <hyperlink ref="F740" r:id="rId719" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf"/>
+    <hyperlink ref="F741" r:id="rId720" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf"/>
+    <hyperlink ref="F742" r:id="rId721" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05323_21_04_2017.pdf"/>
+    <hyperlink ref="F743" r:id="rId722" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02677_07_03_2017.pdf"/>
+    <hyperlink ref="F750" r:id="rId723" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13947_24_11_2016.pdf"/>
+    <hyperlink ref="F751" r:id="rId724" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14745_13_12_2016.pdf"/>
+    <hyperlink ref="F756" r:id="rId725" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15674_22_12_2016.pdf"/>
+    <hyperlink ref="F757" r:id="rId726" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15673_22_12_2016.pdf"/>
+    <hyperlink ref="F758" r:id="rId727" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15996_23_12_2016.pdf"/>
+    <hyperlink ref="F759" r:id="rId728" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09511_19082016.pdf"/>
+    <hyperlink ref="F760" r:id="rId729" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12315_24102016.pdf"/>
+    <hyperlink ref="F761" r:id="rId730" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13455_15112016.pdf"/>
+    <hyperlink ref="F762" r:id="rId731" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02677_07_03_2017.pdf"/>
+    <hyperlink ref="F763" r:id="rId732" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02677_07_03_2017.pdf"/>
+    <hyperlink ref="F764" r:id="rId733" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02677_07_03_2017.pdf"/>
+    <hyperlink ref="F765" r:id="rId734" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02677_07_03_2017.pdf"/>
+    <hyperlink ref="F766" r:id="rId735" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02677_07_03_2017.pdf"/>
+    <hyperlink ref="F767" r:id="rId736" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf"/>
+    <hyperlink ref="F768" r:id="rId737" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf"/>
+    <hyperlink ref="F769" r:id="rId738" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15906_22_12_2016.pdf"/>
+    <hyperlink ref="F770" r:id="rId739" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01255_08_02_2017.pdf"/>
+    <hyperlink ref="F771" r:id="rId740" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01255_08_02_2017.pdf"/>
+    <hyperlink ref="F772" r:id="rId741" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G01255_08_02_2017.pdf"/>
+    <hyperlink ref="F773" r:id="rId742" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14888_14_12_2016.pdf"/>
+    <hyperlink ref="F774" r:id="rId743" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13099_30_10_2015.pdf"/>
+    <hyperlink ref="F775" r:id="rId744" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09894_05_09_2016.pdf"/>
+    <hyperlink ref="F777" r:id="rId745" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16975_28_12_2015.pdf"/>
+    <hyperlink ref="G777" r:id="rId746" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16975_28_12_2015_All.1.pdf"/>
+    <hyperlink ref="H777" r:id="rId747" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16975_28_12_2015_All.2.pdf"/>
+    <hyperlink ref="F778" r:id="rId748" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf"/>
+    <hyperlink ref="F779" r:id="rId749" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf"/>
+    <hyperlink ref="F780" r:id="rId750" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf"/>
+    <hyperlink ref="F781" r:id="rId751" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf"/>
+    <hyperlink ref="F782" r:id="rId752" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf"/>
+    <hyperlink ref="F783" r:id="rId753" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf"/>
+    <hyperlink ref="F784" r:id="rId754" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf"/>
+    <hyperlink ref="F785" r:id="rId755" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf"/>
+    <hyperlink ref="F786" r:id="rId756" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf"/>
+    <hyperlink ref="F787" r:id="rId757" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf"/>
+    <hyperlink ref="F788" r:id="rId758" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf"/>
+    <hyperlink ref="F789" r:id="rId759" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf"/>
+    <hyperlink ref="F790" r:id="rId760" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13370_14_11_2016.pdf"/>
+    <hyperlink ref="F791" r:id="rId761" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04219_04_04_2017.pdf"/>
+    <hyperlink ref="G791" r:id="rId762" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15904_22_12_2016.pdf"/>
+    <hyperlink ref="F792" r:id="rId763" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15627_22_12_2016.pdf"/>
+    <hyperlink ref="F793" r:id="rId764" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15626_22_12_2016.pdf"/>
+    <hyperlink ref="F794" r:id="rId765" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16403_28_12_2016.pdf"/>
+    <hyperlink ref="F795" r:id="rId766" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G15646_22_12_2016.pdf"/>
+    <hyperlink ref="F803" r:id="rId767" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16388_28_12_2016.pdf"/>
+    <hyperlink ref="F804" r:id="rId768" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf"/>
+    <hyperlink ref="F805" r:id="rId769" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf"/>
+    <hyperlink ref="F806" r:id="rId770" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf"/>
+    <hyperlink ref="F807" r:id="rId771" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14187_29_11_2016.pdf"/>
+    <hyperlink ref="F808" r:id="rId772" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G14187_29_11_2016.pdf"/>
+    <hyperlink ref="F813" r:id="rId773" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16736_23_12_2015.pdf"/>
+    <hyperlink ref="F814" r:id="rId774" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G16723_23_12_2015.pdf"/>
+    <hyperlink ref="F815" r:id="rId775" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10124_09_09_2016.pdf"/>
+    <hyperlink ref="F816" r:id="rId776" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13369_14_11_2016.pdf"/>
+    <hyperlink ref="F819" r:id="rId777" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf"/>
+    <hyperlink ref="F820" r:id="rId778" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf"/>
+    <hyperlink ref="F821" r:id="rId779" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf"/>
+    <hyperlink ref="F822" r:id="rId780" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf"/>
+    <hyperlink ref="F823" r:id="rId781" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf"/>
+    <hyperlink ref="F824" r:id="rId782" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf"/>
+    <hyperlink ref="F825" r:id="rId783" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf"/>
+    <hyperlink ref="F826" r:id="rId784" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf"/>
+    <hyperlink ref="F827" r:id="rId785" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf"/>
+    <hyperlink ref="F828" r:id="rId786" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G12479_27_10_2016.pdf"/>
+    <hyperlink ref="F829" r:id="rId787" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G13171_09_11_2016.pdf"/>
+    <hyperlink ref="F842" r:id="rId788" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf"/>
+    <hyperlink ref="F843" r:id="rId789" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf"/>
+    <hyperlink ref="F844" r:id="rId790" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf"/>
+    <hyperlink ref="F845" r:id="rId791" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf"/>
+    <hyperlink ref="F846" r:id="rId792" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf"/>
+    <hyperlink ref="F847" r:id="rId793" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf"/>
+    <hyperlink ref="F848" r:id="rId794" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf"/>
+    <hyperlink ref="F849" r:id="rId795" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf"/>
+    <hyperlink ref="F850" r:id="rId796" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf"/>
+    <hyperlink ref="F851" r:id="rId797" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf"/>
+    <hyperlink ref="F852" r:id="rId798" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11287_04_10_2016.pdf"/>
+    <hyperlink ref="F853" r:id="rId799" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09813_05_09_2016.pdf"/>
+    <hyperlink ref="F854" r:id="rId800" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05351_16_05_2016.pdf"/>
+    <hyperlink ref="F855" r:id="rId801" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10567_21_09_2016.pdf"/>
+    <hyperlink ref="F856" r:id="rId802" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10567_21_09_2016.pdf"/>
+    <hyperlink ref="F857" r:id="rId803" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10567_21_09_2016.pdf"/>
+    <hyperlink ref="F858" r:id="rId804" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G11235_04_10_2016.pdf"/>
+    <hyperlink ref="F863" r:id="rId805" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf"/>
+    <hyperlink ref="F864" r:id="rId806" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G10685_23_09_2016.pdf"/>
+    <hyperlink ref="F865" r:id="rId807" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04994_11_05_2016.pdf"/>
+    <hyperlink ref="F866" r:id="rId808" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05881_24_05_2016.pdf"/>
+    <hyperlink ref="F867" r:id="rId809" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05778_23_05_2016.pdf"/>
+    <hyperlink ref="F868" r:id="rId810" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06010_26_05_2016.pdf"/>
+    <hyperlink ref="F869" r:id="rId811" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03916_19_04_2016.pdf"/>
+    <hyperlink ref="G869" r:id="rId812" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09986_07_09_2016.pdf"/>
+    <hyperlink ref="F870" r:id="rId813" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06500_08_06_2016.pdf"/>
+    <hyperlink ref="F871" r:id="rId814" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05731_20_05_2016.pdf"/>
+    <hyperlink ref="F872" r:id="rId815" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06910_16_06_2016.pdf"/>
+    <hyperlink ref="F873" r:id="rId816" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02871_24_03_2016.pdf"/>
+    <hyperlink ref="F874" r:id="rId817" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05884_24_05_2016.pdf"/>
+    <hyperlink ref="F875" r:id="rId818" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05877_24_05_2016.pdf"/>
+    <hyperlink ref="F876" r:id="rId819" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G09798_02_09_2016.pdf"/>
+    <hyperlink ref="F877" r:id="rId820" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/DD_G03928_19_04_2016.pdf"/>
+    <hyperlink ref="F878" r:id="rId821" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03929_19_04_2016.pdf"/>
+    <hyperlink ref="F879" r:id="rId822" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03929_19_04_2016.pdf"/>
+    <hyperlink ref="F880" r:id="rId823" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03929_19_04_2016.pdf"/>
+    <hyperlink ref="F881" r:id="rId824" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03929_19_04_2016.pdf"/>
+    <hyperlink ref="F882" r:id="rId825" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G02925_24_03_2016.pdf"/>
+    <hyperlink ref="G882" r:id="rId826" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G05084_12_05_2016.pdf"/>
+    <hyperlink ref="F883" r:id="rId827" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G06041_27_05_2016.pdf"/>
+    <hyperlink ref="E884" r:id="rId828" location="" display="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G03168&amp;amp;DATAA=01/04/2016&amp;amp;TIPO=8"/>
+    <hyperlink ref="E885" r:id="rId829" location="" display="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G03168&amp;amp;DATAA=01/04/2016&amp;amp;TIPO=8"/>
+    <hyperlink ref="E886" r:id="rId830" location="" display="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G03168&amp;amp;DATAA=01/04/2016&amp;amp;TIPO=8"/>
+    <hyperlink ref="E887" r:id="rId831" location="" display="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G03168&amp;amp;DATAA=01/04/2016&amp;amp;TIPO=8"/>
+    <hyperlink ref="E888" r:id="rId832" location="" display="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G03168&amp;amp;DATAA=01/04/2016&amp;amp;TIPO=8"/>
+    <hyperlink ref="E889" r:id="rId833" location="" display="http://www.regione.lazio.it/bur/?vw=getburl&amp;amp;ATTO=G03168&amp;amp;DATAA=01/04/2016&amp;amp;TIPO=8"/>
+    <hyperlink ref="F890" r:id="rId834" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04419_29_04_2016.pdf"/>
+    <hyperlink ref="F891" r:id="rId835" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03517_08_04_2016.pdf"/>
+    <hyperlink ref="F892" r:id="rId836" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03793_15_04_2016.pdf"/>
+    <hyperlink ref="F893" r:id="rId837" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03236_04_04_2016.pdf"/>
+    <hyperlink ref="F894" r:id="rId838" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G03548_11_04_2016.pdf"/>
+    <hyperlink ref="F895" r:id="rId839" location="" display="https://www.regione.lazio.it/sites/default/files/amministrazione-trasparente/delibere-a-contrarre/G04575_04_05_2016.pdf"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>